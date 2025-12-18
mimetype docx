--- v0 (2025-10-16)
+++ v1 (2025-12-18)
@@ -1,5284 +1,2369 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
-  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
-[...3 lines deleted...]
-  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w:rsidR="00127D66" w:rsidRPr="001C3189" w:rsidRDefault="00D440DF" w:rsidP="00001BFD">
+    <w:p w:rsidR="007201DD" w:rsidRPr="000D4AC5" w:rsidRDefault="001E1D3B">
       <w:pPr>
-        <w:ind w:left="6804"/>
         <w:rPr>
-          <w:rFonts w:cs="Calibri"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0044093B">
+      <w:r w:rsidRPr="000D4AC5">
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:color w:val="auto"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Poznań, </w:t>
+        <w:t>Załącznik</w:t>
       </w:r>
-      <w:r w:rsidR="009C7AD2">
+      <w:r w:rsidR="007815C3">
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...49 lines deleted...]
-          <w:color w:val="auto"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00D440DF">
+      <w:r w:rsidRPr="000D4AC5">
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...164 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
-[...469 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0044093B">
+      <w:r w:rsidR="00240A2E" w:rsidRPr="000D4AC5">
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:color w:val="auto"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Obecnie umowa z </w:t>
+        <w:t xml:space="preserve">Zestawienie zasadniczych różnic pomiędzy </w:t>
       </w:r>
-      <w:r w:rsidR="00966E6E">
+      <w:r w:rsidR="00240A2E" w:rsidRPr="0092460C">
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...7 lines deleted...]
-          <w:color w:val="auto"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>, aneksowana 22 marca 2022 r</w:t>
+        <w:t>PFU</w:t>
       </w:r>
-      <w:r w:rsidR="00152619">
+      <w:r w:rsidR="00240A2E" w:rsidRPr="000D4AC5">
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...53 lines deleted...]
-          <w:color w:val="auto"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0044093B">
+      <w:r w:rsidR="00240A2E" w:rsidRPr="000D4AC5">
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:color w:val="auto"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Ostateczna wartość projektu znana będzie po zakończeniu realizacji inwestycji.</w:t>
+        <w:t>z roku 2017 i 2020</w:t>
       </w:r>
-    </w:p>
-[...3 lines deleted...]
-        <w:spacing w:before="0"/>
+      <w:r w:rsidR="00820F2C" w:rsidRPr="000D4AC5">
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
-[...8 lines deleted...]
-          </w14:textOutline>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00B20373">
+        <w:t xml:space="preserve"> oraz</w:t>
+      </w:r>
+      <w:r w:rsidR="00302AB2" w:rsidRPr="000D4AC5">
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
-[...8 lines deleted...]
-          </w14:textOutline>
         </w:rPr>
-        <w:t>Pyt. 3.: „Do jakich zmian doszło w zakresie kosztów rewaloryzacji przestrzeni płyty Starego Rynku, a</w:t>
+        <w:t xml:space="preserve"> uzasadnienie zmian</w:t>
       </w:r>
-      <w:r w:rsidR="006A2562">
+      <w:r w:rsidR="00240A2E" w:rsidRPr="000D4AC5">
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
-[...441 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>.</w:t>
-      </w:r>
-[...571 lines deleted...]
-        <w:t xml:space="preserve"> zgodnie z podpisaną umową.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabela-Siatka"/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="14454" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
-        <w:tblCaption w:val="Koszt realizacji inwestycji"/>
-        <w:tblDescription w:val="Koszt prac projektowo-budowlanych i nadzoru inżyniera kontraktu dla poszczególnych jednostek."/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4248"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="2573"/>
+        <w:gridCol w:w="3397"/>
+        <w:gridCol w:w="3261"/>
+        <w:gridCol w:w="7796"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00B51B74" w:rsidRPr="00052BAA" w:rsidTr="00AB6844">
+      <w:tr w:rsidR="005E178D" w:rsidRPr="000D4AC5" w:rsidTr="00A41D78">
         <w:trPr>
-          <w:trHeight w:val="665"/>
           <w:tblHeader/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4248" w:type="dxa"/>
+            <w:tcW w:w="3397" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B51B74" w:rsidRPr="002A13FA" w:rsidRDefault="008B01EB" w:rsidP="002A13FA">
+          <w:p w:rsidR="005E178D" w:rsidRPr="000D4AC5" w:rsidRDefault="005E178D" w:rsidP="00240A2E">
             <w:pPr>
-              <w:pStyle w:val="Nagwek1"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-[...12 lines deleted...]
-                </w14:textOutline>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002A13FA">
-[...16 lines deleted...]
-              <w:t>Zamawiający</w:t>
+            <w:r w:rsidRPr="000D4AC5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ELEMENT</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcW w:w="3261" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B51B74" w:rsidRPr="002A13FA" w:rsidRDefault="008B01EB" w:rsidP="002A13FA">
+          <w:p w:rsidR="005E178D" w:rsidRPr="000D4AC5" w:rsidRDefault="005E178D" w:rsidP="00240A2E">
             <w:pPr>
-              <w:pStyle w:val="Nagwek1"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-[...12 lines deleted...]
-                </w14:textOutline>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002A13FA">
-[...16 lines deleted...]
-              <w:t>Koszt prac projektowo-budowlanych</w:t>
+            <w:r w:rsidRPr="000D4AC5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>PFU Demiurg 2017</w:t>
+            </w:r>
+            <w:r w:rsidR="000D4AC5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000D4AC5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>r</w:t>
+            </w:r>
+            <w:r w:rsidR="000D4AC5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000D4AC5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005E178D" w:rsidRPr="000D4AC5" w:rsidRDefault="005E178D" w:rsidP="000D4AC5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D4AC5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Koncepcja nawierzchni Demiurg 2017</w:t>
+            </w:r>
+            <w:r w:rsidR="000D4AC5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000D4AC5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>r</w:t>
+            </w:r>
+            <w:r w:rsidR="000D4AC5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2573" w:type="dxa"/>
+            <w:tcW w:w="7796" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B51B74" w:rsidRPr="002A13FA" w:rsidRDefault="008B01EB" w:rsidP="002A13FA">
+          <w:p w:rsidR="005E178D" w:rsidRPr="000D4AC5" w:rsidRDefault="005E178D" w:rsidP="00240A2E">
             <w:pPr>
-              <w:pStyle w:val="Nagwek1"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-[...12 lines deleted...]
-                </w14:textOutline>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002A13FA">
-[...16 lines deleted...]
-              <w:t>Koszt nadzoru inżyniera kontraktu</w:t>
+            <w:r w:rsidRPr="000D4AC5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">PFU </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D4AC5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Graphit</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D4AC5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2020</w:t>
+            </w:r>
+            <w:r w:rsidR="00FF32D2">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000D4AC5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>r.,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005E178D" w:rsidRPr="000D4AC5" w:rsidRDefault="005E178D" w:rsidP="00FF32D2">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D4AC5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Koncepcja nawierzchni J.</w:t>
+            </w:r>
+            <w:r w:rsidR="00D22874">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000D4AC5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Bułat 2020</w:t>
+            </w:r>
+            <w:r w:rsidR="00FF32D2">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000D4AC5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>r</w:t>
+            </w:r>
+            <w:r w:rsidR="00FF32D2">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B51B74" w:rsidRPr="00052BAA" w:rsidTr="006F22D5">
-[...633 lines deleted...]
-      <w:tr w:rsidR="00B51B74" w:rsidRPr="00052BAA" w:rsidTr="006F22D5">
+      <w:tr w:rsidR="005E178D" w:rsidRPr="000D4AC5" w:rsidTr="00A41D78">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4248" w:type="dxa"/>
+            <w:tcW w:w="3397" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B51B74" w:rsidRPr="00052BAA" w:rsidRDefault="00B51B74" w:rsidP="00735FFF">
+          <w:p w:rsidR="005E178D" w:rsidRPr="000D4AC5" w:rsidRDefault="005157D2" w:rsidP="00E92C25">
             <w:pPr>
-              <w:pStyle w:val="Default"/>
-[...3 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="000D4AC5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>NAWIERZCHNIA – MATERIAŁ I</w:t>
+            </w:r>
+            <w:r w:rsidR="00E92C25">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000D4AC5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">KONSTRUKCJA </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="3261" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B51B74" w:rsidRPr="00052BAA" w:rsidRDefault="00B51B74" w:rsidP="00735FFF">
+          <w:p w:rsidR="005E178D" w:rsidRPr="000D4AC5" w:rsidRDefault="005E178D" w:rsidP="00051316">
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...2 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00052BAA">
-[...4 lines deleted...]
-              <w:t>129 891 547,55 zł</w:t>
+            <w:r w:rsidRPr="000D4AC5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Zakładano użycie wyłącznie materiału </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00051316">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>s</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000D4AC5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>taroużytecznego</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D4AC5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2573" w:type="dxa"/>
+            <w:tcW w:w="7796" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="005E178D" w:rsidRPr="000D4AC5" w:rsidRDefault="005E178D" w:rsidP="0092460C">
+            <w:pPr>
+              <w:spacing w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D4AC5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Wprowadz</w:t>
+            </w:r>
+            <w:r w:rsidR="00932E41" w:rsidRPr="000D4AC5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ono zmiany do pierwotnych założ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000D4AC5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>eń. Ze względu na</w:t>
+            </w:r>
+            <w:r w:rsidR="00FF32D2">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000D4AC5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ograniczoną ilość materiału </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D4AC5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>staroużytecznego</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D4AC5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> w</w:t>
+            </w:r>
+            <w:r w:rsidR="00FF32D2">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000D4AC5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>stanie pozwalającym na</w:t>
+            </w:r>
+            <w:r w:rsidR="00D16916" w:rsidRPr="000D4AC5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ponowne</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000D4AC5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> wykorzystanie oraz przez wzgląd na</w:t>
+            </w:r>
+            <w:r w:rsidR="00FF32D2">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000D4AC5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>konieczność zachowania dostępności i</w:t>
+            </w:r>
+            <w:r w:rsidR="00FF32D2">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000D4AC5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>równości nawierzchni zaproponowano dodanie nowego materiału kamiennego.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005E178D" w:rsidRPr="000D4AC5" w:rsidRDefault="005E178D" w:rsidP="00051316">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D4AC5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>W zapro</w:t>
+            </w:r>
+            <w:r w:rsidR="00D16916" w:rsidRPr="000D4AC5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>jektowanym</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000D4AC5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> rozwiązaniu materiał </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D4AC5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>staroużyteczny</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D4AC5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> zostanie wbudowany w</w:t>
+            </w:r>
+            <w:r w:rsidR="00051316">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000D4AC5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">bloku </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D4AC5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>śródrynkowym</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D4AC5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>. Nowa kostka kamienna, wielobarwna, stanowiąca mozaikę kolorystycznie zbliżoną do</w:t>
+            </w:r>
+            <w:r w:rsidR="00051316">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000D4AC5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">materiału </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D4AC5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>staroużytecznego</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D4AC5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, wbudowana zostanie na pozostałym obszarze płyty. </w:t>
+            </w:r>
+            <w:r w:rsidR="00D16916" w:rsidRPr="000D4AC5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Na chodnikach,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000D4AC5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> przy</w:t>
+            </w:r>
+            <w:r w:rsidR="003C3342">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000D4AC5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>elewacjach zastosowano nowe płyty granitowe.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005E178D" w:rsidRPr="000D4AC5" w:rsidRDefault="005E178D" w:rsidP="00051316">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D4AC5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>W pasach kompensacyjnych dodano najbardziej cenny materiał porfirowy.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005E178D" w:rsidRPr="000D4AC5" w:rsidRDefault="005E178D" w:rsidP="0092460C">
+            <w:pPr>
+              <w:spacing w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D4AC5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Zmiany te były przedmiotem licznych analiz i prób materiałowych. Zatwierdzone zostały przez zespół ekspercki składający się m.in.</w:t>
+            </w:r>
+            <w:r w:rsidR="00051316">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000D4AC5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>z Miejskiego Konserwatora Zabytków i</w:t>
+            </w:r>
+            <w:r w:rsidR="00FF32D2">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000D4AC5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ZDM.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E35DDE" w:rsidRPr="000D4AC5" w:rsidRDefault="00D16916" w:rsidP="0092460C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D4AC5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Zmieniono także konstrukcję</w:t>
+            </w:r>
+            <w:r w:rsidR="005E178D" w:rsidRPr="000D4AC5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> n</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
+            <w:r w:rsidR="005E178D" w:rsidRPr="000D4AC5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">awierzchni. </w:t>
+            </w:r>
+            <w:r w:rsidR="005E178D" w:rsidRPr="000D4AC5">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pl-PL"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Po wykonaniu uzupełniających badań geotechnicznych gruntu </w:t>
+            </w:r>
+            <w:r w:rsidR="008B625B" w:rsidRPr="000D4AC5">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pl-PL"/>
+              </w:rPr>
+              <w:t>– m.in.</w:t>
+            </w:r>
+            <w:r w:rsidR="005E178D" w:rsidRPr="000D4AC5">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pl-PL"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> sondowania metodą Panda - zdecydowano o</w:t>
+            </w:r>
+            <w:r w:rsidR="00FF32D2">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pl-PL"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="005E178D" w:rsidRPr="000D4AC5">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pl-PL"/>
+              </w:rPr>
+              <w:t>kon</w:t>
+            </w:r>
+            <w:r w:rsidR="008B625B" w:rsidRPr="000D4AC5">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pl-PL"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ieczności wzmocnienia podłoża </w:t>
+            </w:r>
+            <w:r w:rsidR="005E178D" w:rsidRPr="000D4AC5">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pl-PL"/>
+              </w:rPr>
+              <w:t>i</w:t>
+            </w:r>
+            <w:r w:rsidR="00FF32D2">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pl-PL"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00EF0438" w:rsidRPr="000D4AC5">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pl-PL"/>
+              </w:rPr>
+              <w:t xml:space="preserve">potrzebie wykonania dodatkowych, grubszych </w:t>
+            </w:r>
+            <w:r w:rsidR="005E178D" w:rsidRPr="000D4AC5">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pl-PL"/>
+              </w:rPr>
+              <w:t>podbudów</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000D4AC5">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pl-PL"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> pod nawierzchnią</w:t>
+            </w:r>
+            <w:r w:rsidR="005E178D" w:rsidRPr="000D4AC5">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pl-PL"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> pł</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000D4AC5">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pl-PL"/>
+              </w:rPr>
+              <w:t xml:space="preserve">yty rynku i ulic </w:t>
+            </w:r>
+            <w:r w:rsidR="005E178D" w:rsidRPr="000D4AC5">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pl-PL"/>
+              </w:rPr>
+              <w:t>dochodzących – celem zwiększenia nośności konstrukcji.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005157D2" w:rsidRPr="000D4AC5" w:rsidTr="00A41D78">
+        <w:trPr>
+          <w:trHeight w:val="1687"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3397" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B51B74" w:rsidRPr="00052BAA" w:rsidRDefault="00B51B74" w:rsidP="00735FFF">
+          <w:p w:rsidR="005157D2" w:rsidRPr="000D4AC5" w:rsidRDefault="005157D2" w:rsidP="005157D2">
             <w:pPr>
-              <w:pStyle w:val="Default"/>
-[...3 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00052BAA">
-[...3 lines deleted...]
-              <w:t>2 945 850,00</w:t>
+            <w:r w:rsidRPr="000D4AC5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>KANAŁ TECHNOLOGICZNY</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3261" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="005157D2" w:rsidRPr="000D4AC5" w:rsidRDefault="005157D2" w:rsidP="00051316">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D4AC5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Brak takiego rozwiązania. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7796" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="005157D2" w:rsidRPr="000D4AC5" w:rsidRDefault="005157D2" w:rsidP="007F3457">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D4AC5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Po dokonaniu szczegółowych analiz przestrzennych rozmieszczenia sieci podziemnych oraz uzupełniających badań geotechnicznych podłoża gruntowego zaprojektowano w ulicy Ratuszowej i</w:t>
+            </w:r>
+            <w:r w:rsidR="00FF32D2">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000D4AC5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Różany Targ zbiorczy kanał technologiczny. Tunel ten umożliwia zlokalizowanie w nim wszystkich sieci podziemnych. Ze względu na</w:t>
+            </w:r>
+            <w:r w:rsidR="00051316">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000D4AC5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>zagęszczenie istniejących oraz nowoprojektowanych sieci, zastosowanie kanału zbiorczego ma uzasadnienie nie tylko ekonomiczne ale też stanowi jedyne możliwe rozwiązanie techniczne. Takie rozwiązanie ułatwi także prowadzenie prac serwisowych w</w:t>
+            </w:r>
+            <w:r w:rsidR="007F3457">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000D4AC5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ramach zlokalizowanej w kanale infrastruktury. Jego</w:t>
+            </w:r>
+            <w:r w:rsidR="00051316">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000D4AC5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>wymiary oraz lokalizację doprecyzowano w projekcie wykonawczym.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005157D2" w:rsidRPr="000D4AC5" w:rsidTr="00A41D78">
+        <w:trPr>
+          <w:trHeight w:val="2745"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3397" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="005157D2" w:rsidRPr="000D4AC5" w:rsidRDefault="005157D2" w:rsidP="00AA486F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D4AC5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ZMIANA LOKALIZACJI I</w:t>
+            </w:r>
+            <w:r w:rsidR="00821B4C">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000D4AC5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>WIELKOŚCI ZBIORNIKÓW RETENCYJNYCH</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3261" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="005157D2" w:rsidRPr="000D4AC5" w:rsidRDefault="005157D2" w:rsidP="003614BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D4AC5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Wskazano bardzo ogólną, wstępną lokalizację dwóch zbiorników retencyjnych. W</w:t>
+            </w:r>
+            <w:r w:rsidR="00051316">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000D4AC5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>przypadku dwóch (mniejszych) zbiorników wykorzystywanych do</w:t>
+            </w:r>
+            <w:r w:rsidR="003614BD">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000D4AC5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>podlewania zieleni określono jedynie konieczność ich budowy.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7796" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="005157D2" w:rsidRPr="000D4AC5" w:rsidRDefault="005157D2" w:rsidP="00051316">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D4AC5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Rozpoznanie szczegółowe układu istniejącej infrastruktury podziemnej oraz</w:t>
+            </w:r>
+            <w:r w:rsidR="00A128A6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000D4AC5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>zaprojektowane nowe elementy wymusiły zmianę lokalizacji zbiorników retencyjnych w stosunku do</w:t>
+            </w:r>
+            <w:r w:rsidR="00FF32D2">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000D4AC5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>koncepcji pierwotnej.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E35DDE" w:rsidRPr="000D4AC5" w:rsidRDefault="005157D2" w:rsidP="00BC5A0A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D4AC5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Na skutek uszczegółowienia projektu zmieniono lokalizację zbiorników</w:t>
+            </w:r>
+            <w:r w:rsidR="00A128A6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000D4AC5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>retencyjnych w stosunku do koncepcji pierwotnej.  Doprecyzowano też lokalizację dwóch zbiorników do retencjonowania wody wykorzystywanej do</w:t>
+            </w:r>
+            <w:r w:rsidR="003C3342">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000D4AC5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>podlewania zieleni.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005157D2" w:rsidRPr="000D4AC5" w:rsidTr="00A41D78">
+        <w:trPr>
+          <w:trHeight w:val="2553"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3397" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="005157D2" w:rsidRPr="000D4AC5" w:rsidRDefault="00E35DDE" w:rsidP="005157D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D4AC5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>TOALETA PODZIEMNA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3261" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="005157D2" w:rsidRPr="000D4AC5" w:rsidRDefault="005157D2" w:rsidP="00051316">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D4AC5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>W pierwo</w:t>
+            </w:r>
+            <w:r w:rsidR="00EF0438" w:rsidRPr="000D4AC5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>tnym PFU przewidziano toalety określając ogólnie ich</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000D4AC5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> parametry.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7796" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="005157D2" w:rsidRPr="000D4AC5" w:rsidRDefault="005157D2" w:rsidP="000F7609">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D4AC5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Na etapie opracowania uszczegółowiającego PFU w 2020 r., określono szczegółowe rozwiązania w zakresie toalet. Jednakże dopiero rozpoczęcie robót budowlanych umożliwiło dokładną lokalizację i identyfikację zabytku, który pozostaje w kolizji z</w:t>
+            </w:r>
+            <w:r w:rsidR="00FF32D2">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000D4AC5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">zaprojektowaną wstępnie toaletą. Zaproponowano </w:t>
+            </w:r>
+            <w:r w:rsidR="00EF0438" w:rsidRPr="000D4AC5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">więc </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000D4AC5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>rozbudowę istniejących pomieszczeń</w:t>
+            </w:r>
+            <w:r w:rsidR="00EF0438" w:rsidRPr="000D4AC5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> toalet</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000D4AC5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> na potrzeby funkcji sanitarnych oraz zaplanowano lokalizację pomieszczeń technicznych, niezbędnych dla celów związanych m.i</w:t>
+            </w:r>
+            <w:r w:rsidR="00EF0438" w:rsidRPr="000D4AC5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>n. ze sterowaniem oświetleniem oraz</w:t>
+            </w:r>
+            <w:r w:rsidR="000F7609">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00EF0438" w:rsidRPr="000D4AC5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>obsługa techniczną infrastruktury rynku.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005157D2" w:rsidRPr="000D4AC5" w:rsidTr="00A41D78">
+        <w:trPr>
+          <w:trHeight w:val="978"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3397" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="005157D2" w:rsidRPr="000D4AC5" w:rsidRDefault="00E35DDE" w:rsidP="005157D2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D4AC5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ŚMIETNIKI PODZIEMNE</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3261" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="005157D2" w:rsidRPr="000D4AC5" w:rsidRDefault="005157D2" w:rsidP="00051316">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D4AC5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Zaproponowano wstępną lokalizację śmietników. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7796" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="005157D2" w:rsidRPr="000D4AC5" w:rsidRDefault="005157D2" w:rsidP="005A3F3C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D4AC5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Doprecyzowano lokalizację podziemnych śmietników </w:t>
+            </w:r>
+            <w:r w:rsidR="00051316">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000D4AC5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> pomiędzy</w:t>
+            </w:r>
+            <w:r w:rsidR="00FF32D2">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000D4AC5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>budynkami Arsenału i Odwachu. Ponadto zweryfikowano możliwości formalne i</w:t>
+            </w:r>
+            <w:r w:rsidR="005A3F3C">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000D4AC5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">techniczne dla powyższej lokalizacji. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005157D2" w:rsidRPr="000D4AC5" w:rsidTr="00A41D78">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3397" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="005157D2" w:rsidRPr="000D4AC5" w:rsidRDefault="005157D2" w:rsidP="002C7A29">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D4AC5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">GESTORZY – </w:t>
+            </w:r>
+            <w:r w:rsidR="00E35DDE" w:rsidRPr="000D4AC5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>KOLIZJE I</w:t>
+            </w:r>
+            <w:r w:rsidR="002C7A29">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00E35DDE" w:rsidRPr="000D4AC5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>WSPÓŁPRACA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3261" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="005157D2" w:rsidRPr="000D4AC5" w:rsidRDefault="005157D2" w:rsidP="00051316">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D4AC5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Na etapie PFU</w:t>
+            </w:r>
+            <w:r w:rsidR="000E635A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> z </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000D4AC5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2017 r. uzyskano i uwzględniono jedynie wstępne warunki </w:t>
+            </w:r>
+            <w:r w:rsidR="00EF0438" w:rsidRPr="000D4AC5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>g</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000D4AC5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>estorów sieci.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7796" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="005157D2" w:rsidRPr="000D4AC5" w:rsidRDefault="005157D2" w:rsidP="001F41D9">
+            <w:pPr>
+              <w:spacing w:after="120"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D4AC5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Na etapie PFU z 2020 r. nastąpiło ze</w:t>
+            </w:r>
+            <w:r w:rsidR="00EF0438" w:rsidRPr="000D4AC5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> strony g</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000D4AC5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>estorów sieci – doprecyzowanie i uszczegółowienie wstępnie wydanych warunków. Skutkiem tego była rozbudowa sieci uzbrojenia oraz powstanie nowych elementów infrastruktury.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005157D2" w:rsidRPr="000D4AC5" w:rsidRDefault="005157D2" w:rsidP="00AA486F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D4AC5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Miasto we współpracy z gestorami sieci podziemnych, celem usprawnienia procesu projektowego i realizacji inwestycji postanowiło o</w:t>
+            </w:r>
+            <w:r w:rsidR="00FF32D2">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000D4AC5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>potrzebie prowadzenia wszystkich, niezbędnych działań związanych z</w:t>
+            </w:r>
+            <w:r w:rsidR="00FF32D2">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000D4AC5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>pracami projektowymi oraz wykonawczymi  - razem – w ramach wspólnego kontraktu. Ponadto, dopiero opracowanie dokumentacji projektowej pozwoliło na</w:t>
+            </w:r>
+            <w:r w:rsidR="00FF32D2">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000D4AC5">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">precyzyjne określenie występujących kolizji między sieciami uzbrojenia podziemnego. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="0014484D" w:rsidRPr="00B20373" w:rsidRDefault="00D440DF" w:rsidP="00B20373">
-[...39 lines deleted...]
-    <w:p w:rsidR="00D440DF" w:rsidRPr="0044093B" w:rsidRDefault="00D440DF" w:rsidP="000E5749">
+    <w:p w:rsidR="007201DD" w:rsidRPr="000D4AC5" w:rsidRDefault="007201DD" w:rsidP="00AA486F">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0044093B">
-[...236 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="006F4075" w:rsidRDefault="008F70E3" w:rsidP="006F4075">
-[...72 lines deleted...]
-      <w:pgMar w:top="2410" w:right="1106" w:bottom="1276" w:left="1134" w:header="708" w:footer="616" w:gutter="0"/>
+    <w:sectPr w:rsidR="007201DD" w:rsidRPr="000D4AC5" w:rsidSect="00A6354E">
+      <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
+      <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
-      <w:formProt w:val="0"/>
-[...1 lines deleted...]
-      <w:titlePg/>
+      <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
-</file>
-[...23 lines deleted...]
-</w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Symbol">
-[...19 lines deleted...]
-  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Segoe UI">
+    <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Mangal">
-[...58 lines deleted...]
-  </w:font>
 </w:fonts>
-</file>
-[...265 lines deleted...]
-</w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="172462F2"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="0">
+    <w:nsid w:val="010B388D"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="80D25D10"/>
+    <w:lvl w:ilvl="0" w:tplc="0415000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0415000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0415000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="42F85CCA"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="7820EA78"/>
+    <w:lvl w:ilvl="0" w:tplc="04150011">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="360" w:hanging="360"/>
-[...10 lines deleted...]
-      <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:cs="Times New Roman"/>
+        <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2">
+    <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerRoman"/>
-[...12 lines deleted...]
-      <w:lvlText w:val="(%4)"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4">
+    <w:lvl w:ilvl="2" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0415000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
-      <w:lvlText w:val="(%5)"/>
+      <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1800" w:hanging="360"/>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5">
+    <w:lvl w:ilvl="5" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
-      <w:lvlText w:val="(%6)"/>
-      <w:lvlJc w:val="left"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="360"/>
+        <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6">
+    <w:lvl w:ilvl="6" w:tplc="0415000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2520" w:hanging="360"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7">
+    <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
-[...111 lines deleted...]
-      <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="04150005" w:tentative="1">
-[...225 lines deleted...]
-    <w:lvl w:ilvl="8">
+    <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6120" w:hanging="180"/>
+        <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
-      <w:rPr>
-[...114 lines deleted...]
-      </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
-    <w:abstractNumId w:val="2"/>
-[...98 lines deleted...]
-    </w:lvlOverride>
+    <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2">
-    <w:abstractNumId w:val="2"/>
-[...202 lines deleted...]
-  <w:num w:numId="4">
     <w:abstractNumId w:val="1"/>
-  </w:num>
-[...310 lines deleted...]
-    <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
-  <w:embedSystemFonts/>
-[...1 lines deleted...]
-  <w:bordersDoNotSurroundFooter/>
   <w:proofState w:spelling="clean"/>
-  <w:attachedTemplate r:id="rId1"/>
-  <w:defaultTabStop w:val="709"/>
+  <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
-  <w:drawingGridHorizontalSpacing w:val="120"/>
-[...17 lines deleted...]
-  </w:endnotePr>
+  <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
-    <w:spaceForUL/>
-[...5 lines deleted...]
-    <w:doNotUseHTMLParagraphAutoSpacing/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="009E0D77"/>
-[...350 lines deleted...]
-    <w:rsid w:val="00FE799D"/>
+    <w:rsidRoot w:val="007201DD"/>
+    <w:rsid w:val="00051316"/>
+    <w:rsid w:val="000A6657"/>
+    <w:rsid w:val="000D4AC5"/>
+    <w:rsid w:val="000E635A"/>
+    <w:rsid w:val="000F7609"/>
+    <w:rsid w:val="00114A6F"/>
+    <w:rsid w:val="00153BDF"/>
+    <w:rsid w:val="00164679"/>
+    <w:rsid w:val="001A43DC"/>
+    <w:rsid w:val="001A6E03"/>
+    <w:rsid w:val="001E1D3B"/>
+    <w:rsid w:val="001E44B1"/>
+    <w:rsid w:val="001F41D5"/>
+    <w:rsid w:val="001F41D9"/>
+    <w:rsid w:val="002041BB"/>
+    <w:rsid w:val="002260F1"/>
+    <w:rsid w:val="00240A2E"/>
+    <w:rsid w:val="002649BD"/>
+    <w:rsid w:val="002A1B42"/>
+    <w:rsid w:val="002C7A29"/>
+    <w:rsid w:val="002F5DEE"/>
+    <w:rsid w:val="00302AB2"/>
+    <w:rsid w:val="003614BD"/>
+    <w:rsid w:val="00364A6E"/>
+    <w:rsid w:val="003660CB"/>
+    <w:rsid w:val="00395266"/>
+    <w:rsid w:val="003C3342"/>
+    <w:rsid w:val="003C6EDC"/>
+    <w:rsid w:val="00427542"/>
+    <w:rsid w:val="004766CE"/>
+    <w:rsid w:val="004F51C8"/>
+    <w:rsid w:val="005157D2"/>
+    <w:rsid w:val="005166E3"/>
+    <w:rsid w:val="005A3F3C"/>
+    <w:rsid w:val="005E178D"/>
+    <w:rsid w:val="006F370A"/>
+    <w:rsid w:val="007201DD"/>
+    <w:rsid w:val="00744B51"/>
+    <w:rsid w:val="007815C3"/>
+    <w:rsid w:val="007F3457"/>
+    <w:rsid w:val="00820F2C"/>
+    <w:rsid w:val="00821B4C"/>
+    <w:rsid w:val="00837CD0"/>
+    <w:rsid w:val="008B625B"/>
+    <w:rsid w:val="009104EF"/>
+    <w:rsid w:val="0092460C"/>
+    <w:rsid w:val="00932E41"/>
+    <w:rsid w:val="0097349C"/>
+    <w:rsid w:val="00A128A6"/>
+    <w:rsid w:val="00A41D78"/>
+    <w:rsid w:val="00A6354E"/>
+    <w:rsid w:val="00AA486F"/>
+    <w:rsid w:val="00AB720F"/>
+    <w:rsid w:val="00BA04A9"/>
+    <w:rsid w:val="00BC5A0A"/>
+    <w:rsid w:val="00C91795"/>
+    <w:rsid w:val="00D16916"/>
+    <w:rsid w:val="00D22874"/>
+    <w:rsid w:val="00D442B5"/>
+    <w:rsid w:val="00E0560F"/>
+    <w:rsid w:val="00E35DDE"/>
+    <w:rsid w:val="00E92C25"/>
+    <w:rsid w:val="00ED617D"/>
+    <w:rsid w:val="00EE6499"/>
+    <w:rsid w:val="00EF0438"/>
+    <w:rsid w:val="00F333F0"/>
+    <w:rsid w:val="00F740F1"/>
+    <w:rsid w:val="00FA30AF"/>
+    <w:rsid w:val="00FF32D2"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pl-PL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
-  <w:doNotIncludeSubdocsInStats/>
-  <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="13A0D56A"/>
-[...1 lines deleted...]
-  <w15:docId w15:val="{694BB7C8-E16E-495A-9523-9BD0BE65C7CB}"/>
+  <w15:chartTrackingRefBased/>
+  <w15:docId w15:val="{073F1E9F-DAE6-4138-841D-713C61CC0D0D}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
-        <w:lang w:val="pl-PL" w:eastAsia="pl-PL" w:bidi="ar-SA"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="pl-PL" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault/>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="footer" w:semiHidden="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
-    <w:lsdException w:name="page number" w:semiHidden="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="List" w:semiHidden="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
-    <w:lsdException w:name="Signature" w:semiHidden="1"/>
-    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
-    <w:lsdException w:name="Body Text 2" w:semiHidden="1"/>
-[...1 lines deleted...]
-    <w:lsdException w:name="Strong" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
-    <w:lsdException w:name="Plain Text" w:semiHidden="1"/>
-    <w:lsdException w:name="Normal (Web)" w:semiHidden="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
-    <w:lsdException w:name="No Spacing" w:qFormat="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
     <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
@@ -5452,3027 +2537,234 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normalny">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00001BFD"/>
-[...56 lines deleted...]
-    </w:rPr>
+    <w:rsid w:val="00395266"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Domylnaczcionkaakapitu">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Standardowy">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Bezlisty">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Nagb3b3b3b3b3b3b3b3b3f3f3f3f3f3f3f3f3f3wekZnak">
-[...2541 lines deleted...]
-  </w:style>
   <w:style w:type="table" w:styleId="Tabela-Siatka">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="Standardowy"/>
     <w:uiPriority w:val="39"/>
+    <w:rsid w:val="007201DD"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Zawarto9ce6ramki">
-    <w:name w:val="Zawartoś9cće6 ramki"/>
+  <w:style w:type="paragraph" w:styleId="Akapitzlist">
+    <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="002260F1"/>
+    <w:pPr>
+      <w:spacing w:line="256" w:lineRule="auto"/>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Tekstdymka">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:link w:val="TekstdymkaZnak"/>
     <w:uiPriority w:val="99"/>
-  </w:style>
-[...1 lines deleted...]
-    <w:name w:val="Default"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00EF0438"/>
     <w:pPr>
-      <w:suppressAutoHyphens/>
-[...2 lines deleted...]
-      <w:adjustRightInd w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Liberation Serif"/>
-[...58 lines deleted...]
-      <w:sz w:val="20"/>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="TekstprzypisukocowegoZnak">
-[...1 lines deleted...]
-    <w:link w:val="Tekstprzypisukocowego"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TekstdymkaZnak">
+    <w:name w:val="Tekst dymka Znak"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:link w:val="Tekstdymka"/>
     <w:uiPriority w:val="99"/>
-    <w:locked/>
-    <w:rsid w:val="00332C7F"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00EF0438"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Liberation Serif" w:cs="Mangal"/>
-[...1 lines deleted...]
-      <w:kern w:val="1"/>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
-      <w:lang w:bidi="hi-IN"/>
-[...86 lines deleted...]
-      <w:lang w:bidi="hi-IN"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
-  <w:divs>
-[...50 lines deleted...]
-  </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
-[...7 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\lukwie\Desktop\interpelacje\3%20-%20A.%20Rataj%20-%20koszty%20rewaloryzacji%20Starego%20Rynku\szablon%20interpelacja%20M.Wi&#347;niewski.dotx" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motyw pakietu Office">
   <a:themeElements>
     <a:clrScheme name="Pakiet Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4472C4"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Pakiet Office">
       <a:majorFont>
-        <a:latin typeface="Calibri Light"/>
+        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
@@ -8611,99 +2903,75 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
-<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...14 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>szablon interpelacja M.Wiśniewski</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>5</Pages>
-[...1 lines deleted...]
-  <Characters>5550</Characters>
+  <Pages>3</Pages>
+  <Words>645</Words>
+  <Characters>3870</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>46</Lines>
-  <Paragraphs>12</Paragraphs>
+  <Lines>32</Lines>
+  <Paragraphs>9</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Tytuł</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>Odpowiedź na interpelację nr 3/2023 w sprawie kosztów rewitalizacji Starego Rynku</vt:lpstr>
+      <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6463</CharactersWithSpaces>
+  <CharactersWithSpaces>4506</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>Odpowiedź na interpelację nr 3/2023 w sprawie kosztów rewitalizacji Starego Rynku</dc:title>
+  <dc:title/>
   <dc:subject/>
-  <dc:creator>Łukasz Wieczorek</dc:creator>
-  <cp:keywords>interpelacja, Stary Rynek, odpowiedź na interpelację radnego</cp:keywords>
+  <dc:creator>Katarzyna Bolimowska</dc:creator>
+  <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
-
-[...6 lines deleted...]
-</file>