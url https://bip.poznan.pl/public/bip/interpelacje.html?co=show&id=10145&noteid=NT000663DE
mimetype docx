--- v0 (2025-11-08)
+++ v1 (2025-12-25)
@@ -30,70 +30,63 @@
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
     <w:p w:rsidR="00FF77CE" w:rsidRPr="00C52232" w:rsidRDefault="00D536B8" w:rsidP="00FF77CE">
       <w:pPr>
         <w:ind w:firstLine="7088"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C52232">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Poznań</w:t>
       </w:r>
       <w:r w:rsidR="00350554" w:rsidRPr="00C52232">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="001272F8">
+      <w:r w:rsidR="008D07B6" w:rsidRPr="00C52232">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="008366B2">
-[...11 lines deleted...]
-        <w:t>.03</w:t>
+      <w:r w:rsidR="009F7F39">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>27.02</w:t>
       </w:r>
       <w:r w:rsidR="00502137" w:rsidRPr="00C52232">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>.202</w:t>
       </w:r>
       <w:r w:rsidR="00FF77CE" w:rsidRPr="00C52232">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidRPr="00C52232">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> r.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D536B8" w:rsidRPr="00C52232" w:rsidRDefault="006A50BA" w:rsidP="00FF77CE">
       <w:pPr>
@@ -130,208 +123,350 @@
         </w:rPr>
         <w:t>10.2023</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D536B8" w:rsidRPr="00C52232" w:rsidRDefault="00D536B8" w:rsidP="00FF77CE">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C52232">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Nr rej.:</w:t>
       </w:r>
       <w:r w:rsidR="00241229" w:rsidRPr="00C52232">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="005869E3">
-[...4 lines deleted...]
-        <w:t>21032302812</w:t>
+      <w:r w:rsidR="008814E1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>28022301368</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D536B8" w:rsidRPr="00C52232" w:rsidRDefault="00864BED" w:rsidP="00FF77CE">
+      <w:pPr>
+        <w:ind w:left="5529"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Pan</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF77CE" w:rsidRPr="00C52232">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Mateusz </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Rozmiarek</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00FF77CE" w:rsidRPr="00C52232">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00FF77CE" w:rsidRPr="00C52232">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Radn</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>y</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF77CE" w:rsidRPr="00C52232">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Miasta Poznania</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C9583D" w:rsidRPr="00C52232" w:rsidRDefault="00C9583D" w:rsidP="00FF77CE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006223B2" w:rsidRPr="00C52232" w:rsidRDefault="006223B2" w:rsidP="00FF77CE">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C52232">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Szanown</w:t>
+      </w:r>
+      <w:r w:rsidR="009F7F39">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>y</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C52232">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Pani</w:t>
+      </w:r>
+      <w:r w:rsidR="009F7F39">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C52232">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Radn</w:t>
+      </w:r>
+      <w:r w:rsidR="009F7F39">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>y</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C52232">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006223B2" w:rsidRPr="00C52232" w:rsidRDefault="009F7F39" w:rsidP="00FF77CE">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>uzupełniając odpowiedź na</w:t>
+      </w:r>
+      <w:r w:rsidR="006223B2" w:rsidRPr="00C52232">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> otrzymaną za pośrednictwem Przewodniczącego Rady Miasta Poznania pismem z dnia </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">13 stycznia </w:t>
+      </w:r>
+      <w:r w:rsidR="006223B2" w:rsidRPr="00C52232">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>202</w:t>
+      </w:r>
+      <w:r w:rsidR="00B06EE0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="006223B2" w:rsidRPr="00C52232">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> r.  interpelacj</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>ę Pana</w:t>
+      </w:r>
+      <w:r w:rsidR="006223B2" w:rsidRPr="00C52232">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Radne</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>go</w:t>
+      </w:r>
+      <w:r w:rsidR="006223B2" w:rsidRPr="00C52232">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> w sprawie </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>prac prowadzonych na obszarze Hipodrom Wola w Poznaniu</w:t>
+      </w:r>
+      <w:r w:rsidR="006223B2" w:rsidRPr="00C52232">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>, uprzejmie informuję</w:t>
+      </w:r>
+      <w:r w:rsidR="008338C7" w:rsidRPr="00C52232">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="006223B2" w:rsidRPr="00C52232">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009F7F39" w:rsidRPr="009F7F39" w:rsidRDefault="009F7F39" w:rsidP="009F7F39">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F7F39">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>W dniu 01.02.2023</w:t>
+      </w:r>
+      <w:r w:rsidR="009773D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F7F39">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">r. Powiatowy Inspektorat Nadzoru Budowlanego dla Miasta Poznania </w:t>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
-    </w:p>
-[...38 lines deleted...]
-      <w:r w:rsidR="00FF77CE" w:rsidRPr="00C52232">
+      <w:r w:rsidRPr="009F7F39">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>przeprowadził czynności kontrolne przy ul. Lutyckiej (działki nr 1/7, 1/10, ark. 17, obręb Golęcin). W</w:t>
+      </w:r>
+      <w:r w:rsidR="009773D4">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00FF77CE" w:rsidRPr="00C52232">
-[...101 lines deleted...]
-        <w:t>uzupełniając odpowiedź na otrzymaną za pośrednictwem Przewodniczącego Rady Miasta Poznania pismem z dnia 13 stycznia 2023 r. interpelację Pana Radnego dotyczącą prac prowadzonych na obszarze Hipodrom Wola w Poznaniu, przekazuję w załączeniu sprawozdanie Rady Nadzorczej spółki Centrum Wyszkolenia Jeździeckiego Hipodrom Wola sp. z o.o. z przeprowadzonych w powyższej sprawie czynności wyjaśniająco-sprawdzających.</w:t>
+      <w:r w:rsidRPr="009F7F39">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>załączniku przekazuję Panu Radnemu wyniki przeprowadzonej kontroli.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00B06EE0" w:rsidRDefault="00350554" w:rsidP="00B06EE0">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:ind w:left="5528"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C52232">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Z wyrazami szacunku</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00FF77CE" w:rsidRPr="00B06EE0" w:rsidRDefault="00FF77CE" w:rsidP="00B06EE0">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:ind w:left="5528"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
@@ -402,58 +537,58 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Przewodniczący Rady Miasta</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00D536B8" w:rsidRPr="00FF77CE" w:rsidSect="00952CCF">
       <w:footerReference w:type="default" r:id="rId8"/>
       <w:headerReference w:type="first" r:id="rId9"/>
       <w:footerReference w:type="first" r:id="rId10"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="2829" w:right="1106" w:bottom="1560" w:left="1134" w:header="680" w:footer="616" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:formProt w:val="0"/>
       <w:noEndnote/>
       <w:titlePg/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00400DA5" w:rsidRDefault="00400DA5">
+    <w:p w:rsidR="008D0894" w:rsidRDefault="008D0894">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00400DA5" w:rsidRDefault="00400DA5">
+    <w:p w:rsidR="008D0894" w:rsidRDefault="008D0894">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -674,66 +809,66 @@
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         <w:sz w:val="36"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00FF77CE">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         <w:spacing w:val="-6"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="fr-FR"/>
       </w:rPr>
       <w:t>tel. +48 61 878 53 81, fax +48 61 878 57 75, prezydent@um.poznan.pl, www.poznan.pl</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00400DA5" w:rsidRDefault="00400DA5">
+    <w:p w:rsidR="008D0894" w:rsidRDefault="008D0894">
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif"/>
           <w:color w:val="auto"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00400DA5" w:rsidRDefault="00400DA5">
+    <w:p w:rsidR="008D0894" w:rsidRDefault="008D0894">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:p w:rsidR="00D536B8" w:rsidRDefault="00577517">
     <w:pPr>
       <w:pStyle w:val="Gb3b3b3b3b3b3b3b3b3f3f3f3f3f3f3f3f3f3wka"/>
       <w:rPr>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657728" behindDoc="1" locked="0" layoutInCell="0" allowOverlap="1">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
@@ -1717,155 +1852,147 @@
     <w:adjustLineHeightInTable/>
     <w:doNotUseHTMLParagraphAutoSpacing/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00577517"/>
     <w:rsid w:val="00015812"/>
     <w:rsid w:val="000231AE"/>
     <w:rsid w:val="00034BCF"/>
     <w:rsid w:val="00067C4E"/>
     <w:rsid w:val="000702EE"/>
     <w:rsid w:val="000802DE"/>
     <w:rsid w:val="00085844"/>
     <w:rsid w:val="000A10A3"/>
     <w:rsid w:val="000B6BD3"/>
     <w:rsid w:val="000C206F"/>
     <w:rsid w:val="000E61E5"/>
     <w:rsid w:val="000F6042"/>
     <w:rsid w:val="000F65E7"/>
     <w:rsid w:val="0010354C"/>
     <w:rsid w:val="0011721E"/>
-    <w:rsid w:val="001272F8"/>
     <w:rsid w:val="001379A2"/>
     <w:rsid w:val="001520D2"/>
     <w:rsid w:val="0015385A"/>
     <w:rsid w:val="00170D09"/>
     <w:rsid w:val="001A3C92"/>
     <w:rsid w:val="001A4257"/>
     <w:rsid w:val="001B478E"/>
     <w:rsid w:val="001C7014"/>
     <w:rsid w:val="001E10F3"/>
     <w:rsid w:val="001E2E3F"/>
     <w:rsid w:val="001E6272"/>
     <w:rsid w:val="00206C86"/>
     <w:rsid w:val="0023074D"/>
     <w:rsid w:val="00241229"/>
     <w:rsid w:val="002512F5"/>
     <w:rsid w:val="0025487F"/>
     <w:rsid w:val="0027099E"/>
     <w:rsid w:val="002C2817"/>
     <w:rsid w:val="002C4FCA"/>
     <w:rsid w:val="002E3A0F"/>
     <w:rsid w:val="003116E4"/>
     <w:rsid w:val="00326DBF"/>
     <w:rsid w:val="00335898"/>
     <w:rsid w:val="00350554"/>
     <w:rsid w:val="0035134E"/>
     <w:rsid w:val="003626C6"/>
     <w:rsid w:val="003926CA"/>
     <w:rsid w:val="003C2AE5"/>
     <w:rsid w:val="00400407"/>
-    <w:rsid w:val="00400DA5"/>
     <w:rsid w:val="0040734D"/>
     <w:rsid w:val="004362CA"/>
     <w:rsid w:val="004666FB"/>
     <w:rsid w:val="0047481E"/>
     <w:rsid w:val="00477D72"/>
     <w:rsid w:val="004932A8"/>
     <w:rsid w:val="004F3248"/>
     <w:rsid w:val="00502137"/>
     <w:rsid w:val="00512017"/>
     <w:rsid w:val="00531401"/>
     <w:rsid w:val="00542C48"/>
     <w:rsid w:val="005659B5"/>
     <w:rsid w:val="00577517"/>
-    <w:rsid w:val="005869E3"/>
     <w:rsid w:val="00593FA5"/>
     <w:rsid w:val="005A6C79"/>
     <w:rsid w:val="005B19AA"/>
     <w:rsid w:val="005B54E2"/>
     <w:rsid w:val="00616208"/>
     <w:rsid w:val="006223B2"/>
     <w:rsid w:val="00634360"/>
     <w:rsid w:val="00676BBF"/>
     <w:rsid w:val="00687A76"/>
-    <w:rsid w:val="006921DC"/>
     <w:rsid w:val="006A152B"/>
     <w:rsid w:val="006A50BA"/>
     <w:rsid w:val="006C37FE"/>
-    <w:rsid w:val="006C7983"/>
     <w:rsid w:val="006E5F34"/>
     <w:rsid w:val="006F5C92"/>
     <w:rsid w:val="00724AFA"/>
     <w:rsid w:val="0073236A"/>
     <w:rsid w:val="00736802"/>
     <w:rsid w:val="00756A4C"/>
     <w:rsid w:val="0079149C"/>
     <w:rsid w:val="00795DB7"/>
     <w:rsid w:val="007C44D9"/>
     <w:rsid w:val="007C62A1"/>
     <w:rsid w:val="007D59D6"/>
     <w:rsid w:val="007F54A9"/>
     <w:rsid w:val="008054E9"/>
     <w:rsid w:val="00806B63"/>
     <w:rsid w:val="008338C7"/>
     <w:rsid w:val="0083616A"/>
-    <w:rsid w:val="008366B2"/>
     <w:rsid w:val="0084127E"/>
     <w:rsid w:val="00842D7D"/>
     <w:rsid w:val="00864BED"/>
     <w:rsid w:val="00865EC4"/>
     <w:rsid w:val="00866C0D"/>
     <w:rsid w:val="008778E9"/>
     <w:rsid w:val="00877F52"/>
     <w:rsid w:val="008814E1"/>
     <w:rsid w:val="0089143A"/>
-    <w:rsid w:val="008A0036"/>
     <w:rsid w:val="008A46A4"/>
     <w:rsid w:val="008C1A17"/>
     <w:rsid w:val="008D07B6"/>
     <w:rsid w:val="008D0894"/>
     <w:rsid w:val="00907D9A"/>
     <w:rsid w:val="00914501"/>
     <w:rsid w:val="009149D1"/>
     <w:rsid w:val="00925D1C"/>
     <w:rsid w:val="0094474C"/>
     <w:rsid w:val="00952CCF"/>
     <w:rsid w:val="009612EC"/>
     <w:rsid w:val="009773D4"/>
     <w:rsid w:val="00986DA3"/>
     <w:rsid w:val="009946DD"/>
     <w:rsid w:val="009C6187"/>
     <w:rsid w:val="009C6520"/>
     <w:rsid w:val="009C7DE6"/>
     <w:rsid w:val="009D01AE"/>
-    <w:rsid w:val="009D05A1"/>
     <w:rsid w:val="009E6F68"/>
     <w:rsid w:val="009F5BBB"/>
     <w:rsid w:val="009F7DFE"/>
     <w:rsid w:val="009F7F39"/>
     <w:rsid w:val="00A135DB"/>
     <w:rsid w:val="00A56768"/>
     <w:rsid w:val="00A841BB"/>
     <w:rsid w:val="00AD0A9F"/>
     <w:rsid w:val="00AE5A66"/>
     <w:rsid w:val="00B06EE0"/>
     <w:rsid w:val="00B31CF5"/>
     <w:rsid w:val="00B42824"/>
     <w:rsid w:val="00B430B0"/>
     <w:rsid w:val="00B51A55"/>
     <w:rsid w:val="00B61598"/>
     <w:rsid w:val="00B66525"/>
     <w:rsid w:val="00B66BDD"/>
     <w:rsid w:val="00B73B84"/>
     <w:rsid w:val="00B80104"/>
     <w:rsid w:val="00B839F3"/>
     <w:rsid w:val="00BA7B1B"/>
     <w:rsid w:val="00BC6AFA"/>
     <w:rsid w:val="00BE3966"/>
     <w:rsid w:val="00BF312A"/>
     <w:rsid w:val="00BF430F"/>
@@ -1880,83 +2007,82 @@
     <w:rsid w:val="00CA6EA7"/>
     <w:rsid w:val="00CD41A8"/>
     <w:rsid w:val="00CE727E"/>
     <w:rsid w:val="00D4702E"/>
     <w:rsid w:val="00D52CDE"/>
     <w:rsid w:val="00D536B8"/>
     <w:rsid w:val="00D73976"/>
     <w:rsid w:val="00D97687"/>
     <w:rsid w:val="00DC3644"/>
     <w:rsid w:val="00DC4253"/>
     <w:rsid w:val="00DC7F15"/>
     <w:rsid w:val="00DE10F9"/>
     <w:rsid w:val="00E03A51"/>
     <w:rsid w:val="00E27D22"/>
     <w:rsid w:val="00E33DD1"/>
     <w:rsid w:val="00E42C55"/>
     <w:rsid w:val="00E808B2"/>
     <w:rsid w:val="00EB6589"/>
     <w:rsid w:val="00ED4441"/>
     <w:rsid w:val="00F4707E"/>
     <w:rsid w:val="00F55D5A"/>
     <w:rsid w:val="00F700E7"/>
     <w:rsid w:val="00F8034C"/>
     <w:rsid w:val="00F80A00"/>
     <w:rsid w:val="00FA03F0"/>
-    <w:rsid w:val="00FB332B"/>
     <w:rsid w:val="00FB7EA9"/>
     <w:rsid w:val="00FD566D"/>
     <w:rsid w:val="00FE516A"/>
     <w:rsid w:val="00FE55BE"/>
     <w:rsid w:val="00FF77CE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pl-PL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="7DED1C00"/>
+  <w14:docId w14:val="41E1FD6E"/>
   <w14:defaultImageDpi w14:val="0"/>
   <w15:docId w15:val="{B61559FD-AAEB-4B11-988E-A3DA0A9EB1A0}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="pl-PL" w:eastAsia="pl-PL" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:locked="1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:locked="1" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:locked="1" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:locked="1" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:locked="1" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:locked="1" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:locked="1" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -4017,90 +4143,90 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A6885169-48B5-4FA3-A677-AE2D9D4A0BFC}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EF4867F5-090D-443A-8678-2322F38F1C5D}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>szablon PMP interpelacja</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>95</Words>
-  <Characters>574</Characters>
+  <Words>107</Words>
+  <Characters>642</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>4</Lines>
+  <Lines>5</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Tytuł</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>uzupełnienie odpowiedzi na interpelację 10/2023 ws, prac prowadzonych na obszarze Hipodrom Wola</vt:lpstr>
+      <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>668</CharactersWithSpaces>
+  <CharactersWithSpaces>748</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>uzupełnienie odpowiedzi nr 2 na interpelację 10/2023 ws. prac prowadzonych na obszarze Hipodrom Wola</dc:title>
+  <dc:title>uzupełnienie odpowiedzi na interpelację 10/2023 ws, prac prowadzonych na obszarze Hipodrom Wola</dc:title>
   <dc:subject/>
   <dc:creator>Łukasz Wieczorek</dc:creator>
-  <cp:keywords>Hipodrom Wola, Rada Nadzorcza spółki Centrum Wyszkolenia Jeździeckiego sp. z o.o., odpowiedź na interpelację</cp:keywords>
+  <cp:keywords>Hipodrom Wola, Powiatowy Inspektorat Nadzoru Budowlanego dla Miasta Poznania</cp:keywords>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Operator">
     <vt:lpwstr>Łukasz Kiełbasa</vt:lpwstr>
   </property>
 </Properties>
 </file>