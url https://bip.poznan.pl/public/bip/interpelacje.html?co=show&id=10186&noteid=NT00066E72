--- v0 (2025-10-16)
+++ v1 (2026-01-23)
@@ -1,6051 +1,1088 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="png" ContentType="image/png"/>
+  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-[...11 lines deleted...]
-  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
+  <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
+  <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
-<file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-[...651 lines deleted...]
-</w:document>
+<file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
+  <fileVersion appName="xl" lastEdited="6" lowestEdited="6" rupBuild="14420"/>
+  <workbookPr defaultThemeVersion="164011"/>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice Requires="x15">
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\lukwie\Desktop\interpelacje\30 - B. Ignaszewski - stacje ładowania aut elektrycznych\"/>
+    </mc:Choice>
+  </mc:AlternateContent>
+  <bookViews>
+    <workbookView xWindow="0" yWindow="0" windowWidth="28800" windowHeight="12300"/>
+  </bookViews>
+  <sheets>
+    <sheet name="2022-12-31" sheetId="1" r:id="rId1"/>
+  </sheets>
+  <calcPr calcId="162913"/>
+  <extLst>
+    <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
+      <x15:workbookPr chartTrackingRefBase="1"/>
+    </ext>
+  </extLst>
+</workbook>
 </file>
 
-<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-[...21 lines deleted...]
-</w:endnotes>
+<file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="938" uniqueCount="239">
+  <si>
+    <t>Punkt - moc [kW]</t>
+  </si>
+  <si>
+    <t>Punkt - ulica</t>
+  </si>
+  <si>
+    <t>Punkt - nr domu</t>
+  </si>
+  <si>
+    <t>Punkt - miasto</t>
+  </si>
+  <si>
+    <t>Punkt - kod pocztowy</t>
+  </si>
+  <si>
+    <t>Punkt - długość geograficzna</t>
+  </si>
+  <si>
+    <t>Punkt - szerokość geograficzna</t>
+  </si>
+  <si>
+    <t>Poznań</t>
+  </si>
+  <si>
+    <t>61-324</t>
+  </si>
+  <si>
+    <t>Głogowska</t>
+  </si>
+  <si>
+    <t>60-004</t>
+  </si>
+  <si>
+    <t>16.840237</t>
+  </si>
+  <si>
+    <t>52.353632</t>
+  </si>
+  <si>
+    <t>Szwedzka</t>
+  </si>
+  <si>
+    <t>61-285</t>
+  </si>
+  <si>
+    <t>16.983138</t>
+  </si>
+  <si>
+    <t>52.380402</t>
+  </si>
+  <si>
+    <t>Górecka</t>
+  </si>
+  <si>
+    <t>60-201</t>
+  </si>
+  <si>
+    <t>16.896821</t>
+  </si>
+  <si>
+    <t>52.380525</t>
+  </si>
+  <si>
+    <t>16.987565</t>
+  </si>
+  <si>
+    <t>52.382085</t>
+  </si>
+  <si>
+    <t>Abpa Baraniaka</t>
+  </si>
+  <si>
+    <t>61-131</t>
+  </si>
+  <si>
+    <t>16.957616</t>
+  </si>
+  <si>
+    <t>52.401487</t>
+  </si>
+  <si>
+    <t>Bolesława Krzywoustego</t>
+  </si>
+  <si>
+    <t>61-144</t>
+  </si>
+  <si>
+    <t>16.9677639</t>
+  </si>
+  <si>
+    <t>52.3874474</t>
+  </si>
+  <si>
+    <t>_</t>
+  </si>
+  <si>
+    <t>Krańcowa</t>
+  </si>
+  <si>
+    <t>40/42</t>
+  </si>
+  <si>
+    <t>61-037</t>
+  </si>
+  <si>
+    <t>16.97669</t>
+  </si>
+  <si>
+    <t>52.412659</t>
+  </si>
+  <si>
+    <t>al. Solidarności</t>
+  </si>
+  <si>
+    <t>61-696</t>
+  </si>
+  <si>
+    <t>16.9139516</t>
+  </si>
+  <si>
+    <t>52.43690368</t>
+  </si>
+  <si>
+    <t>ul. Żołnierzy Wyklętych</t>
+  </si>
+  <si>
+    <t>60-461</t>
+  </si>
+  <si>
+    <t>16.86845</t>
+  </si>
+  <si>
+    <t>52.44277</t>
+  </si>
+  <si>
+    <t>ul. Stróżyńskiego</t>
+  </si>
+  <si>
+    <t>60-688</t>
+  </si>
+  <si>
+    <t>16.903218</t>
+  </si>
+  <si>
+    <t>52.463434</t>
+  </si>
+  <si>
+    <t>ul. Sianowska</t>
+  </si>
+  <si>
+    <t>60-431</t>
+  </si>
+  <si>
+    <t>16.826937</t>
+  </si>
+  <si>
+    <t>52.435154</t>
+  </si>
+  <si>
+    <t>61-242</t>
+  </si>
+  <si>
+    <t>Naramowicka</t>
+  </si>
+  <si>
+    <t>Wilkońskich</t>
+  </si>
+  <si>
+    <t>60-543</t>
+  </si>
+  <si>
+    <t>Piątkowska</t>
+  </si>
+  <si>
+    <t>60-648</t>
+  </si>
+  <si>
+    <t>16.9178238</t>
+  </si>
+  <si>
+    <t>52.42687</t>
+  </si>
+  <si>
+    <t>Aleje Solidarności</t>
+  </si>
+  <si>
+    <t>60-002</t>
+  </si>
+  <si>
+    <t>16.997591</t>
+  </si>
+  <si>
+    <t>52.352455</t>
+  </si>
+  <si>
+    <t>Warszawska</t>
+  </si>
+  <si>
+    <t>61-055</t>
+  </si>
+  <si>
+    <t>17.00824</t>
+  </si>
+  <si>
+    <t>52.409874</t>
+  </si>
+  <si>
+    <t>Ludwika Zamenhofa</t>
+  </si>
+  <si>
+    <t>16.9429817</t>
+  </si>
+  <si>
+    <t>52.3836937</t>
+  </si>
+  <si>
+    <t>ul. Głogowska</t>
+  </si>
+  <si>
+    <t>62-206</t>
+  </si>
+  <si>
+    <t>16.8902993</t>
+  </si>
+  <si>
+    <t>52.3856215</t>
+  </si>
+  <si>
+    <t>Kolorowa</t>
+  </si>
+  <si>
+    <t>60-198</t>
+  </si>
+  <si>
+    <t>16.86584355</t>
+  </si>
+  <si>
+    <t>52.40550078</t>
+  </si>
+  <si>
+    <t>ul. Baraniaka</t>
+  </si>
+  <si>
+    <t>16.972012</t>
+  </si>
+  <si>
+    <t>52.400204</t>
+  </si>
+  <si>
+    <t>Numer stacji</t>
+  </si>
+  <si>
+    <t>440</t>
+  </si>
+  <si>
+    <t>10</t>
+  </si>
+  <si>
+    <t>30</t>
+  </si>
+  <si>
+    <t>8</t>
+  </si>
+  <si>
+    <t>22</t>
+  </si>
+  <si>
+    <t>Drużbickiego</t>
+  </si>
+  <si>
+    <t>2</t>
+  </si>
+  <si>
+    <t>61-693</t>
+  </si>
+  <si>
+    <t>16.919236</t>
+  </si>
+  <si>
+    <t>52.440438</t>
+  </si>
+  <si>
+    <t>50</t>
+  </si>
+  <si>
+    <t>Wiatraczna</t>
+  </si>
+  <si>
+    <t>5</t>
+  </si>
+  <si>
+    <t>16.9752418</t>
+  </si>
+  <si>
+    <t>52.3833302</t>
+  </si>
+  <si>
+    <t>43</t>
+  </si>
+  <si>
+    <t>Szwajcarska</t>
+  </si>
+  <si>
+    <t>14</t>
+  </si>
+  <si>
+    <t>16.993803</t>
+  </si>
+  <si>
+    <t>52.383106</t>
+  </si>
+  <si>
+    <t>1</t>
+  </si>
+  <si>
+    <t>142</t>
+  </si>
+  <si>
+    <t>42</t>
+  </si>
+  <si>
+    <t>10a</t>
+  </si>
+  <si>
+    <t>61-302</t>
+  </si>
+  <si>
+    <t>16.9863605</t>
+  </si>
+  <si>
+    <t>52.38115288</t>
+  </si>
+  <si>
+    <t>60-189</t>
+  </si>
+  <si>
+    <t>16.83591</t>
+  </si>
+  <si>
+    <t>52.413148</t>
+  </si>
+  <si>
+    <t>Augustyna Samarzewskiego</t>
+  </si>
+  <si>
+    <t>62</t>
+  </si>
+  <si>
+    <t>60-569</t>
+  </si>
+  <si>
+    <t>16.8866944</t>
+  </si>
+  <si>
+    <t>52.4127273</t>
+  </si>
+  <si>
+    <t>ul. Pastelowa</t>
+  </si>
+  <si>
+    <t>61-001</t>
+  </si>
+  <si>
+    <t>16.8665261</t>
+  </si>
+  <si>
+    <t>52.4075472</t>
+  </si>
+  <si>
+    <t>25</t>
+  </si>
+  <si>
+    <t>Obornicka</t>
+  </si>
+  <si>
+    <t>249</t>
+  </si>
+  <si>
+    <t>48</t>
+  </si>
+  <si>
+    <t>44</t>
+  </si>
+  <si>
+    <t>68</t>
+  </si>
+  <si>
+    <t>246</t>
+  </si>
+  <si>
+    <t>140</t>
+  </si>
+  <si>
+    <t>51</t>
+  </si>
+  <si>
+    <t>16</t>
+  </si>
+  <si>
+    <t>29</t>
+  </si>
+  <si>
+    <t>67</t>
+  </si>
+  <si>
+    <t>350</t>
+  </si>
+  <si>
+    <t>135</t>
+  </si>
+  <si>
+    <t>151</t>
+  </si>
+  <si>
+    <t>2-10</t>
+  </si>
+  <si>
+    <t>11</t>
+  </si>
+  <si>
+    <t>77</t>
+  </si>
+  <si>
+    <t>32</t>
+  </si>
+  <si>
+    <t>40</t>
+  </si>
+  <si>
+    <t>plac Wolności</t>
+  </si>
+  <si>
+    <t>20</t>
+  </si>
+  <si>
+    <t>61-731</t>
+  </si>
+  <si>
+    <t>16.9277503</t>
+  </si>
+  <si>
+    <t>52.408361</t>
+  </si>
+  <si>
+    <t>Dąbrowskiego</t>
+  </si>
+  <si>
+    <t>89</t>
+  </si>
+  <si>
+    <t>60-574</t>
+  </si>
+  <si>
+    <t>16.89806</t>
+  </si>
+  <si>
+    <t>52.41463</t>
+  </si>
+  <si>
+    <t>100</t>
+  </si>
+  <si>
+    <t>235</t>
+  </si>
+  <si>
+    <t>60-650</t>
+  </si>
+  <si>
+    <t>16.907058</t>
+  </si>
+  <si>
+    <t>52.447496</t>
+  </si>
+  <si>
+    <t>Grunwladzka</t>
+  </si>
+  <si>
+    <t>182</t>
+  </si>
+  <si>
+    <t>60-166</t>
+  </si>
+  <si>
+    <t>16.85797501</t>
+  </si>
+  <si>
+    <t>52.39154325</t>
+  </si>
+  <si>
+    <t>125</t>
+  </si>
+  <si>
+    <t>Torowa</t>
+  </si>
+  <si>
+    <t>61-315</t>
+  </si>
+  <si>
+    <t>16.988676</t>
+  </si>
+  <si>
+    <t>52.367772</t>
+  </si>
+  <si>
+    <t>al.Solidarności</t>
+  </si>
+  <si>
+    <t>16.914632</t>
+  </si>
+  <si>
+    <t>52.436566</t>
+  </si>
+  <si>
+    <t>Szyperska</t>
+  </si>
+  <si>
+    <t>61-754</t>
+  </si>
+  <si>
+    <t>16.9389507</t>
+  </si>
+  <si>
+    <t>52.4094431</t>
+  </si>
+  <si>
+    <t>16.946482</t>
+  </si>
+  <si>
+    <t>52.442932</t>
+  </si>
+  <si>
+    <t>16.8902352</t>
+  </si>
+  <si>
+    <t>52.4167115</t>
+  </si>
+  <si>
+    <t>16.92664325</t>
+  </si>
+  <si>
+    <t>52.43536461</t>
+  </si>
+  <si>
+    <t>16.9886152</t>
+  </si>
+  <si>
+    <t>52.3685805</t>
+  </si>
+  <si>
+    <t>Piotrowo</t>
+  </si>
+  <si>
+    <t>3A</t>
+  </si>
+  <si>
+    <t>16.9520365</t>
+  </si>
+  <si>
+    <t>52.4035231</t>
+  </si>
+  <si>
+    <t>SALON VOX, Bukowska 148</t>
+  </si>
+  <si>
+    <t>60-567</t>
+  </si>
+  <si>
+    <t>16.866547</t>
+  </si>
+  <si>
+    <t>52.41171</t>
+  </si>
+  <si>
+    <t>Salon VW  Berdychowski Owsiana 27, Poznań</t>
+  </si>
+  <si>
+    <t>61-666</t>
+  </si>
+  <si>
+    <t>16.921526</t>
+  </si>
+  <si>
+    <t>52.426035</t>
+  </si>
+  <si>
+    <t>16.848589</t>
+  </si>
+  <si>
+    <t>52.358674</t>
+  </si>
+  <si>
+    <t>16.9768709</t>
+  </si>
+  <si>
+    <t>52.4125804</t>
+  </si>
+  <si>
+    <t>Roosevelta</t>
+  </si>
+  <si>
+    <t>18</t>
+  </si>
+  <si>
+    <t>60-829</t>
+  </si>
+  <si>
+    <t>16.9129169</t>
+  </si>
+  <si>
+    <t>52.4096518</t>
+  </si>
+  <si>
+    <t>Grunwaldzka</t>
+  </si>
+  <si>
+    <t>16.8580919</t>
+  </si>
+  <si>
+    <t>52.3914388</t>
+  </si>
+  <si>
+    <t>Hetmańska</t>
+  </si>
+  <si>
+    <t>91</t>
+  </si>
+  <si>
+    <t>61-514</t>
+  </si>
+  <si>
+    <t>16.9120476</t>
+  </si>
+  <si>
+    <t>52.3865927</t>
+  </si>
+  <si>
+    <t>Poznańska</t>
+  </si>
+  <si>
+    <t>60-853</t>
+  </si>
+  <si>
+    <t>16.9138221</t>
+  </si>
+  <si>
+    <t>52.4139851</t>
+  </si>
+  <si>
+    <t>Starołęcka</t>
+  </si>
+  <si>
+    <t>34</t>
+  </si>
+  <si>
+    <t>61-361</t>
+  </si>
+  <si>
+    <t>16.93229949</t>
+  </si>
+  <si>
+    <t>52.37177453</t>
+  </si>
+  <si>
+    <t>Jana Henryka Dąbrowskiego</t>
+  </si>
+  <si>
+    <t>81/85</t>
+  </si>
+  <si>
+    <t>60-529</t>
+  </si>
+  <si>
+    <t>16.89874358</t>
+  </si>
+  <si>
+    <t>52.41406191</t>
+  </si>
+  <si>
+    <t>16.905739</t>
+  </si>
+  <si>
+    <t>52.4489676</t>
+  </si>
+  <si>
+    <t>Adama Kręglewskiego</t>
+  </si>
+  <si>
+    <t>61-248</t>
+  </si>
+  <si>
+    <t>16.980648</t>
+  </si>
+  <si>
+    <t>52.3762448</t>
+  </si>
+  <si>
+    <t>Baraniaka</t>
+  </si>
+  <si>
+    <t>4</t>
+  </si>
+  <si>
+    <t>16.9566315</t>
+  </si>
+  <si>
+    <t>52.4030843</t>
+  </si>
+  <si>
+    <t>Czynne: pn.- pt. 8.00 - 18.00, sob. 8.00-16.00</t>
+  </si>
+  <si>
+    <t>VW CICHY ZASADA, ul. Wajsówny 9</t>
+  </si>
+  <si>
+    <t>VW CICHY ZASADA, Bukowska 287a</t>
+  </si>
+</sst>
 </file>
 
-<file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-[...103 lines deleted...]
-</w:fonts>
+<file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
+  <fonts count="2" x14ac:knownFonts="1">
+    <font>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <charset val="238"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <charset val="238"/>
+      <scheme val="minor"/>
+    </font>
+  </fonts>
+  <fills count="2">
+    <fill>
+      <patternFill patternType="none"/>
+    </fill>
+    <fill>
+      <patternFill patternType="gray125"/>
+    </fill>
+  </fills>
+  <borders count="8">
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color rgb="FF000000"/>
+      </left>
+      <right style="thin">
+        <color rgb="FF000000"/>
+      </right>
+      <top style="thin">
+        <color rgb="FF000000"/>
+      </top>
+      <bottom style="thin">
+        <color rgb="FF000000"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color rgb="FF000000"/>
+      </left>
+      <right style="thin">
+        <color rgb="FF000000"/>
+      </right>
+      <top style="thin">
+        <color rgb="FF000000"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color rgb="FF000000"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color rgb="FF000000"/>
+      </top>
+      <bottom style="thin">
+        <color rgb="FF000000"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color rgb="FF000000"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color rgb="FF000000"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color rgb="FF000000"/>
+      </left>
+      <right style="thin">
+        <color rgb="FF000000"/>
+      </right>
+      <top style="thin">
+        <color rgb="FF000000"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+  </borders>
+  <cellStyleXfs count="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
+  </cellStyleXfs>
+  <cellXfs count="19">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
+    <xf numFmtId="49" fontId="0" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="0" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyBorder="1"/>
+    <xf numFmtId="49" fontId="0" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="1" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="0" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="0" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="0" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="0" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="0" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="0" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="0" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="0" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+  </cellXfs>
+  <cellStyles count="1">
+    <cellStyle name="Normalny" xfId="0" builtinId="0"/>
+  </cellStyles>
+  <dxfs count="0"/>
+  <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
+      <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
+    </ext>
+    <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
+      <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
+    </ext>
+  </extLst>
+</styleSheet>
 </file>
 
-<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-[...53 lines deleted...]
-</w:ftr>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
-<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-[...5064 lines deleted...]
-<file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motyw pakietu Office">
   <a:themeElements>
     <a:clrScheme name="Pakiet Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4472C4"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Pakiet Office">
       <a:majorFont>
-        <a:latin typeface="Calibri Light"/>
+        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
-        <a:font script="Thai" typeface="Angsana New"/>
+        <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游明朝"/>
+        <a:font script="Jpan" typeface="游ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
-        <a:font script="Thai" typeface="Cordia New"/>
+        <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
@@ -6175,99 +1212,3588 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
-<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
-<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-</ds:datastoreItem>
+<file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+  <dimension ref="A1:I135"/>
+  <sheetViews>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <selection activeCell="J26" sqref="J26"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="8.85546875" customWidth="1"/>
+    <col min="2" max="2" width="25.85546875" customWidth="1"/>
+    <col min="3" max="3" width="7.42578125" style="2" customWidth="1"/>
+    <col min="4" max="4" width="14.42578125" style="2" customWidth="1"/>
+    <col min="5" max="5" width="12.85546875" style="2" customWidth="1"/>
+    <col min="6" max="6" width="7.85546875" customWidth="1"/>
+    <col min="7" max="7" width="13.140625" style="2" customWidth="1"/>
+    <col min="8" max="8" width="12.85546875" style="2" customWidth="1"/>
+    <col min="9" max="9" width="13.7109375" style="2" customWidth="1"/>
+    <col min="11" max="11" width="11.7109375" bestFit="1" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:8" ht="45" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1" s="8" t="s">
+        <v>83</v>
+      </c>
+      <c r="B1" s="6" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" s="6" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" s="6" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" s="6" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" s="6" t="s">
+        <v>0</v>
+      </c>
+      <c r="G1" s="7" t="s">
+        <v>5</v>
+      </c>
+      <c r="H1" s="6" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="2" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A2" s="9">
+        <v>103049</v>
+      </c>
+      <c r="B2" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="C2" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="D2" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="E2" s="10" t="s">
+        <v>10</v>
+      </c>
+      <c r="F2" s="10" t="s">
+        <v>94</v>
+      </c>
+      <c r="G2" s="11" t="s">
+        <v>11</v>
+      </c>
+      <c r="H2" s="10" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="3" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A3" s="9">
+        <v>103049</v>
+      </c>
+      <c r="B3" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="C3" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="D3" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="E3" s="10" t="s">
+        <v>10</v>
+      </c>
+      <c r="F3" s="10" t="s">
+        <v>88</v>
+      </c>
+      <c r="G3" s="11" t="s">
+        <v>11</v>
+      </c>
+      <c r="H3" s="10" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="4" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A4" s="9">
+        <v>103020</v>
+      </c>
+      <c r="B4" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="C4" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="D4" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="E4" s="10" t="s">
+        <v>14</v>
+      </c>
+      <c r="F4" s="10" t="s">
+        <v>88</v>
+      </c>
+      <c r="G4" s="11" t="s">
+        <v>15</v>
+      </c>
+      <c r="H4" s="10" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="5" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A5" s="9">
+        <v>103020</v>
+      </c>
+      <c r="B5" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="C5" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="D5" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="E5" s="10" t="s">
+        <v>14</v>
+      </c>
+      <c r="F5" s="10" t="s">
+        <v>88</v>
+      </c>
+      <c r="G5" s="11" t="s">
+        <v>15</v>
+      </c>
+      <c r="H5" s="10" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="6" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A6" s="9">
+        <v>103021</v>
+      </c>
+      <c r="B6" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="C6" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="D6" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="E6" s="10" t="s">
+        <v>14</v>
+      </c>
+      <c r="F6" s="10" t="s">
+        <v>94</v>
+      </c>
+      <c r="G6" s="11" t="s">
+        <v>15</v>
+      </c>
+      <c r="H6" s="10" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="7" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A7" s="9">
+        <v>103021</v>
+      </c>
+      <c r="B7" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="C7" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="D7" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="E7" s="10" t="s">
+        <v>14</v>
+      </c>
+      <c r="F7" s="10" t="s">
+        <v>94</v>
+      </c>
+      <c r="G7" s="11" t="s">
+        <v>15</v>
+      </c>
+      <c r="H7" s="10" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="8" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A8" s="9">
+        <v>103021</v>
+      </c>
+      <c r="B8" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="C8" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="D8" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="E8" s="10" t="s">
+        <v>14</v>
+      </c>
+      <c r="F8" s="10" t="s">
+        <v>99</v>
+      </c>
+      <c r="G8" s="11" t="s">
+        <v>15</v>
+      </c>
+      <c r="H8" s="10" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="9" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A9" s="9">
+        <v>103078</v>
+      </c>
+      <c r="B9" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="C9" s="1" t="s">
+        <v>86</v>
+      </c>
+      <c r="D9" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="E9" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="F9" s="10" t="s">
+        <v>94</v>
+      </c>
+      <c r="G9" s="11" t="s">
+        <v>19</v>
+      </c>
+      <c r="H9" s="10" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="10" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A10" s="9">
+        <v>103078</v>
+      </c>
+      <c r="B10" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="C10" s="1" t="s">
+        <v>86</v>
+      </c>
+      <c r="D10" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="E10" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="F10" s="10" t="s">
+        <v>88</v>
+      </c>
+      <c r="G10" s="11" t="s">
+        <v>19</v>
+      </c>
+      <c r="H10" s="10" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="11" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A11" s="9">
+        <v>101900</v>
+      </c>
+      <c r="B11" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="C11" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="D11" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="E11" s="10" t="s">
+        <v>14</v>
+      </c>
+      <c r="F11" s="10" t="s">
+        <v>88</v>
+      </c>
+      <c r="G11" s="11" t="s">
+        <v>21</v>
+      </c>
+      <c r="H11" s="10" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="12" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A12" s="9">
+        <v>101900</v>
+      </c>
+      <c r="B12" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="C12" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="D12" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="E12" s="10" t="s">
+        <v>14</v>
+      </c>
+      <c r="F12" s="10" t="s">
+        <v>88</v>
+      </c>
+      <c r="G12" s="11" t="s">
+        <v>21</v>
+      </c>
+      <c r="H12" s="10" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="13" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A13" s="9">
+        <v>101901</v>
+      </c>
+      <c r="B13" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="C13" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="D13" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="E13" s="10" t="s">
+        <v>14</v>
+      </c>
+      <c r="F13" s="10" t="s">
+        <v>88</v>
+      </c>
+      <c r="G13" s="11" t="s">
+        <v>21</v>
+      </c>
+      <c r="H13" s="10" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="14" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A14" s="9">
+        <v>101901</v>
+      </c>
+      <c r="B14" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="C14" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="D14" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="E14" s="10" t="s">
+        <v>14</v>
+      </c>
+      <c r="F14" s="10" t="s">
+        <v>88</v>
+      </c>
+      <c r="G14" s="11" t="s">
+        <v>21</v>
+      </c>
+      <c r="H14" s="10" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="15" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A15" s="9">
+        <v>104435</v>
+      </c>
+      <c r="B15" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="C15" s="1" t="s">
+        <v>87</v>
+      </c>
+      <c r="D15" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="E15" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="F15" s="10" t="s">
+        <v>88</v>
+      </c>
+      <c r="G15" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="H15" s="10" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="16" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A16" s="9">
+        <v>104435</v>
+      </c>
+      <c r="B16" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="C16" s="1" t="s">
+        <v>87</v>
+      </c>
+      <c r="D16" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="E16" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="F16" s="10" t="s">
+        <v>94</v>
+      </c>
+      <c r="G16" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="H16" s="10" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="17" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A17" s="9">
+        <v>104435</v>
+      </c>
+      <c r="B17" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="C17" s="1" t="s">
+        <v>87</v>
+      </c>
+      <c r="D17" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="E17" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="F17" s="10" t="s">
+        <v>94</v>
+      </c>
+      <c r="G17" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="H17" s="10" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="18" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A18" s="9">
+        <v>105107</v>
+      </c>
+      <c r="B18" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="C18" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="D18" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="E18" s="10" t="s">
+        <v>34</v>
+      </c>
+      <c r="F18" s="10" t="s">
+        <v>141</v>
+      </c>
+      <c r="G18" s="11" t="s">
+        <v>35</v>
+      </c>
+      <c r="H18" s="10" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="19" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A19" s="9">
+        <v>105107</v>
+      </c>
+      <c r="B19" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="C19" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="D19" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="E19" s="10" t="s">
+        <v>34</v>
+      </c>
+      <c r="F19" s="10" t="s">
+        <v>141</v>
+      </c>
+      <c r="G19" s="11" t="s">
+        <v>35</v>
+      </c>
+      <c r="H19" s="10" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="20" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A20" s="9">
+        <v>105107</v>
+      </c>
+      <c r="B20" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="C20" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="D20" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="E20" s="10" t="s">
+        <v>34</v>
+      </c>
+      <c r="F20" s="10" t="s">
+        <v>142</v>
+      </c>
+      <c r="G20" s="11" t="s">
+        <v>35</v>
+      </c>
+      <c r="H20" s="10" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="21" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A21" s="9">
+        <v>105059</v>
+      </c>
+      <c r="B21" s="1" t="s">
+        <v>143</v>
+      </c>
+      <c r="C21" s="1" t="s">
+        <v>144</v>
+      </c>
+      <c r="D21" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="E21" s="10" t="s">
+        <v>145</v>
+      </c>
+      <c r="F21" s="10" t="s">
+        <v>139</v>
+      </c>
+      <c r="G21" s="11" t="s">
+        <v>146</v>
+      </c>
+      <c r="H21" s="10" t="s">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="22" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A22" s="9">
+        <v>103214</v>
+      </c>
+      <c r="B22" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="C22" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="D22" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="E22" s="10" t="s">
+        <v>91</v>
+      </c>
+      <c r="F22" s="10" t="s">
+        <v>88</v>
+      </c>
+      <c r="G22" s="11" t="s">
+        <v>92</v>
+      </c>
+      <c r="H22" s="10" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="23" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A23" s="9">
+        <v>103215</v>
+      </c>
+      <c r="B23" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="C23" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="D23" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="E23" s="10" t="s">
+        <v>91</v>
+      </c>
+      <c r="F23" s="10" t="s">
+        <v>88</v>
+      </c>
+      <c r="G23" s="11" t="s">
+        <v>92</v>
+      </c>
+      <c r="H23" s="10" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="24" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A24" s="9">
+        <v>103271</v>
+      </c>
+      <c r="B24" s="1" t="s">
+        <v>95</v>
+      </c>
+      <c r="C24" s="1" t="s">
+        <v>96</v>
+      </c>
+      <c r="D24" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="E24" s="10" t="s">
+        <v>53</v>
+      </c>
+      <c r="F24" s="10" t="s">
+        <v>88</v>
+      </c>
+      <c r="G24" s="11" t="s">
+        <v>97</v>
+      </c>
+      <c r="H24" s="10" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="25" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A25" s="9">
+        <v>103271</v>
+      </c>
+      <c r="B25" s="1" t="s">
+        <v>95</v>
+      </c>
+      <c r="C25" s="1" t="s">
+        <v>96</v>
+      </c>
+      <c r="D25" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="E25" s="10" t="s">
+        <v>53</v>
+      </c>
+      <c r="F25" s="10" t="s">
+        <v>99</v>
+      </c>
+      <c r="G25" s="11" t="s">
+        <v>97</v>
+      </c>
+      <c r="H25" s="10" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="26" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A26" s="9">
+        <v>103271</v>
+      </c>
+      <c r="B26" s="1" t="s">
+        <v>95</v>
+      </c>
+      <c r="C26" s="1" t="s">
+        <v>96</v>
+      </c>
+      <c r="D26" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="E26" s="10" t="s">
+        <v>53</v>
+      </c>
+      <c r="F26" s="10" t="s">
+        <v>94</v>
+      </c>
+      <c r="G26" s="11" t="s">
+        <v>97</v>
+      </c>
+      <c r="H26" s="10" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="27" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A27" s="9">
+        <v>103271</v>
+      </c>
+      <c r="B27" s="1" t="s">
+        <v>95</v>
+      </c>
+      <c r="C27" s="1" t="s">
+        <v>96</v>
+      </c>
+      <c r="D27" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="E27" s="10" t="s">
+        <v>53</v>
+      </c>
+      <c r="F27" s="10" t="s">
+        <v>94</v>
+      </c>
+      <c r="G27" s="11" t="s">
+        <v>97</v>
+      </c>
+      <c r="H27" s="10" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="28" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A28" s="9">
+        <v>103233</v>
+      </c>
+      <c r="B28" s="3" t="s">
+        <v>100</v>
+      </c>
+      <c r="C28" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="D28" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="E28" s="12" t="s">
+        <v>14</v>
+      </c>
+      <c r="F28" s="12" t="s">
+        <v>88</v>
+      </c>
+      <c r="G28" s="13" t="s">
+        <v>102</v>
+      </c>
+      <c r="H28" s="10" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="29" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A29" s="9">
+        <v>103234</v>
+      </c>
+      <c r="B29" s="5" t="s">
+        <v>100</v>
+      </c>
+      <c r="C29" s="5" t="s">
+        <v>101</v>
+      </c>
+      <c r="D29" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="E29" s="14" t="s">
+        <v>14</v>
+      </c>
+      <c r="F29" s="14" t="s">
+        <v>88</v>
+      </c>
+      <c r="G29" s="17" t="s">
+        <v>102</v>
+      </c>
+      <c r="H29" s="10" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="30" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A30" s="9">
+        <v>102022</v>
+      </c>
+      <c r="B30" s="5" t="s">
+        <v>148</v>
+      </c>
+      <c r="C30" s="5" t="s">
+        <v>149</v>
+      </c>
+      <c r="D30" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="E30" s="14" t="s">
+        <v>150</v>
+      </c>
+      <c r="F30" s="14" t="s">
+        <v>88</v>
+      </c>
+      <c r="G30" s="17" t="s">
+        <v>151</v>
+      </c>
+      <c r="H30" s="10" t="s">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="31" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A31" s="9">
+        <v>102022</v>
+      </c>
+      <c r="B31" s="5" t="s">
+        <v>148</v>
+      </c>
+      <c r="C31" s="5" t="s">
+        <v>149</v>
+      </c>
+      <c r="D31" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="E31" s="14" t="s">
+        <v>150</v>
+      </c>
+      <c r="F31" s="14" t="s">
+        <v>88</v>
+      </c>
+      <c r="G31" s="17" t="s">
+        <v>151</v>
+      </c>
+      <c r="H31" s="10" t="s">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="32" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A32" s="9">
+        <v>104871</v>
+      </c>
+      <c r="B32" s="5" t="s">
+        <v>124</v>
+      </c>
+      <c r="C32" s="5" t="s">
+        <v>154</v>
+      </c>
+      <c r="D32" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="E32" s="14" t="s">
+        <v>155</v>
+      </c>
+      <c r="F32" s="14" t="s">
+        <v>153</v>
+      </c>
+      <c r="G32" s="17" t="s">
+        <v>156</v>
+      </c>
+      <c r="H32" s="18" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="33" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A33" s="9">
+        <v>104871</v>
+      </c>
+      <c r="B33" s="5" t="s">
+        <v>124</v>
+      </c>
+      <c r="C33" s="5" t="s">
+        <v>154</v>
+      </c>
+      <c r="D33" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="E33" s="14" t="s">
+        <v>155</v>
+      </c>
+      <c r="F33" s="14" t="s">
+        <v>88</v>
+      </c>
+      <c r="G33" s="14" t="s">
+        <v>156</v>
+      </c>
+      <c r="H33" s="14" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="34" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A34" s="9">
+        <v>104871</v>
+      </c>
+      <c r="B34" s="5" t="s">
+        <v>124</v>
+      </c>
+      <c r="C34" s="5" t="s">
+        <v>154</v>
+      </c>
+      <c r="D34" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="E34" s="14" t="s">
+        <v>155</v>
+      </c>
+      <c r="F34" s="14" t="s">
+        <v>153</v>
+      </c>
+      <c r="G34" s="14" t="s">
+        <v>156</v>
+      </c>
+      <c r="H34" s="14" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="35" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A35" s="9">
+        <v>104877</v>
+      </c>
+      <c r="B35" s="5" t="s">
+        <v>158</v>
+      </c>
+      <c r="C35" s="5" t="s">
+        <v>159</v>
+      </c>
+      <c r="D35" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="E35" s="14" t="s">
+        <v>160</v>
+      </c>
+      <c r="F35" s="14" t="s">
+        <v>139</v>
+      </c>
+      <c r="G35" s="14" t="s">
+        <v>161</v>
+      </c>
+      <c r="H35" s="14" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="36" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A36" s="9">
+        <v>104877</v>
+      </c>
+      <c r="B36" s="5" t="s">
+        <v>158</v>
+      </c>
+      <c r="C36" s="5" t="s">
+        <v>159</v>
+      </c>
+      <c r="D36" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="E36" s="14" t="s">
+        <v>160</v>
+      </c>
+      <c r="F36" s="14" t="s">
+        <v>139</v>
+      </c>
+      <c r="G36" s="14" t="s">
+        <v>161</v>
+      </c>
+      <c r="H36" s="14" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="37" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A37" s="9">
+        <v>104878</v>
+      </c>
+      <c r="B37" s="5" t="s">
+        <v>158</v>
+      </c>
+      <c r="C37" s="5" t="s">
+        <v>159</v>
+      </c>
+      <c r="D37" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="E37" s="14" t="s">
+        <v>160</v>
+      </c>
+      <c r="F37" s="14" t="s">
+        <v>88</v>
+      </c>
+      <c r="G37" s="14" t="s">
+        <v>161</v>
+      </c>
+      <c r="H37" s="14" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="38" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A38" s="9">
+        <v>104878</v>
+      </c>
+      <c r="B38" s="5" t="s">
+        <v>158</v>
+      </c>
+      <c r="C38" s="5" t="s">
+        <v>159</v>
+      </c>
+      <c r="D38" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="E38" s="14" t="s">
+        <v>160</v>
+      </c>
+      <c r="F38" s="14" t="s">
+        <v>88</v>
+      </c>
+      <c r="G38" s="14" t="s">
+        <v>161</v>
+      </c>
+      <c r="H38" s="14" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="39" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A39" s="9">
+        <v>104936</v>
+      </c>
+      <c r="B39" s="5" t="s">
+        <v>164</v>
+      </c>
+      <c r="C39" s="5" t="s">
+        <v>101</v>
+      </c>
+      <c r="D39" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="E39" s="14" t="s">
+        <v>165</v>
+      </c>
+      <c r="F39" s="14" t="s">
+        <v>163</v>
+      </c>
+      <c r="G39" s="14" t="s">
+        <v>166</v>
+      </c>
+      <c r="H39" s="14" t="s">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="40" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A40" s="9">
+        <v>104936</v>
+      </c>
+      <c r="B40" s="5" t="s">
+        <v>164</v>
+      </c>
+      <c r="C40" s="5" t="s">
+        <v>101</v>
+      </c>
+      <c r="D40" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="E40" s="14" t="s">
+        <v>165</v>
+      </c>
+      <c r="F40" s="14" t="s">
+        <v>163</v>
+      </c>
+      <c r="G40" s="14" t="s">
+        <v>166</v>
+      </c>
+      <c r="H40" s="14" t="s">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="41" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A41" s="9">
+        <v>103681</v>
+      </c>
+      <c r="B41" s="5" t="s">
+        <v>168</v>
+      </c>
+      <c r="C41" s="5" t="s">
+        <v>131</v>
+      </c>
+      <c r="D41" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="E41" s="14" t="s">
+        <v>38</v>
+      </c>
+      <c r="F41" s="14" t="s">
+        <v>88</v>
+      </c>
+      <c r="G41" s="14" t="s">
+        <v>169</v>
+      </c>
+      <c r="H41" s="14" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="42" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A42" s="9">
+        <v>103681</v>
+      </c>
+      <c r="B42" s="5" t="s">
+        <v>168</v>
+      </c>
+      <c r="C42" s="5" t="s">
+        <v>131</v>
+      </c>
+      <c r="D42" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="E42" s="14" t="s">
+        <v>38</v>
+      </c>
+      <c r="F42" s="14" t="s">
+        <v>88</v>
+      </c>
+      <c r="G42" s="14" t="s">
+        <v>169</v>
+      </c>
+      <c r="H42" s="14" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="43" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A43" s="9">
+        <v>104831</v>
+      </c>
+      <c r="B43" s="5" t="s">
+        <v>171</v>
+      </c>
+      <c r="C43" s="5" t="s">
+        <v>88</v>
+      </c>
+      <c r="D43" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="E43" s="14" t="s">
+        <v>172</v>
+      </c>
+      <c r="F43" s="14" t="s">
+        <v>88</v>
+      </c>
+      <c r="G43" s="14" t="s">
+        <v>173</v>
+      </c>
+      <c r="H43" s="14" t="s">
+        <v>174</v>
+      </c>
+    </row>
+    <row r="44" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A44" s="9">
+        <v>104831</v>
+      </c>
+      <c r="B44" s="5" t="s">
+        <v>171</v>
+      </c>
+      <c r="C44" s="5" t="s">
+        <v>88</v>
+      </c>
+      <c r="D44" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="E44" s="14" t="s">
+        <v>172</v>
+      </c>
+      <c r="F44" s="14" t="s">
+        <v>88</v>
+      </c>
+      <c r="G44" s="14" t="s">
+        <v>173</v>
+      </c>
+      <c r="H44" s="14" t="s">
+        <v>174</v>
+      </c>
+    </row>
+    <row r="45" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A45" s="9">
+        <v>104788</v>
+      </c>
+      <c r="B45" s="5" t="s">
+        <v>54</v>
+      </c>
+      <c r="C45" s="5" t="s">
+        <v>105</v>
+      </c>
+      <c r="D45" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="E45" s="14" t="s">
+        <v>120</v>
+      </c>
+      <c r="F45" s="14"/>
+      <c r="G45" s="14" t="s">
+        <v>175</v>
+      </c>
+      <c r="H45" s="14" t="s">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="46" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A46" s="9">
+        <v>104788</v>
+      </c>
+      <c r="B46" s="5" t="s">
+        <v>54</v>
+      </c>
+      <c r="C46" s="5" t="s">
+        <v>105</v>
+      </c>
+      <c r="D46" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="E46" s="14" t="s">
+        <v>120</v>
+      </c>
+      <c r="F46" s="14"/>
+      <c r="G46" s="14" t="s">
+        <v>175</v>
+      </c>
+      <c r="H46" s="14" t="s">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="47" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A47" s="9">
+        <v>104789</v>
+      </c>
+      <c r="B47" s="5" t="s">
+        <v>55</v>
+      </c>
+      <c r="C47" s="5" t="s">
+        <v>104</v>
+      </c>
+      <c r="D47" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="E47" s="14" t="s">
+        <v>56</v>
+      </c>
+      <c r="F47" s="14"/>
+      <c r="G47" s="14" t="s">
+        <v>177</v>
+      </c>
+      <c r="H47" s="14" t="s">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="48" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A48" s="9">
+        <v>104797</v>
+      </c>
+      <c r="B48" s="5" t="s">
+        <v>61</v>
+      </c>
+      <c r="C48" s="5" t="s">
+        <v>106</v>
+      </c>
+      <c r="D48" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="E48" s="14" t="s">
+        <v>38</v>
+      </c>
+      <c r="F48" s="14"/>
+      <c r="G48" s="14" t="s">
+        <v>179</v>
+      </c>
+      <c r="H48" s="14" t="s">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="49" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A49" s="9">
+        <v>104797</v>
+      </c>
+      <c r="B49" s="5" t="s">
+        <v>61</v>
+      </c>
+      <c r="C49" s="5" t="s">
+        <v>106</v>
+      </c>
+      <c r="D49" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="E49" s="14" t="s">
+        <v>38</v>
+      </c>
+      <c r="F49" s="14"/>
+      <c r="G49" s="14" t="s">
+        <v>179</v>
+      </c>
+      <c r="H49" s="14" t="s">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="50" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A50" s="9">
+        <v>104789</v>
+      </c>
+      <c r="B50" s="5" t="s">
+        <v>55</v>
+      </c>
+      <c r="C50" s="5" t="s">
+        <v>104</v>
+      </c>
+      <c r="D50" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="E50" s="14" t="s">
+        <v>56</v>
+      </c>
+      <c r="F50" s="14"/>
+      <c r="G50" s="14" t="s">
+        <v>177</v>
+      </c>
+      <c r="H50" s="14" t="s">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="51" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A51" s="9">
+        <v>104568</v>
+      </c>
+      <c r="B51" s="5" t="s">
+        <v>164</v>
+      </c>
+      <c r="C51" s="5" t="s">
+        <v>101</v>
+      </c>
+      <c r="D51" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="E51" s="14" t="s">
+        <v>165</v>
+      </c>
+      <c r="F51" s="14" t="s">
+        <v>153</v>
+      </c>
+      <c r="G51" s="14" t="s">
+        <v>181</v>
+      </c>
+      <c r="H51" s="14" t="s">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="52" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A52" s="9">
+        <v>104568</v>
+      </c>
+      <c r="B52" s="5" t="s">
+        <v>164</v>
+      </c>
+      <c r="C52" s="5" t="s">
+        <v>101</v>
+      </c>
+      <c r="D52" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="E52" s="14" t="s">
+        <v>165</v>
+      </c>
+      <c r="F52" s="14" t="s">
+        <v>153</v>
+      </c>
+      <c r="G52" s="14" t="s">
+        <v>181</v>
+      </c>
+      <c r="H52" s="14" t="s">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="53" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A53" s="9">
+        <v>104557</v>
+      </c>
+      <c r="B53" s="5" t="s">
+        <v>183</v>
+      </c>
+      <c r="C53" s="5" t="s">
+        <v>184</v>
+      </c>
+      <c r="D53" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="E53" s="14" t="s">
+        <v>120</v>
+      </c>
+      <c r="F53" s="14" t="s">
+        <v>88</v>
+      </c>
+      <c r="G53" s="14" t="s">
+        <v>185</v>
+      </c>
+      <c r="H53" s="14" t="s">
+        <v>186</v>
+      </c>
+    </row>
+    <row r="54" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A54" s="9">
+        <v>104557</v>
+      </c>
+      <c r="B54" s="5" t="s">
+        <v>183</v>
+      </c>
+      <c r="C54" s="5" t="s">
+        <v>184</v>
+      </c>
+      <c r="D54" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="E54" s="14" t="s">
+        <v>120</v>
+      </c>
+      <c r="F54" s="14" t="s">
+        <v>88</v>
+      </c>
+      <c r="G54" s="14" t="s">
+        <v>185</v>
+      </c>
+      <c r="H54" s="14" t="s">
+        <v>186</v>
+      </c>
+    </row>
+    <row r="55" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A55" s="9">
+        <v>104556</v>
+      </c>
+      <c r="B55" s="5" t="s">
+        <v>183</v>
+      </c>
+      <c r="C55" s="5" t="s">
+        <v>184</v>
+      </c>
+      <c r="D55" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="E55" s="14" t="s">
+        <v>120</v>
+      </c>
+      <c r="F55" s="14" t="s">
+        <v>88</v>
+      </c>
+      <c r="G55" s="14" t="s">
+        <v>185</v>
+      </c>
+      <c r="H55" s="14" t="s">
+        <v>186</v>
+      </c>
+    </row>
+    <row r="56" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A56" s="9">
+        <v>104556</v>
+      </c>
+      <c r="B56" s="5" t="s">
+        <v>183</v>
+      </c>
+      <c r="C56" s="5" t="s">
+        <v>184</v>
+      </c>
+      <c r="D56" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="E56" s="14" t="s">
+        <v>120</v>
+      </c>
+      <c r="F56" s="14" t="s">
+        <v>88</v>
+      </c>
+      <c r="G56" s="14" t="s">
+        <v>185</v>
+      </c>
+      <c r="H56" s="14" t="s">
+        <v>186</v>
+      </c>
+    </row>
+    <row r="57" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A57" s="9">
+        <v>104555</v>
+      </c>
+      <c r="B57" s="5" t="s">
+        <v>183</v>
+      </c>
+      <c r="C57" s="5" t="s">
+        <v>184</v>
+      </c>
+      <c r="D57" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="E57" s="14" t="s">
+        <v>120</v>
+      </c>
+      <c r="F57" s="14" t="s">
+        <v>88</v>
+      </c>
+      <c r="G57" s="14" t="s">
+        <v>185</v>
+      </c>
+      <c r="H57" s="14" t="s">
+        <v>186</v>
+      </c>
+    </row>
+    <row r="58" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A58" s="9">
+        <v>104555</v>
+      </c>
+      <c r="B58" s="5" t="s">
+        <v>183</v>
+      </c>
+      <c r="C58" s="5" t="s">
+        <v>184</v>
+      </c>
+      <c r="D58" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="E58" s="14" t="s">
+        <v>120</v>
+      </c>
+      <c r="F58" s="14" t="s">
+        <v>88</v>
+      </c>
+      <c r="G58" s="14" t="s">
+        <v>185</v>
+      </c>
+      <c r="H58" s="14" t="s">
+        <v>186</v>
+      </c>
+    </row>
+    <row r="59" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A59" s="9">
+        <v>104554</v>
+      </c>
+      <c r="B59" s="5" t="s">
+        <v>183</v>
+      </c>
+      <c r="C59" s="5" t="s">
+        <v>184</v>
+      </c>
+      <c r="D59" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="E59" s="14" t="s">
+        <v>120</v>
+      </c>
+      <c r="F59" s="14" t="s">
+        <v>88</v>
+      </c>
+      <c r="G59" s="14" t="s">
+        <v>185</v>
+      </c>
+      <c r="H59" s="14" t="s">
+        <v>186</v>
+      </c>
+    </row>
+    <row r="60" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A60" s="9">
+        <v>104554</v>
+      </c>
+      <c r="B60" s="5" t="s">
+        <v>183</v>
+      </c>
+      <c r="C60" s="5" t="s">
+        <v>184</v>
+      </c>
+      <c r="D60" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="E60" s="14" t="s">
+        <v>120</v>
+      </c>
+      <c r="F60" s="14" t="s">
+        <v>88</v>
+      </c>
+      <c r="G60" s="14" t="s">
+        <v>185</v>
+      </c>
+      <c r="H60" s="14" t="s">
+        <v>186</v>
+      </c>
+    </row>
+    <row r="61" spans="1:8" ht="20.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A61" s="9">
+        <v>104462</v>
+      </c>
+      <c r="B61" s="5" t="s">
+        <v>187</v>
+      </c>
+      <c r="C61" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="D61" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="E61" s="14" t="s">
+        <v>188</v>
+      </c>
+      <c r="F61" s="14" t="s">
+        <v>88</v>
+      </c>
+      <c r="G61" s="14" t="s">
+        <v>189</v>
+      </c>
+      <c r="H61" s="14" t="s">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="62" spans="1:8" ht="53.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A62" s="9">
+        <v>104205</v>
+      </c>
+      <c r="B62" s="16" t="s">
+        <v>191</v>
+      </c>
+      <c r="C62" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="D62" s="16" t="s">
+        <v>236</v>
+      </c>
+      <c r="E62" s="14" t="s">
+        <v>192</v>
+      </c>
+      <c r="F62" s="14" t="s">
+        <v>88</v>
+      </c>
+      <c r="G62" s="14" t="s">
+        <v>193</v>
+      </c>
+      <c r="H62" s="14" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="63" spans="1:8" ht="52.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A63" s="9">
+        <v>104206</v>
+      </c>
+      <c r="B63" s="16" t="s">
+        <v>191</v>
+      </c>
+      <c r="C63" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="D63" s="16" t="s">
+        <v>236</v>
+      </c>
+      <c r="E63" s="14" t="s">
+        <v>192</v>
+      </c>
+      <c r="F63" s="14" t="s">
+        <v>86</v>
+      </c>
+      <c r="G63" s="14" t="s">
+        <v>193</v>
+      </c>
+      <c r="H63" s="14" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="64" spans="1:8" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A64" s="9">
+        <v>104236</v>
+      </c>
+      <c r="B64" s="16" t="s">
+        <v>238</v>
+      </c>
+      <c r="C64" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="D64" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="E64" s="14" t="s">
+        <v>111</v>
+      </c>
+      <c r="F64" s="14" t="s">
+        <v>86</v>
+      </c>
+      <c r="G64" s="14" t="s">
+        <v>112</v>
+      </c>
+      <c r="H64" s="14" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="65" spans="1:8" ht="30.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A65" s="9">
+        <v>104250</v>
+      </c>
+      <c r="B65" s="16" t="s">
+        <v>237</v>
+      </c>
+      <c r="C65" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="D65" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="E65" s="14" t="s">
+        <v>62</v>
+      </c>
+      <c r="F65" s="14" t="s">
+        <v>88</v>
+      </c>
+      <c r="G65" s="14" t="s">
+        <v>195</v>
+      </c>
+      <c r="H65" s="14" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="66" spans="1:8" ht="38.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A66" s="9">
+        <v>104250</v>
+      </c>
+      <c r="B66" s="16" t="s">
+        <v>237</v>
+      </c>
+      <c r="C66" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="D66" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="E66" s="14" t="s">
+        <v>62</v>
+      </c>
+      <c r="F66" s="14" t="s">
+        <v>94</v>
+      </c>
+      <c r="G66" s="14" t="s">
+        <v>195</v>
+      </c>
+      <c r="H66" s="14" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="67" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A67" s="9">
+        <v>104196</v>
+      </c>
+      <c r="B67" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="C67" s="5" t="s">
+        <v>106</v>
+      </c>
+      <c r="D67" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="E67" s="14" t="s">
+        <v>34</v>
+      </c>
+      <c r="F67" s="14" t="s">
+        <v>88</v>
+      </c>
+      <c r="G67" s="14" t="s">
+        <v>197</v>
+      </c>
+      <c r="H67" s="14" t="s">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="68" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A68" s="9">
+        <v>104168</v>
+      </c>
+      <c r="B68" s="5" t="s">
+        <v>199</v>
+      </c>
+      <c r="C68" s="5" t="s">
+        <v>200</v>
+      </c>
+      <c r="D68" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="E68" s="14" t="s">
+        <v>201</v>
+      </c>
+      <c r="F68" s="14" t="s">
+        <v>88</v>
+      </c>
+      <c r="G68" s="14" t="s">
+        <v>202</v>
+      </c>
+      <c r="H68" s="14" t="s">
+        <v>203</v>
+      </c>
+    </row>
+    <row r="69" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A69" s="9">
+        <v>104168</v>
+      </c>
+      <c r="B69" s="5" t="s">
+        <v>199</v>
+      </c>
+      <c r="C69" s="5" t="s">
+        <v>200</v>
+      </c>
+      <c r="D69" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="E69" s="14" t="s">
+        <v>201</v>
+      </c>
+      <c r="F69" s="14" t="s">
+        <v>88</v>
+      </c>
+      <c r="G69" s="14" t="s">
+        <v>202</v>
+      </c>
+      <c r="H69" s="14" t="s">
+        <v>203</v>
+      </c>
+    </row>
+    <row r="70" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A70" s="9">
+        <v>104167</v>
+      </c>
+      <c r="B70" s="5" t="s">
+        <v>204</v>
+      </c>
+      <c r="C70" s="5" t="s">
+        <v>159</v>
+      </c>
+      <c r="D70" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="E70" s="14" t="s">
+        <v>160</v>
+      </c>
+      <c r="F70" s="14" t="s">
+        <v>88</v>
+      </c>
+      <c r="G70" s="14" t="s">
+        <v>205</v>
+      </c>
+      <c r="H70" s="14" t="s">
+        <v>206</v>
+      </c>
+    </row>
+    <row r="71" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A71" s="9">
+        <v>104167</v>
+      </c>
+      <c r="B71" s="5" t="s">
+        <v>204</v>
+      </c>
+      <c r="C71" s="5" t="s">
+        <v>159</v>
+      </c>
+      <c r="D71" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="E71" s="14" t="s">
+        <v>160</v>
+      </c>
+      <c r="F71" s="14" t="s">
+        <v>88</v>
+      </c>
+      <c r="G71" s="14" t="s">
+        <v>205</v>
+      </c>
+      <c r="H71" s="14" t="s">
+        <v>206</v>
+      </c>
+    </row>
+    <row r="72" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A72" s="9">
+        <v>104163</v>
+      </c>
+      <c r="B72" s="5" t="s">
+        <v>207</v>
+      </c>
+      <c r="C72" s="5" t="s">
+        <v>208</v>
+      </c>
+      <c r="D72" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="E72" s="14" t="s">
+        <v>209</v>
+      </c>
+      <c r="F72" s="14" t="s">
+        <v>139</v>
+      </c>
+      <c r="G72" s="14" t="s">
+        <v>210</v>
+      </c>
+      <c r="H72" s="14" t="s">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="73" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A73" s="9">
+        <v>104163</v>
+      </c>
+      <c r="B73" s="5" t="s">
+        <v>207</v>
+      </c>
+      <c r="C73" s="5" t="s">
+        <v>208</v>
+      </c>
+      <c r="D73" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="E73" s="14" t="s">
+        <v>209</v>
+      </c>
+      <c r="F73" s="14" t="s">
+        <v>139</v>
+      </c>
+      <c r="G73" s="14" t="s">
+        <v>210</v>
+      </c>
+      <c r="H73" s="14" t="s">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="74" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A74" s="9">
+        <v>104162</v>
+      </c>
+      <c r="B74" s="5" t="s">
+        <v>212</v>
+      </c>
+      <c r="C74" s="5" t="s">
+        <v>128</v>
+      </c>
+      <c r="D74" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="E74" s="14" t="s">
+        <v>213</v>
+      </c>
+      <c r="F74" s="14" t="s">
+        <v>139</v>
+      </c>
+      <c r="G74" s="14" t="s">
+        <v>214</v>
+      </c>
+      <c r="H74" s="14" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="75" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A75" s="9">
+        <v>104162</v>
+      </c>
+      <c r="B75" s="5" t="s">
+        <v>212</v>
+      </c>
+      <c r="C75" s="5" t="s">
+        <v>128</v>
+      </c>
+      <c r="D75" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="E75" s="14" t="s">
+        <v>213</v>
+      </c>
+      <c r="F75" s="14" t="s">
+        <v>139</v>
+      </c>
+      <c r="G75" s="14" t="s">
+        <v>214</v>
+      </c>
+      <c r="H75" s="14" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="76" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A76" s="9">
+        <v>104158</v>
+      </c>
+      <c r="B76" s="5" t="s">
+        <v>207</v>
+      </c>
+      <c r="C76" s="5" t="s">
+        <v>208</v>
+      </c>
+      <c r="D76" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="E76" s="14" t="s">
+        <v>209</v>
+      </c>
+      <c r="F76" s="14" t="s">
+        <v>139</v>
+      </c>
+      <c r="G76" s="14" t="s">
+        <v>210</v>
+      </c>
+      <c r="H76" s="14" t="s">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="77" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A77" s="9">
+        <v>104158</v>
+      </c>
+      <c r="B77" s="5" t="s">
+        <v>207</v>
+      </c>
+      <c r="C77" s="5" t="s">
+        <v>208</v>
+      </c>
+      <c r="D77" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="E77" s="14" t="s">
+        <v>209</v>
+      </c>
+      <c r="F77" s="14" t="s">
+        <v>139</v>
+      </c>
+      <c r="G77" s="14" t="s">
+        <v>210</v>
+      </c>
+      <c r="H77" s="14" t="s">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="78" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A78" s="9">
+        <v>104156</v>
+      </c>
+      <c r="B78" s="5" t="s">
+        <v>212</v>
+      </c>
+      <c r="C78" s="5" t="s">
+        <v>128</v>
+      </c>
+      <c r="D78" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="E78" s="14" t="s">
+        <v>213</v>
+      </c>
+      <c r="F78" s="14" t="s">
+        <v>139</v>
+      </c>
+      <c r="G78" s="14" t="s">
+        <v>214</v>
+      </c>
+      <c r="H78" s="14" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="79" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A79" s="9">
+        <v>104156</v>
+      </c>
+      <c r="B79" s="5" t="s">
+        <v>212</v>
+      </c>
+      <c r="C79" s="5" t="s">
+        <v>128</v>
+      </c>
+      <c r="D79" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="E79" s="14" t="s">
+        <v>213</v>
+      </c>
+      <c r="F79" s="14" t="s">
+        <v>139</v>
+      </c>
+      <c r="G79" s="14" t="s">
+        <v>214</v>
+      </c>
+      <c r="H79" s="14" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="80" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A80" s="9">
+        <v>104104</v>
+      </c>
+      <c r="B80" s="5" t="s">
+        <v>216</v>
+      </c>
+      <c r="C80" s="5" t="s">
+        <v>217</v>
+      </c>
+      <c r="D80" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="E80" s="14" t="s">
+        <v>218</v>
+      </c>
+      <c r="F80" s="14" t="s">
+        <v>88</v>
+      </c>
+      <c r="G80" s="14" t="s">
+        <v>219</v>
+      </c>
+      <c r="H80" s="14" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="81" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A81" s="9">
+        <v>104024</v>
+      </c>
+      <c r="B81" s="5" t="s">
+        <v>221</v>
+      </c>
+      <c r="C81" s="5" t="s">
+        <v>222</v>
+      </c>
+      <c r="D81" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="E81" s="14" t="s">
+        <v>223</v>
+      </c>
+      <c r="F81" s="14" t="s">
+        <v>88</v>
+      </c>
+      <c r="G81" s="14" t="s">
+        <v>224</v>
+      </c>
+      <c r="H81" s="14" t="s">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="82" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A82" s="9">
+        <v>103971</v>
+      </c>
+      <c r="B82" s="5" t="s">
+        <v>124</v>
+      </c>
+      <c r="C82" s="5" t="s">
+        <v>125</v>
+      </c>
+      <c r="D82" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="E82" s="14" t="s">
+        <v>120</v>
+      </c>
+      <c r="F82" s="14" t="s">
+        <v>88</v>
+      </c>
+      <c r="G82" s="14" t="s">
+        <v>226</v>
+      </c>
+      <c r="H82" s="14" t="s">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="83" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A83" s="9">
+        <v>103806</v>
+      </c>
+      <c r="B83" s="5" t="s">
+        <v>124</v>
+      </c>
+      <c r="C83" s="5" t="s">
+        <v>125</v>
+      </c>
+      <c r="D83" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="E83" s="14" t="s">
+        <v>120</v>
+      </c>
+      <c r="F83" s="14" t="s">
+        <v>88</v>
+      </c>
+      <c r="G83" s="14" t="s">
+        <v>226</v>
+      </c>
+      <c r="H83" s="14" t="s">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="84" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A84" s="9">
+        <v>103751</v>
+      </c>
+      <c r="B84" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="C84" s="5" t="s">
+        <v>136</v>
+      </c>
+      <c r="D84" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="E84" s="14" t="s">
+        <v>8</v>
+      </c>
+      <c r="F84" s="14" t="s">
+        <v>135</v>
+      </c>
+      <c r="G84" s="14" t="s">
+        <v>63</v>
+      </c>
+      <c r="H84" s="14" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="85" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A85" s="9">
+        <v>103750</v>
+      </c>
+      <c r="B85" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="C85" s="5" t="s">
+        <v>136</v>
+      </c>
+      <c r="D85" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="E85" s="14" t="s">
+        <v>8</v>
+      </c>
+      <c r="F85" s="14" t="s">
+        <v>135</v>
+      </c>
+      <c r="G85" s="14" t="s">
+        <v>63</v>
+      </c>
+      <c r="H85" s="14" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="86" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A86" s="9">
+        <v>102173</v>
+      </c>
+      <c r="B86" s="5" t="s">
+        <v>228</v>
+      </c>
+      <c r="C86" s="5" t="s">
+        <v>90</v>
+      </c>
+      <c r="D86" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="E86" s="14" t="s">
+        <v>229</v>
+      </c>
+      <c r="F86" s="14" t="s">
+        <v>123</v>
+      </c>
+      <c r="G86" s="14" t="s">
+        <v>230</v>
+      </c>
+      <c r="H86" s="14" t="s">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="87" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A87" s="9">
+        <v>98748</v>
+      </c>
+      <c r="B87" s="5" t="s">
+        <v>164</v>
+      </c>
+      <c r="C87" s="5" t="s">
+        <v>101</v>
+      </c>
+      <c r="D87" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="E87" s="14" t="s">
+        <v>165</v>
+      </c>
+      <c r="F87" s="14" t="s">
+        <v>88</v>
+      </c>
+      <c r="G87" s="14" t="s">
+        <v>181</v>
+      </c>
+      <c r="H87" s="14" t="s">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="88" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A88" s="9">
+        <v>98748</v>
+      </c>
+      <c r="B88" s="5" t="s">
+        <v>164</v>
+      </c>
+      <c r="C88" s="5" t="s">
+        <v>101</v>
+      </c>
+      <c r="D88" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="E88" s="14" t="s">
+        <v>165</v>
+      </c>
+      <c r="F88" s="14" t="s">
+        <v>88</v>
+      </c>
+      <c r="G88" s="14" t="s">
+        <v>181</v>
+      </c>
+      <c r="H88" s="14" t="s">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="89" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A89" s="9">
+        <v>98747</v>
+      </c>
+      <c r="B89" s="5" t="s">
+        <v>164</v>
+      </c>
+      <c r="C89" s="5" t="s">
+        <v>101</v>
+      </c>
+      <c r="D89" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="E89" s="14" t="s">
+        <v>165</v>
+      </c>
+      <c r="F89" s="14" t="s">
+        <v>88</v>
+      </c>
+      <c r="G89" s="14" t="s">
+        <v>181</v>
+      </c>
+      <c r="H89" s="14" t="s">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="90" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A90" s="9">
+        <v>98747</v>
+      </c>
+      <c r="B90" s="5" t="s">
+        <v>164</v>
+      </c>
+      <c r="C90" s="5" t="s">
+        <v>101</v>
+      </c>
+      <c r="D90" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="E90" s="14" t="s">
+        <v>165</v>
+      </c>
+      <c r="F90" s="14" t="s">
+        <v>88</v>
+      </c>
+      <c r="G90" s="14" t="s">
+        <v>181</v>
+      </c>
+      <c r="H90" s="14" t="s">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="91" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A91" s="9">
+        <v>98746</v>
+      </c>
+      <c r="B91" s="4" t="s">
+        <v>164</v>
+      </c>
+      <c r="C91" s="4" t="s">
+        <v>101</v>
+      </c>
+      <c r="D91" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="E91" s="14" t="s">
+        <v>165</v>
+      </c>
+      <c r="F91" s="14" t="s">
+        <v>88</v>
+      </c>
+      <c r="G91" s="15" t="s">
+        <v>181</v>
+      </c>
+      <c r="H91" s="15" t="s">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="92" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A92" s="9">
+        <v>98746</v>
+      </c>
+      <c r="B92" s="4" t="s">
+        <v>164</v>
+      </c>
+      <c r="C92" s="4" t="s">
+        <v>101</v>
+      </c>
+      <c r="D92" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="E92" s="14" t="s">
+        <v>165</v>
+      </c>
+      <c r="F92" s="14" t="s">
+        <v>88</v>
+      </c>
+      <c r="G92" s="15" t="s">
+        <v>181</v>
+      </c>
+      <c r="H92" s="15" t="s">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="93" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A93" s="9">
+        <v>97935</v>
+      </c>
+      <c r="B93" s="4" t="s">
+        <v>232</v>
+      </c>
+      <c r="C93" s="4" t="s">
+        <v>233</v>
+      </c>
+      <c r="D93" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="E93" s="14" t="s">
+        <v>24</v>
+      </c>
+      <c r="F93" s="14" t="s">
+        <v>88</v>
+      </c>
+      <c r="G93" s="15" t="s">
+        <v>234</v>
+      </c>
+      <c r="H93" s="15" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="94" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A94" s="9">
+        <v>97935</v>
+      </c>
+      <c r="B94" s="4" t="s">
+        <v>232</v>
+      </c>
+      <c r="C94" s="4" t="s">
+        <v>233</v>
+      </c>
+      <c r="D94" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="E94" s="14" t="s">
+        <v>24</v>
+      </c>
+      <c r="F94" s="14" t="s">
+        <v>88</v>
+      </c>
+      <c r="G94" s="15" t="s">
+        <v>234</v>
+      </c>
+      <c r="H94" s="15" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="95" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A95" s="9">
+        <v>39610</v>
+      </c>
+      <c r="B95" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="C95" s="4" t="s">
+        <v>126</v>
+      </c>
+      <c r="D95" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="E95" s="14" t="s">
+        <v>28</v>
+      </c>
+      <c r="F95" s="14" t="s">
+        <v>94</v>
+      </c>
+      <c r="G95" s="15" t="s">
+        <v>29</v>
+      </c>
+      <c r="H95" s="15" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="96" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A96" s="9">
+        <v>39610</v>
+      </c>
+      <c r="B96" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="C96" s="4" t="s">
+        <v>126</v>
+      </c>
+      <c r="D96" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="E96" s="14" t="s">
+        <v>28</v>
+      </c>
+      <c r="F96" s="14" t="s">
+        <v>127</v>
+      </c>
+      <c r="G96" s="15" t="s">
+        <v>29</v>
+      </c>
+      <c r="H96" s="15" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="97" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A97" s="9">
+        <v>96974</v>
+      </c>
+      <c r="B97" s="4" t="s">
+        <v>37</v>
+      </c>
+      <c r="C97" s="4" t="s">
+        <v>131</v>
+      </c>
+      <c r="D97" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="E97" s="14" t="s">
+        <v>38</v>
+      </c>
+      <c r="F97" s="14" t="s">
+        <v>88</v>
+      </c>
+      <c r="G97" s="15" t="s">
+        <v>39</v>
+      </c>
+      <c r="H97" s="15" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="98" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A98" s="9">
+        <v>96974</v>
+      </c>
+      <c r="B98" s="4" t="s">
+        <v>37</v>
+      </c>
+      <c r="C98" s="4" t="s">
+        <v>131</v>
+      </c>
+      <c r="D98" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="E98" s="14" t="s">
+        <v>38</v>
+      </c>
+      <c r="F98" s="14" t="s">
+        <v>88</v>
+      </c>
+      <c r="G98" s="15" t="s">
+        <v>39</v>
+      </c>
+      <c r="H98" s="15" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="99" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A99" s="9">
+        <v>42876</v>
+      </c>
+      <c r="B99" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="C99" s="4" t="s">
+        <v>107</v>
+      </c>
+      <c r="D99" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="E99" s="14" t="s">
+        <v>108</v>
+      </c>
+      <c r="F99" s="14" t="s">
+        <v>88</v>
+      </c>
+      <c r="G99" s="15" t="s">
+        <v>109</v>
+      </c>
+      <c r="H99" s="15" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="100" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A100" s="9">
+        <v>42876</v>
+      </c>
+      <c r="B100" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="C100" s="4" t="s">
+        <v>107</v>
+      </c>
+      <c r="D100" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="E100" s="14" t="s">
+        <v>108</v>
+      </c>
+      <c r="F100" s="14" t="s">
+        <v>88</v>
+      </c>
+      <c r="G100" s="15" t="s">
+        <v>109</v>
+      </c>
+      <c r="H100" s="15" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="101" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A101" s="9">
+        <v>41640</v>
+      </c>
+      <c r="B101" s="4" t="s">
+        <v>114</v>
+      </c>
+      <c r="C101" s="4" t="s">
+        <v>115</v>
+      </c>
+      <c r="D101" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="E101" s="14" t="s">
+        <v>116</v>
+      </c>
+      <c r="F101" s="14" t="s">
+        <v>88</v>
+      </c>
+      <c r="G101" s="15" t="s">
+        <v>117</v>
+      </c>
+      <c r="H101" s="15" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="102" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A102" s="9">
+        <v>41640</v>
+      </c>
+      <c r="B102" s="4" t="s">
+        <v>114</v>
+      </c>
+      <c r="C102" s="4" t="s">
+        <v>115</v>
+      </c>
+      <c r="D102" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="E102" s="14" t="s">
+        <v>116</v>
+      </c>
+      <c r="F102" s="14" t="s">
+        <v>88</v>
+      </c>
+      <c r="G102" s="15" t="s">
+        <v>117</v>
+      </c>
+      <c r="H102" s="15" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="103" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A103" s="9">
+        <v>40800</v>
+      </c>
+      <c r="B103" s="4" t="s">
+        <v>119</v>
+      </c>
+      <c r="C103" s="4" t="s">
+        <v>90</v>
+      </c>
+      <c r="D103" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="E103" s="14" t="s">
+        <v>120</v>
+      </c>
+      <c r="F103" s="14"/>
+      <c r="G103" s="15" t="s">
+        <v>121</v>
+      </c>
+      <c r="H103" s="15" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="104" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A104" s="9">
+        <v>40800</v>
+      </c>
+      <c r="B104" s="4" t="s">
+        <v>119</v>
+      </c>
+      <c r="C104" s="4" t="s">
+        <v>90</v>
+      </c>
+      <c r="D104" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="E104" s="14" t="s">
+        <v>120</v>
+      </c>
+      <c r="F104" s="14"/>
+      <c r="G104" s="15" t="s">
+        <v>121</v>
+      </c>
+      <c r="H104" s="15" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="105" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A105" s="9">
+        <v>37247</v>
+      </c>
+      <c r="B105" s="4" t="s">
+        <v>57</v>
+      </c>
+      <c r="C105" s="4" t="s">
+        <v>128</v>
+      </c>
+      <c r="D105" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="E105" s="14" t="s">
+        <v>58</v>
+      </c>
+      <c r="F105" s="14" t="s">
+        <v>94</v>
+      </c>
+      <c r="G105" s="15" t="s">
+        <v>59</v>
+      </c>
+      <c r="H105" s="15" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="106" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A106" s="9">
+        <v>37247</v>
+      </c>
+      <c r="B106" s="4" t="s">
+        <v>57</v>
+      </c>
+      <c r="C106" s="4" t="s">
+        <v>128</v>
+      </c>
+      <c r="D106" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="E106" s="14" t="s">
+        <v>58</v>
+      </c>
+      <c r="F106" s="14" t="s">
+        <v>127</v>
+      </c>
+      <c r="G106" s="15" t="s">
+        <v>59</v>
+      </c>
+      <c r="H106" s="15" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="107" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A107" s="9">
+        <v>34581</v>
+      </c>
+      <c r="B107" s="4" t="s">
+        <v>65</v>
+      </c>
+      <c r="C107" s="4" t="s">
+        <v>129</v>
+      </c>
+      <c r="D107" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="E107" s="14" t="s">
+        <v>66</v>
+      </c>
+      <c r="F107" s="14" t="s">
+        <v>94</v>
+      </c>
+      <c r="G107" s="15" t="s">
+        <v>67</v>
+      </c>
+      <c r="H107" s="15" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="108" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A108" s="9">
+        <v>34581</v>
+      </c>
+      <c r="B108" s="4" t="s">
+        <v>65</v>
+      </c>
+      <c r="C108" s="4" t="s">
+        <v>129</v>
+      </c>
+      <c r="D108" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="E108" s="14" t="s">
+        <v>66</v>
+      </c>
+      <c r="F108" s="14" t="s">
+        <v>127</v>
+      </c>
+      <c r="G108" s="15" t="s">
+        <v>67</v>
+      </c>
+      <c r="H108" s="15" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="109" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A109" s="9">
+        <v>34579</v>
+      </c>
+      <c r="B109" s="4" t="s">
+        <v>69</v>
+      </c>
+      <c r="C109" s="4" t="s">
+        <v>130</v>
+      </c>
+      <c r="D109" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="E109" s="14" t="s">
+        <v>24</v>
+      </c>
+      <c r="F109" s="14" t="s">
+        <v>94</v>
+      </c>
+      <c r="G109" s="15" t="s">
+        <v>70</v>
+      </c>
+      <c r="H109" s="15" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="110" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A110" s="9">
+        <v>34579</v>
+      </c>
+      <c r="B110" s="4" t="s">
+        <v>69</v>
+      </c>
+      <c r="C110" s="4" t="s">
+        <v>130</v>
+      </c>
+      <c r="D110" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="E110" s="14" t="s">
+        <v>24</v>
+      </c>
+      <c r="F110" s="14" t="s">
+        <v>127</v>
+      </c>
+      <c r="G110" s="15" t="s">
+        <v>70</v>
+      </c>
+      <c r="H110" s="15" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="111" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A111" s="9">
+        <v>40801</v>
+      </c>
+      <c r="B111" s="4" t="s">
+        <v>119</v>
+      </c>
+      <c r="C111" s="4" t="s">
+        <v>90</v>
+      </c>
+      <c r="D111" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="E111" s="14" t="s">
+        <v>120</v>
+      </c>
+      <c r="F111" s="14" t="s">
+        <v>88</v>
+      </c>
+      <c r="G111" s="15" t="s">
+        <v>121</v>
+      </c>
+      <c r="H111" s="15" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="112" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A112" s="9">
+        <v>40801</v>
+      </c>
+      <c r="B112" s="4" t="s">
+        <v>119</v>
+      </c>
+      <c r="C112" s="4" t="s">
+        <v>90</v>
+      </c>
+      <c r="D112" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="E112" s="14" t="s">
+        <v>120</v>
+      </c>
+      <c r="F112" s="14" t="s">
+        <v>88</v>
+      </c>
+      <c r="G112" s="15" t="s">
+        <v>121</v>
+      </c>
+      <c r="H112" s="15" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="113" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A113" s="9">
+        <v>37996</v>
+      </c>
+      <c r="B113" s="4" t="s">
+        <v>41</v>
+      </c>
+      <c r="C113" s="4" t="s">
+        <v>132</v>
+      </c>
+      <c r="D113" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="E113" s="14" t="s">
+        <v>42</v>
+      </c>
+      <c r="F113" s="14" t="s">
+        <v>88</v>
+      </c>
+      <c r="G113" s="15" t="s">
+        <v>43</v>
+      </c>
+      <c r="H113" s="15" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="114" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A114" s="9">
+        <v>37996</v>
+      </c>
+      <c r="B114" s="4" t="s">
+        <v>41</v>
+      </c>
+      <c r="C114" s="4" t="s">
+        <v>132</v>
+      </c>
+      <c r="D114" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="E114" s="14" t="s">
+        <v>42</v>
+      </c>
+      <c r="F114" s="14" t="s">
+        <v>88</v>
+      </c>
+      <c r="G114" s="15" t="s">
+        <v>43</v>
+      </c>
+      <c r="H114" s="15" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="115" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A115" s="9">
+        <v>37788</v>
+      </c>
+      <c r="B115" s="4" t="s">
+        <v>45</v>
+      </c>
+      <c r="C115" s="4" t="s">
+        <v>133</v>
+      </c>
+      <c r="D115" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="E115" s="14" t="s">
+        <v>46</v>
+      </c>
+      <c r="F115" s="14" t="s">
+        <v>88</v>
+      </c>
+      <c r="G115" s="15" t="s">
+        <v>47</v>
+      </c>
+      <c r="H115" s="15" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="116" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A116" s="9">
+        <v>37788</v>
+      </c>
+      <c r="B116" s="4" t="s">
+        <v>45</v>
+      </c>
+      <c r="C116" s="4" t="s">
+        <v>133</v>
+      </c>
+      <c r="D116" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="E116" s="14" t="s">
+        <v>46</v>
+      </c>
+      <c r="F116" s="14" t="s">
+        <v>88</v>
+      </c>
+      <c r="G116" s="15" t="s">
+        <v>47</v>
+      </c>
+      <c r="H116" s="15" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="117" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A117" s="9">
+        <v>37996</v>
+      </c>
+      <c r="B117" s="4" t="s">
+        <v>41</v>
+      </c>
+      <c r="C117" s="4" t="s">
+        <v>132</v>
+      </c>
+      <c r="D117" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="E117" s="14" t="s">
+        <v>42</v>
+      </c>
+      <c r="F117" s="14" t="s">
+        <v>88</v>
+      </c>
+      <c r="G117" s="15" t="s">
+        <v>43</v>
+      </c>
+      <c r="H117" s="15" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="118" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A118" s="9">
+        <v>37996</v>
+      </c>
+      <c r="B118" s="4" t="s">
+        <v>41</v>
+      </c>
+      <c r="C118" s="4" t="s">
+        <v>132</v>
+      </c>
+      <c r="D118" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="E118" s="14" t="s">
+        <v>42</v>
+      </c>
+      <c r="F118" s="14" t="s">
+        <v>88</v>
+      </c>
+      <c r="G118" s="15" t="s">
+        <v>43</v>
+      </c>
+      <c r="H118" s="15" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="119" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A119" s="9">
+        <v>37787</v>
+      </c>
+      <c r="B119" s="4" t="s">
+        <v>49</v>
+      </c>
+      <c r="C119" s="4" t="s">
+        <v>134</v>
+      </c>
+      <c r="D119" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="E119" s="14" t="s">
+        <v>50</v>
+      </c>
+      <c r="F119" s="14" t="s">
+        <v>88</v>
+      </c>
+      <c r="G119" s="15" t="s">
+        <v>51</v>
+      </c>
+      <c r="H119" s="15" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="120" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A120" s="9">
+        <v>32507</v>
+      </c>
+      <c r="B120" s="4" t="s">
+        <v>72</v>
+      </c>
+      <c r="C120" s="4" t="s">
+        <v>137</v>
+      </c>
+      <c r="D120" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="E120" s="14" t="s">
+        <v>73</v>
+      </c>
+      <c r="F120" s="14" t="s">
+        <v>88</v>
+      </c>
+      <c r="G120" s="15" t="s">
+        <v>74</v>
+      </c>
+      <c r="H120" s="15" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="121" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A121" s="9">
+        <v>32507</v>
+      </c>
+      <c r="B121" s="4" t="s">
+        <v>72</v>
+      </c>
+      <c r="C121" s="4" t="s">
+        <v>137</v>
+      </c>
+      <c r="D121" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="E121" s="14" t="s">
+        <v>73</v>
+      </c>
+      <c r="F121" s="14" t="s">
+        <v>88</v>
+      </c>
+      <c r="G121" s="15" t="s">
+        <v>74</v>
+      </c>
+      <c r="H121" s="15" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="122" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A122" s="9">
+        <v>32506</v>
+      </c>
+      <c r="B122" s="4" t="s">
+        <v>72</v>
+      </c>
+      <c r="C122" s="4" t="s">
+        <v>137</v>
+      </c>
+      <c r="D122" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="E122" s="14" t="s">
+        <v>73</v>
+      </c>
+      <c r="F122" s="14" t="s">
+        <v>88</v>
+      </c>
+      <c r="G122" s="15" t="s">
+        <v>74</v>
+      </c>
+      <c r="H122" s="15" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="123" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A123" s="9">
+        <v>32506</v>
+      </c>
+      <c r="B123" s="4" t="s">
+        <v>72</v>
+      </c>
+      <c r="C123" s="4" t="s">
+        <v>137</v>
+      </c>
+      <c r="D123" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="E123" s="14" t="s">
+        <v>73</v>
+      </c>
+      <c r="F123" s="14" t="s">
+        <v>88</v>
+      </c>
+      <c r="G123" s="15" t="s">
+        <v>74</v>
+      </c>
+      <c r="H123" s="15" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="124" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A124" s="9">
+        <v>32505</v>
+      </c>
+      <c r="B124" s="4" t="s">
+        <v>72</v>
+      </c>
+      <c r="C124" s="4" t="s">
+        <v>137</v>
+      </c>
+      <c r="D124" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="E124" s="14" t="s">
+        <v>73</v>
+      </c>
+      <c r="F124" s="14" t="s">
+        <v>88</v>
+      </c>
+      <c r="G124" s="15" t="s">
+        <v>74</v>
+      </c>
+      <c r="H124" s="15" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="125" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A125" s="9">
+        <v>32505</v>
+      </c>
+      <c r="B125" s="4" t="s">
+        <v>72</v>
+      </c>
+      <c r="C125" s="4" t="s">
+        <v>137</v>
+      </c>
+      <c r="D125" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="E125" s="14" t="s">
+        <v>73</v>
+      </c>
+      <c r="F125" s="14" t="s">
+        <v>88</v>
+      </c>
+      <c r="G125" s="15" t="s">
+        <v>74</v>
+      </c>
+      <c r="H125" s="15" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="126" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A126" s="9">
+        <v>32504</v>
+      </c>
+      <c r="B126" s="4" t="s">
+        <v>72</v>
+      </c>
+      <c r="C126" s="4" t="s">
+        <v>137</v>
+      </c>
+      <c r="D126" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="E126" s="14" t="s">
+        <v>73</v>
+      </c>
+      <c r="F126" s="14" t="s">
+        <v>88</v>
+      </c>
+      <c r="G126" s="15" t="s">
+        <v>74</v>
+      </c>
+      <c r="H126" s="15" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="127" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A127" s="9">
+        <v>32504</v>
+      </c>
+      <c r="B127" s="4" t="s">
+        <v>72</v>
+      </c>
+      <c r="C127" s="4" t="s">
+        <v>137</v>
+      </c>
+      <c r="D127" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="E127" s="14" t="s">
+        <v>73</v>
+      </c>
+      <c r="F127" s="14" t="s">
+        <v>88</v>
+      </c>
+      <c r="G127" s="15" t="s">
+        <v>74</v>
+      </c>
+      <c r="H127" s="15" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="128" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A128" s="9">
+        <v>32503</v>
+      </c>
+      <c r="B128" s="4" t="s">
+        <v>72</v>
+      </c>
+      <c r="C128" s="4" t="s">
+        <v>137</v>
+      </c>
+      <c r="D128" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="E128" s="14" t="s">
+        <v>73</v>
+      </c>
+      <c r="F128" s="14" t="s">
+        <v>88</v>
+      </c>
+      <c r="G128" s="15" t="s">
+        <v>74</v>
+      </c>
+      <c r="H128" s="15" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="129" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A129" s="9">
+        <v>32503</v>
+      </c>
+      <c r="B129" s="4" t="s">
+        <v>72</v>
+      </c>
+      <c r="C129" s="4" t="s">
+        <v>137</v>
+      </c>
+      <c r="D129" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="E129" s="14" t="s">
+        <v>73</v>
+      </c>
+      <c r="F129" s="14" t="s">
+        <v>88</v>
+      </c>
+      <c r="G129" s="15" t="s">
+        <v>74</v>
+      </c>
+      <c r="H129" s="15" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="130" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A130" s="9">
+        <v>1169</v>
+      </c>
+      <c r="B130" s="4" t="s">
+        <v>76</v>
+      </c>
+      <c r="C130" s="4" t="s">
+        <v>138</v>
+      </c>
+      <c r="D130" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="E130" s="14" t="s">
+        <v>77</v>
+      </c>
+      <c r="F130" s="14" t="s">
+        <v>88</v>
+      </c>
+      <c r="G130" s="15" t="s">
+        <v>78</v>
+      </c>
+      <c r="H130" s="15" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="131" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A131" s="9">
+        <v>1169</v>
+      </c>
+      <c r="B131" s="4" t="s">
+        <v>76</v>
+      </c>
+      <c r="C131" s="4" t="s">
+        <v>138</v>
+      </c>
+      <c r="D131" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="E131" s="14" t="s">
+        <v>77</v>
+      </c>
+      <c r="F131" s="14" t="s">
+        <v>88</v>
+      </c>
+      <c r="G131" s="15" t="s">
+        <v>78</v>
+      </c>
+      <c r="H131" s="15" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="132" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A132" s="9">
+        <v>1168</v>
+      </c>
+      <c r="B132" s="4" t="s">
+        <v>76</v>
+      </c>
+      <c r="C132" s="4" t="s">
+        <v>138</v>
+      </c>
+      <c r="D132" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="E132" s="14" t="s">
+        <v>77</v>
+      </c>
+      <c r="F132" s="14" t="s">
+        <v>88</v>
+      </c>
+      <c r="G132" s="15" t="s">
+        <v>78</v>
+      </c>
+      <c r="H132" s="15" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="133" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A133" s="9">
+        <v>1168</v>
+      </c>
+      <c r="B133" s="4" t="s">
+        <v>76</v>
+      </c>
+      <c r="C133" s="4" t="s">
+        <v>138</v>
+      </c>
+      <c r="D133" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="E133" s="14" t="s">
+        <v>77</v>
+      </c>
+      <c r="F133" s="14" t="s">
+        <v>88</v>
+      </c>
+      <c r="G133" s="15" t="s">
+        <v>78</v>
+      </c>
+      <c r="H133" s="15" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="134" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A134" s="9">
+        <v>1156</v>
+      </c>
+      <c r="B134" s="4" t="s">
+        <v>80</v>
+      </c>
+      <c r="C134" s="4" t="s">
+        <v>140</v>
+      </c>
+      <c r="D134" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="E134" s="14" t="s">
+        <v>24</v>
+      </c>
+      <c r="F134" s="14" t="s">
+        <v>139</v>
+      </c>
+      <c r="G134" s="15" t="s">
+        <v>81</v>
+      </c>
+      <c r="H134" s="15" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="135" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A135" s="9">
+        <v>1155</v>
+      </c>
+      <c r="B135" s="4" t="s">
+        <v>80</v>
+      </c>
+      <c r="C135" s="4" t="s">
+        <v>140</v>
+      </c>
+      <c r="D135" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="E135" s="14" t="s">
+        <v>24</v>
+      </c>
+      <c r="F135" s="14" t="s">
+        <v>139</v>
+      </c>
+      <c r="G135" s="15" t="s">
+        <v>81</v>
+      </c>
+      <c r="H135" s="15" t="s">
+        <v>82</v>
+      </c>
+    </row>
+  </sheetData>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="8" orientation="portrait" r:id="rId1"/>
+</worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>szablon interpelacja J.Solarski</Template>
-[...4 lines deleted...]
-  <Application>Microsoft Office Word</Application>
+  <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>22</Lines>
-  <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
-        <vt:lpstr>Tytuł</vt:lpstr>
+        <vt:lpstr>Arkusze</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>Odpowiedź na interpelację nr 30/2022 w sprawie kolejowej ramy Poznania</vt:lpstr>
+      <vt:lpstr>2022-12-31</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
-  <Company/>
+  <Company>UDT</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3146</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>Odpowiedź na interpelację nr 30/2023 w sprawie stacji ładowania aut elektrycznych</dc:title>
-[...3 lines deleted...]
-  <dc:description/>
+  <dc:creator>AK</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
-  <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
-
-[...6 lines deleted...]
-</file>