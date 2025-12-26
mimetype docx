--- v0 (2025-10-16)
+++ v1 (2025-12-26)
@@ -23,372 +23,326 @@
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p w:rsidR="00127D66" w:rsidRPr="001C3189" w:rsidRDefault="00127D66" w:rsidP="00001BFD">
       <w:pPr>
         <w:ind w:left="6804"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00001BFD">
         <w:t>Poznań</w:t>
       </w:r>
       <w:r w:rsidR="00346642" w:rsidRPr="00001BFD">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="004152E2">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00764D85">
-        <w:t>02.02</w:t>
+      <w:r w:rsidR="00ED4AAD">
+        <w:t>09.05</w:t>
       </w:r>
       <w:r w:rsidRPr="00001BFD">
         <w:t>.202</w:t>
       </w:r>
       <w:r w:rsidR="004152E2">
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidRPr="00001BFD">
         <w:t xml:space="preserve"> r</w:t>
       </w:r>
       <w:r w:rsidRPr="001C3189">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00127D66" w:rsidRPr="001C3189" w:rsidRDefault="00327C40" w:rsidP="00001BFD">
       <w:r w:rsidRPr="001C3189">
         <w:t>Znak sprawy: Or-II.</w:t>
       </w:r>
       <w:r w:rsidR="004152E2">
         <w:t>0003.1.</w:t>
       </w:r>
-      <w:r w:rsidR="00764D85">
+      <w:r w:rsidR="00ED4AAD">
         <w:t>32.2023</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00094F56" w:rsidRDefault="00127D66" w:rsidP="00001BFD">
       <w:r w:rsidRPr="001C3189">
         <w:t>Nr rej.:</w:t>
       </w:r>
       <w:r w:rsidR="00327C40" w:rsidRPr="001C3189">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00294550">
-        <w:t>020223-1104</w:t>
+      <w:r w:rsidR="00DE7F9B">
+        <w:t>090523-2842</w:t>
       </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w:rsidR="002E0CCD" w:rsidRPr="001C3189" w:rsidRDefault="00963C97" w:rsidP="00094F56">
       <w:pPr>
         <w:ind w:left="5812"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00001BFD">
         <w:t>Pan</w:t>
       </w:r>
-      <w:r w:rsidR="00094F56" w:rsidRPr="00001BFD">
-[...1 lines deleted...]
-      </w:r>
       <w:r w:rsidR="00094F56">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidR="007E3B34">
+      <w:r w:rsidR="00ED4AAD">
         <w:t xml:space="preserve">Bartłomiej </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="007E3B34">
+      <w:r w:rsidR="00ED4AAD">
         <w:t>Ignaszewski</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00094F56">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00094F56">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="001C3189">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:t>Radny Miasta Poznania</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00127D66" w:rsidRPr="001C3189" w:rsidRDefault="00127D66" w:rsidP="00963C97">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00001BFD">
         <w:t>Szanown</w:t>
       </w:r>
       <w:r w:rsidR="000D53FD" w:rsidRPr="00001BFD">
         <w:t>y</w:t>
       </w:r>
       <w:r w:rsidRPr="00001BFD">
         <w:t xml:space="preserve"> Pani</w:t>
       </w:r>
       <w:r w:rsidR="000D53FD" w:rsidRPr="00001BFD">
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidRPr="00001BFD">
         <w:t xml:space="preserve"> Radn</w:t>
       </w:r>
       <w:r w:rsidR="000D53FD" w:rsidRPr="00001BFD">
         <w:t>y</w:t>
       </w:r>
+      <w:r w:rsidR="009A7CA3">
+        <w:t>/a</w:t>
+      </w:r>
       <w:r w:rsidR="00530F53" w:rsidRPr="001C3189">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00764D85" w:rsidRDefault="00127D66" w:rsidP="00764D85">
+    <w:p w:rsidR="001D3E74" w:rsidRDefault="00127D66" w:rsidP="00001BFD">
       <w:r w:rsidRPr="001C3189">
-        <w:t xml:space="preserve">odpowiadając na </w:t>
+        <w:t xml:space="preserve">odpowiadając </w:t>
       </w:r>
-      <w:r w:rsidR="00764D85">
-        <w:t>otrzymaną za pośrednictwem Przewodniczącego Rady Miasta Poznania pismem z dnia 26 stycznia 2023 r. i przekazaną mi przez Prezydenta Miasta Poznania do rozpatrzenia interpelację Pana Radnego w sprawie możliwości wprowadzenia dnia wegeteriańskich posiłków w poznańskich szkołach, uprzejmie informuję:</w:t>
+      <w:r w:rsidR="00ED4AAD" w:rsidRPr="00ED4AAD">
+        <w:t>uzupełniając odpowiedź na otrzymaną za pośrednictwem Przewodniczącego Rady Miasta Poznania pismem z dnia 26 stycznia 2023 r. i przekazaną mi przez Prezydenta Miasta Poznania do rozpatrzenia interpelację Pana Radnego w sprawie możliwości wprowadzenia dnia wegetariańskich posiłków w poznańskich szkołach, w załączniku przekazuję dane zebrane przez Wydział Oświaty Urzędu Miasta Poznania, dotyczące poruszonego przez Pana Radnego zagadnienia.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00764D85" w:rsidRDefault="00764D85" w:rsidP="001F29F9">
-[...44 lines deleted...]
-    <w:p w:rsidR="00E9439A" w:rsidRPr="001C3189" w:rsidRDefault="008F70E3" w:rsidP="00001BFD">
+    <w:p w:rsidR="00ED4AAD" w:rsidRDefault="008F70E3" w:rsidP="00ED4AAD">
       <w:pPr>
         <w:ind w:left="5245"/>
       </w:pPr>
       <w:r w:rsidRPr="001C3189">
         <w:t>Z wyrazami szacunku</w:t>
       </w:r>
       <w:r w:rsidR="00001BFD">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00094F56">
         <w:br/>
       </w:r>
       <w:r w:rsidR="004E2D6A" w:rsidRPr="001C3189">
         <w:t>Z up. PREZYDENTA MIASTA</w:t>
       </w:r>
       <w:r w:rsidR="00094F56">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00094F56">
         <w:br/>
       </w:r>
       <w:r w:rsidR="004E2D6A" w:rsidRPr="001C3189">
         <w:t>(-)</w:t>
       </w:r>
       <w:r w:rsidR="00094F56">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00764D85">
+      <w:r w:rsidR="00BA47A8">
         <w:t>Mariusz Wiśniewski</w:t>
       </w:r>
       <w:r w:rsidR="00094F56">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00094F56">
         <w:br/>
       </w:r>
       <w:r w:rsidR="004E2D6A" w:rsidRPr="001C3189">
         <w:t>Z-CA PREZYDENTA MIASTA POZNANIA</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008F70E3" w:rsidRPr="001C3189" w:rsidRDefault="008F70E3" w:rsidP="00001BFD">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w:rsidR="00ED4AAD" w:rsidRDefault="00ED4AAD" w:rsidP="00ED4AAD">
+      <w:r>
+        <w:t>Zał. 1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008F70E3" w:rsidRPr="001C3189" w:rsidRDefault="008F70E3" w:rsidP="00ED4AAD">
       <w:r w:rsidRPr="00094F56">
         <w:t>Do wiadomości:</w:t>
       </w:r>
       <w:r w:rsidR="00094F56">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00094F56">
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="001C3189">
         <w:t>Przewodniczący Rady Miasta</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="008F70E3" w:rsidRPr="001C3189">
       <w:footerReference w:type="default" r:id="rId8"/>
       <w:headerReference w:type="first" r:id="rId9"/>
       <w:footerReference w:type="first" r:id="rId10"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="2829" w:right="1106" w:bottom="1276" w:left="1134" w:header="708" w:footer="616" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:formProt w:val="0"/>
       <w:noEndnote/>
       <w:titlePg/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00FE0BA2" w:rsidRDefault="00FE0BA2">
+    <w:p w:rsidR="00F3243F" w:rsidRDefault="00F3243F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00FE0BA2" w:rsidRDefault="00FE0BA2">
+    <w:p w:rsidR="00F3243F" w:rsidRDefault="00F3243F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Times New Roman">
-    <w:altName w:val="Times New Roman"/>
+    <w:altName w:val="Times"/>
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
-    <w:altName w:val="Symbol"/>
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
-    <w:altName w:val="Courier New"/>
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="EE"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
-    <w:altName w:val="Wingdings"/>
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
-    <w:altName w:val="Calibri"/>
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Mangal">
     <w:altName w:val="Liberation Mono"/>
     <w:panose1 w:val="00000400000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00008003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Garamond">
-    <w:altName w:val="Garamond"/>
     <w:panose1 w:val="02020404030301010803"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00006FF" w:usb1="0000FCFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Liberation Sans">
     <w:altName w:val="Arial"/>
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
@@ -571,79 +525,79 @@
       <w:rPr>
         <w:spacing w:val="-8"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="fr-FR"/>
       </w:rPr>
       <w:t xml:space="preserve"> www.poznan.pl</w:t>
     </w:r>
   </w:p>
   <w:p w:rsidR="00127D66" w:rsidRDefault="00127D66">
     <w:pPr>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00FE0BA2" w:rsidRDefault="00FE0BA2">
+    <w:p w:rsidR="00F3243F" w:rsidRDefault="00F3243F">
       <w:r w:rsidRPr="001C3189">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif"/>
           <w:color w:val="auto"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00FE0BA2" w:rsidRDefault="00FE0BA2">
+    <w:p w:rsidR="00F3243F" w:rsidRDefault="00F3243F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w:rsidR="00127D66" w:rsidRDefault="00FE0BA2">
+  <w:p w:rsidR="00127D66" w:rsidRDefault="00F3243F">
     <w:pPr>
       <w:pStyle w:val="Gb3b3b3b3b3b3b3b3b3f3f3f3f3f3f3f3f3f3wka"/>
       <w:rPr>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:pict w14:anchorId="4D2B26E5">
         <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
           <v:stroke joinstyle="miter"/>
           <v:formulas>
             <v:f eqn="if lineDrawn pixelLineWidth 0"/>
             <v:f eqn="sum @0 1 0"/>
             <v:f eqn="sum 0 0 @1"/>
             <v:f eqn="prod @2 1 2"/>
             <v:f eqn="prod @3 21600 pixelWidth"/>
             <v:f eqn="prod @3 21600 pixelHeight"/>
             <v:f eqn="sum @0 0 1"/>
             <v:f eqn="prod @6 1 2"/>
             <v:f eqn="prod @7 21600 pixelWidth"/>
             <v:f eqn="sum @8 21600 0"/>
             <v:f eqn="prod @7 21600 pixelHeight"/>
@@ -1906,195 +1860,195 @@
     <w:selectFldWithFirstOrLastChar/>
     <w:doNotWrapTextWithPunct/>
     <w:doNotUseEastAsianBreakRules/>
     <w:useWord2002TableStyleRules/>
     <w:growAutofit/>
     <w:useNormalStyleForList/>
     <w:doNotUseIndentAsNumberingTabStop/>
     <w:useAltKinsokuLineBreakRules/>
     <w:allowSpaceOfSameStyleInTable/>
     <w:doNotSuppressIndentation/>
     <w:doNotAutofitConstrainedTables/>
     <w:autofitToFirstFixedWidthCell/>
     <w:underlineTabInNumList/>
     <w:displayHangulFixedWidth/>
     <w:splitPgBreakAndParaMark/>
     <w:doNotVertAlignCellWithSp/>
     <w:doNotBreakConstrainedForcedTable/>
     <w:doNotVertAlignInTxbx/>
     <w:useAnsiKerningPairs/>
     <w:cachedColBalance/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="11"/>
     <w:compatSetting w:name="allowHyphenationAtTrackBottom" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00764D85"/>
+    <w:rsidRoot w:val="00ED4AAD"/>
     <w:rsid w:val="00001BFD"/>
     <w:rsid w:val="00023C66"/>
     <w:rsid w:val="00024438"/>
     <w:rsid w:val="00026044"/>
     <w:rsid w:val="000534CE"/>
     <w:rsid w:val="00056714"/>
     <w:rsid w:val="0006405F"/>
     <w:rsid w:val="0006544F"/>
     <w:rsid w:val="000676BB"/>
     <w:rsid w:val="00085812"/>
     <w:rsid w:val="00086C24"/>
     <w:rsid w:val="00086E56"/>
     <w:rsid w:val="00094252"/>
     <w:rsid w:val="00094E31"/>
     <w:rsid w:val="00094F56"/>
     <w:rsid w:val="000959A9"/>
     <w:rsid w:val="000A2E7F"/>
     <w:rsid w:val="000C1818"/>
     <w:rsid w:val="000D5061"/>
     <w:rsid w:val="000D53FD"/>
     <w:rsid w:val="000D6587"/>
     <w:rsid w:val="000E2F25"/>
     <w:rsid w:val="000F10E2"/>
     <w:rsid w:val="000F68D2"/>
     <w:rsid w:val="00100908"/>
     <w:rsid w:val="0010164C"/>
     <w:rsid w:val="00104128"/>
     <w:rsid w:val="00107C8F"/>
     <w:rsid w:val="00112580"/>
     <w:rsid w:val="00117C11"/>
     <w:rsid w:val="00120C28"/>
     <w:rsid w:val="001223B9"/>
+    <w:rsid w:val="00123FF8"/>
     <w:rsid w:val="00127D66"/>
     <w:rsid w:val="00131698"/>
     <w:rsid w:val="0014484D"/>
     <w:rsid w:val="001458AE"/>
     <w:rsid w:val="00164171"/>
     <w:rsid w:val="00165DE5"/>
     <w:rsid w:val="001676A9"/>
     <w:rsid w:val="00177ED4"/>
     <w:rsid w:val="00181C27"/>
     <w:rsid w:val="00193997"/>
     <w:rsid w:val="001A0A65"/>
     <w:rsid w:val="001C00FA"/>
     <w:rsid w:val="001C3189"/>
     <w:rsid w:val="001D3E74"/>
     <w:rsid w:val="001D695A"/>
     <w:rsid w:val="001D6F38"/>
     <w:rsid w:val="001E3878"/>
     <w:rsid w:val="001E410E"/>
     <w:rsid w:val="001F1813"/>
-    <w:rsid w:val="001F29F9"/>
     <w:rsid w:val="0021050C"/>
     <w:rsid w:val="00215321"/>
     <w:rsid w:val="0022060F"/>
     <w:rsid w:val="00222CD6"/>
     <w:rsid w:val="00241C80"/>
     <w:rsid w:val="002531C6"/>
     <w:rsid w:val="0025515F"/>
     <w:rsid w:val="00273375"/>
     <w:rsid w:val="0028454A"/>
     <w:rsid w:val="00286735"/>
-    <w:rsid w:val="00294550"/>
     <w:rsid w:val="002A2CC8"/>
     <w:rsid w:val="002A34D6"/>
     <w:rsid w:val="002B4162"/>
     <w:rsid w:val="002C1820"/>
     <w:rsid w:val="002C229E"/>
     <w:rsid w:val="002C615B"/>
     <w:rsid w:val="002D57EA"/>
     <w:rsid w:val="002E0CCD"/>
     <w:rsid w:val="002F224A"/>
     <w:rsid w:val="003147ED"/>
     <w:rsid w:val="00327C40"/>
     <w:rsid w:val="00330A39"/>
     <w:rsid w:val="00330C25"/>
     <w:rsid w:val="00332C7F"/>
     <w:rsid w:val="00346642"/>
     <w:rsid w:val="00356512"/>
     <w:rsid w:val="003657F3"/>
     <w:rsid w:val="00371E81"/>
     <w:rsid w:val="00376694"/>
     <w:rsid w:val="00395DAE"/>
     <w:rsid w:val="003B2B68"/>
     <w:rsid w:val="003B716F"/>
     <w:rsid w:val="003D0CF8"/>
     <w:rsid w:val="003E0856"/>
     <w:rsid w:val="003F3BC8"/>
     <w:rsid w:val="004100D7"/>
     <w:rsid w:val="004152E2"/>
     <w:rsid w:val="00426A54"/>
     <w:rsid w:val="00444C44"/>
     <w:rsid w:val="004464E9"/>
     <w:rsid w:val="00480984"/>
     <w:rsid w:val="00495636"/>
     <w:rsid w:val="004A0346"/>
     <w:rsid w:val="004B6B32"/>
     <w:rsid w:val="004C7A0B"/>
     <w:rsid w:val="004E2D6A"/>
     <w:rsid w:val="004F1F55"/>
     <w:rsid w:val="005015EB"/>
     <w:rsid w:val="005157BD"/>
     <w:rsid w:val="00530F53"/>
+    <w:rsid w:val="00552EC0"/>
     <w:rsid w:val="00564C6F"/>
     <w:rsid w:val="00574AAA"/>
     <w:rsid w:val="005805D1"/>
     <w:rsid w:val="00587FED"/>
     <w:rsid w:val="00597096"/>
     <w:rsid w:val="00597F25"/>
     <w:rsid w:val="005A556F"/>
     <w:rsid w:val="005B475E"/>
+    <w:rsid w:val="005C00CA"/>
     <w:rsid w:val="005C2D05"/>
     <w:rsid w:val="005F2FC4"/>
     <w:rsid w:val="005F46D1"/>
     <w:rsid w:val="006044E4"/>
     <w:rsid w:val="00605A18"/>
     <w:rsid w:val="0061594F"/>
     <w:rsid w:val="00624255"/>
     <w:rsid w:val="00647DB7"/>
     <w:rsid w:val="00655A22"/>
     <w:rsid w:val="00671ED1"/>
     <w:rsid w:val="00672CA1"/>
     <w:rsid w:val="00681F26"/>
     <w:rsid w:val="006A4468"/>
     <w:rsid w:val="006C3A8D"/>
+    <w:rsid w:val="006C5DDC"/>
     <w:rsid w:val="006F23BB"/>
     <w:rsid w:val="00712DB9"/>
     <w:rsid w:val="007242D8"/>
     <w:rsid w:val="007254DA"/>
     <w:rsid w:val="00734E81"/>
     <w:rsid w:val="007404A0"/>
     <w:rsid w:val="00740F0B"/>
     <w:rsid w:val="0074574B"/>
     <w:rsid w:val="0075049D"/>
     <w:rsid w:val="007635E6"/>
-    <w:rsid w:val="00764D85"/>
     <w:rsid w:val="00781EEE"/>
     <w:rsid w:val="00785D01"/>
     <w:rsid w:val="00786310"/>
     <w:rsid w:val="0078684D"/>
     <w:rsid w:val="007940BA"/>
     <w:rsid w:val="007C1BCA"/>
     <w:rsid w:val="007C239F"/>
-    <w:rsid w:val="007E3B34"/>
     <w:rsid w:val="007F02C8"/>
     <w:rsid w:val="007F194F"/>
     <w:rsid w:val="007F343B"/>
     <w:rsid w:val="007F343D"/>
     <w:rsid w:val="007F4EF5"/>
     <w:rsid w:val="008263C8"/>
     <w:rsid w:val="008408C1"/>
     <w:rsid w:val="00860023"/>
     <w:rsid w:val="00870D5C"/>
     <w:rsid w:val="00876321"/>
     <w:rsid w:val="00894DB7"/>
     <w:rsid w:val="008B4066"/>
     <w:rsid w:val="008D5DD2"/>
     <w:rsid w:val="008F6F6F"/>
     <w:rsid w:val="008F70E3"/>
     <w:rsid w:val="00903647"/>
     <w:rsid w:val="009044F0"/>
     <w:rsid w:val="009047D5"/>
     <w:rsid w:val="00930B86"/>
     <w:rsid w:val="00937C3D"/>
     <w:rsid w:val="00945449"/>
     <w:rsid w:val="00946D1C"/>
     <w:rsid w:val="009575F0"/>
     <w:rsid w:val="00961AF7"/>
     <w:rsid w:val="00963C97"/>
@@ -2103,153 +2057,158 @@
     <w:rsid w:val="009A7850"/>
     <w:rsid w:val="009A7CA3"/>
     <w:rsid w:val="009C1310"/>
     <w:rsid w:val="009C3D40"/>
     <w:rsid w:val="009E41E2"/>
     <w:rsid w:val="009F0B3E"/>
     <w:rsid w:val="009F0EAA"/>
     <w:rsid w:val="009F58BA"/>
     <w:rsid w:val="00A170D5"/>
     <w:rsid w:val="00A25216"/>
     <w:rsid w:val="00A35258"/>
     <w:rsid w:val="00A40F0B"/>
     <w:rsid w:val="00A537E4"/>
     <w:rsid w:val="00A54ECC"/>
     <w:rsid w:val="00A624AB"/>
     <w:rsid w:val="00A74796"/>
     <w:rsid w:val="00A76EE5"/>
     <w:rsid w:val="00A904A2"/>
     <w:rsid w:val="00AA3E53"/>
     <w:rsid w:val="00AC3010"/>
     <w:rsid w:val="00AE1E38"/>
     <w:rsid w:val="00AF57E2"/>
     <w:rsid w:val="00B22F09"/>
     <w:rsid w:val="00B23BF7"/>
     <w:rsid w:val="00B4032B"/>
+    <w:rsid w:val="00B42966"/>
     <w:rsid w:val="00B55925"/>
     <w:rsid w:val="00B7790F"/>
     <w:rsid w:val="00B8243C"/>
     <w:rsid w:val="00B9078A"/>
     <w:rsid w:val="00B90F8F"/>
     <w:rsid w:val="00B95E55"/>
     <w:rsid w:val="00BA1C47"/>
+    <w:rsid w:val="00BA47A8"/>
     <w:rsid w:val="00C04394"/>
     <w:rsid w:val="00C3317F"/>
     <w:rsid w:val="00C41D5C"/>
     <w:rsid w:val="00C45265"/>
     <w:rsid w:val="00C46E76"/>
     <w:rsid w:val="00C4787E"/>
     <w:rsid w:val="00C67B2C"/>
     <w:rsid w:val="00C75504"/>
     <w:rsid w:val="00C77067"/>
     <w:rsid w:val="00C84622"/>
     <w:rsid w:val="00C874E7"/>
     <w:rsid w:val="00C9161F"/>
     <w:rsid w:val="00C91F22"/>
     <w:rsid w:val="00CD0709"/>
+    <w:rsid w:val="00CE1A6A"/>
     <w:rsid w:val="00D00570"/>
     <w:rsid w:val="00D13C01"/>
     <w:rsid w:val="00D40B0B"/>
     <w:rsid w:val="00D44D41"/>
     <w:rsid w:val="00D60FBE"/>
     <w:rsid w:val="00D76476"/>
     <w:rsid w:val="00D85CB2"/>
     <w:rsid w:val="00D959C6"/>
     <w:rsid w:val="00DB09DF"/>
     <w:rsid w:val="00DB1CB1"/>
     <w:rsid w:val="00DB63F0"/>
     <w:rsid w:val="00DC6042"/>
     <w:rsid w:val="00DD0858"/>
     <w:rsid w:val="00DD77A2"/>
     <w:rsid w:val="00DE7342"/>
+    <w:rsid w:val="00DE7F9B"/>
     <w:rsid w:val="00DE7FCA"/>
     <w:rsid w:val="00DF7645"/>
     <w:rsid w:val="00E0328B"/>
     <w:rsid w:val="00E07DC4"/>
+    <w:rsid w:val="00E13148"/>
     <w:rsid w:val="00E17FCF"/>
     <w:rsid w:val="00E43606"/>
     <w:rsid w:val="00E4589E"/>
     <w:rsid w:val="00E45C83"/>
     <w:rsid w:val="00E46A0C"/>
     <w:rsid w:val="00E62559"/>
     <w:rsid w:val="00E73D79"/>
     <w:rsid w:val="00E753E8"/>
     <w:rsid w:val="00E75719"/>
     <w:rsid w:val="00E87110"/>
     <w:rsid w:val="00E9439A"/>
     <w:rsid w:val="00EB6467"/>
     <w:rsid w:val="00EC2120"/>
     <w:rsid w:val="00EC62DE"/>
     <w:rsid w:val="00EC79E6"/>
+    <w:rsid w:val="00ED4AAD"/>
     <w:rsid w:val="00ED5774"/>
     <w:rsid w:val="00EE19D8"/>
     <w:rsid w:val="00F17EB2"/>
     <w:rsid w:val="00F20CA4"/>
+    <w:rsid w:val="00F3243F"/>
     <w:rsid w:val="00F359E6"/>
     <w:rsid w:val="00F47F27"/>
     <w:rsid w:val="00F555AC"/>
     <w:rsid w:val="00F6061F"/>
     <w:rsid w:val="00F61FD3"/>
     <w:rsid w:val="00F67871"/>
     <w:rsid w:val="00F67A69"/>
     <w:rsid w:val="00F91B3C"/>
     <w:rsid w:val="00F93AF6"/>
     <w:rsid w:val="00FA5046"/>
     <w:rsid w:val="00FB2985"/>
     <w:rsid w:val="00FD08B9"/>
     <w:rsid w:val="00FD08D6"/>
-    <w:rsid w:val="00FE0BA2"/>
     <w:rsid w:val="00FE6639"/>
     <w:rsid w:val="00FE799D"/>
-    <w:rsid w:val="00FF538F"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pl-PL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="409F2AD5"/>
+  <w14:docId w14:val="2EAEAFEE"/>
   <w14:defaultImageDpi w14:val="96"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:lang w:val="pl-PL" w:eastAsia="pl-PL" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -5261,68 +5220,67 @@
     <w:locked/>
     <w:rsid w:val="00332C7F"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Liberation Serif" w:cs="Mangal"/>
       <w:color w:val="000000"/>
       <w:kern w:val="1"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
       <w:lang w:bidi="hi-IN"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Odwoanieprzypisukocowego">
     <w:name w:val="endnote reference"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00332C7F"/>
     <w:rPr>
       <w:rFonts w:cs="Times New Roman"/>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Tekstprzypisudolnego">
     <w:name w:val="footnote text"/>
     <w:basedOn w:val="Normalny"/>
     <w:link w:val="TekstprzypisudolnegoZnak"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00B8243C"/>
+    <w:rsid w:val="00552EC0"/>
     <w:rPr>
       <w:rFonts w:cs="Mangal"/>
-      <w:sz w:val="20"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TekstprzypisudolnegoZnak">
     <w:name w:val="Tekst przypisu dolnego Znak"/>
     <w:link w:val="Tekstprzypisudolnego"/>
     <w:uiPriority w:val="99"/>
     <w:locked/>
-    <w:rsid w:val="00B8243C"/>
-[...1 lines deleted...]
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Liberation Serif" w:cs="Mangal"/>
+    <w:rsid w:val="00552EC0"/>
+    <w:rPr>
+      <w:rFonts w:cs="Mangal"/>
       <w:color w:val="000000"/>
       <w:kern w:val="1"/>
-      <w:sz w:val="18"/>
+      <w:sz w:val="24"/>
       <w:szCs w:val="18"/>
       <w:lang w:bidi="hi-IN"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Odwoanieprzypisudolnego">
     <w:name w:val="footnote reference"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00B8243C"/>
     <w:rPr>
       <w:rFonts w:cs="Times New Roman"/>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="AkapitzlistZnak">
     <w:name w:val="Akapit z listą Znak"/>
     <w:link w:val="Akapitzlist"/>
     <w:uiPriority w:val="34"/>
     <w:rsid w:val="009A7CA3"/>
     <w:rPr>
       <w:color w:val="000000"/>
       <w:kern w:val="1"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
@@ -5659,81 +5617,81 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D2BD0668-42A6-437E-AB4F-EFCCFF777E2E}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4920C2D9-D0EC-4E47-AB03-FF5CB484062D}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>2058</Characters>
+  <Pages>1</Pages>
+  <Words>108</Words>
+  <Characters>650</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>17</Lines>
-  <Paragraphs>4</Paragraphs>
+  <Lines>5</Lines>
+  <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Tytuł</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2397</CharactersWithSpaces>
+  <CharactersWithSpaces>757</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>Odpowiedź na interpelację nr 32/2023 w sprawie wprowadzenia dnia posiłków wegetariańskich w poznańskich szkołach</dc:title>
+  <dc:title>Odpowiedz na interpelacje nr 32.23 w sprawie możliwości wprowadzenia dnia wegetariańskich posiłków w szkołach</dc:title>
   <dc:subject/>
   <dc:creator/>
-  <cp:keywords>wegetariańskie posiłki w szkołach; interpelacja;</cp:keywords>
+  <cp:keywords>wegetarianskie posiłki w szkołach; interpelacja</cp:keywords>
   <dc:description/>
   <cp:lastModifiedBy/>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>