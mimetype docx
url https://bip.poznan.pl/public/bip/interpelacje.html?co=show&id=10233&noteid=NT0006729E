--- v0 (2025-10-16)
+++ v1 (2025-12-28)
@@ -1,2346 +1,4555 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="png" ContentType="image/png"/>
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w:rsidR="00127D66" w:rsidRPr="001C3189" w:rsidRDefault="00127D66" w:rsidP="00001BFD">
-[...9 lines deleted...]
-      <w:r w:rsidR="00346642" w:rsidRPr="00001BFD">
+    <w:p w14:paraId="327A9DCA" w14:textId="77777777" w:rsidR="00F27C17" w:rsidRPr="00822285" w:rsidRDefault="00E97B77" w:rsidP="00822285">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657216" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="56742980" wp14:editId="41690863">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>-422910</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>1215390</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="2303145" cy="835025"/>
+                <wp:effectExtent l="0" t="0" r="0" b="3175"/>
+                <wp:wrapNone/>
+                <wp:docPr id="307" name="Pole tekstowe 2"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1">
+                        <a:spLocks noChangeArrowheads="1"/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="2303145" cy="835025"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:noFill/>
+                        <a:ln w="9525">
+                          <a:noFill/>
+                          <a:miter lim="800000"/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w14:paraId="4D29DD92" w14:textId="77777777" w:rsidR="00B768E1" w:rsidRPr="006528AE" w:rsidRDefault="00B768E1" w:rsidP="00F27C17">
+                            <w:pPr>
+                              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                              <w:rPr>
+                                <w:b/>
+                                <w:sz w:val="28"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:b/>
+                                <w:sz w:val="28"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">Halina </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:b/>
+                                <w:sz w:val="28"/>
+                              </w:rPr>
+                              <w:t>Owsianna</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                          </w:p>
+                          <w:p w14:paraId="5A25F6C4" w14:textId="77777777" w:rsidR="00B768E1" w:rsidRPr="006528AE" w:rsidRDefault="00B768E1" w:rsidP="00F27C17">
+                            <w:pPr>
+                              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                              <w:rPr>
+                                <w:b/>
+                                <w:sz w:val="28"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:b/>
+                                <w:sz w:val="28"/>
+                              </w:rPr>
+                              <w:t>Radna</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="006528AE">
+                              <w:rPr>
+                                <w:b/>
+                                <w:sz w:val="28"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> Miasta Poznania</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="7D78970A" w14:textId="77777777" w:rsidR="00B768E1" w:rsidRDefault="00B768E1" w:rsidP="00F27C17">
+                            <w:pPr>
+                              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                            </w:pPr>
+                          </w:p>
+                          <w:p w14:paraId="164752AC" w14:textId="77777777" w:rsidR="00B768E1" w:rsidRPr="006528AE" w:rsidRDefault="00B768E1" w:rsidP="00F27C17">
+                            <w:pPr>
+                              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                              <w:rPr>
+                                <w:sz w:val="18"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="18"/>
+                              </w:rPr>
+                              <w:t>Nr 01/02/2023</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>40000</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shapetype w14:anchorId="56742980" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+                <v:stroke joinstyle="miter"/>
+                <v:path gradientshapeok="t" o:connecttype="rect"/>
+              </v:shapetype>
+              <v:shape id="Pole tekstowe 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:-33.3pt;margin-top:95.7pt;width:181.35pt;height:65.75pt;z-index:251657216;visibility:visible;mso-wrap-style:square;mso-width-percent:400;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:400;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAhIHFcDwIAAPkDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC815JfTSJYDtKkKQqk&#10;bYC0H7CmKIsIyWVJ2lL69VlSjmOkt6I6EFztcnZnOFxdDkazvfRBoa35dFJyJq3ARtltzX/9vP1w&#10;zlmIYBvQaGXNn2Tgl+v371a9q+QMO9SN9IxAbKh6V/MuRlcVRRCdNBAm6KSlZIveQKTQb4vGQ0/o&#10;RhezsvxY9Ogb51HIEOjvzZjk64zftlLEH20bZGS65jRbzKvP6yatxXoF1daD65Q4jAH/MIUBZanp&#10;EeoGIrCdV39BGSU8BmzjRKApsG2VkJkDsZmWb9g8dOBk5kLiBHeUKfw/WPF9f++Zamo+L884s2Do&#10;ku5RSxblY4jYSzZLIvUuVFT74Kg6Dp9woMvOhIO7Q/EYmMXrDuxWXnmPfSehoSGn6WRxcnTECQlk&#10;03/DhnrBLmIGGlpvkoKkCSN0uqyn4wXJITJBP2fzcj5dLDkTlDufL8vZMreA6uW08yF+kWhY2tTc&#10;kwEyOuzvQkzTQPVSkppZvFVaZxNoy/qaXywJ8k3GqEge1cpQzzJ9o2sSyc+2yYcjKD3uqYG2B9aJ&#10;6Eg5DpuBCpMUG2yeiL/H0Yv0dmjTof/DWU8+rHn4vQMvOdNfLWl4MV0sknFzsFiezSjwp5nNaQas&#10;IKiaR87G7XXMZh8ZXZHWrcoyvE5ymJX8ldU5vIVk4NM4V72+2PUzAAAA//8DAFBLAwQUAAYACAAA&#10;ACEAh6Xu3+EAAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPy07DMBBF90j8gzVI7FonoQ1NiFMh&#10;VBZILEpp9649eUBsR7GTBr6eYQXL0T2690yxnU3HJhx866yAeBkBQ6ucbm0t4Pj+vNgA80FaLTtn&#10;UcAXetiW11eFzLW72DecDqFmVGJ9LgU0IfQ55141aKRfuh4tZZUbjAx0DjXXg7xQuel4EkUpN7K1&#10;tNDIHp8aVJ+H0QioXk735nVV7Y67cf39Ma3VvK+VELc38+MDsIBz+IPhV5/UoSSnsxut9qwTsEjT&#10;lFAKsngFjIgkS2NgZwF3SZIBLwv+/4fyBwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEB&#10;AAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9&#10;If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhACEg&#10;cVwPAgAA+QMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAh&#10;AIel7t/hAAAACwEAAA8AAAAAAAAAAAAAAAAAaQQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAE&#10;APMAAAB3BQAAAAA=&#10;" filled="f" stroked="f">
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p w14:paraId="4D29DD92" w14:textId="77777777" w:rsidR="00B768E1" w:rsidRPr="006528AE" w:rsidRDefault="00B768E1" w:rsidP="00F27C17">
+                      <w:pPr>
+                        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                        <w:rPr>
+                          <w:b/>
+                          <w:sz w:val="28"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:b/>
+                          <w:sz w:val="28"/>
+                        </w:rPr>
+                        <w:t>Halina Owsianna</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="5A25F6C4" w14:textId="77777777" w:rsidR="00B768E1" w:rsidRPr="006528AE" w:rsidRDefault="00B768E1" w:rsidP="00F27C17">
+                      <w:pPr>
+                        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                        <w:rPr>
+                          <w:b/>
+                          <w:sz w:val="28"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:b/>
+                          <w:sz w:val="28"/>
+                        </w:rPr>
+                        <w:t>Radna</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="006528AE">
+                        <w:rPr>
+                          <w:b/>
+                          <w:sz w:val="28"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> Miasta Poznania</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="7D78970A" w14:textId="77777777" w:rsidR="00B768E1" w:rsidRDefault="00B768E1" w:rsidP="00F27C17">
+                      <w:pPr>
+                        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                      </w:pPr>
+                    </w:p>
+                    <w:p w14:paraId="164752AC" w14:textId="77777777" w:rsidR="00B768E1" w:rsidRPr="006528AE" w:rsidRDefault="00B768E1" w:rsidP="00F27C17">
+                      <w:pPr>
+                        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                        <w:rPr>
+                          <w:sz w:val="18"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:sz w:val="18"/>
+                        </w:rPr>
+                        <w:t>Nr 01/02/2023</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7573A596" wp14:editId="70A473B6">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="column">
+              <wp:posOffset>-341630</wp:posOffset>
+            </wp:positionH>
+            <wp:positionV relativeFrom="paragraph">
+              <wp:posOffset>-648335</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="968375" cy="459740"/>
+            <wp:effectExtent l="0" t="0" r="3175" b="0"/>
+            <wp:wrapTight wrapText="bothSides">
+              <wp:wrapPolygon edited="0">
+                <wp:start x="0" y="0"/>
+                <wp:lineTo x="0" y="20586"/>
+                <wp:lineTo x="21246" y="20586"/>
+                <wp:lineTo x="21246" y="0"/>
+                <wp:lineTo x="0" y="0"/>
+              </wp:wrapPolygon>
+            </wp:wrapTight>
+            <wp:docPr id="4" name="Obraz 4"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Obraz 4"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId7">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="968375" cy="459740"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+            <wp14:sizeRelH relativeFrom="page">
+              <wp14:pctWidth>0</wp14:pctWidth>
+            </wp14:sizeRelH>
+            <wp14:sizeRelV relativeFrom="page">
+              <wp14:pctHeight>0</wp14:pctHeight>
+            </wp14:sizeRelV>
+          </wp:anchor>
+        </w:drawing>
+      </w:r>
+      <w:r w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6FF7EFA5" wp14:editId="15B187C0">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>4167505</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>1228725</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="2302510" cy="432435"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapNone/>
+                <wp:docPr id="3" name="Pole tekstowe 2"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1">
+                        <a:spLocks noChangeArrowheads="1"/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="2302510" cy="432435"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:noFill/>
+                        <a:ln w="9525">
+                          <a:noFill/>
+                          <a:miter lim="800000"/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w14:paraId="019F868F" w14:textId="2CA7CCFB" w:rsidR="00B768E1" w:rsidRDefault="00B768E1">
+                            <w:r w:rsidRPr="006528AE">
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">Poznań </w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="006528AE">
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
+                              </w:rPr>
+                              <w:fldChar w:fldCharType="begin"/>
+                            </w:r>
+                            <w:r w:rsidRPr="006528AE">
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
+                              </w:rPr>
+                              <w:instrText xml:space="preserve"> TIME \@ "d MMMM yyyy" </w:instrText>
+                            </w:r>
+                            <w:r w:rsidRPr="006528AE">
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
+                              </w:rPr>
+                              <w:fldChar w:fldCharType="separate"/>
+                            </w:r>
+                            <w:r w:rsidR="00822285">
+                              <w:rPr>
+                                <w:noProof/>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
+                              </w:rPr>
+                              <w:t>9 lutego 2023</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="006528AE">
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
+                              </w:rPr>
+                              <w:fldChar w:fldCharType="end"/>
+                            </w:r>
+                            <w:r w:rsidRPr="006528AE">
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> r</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:t>.</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
+                        <a:spAutoFit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>40000</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>20000</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shapetype w14:anchorId="6FF7EFA5" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+                <v:stroke joinstyle="miter"/>
+                <v:path gradientshapeok="t" o:connecttype="rect"/>
+              </v:shapetype>
+              <v:shape id="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:328.15pt;margin-top:96.75pt;width:181.3pt;height:34.05pt;z-index:251658240;visibility:visible;mso-wrap-style:square;mso-width-percent:400;mso-height-percent:200;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:400;mso-height-percent:200;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCp0HfOEgIAAP4DAAAOAAAAZHJzL2Uyb0RvYy54bWysU9Fu2yAUfZ+0f0C8L3acZGutkKprl2lS&#10;t1Vq9wEE4xgVuAxI7Ozre8FpGm1v1fyAwJd77j3nHpZXg9FkL31QYBmdTkpKpBXQKLtl9Nfj+sMF&#10;JSFy23ANVjJ6kIFerd6/W/aulhV0oBvpCYLYUPeO0S5GVxdFEJ00PEzASYvBFrzhEY9+WzSe94hu&#10;dFGV5ceiB984D0KGgH9vxyBdZfy2lSL+bNsgI9GMYm8xrz6vm7QWqyWvt567ToljG/wNXRiuLBY9&#10;Qd3yyMnOq3+gjBIeArRxIsAU0LZKyMwB2UzLv9g8dNzJzAXFCe4kU/h/sOLH/t4T1TA6o8RygyO6&#10;By1JlE8hQi9JlSTqXajx5oPDu3H4DAOOOtMN7g7EUyAWbjput/Lae+g7yRtscZoyi7PUESckkE3/&#10;HRqsxXcRMtDQepP0Q0UIouOoDqfxyCESgT+rWVktphgSGJvPqvlskUvw+iXb+RC/SjAkbRj1OP6M&#10;zvd3IaZueP1yJRWzsFZaZwtoS3pGLxfVIiecRYyK6FCtDKMXZfpGzySSX2yTkyNXetxjAW2PrBPR&#10;kXIcNkPWOEuSFNlAc0AZPIyGxAeEmw78H0p6NCOj4feOe0mJ/mZRysvpfJ7cmw/zxacKD/48sjmP&#10;cCsQitFIybi9idnxiXJw1yj5WmU1Xjs5towmyyIdH0Ry8fk533p9tqtnAAAA//8DAFBLAwQUAAYA&#10;CAAAACEA8KKuneAAAAAMAQAADwAAAGRycy9kb3ducmV2LnhtbEyPy07DMBBF90j8gzVI7KiTtjFt&#10;iFMhHhJL2oLE0o0ncYQ9jmK3DX+Pu4Ll6B7de6baTM6yE46h9yQhn2XAkBqve+okfOxf71bAQlSk&#10;lfWEEn4wwKa+vqpUqf2ZtnjaxY6lEgqlkmBiHErOQ2PQqTDzA1LKWj86FdM5dlyP6pzKneXzLBPc&#10;qZ7SglEDPhlsvndHJ+GTvuxbu9QG74v35XZ4eW6LuJfy9mZ6fAAWcYp/MFz0kzrUyengj6QDsxJE&#10;IRYJTcF6UQC7EFm+WgM7SJiLXACvK/7/ifoXAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;qdB3zhICAAD+AwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEA8KKuneAAAAAMAQAADwAAAAAAAAAAAAAAAABsBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;" filled="f" stroked="f">
+                <v:textbox style="mso-fit-shape-to-text:t">
+                  <w:txbxContent>
+                    <w:p w14:paraId="019F868F" w14:textId="2CA7CCFB" w:rsidR="00B768E1" w:rsidRDefault="00B768E1">
+                      <w:r w:rsidRPr="006528AE">
+                        <w:rPr>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">Poznań </w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="006528AE">
+                        <w:rPr>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
+                        </w:rPr>
+                        <w:fldChar w:fldCharType="begin"/>
+                      </w:r>
+                      <w:r w:rsidRPr="006528AE">
+                        <w:rPr>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
+                        </w:rPr>
+                        <w:instrText xml:space="preserve"> TIME \@ "d MMMM yyyy" </w:instrText>
+                      </w:r>
+                      <w:r w:rsidRPr="006528AE">
+                        <w:rPr>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
+                        </w:rPr>
+                        <w:fldChar w:fldCharType="separate"/>
+                      </w:r>
+                      <w:r w:rsidR="00822285">
+                        <w:rPr>
+                          <w:noProof/>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
+                        </w:rPr>
+                        <w:t>9 lutego 2023</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="006528AE">
+                        <w:rPr>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
+                        </w:rPr>
+                        <w:fldChar w:fldCharType="end"/>
+                      </w:r>
+                      <w:r w:rsidRPr="006528AE">
+                        <w:rPr>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> r</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:t>.</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251656192" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="56B19F80" wp14:editId="7740C7AA">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="margin">
+              <wp:posOffset>-932815</wp:posOffset>
+            </wp:positionH>
+            <wp:positionV relativeFrom="margin">
+              <wp:posOffset>-860425</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="7589520" cy="1927225"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:wrapSquare wrapText="bothSides"/>
+            <wp:docPr id="2" name="Obraz 1"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Obraz 1"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId8">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="7589520" cy="1927225"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+            <wp14:sizeRelH relativeFrom="page">
+              <wp14:pctWidth>0</wp14:pctWidth>
+            </wp14:sizeRelH>
+            <wp14:sizeRelV relativeFrom="page">
+              <wp14:pctHeight>0</wp14:pctHeight>
+            </wp14:sizeRelV>
+          </wp:anchor>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25040CA6" w14:textId="77777777" w:rsidR="00F27C17" w:rsidRPr="00822285" w:rsidRDefault="00F27C17" w:rsidP="00822285">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="276613F9" w14:textId="77777777" w:rsidR="00F27C17" w:rsidRPr="00822285" w:rsidRDefault="00F27C17" w:rsidP="00822285">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1218FEDE" w14:textId="77777777" w:rsidR="006528AE" w:rsidRPr="00822285" w:rsidRDefault="00F27C17" w:rsidP="00822285">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5954"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Pan </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63F64218" w14:textId="77777777" w:rsidR="0079183D" w:rsidRPr="00822285" w:rsidRDefault="006528AE" w:rsidP="00822285">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5954"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00F27C17" w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Jacek Jaśkowiak</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79527C70" w14:textId="77777777" w:rsidR="00F27C17" w:rsidRPr="00822285" w:rsidRDefault="006528AE" w:rsidP="00822285">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5954"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00F27C17" w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Prezydent Miasta Poznania</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C7CE034" w14:textId="77777777" w:rsidR="00F27C17" w:rsidRPr="00822285" w:rsidRDefault="00F27C17" w:rsidP="00822285">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="6361"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0DB20D20" w14:textId="77777777" w:rsidR="00F27C17" w:rsidRPr="00822285" w:rsidRDefault="00F27C17" w:rsidP="00822285">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="6361"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:spacing w:val="32"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="02AE3D33" w14:textId="77777777" w:rsidR="006528AE" w:rsidRPr="00822285" w:rsidRDefault="006528AE" w:rsidP="00822285">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="6361"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:spacing w:val="32"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="716E8652" w14:textId="77777777" w:rsidR="006528AE" w:rsidRPr="00822285" w:rsidRDefault="006528AE" w:rsidP="00822285">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="6361"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:spacing w:val="32"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3823EBDB" w14:textId="2F6E3DB9" w:rsidR="00293F0E" w:rsidRPr="00822285" w:rsidRDefault="003F7D8F" w:rsidP="00822285">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="6361"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:spacing w:val="36"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:spacing w:val="36"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>I N T E R P E L A C J A</w:t>
+      </w:r>
+      <w:r w:rsidR="00293F0E" w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:spacing w:val="36"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="551C08E6" w14:textId="77777777" w:rsidR="00475199" w:rsidRPr="00822285" w:rsidRDefault="00475199" w:rsidP="00822285">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="6361"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:spacing w:val="36"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="149F268C" w14:textId="4BBDF8D6" w:rsidR="00353818" w:rsidRPr="00822285" w:rsidRDefault="00553D55" w:rsidP="00822285">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Dotyczy</w:t>
+      </w:r>
+      <w:r w:rsidR="003F7D8F" w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="00E61F52" w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">terenu Klubu </w:t>
+      </w:r>
+      <w:r w:rsidR="0089327F" w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Sportowego „</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0089327F" w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Posnania</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00EC7F16" w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6073B34B" w14:textId="3467E01F" w:rsidR="00E61F52" w:rsidRPr="00822285" w:rsidRDefault="00EC7F16" w:rsidP="00822285">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Szanowny Panie Prezydencie,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="328E66BA" w14:textId="4DC03DB1" w:rsidR="00422E6A" w:rsidRPr="00822285" w:rsidRDefault="0089327F" w:rsidP="00822285">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>w</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC7F16" w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dniu 15 maja 2020 r. zadałam w mojej interpelacji wiele pytań, dotyczących terenu powier</w:t>
+      </w:r>
+      <w:r w:rsidR="004E05D5" w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>zonego w wieczyste użytkowanie Klubowi S</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC7F16" w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>portowemu „</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00EC7F16" w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Posnania</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00EC7F16" w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">”. Otrzymałam na tą interpelacje w dniu 28.05.2020 r. częściową odpowiedź z zapewnieniem, że zasygnalizowana przez mnie samowola budowlana zostanie skontrolowana przez Powiatowego Inspektora Nadzoru Budowlanego, a </w:t>
+      </w:r>
+      <w:r w:rsidR="00422E6A" w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">jej </w:t>
+      </w:r>
+      <w:r w:rsidR="00EC7F16" w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">wyniki zostaną mi </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>przekazane odrębnym</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC7F16" w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00422E6A" w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pi</w:t>
+      </w:r>
+      <w:r w:rsidR="00B42FC3" w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>smem</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC7F16" w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="004E05D5" w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>No i niestety, do dnia dzisiejszego brak informacji na temat ustaleń, wyników kontroli PINB</w:t>
+      </w:r>
+      <w:r w:rsidR="00422E6A" w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7967B7BC" w14:textId="66D87B07" w:rsidR="008F743B" w:rsidRPr="00822285" w:rsidRDefault="00422E6A" w:rsidP="00822285">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Nie ukrywam, że temat terenu „</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Posnanii</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">” powrócił ostatnio z tzw. przytupem, a zwłaszcza </w:t>
+      </w:r>
+      <w:r w:rsidR="0089327F" w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>po nowych</w:t>
+      </w:r>
+      <w:r w:rsidR="004E05D5" w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> propozycjach jego</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> zagospodarowania. </w:t>
+      </w:r>
+      <w:r w:rsidR="003760A8" w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>N</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">owi właściciele </w:t>
+      </w:r>
+      <w:r w:rsidR="003760A8" w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">– inwestorzy, pomimo obowiązującego </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="003760A8" w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>mpzp</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="003760A8" w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>na częś</w:t>
+      </w:r>
+      <w:r w:rsidR="003760A8" w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ci tego terenu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> zamierzają wybudować domy jednorodzinne i tzw. wille miejskie</w:t>
+      </w:r>
+      <w:r w:rsidR="003760A8" w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="004E05D5" w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 10 stycznia br. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="004E05D5" w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>dbyło</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004E05D5" w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> się</w:t>
+      </w:r>
+      <w:r w:rsidR="00B42FC3" w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> spotkanie mieszkań</w:t>
+      </w:r>
+      <w:r w:rsidR="008F743B" w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ców </w:t>
+      </w:r>
+      <w:r w:rsidR="00B42FC3" w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>okolicznych ulic z nowym właścicielem, który zaprezentował swoją wizję dla częśc</w:t>
+      </w:r>
+      <w:r w:rsidR="008F743B" w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">i stadionu. Nie spotkała się ona z aprobatą, a wręcz ze złością i wielkim żalem pod adresem </w:t>
+      </w:r>
+      <w:r w:rsidR="004E05D5" w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">klubu oraz </w:t>
+      </w:r>
+      <w:r w:rsidR="008F743B" w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Władz Miasta. Padły </w:t>
+      </w:r>
+      <w:r w:rsidR="0089327F" w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>oskarżenia</w:t>
+      </w:r>
+      <w:r w:rsidR="004E05D5" w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="00855F6F">
+      <w:r w:rsidR="0089327F" w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> o</w:t>
+      </w:r>
+      <w:r w:rsidR="008F743B" w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> poważne zaniedbania</w:t>
+      </w:r>
+      <w:r w:rsidR="004E05D5" w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> i uwłaszczanie się na</w:t>
+      </w:r>
+      <w:r w:rsidR="008F743B" w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> miejskim majątku. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="047596FD" w14:textId="6F8743FD" w:rsidR="003760A8" w:rsidRPr="00822285" w:rsidRDefault="008F743B" w:rsidP="00822285">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Mieszkańcy postanowili zablokować planowane inwestycje i złoży</w:t>
+      </w:r>
+      <w:r w:rsidR="00D73D68" w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>li</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> swoje uwagi do </w:t>
+      </w:r>
+      <w:r w:rsidR="00D73D68" w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">MPU do </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">opracowywanego Studium, w którym domagają się utrzymania zapisów z obowiązującego </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>mpzp</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00FC382D">
-[...13 lines deleted...]
-          <w:rFonts w:cs="Calibri"/>
+      <w:r w:rsidR="004E05D5" w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>jak również uchwalonego i</w:t>
+      </w:r>
+      <w:r w:rsidR="004E05D5" w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> jeszcze obowiązującego Studium dla Miasta Poznania.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01DF40D0" w14:textId="7241ED47" w:rsidR="00EC7F16" w:rsidRPr="00822285" w:rsidRDefault="004E05D5" w:rsidP="00822285">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>W trakcie w/w</w:t>
+      </w:r>
+      <w:r w:rsidR="008F743B" w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> spotkania, jak i po padło wiele pytań, na które </w:t>
+      </w:r>
+      <w:r w:rsidR="00D73D68" w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>w imieniu zainteresowanych</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> mieszkańców, jako radna osiedlowa i miejska</w:t>
+      </w:r>
+      <w:r w:rsidR="00D73D68" w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>po</w:t>
+      </w:r>
+      <w:r w:rsidR="00D73D68" w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">proszę o </w:t>
+      </w:r>
+      <w:r w:rsidR="0089327F" w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>odpowiedź:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BED71C2" w14:textId="16979DCB" w:rsidR="003760A8" w:rsidRPr="00822285" w:rsidRDefault="003760A8" w:rsidP="00822285">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Co stało się kortami, zarówno </w:t>
+      </w:r>
+      <w:r w:rsidR="00E60705" w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>balonowymi</w:t>
+      </w:r>
+      <w:r w:rsidR="00986D31" w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ( prowadzone p</w:t>
+      </w:r>
+      <w:r w:rsidR="00601E74" w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>rzez wiele lat przez firmę …</w:t>
+      </w:r>
+      <w:r w:rsidR="00986D31" w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00E60705" w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> jak i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> kortami </w:t>
+      </w:r>
+      <w:r w:rsidR="00E60705" w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">odkrytymi </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">wraz z wyniesioną </w:t>
+      </w:r>
+      <w:r w:rsidR="00E60705" w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>trybuną (z kawiaren</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ką</w:t>
+      </w:r>
+      <w:r w:rsidR="00E60705" w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, skąd można było oglądać tenisowe </w:t>
+      </w:r>
+      <w:r w:rsidR="0089327F" w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>rozgrywki?</w:t>
+      </w:r>
+      <w:r w:rsidR="004E05D5" w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Kiedy to nastąpiło?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="566D3269" w14:textId="5807C205" w:rsidR="003760A8" w:rsidRPr="00822285" w:rsidRDefault="003760A8" w:rsidP="00822285">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Co stało się z budynkami, </w:t>
+      </w:r>
+      <w:r w:rsidR="0089327F" w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>służącymi, jako</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> zaplecze techniczne, w którym trzymano różne sprzę</w:t>
+      </w:r>
+      <w:r w:rsidR="00986D31" w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ty sportowe, a częściowo wykorzystane </w:t>
+      </w:r>
+      <w:r w:rsidR="004E05D5" w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">były </w:t>
+      </w:r>
+      <w:r w:rsidR="00986D31" w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>na trzymanie tzw. sprzętu gospodarczego?</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Tu pragnę przypomnieć</w:t>
+      </w:r>
+      <w:r w:rsidR="00E60705" w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (niezorientowanym, a czytającym interpelacje)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, że kilka lat w obiektach tych mieściły się garaże i warsztat samochodowy </w:t>
+      </w:r>
+      <w:r w:rsidR="00EF2D8D" w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> raczej nielegalny</w:t>
+      </w:r>
+      <w:r w:rsidR="00112CC7" w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, przenie</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF2D8D" w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>siony</w:t>
+      </w:r>
+      <w:r w:rsidR="00112CC7" w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00EF2D8D" w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>wraz z motocyklami</w:t>
+      </w:r>
+      <w:r w:rsidR="00112CC7" w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00EF2D8D" w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">na </w:t>
+      </w:r>
+      <w:r w:rsidR="00601E74" w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ulicę …</w:t>
+      </w:r>
+      <w:r w:rsidR="00112CC7" w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00D73D68" w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00986D31" w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Czy była zawarta umowa na najem tych obiektów, a jeśli działały nielegalnie, to czy</w:t>
+      </w:r>
+      <w:r w:rsidR="00D73D68" w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> nie przeszkadzał</w:t>
+      </w:r>
+      <w:r w:rsidR="00986D31" w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>o to Zarządowi</w:t>
+      </w:r>
+      <w:r w:rsidR="00D73D68" w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00986D31" w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>klubu?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="780504A5" w14:textId="0B4D48A6" w:rsidR="00112CC7" w:rsidRPr="00822285" w:rsidRDefault="00112CC7" w:rsidP="00822285">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>W jaki sposób i na jakich warunkach</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF2D8D" w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, po wyburzeniu w/w obiektów wybudowano nowe</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, służące powstał</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF2D8D" w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ej w ich</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> miejscu szkole O!MEGA</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF2D8D" w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, którą</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> zarejestrowan</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF2D8D" w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pod adresem Przełajowa 5</w:t>
+      </w:r>
+      <w:r w:rsidR="00F67275" w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41AF1148" w14:textId="63B01045" w:rsidR="00112CC7" w:rsidRPr="00822285" w:rsidRDefault="00112CC7" w:rsidP="00822285">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Kto pozwolił, aby przez wiele lat na terenie „</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Posnanii</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">” funkcjonowały tory udostępnione „L” dla nauki jazdy: samochodów osobowych, ciężarowych oraz </w:t>
+      </w:r>
+      <w:r w:rsidR="0089327F" w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>motocykli?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54BD13E3" w14:textId="65F33F3A" w:rsidR="008F6F43" w:rsidRPr="00822285" w:rsidRDefault="00112CC7" w:rsidP="00822285">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Co stało się z </w:t>
+      </w:r>
+      <w:r w:rsidR="004E05D5" w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">lub dzieje z </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>obiektem sił</w:t>
+      </w:r>
+      <w:r w:rsidR="00E60705" w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>owni</w:t>
+      </w:r>
+      <w:r w:rsidR="0053198C" w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03194613" w14:textId="03F9F31F" w:rsidR="0053198C" w:rsidRPr="00822285" w:rsidRDefault="008F6F43" w:rsidP="00822285">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Dlaczego Władze Miasta zdecydowały się zainwestować w remont basenu ( 3 mln zł) i przekazać</w:t>
+      </w:r>
+      <w:r w:rsidR="00D50378" w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> go razem z halą sportową </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">w zarząd </w:t>
+      </w:r>
+      <w:r w:rsidR="000270B9" w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Zespołowi Szkó</w:t>
+      </w:r>
+      <w:r w:rsidR="00D50378" w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ł</w:t>
+      </w:r>
+      <w:r w:rsidR="000270B9" w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> z Oddziałami Sportowymi nr 1</w:t>
+      </w:r>
+      <w:r w:rsidR="0053198C" w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>?</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D50378" w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Z odpowiedzi Pana Prezydenta z dnia 01.04.2017 r. na moją </w:t>
+      </w:r>
+      <w:r w:rsidR="0089327F" w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>interpelację z</w:t>
+      </w:r>
+      <w:r w:rsidR="00D50378" w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dnia 14 marca 2017 r. wynika, że </w:t>
+      </w:r>
+      <w:r w:rsidR="00986D31" w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>wydatki z budżetu Miasta dokonywane za pośrednictwem Zespołu Szkół wyniosł</w:t>
+      </w:r>
+      <w:r w:rsidR="0053198C" w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>y ok.0,5 mln ( koszty związane z utrzymaniem obiektu</w:t>
+      </w:r>
+      <w:r w:rsidR="004E05D5" w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="0053198C" w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> w 2016 r. wyniosły ponad 800 </w:t>
+      </w:r>
+      <w:r w:rsidR="0089327F" w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>tyś</w:t>
+      </w:r>
+      <w:r w:rsidR="004E05D5" w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, a</w:t>
+      </w:r>
+      <w:r w:rsidR="0089327F" w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> różnica</w:t>
+      </w:r>
+      <w:r w:rsidR="0053198C" w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> powstała w wydatkach pokrywana jest z dochodu wypracowanego z tytułu wynajmu pływalni oraz hali sportowej).</w:t>
+      </w:r>
+      <w:r w:rsidR="004E05D5" w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="596E7F81" w14:textId="60620F0C" w:rsidR="00112CC7" w:rsidRPr="00822285" w:rsidRDefault="0053198C" w:rsidP="00822285">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">W nawiązaniu do tych informacji proszę o podanie obecnej sytuacji oraz kosztów ponoszonych </w:t>
+      </w:r>
+      <w:r w:rsidR="004E05D5" w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">przez Miasto </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>od dnia zawarcia umowy 18 lipca 2014 r do obecnego roku.</w:t>
+      </w:r>
+      <w:r w:rsidR="00E60705" w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="040A46C2" w14:textId="2CD0B23F" w:rsidR="00E60705" w:rsidRPr="00822285" w:rsidRDefault="00E60705" w:rsidP="00822285">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ile boisk sportowych jest obecnie na tym terenie, kto nimi zarządza</w:t>
+      </w:r>
+      <w:r w:rsidR="00951EB3" w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="313889EC" w14:textId="5E2703C6" w:rsidR="00E60705" w:rsidRPr="00822285" w:rsidRDefault="00E60705" w:rsidP="00822285">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Co stało się ze środkami finansowymi pozyskanymi ze sprzedaży części gruntów, czy </w:t>
+      </w:r>
+      <w:r w:rsidR="00951EB3" w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Zarząd klubu zainwestował</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00951EB3" w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>je</w:t>
+      </w:r>
+      <w:r w:rsidR="008F6F43" w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>w pozostałą infrastrukturę na tym terenie</w:t>
+      </w:r>
+      <w:r w:rsidR="00951EB3" w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> lub w inne obiekty, a jeśli </w:t>
+      </w:r>
+      <w:r w:rsidR="004F6A1E" w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">tak, to w </w:t>
+      </w:r>
+      <w:r w:rsidR="0089327F" w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>jakie</w:t>
+      </w:r>
+      <w:r w:rsidR="00951EB3" w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05CE72DB" w14:textId="1D0B90C1" w:rsidR="00D84C89" w:rsidRPr="00822285" w:rsidRDefault="00EF2D8D" w:rsidP="00822285">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Czy działalność handlowa (Zielony Targ) prowadzona na terenie sportowym jest źródł</w:t>
+      </w:r>
+      <w:r w:rsidR="004F6A1E" w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>em przy</w:t>
+      </w:r>
+      <w:r w:rsidR="00951EB3" w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>chodu dla klubu?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4953116D" w14:textId="35304426" w:rsidR="00EF2D8D" w:rsidRPr="00822285" w:rsidRDefault="00D84C89" w:rsidP="00822285">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Czy nad działaniami klubu był sprawowany jakikolwiek nadzór ze strony Władz Miasta</w:t>
+      </w:r>
+      <w:r w:rsidR="00951EB3" w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63A90997" w14:textId="78B9F06E" w:rsidR="00D84C89" w:rsidRPr="00822285" w:rsidRDefault="00D84C89" w:rsidP="00822285">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Czy Władze Miasta podjęły działania i skorzystały z prawa pierwokupu</w:t>
+      </w:r>
+      <w:r w:rsidR="008F6F43" w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> wystawionego na sprzedaż</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> terenu lub podjęł</w:t>
+      </w:r>
+      <w:r w:rsidR="00951EB3" w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>y rozmowy</w:t>
+      </w:r>
+      <w:r w:rsidR="008F6F43" w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004F6A1E" w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">dot. ewentualnych </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>wspó</w:t>
+      </w:r>
+      <w:r w:rsidR="00951EB3" w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>lnych działań</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00951EB3" w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">inwestycyjnych? Jeżeli nie, </w:t>
+      </w:r>
+      <w:r w:rsidR="0089327F" w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>to, dlaczego</w:t>
+      </w:r>
+      <w:r w:rsidR="00951EB3" w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="343F5D03" w14:textId="4F43EAC3" w:rsidR="00D84C89" w:rsidRPr="00822285" w:rsidRDefault="00D84C89" w:rsidP="00822285">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Dlaczego Władze Miasta nie reagowały, na</w:t>
+      </w:r>
+      <w:r w:rsidR="00951EB3" w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> podejmowane</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> uchwały Rady Osiedla Stare Winogrady, która</w:t>
+      </w:r>
+      <w:r w:rsidR="00B768E1" w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sygnalizowała i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> domagała się</w:t>
+      </w:r>
+      <w:r w:rsidR="00B768E1" w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> zwrotu terenu? Rada osiedla</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> wskazywała</w:t>
+      </w:r>
+      <w:r w:rsidR="00B768E1" w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> w swoich uzasadnieniach</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, że Zarząd „</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Posnanii</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">”, jakby celowo </w:t>
+      </w:r>
+      <w:r w:rsidR="00951EB3" w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nie inwestuje w </w:t>
+      </w:r>
+      <w:r w:rsidR="00B768E1" w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">usługi sportowe na tym terenie, likwiduje kolejne boiska, korty, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">doprowadza </w:t>
+      </w:r>
+      <w:r w:rsidR="00951EB3" w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>do jego</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> degradacji</w:t>
+      </w:r>
+      <w:r w:rsidR="00B768E1" w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, po czym wystawia go</w:t>
+      </w:r>
+      <w:r w:rsidR="00951EB3" w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> na </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>sprzedaż</w:t>
+      </w:r>
+      <w:r w:rsidR="00951EB3" w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
+      <w:r w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Min. te działania spowodował</w:t>
+      </w:r>
+      <w:r w:rsidR="00951EB3" w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>y pilne</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00951EB3" w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>działania</w:t>
+      </w:r>
+      <w:r w:rsidR="00B768E1" w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> rady</w:t>
+      </w:r>
+      <w:r w:rsidR="00951EB3" w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, których</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00951EB3" w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">efektem było </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>u</w:t>
+      </w:r>
+      <w:r w:rsidR="00951EB3" w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>chwalenie</w:t>
+      </w:r>
+      <w:r w:rsidR="004F6A1E" w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="004F6A1E" w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>mpzp</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004F6A1E" w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, który </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> określił przeznaczenie tego terenu </w:t>
+      </w:r>
+      <w:r w:rsidR="00951EB3" w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>na usługi sportowe.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00127D66" w:rsidRPr="001C3189" w:rsidRDefault="00327C40" w:rsidP="00001BFD">
-[...4 lines deleted...]
-        <w:t>0003.1.50.2023</w:t>
+    <w:p w14:paraId="307634B0" w14:textId="723F736E" w:rsidR="008F6F43" w:rsidRPr="00822285" w:rsidRDefault="00D84C89" w:rsidP="00822285">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidR="008F6F43" w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>zy</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> działania Zarządu „</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Posnanii</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>” w ocenie Władz Miasta nie są przejawem uwłaszczania się na miejskim gruncie</w:t>
+      </w:r>
+      <w:r w:rsidR="00B768E1" w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>?</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00094F56" w:rsidRDefault="00127D66" w:rsidP="00001BFD">
-[...146 lines deleted...]
-        <w:t xml:space="preserve">Jędrzej Solarski </w:t>
+    <w:p w14:paraId="294F53AE" w14:textId="64DFFB01" w:rsidR="00C41228" w:rsidRPr="00822285" w:rsidRDefault="008F6F43" w:rsidP="00822285">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Czy zapisy zawartej umowy</w:t>
+      </w:r>
+      <w:r w:rsidR="00C41228" w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, udzielonych bonifikat</w:t>
+      </w:r>
+      <w:r w:rsidR="00B768E1" w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> jasno określają działania</w:t>
+      </w:r>
+      <w:r w:rsidR="00C41228" w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> spoczywające</w:t>
+      </w:r>
+      <w:r w:rsidR="00B768E1" w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> po </w:t>
+      </w:r>
+      <w:r w:rsidR="0089327F" w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>stronie nabywcy</w:t>
+      </w:r>
+      <w:r w:rsidR="00C41228" w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> terenu? W tym miejscu wnoszę o załączenie do odpowiedzi kopii ak</w:t>
+      </w:r>
+      <w:r w:rsidR="00685AD7" w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">tu notarialnego Rep. A </w:t>
+      </w:r>
+      <w:r w:rsidR="00336CDE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>…</w:t>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
-      <w:r w:rsidR="00094F56">
+      <w:r w:rsidR="00C41228" w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> z dnia 19 grudnia 2003 r. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="389686D3" w14:textId="42D1A27B" w:rsidR="00353818" w:rsidRPr="00822285" w:rsidRDefault="00C41228" w:rsidP="00822285">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Czy Władze Miasta rozważą podjęcie działań </w:t>
+      </w:r>
+      <w:r w:rsidR="0089327F" w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">zwrotowych terenu przekazanego klubowi sportowemu, który jak widać nie dość, że nie wywiązuje się z umowy z Miastem, ale uwłaszcza się na </w:t>
+      </w:r>
+      <w:r w:rsidR="00F67275" w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>jego gruncie</w:t>
+      </w:r>
+      <w:r w:rsidR="0089327F" w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>?</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00094F56">
-[...3 lines deleted...]
-        <w:t>Z-CA PREZYDENTA MIASTA POZNANIA</w:t>
+      <w:r w:rsidR="00B768E1" w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008F70E3" w:rsidRPr="001C3189" w:rsidRDefault="008F70E3" w:rsidP="00001BFD">
-[...6 lines deleted...]
-      <w:r w:rsidR="00094F56">
+    <w:p w14:paraId="01BF2ED0" w14:textId="77777777" w:rsidR="00353818" w:rsidRPr="00822285" w:rsidRDefault="00353818" w:rsidP="00822285">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1E739318" w14:textId="77777777" w:rsidR="00353818" w:rsidRPr="00822285" w:rsidRDefault="00353818" w:rsidP="00822285">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="52DEB5AB" w14:textId="77777777" w:rsidR="00C35D33" w:rsidRPr="00822285" w:rsidRDefault="006B7A3D" w:rsidP="00822285">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00094F56">
-[...3 lines deleted...]
-        <w:t>Przewodniczący Rady Miasta</w:t>
+      <w:r w:rsidR="00353818" w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                 Z wyrazami szacunku</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="008F70E3" w:rsidRPr="001C3189">
-[...3 lines deleted...]
-      <w:type w:val="continuous"/>
+    <w:p w14:paraId="44EC4992" w14:textId="1459C6C3" w:rsidR="00353818" w:rsidRPr="00822285" w:rsidRDefault="00353818" w:rsidP="00822285">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                 </w:t>
+      </w:r>
+      <w:r w:rsidR="000A5E2D" w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Halina </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Owsianna</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="37CF47D2" w14:textId="77777777" w:rsidR="00553D55" w:rsidRPr="00822285" w:rsidRDefault="00553D55" w:rsidP="00822285">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="26031EB4" w14:textId="77777777" w:rsidR="00EE5264" w:rsidRPr="00822285" w:rsidRDefault="00846FFD" w:rsidP="00822285">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                </w:t>
+      </w:r>
+      <w:r w:rsidR="00C35D33" w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60BDA9F1" w14:textId="77777777" w:rsidR="00C72514" w:rsidRPr="00822285" w:rsidRDefault="00C72514" w:rsidP="00822285">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:ind w:left="643"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="672D787C" w14:textId="77777777" w:rsidR="00BA50EC" w:rsidRPr="00822285" w:rsidRDefault="002B668C" w:rsidP="00822285">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                  </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA50EC" w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC2324" w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
+      <w:r w:rsidR="00C35D33" w:rsidRPr="00822285">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                             </w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="00BA50EC" w:rsidRPr="00822285">
+      <w:footerReference w:type="default" r:id="rId9"/>
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="2829" w:right="1106" w:bottom="1276" w:left="1134" w:header="708" w:footer="616" w:gutter="0"/>
+      <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
-      <w:formProt w:val="0"/>
-[...1 lines deleted...]
-      <w:titlePg/>
+      <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="0067301D" w:rsidRDefault="0067301D">
+    <w:p w14:paraId="057C461C" w14:textId="77777777" w:rsidR="006042BC" w:rsidRDefault="006042BC" w:rsidP="00F27C17">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="0067301D" w:rsidRDefault="0067301D">
+    <w:p w14:paraId="389C4F18" w14:textId="77777777" w:rsidR="006042BC" w:rsidRDefault="006042BC" w:rsidP="00F27C17">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Times New Roman">
-    <w:altName w:val="Times"/>
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Symbol">
-[...19 lines deleted...]
-  </w:font>
   <w:font w:name="Calibri">
-    <w:altName w:val="Calibri"/>
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Garamond">
-[...51 lines deleted...]
-  </w:font>
   <w:font w:name="Tahoma">
-    <w:altName w:val="Tahoma"/>
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri Light">
-    <w:panose1 w:val="020F0302020204030204"/>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="EE"/>
-    <w:family w:val="swiss"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w:rsidR="00B95E55" w:rsidRPr="001C3189" w:rsidRDefault="00B95E55">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:p w14:paraId="4D2F5357" w14:textId="77777777" w:rsidR="00B768E1" w:rsidRDefault="00B768E1" w:rsidP="00F27C17">
     <w:pPr>
       <w:pStyle w:val="Stopka"/>
-      <w:jc w:val="center"/>
+      <w:jc w:val="right"/>
+    </w:pPr>
+    <w:r>
       <w:rPr>
-        <w:rFonts w:cs="Calibri"/>
+        <w:noProof/>
+        <w:lang w:eastAsia="pl-PL"/>
       </w:rPr>
+      <w:drawing>
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657728" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="36042EE5" wp14:editId="5987E35A">
+          <wp:simplePos x="0" y="0"/>
+          <wp:positionH relativeFrom="column">
+            <wp:posOffset>-320675</wp:posOffset>
+          </wp:positionH>
+          <wp:positionV relativeFrom="paragraph">
+            <wp:posOffset>81280</wp:posOffset>
+          </wp:positionV>
+          <wp:extent cx="968375" cy="459740"/>
+          <wp:effectExtent l="0" t="0" r="3175" b="0"/>
+          <wp:wrapTight wrapText="bothSides">
+            <wp:wrapPolygon edited="0">
+              <wp:start x="0" y="0"/>
+              <wp:lineTo x="0" y="20586"/>
+              <wp:lineTo x="21246" y="20586"/>
+              <wp:lineTo x="21246" y="0"/>
+              <wp:lineTo x="0" y="0"/>
+            </wp:wrapPolygon>
+          </wp:wrapTight>
+          <wp:docPr id="1" name="Obraz 5"/>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="0" name="Obraz 5"/>
+                  <pic:cNvPicPr>
+                    <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                  </pic:cNvPicPr>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:srcRect/>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr bwMode="auto">
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="968375" cy="459740"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                  <a:noFill/>
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+          <wp14:sizeRelH relativeFrom="page">
+            <wp14:pctWidth>0</wp14:pctWidth>
+          </wp14:sizeRelH>
+          <wp14:sizeRelV relativeFrom="page">
+            <wp14:pctHeight>0</wp14:pctHeight>
+          </wp14:sizeRelV>
+        </wp:anchor>
+      </w:drawing>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="2B9D21D3" w14:textId="023F9872" w:rsidR="00B768E1" w:rsidRDefault="00B768E1" w:rsidP="006528AE">
+    <w:pPr>
+      <w:pStyle w:val="Stopka"/>
+      <w:jc w:val="right"/>
     </w:pPr>
-    <w:r w:rsidRPr="001C3189">
+    <w:r>
+      <w:t xml:space="preserve">Strona </w:t>
+    </w:r>
+    <w:r>
       <w:rPr>
-        <w:rFonts w:cs="Calibri"/>
+        <w:b/>
+        <w:bCs/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
-    <w:r w:rsidRPr="001C3189">
+    <w:r>
       <w:rPr>
-        <w:rFonts w:cs="Calibri"/>
+        <w:b/>
+        <w:bCs/>
       </w:rPr>
-      <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
+      <w:instrText>PAGE</w:instrText>
     </w:r>
-    <w:r w:rsidRPr="001C3189">
+    <w:r>
       <w:rPr>
-        <w:rFonts w:cs="Calibri"/>
+        <w:b/>
+        <w:bCs/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00444C44" w:rsidRPr="001C3189">
+    <w:r w:rsidR="00336CDE">
       <w:rPr>
-        <w:rFonts w:cs="Calibri"/>
+        <w:b/>
+        <w:bCs/>
         <w:noProof/>
       </w:rPr>
-      <w:t>2</w:t>
+      <w:t>3</w:t>
     </w:r>
-    <w:r w:rsidRPr="001C3189">
+    <w:r>
       <w:rPr>
-        <w:rFonts w:cs="Calibri"/>
+        <w:b/>
+        <w:bCs/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+    <w:r>
+      <w:t xml:space="preserve"> z </w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:instrText>NUMPAGES</w:instrText>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r w:rsidR="00336CDE">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:noProof/>
+      </w:rPr>
+      <w:t>3</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00127D66" w:rsidRDefault="00127D66">
+  <w:p w14:paraId="462760BC" w14:textId="77777777" w:rsidR="00B768E1" w:rsidRDefault="00B768E1">
     <w:pPr>
       <w:pStyle w:val="Stopka"/>
-      <w:spacing w:line="312" w:lineRule="auto"/>
-[...125 lines deleted...]
-      </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="0067301D" w:rsidRDefault="0067301D">
-[...7 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="78D97841" w14:textId="77777777" w:rsidR="006042BC" w:rsidRDefault="006042BC" w:rsidP="00F27C17">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="0067301D" w:rsidRDefault="0067301D">
+    <w:p w14:paraId="4BCE197F" w14:textId="77777777" w:rsidR="006042BC" w:rsidRDefault="006042BC" w:rsidP="00F27C17">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
-<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-[...3 lines deleted...]
-      <w:pStyle w:val="Gb3b3b3b3b3b3b3b3b3f3f3f3f3f3f3f3f3f3wka"/>
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0F64237C"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="D972AB84"/>
+    <w:lvl w:ilvl="0" w:tplc="0415000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
       <w:rPr>
-        <w:szCs w:val="24"/>
+        <w:rFonts w:hint="default"/>
       </w:rPr>
-    </w:pPr>
-[...39 lines deleted...]
-    <w:lvl w:ilvl="0">
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0415000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%1)"/>
+      <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="360" w:hanging="360"/>
-[...5 lines deleted...]
-    <w:lvl w:ilvl="1">
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
-      <w:lvlText w:val="%2)"/>
+      <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="720" w:hanging="360"/>
-[...5 lines deleted...]
-    <w:lvl w:ilvl="2">
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
-      <w:lvlText w:val="%3)"/>
-[...44 lines deleted...]
-    <w:lvl w:ilvl="6">
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0415000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2520" w:hanging="360"/>
-[...5 lines deleted...]
-    <w:lvl w:ilvl="7">
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
-[...5 lines deleted...]
-    <w:lvl w:ilvl="8">
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
-      <w:lvlJc w:val="left"/>
-[...5 lines deleted...]
-      </w:rPr>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="2FD06C2D"/>
+    <w:nsid w:val="1CF93262"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="1A3E187A"/>
-[...3 lines deleted...]
-      <w:lvlText w:val=""/>
+    <w:tmpl w:val="6D7A3CBC"/>
+    <w:lvl w:ilvl="0" w:tplc="0415000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04150003" w:tentative="1">
-[...2 lines deleted...]
-      <w:lvlText w:val="o"/>
+    <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...6 lines deleted...]
-      <w:lvlText w:val=""/>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0415000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="360"/>
-[...8 lines deleted...]
-      <w:lvlText w:val=""/>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
-[...10 lines deleted...]
-      <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...80 lines deleted...]
-    <w:lvl w:ilvl="2">
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
-      <w:lvlText w:val="%3)"/>
-[...44 lines deleted...]
-    <w:lvl w:ilvl="6">
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0415000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2520" w:hanging="360"/>
-[...5 lines deleted...]
-    <w:lvl w:ilvl="7">
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
-[...5 lines deleted...]
-    <w:lvl w:ilvl="8">
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
-      <w:lvlJc w:val="left"/>
-[...5 lines deleted...]
-      </w:rPr>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
-[...3 lines deleted...]
-    <w:lvl w:ilvl="0">
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="283D77D9"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="F6ACC13A"/>
+    <w:lvl w:ilvl="0" w:tplc="8AB000E6">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="360" w:hanging="360"/>
+        <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1">
+    <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0415000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%2)"/>
+      <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="851" w:hanging="454"/>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0415000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="29CB1229"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="7E3A1BE6"/>
+    <w:lvl w:ilvl="0" w:tplc="D0E2F5A0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="643" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0415000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0415000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="58AA3288"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="609EF098"/>
+    <w:lvl w:ilvl="0" w:tplc="0415000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2">
+    <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
-      <w:lvlText w:val="%3)"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="1134" w:firstLine="0"/>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0415000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0415000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6E8D549F"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="72328630"/>
+    <w:lvl w:ilvl="0" w:tplc="0415000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3">
-[...2 lines deleted...]
-      <w:lvlText w:val=""/>
+    <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1531" w:hanging="284"/>
-[...5 lines deleted...]
-    <w:lvl w:ilvl="4">
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0415000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3240" w:hanging="360"/>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0415000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7EC949EB"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="6AF4A5A8"/>
+    <w:lvl w:ilvl="0" w:tplc="0415000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5">
+    <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0415000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="3960" w:hanging="180"/>
-[...5 lines deleted...]
-    <w:lvl w:ilvl="6">
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0415000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4680" w:hanging="360"/>
-[...5 lines deleted...]
-    <w:lvl w:ilvl="7">
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5400" w:hanging="360"/>
-[...5 lines deleted...]
-    <w:lvl w:ilvl="8">
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6120" w:hanging="180"/>
-[...116 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
-    <w:abstractNumId w:val="2"/>
-[...98 lines deleted...]
-    </w:lvlOverride>
+    <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
-    <w:abstractNumId w:val="2"/>
-[...98 lines deleted...]
-    </w:lvlOverride>
+    <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="3">
-    <w:abstractNumId w:val="2"/>
-[...98 lines deleted...]
-    </w:lvlOverride>
+    <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="4">
-    <w:abstractNumId w:val="1"/>
+    <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="5">
-    <w:abstractNumId w:val="0"/>
-[...98 lines deleted...]
-    </w:lvlOverride>
+    <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
-    <w:lvlOverride w:ilvl="0">
-[...97 lines deleted...]
-    </w:lvlOverride>
   </w:num>
   <w:num w:numId="7">
-    <w:abstractNumId w:val="0"/>
-[...104 lines deleted...]
-    <w:abstractNumId w:val="3"/>
+    <w:abstractNumId w:val="5"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
-[...5 lines deleted...]
-  <w:bordersDoNotSurroundFooter/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
+  <w:zoom w:percent="150"/>
   <w:proofState w:spelling="clean"/>
-  <w:doNotTrackMoves/>
-  <w:defaultTabStop w:val="709"/>
+  <w:attachedTemplate r:id="rId1"/>
+  <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
-  <w:drawingGridHorizontalSpacing w:val="120"/>
-[...6 lines deleted...]
-  <w:doNotDemarcateInvalidXml/>
+  <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
-[...2 lines deleted...]
-    </o:shapelayout>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
-    <w:spaceForUL/>
-[...37 lines deleted...]
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00FC382D"/>
-[...268 lines deleted...]
-    <w:rsid w:val="00FE799D"/>
+    <w:rsidRoot w:val="00D021A0"/>
+    <w:rsid w:val="0000721D"/>
+    <w:rsid w:val="00014E68"/>
+    <w:rsid w:val="000270B9"/>
+    <w:rsid w:val="00045166"/>
+    <w:rsid w:val="00062F19"/>
+    <w:rsid w:val="000907E5"/>
+    <w:rsid w:val="000A5779"/>
+    <w:rsid w:val="000A5AA7"/>
+    <w:rsid w:val="000A5E2D"/>
+    <w:rsid w:val="00100FA8"/>
+    <w:rsid w:val="00103C18"/>
+    <w:rsid w:val="00105951"/>
+    <w:rsid w:val="00105D43"/>
+    <w:rsid w:val="00112CC7"/>
+    <w:rsid w:val="00123565"/>
+    <w:rsid w:val="00157B8A"/>
+    <w:rsid w:val="00164472"/>
+    <w:rsid w:val="00174997"/>
+    <w:rsid w:val="0018367B"/>
+    <w:rsid w:val="00187E0A"/>
+    <w:rsid w:val="001957B8"/>
+    <w:rsid w:val="001D1ACE"/>
+    <w:rsid w:val="001D1B74"/>
+    <w:rsid w:val="001D74CD"/>
+    <w:rsid w:val="001F7626"/>
+    <w:rsid w:val="002014F1"/>
+    <w:rsid w:val="00283601"/>
+    <w:rsid w:val="00293F0E"/>
+    <w:rsid w:val="002A12B7"/>
+    <w:rsid w:val="002A4C49"/>
+    <w:rsid w:val="002B668C"/>
+    <w:rsid w:val="002E11A3"/>
+    <w:rsid w:val="002F49F3"/>
+    <w:rsid w:val="00301B69"/>
+    <w:rsid w:val="00336CDE"/>
+    <w:rsid w:val="00353818"/>
+    <w:rsid w:val="003760A8"/>
+    <w:rsid w:val="0039567A"/>
+    <w:rsid w:val="003D4222"/>
+    <w:rsid w:val="003F7D8F"/>
+    <w:rsid w:val="00422E6A"/>
+    <w:rsid w:val="004235D9"/>
+    <w:rsid w:val="00473D17"/>
+    <w:rsid w:val="00475199"/>
+    <w:rsid w:val="00482B5C"/>
+    <w:rsid w:val="004A763B"/>
+    <w:rsid w:val="004C2ECD"/>
+    <w:rsid w:val="004E05D5"/>
+    <w:rsid w:val="004F6A1E"/>
+    <w:rsid w:val="00530DCE"/>
+    <w:rsid w:val="0053198C"/>
+    <w:rsid w:val="00542AE3"/>
+    <w:rsid w:val="00553D55"/>
+    <w:rsid w:val="00560448"/>
+    <w:rsid w:val="005A0F1D"/>
+    <w:rsid w:val="005A2554"/>
+    <w:rsid w:val="005C5C15"/>
+    <w:rsid w:val="005E5998"/>
+    <w:rsid w:val="00601E74"/>
+    <w:rsid w:val="006042BC"/>
+    <w:rsid w:val="00621C87"/>
+    <w:rsid w:val="006528AE"/>
+    <w:rsid w:val="00671EC0"/>
+    <w:rsid w:val="00685AD7"/>
+    <w:rsid w:val="006B47B9"/>
+    <w:rsid w:val="006B7A3D"/>
+    <w:rsid w:val="006D5816"/>
+    <w:rsid w:val="006F5117"/>
+    <w:rsid w:val="00703A99"/>
+    <w:rsid w:val="0076792E"/>
+    <w:rsid w:val="0079183D"/>
+    <w:rsid w:val="00797A01"/>
+    <w:rsid w:val="007A051E"/>
+    <w:rsid w:val="007D50B3"/>
+    <w:rsid w:val="007F26D2"/>
+    <w:rsid w:val="00802501"/>
+    <w:rsid w:val="00822285"/>
+    <w:rsid w:val="008454FF"/>
+    <w:rsid w:val="00845EAB"/>
+    <w:rsid w:val="00846FFD"/>
+    <w:rsid w:val="008756C6"/>
+    <w:rsid w:val="008879D6"/>
+    <w:rsid w:val="00891948"/>
+    <w:rsid w:val="0089327F"/>
+    <w:rsid w:val="008B3923"/>
+    <w:rsid w:val="008E050D"/>
+    <w:rsid w:val="008F6F43"/>
+    <w:rsid w:val="008F743B"/>
+    <w:rsid w:val="00903C8A"/>
+    <w:rsid w:val="0092374C"/>
+    <w:rsid w:val="00934DC3"/>
+    <w:rsid w:val="00950170"/>
+    <w:rsid w:val="00951D72"/>
+    <w:rsid w:val="00951EB3"/>
+    <w:rsid w:val="00957C05"/>
+    <w:rsid w:val="009721B9"/>
+    <w:rsid w:val="009745EC"/>
+    <w:rsid w:val="00986D31"/>
+    <w:rsid w:val="009C2C51"/>
+    <w:rsid w:val="009D1C21"/>
+    <w:rsid w:val="009D23C3"/>
+    <w:rsid w:val="00A40848"/>
+    <w:rsid w:val="00A639F4"/>
+    <w:rsid w:val="00A76443"/>
+    <w:rsid w:val="00AC1B9C"/>
+    <w:rsid w:val="00AC2324"/>
+    <w:rsid w:val="00AE77A4"/>
+    <w:rsid w:val="00AF235A"/>
+    <w:rsid w:val="00AF763A"/>
+    <w:rsid w:val="00B02BF2"/>
+    <w:rsid w:val="00B42FC3"/>
+    <w:rsid w:val="00B768E1"/>
+    <w:rsid w:val="00BA50EC"/>
+    <w:rsid w:val="00BB0DAA"/>
+    <w:rsid w:val="00BB1801"/>
+    <w:rsid w:val="00BB1D53"/>
+    <w:rsid w:val="00BD5A1D"/>
+    <w:rsid w:val="00BF1248"/>
+    <w:rsid w:val="00BF15BB"/>
+    <w:rsid w:val="00BF7056"/>
+    <w:rsid w:val="00C35D33"/>
+    <w:rsid w:val="00C41228"/>
+    <w:rsid w:val="00C46E4F"/>
+    <w:rsid w:val="00C5361D"/>
+    <w:rsid w:val="00C628D5"/>
+    <w:rsid w:val="00C67028"/>
+    <w:rsid w:val="00C72514"/>
+    <w:rsid w:val="00C90E17"/>
+    <w:rsid w:val="00CA463D"/>
+    <w:rsid w:val="00CC7ECD"/>
+    <w:rsid w:val="00D021A0"/>
+    <w:rsid w:val="00D431C0"/>
+    <w:rsid w:val="00D46DDA"/>
+    <w:rsid w:val="00D50378"/>
+    <w:rsid w:val="00D73D68"/>
+    <w:rsid w:val="00D84C89"/>
+    <w:rsid w:val="00D86A1A"/>
+    <w:rsid w:val="00DA6567"/>
+    <w:rsid w:val="00E051C0"/>
+    <w:rsid w:val="00E520BC"/>
+    <w:rsid w:val="00E60705"/>
+    <w:rsid w:val="00E61F52"/>
+    <w:rsid w:val="00E750FF"/>
+    <w:rsid w:val="00E97B77"/>
+    <w:rsid w:val="00EA41B5"/>
+    <w:rsid w:val="00EA677B"/>
+    <w:rsid w:val="00EB69E1"/>
+    <w:rsid w:val="00EC7F16"/>
+    <w:rsid w:val="00ED0F6F"/>
+    <w:rsid w:val="00EE5264"/>
+    <w:rsid w:val="00EF2D8D"/>
+    <w:rsid w:val="00F27C17"/>
+    <w:rsid w:val="00F53367"/>
+    <w:rsid w:val="00F67275"/>
+    <w:rsid w:val="00F90152"/>
+    <w:rsid w:val="00FA5C99"/>
+    <w:rsid w:val="00FF2E9A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pl-PL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
-  <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="3BB04DF7"/>
-  <w14:defaultImageDpi w14:val="96"/>
+  <w14:docId w14:val="36754856"/>
+  <w15:docId w15:val="{4E5BB5AB-23A5-4796-8AF7-75F35ED5F471}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:lang w:val="pl-PL" w:eastAsia="pl-PL" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="footer" w:semiHidden="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
-    <w:lsdException w:name="page number" w:semiHidden="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="List" w:semiHidden="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
-    <w:lsdException w:name="Signature" w:semiHidden="1"/>
-    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
-    <w:lsdException w:name="Body Text 2" w:semiHidden="1"/>
-[...1 lines deleted...]
-    <w:lsdException w:name="Strong" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
-    <w:lsdException w:name="Plain Text" w:semiHidden="1"/>
-    <w:lsdException w:name="Normal (Web)" w:semiHidden="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
-    <w:lsdException w:name="No Spacing" w:qFormat="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
     <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
@@ -2510,3163 +4719,994 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
-    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...2 lines deleted...]
-    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normalny">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00001BFD"/>
     <w:pPr>
-      <w:suppressAutoHyphens/>
-[...3 lines deleted...]
-      <w:spacing w:after="240" w:line="360" w:lineRule="auto"/>
+      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:color w:val="000000"/>
-[...1 lines deleted...]
-      <w:sz w:val="24"/>
+      <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:bidi="hi-IN"/>
+      <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Domylnaczcionkaakapitu">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Standardowy">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Bezlisty">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Nagb3b3b3b3b3b3b3b3b3f3f3f3f3f3f3f3f3f3wekZnak">
-    <w:name w:val="Nagłb3b3b3b3b3b3b3b3b3óf3f3f3f3f3f3f3f3f3wek Znak"/>
+  <w:style w:type="paragraph" w:styleId="Tekstdymka">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:link w:val="TekstdymkaZnak"/>
     <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00F27C17"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-[...20 lines deleted...]
-      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TekstdymkaZnak">
     <w:name w:val="Tekst dymka Znak"/>
-    <w:uiPriority w:val="99"/>
-[...2171 lines deleted...]
-    <w:name w:val="Tekst dymka Znak9"/>
     <w:link w:val="Tekstdymka"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:locked/>
+    <w:rsid w:val="00F27C17"/>
     <w:rPr>
-      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Mangal"/>
-[...1 lines deleted...]
-      <w:kern w:val="1"/>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
-      <w:lang w:bidi="hi-IN"/>
-[...373 lines deleted...]
-      <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Nagwek">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normalny"/>
     <w:link w:val="NagwekZnak"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="008B4066"/>
+    <w:rsid w:val="00F27C17"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
-    <w:rPr>
-[...2 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="NagwekZnak">
     <w:name w:val="Nagłówek Znak"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
     <w:link w:val="Nagwek"/>
     <w:uiPriority w:val="99"/>
-    <w:locked/>
-    <w:rsid w:val="008B4066"/>
+    <w:rsid w:val="00F27C17"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Stopka">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:link w:val="StopkaZnak"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00F27C17"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4536"/>
+        <w:tab w:val="right" w:pos="9072"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="StopkaZnak">
+    <w:name w:val="Stopka Znak"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:link w:val="Stopka"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00F27C17"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Akapitzlist">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00103C18"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="NormalnyWeb">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00D86A1A"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Liberation Serif" w:cs="Mangal"/>
-[...4 lines deleted...]
-      <w:lang w:bidi="hi-IN"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="pl-PL"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Hipercze">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00D86A1A"/>
+    <w:rPr>
+      <w:color w:val="0000FF"/>
+      <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Tekstprzypisukocowego">
     <w:name w:val="endnote text"/>
     <w:basedOn w:val="Normalny"/>
     <w:link w:val="TekstprzypisukocowegoZnak"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00332C7F"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00E520BC"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
     <w:rPr>
-      <w:rFonts w:cs="Mangal"/>
       <w:sz w:val="20"/>
-      <w:szCs w:val="18"/>
+      <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TekstprzypisukocowegoZnak">
     <w:name w:val="Tekst przypisu końcowego Znak"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
     <w:link w:val="Tekstprzypisukocowego"/>
     <w:uiPriority w:val="99"/>
-    <w:locked/>
-    <w:rsid w:val="00332C7F"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00E520BC"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Liberation Serif" w:cs="Mangal"/>
-[...4 lines deleted...]
-      <w:lang w:bidi="hi-IN"/>
+      <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Odwoanieprzypisukocowego">
     <w:name w:val="endnote reference"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00332C7F"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00E520BC"/>
     <w:rPr>
-      <w:rFonts w:cs="Times New Roman"/>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Tekstprzypisudolnego">
-[...2 lines deleted...]
-    <w:link w:val="TekstprzypisudolnegoZnak"/>
+  <w:style w:type="character" w:styleId="Odwoaniedokomentarza">
+    <w:name w:val="annotation reference"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00B8243C"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00353818"/>
     <w:rPr>
-      <w:rFonts w:cs="Mangal"/>
-[...1 lines deleted...]
-      <w:szCs w:val="18"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="TekstprzypisudolnegoZnak">
-[...1 lines deleted...]
-    <w:link w:val="Tekstprzypisudolnego"/>
+  <w:style w:type="paragraph" w:styleId="Tekstkomentarza">
+    <w:name w:val="annotation text"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:link w:val="TekstkomentarzaZnak"/>
     <w:uiPriority w:val="99"/>
-    <w:locked/>
-    <w:rsid w:val="00B8243C"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00353818"/>
+    <w:pPr>
+      <w:spacing w:line="240" w:lineRule="auto"/>
+    </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Liberation Serif" w:cs="Mangal"/>
-[...4 lines deleted...]
-      <w:lang w:bidi="hi-IN"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Odwoanieprzypisudolnego">
-    <w:name w:val="footnote reference"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TekstkomentarzaZnak">
+    <w:name w:val="Tekst komentarza Znak"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:link w:val="Tekstkomentarza"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00B8243C"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00353818"/>
     <w:rPr>
-      <w:rFonts w:cs="Times New Roman"/>
-      <w:vertAlign w:val="superscript"/>
+      <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="AkapitzlistZnak">
-[...3 lines deleted...]
-    <w:rsid w:val="009A7CA3"/>
+  <w:style w:type="paragraph" w:styleId="Tematkomentarza">
+    <w:name w:val="annotation subject"/>
+    <w:basedOn w:val="Tekstkomentarza"/>
+    <w:next w:val="Tekstkomentarza"/>
+    <w:link w:val="TematkomentarzaZnak"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00353818"/>
     <w:rPr>
-      <w:color w:val="000000"/>
-[...2 lines deleted...]
-      <w:szCs w:val="24"/>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TematkomentarzaZnak">
+    <w:name w:val="Temat komentarza Znak"/>
+    <w:basedOn w:val="TekstkomentarzaZnak"/>
+    <w:link w:val="Tematkomentarza"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00353818"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:divs>
-    <w:div w:id="1916936499">
+    <w:div w:id="328675634">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="828443398">
+      <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
-        <w:div w:id="1916936500">
+        <w:div w:id="2094424780">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
+        <w:div w:id="1141655190">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2070808147">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="615138074">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="870651723">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="2106263311">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1312439844">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="2018001437">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
       </w:divsChild>
     </w:div>
-    <w:div w:id="1916936501">
+    <w:div w:id="1384403251">
+      <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1468354157">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1493721361">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1703674981">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="281310144">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="808935831">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1861115096">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="903569836">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="441269482">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
     </w:div>
-    <w:div w:id="1916936502">
+    <w:div w:id="1422215155">
+      <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1824353951">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2067995185">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1806309895">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1577394469">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="273366066">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="2039235089">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="398527744">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="960651581">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
-<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+<file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
+</file>
+
+<file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\User\Downloads\interpelacja.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motyw pakietu Office">
   <a:themeElements>
     <a:clrScheme name="Pakiet Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Pakiet Office">
       <a:majorFont>
-        <a:latin typeface="Calibri Light"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック Light"/>
+        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线 Light"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游明朝"/>
+        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Pakiet Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:lumMod val="110000"/>
-[...1 lines deleted...]
-                <a:tint val="67000"/>
+                <a:tint val="50000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="35000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="73000"/>
+                <a:tint val="37000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="81000"/>
+                <a:tint val="15000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="1"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:satMod val="103000"/>
-[...1 lines deleted...]
-                <a:tint val="94000"/>
+                <a:shade val="51000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="80000">
               <a:schemeClr val="phClr">
-                <a:satMod val="110000"/>
-[...1 lines deleted...]
-                <a:shade val="100000"/>
+                <a:shade val="93000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="99000"/>
-[...1 lines deleted...]
-                <a:shade val="78000"/>
+                <a:shade val="94000"/>
+                <a:satMod val="135000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:satMod val="105000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
-[...6 lines deleted...]
-          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
-          <a:effectLst/>
-[...2 lines deleted...]
-          <a:effectLst/>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="63000"/>
+                <a:alpha val="35000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="threePt" dir="t">
+              <a:rot lat="0" lon="0" rev="1200000"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d>
+            <a:bevelT w="63500" h="25400"/>
+          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
-        <a:solidFill>
-[...4 lines deleted...]
-        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="93000"/>
-[...2 lines deleted...]
-                <a:lumMod val="102000"/>
+                <a:tint val="40000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="40000">
               <a:schemeClr val="phClr">
-                <a:tint val="98000"/>
-[...2 lines deleted...]
-                <a:lumMod val="103000"/>
+                <a:tint val="45000"/>
+                <a:shade val="99000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="63000"/>
-                <a:satMod val="120000"/>
+                <a:shade val="20000"/>
+                <a:satMod val="255000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+          </a:path>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="80000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="30000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+          </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
-  <a:extLst>
-[...3 lines deleted...]
-  </a:extLst>
 </a:theme>
-</file>
-[...14 lines deleted...]
-</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>interpelacja</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>688</Characters>
+  <Pages>3</Pages>
+  <Words>798</Words>
+  <Characters>4792</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>5</Lines>
-  <Paragraphs>1</Paragraphs>
+  <Lines>39</Lines>
+  <Paragraphs>11</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Tytuł</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>801</CharactersWithSpaces>
+  <CharactersWithSpaces>5579</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>Sygnalizacja o niedotrzymaniu terminu udzielenia odpowiedzi - interpelacja dot. klubu sportowego Posnania nr 50/23</dc:title>
-[...4 lines deleted...]
-  <cp:lastModifiedBy/>
+  <dc:creator>Halina Owsianna</dc:creator>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>