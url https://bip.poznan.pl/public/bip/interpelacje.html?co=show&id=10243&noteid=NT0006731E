--- v0 (2025-10-16)
+++ v1 (2025-12-22)
@@ -21,95 +21,102 @@
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
     <w:p w:rsidR="00127D66" w:rsidRPr="001C3189" w:rsidRDefault="00127D66" w:rsidP="00001BFD">
       <w:pPr>
         <w:ind w:left="6804"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00001BFD">
         <w:t>Poznań</w:t>
       </w:r>
       <w:r w:rsidR="00346642" w:rsidRPr="00001BFD">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
+      <w:r w:rsidR="00612C13">
+        <w:t>04</w:t>
+      </w:r>
       <w:r w:rsidR="00EB0E05">
-        <w:t>27.02.</w:t>
+        <w:t>.0</w:t>
+      </w:r>
+      <w:r w:rsidR="001701F6">
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB0E05">
+        <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00001BFD">
         <w:t>202</w:t>
       </w:r>
       <w:r w:rsidR="00BA3484">
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidRPr="00001BFD">
         <w:t xml:space="preserve"> r</w:t>
       </w:r>
       <w:r w:rsidRPr="001C3189">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00127D66" w:rsidRPr="001C3189" w:rsidRDefault="00327C40" w:rsidP="00001BFD">
       <w:r w:rsidRPr="001C3189">
         <w:t>Znak sprawy: Or-II.</w:t>
       </w:r>
       <w:r w:rsidR="008148DB">
         <w:t>0003.1.</w:t>
       </w:r>
       <w:r w:rsidR="000C4C58">
         <w:t>54.2023</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00094F56" w:rsidRDefault="00127D66" w:rsidP="00D42404">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r w:rsidRPr="001C3189">
         <w:t>Nr rej.:</w:t>
       </w:r>
       <w:r w:rsidR="00327C40" w:rsidRPr="001C3189">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00EB0E05">
-        <w:t>27022303723</w:t>
+      <w:r w:rsidR="00612C13">
+        <w:t>04042302978</w:t>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w:rsidR="002E0CCD" w:rsidRPr="001C3189" w:rsidRDefault="00963C97" w:rsidP="00094F56">
       <w:pPr>
         <w:ind w:left="5812"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00001BFD">
         <w:t>Pa</w:t>
       </w:r>
       <w:r w:rsidR="000C4C58">
         <w:t>n</w:t>
       </w:r>
       <w:r w:rsidR="008148DB">
         <w:t>i</w:t>
       </w:r>
       <w:r w:rsidR="00094F56">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidR="000C4C58">
         <w:t xml:space="preserve">Halina </w:t>
@@ -147,646 +154,174 @@
     <w:p w:rsidR="00127D66" w:rsidRPr="001C3189" w:rsidRDefault="00127D66" w:rsidP="00963C97">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00001BFD">
         <w:t>Szanown</w:t>
       </w:r>
       <w:r w:rsidR="000C4C58">
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="00001BFD">
         <w:t xml:space="preserve"> Pani Radn</w:t>
       </w:r>
       <w:r w:rsidR="009A7CA3">
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidR="00530F53" w:rsidRPr="001C3189">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001D3E74" w:rsidRDefault="00127D66" w:rsidP="00001BFD">
-[...1 lines deleted...]
-        <w:t xml:space="preserve">odpowiadając na otrzymaną za pośrednictwem Przewodniczącego Rady Miasta </w:t>
+    <w:p w:rsidR="00082561" w:rsidRPr="00082561" w:rsidRDefault="00082561" w:rsidP="00082561">
+      <w:r w:rsidRPr="00082561">
+        <w:t>uzupełniając odpowiedź na otrzymaną za pośrednictwem Przewodniczącego Rady Miasta Poznania</w:t>
       </w:r>
-      <w:r w:rsidR="00945449" w:rsidRPr="001C3189">
-[...5 lines deleted...]
-      <w:r w:rsidR="00D42404">
+      <w:r w:rsidR="00C87AC9">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="001C3189">
-        <w:t xml:space="preserve">dnia </w:t>
+      <w:r w:rsidRPr="00082561">
+        <w:t>pismem z dnia 13 lutego 2023 r. i przekazaną mi przez Prezydenta Miasta Poznania do</w:t>
       </w:r>
-      <w:r w:rsidR="00945449" w:rsidRPr="001C3189">
-[...5 lines deleted...]
-      <w:r w:rsidR="00D42404">
+      <w:r w:rsidR="00C87AC9">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00945449" w:rsidRPr="001C3189">
-        <w:t xml:space="preserve">lutego </w:t>
+      <w:r w:rsidRPr="00082561">
+        <w:t>rozpatrzenia interpelację Pani Radnej w sprawie pawilonu przy ul. Starowiejskiej, przekazuję w</w:t>
       </w:r>
-      <w:r w:rsidRPr="001C3189">
-        <w:t>202</w:t>
+      <w:r w:rsidR="00C87AC9">
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="008148DB">
-        <w:t>3</w:t>
+      <w:r w:rsidRPr="00082561">
+        <w:t>załączeniu pismo od Powiatowego Inspektora Nadzoru Budowl</w:t>
       </w:r>
-      <w:r w:rsidRPr="001C3189">
-[...24 lines deleted...]
-        <w:t>, uprzejmie informuję:</w:t>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="00082561">
+        <w:t>anego dla Miasta Poznania dotyczące czynności kontrolnych przeprowadzonych na przedmiotowej nieruchomości.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000C4C58" w:rsidRPr="00C45516" w:rsidRDefault="000C4C58" w:rsidP="00C45516">
+    <w:p w:rsidR="008576E5" w:rsidRDefault="008F70E3" w:rsidP="008576E5">
       <w:pPr>
-        <w:pStyle w:val="Nagwek1"/>
-[...430 lines deleted...]
-      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:ind w:left="5245"/>
       </w:pPr>
       <w:r w:rsidRPr="001C3189">
         <w:t>Z wyrazami szacunku</w:t>
       </w:r>
       <w:r w:rsidR="00001BFD">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00094F56">
         <w:br/>
       </w:r>
-      <w:r w:rsidR="004E2D6A" w:rsidRPr="001C3189">
+      <w:r w:rsidR="008576E5">
         <w:t>Z up. PREZYDENTA MIASTA</w:t>
       </w:r>
-      <w:r w:rsidR="00094F56">
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Bartosz </w:t>
+    </w:p>
+    <w:p w:rsidR="008576E5" w:rsidRDefault="008576E5" w:rsidP="008576E5">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="5245"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(-) Bartosz </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="008148DB">
+      <w:r>
         <w:t>Guss</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00094F56">
-[...5 lines deleted...]
-      <w:r w:rsidR="004E2D6A" w:rsidRPr="001C3189">
+    </w:p>
+    <w:p w:rsidR="00E9439A" w:rsidRPr="001C3189" w:rsidRDefault="008576E5" w:rsidP="008576E5">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="5245"/>
+      </w:pPr>
+      <w:r>
         <w:t>Z-CA PREZYDENTA MIASTA POZNANIA</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000C4C58" w:rsidRDefault="000C4C58" w:rsidP="00001BFD">
+    <w:p w:rsidR="000C4C58" w:rsidRDefault="001701F6" w:rsidP="00001BFD">
       <w:pPr>
         <w:spacing w:before="600"/>
       </w:pPr>
       <w:r>
-        <w:t>Zał. 2</w:t>
+        <w:t>Zał. 1</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="008F70E3" w:rsidRPr="001C3189" w:rsidRDefault="008F70E3" w:rsidP="00001BFD">
       <w:pPr>
         <w:spacing w:before="600"/>
       </w:pPr>
       <w:r w:rsidRPr="00094F56">
-        <w:lastRenderedPageBreak/>
         <w:t>Do wiadomości:</w:t>
       </w:r>
       <w:r w:rsidR="00094F56">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00094F56">
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="001C3189">
         <w:t>Przewodniczący Rady Miasta</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="008F70E3" w:rsidRPr="001C3189">
       <w:footerReference w:type="default" r:id="rId8"/>
       <w:headerReference w:type="first" r:id="rId9"/>
       <w:footerReference w:type="first" r:id="rId10"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="2829" w:right="1106" w:bottom="1276" w:left="1134" w:header="708" w:footer="616" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:formProt w:val="0"/>
       <w:noEndnote/>
       <w:titlePg/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00284330" w:rsidRDefault="00284330">
+    <w:p w:rsidR="00B769BB" w:rsidRDefault="00B769BB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00284330" w:rsidRDefault="00284330">
+    <w:p w:rsidR="00B769BB" w:rsidRDefault="00B769BB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -877,55 +412,55 @@
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:p w:rsidR="000C4C58" w:rsidRDefault="000C4C58">
     <w:pPr>
       <w:pStyle w:val="Stopka"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00EB0E05">
+    <w:r w:rsidR="008576E5">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
-      <w:t>4</w:t>
+      <w:t>2</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w:rsidR="00127D66" w:rsidRDefault="00127D66">
     <w:pPr>
       <w:pStyle w:val="Stopka"/>
       <w:spacing w:line="312" w:lineRule="auto"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:p w:rsidR="00127D66" w:rsidRDefault="00127D66">
     <w:pPr>
       <w:pStyle w:val="Stopka"/>
@@ -1025,65 +560,65 @@
       <w:rPr>
         <w:spacing w:val="-8"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="fr-FR"/>
       </w:rPr>
       <w:t xml:space="preserve"> www.poznan.pl</w:t>
     </w:r>
   </w:p>
   <w:p w:rsidR="00127D66" w:rsidRDefault="00127D66">
     <w:pPr>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00284330" w:rsidRDefault="00284330">
+    <w:p w:rsidR="00B769BB" w:rsidRDefault="00B769BB">
       <w:r w:rsidRPr="001C3189">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif"/>
           <w:color w:val="auto"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00284330" w:rsidRDefault="00284330">
+    <w:p w:rsidR="00B769BB" w:rsidRDefault="00B769BB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:p w:rsidR="00127D66" w:rsidRDefault="000C4C58">
     <w:pPr>
       <w:pStyle w:val="Gb3b3b3b3b3b3b3b3b3f3f3f3f3f3f3f3f3f3wka"/>
       <w:rPr>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
@@ -2373,79 +1908,81 @@
   <w:compat>
     <w:spaceForUL/>
     <w:balanceSingleByteDoubleByteWidth/>
     <w:doNotLeaveBackslashAlone/>
     <w:ulTrailSpace/>
     <w:doNotExpandShiftReturn/>
     <w:adjustLineHeightInTable/>
     <w:doNotUseHTMLParagraphAutoSpacing/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="000C4C58"/>
     <w:rsid w:val="00001BFD"/>
     <w:rsid w:val="00023C66"/>
     <w:rsid w:val="00024438"/>
     <w:rsid w:val="00026044"/>
     <w:rsid w:val="000534CE"/>
     <w:rsid w:val="00056714"/>
     <w:rsid w:val="0006405F"/>
     <w:rsid w:val="0006544F"/>
     <w:rsid w:val="000676BB"/>
+    <w:rsid w:val="00082561"/>
     <w:rsid w:val="00085812"/>
     <w:rsid w:val="00086C24"/>
     <w:rsid w:val="00086E56"/>
     <w:rsid w:val="00094252"/>
     <w:rsid w:val="00094E31"/>
     <w:rsid w:val="00094F56"/>
     <w:rsid w:val="000959A9"/>
     <w:rsid w:val="000A2E7F"/>
     <w:rsid w:val="000C1818"/>
     <w:rsid w:val="000C4C58"/>
     <w:rsid w:val="000D5061"/>
     <w:rsid w:val="000D53FD"/>
     <w:rsid w:val="000D6587"/>
     <w:rsid w:val="000E2F25"/>
     <w:rsid w:val="000F10E2"/>
     <w:rsid w:val="000F68D2"/>
     <w:rsid w:val="00100908"/>
     <w:rsid w:val="0010164C"/>
     <w:rsid w:val="00104128"/>
     <w:rsid w:val="00107C8F"/>
     <w:rsid w:val="00112580"/>
     <w:rsid w:val="00117C11"/>
     <w:rsid w:val="00120C28"/>
     <w:rsid w:val="00127D66"/>
     <w:rsid w:val="00131698"/>
     <w:rsid w:val="0014484D"/>
     <w:rsid w:val="00164171"/>
     <w:rsid w:val="00165DE5"/>
     <w:rsid w:val="001676A9"/>
+    <w:rsid w:val="001701F6"/>
     <w:rsid w:val="00177ED4"/>
     <w:rsid w:val="00181C27"/>
     <w:rsid w:val="00193997"/>
     <w:rsid w:val="001A0A65"/>
     <w:rsid w:val="001C00FA"/>
     <w:rsid w:val="001C3189"/>
     <w:rsid w:val="001D3E74"/>
     <w:rsid w:val="001D695A"/>
     <w:rsid w:val="001D6F38"/>
     <w:rsid w:val="001E3878"/>
     <w:rsid w:val="001E410E"/>
     <w:rsid w:val="001F1813"/>
     <w:rsid w:val="0021050C"/>
     <w:rsid w:val="00215321"/>
     <w:rsid w:val="0022060F"/>
     <w:rsid w:val="00222CD6"/>
     <w:rsid w:val="00241C80"/>
     <w:rsid w:val="002531C6"/>
     <w:rsid w:val="0025515F"/>
     <w:rsid w:val="00273375"/>
     <w:rsid w:val="00284330"/>
     <w:rsid w:val="0028454A"/>
     <w:rsid w:val="00286735"/>
     <w:rsid w:val="002A2CC8"/>
     <w:rsid w:val="002A34D6"/>
@@ -2480,153 +2017,160 @@
     <w:rsid w:val="004464E9"/>
     <w:rsid w:val="00480984"/>
     <w:rsid w:val="00495636"/>
     <w:rsid w:val="004A0346"/>
     <w:rsid w:val="004B6B32"/>
     <w:rsid w:val="004C7A0B"/>
     <w:rsid w:val="004E2D6A"/>
     <w:rsid w:val="004F1F55"/>
     <w:rsid w:val="005015EB"/>
     <w:rsid w:val="005157BD"/>
     <w:rsid w:val="00530F53"/>
     <w:rsid w:val="00564C6F"/>
     <w:rsid w:val="00574AAA"/>
     <w:rsid w:val="005805D1"/>
     <w:rsid w:val="00587FED"/>
     <w:rsid w:val="00597096"/>
     <w:rsid w:val="00597F25"/>
     <w:rsid w:val="005A556F"/>
     <w:rsid w:val="005B475E"/>
     <w:rsid w:val="005C2D05"/>
     <w:rsid w:val="005D0706"/>
     <w:rsid w:val="005F2FC4"/>
     <w:rsid w:val="005F46D1"/>
     <w:rsid w:val="006044E4"/>
     <w:rsid w:val="00605A18"/>
+    <w:rsid w:val="00612C13"/>
     <w:rsid w:val="0061594F"/>
     <w:rsid w:val="00624255"/>
     <w:rsid w:val="00647DB7"/>
     <w:rsid w:val="00655A22"/>
     <w:rsid w:val="00671ED1"/>
     <w:rsid w:val="00672CA1"/>
     <w:rsid w:val="00680E6C"/>
     <w:rsid w:val="00681F26"/>
     <w:rsid w:val="006A4468"/>
     <w:rsid w:val="006C3A8D"/>
     <w:rsid w:val="006F23BB"/>
     <w:rsid w:val="00712DB9"/>
     <w:rsid w:val="007242D8"/>
     <w:rsid w:val="007254DA"/>
     <w:rsid w:val="00734E81"/>
     <w:rsid w:val="00737ADF"/>
     <w:rsid w:val="007404A0"/>
     <w:rsid w:val="00740F0B"/>
     <w:rsid w:val="0074574B"/>
     <w:rsid w:val="0075049D"/>
     <w:rsid w:val="007635E6"/>
     <w:rsid w:val="00781EEE"/>
     <w:rsid w:val="00785D01"/>
     <w:rsid w:val="00786310"/>
     <w:rsid w:val="0078684D"/>
     <w:rsid w:val="007940BA"/>
     <w:rsid w:val="007C1BCA"/>
     <w:rsid w:val="007C239F"/>
     <w:rsid w:val="007F02C8"/>
     <w:rsid w:val="007F194F"/>
     <w:rsid w:val="007F343B"/>
     <w:rsid w:val="007F343D"/>
     <w:rsid w:val="007F4EF5"/>
+    <w:rsid w:val="0080304A"/>
     <w:rsid w:val="008148DB"/>
     <w:rsid w:val="008263C8"/>
     <w:rsid w:val="008408C1"/>
+    <w:rsid w:val="008576E5"/>
     <w:rsid w:val="00860023"/>
     <w:rsid w:val="00870D5C"/>
     <w:rsid w:val="00876321"/>
     <w:rsid w:val="00894DB7"/>
+    <w:rsid w:val="008A6858"/>
     <w:rsid w:val="008B4066"/>
     <w:rsid w:val="008C60A2"/>
     <w:rsid w:val="008D5DD2"/>
     <w:rsid w:val="008F6F6F"/>
     <w:rsid w:val="008F70E3"/>
     <w:rsid w:val="00903647"/>
     <w:rsid w:val="009044F0"/>
     <w:rsid w:val="009047D5"/>
     <w:rsid w:val="00930B86"/>
     <w:rsid w:val="00937C3D"/>
     <w:rsid w:val="00945449"/>
     <w:rsid w:val="00946D1C"/>
     <w:rsid w:val="009575F0"/>
     <w:rsid w:val="00961AF7"/>
     <w:rsid w:val="00963C97"/>
     <w:rsid w:val="00967B34"/>
     <w:rsid w:val="00993B97"/>
     <w:rsid w:val="009A7850"/>
     <w:rsid w:val="009A7CA3"/>
     <w:rsid w:val="009C1310"/>
     <w:rsid w:val="009C3D40"/>
     <w:rsid w:val="009E41E2"/>
     <w:rsid w:val="009F0B3E"/>
     <w:rsid w:val="009F0EAA"/>
     <w:rsid w:val="009F58BA"/>
     <w:rsid w:val="00A170D5"/>
     <w:rsid w:val="00A25216"/>
     <w:rsid w:val="00A35258"/>
     <w:rsid w:val="00A40F0B"/>
     <w:rsid w:val="00A537E4"/>
     <w:rsid w:val="00A54ECC"/>
     <w:rsid w:val="00A624AB"/>
     <w:rsid w:val="00A74796"/>
     <w:rsid w:val="00A76EE5"/>
     <w:rsid w:val="00A904A2"/>
     <w:rsid w:val="00AA3E53"/>
     <w:rsid w:val="00AC3010"/>
     <w:rsid w:val="00AE1E38"/>
     <w:rsid w:val="00AF57E2"/>
     <w:rsid w:val="00B22F09"/>
     <w:rsid w:val="00B4032B"/>
     <w:rsid w:val="00B55925"/>
+    <w:rsid w:val="00B769BB"/>
     <w:rsid w:val="00B7790F"/>
     <w:rsid w:val="00B8243C"/>
     <w:rsid w:val="00B9078A"/>
     <w:rsid w:val="00B90F8F"/>
     <w:rsid w:val="00B95E55"/>
     <w:rsid w:val="00BA1C47"/>
     <w:rsid w:val="00BA3484"/>
     <w:rsid w:val="00C04394"/>
     <w:rsid w:val="00C3317F"/>
     <w:rsid w:val="00C41D5C"/>
     <w:rsid w:val="00C45265"/>
     <w:rsid w:val="00C45516"/>
     <w:rsid w:val="00C46E76"/>
     <w:rsid w:val="00C4787E"/>
     <w:rsid w:val="00C67B2C"/>
     <w:rsid w:val="00C75504"/>
     <w:rsid w:val="00C77067"/>
     <w:rsid w:val="00C84622"/>
     <w:rsid w:val="00C874E7"/>
+    <w:rsid w:val="00C87AC9"/>
     <w:rsid w:val="00C9161F"/>
     <w:rsid w:val="00C91F22"/>
+    <w:rsid w:val="00C97112"/>
     <w:rsid w:val="00CD0709"/>
     <w:rsid w:val="00D00570"/>
     <w:rsid w:val="00D13C01"/>
     <w:rsid w:val="00D40B0B"/>
     <w:rsid w:val="00D42404"/>
     <w:rsid w:val="00D44D41"/>
     <w:rsid w:val="00D60FBE"/>
     <w:rsid w:val="00D76476"/>
     <w:rsid w:val="00D85CB2"/>
     <w:rsid w:val="00D959C6"/>
     <w:rsid w:val="00DB09DF"/>
     <w:rsid w:val="00DB1CB1"/>
     <w:rsid w:val="00DB63F0"/>
     <w:rsid w:val="00DB7566"/>
     <w:rsid w:val="00DC6042"/>
     <w:rsid w:val="00DD0858"/>
     <w:rsid w:val="00DD77A2"/>
     <w:rsid w:val="00DE7342"/>
     <w:rsid w:val="00DE7FCA"/>
     <w:rsid w:val="00DF7645"/>
     <w:rsid w:val="00E0328B"/>
     <w:rsid w:val="00E07DC4"/>
     <w:rsid w:val="00E17FCF"/>
     <w:rsid w:val="00E43606"/>
     <w:rsid w:val="00E4589E"/>
@@ -2667,51 +2211,51 @@
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pl-PL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="0363A7CE"/>
+  <w14:docId w14:val="1814B5ED"/>
   <w14:defaultImageDpi w14:val="0"/>
   <w15:docId w15:val="{A21707B9-289A-4D13-9F8B-4E03FF0E3226}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:lang w:val="pl-PL" w:eastAsia="pl-PL" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -5848,51 +5392,51 @@
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\lukwie\Desktop\interpelacje\54%20-%20H.%20Owsianna%20-%20pawilon%20ul.%20Staromiejska\szablon%20interpelacja%20B.Guss.dotx" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\lukwie\Desktop\interpelacje\ODP%20CZ&#280;&#346;CIOWA%20-%2054%20-%20H.%20Owsianna%20-%20pawilon%20ul.%20Staromiejska\szablon%20interpelacja%20B.Guss.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motyw pakietu Office">
   <a:themeElements>
     <a:clrScheme name="Pakiet Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -6121,90 +5665,90 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0DF6EA97-CC3D-4275-8103-A91CFF59CAAF}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FF6117DB-8BC2-48CD-99B8-A7B692F16BEC}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>szablon interpelacja B.Guss</Template>
   <TotalTime></TotalTime>
-  <Pages>5</Pages>
-[...1 lines deleted...]
-  <Characters>5695</Characters>
+  <Pages>1</Pages>
+  <Words>102</Words>
+  <Characters>617</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>47</Lines>
-  <Paragraphs>13</Paragraphs>
+  <Lines>5</Lines>
+  <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Tytuł</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>odpowiedź na interpelację 54/2023 ws. pawilonu przy ul. Starowiejskiej</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6631</CharactersWithSpaces>
+  <CharactersWithSpaces>718</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>odpowiedź na interpelację 54/2023 ws. pawilonu przy ul. Starowiejskiej</dc:title>
+  <dc:title>uzupełnienie odpowiedzi na interpelację 54/2023 ws. pawilonu przy ul. Starowiejskiej</dc:title>
   <dc:subject/>
   <dc:creator>Łukasz Wieczorek</dc:creator>
-  <cp:keywords>gospodarowanie nieruchomościami, odpowiedź na interpelację radnego</cp:keywords>
+  <cp:keywords>gospodarowanie nieruchomościami, odpowiedź na interpelację</cp:keywords>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Operator">
     <vt:lpwstr>Bartosz Wojciech</vt:lpwstr>
   </property>
 </Properties>
 </file>