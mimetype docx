--- v0 (2025-11-08)
+++ v1 (2025-12-27)
@@ -1,2638 +1,2653 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w:rsidR="00127D66" w:rsidRPr="001C3189" w:rsidRDefault="00127D66" w:rsidP="00001BFD">
-[...31 lines deleted...]
-        <w:t>.</w:t>
+    <w:p w:rsidR="00D42E4C" w:rsidRPr="0072602B" w:rsidRDefault="00D42E4C" w:rsidP="0072602B">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:ind w:left="6480" w:firstLine="720"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0072602B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Poznań, dnia </w:t>
+      </w:r>
+      <w:r w:rsidR="00F12E9A" w:rsidRPr="0072602B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:t>07.03</w:t>
+      </w:r>
+      <w:r w:rsidR="00150984" w:rsidRPr="0072602B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:t>.2023</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0072602B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> r.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00127D66" w:rsidRPr="001C3189" w:rsidRDefault="00327C40" w:rsidP="00001BFD">
-[...8 lines deleted...]
-      </w:r>
+    <w:p w:rsidR="00D42E4C" w:rsidRPr="0072602B" w:rsidRDefault="00D42E4C" w:rsidP="0072602B">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="00094F56" w:rsidRDefault="00127D66" w:rsidP="00001BFD">
-[...3 lines deleted...]
-      <w:r w:rsidR="00327C40" w:rsidRPr="001C3189">
+    <w:p w:rsidR="00D42E4C" w:rsidRPr="0072602B" w:rsidRDefault="00D42E4C" w:rsidP="0072602B">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:ind w:left="6480" w:firstLine="720"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0072602B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:t>Sz. P.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D42E4C" w:rsidRPr="0072602B" w:rsidRDefault="00D42E4C" w:rsidP="0072602B">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:ind w:left="6480" w:firstLine="720"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0072602B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:t>Jacek Jaśkowiak</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D42E4C" w:rsidRPr="0072602B" w:rsidRDefault="00D42E4C" w:rsidP="0072602B">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:ind w:left="6480" w:firstLine="720"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0072602B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:t>Prezydent Miasta Poznania</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D42E4C" w:rsidRPr="0072602B" w:rsidRDefault="00D42E4C" w:rsidP="0072602B">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D42E4C" w:rsidRPr="0072602B" w:rsidRDefault="00D42E4C" w:rsidP="0072602B">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0072602B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:t>INTERPELACJA</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C0AEC" w:rsidRPr="0072602B" w:rsidRDefault="00E73730" w:rsidP="0072602B">
+      <w:pPr>
+        <w:pStyle w:val="Nagwek1"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0072602B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>w sprawie</w:t>
+      </w:r>
+      <w:r w:rsidR="00657C17" w:rsidRPr="0072602B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="009F7545">
-        <w:t>22032300704</w:t>
+      <w:r w:rsidR="007A5CC0" w:rsidRPr="0072602B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">naliczenia kary przez Zarząd Dróg Miejskich </w:t>
+      </w:r>
+      <w:r w:rsidR="007A5CC0" w:rsidRPr="0072602B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">za zajęcie pasa ruchu pieszego na ul. </w:t>
+      </w:r>
+      <w:r w:rsidR="00BC518D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Lodowej …</w:t>
+      </w:r>
+      <w:r w:rsidR="007A5CC0" w:rsidRPr="0072602B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> w Poznaniu przez pojemniki na odpady.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A01744" w:rsidRPr="0072602B" w:rsidRDefault="00A01744" w:rsidP="0072602B">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C230D2" w:rsidRPr="0072602B" w:rsidRDefault="00C230D2" w:rsidP="0072602B">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0072602B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:t>Szanowny Panie Prezydencie,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A5CC0" w:rsidRPr="0072602B" w:rsidRDefault="004C2FAD" w:rsidP="0072602B">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:ind w:firstLine="720"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0072602B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve">W imieniu mieszkańców </w:t>
+      </w:r>
+      <w:r w:rsidR="007A5CC0" w:rsidRPr="0072602B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:t>zamieszkujących kamie</w:t>
+      </w:r>
+      <w:r w:rsidR="00F12E9A" w:rsidRPr="0072602B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:t>n</w:t>
+      </w:r>
+      <w:r w:rsidR="007A5CC0" w:rsidRPr="0072602B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ice </w:t>
+      </w:r>
+      <w:r w:rsidR="00BC518D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:t>przy ul. Lodowej …</w:t>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidR="00CF54ED" w:rsidRPr="0072602B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="007A5CC0" w:rsidRPr="0072602B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve">proszę wskazać powód naliczenia kary </w:t>
+      </w:r>
+      <w:r w:rsidR="00F12E9A" w:rsidRPr="0072602B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve">w związku z posadowieniem pojemnika na odpady. Z informacji uzyskanych od mieszkańców </w:t>
+      </w:r>
+      <w:r w:rsidR="00F12E9A" w:rsidRPr="0072602B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pl-PL" w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>pojemnik na śmieci od ponad stu lat zawsze usytuowany był przed drzwiami wejściowymi.</w:t>
+      </w:r>
+      <w:r w:rsidR="00F12E9A" w:rsidRPr="0072602B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007A5CC0" w:rsidRPr="0072602B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pl-PL" w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Chodnik przed kamienicą jest bardzo szeroki, a ostatnio </w:t>
+      </w:r>
+      <w:r w:rsidR="00F12E9A" w:rsidRPr="0072602B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pl-PL" w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve">miasto Poznań w tym rejonie </w:t>
+      </w:r>
+      <w:r w:rsidR="007A5CC0" w:rsidRPr="0072602B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pl-PL" w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>ograniczył</w:t>
+      </w:r>
+      <w:r w:rsidR="00F12E9A" w:rsidRPr="0072602B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pl-PL" w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidR="007A5CC0" w:rsidRPr="0072602B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pl-PL" w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ilość miejsc parkingowych na tej części ulicy, więc problemem nie j</w:t>
+      </w:r>
+      <w:r w:rsidR="00F12E9A" w:rsidRPr="0072602B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pl-PL" w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve">est ograniczenie ruchu pieszego (załącznik </w:t>
+      </w:r>
+      <w:r w:rsidR="0060185C" w:rsidRPr="0072602B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pl-PL" w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>zdjęcia</w:t>
+      </w:r>
+      <w:r w:rsidR="00F12E9A" w:rsidRPr="0072602B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pl-PL" w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="002E0CCD" w:rsidRPr="001C3189" w:rsidRDefault="00963C97" w:rsidP="00094F56">
-[...21 lines deleted...]
-      <w:r w:rsidR="00DF2B1A">
+    <w:p w:rsidR="007A5CC0" w:rsidRPr="0072602B" w:rsidRDefault="007A5CC0" w:rsidP="0072602B">
+      <w:pPr>
+        <w:widowControl/>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pl-PL" w:eastAsia="pl-PL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0072602B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pl-PL" w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>Opis stanowiska Ws</w:t>
+      </w:r>
+      <w:r w:rsidR="00F12E9A" w:rsidRPr="0072602B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pl-PL" w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>pólnoty w tym temacie został przesłany do Zarzą</w:t>
+      </w:r>
+      <w:r w:rsidR="00BF2E46" w:rsidRPr="0072602B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pl-PL" w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve">du Dróg Miejskich. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0072602B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pl-PL" w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>Sytuacja sprowadza się do tego, że nie istnieje inna możliwość ustawienia pojemników jak przed nieruchomością (na części chodnika), ponieważ nieruchomość nie posiada przestrzeni do posadowienia ich z ż</w:t>
+      </w:r>
+      <w:r w:rsidR="00F12E9A" w:rsidRPr="0072602B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pl-PL" w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>adnej strony na własnej działce. N</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0072602B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pl-PL" w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>iemożliwe jest techniczne udostępnienie pojemników na podwórzu, ponieważ nie posiada ono dostępu do drogi publicznej. Sąsiedzi nie wyrazili zgody na korzystanie z ich przestrzeni dla transportu pojemników. Transport ich przez klatkę schodową nie jest możliwy, ponieważ podwórze położone jest na niższym poziomie niż droga publiczna. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A5CC0" w:rsidRPr="0072602B" w:rsidRDefault="00F12E9A" w:rsidP="0072602B">
+      <w:pPr>
+        <w:widowControl/>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pl-PL" w:eastAsia="pl-PL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0072602B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pl-PL" w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Moje pytanie brzmi następująco: </w:t>
+      </w:r>
+      <w:r w:rsidR="007A5CC0" w:rsidRPr="0072602B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pl-PL" w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Jakie rozwiązanie widzi </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0072602B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pl-PL" w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>Zarządu Dróg Miejskich</w:t>
+      </w:r>
+      <w:r w:rsidR="007A5CC0" w:rsidRPr="0072602B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pl-PL" w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> w takiej sytuacji (w mieście pojawia</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0072602B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pl-PL" w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ją się np. pojemniki podziemne), </w:t>
+      </w:r>
+      <w:r w:rsidR="007A5CC0" w:rsidRPr="0072602B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pl-PL" w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>bowiem bezkrytyczne wymaganie niemożliwych do spełnienia obostrzeń w ciasnej miejskiej zabudowie nabiera charakteru opresyjnego wobec mieszkańców.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A5CC0" w:rsidRPr="0072602B" w:rsidRDefault="00F12E9A" w:rsidP="0072602B">
+      <w:pPr>
+        <w:widowControl/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pl-PL" w:eastAsia="pl-PL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0072602B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pl-PL" w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>Nadmienię iż, w</w:t>
+      </w:r>
+      <w:r w:rsidR="007A5CC0" w:rsidRPr="0072602B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pl-PL" w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve">spólnota </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0072602B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pl-PL" w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve">mieszkaniowa </w:t>
+      </w:r>
+      <w:r w:rsidR="007A5CC0" w:rsidRPr="0072602B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pl-PL" w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>otwarta jest na rozmowę w sprawie udostępnienie przestrzeni pod pojemniki w obecnej ich lokalizacji (na części pasa ruchu pieszego) i uczestniczenia w stworzeniu małej architektury, by usunąć negatywne odczucia estetyczne dla składowania odpadów.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C2FAD" w:rsidRPr="0072602B" w:rsidRDefault="000B7719" w:rsidP="0072602B">
+      <w:pPr>
+        <w:widowControl/>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pl-PL" w:eastAsia="pl-PL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0072602B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pl-PL" w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Proszę o </w:t>
+      </w:r>
+      <w:r w:rsidR="0072285B" w:rsidRPr="0072602B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pl-PL" w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>podjęcie</w:t>
+      </w:r>
+      <w:r w:rsidR="00CF54ED" w:rsidRPr="0072602B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pl-PL" w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> stosownych</w:t>
+      </w:r>
+      <w:r w:rsidR="0072285B" w:rsidRPr="0072602B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pl-PL" w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> działań</w:t>
+      </w:r>
+      <w:r w:rsidR="00CF54ED" w:rsidRPr="0072602B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pl-PL" w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> w przedmiotowym temacie.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D92521" w:rsidRPr="0072602B" w:rsidRDefault="00D92521" w:rsidP="0072602B">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C97184" w:rsidRPr="0072602B" w:rsidRDefault="00C97184" w:rsidP="0072602B">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:ind w:left="5760" w:firstLine="720"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0072602B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:t>Z poważaniem</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F12E9A" w:rsidRPr="0072602B" w:rsidRDefault="00C97184" w:rsidP="0072602B">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:ind w:left="5761" w:firstLine="720"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0072602B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
         <w:t>Małgorzata Woźniak</w:t>
       </w:r>
-      <w:r w:rsidR="00094F56">
-[...22 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00127D66" w:rsidRPr="001C3189" w:rsidRDefault="00127D66" w:rsidP="00963C97">
-[...21 lines deleted...]
-        <w:t>,</w:t>
+    <w:p w:rsidR="00150984" w:rsidRPr="0072602B" w:rsidRDefault="00502F66" w:rsidP="0072602B">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:ind w:left="5761" w:firstLine="720"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0072602B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:t>Radna Miasta Poznania</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001D3E74" w:rsidRDefault="00127D66" w:rsidP="00001BFD">
-[...221 lines deleted...]
-    <w:sectPr w:rsidR="008F70E3" w:rsidRPr="001C3189">
+    <w:sectPr w:rsidR="00150984" w:rsidRPr="0072602B" w:rsidSect="00105879">
+      <w:headerReference w:type="default" r:id="rId7"/>
       <w:footerReference w:type="default" r:id="rId8"/>
-      <w:headerReference w:type="first" r:id="rId9"/>
-[...3 lines deleted...]
-      <w:pgMar w:top="2829" w:right="1106" w:bottom="1276" w:left="1134" w:header="708" w:footer="616" w:gutter="0"/>
+      <w:pgSz w:w="11920" w:h="16840"/>
+      <w:pgMar w:top="1980" w:right="1288" w:bottom="1280" w:left="980" w:header="708" w:footer="1072" w:gutter="0"/>
       <w:cols w:space="708"/>
-      <w:formProt w:val="0"/>
-[...1 lines deleted...]
-      <w:titlePg/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00DB0ABC" w:rsidRDefault="00DB0ABC">
+    <w:p w:rsidR="00375728" w:rsidRDefault="00375728">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00DB0ABC" w:rsidRDefault="00DB0ABC">
+    <w:p w:rsidR="00375728" w:rsidRDefault="00375728">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Symbol">
-[...2 lines deleted...]
-    <w:family w:val="roman"/>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="EE"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Courier New">
-    <w:panose1 w:val="02070309020205020404"/>
+  <w:font w:name="Segoe UI">
+    <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="EE"/>
-    <w:family w:val="modern"/>
-[...1 lines deleted...]
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="EE"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Tahoma">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="EE"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri">
-[...15 lines deleted...]
-    <w:panose1 w:val="02020404030301010803"/>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
-[...51 lines deleted...]
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:sdt>
-[...35 lines deleted...]
-  <w:p w:rsidR="00127D66" w:rsidRDefault="00127D66">
+  <w:p w:rsidR="00A53A19" w:rsidRDefault="00A53A19">
     <w:pPr>
-      <w:pStyle w:val="Stopka"/>
-      <w:spacing w:line="312" w:lineRule="auto"/>
+      <w:spacing w:after="0" w:line="200" w:lineRule="exact"/>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-[...2 lines deleted...]
-        <w:lang w:val="en-US"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
-  </w:p>
-[...19 lines deleted...]
-      <w:jc w:val="center"/>
+    <w:r>
       <w:rPr>
-        <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
-[...2 lines deleted...]
-        <w:lang w:val="fr-FR"/>
+        <w:noProof/>
+        <w:lang w:val="pl-PL" w:eastAsia="pl-PL"/>
       </w:rPr>
-    </w:pPr>
-[...3 lines deleted...]
-      <w:jc w:val="center"/>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658752" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:simplePos x="0" y="0"/>
+              <wp:positionH relativeFrom="page">
+                <wp:posOffset>3159125</wp:posOffset>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:posOffset>9963785</wp:posOffset>
+              </wp:positionV>
+              <wp:extent cx="1422400" cy="187325"/>
+              <wp:effectExtent l="0" t="0" r="0" b="0"/>
+              <wp:wrapNone/>
+              <wp:docPr id="3" name="Text Box 1"/>
+              <wp:cNvGraphicFramePr>
+                <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+              </wp:cNvGraphicFramePr>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1">
+                      <a:spLocks noChangeArrowheads="1"/>
+                    </wps:cNvSpPr>
+                    <wps:spPr bwMode="auto">
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="1422400" cy="187325"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                      <a:extLst>
+                        <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                          <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                            <a:solidFill>
+                              <a:srgbClr val="FFFFFF"/>
+                            </a:solidFill>
+                          </a14:hiddenFill>
+                        </a:ext>
+                        <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                          <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                            <a:solidFill>
+                              <a:srgbClr val="000000"/>
+                            </a:solidFill>
+                            <a:miter lim="800000"/>
+                            <a:headEnd/>
+                            <a:tailEnd/>
+                          </a14:hiddenLine>
+                        </a:ext>
+                      </a:extLst>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w:rsidR="00A53A19" w:rsidRDefault="00375728">
+                          <w:pPr>
+                            <w:spacing w:after="0" w:line="206" w:lineRule="exact"/>
+                            <w:ind w:left="20" w:right="-47"/>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                              <w:sz w:val="18"/>
+                              <w:szCs w:val="18"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:hyperlink w:history="1"/>
+                          <w:r w:rsidR="00A53A19">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                              <w:color w:val="003892"/>
+                              <w:sz w:val="18"/>
+                              <w:szCs w:val="18"/>
+                            </w:rPr>
+                            <w:t>www.</w:t>
+                          </w:r>
+                          <w:r w:rsidR="00A53A19" w:rsidRPr="005879A6">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                              <w:color w:val="003892"/>
+                              <w:sz w:val="18"/>
+                              <w:szCs w:val="18"/>
+                            </w:rPr>
+                            <w:t>poz</w:t>
+                          </w:r>
+                          <w:r w:rsidR="00A53A19">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                              <w:color w:val="003892"/>
+                              <w:sz w:val="18"/>
+                              <w:szCs w:val="18"/>
+                            </w:rPr>
+                            <w:t>nan.platforma.org</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
+                      <a:noAutofit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+              <wp14:sizeRelH relativeFrom="page">
+                <wp14:pctWidth>0</wp14:pctWidth>
+              </wp14:sizeRelH>
+              <wp14:sizeRelV relativeFrom="page">
+                <wp14:pctHeight>0</wp14:pctHeight>
+              </wp14:sizeRelV>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:stroke joinstyle="miter"/>
+              <v:path gradientshapeok="t" o:connecttype="rect"/>
+            </v:shapetype>
+            <v:shape id="Text Box 1" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:248.75pt;margin-top:784.55pt;width:112pt;height:14.75pt;z-index:-251657728;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCE9K/2rgIAALAFAAAOAAAAZHJzL2Uyb0RvYy54bWysVG1vmzAQ/j5p/8Hyd8pLSAKopEpDmCZ1&#10;L1K7H+CACdbAZrYT6Kb9951NSNNWk6ZtfEBn+/zcPXeP7/pmaBt0pFIxwVPsX3kYUV6IkvF9ir88&#10;5E6EkdKEl6QRnKb4kSp8s3r75rrvEhqIWjQllQhAuEr6LsW11l3iuqqoaUvUlegoh8NKyJZoWMq9&#10;W0rSA3rbuIHnLdxeyLKToqBKwW42HuKVxa8qWuhPVaWoRk2KITdt/9L+d+bvrq5Jspekq1lxSoP8&#10;RRYtYRyCnqEyogk6SPYKqmWFFEpU+qoQrSuqihXUcgA2vveCzX1NOmq5QHFUdy6T+n+wxcfjZ4lY&#10;meIZRpy00KIHOmh0Kwbkm+r0nUrA6b4DNz3ANnTZMlXdnSi+KsTFpiZ8T9dSir6mpITs7E334uqI&#10;owzIrv8gSghDDlpYoKGSrSkdFAMBOnTp8dwZk0phQoZBEHpwVMCZHy1nwdwk55Jkut1Jpd9R0SJj&#10;pFhC5y06Od4pPbpOLiYYFzlrGtv9hj/bAMxxB2LDVXNmsrDN/BF78TbaRqETBoutE3pZ5qzzTegs&#10;cn85z2bZZpP5P01cP0xqVpaUmzCTsPzwzxp3kvgoibO0lGhYaeBMSkrud5tGoiMBYef2OxXkws19&#10;noatF3B5QcmHyt4GsZMvoqUT5uHciZde5Hh+fBsvvDAOs/w5pTvG6b9TQn2K4zn00dL5LTfPfq+5&#10;kaRlGkZHw9oUR2cnkhgJbnlpW6sJa0b7ohQm/adSQLunRlvBGo2OatXDbrAv4/wOdqJ8BAVLAQID&#10;LcLYA6MW8jtGPYyQFKtvByIpRs17Dq/AzJvJkJOxmwzCC7iaYo3RaG70OJcOnWT7GpDHd8bFGl5K&#10;xayIzZMaswAGZgFjwXI5jTAzdy7X1utp0K5+AQAA//8DAFBLAwQUAAYACAAAACEABO3VuuEAAAAN&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU+DQBCF7yb+h82YeLMLjaUFWZrG6MnESPHgcYEpbMrO&#10;Irtt8d87Pelx3vvy5r18O9tBnHHyxpGCeBGBQGpca6hT8Fm9PmxA+KCp1YMjVPCDHrbF7U2us9Zd&#10;qMTzPnSCQ8hnWkEfwphJ6ZserfYLNyKxd3CT1YHPqZPtpC8cbge5jKJEWm2IP/R6xOcem+P+ZBXs&#10;vqh8Md/v9Ud5KE1VpRG9JUel7u/m3ROIgHP4g+Fan6tDwZ1qd6LWi0HBY7peMcrGKkljEIyslzFL&#10;9VVKNwnIIpf/VxS/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsA&#10;AAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAIT0r/auAgAAsAUAAA4A&#10;AAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAATt1brhAAAADQEA&#10;AA8AAAAAAAAAAAAAAAAACAUAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAAWBgAAAAA=&#10;" filled="f" stroked="f">
+              <v:textbox inset="0,0,0,0">
+                <w:txbxContent>
+                  <w:p w:rsidR="00E0647A" w:rsidRDefault="00E0647A">
+                    <w:pPr>
+                      <w:spacing w:after="0" w:line="206" w:lineRule="exact"/>
+                      <w:ind w:left="20" w:right="-47"/>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                        <w:sz w:val="18"/>
+                        <w:szCs w:val="18"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:hyperlink w:history="1"/>
+                    <w:r>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                        <w:color w:val="003892"/>
+                        <w:sz w:val="18"/>
+                        <w:szCs w:val="18"/>
+                      </w:rPr>
+                      <w:t>www.</w:t>
+                    </w:r>
+                    <w:r w:rsidRPr="005879A6">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                        <w:color w:val="003892"/>
+                        <w:sz w:val="18"/>
+                        <w:szCs w:val="18"/>
+                      </w:rPr>
+                      <w:t>poz</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                        <w:color w:val="003892"/>
+                        <w:sz w:val="18"/>
+                        <w:szCs w:val="18"/>
+                      </w:rPr>
+                      <w:t>nan.platforma.org</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap anchorx="page" anchory="page"/>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+    <w:r>
       <w:rPr>
-        <w:szCs w:val="24"/>
-        <w:lang w:val="en-US"/>
+        <w:noProof/>
+        <w:lang w:val="pl-PL" w:eastAsia="pl-PL"/>
       </w:rPr>
-    </w:pPr>
-[...6 lines deleted...]
-      <w:t xml:space="preserve">Urząd Miasta Poznania, pl. Kolegiacki 17, 61-841 Poznań, </w:t>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657728" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:simplePos x="0" y="0"/>
+              <wp:positionH relativeFrom="page">
+                <wp:posOffset>673100</wp:posOffset>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:posOffset>9860915</wp:posOffset>
+              </wp:positionV>
+              <wp:extent cx="151765" cy="151765"/>
+              <wp:effectExtent l="0" t="0" r="0" b="0"/>
+              <wp:wrapNone/>
+              <wp:docPr id="2" name="Text Box 2"/>
+              <wp:cNvGraphicFramePr>
+                <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+              </wp:cNvGraphicFramePr>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1">
+                      <a:spLocks noChangeArrowheads="1"/>
+                    </wps:cNvSpPr>
+                    <wps:spPr bwMode="auto">
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="151765" cy="151765"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                      <a:extLst>
+                        <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                          <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                            <a:solidFill>
+                              <a:srgbClr val="FFFFFF"/>
+                            </a:solidFill>
+                          </a14:hiddenFill>
+                        </a:ext>
+                        <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                          <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                            <a:solidFill>
+                              <a:srgbClr val="000000"/>
+                            </a:solidFill>
+                            <a:miter lim="800000"/>
+                            <a:headEnd/>
+                            <a:tailEnd/>
+                          </a14:hiddenLine>
+                        </a:ext>
+                      </a:extLst>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w:rsidR="00A53A19" w:rsidRDefault="00A53A19">
+                          <w:pPr>
+                            <w:spacing w:before="1" w:after="0" w:line="240" w:lineRule="auto"/>
+                            <w:ind w:left="20" w:right="-50"/>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
+                              <w:color w:val="001F5F"/>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                            <w:t></w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
+                      <a:noAutofit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+              <wp14:sizeRelH relativeFrom="page">
+                <wp14:pctWidth>0</wp14:pctWidth>
+              </wp14:sizeRelH>
+              <wp14:sizeRelV relativeFrom="page">
+                <wp14:pctHeight>0</wp14:pctHeight>
+              </wp14:sizeRelV>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shape id="Text Box 2" o:spid="_x0000_s1028" type="#_x0000_t202" style="position:absolute;margin-left:53pt;margin-top:776.45pt;width:11.95pt;height:11.95pt;z-index:-251658752;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDvEqGhrQIAAK8FAAAOAAAAZHJzL2Uyb0RvYy54bWysVNtu2zAMfR+wfxD07voy52KjTtHG8TCg&#10;uwDtPkCx5ViYLHmSErsb9u+j5Dhp2pdhmx8EWqIOecgjXt8MLUcHqjSTIsPhVYARFaWsmNhl+Otj&#10;4S0x0oaIinApaIafqMY3q7dvrvsupZFsJK+oQgAidNp3GW6M6VLf12VDW6KvZEcFHNZStcTAr9r5&#10;lSI9oLfcj4Jg7vdSVZ2SJdUadvPxEK8cfl3T0nyua00N4hmG3IxblVu3dvVX1yTdKdI1rDymQf4i&#10;i5YwAUFPUDkxBO0VewXVslJJLWtzVcrWl3XNSuo4AJsweMHmoSEddVygOLo7lUn/P9jy0+GLQqzK&#10;cISRIC206JEOBt3JAUW2On2nU3B66MDNDLANXXZMdXcvy28aCbluiNjRW6Vk31BSQXahvek/uzri&#10;aAuy7T/KCsKQvZEOaKhVa0sHxUCADl16OnXGplLakLNwMZ9hVMLR0bYRSDpd7pQ276lskTUyrKDx&#10;Dpwc7rUZXScXG0vIgnEO+yTl4mIDMMcdCA1X7ZlNwvXyZxIkm+VmGXtxNN94cZDn3m2xjr15ES5m&#10;+bt8vc7DXzZuGKcNqyoqbJhJV2H8Z307KnxUxElZWnJWWTibkla77ZordCCg68J9ruRwcnbzL9Nw&#10;9QIuLyiFURzcRYlXzJcLLy7imZcsgqUXhMldMg/iJM6LS0r3TNB/p4T6DCezaDZq6Zz0C26B+15z&#10;I2nLDEwOztoML09OJLUK3IjKtdYQxkf7WSls+udSQLunRju9WomOYjXDdjg+DACzWt7K6gkErCQI&#10;DFQKUw+MRqofGPUwQTKsv++JohjxDwIegR03k6EmYzsZRJRwNcMGo9Fcm3Es7TvFdg0gj89MyFt4&#10;KDVzIj5ncXxeMBUcl+MEs2Pn+b/zOs/Z1W8AAAD//wMAUEsDBBQABgAIAAAAIQB7kR9V3wAAAA0B&#10;AAAPAAAAZHJzL2Rvd25yZXYueG1sTE9BTsMwELwj8QdrkbhRm0gNTYhTVQhOSIg0HDg6sZtYjdch&#10;dtvwezYnepvZGc3OFNvZDexspmA9SnhcCWAGW68tdhK+6reHDbAQFWo1eDQSfk2AbXl7U6hc+wtW&#10;5ryPHaMQDLmS0Mc45pyHtjdOhZUfDZJ28JNTkejUcT2pC4W7gSdCpNwpi/ShV6N56U173J+chN03&#10;Vq/256P5rA6VretM4Ht6lPL+bt49A4tmjv9mWOpTdSipU+NPqAMbiIuUtkQC63WSAVssSUagWU5P&#10;6QZ4WfDrFeUfAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAA&#10;AAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAO8SoaGtAgAArwUAAA4AAAAA&#10;AAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAHuRH1XfAAAADQEAAA8A&#10;AAAAAAAAAAAAAAAABwUAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAATBgAAAAA=&#10;" filled="f" stroked="f">
+              <v:textbox inset="0,0,0,0">
+                <w:txbxContent>
+                  <w:p w:rsidR="00E0647A" w:rsidRDefault="00E0647A">
+                    <w:pPr>
+                      <w:spacing w:before="1" w:after="0" w:line="240" w:lineRule="auto"/>
+                      <w:ind w:left="20" w:right="-50"/>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
+                        <w:color w:val="001F5F"/>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                      <w:t></w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap anchorx="page" anchory="page"/>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
     </w:r>
-    <w:r w:rsidRPr="00EB6467">
-[...57 lines deleted...]
-    </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00DB0ABC" w:rsidRDefault="00DB0ABC">
-[...7 lines deleted...]
-        </w:rPr>
+    <w:p w:rsidR="00375728" w:rsidRDefault="00375728">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00DB0ABC" w:rsidRDefault="00DB0ABC">
+    <w:p w:rsidR="00375728" w:rsidRDefault="00375728">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
-      </w:r>
-[...46 lines deleted...]
-        <w:t xml:space="preserve"> Art. 40 ustawy z dnia 21 marca 1985 r. o drogach publicznych (Dz. U. z 2022 r. poz. 2185).</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="00127D66" w:rsidRDefault="00C974C3">
+  <w:p w:rsidR="00A53A19" w:rsidRDefault="00A53A19">
     <w:pPr>
-      <w:pStyle w:val="Gb3b3b3b3b3b3b3b3b3f3f3f3f3f3f3f3f3f3wka"/>
+      <w:spacing w:after="0" w:line="200" w:lineRule="exact"/>
       <w:rPr>
-        <w:szCs w:val="24"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
+        <w:lang w:val="pl-PL" w:eastAsia="pl-PL"/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wpg">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251655680" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:simplePos x="0" y="0"/>
+              <wp:positionH relativeFrom="page">
+                <wp:posOffset>4940935</wp:posOffset>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:posOffset>467360</wp:posOffset>
+              </wp:positionV>
+              <wp:extent cx="7620" cy="612140"/>
+              <wp:effectExtent l="0" t="0" r="0" b="0"/>
+              <wp:wrapNone/>
+              <wp:docPr id="1" name="Group 7"/>
+              <wp:cNvGraphicFramePr>
+                <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+              </wp:cNvGraphicFramePr>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
+                  <wpg:wgp>
+                    <wpg:cNvGrpSpPr>
+                      <a:grpSpLocks/>
+                    </wpg:cNvGrpSpPr>
+                    <wpg:grpSpPr bwMode="auto">
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="7620" cy="612140"/>
+                        <a:chOff x="8610" y="998"/>
+                        <a:chExt cx="12" cy="964"/>
+                      </a:xfrm>
+                    </wpg:grpSpPr>
+                    <wps:wsp>
+                      <wps:cNvPr id="5" name="Freeform 8"/>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="8610" y="998"/>
+                          <a:ext cx="12" cy="964"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst>
+                            <a:gd name="T0" fmla="+- 0 8610 8610"/>
+                            <a:gd name="T1" fmla="*/ T0 w 12"/>
+                            <a:gd name="T2" fmla="+- 0 998 998"/>
+                            <a:gd name="T3" fmla="*/ 998 h 964"/>
+                            <a:gd name="T4" fmla="+- 0 8622 8610"/>
+                            <a:gd name="T5" fmla="*/ T4 w 12"/>
+                            <a:gd name="T6" fmla="+- 0 1962 998"/>
+                            <a:gd name="T7" fmla="*/ 1962 h 964"/>
+                          </a:gdLst>
+                          <a:ahLst/>
+                          <a:cxnLst>
+                            <a:cxn ang="0">
+                              <a:pos x="T1" y="T3"/>
+                            </a:cxn>
+                            <a:cxn ang="0">
+                              <a:pos x="T5" y="T7"/>
+                            </a:cxn>
+                          </a:cxnLst>
+                          <a:rect l="0" t="0" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="12" h="964">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="12" y="964"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:noFill/>
+                        <a:ln w="9525">
+                          <a:solidFill>
+                            <a:srgbClr val="E26C09"/>
+                          </a:solidFill>
+                          <a:round/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                        <a:extLst>
+                          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                              <a:solidFill>
+                                <a:srgbClr val="FFFFFF"/>
+                              </a:solidFill>
+                            </a14:hiddenFill>
+                          </a:ext>
+                        </a:extLst>
+                      </wps:spPr>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </wpg:wgp>
+                </a:graphicData>
+              </a:graphic>
+              <wp14:sizeRelH relativeFrom="page">
+                <wp14:pctWidth>0</wp14:pctWidth>
+              </wp14:sizeRelH>
+              <wp14:sizeRelV relativeFrom="page">
+                <wp14:pctHeight>0</wp14:pctHeight>
+              </wp14:sizeRelV>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:group w14:anchorId="04270102" id="Group 7" o:spid="_x0000_s1026" style="position:absolute;margin-left:389.05pt;margin-top:36.8pt;width:.6pt;height:48.2pt;z-index:-251660800;mso-position-horizontal-relative:page;mso-position-vertical-relative:page" coordorigin="8610,998" coordsize="12,964" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDMFnralwMAAHkIAAAOAAAAZHJzL2Uyb0RvYy54bWykVttu2zgQfS+w/0DocQtHl8iyJcQpCl+C&#10;AtndAvV+AC1RF6xEqiRtOS3233c4pBTHSbGLbh5kUjOaOXPmlrsP564lJyZVI/jKC28CjzCei6Lh&#10;1cr7c7+bLT2iNOUFbQVnK++JKe/D/S/v7oY+Y5GoRVswScAIV9nQr7xa6z7zfZXXrKPqRvSMg7AU&#10;sqMarrLyC0kHsN61fhQEiT8IWfRS5EwpeLuxQu8e7Zcly/UfZamYJu3KA2wanxKfB/P07+9oVkna&#10;103uYNCfQNHRhoPTydSGakqOsnllqmtyKZQo9U0uOl+UZZMzjAGiCYOraB6kOPYYS5UNVT/RBNRe&#10;8fTTZvPfT58laQrInUc47SBF6JUsDDVDX2Wg8SD7L/1naeOD46PI/1Ig9q/l5l5ZZXIYfhMFmKNH&#10;LZCacyk7YwKCJmfMwNOUAXbWJIeXiySCLOUgSMIojF1+8hqSaL5ZJiGIQZqmS5u6vN66T8PIfpgm&#10;sRH5NLMOEaQDZSKCOlPPVKr/R+WXmvYMM6QMUY7K+UjlTjJmapcgWuMblEYq1SWPFxKjpoDuf2Xw&#10;NRsjjT/igmb5UekHJjAR9PSotG2AAk6Y3sIVwR54LrsWeuH9jATEuMKHa5hJDarGqv3qk31ABgKu&#10;ncnREuTlwhJkjkzZqyY7t6MS2DEqNXF5hJaalOJRyWGKojcxAf3PmOI3MSWjCloK0yR6C9Ri1AJQ&#10;qDOhguqqRs5oPdKYn7njEU6EmhEYYOn3Qpny3QNbULz7W1egoGVI/4EyhGGUsRHBHyrbX+dEwnS7&#10;nmvSIzDXDjYHPdUGm/FhjmSALods1NA/0CTmdSdObC9QQV81Jbh6lrb8UssYMU04dZoVwxfGDfbe&#10;5Nogvqg5LnZN22KFtNwASufRHKEo0TaFERo0SlaHdSvJicLc3kbJOkgdZy/UYD7yAo3VjBZbd9a0&#10;ae0ZnLdIMTSGI8K0CA7m72mQbpfbZTyLo2Q7i4PNZvZxt45nyS5czDe3m/V6E/5toIVxVjdFwbhB&#10;Ny6JMP5vk8OtKzvepzXxIooXwe7w73Ww/ksYSDLEMv5idDDq7Oiwc+4giicYI1LYrQdbGg61kN88&#10;MsDGW3nq65FK5pH2E4c5mIYxDFyi8RLPF2YSy0vJ4VJCeQ6mVp72oNDNca3tWj32sqlq8BRiWrn4&#10;CAugbMygQXwWlbvAKMYT7jeMxe1is0Av76j1/B/D/T8AAAD//wMAUEsDBBQABgAIAAAAIQABa/ob&#10;4QAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BasMwDIbvg72D0WC31c7C6jaNU0rZdiqDtYOx&#10;mxurSWhsh9hN0refdlpvEvr49f35erItG7APjXcKkpkAhq70pnGVgq/D29MCWIjaGd16hwquGGBd&#10;3N/lOjN+dJ847GPFKMSFTCuoY+wyzkNZo9Vh5jt0dDv53upIa19x0+uRwm3Ln4WYc6sbRx9q3eG2&#10;xvK8v1gF76MeN2nyOuzOp+315/Dy8b1LUKnHh2mzAhZxiv8w/OmTOhTkdPQXZwJrFUi5SAilIZ0D&#10;I0DKZQrsSKQUAniR89sKxS8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACU&#10;AQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAzBZ62pcDAAB5&#10;CAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAAWv6G+EA&#10;AAAKAQAADwAAAAAAAAAAAAAAAADxBQAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAP8G&#10;AAAAAA==&#10;">
+              <v:shape id="Freeform 8" o:spid="_x0000_s1027" style="position:absolute;left:8610;top:998;width:12;height:964;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="12,964" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBxTE/nwgAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvQv/D8gre6kZBK6mrmGKo10Z7f2Sfm2j2bZpdNfXXdwXB4zAz3zCLVW8bcaHO144VjEcJCOLS&#10;6ZqNgv0uf5uD8AFZY+OYFPyRh9XyZbDAVLsrf9OlCEZECPsUFVQhtKmUvqzIoh+5ljh6B9dZDFF2&#10;RuoOrxFuGzlJkpm0WHNcqLClz4rKU3G2CkxWfB3XwZx/b5t8luX7n/esyZUavvbrDxCB+vAMP9pb&#10;rWAK9yvxBsjlPwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBxTE/nwgAAANoAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;" path="m,l12,964e" filled="f" strokecolor="#e26c09">
+                <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,998;12,1962" o:connectangles="0,0"/>
+              </v:shape>
+              <w10:wrap anchorx="page" anchory="page"/>
+            </v:group>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+        <w:lang w:val="pl-PL" w:eastAsia="pl-PL"/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251656704" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:simplePos x="0" y="0"/>
+              <wp:positionH relativeFrom="page">
+                <wp:posOffset>5034915</wp:posOffset>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:posOffset>462915</wp:posOffset>
+              </wp:positionV>
+              <wp:extent cx="1887855" cy="817245"/>
+              <wp:effectExtent l="0" t="0" r="0" b="0"/>
+              <wp:wrapNone/>
+              <wp:docPr id="6" name="Text Box 4"/>
+              <wp:cNvGraphicFramePr>
+                <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+              </wp:cNvGraphicFramePr>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1">
+                      <a:spLocks noChangeArrowheads="1"/>
+                    </wps:cNvSpPr>
+                    <wps:spPr bwMode="auto">
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="1887855" cy="817245"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                      <a:extLst>
+                        <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                          <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                            <a:solidFill>
+                              <a:srgbClr val="FFFFFF"/>
+                            </a:solidFill>
+                          </a14:hiddenFill>
+                        </a:ext>
+                        <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                          <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                            <a:solidFill>
+                              <a:srgbClr val="000000"/>
+                            </a:solidFill>
+                            <a:miter lim="800000"/>
+                            <a:headEnd/>
+                            <a:tailEnd/>
+                          </a14:hiddenLine>
+                        </a:ext>
+                      </a:extLst>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w:rsidR="00A53A19" w:rsidRPr="00C24CA5" w:rsidRDefault="00A53A19">
+                          <w:pPr>
+                            <w:spacing w:before="4" w:after="0" w:line="240" w:lineRule="auto"/>
+                            <w:ind w:left="20" w:right="285"/>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                              <w:b/>
+                              <w:bCs/>
+                              <w:color w:val="585858"/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="12"/>
+                              <w:lang w:val="pl-PL"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r w:rsidRPr="00C24CA5">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                              <w:b/>
+                              <w:bCs/>
+                              <w:color w:val="585858"/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="12"/>
+                              <w:lang w:val="pl-PL"/>
+                            </w:rPr>
+                            <w:t>Biuro Zarządu Regionu</w:t>
+                          </w:r>
+                        </w:p>
+                        <w:p w:rsidR="00A53A19" w:rsidRPr="00C24CA5" w:rsidRDefault="00A53A19">
+                          <w:pPr>
+                            <w:spacing w:before="4" w:after="0" w:line="240" w:lineRule="auto"/>
+                            <w:ind w:left="20" w:right="285"/>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                              <w:b/>
+                              <w:bCs/>
+                              <w:color w:val="585858"/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="12"/>
+                              <w:lang w:val="pl-PL"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r w:rsidRPr="00C24CA5">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                              <w:b/>
+                              <w:bCs/>
+                              <w:color w:val="585858"/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="12"/>
+                              <w:lang w:val="pl-PL"/>
+                            </w:rPr>
+                            <w:t>Platforma Obywatelska RP</w:t>
+                          </w:r>
+                        </w:p>
+                        <w:p w:rsidR="00A53A19" w:rsidRPr="00C24CA5" w:rsidRDefault="00A53A19">
+                          <w:pPr>
+                            <w:spacing w:before="5" w:after="0" w:line="136" w:lineRule="exact"/>
+                            <w:ind w:left="20" w:right="524"/>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                              <w:b/>
+                              <w:bCs/>
+                              <w:color w:val="585858"/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="12"/>
+                              <w:lang w:val="pl-PL"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r w:rsidRPr="00C24CA5">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                              <w:b/>
+                              <w:bCs/>
+                              <w:color w:val="585858"/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="12"/>
+                              <w:lang w:val="pl-PL"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve">ul. </w:t>
+                          </w:r>
+                          <w:proofErr w:type="spellStart"/>
+                          <w:r w:rsidRPr="00C24CA5">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                              <w:b/>
+                              <w:bCs/>
+                              <w:color w:val="585858"/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="12"/>
+                              <w:lang w:val="pl-PL"/>
+                            </w:rPr>
+                            <w:t>Masztalarska</w:t>
+                          </w:r>
+                          <w:proofErr w:type="spellEnd"/>
+                          <w:r w:rsidRPr="00C24CA5">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                              <w:b/>
+                              <w:bCs/>
+                              <w:color w:val="585858"/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="12"/>
+                              <w:lang w:val="pl-PL"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve"> 8</w:t>
+                          </w:r>
+                        </w:p>
+                        <w:p w:rsidR="00A53A19" w:rsidRPr="00C24CA5" w:rsidRDefault="00A53A19">
+                          <w:pPr>
+                            <w:spacing w:before="5" w:after="0" w:line="136" w:lineRule="exact"/>
+                            <w:ind w:left="20" w:right="524"/>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                              <w:b/>
+                              <w:bCs/>
+                              <w:color w:val="585858"/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="12"/>
+                              <w:lang w:val="pl-PL"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r w:rsidRPr="00C24CA5">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                              <w:b/>
+                              <w:bCs/>
+                              <w:color w:val="585858"/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="12"/>
+                              <w:lang w:val="pl-PL"/>
+                            </w:rPr>
+                            <w:t>61-767 Poznań</w:t>
+                          </w:r>
+                        </w:p>
+                        <w:p w:rsidR="00A53A19" w:rsidRPr="00C24CA5" w:rsidRDefault="00A53A19">
+                          <w:pPr>
+                            <w:spacing w:before="5" w:after="0" w:line="136" w:lineRule="exact"/>
+                            <w:ind w:left="20" w:right="524"/>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="12"/>
+                              <w:lang w:val="pl-PL"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r w:rsidRPr="00C24CA5">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                              <w:b/>
+                              <w:bCs/>
+                              <w:color w:val="585858"/>
+                              <w:spacing w:val="1"/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="12"/>
+                              <w:lang w:val="pl-PL"/>
+                            </w:rPr>
+                            <w:t>t</w:t>
+                          </w:r>
+                          <w:r w:rsidRPr="00C24CA5">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                              <w:b/>
+                              <w:bCs/>
+                              <w:color w:val="585858"/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="12"/>
+                              <w:lang w:val="pl-PL"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve">el. </w:t>
+                          </w:r>
+                          <w:r w:rsidRPr="00C24CA5">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                              <w:b/>
+                              <w:bCs/>
+                              <w:color w:val="585858"/>
+                              <w:spacing w:val="1"/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="12"/>
+                              <w:lang w:val="pl-PL"/>
+                            </w:rPr>
+                            <w:t>500 036 702</w:t>
+                          </w:r>
+                        </w:p>
+                        <w:p w:rsidR="00A53A19" w:rsidRPr="00C24CA5" w:rsidRDefault="00A53A19">
+                          <w:pPr>
+                            <w:spacing w:after="0" w:line="137" w:lineRule="exact"/>
+                            <w:ind w:left="20" w:right="-20"/>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="12"/>
+                              <w:lang w:val="pl-PL"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r w:rsidRPr="00C24CA5">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                              <w:b/>
+                              <w:bCs/>
+                              <w:color w:val="585858"/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="12"/>
+                              <w:lang w:val="pl-PL"/>
+                            </w:rPr>
+                            <w:t>e</w:t>
+                          </w:r>
+                          <w:r w:rsidRPr="00C24CA5">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                              <w:b/>
+                              <w:bCs/>
+                              <w:color w:val="585858"/>
+                              <w:spacing w:val="1"/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="12"/>
+                              <w:lang w:val="pl-PL"/>
+                            </w:rPr>
+                            <w:t>-</w:t>
+                          </w:r>
+                          <w:r w:rsidRPr="00C24CA5">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                              <w:b/>
+                              <w:bCs/>
+                              <w:color w:val="585858"/>
+                              <w:spacing w:val="-1"/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="12"/>
+                              <w:lang w:val="pl-PL"/>
+                            </w:rPr>
+                            <w:t>m</w:t>
+                          </w:r>
+                          <w:r w:rsidRPr="00C24CA5">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                              <w:b/>
+                              <w:bCs/>
+                              <w:color w:val="585858"/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="12"/>
+                              <w:lang w:val="pl-PL"/>
+                            </w:rPr>
+                            <w:t>ail:</w:t>
+                          </w:r>
+                          <w:r w:rsidRPr="00C24CA5">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                              <w:b/>
+                              <w:bCs/>
+                              <w:color w:val="585858"/>
+                              <w:spacing w:val="1"/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="12"/>
+                              <w:lang w:val="pl-PL"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve"> wielkopolska@platforma.org</w:t>
+                          </w:r>
+                          <w:hyperlink r:id="rId1"/>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
+                      <a:noAutofit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+              <wp14:sizeRelH relativeFrom="page">
+                <wp14:pctWidth>0</wp14:pctWidth>
+              </wp14:sizeRelH>
+              <wp14:sizeRelV relativeFrom="page">
+                <wp14:pctHeight>0</wp14:pctHeight>
+              </wp14:sizeRelV>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:stroke joinstyle="miter"/>
+              <v:path gradientshapeok="t" o:connecttype="rect"/>
+            </v:shapetype>
+            <v:shape id="Text Box 4" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:396.45pt;margin-top:36.45pt;width:148.65pt;height:64.35pt;z-index:-251659776;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBwF7qsrAIAAKkFAAAOAAAAZHJzL2Uyb0RvYy54bWysVG1vmzAQ/j5p/8Hyd8rLIAFUUrUhTJO6&#10;F6ndD3DABGtgM9sJdNX++84mpGmrSdM2PliHfX7unrvHd3k1di06UKmY4Bn2LzyMKC9Fxfguw1/v&#10;CyfGSGnCK9IKTjP8QBW+Wr19czn0KQ1EI9qKSgQgXKVDn+FG6z51XVU2tCPqQvSUw2EtZEc0/Mqd&#10;W0kyAHrXuoHnLdxByKqXoqRKwW4+HeKVxa9rWurPda2oRm2GITdtV2nXrVnd1SVJd5L0DSuPaZC/&#10;yKIjjEPQE1RONEF7yV5BdayUQolaX5Sic0Vds5JaDsDG916wuWtITy0XKI7qT2VS/w+2/HT4IhGr&#10;MrzAiJMOWnRPR41uxIhCU52hVyk43fXgpkfYhi5bpqq/FeU3hbhYN4Tv6LWUYmgoqSA739x0z65O&#10;OMqAbIePooIwZK+FBRpr2ZnSQTEQoEOXHk6dMamUJmQcL+MowqiEs9hfBmFkQ5B0vt1Lpd9T0SFj&#10;ZFhC5y06OdwqbbIh6exignFRsLa13W/5sw1wnHYgNlw1ZyYL28zHxEs28SYOnTBYbJzQy3PnuliH&#10;zqLwl1H+Ll+vc/+nieuHacOqinITZhaWH/5Z444SnyRxkpYSLasMnElJyd123Up0ICDswn7Hgpy5&#10;uc/TsEUALi8o+UHo3QSJUyzipRMWYeQkSy92PD+5SRZemIR58ZzSLeP03ymhIcNJFESTmH7LzbPf&#10;a24k7ZiG0dGyDhRxciKpkeCGV7a1mrB2ss9KYdJ/KgW0e260FazR6KRWPW5HQDEq3orqAaQrBSgL&#10;9AnzDoxGyB8YDTA7Mqy+74mkGLUfOMjfDJrZkLOxnQ3CS7iaYY3RZK71NJD2vWS7BpCnB8bFNTyR&#10;mln1PmVxfFgwDyyJ4+wyA+f833o9TdjVLwAAAP//AwBQSwMEFAAGAAgAAAAhAHsUs3beAAAACwEA&#10;AA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAMhu9Ie4fIk7ixZD0UWppOE4ITEqLrDhzTxmujNU5p&#10;sq28PekJTrblT78/F7vZDuyKkzeOJGw3AhhS67ShTsKxfnt4AuaDIq0GRyjhBz3sytVdoXLtblTh&#10;9RA6FkPI50pCH8KYc+7bHq3yGzcixd3JTVaFOE4d15O6xXA78ESIlFtlKF7o1YgvPbbnw8VK2H9R&#10;9Wq+P5rP6lSZus4EvadnKe/X8/4ZWMA5/MGw6Ed1KKNT4y6kPRskPGZJFtHYLHUBRCYSYI2ERGxT&#10;4GXB//9Q/gIAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAA&#10;AAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAA&#10;AAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBwF7qsrAIAAKkFAAAOAAAAAAAA&#10;AAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQB7FLN23gAAAAsBAAAPAAAA&#10;AAAAAAAAAAAAAAYFAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAEQYAAAAA&#10;" filled="f" stroked="f">
+              <v:textbox inset="0,0,0,0">
+                <w:txbxContent>
+                  <w:p w:rsidR="00E0647A" w:rsidRPr="00C24CA5" w:rsidRDefault="00E0647A">
+                    <w:pPr>
+                      <w:spacing w:before="4" w:after="0" w:line="240" w:lineRule="auto"/>
+                      <w:ind w:left="20" w:right="285"/>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                        <w:b/>
+                        <w:bCs/>
+                        <w:color w:val="585858"/>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="12"/>
+                        <w:lang w:val="pl-PL"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r w:rsidRPr="00C24CA5">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                        <w:b/>
+                        <w:bCs/>
+                        <w:color w:val="585858"/>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="12"/>
+                        <w:lang w:val="pl-PL"/>
+                      </w:rPr>
+                      <w:t>Biuro Zarządu Regionu</w:t>
+                    </w:r>
+                  </w:p>
+                  <w:p w:rsidR="00E0647A" w:rsidRPr="00C24CA5" w:rsidRDefault="00E0647A">
+                    <w:pPr>
+                      <w:spacing w:before="4" w:after="0" w:line="240" w:lineRule="auto"/>
+                      <w:ind w:left="20" w:right="285"/>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                        <w:b/>
+                        <w:bCs/>
+                        <w:color w:val="585858"/>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="12"/>
+                        <w:lang w:val="pl-PL"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r w:rsidRPr="00C24CA5">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                        <w:b/>
+                        <w:bCs/>
+                        <w:color w:val="585858"/>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="12"/>
+                        <w:lang w:val="pl-PL"/>
+                      </w:rPr>
+                      <w:t>Platforma Obywatelska RP</w:t>
+                    </w:r>
+                  </w:p>
+                  <w:p w:rsidR="00E0647A" w:rsidRPr="00C24CA5" w:rsidRDefault="00E0647A">
+                    <w:pPr>
+                      <w:spacing w:before="5" w:after="0" w:line="136" w:lineRule="exact"/>
+                      <w:ind w:left="20" w:right="524"/>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                        <w:b/>
+                        <w:bCs/>
+                        <w:color w:val="585858"/>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="12"/>
+                        <w:lang w:val="pl-PL"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r w:rsidRPr="00C24CA5">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                        <w:b/>
+                        <w:bCs/>
+                        <w:color w:val="585858"/>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="12"/>
+                        <w:lang w:val="pl-PL"/>
+                      </w:rPr>
+                      <w:t>ul. Masztalarska 8</w:t>
+                    </w:r>
+                  </w:p>
+                  <w:p w:rsidR="00E0647A" w:rsidRPr="00C24CA5" w:rsidRDefault="00E0647A">
+                    <w:pPr>
+                      <w:spacing w:before="5" w:after="0" w:line="136" w:lineRule="exact"/>
+                      <w:ind w:left="20" w:right="524"/>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                        <w:b/>
+                        <w:bCs/>
+                        <w:color w:val="585858"/>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="12"/>
+                        <w:lang w:val="pl-PL"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r w:rsidRPr="00C24CA5">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                        <w:b/>
+                        <w:bCs/>
+                        <w:color w:val="585858"/>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="12"/>
+                        <w:lang w:val="pl-PL"/>
+                      </w:rPr>
+                      <w:t>61-767 Poznań</w:t>
+                    </w:r>
+                  </w:p>
+                  <w:p w:rsidR="00E0647A" w:rsidRPr="00C24CA5" w:rsidRDefault="00E0647A">
+                    <w:pPr>
+                      <w:spacing w:before="5" w:after="0" w:line="136" w:lineRule="exact"/>
+                      <w:ind w:left="20" w:right="524"/>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="12"/>
+                        <w:lang w:val="pl-PL"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r w:rsidRPr="00C24CA5">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                        <w:b/>
+                        <w:bCs/>
+                        <w:color w:val="585858"/>
+                        <w:spacing w:val="1"/>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="12"/>
+                        <w:lang w:val="pl-PL"/>
+                      </w:rPr>
+                      <w:t>t</w:t>
+                    </w:r>
+                    <w:r w:rsidRPr="00C24CA5">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                        <w:b/>
+                        <w:bCs/>
+                        <w:color w:val="585858"/>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="12"/>
+                        <w:lang w:val="pl-PL"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve">el. </w:t>
+                    </w:r>
+                    <w:r w:rsidRPr="00C24CA5">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                        <w:b/>
+                        <w:bCs/>
+                        <w:color w:val="585858"/>
+                        <w:spacing w:val="1"/>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="12"/>
+                        <w:lang w:val="pl-PL"/>
+                      </w:rPr>
+                      <w:t>500 036 702</w:t>
+                    </w:r>
+                  </w:p>
+                  <w:p w:rsidR="00E0647A" w:rsidRPr="00C24CA5" w:rsidRDefault="00E0647A">
+                    <w:pPr>
+                      <w:spacing w:after="0" w:line="137" w:lineRule="exact"/>
+                      <w:ind w:left="20" w:right="-20"/>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="12"/>
+                        <w:lang w:val="pl-PL"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r w:rsidRPr="00C24CA5">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                        <w:b/>
+                        <w:bCs/>
+                        <w:color w:val="585858"/>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="12"/>
+                        <w:lang w:val="pl-PL"/>
+                      </w:rPr>
+                      <w:t>e</w:t>
+                    </w:r>
+                    <w:r w:rsidRPr="00C24CA5">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                        <w:b/>
+                        <w:bCs/>
+                        <w:color w:val="585858"/>
+                        <w:spacing w:val="1"/>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="12"/>
+                        <w:lang w:val="pl-PL"/>
+                      </w:rPr>
+                      <w:t>-</w:t>
+                    </w:r>
+                    <w:r w:rsidRPr="00C24CA5">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                        <w:b/>
+                        <w:bCs/>
+                        <w:color w:val="585858"/>
+                        <w:spacing w:val="-1"/>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="12"/>
+                        <w:lang w:val="pl-PL"/>
+                      </w:rPr>
+                      <w:t>m</w:t>
+                    </w:r>
+                    <w:r w:rsidRPr="00C24CA5">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                        <w:b/>
+                        <w:bCs/>
+                        <w:color w:val="585858"/>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="12"/>
+                        <w:lang w:val="pl-PL"/>
+                      </w:rPr>
+                      <w:t>ail:</w:t>
+                    </w:r>
+                    <w:r w:rsidRPr="00C24CA5">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                        <w:b/>
+                        <w:bCs/>
+                        <w:color w:val="585858"/>
+                        <w:spacing w:val="1"/>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="12"/>
+                        <w:lang w:val="pl-PL"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> wielkopolska@platforma.org</w:t>
+                    </w:r>
+                    <w:hyperlink r:id="rId2"/>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap anchorx="page" anchory="page"/>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+        <w:lang w:val="pl-PL" w:eastAsia="pl-PL"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657728" behindDoc="1" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="4D2B26E5">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659776" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
           <wp:simplePos x="0" y="0"/>
-          <wp:positionH relativeFrom="column">
-            <wp:posOffset>-783590</wp:posOffset>
+          <wp:positionH relativeFrom="margin">
+            <wp:posOffset>-5715</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
-            <wp:posOffset>-456565</wp:posOffset>
+            <wp:posOffset>-140970</wp:posOffset>
           </wp:positionV>
-          <wp:extent cx="7620000" cy="2171700"/>
+          <wp:extent cx="2106930" cy="893445"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
-          <wp:docPr id="1" name="Obraz 1" descr="Czarno-biały herb miasta Poznania. Pod herbem tekst Zastępca Prezydenta Miasta Poznania "/>
+          <wp:docPr id="34" name="Obraz 34"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="Picture 1" descr="Czarno-biały herb miasta Poznania. Pod herbem tekst Zastępca Prezydenta Miasta Poznania "/>
+                  <pic:cNvPr id="0" name="Obraz 10"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
-                  <a:blip r:embed="rId1">
+                  <a:blip r:embed="rId3">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:srcRect/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="7620000" cy="2171700"/>
+                    <a:ext cx="2106930" cy="893445"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="172462F2"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="0">
+    <w:nsid w:val="5CCC35C9"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="49FE1070"/>
+    <w:lvl w:ilvl="0" w:tplc="04150011">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="360" w:hanging="360"/>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:cs="Times New Roman"/>
+        <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1">
+    <w:lvl w:ilvl="1" w:tplc="04150019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
-      <w:lvlText w:val="%2)"/>
+      <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="720" w:hanging="360"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2">
+    <w:lvl w:ilvl="2" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
-      <w:lvlText w:val="%3)"/>
-[...6 lines deleted...]
-      </w:rPr>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3">
+    <w:lvl w:ilvl="3" w:tplc="0415000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="(%4)"/>
+      <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="360"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4">
+    <w:lvl w:ilvl="4" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
-      <w:lvlText w:val="(%5)"/>
+      <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1800" w:hanging="360"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5">
+    <w:lvl w:ilvl="5" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
-      <w:lvlText w:val="(%6)"/>
-[...6 lines deleted...]
-      </w:rPr>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6">
+    <w:lvl w:ilvl="6" w:tplc="0415000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2520" w:hanging="360"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7">
+    <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8">
+    <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
-      <w:lvlJc w:val="left"/>
-[...5 lines deleted...]
-      </w:rPr>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="2FD06C2D"/>
+    <w:nsid w:val="74177708"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="1A3E187A"/>
-[...113 lines deleted...]
-    <w:lvl w:ilvl="0">
+    <w:tmpl w:val="0B70226A"/>
+    <w:lvl w:ilvl="0" w:tplc="04150011">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="360" w:hanging="360"/>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:cs="Times New Roman"/>
+        <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1">
+    <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
-      <w:lvlText w:val="%2)"/>
+      <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="720" w:hanging="360"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2">
+    <w:lvl w:ilvl="2" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
-      <w:lvlText w:val="%3)"/>
-[...6 lines deleted...]
-      </w:rPr>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3">
+    <w:lvl w:ilvl="3" w:tplc="0415000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="(%4)"/>
+      <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="360"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4">
+    <w:lvl w:ilvl="4" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
-      <w:lvlText w:val="(%5)"/>
+      <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1800" w:hanging="360"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5">
+    <w:lvl w:ilvl="5" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
-      <w:lvlText w:val="(%6)"/>
-[...6 lines deleted...]
-      </w:rPr>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6">
+    <w:lvl w:ilvl="6" w:tplc="0415000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2520" w:hanging="360"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7">
+    <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8">
-[...112 lines deleted...]
-    <w:lvl w:ilvl="8">
+    <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6120" w:hanging="180"/>
-[...229 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
-    <w:abstractNumId w:val="2"/>
-[...98 lines deleted...]
-    </w:lvlOverride>
+    <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2">
-    <w:abstractNumId w:val="2"/>
-[...205 lines deleted...]
-  <w:num w:numId="5">
     <w:abstractNumId w:val="0"/>
-    <w:lvlOverride w:ilvl="0">
-[...310 lines deleted...]
-    <w:abstractNumId w:val="5"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
-  <w:embedSystemFonts/>
-[...1 lines deleted...]
-  <w:bordersDoNotSurroundFooter/>
   <w:proofState w:spelling="clean"/>
-  <w:attachedTemplate r:id="rId1"/>
-  <w:defaultTabStop w:val="709"/>
+  <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
-  <w:drawingGridHorizontalSpacing w:val="120"/>
-[...6 lines deleted...]
-  <w:doNotDemarcateInvalidXml/>
+  <w:drawingGridHorizontalSpacing w:val="110"/>
+  <w:displayHorizontalDrawingGridEvery w:val="2"/>
+  <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
-    <w:spaceForUL/>
-[...1 lines deleted...]
-    <w:doNotLeaveBackslashAlone/>
     <w:ulTrailSpace/>
-    <w:doNotExpandShiftReturn/>
-[...1 lines deleted...]
-    <w:doNotUseHTMLParagraphAutoSpacing/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00C974C3"/>
-[...279 lines deleted...]
-    <w:rsid w:val="00FE799D"/>
+    <w:rsidRoot w:val="00E811BF"/>
+    <w:rsid w:val="000113C8"/>
+    <w:rsid w:val="0002070D"/>
+    <w:rsid w:val="0002584F"/>
+    <w:rsid w:val="00056803"/>
+    <w:rsid w:val="00070573"/>
+    <w:rsid w:val="00072F9C"/>
+    <w:rsid w:val="000B41CF"/>
+    <w:rsid w:val="000B7719"/>
+    <w:rsid w:val="000F0418"/>
+    <w:rsid w:val="000F63B4"/>
+    <w:rsid w:val="00105879"/>
+    <w:rsid w:val="00122AC0"/>
+    <w:rsid w:val="0013712A"/>
+    <w:rsid w:val="00137836"/>
+    <w:rsid w:val="00150984"/>
+    <w:rsid w:val="00180603"/>
+    <w:rsid w:val="0018511D"/>
+    <w:rsid w:val="001E71D7"/>
+    <w:rsid w:val="001F2842"/>
+    <w:rsid w:val="00211B0C"/>
+    <w:rsid w:val="002126FA"/>
+    <w:rsid w:val="00252E56"/>
+    <w:rsid w:val="00260608"/>
+    <w:rsid w:val="002C270E"/>
+    <w:rsid w:val="002F1AC8"/>
+    <w:rsid w:val="00326DB7"/>
+    <w:rsid w:val="00337FC8"/>
+    <w:rsid w:val="00361942"/>
+    <w:rsid w:val="00371283"/>
+    <w:rsid w:val="00375728"/>
+    <w:rsid w:val="00380C1B"/>
+    <w:rsid w:val="00386D4E"/>
+    <w:rsid w:val="003B516C"/>
+    <w:rsid w:val="003D7B92"/>
+    <w:rsid w:val="003F4449"/>
+    <w:rsid w:val="00457356"/>
+    <w:rsid w:val="0046493C"/>
+    <w:rsid w:val="0047795A"/>
+    <w:rsid w:val="004859C4"/>
+    <w:rsid w:val="004C2FAD"/>
+    <w:rsid w:val="004D45F5"/>
+    <w:rsid w:val="004D5A65"/>
+    <w:rsid w:val="004F66BE"/>
+    <w:rsid w:val="005002AD"/>
+    <w:rsid w:val="005010E5"/>
+    <w:rsid w:val="00502F66"/>
+    <w:rsid w:val="0053280A"/>
+    <w:rsid w:val="00573EFC"/>
+    <w:rsid w:val="005879A6"/>
+    <w:rsid w:val="005C0AEC"/>
+    <w:rsid w:val="005C33B6"/>
+    <w:rsid w:val="005C44F7"/>
+    <w:rsid w:val="005F1BF6"/>
+    <w:rsid w:val="0060185C"/>
+    <w:rsid w:val="00644997"/>
+    <w:rsid w:val="00657C17"/>
+    <w:rsid w:val="0067306A"/>
+    <w:rsid w:val="006A42EE"/>
+    <w:rsid w:val="006A6304"/>
+    <w:rsid w:val="00710B22"/>
+    <w:rsid w:val="007123FD"/>
+    <w:rsid w:val="007206C3"/>
+    <w:rsid w:val="0072285B"/>
+    <w:rsid w:val="0072602B"/>
+    <w:rsid w:val="007873F3"/>
+    <w:rsid w:val="007A5CC0"/>
+    <w:rsid w:val="007B31B7"/>
+    <w:rsid w:val="007B3281"/>
+    <w:rsid w:val="007D1B8F"/>
+    <w:rsid w:val="007D204A"/>
+    <w:rsid w:val="007F192B"/>
+    <w:rsid w:val="008115DD"/>
+    <w:rsid w:val="008141DF"/>
+    <w:rsid w:val="00814CE8"/>
+    <w:rsid w:val="0087426B"/>
+    <w:rsid w:val="00886524"/>
+    <w:rsid w:val="008C7926"/>
+    <w:rsid w:val="008E1533"/>
+    <w:rsid w:val="008E1D00"/>
+    <w:rsid w:val="009203AE"/>
+    <w:rsid w:val="009301AA"/>
+    <w:rsid w:val="00981B4C"/>
+    <w:rsid w:val="009C7FF5"/>
+    <w:rsid w:val="009D662F"/>
+    <w:rsid w:val="00A01744"/>
+    <w:rsid w:val="00A434F6"/>
+    <w:rsid w:val="00A53A19"/>
+    <w:rsid w:val="00A70746"/>
+    <w:rsid w:val="00A849B9"/>
+    <w:rsid w:val="00A91275"/>
+    <w:rsid w:val="00AA3E3D"/>
+    <w:rsid w:val="00AC325F"/>
+    <w:rsid w:val="00AD413A"/>
+    <w:rsid w:val="00AD5DA1"/>
+    <w:rsid w:val="00B36C17"/>
+    <w:rsid w:val="00B41383"/>
+    <w:rsid w:val="00B61021"/>
+    <w:rsid w:val="00B85757"/>
+    <w:rsid w:val="00BC3679"/>
+    <w:rsid w:val="00BC518D"/>
+    <w:rsid w:val="00BF2E46"/>
+    <w:rsid w:val="00C13F45"/>
+    <w:rsid w:val="00C20159"/>
+    <w:rsid w:val="00C230D2"/>
+    <w:rsid w:val="00C24CA5"/>
+    <w:rsid w:val="00C47720"/>
+    <w:rsid w:val="00C64544"/>
+    <w:rsid w:val="00C6655C"/>
+    <w:rsid w:val="00C814C6"/>
+    <w:rsid w:val="00C85447"/>
+    <w:rsid w:val="00C874A3"/>
+    <w:rsid w:val="00C97184"/>
+    <w:rsid w:val="00CB2AC4"/>
+    <w:rsid w:val="00CD1185"/>
+    <w:rsid w:val="00CE5E4E"/>
+    <w:rsid w:val="00CF54ED"/>
+    <w:rsid w:val="00D044A5"/>
+    <w:rsid w:val="00D159D7"/>
+    <w:rsid w:val="00D42E4C"/>
+    <w:rsid w:val="00D92521"/>
+    <w:rsid w:val="00D9617D"/>
+    <w:rsid w:val="00DD57E7"/>
+    <w:rsid w:val="00DE23A3"/>
+    <w:rsid w:val="00DE3289"/>
+    <w:rsid w:val="00DF1A95"/>
+    <w:rsid w:val="00E0647A"/>
+    <w:rsid w:val="00E16027"/>
+    <w:rsid w:val="00E23EB7"/>
+    <w:rsid w:val="00E35A89"/>
+    <w:rsid w:val="00E73730"/>
+    <w:rsid w:val="00E811BF"/>
+    <w:rsid w:val="00E97508"/>
+    <w:rsid w:val="00EA33E6"/>
+    <w:rsid w:val="00EA5737"/>
+    <w:rsid w:val="00EB2C29"/>
+    <w:rsid w:val="00EC36B5"/>
+    <w:rsid w:val="00F03014"/>
+    <w:rsid w:val="00F12E9A"/>
+    <w:rsid w:val="00F21515"/>
+    <w:rsid w:val="00F30E0D"/>
+    <w:rsid w:val="00F65D73"/>
+    <w:rsid w:val="00F660AA"/>
+    <w:rsid w:val="00F95B07"/>
+    <w:rsid w:val="00FB69E9"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pl-PL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="6991EA71"/>
-[...1 lines deleted...]
-  <w15:docId w15:val="{DC3D4F47-DE1B-4FE8-B17B-78D5AF68C7FF}"/>
+  <w14:docId w14:val="4D07E70F"/>
+  <w15:docId w15:val="{849A649F-CE7A-4962-ADB9-690F6062607C}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
         <w:lang w:val="pl-PL" w:eastAsia="pl-PL" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
-    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
-[...20 lines deleted...]
-    <w:lsdException w:name="page number" w:semiHidden="1"/>
+    <w:lsdException w:name="Normal" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:locked="1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:locked="1" w:uiPriority="0"/>
+    <w:lsdException w:name="toc 2" w:locked="1" w:uiPriority="0"/>
+    <w:lsdException w:name="toc 3" w:locked="1" w:uiPriority="0"/>
+    <w:lsdException w:name="toc 4" w:locked="1" w:uiPriority="0"/>
+    <w:lsdException w:name="toc 5" w:locked="1" w:uiPriority="0"/>
+    <w:lsdException w:name="toc 6" w:locked="1" w:uiPriority="0"/>
+    <w:lsdException w:name="toc 7" w:locked="1" w:uiPriority="0"/>
+    <w:lsdException w:name="toc 8" w:locked="1" w:uiPriority="0"/>
+    <w:lsdException w:name="toc 9" w:locked="1" w:uiPriority="0"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="List" w:semiHidden="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
-[...1 lines deleted...]
-    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:locked="1" w:uiPriority="0"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
-[...5 lines deleted...]
-    <w:lsdException w:name="Normal (Web)" w:semiHidden="1"/>
+    <w:lsdException w:name="Subtitle" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:locked="1" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Grid" w:locked="1" w:uiPriority="0"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
-    <w:lsdException w:name="No Spacing" w:qFormat="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
     <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
@@ -2806,3232 +2821,805 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normalny">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00001BFD"/>
+    <w:rsid w:val="007F192B"/>
     <w:pPr>
-      <w:suppressAutoHyphens/>
-[...3 lines deleted...]
-      <w:spacing w:after="240" w:line="360" w:lineRule="auto"/>
+      <w:widowControl w:val="0"/>
+      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:color w:val="000000"/>
-[...3 lines deleted...]
-      <w:lang w:bidi="hi-IN"/>
+      <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Nagwek1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normalny"/>
-    <w:next w:val="Normalny"/>
     <w:link w:val="Nagwek1Znak"/>
-    <w:autoRedefine/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="001223B9"/>
+    <w:locked/>
+    <w:rsid w:val="00150984"/>
     <w:pPr>
-      <w:keepNext/>
-      <w:spacing w:before="240" w:after="60"/>
+      <w:widowControl/>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:cs="Mangal"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:b/>
       <w:bCs/>
-      <w:kern w:val="32"/>
-      <w:szCs w:val="29"/>
+      <w:kern w:val="36"/>
+      <w:sz w:val="48"/>
+      <w:szCs w:val="48"/>
+      <w:lang w:val="pl-PL" w:eastAsia="pl-PL"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Domylnaczcionkaakapitu">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Standardowy">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Bezlisty">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Nagb3b3b3b3b3b3b3b3b3f3f3f3f3f3f3f3f3f3wekZnak">
-    <w:name w:val="Nagłb3b3b3b3b3b3b3b3b3óf3f3f3f3f3f3f3f3f3wek Znak"/>
+  <w:style w:type="paragraph" w:styleId="Nagwek">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:link w:val="NagwekZnak"/>
     <w:uiPriority w:val="99"/>
-    <w:rPr>
-[...2144 lines deleted...]
-    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="005879A6"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="NagwekZnak">
+    <w:name w:val="Nagłówek Znak"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:link w:val="Nagwek"/>
+    <w:uiPriority w:val="99"/>
+    <w:locked/>
+    <w:rsid w:val="005879A6"/>
     <w:rPr>
-      <w:lang w:bidi="ar-SA"/>
+      <w:rFonts w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Stopka">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normalny"/>
-    <w:link w:val="StopkaZnak10"/>
+    <w:link w:val="StopkaZnak"/>
     <w:uiPriority w:val="99"/>
+    <w:rsid w:val="005879A6"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="StopkaZnak">
+    <w:name w:val="Stopka Znak"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:link w:val="Stopka"/>
+    <w:uiPriority w:val="99"/>
+    <w:locked/>
+    <w:rsid w:val="005879A6"/>
     <w:rPr>
-      <w:lang w:bidi="ar-SA"/>
+      <w:rFonts w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="StopkaZnak10">
-[...1 lines deleted...]
-    <w:link w:val="Stopka"/>
+  <w:style w:type="character" w:styleId="Hipercze">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
-    <w:locked/>
+    <w:rsid w:val="005879A6"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Liberation Serif" w:cs="Mangal"/>
-[...4 lines deleted...]
-      <w:lang w:bidi="hi-IN"/>
+      <w:rFonts w:cs="Times New Roman"/>
+      <w:color w:val="0000FF"/>
+      <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Tekstdymka">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normalny"/>
-    <w:link w:val="TekstdymkaZnak9"/>
+    <w:link w:val="TekstdymkaZnak"/>
     <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00886524"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Tahoma" w:cs="Tahoma"/>
-[...2 lines deleted...]
-      <w:lang w:bidi="ar-SA"/>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="TekstdymkaZnak9">
-    <w:name w:val="Tekst dymka Znak9"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TekstdymkaZnak">
+    <w:name w:val="Tekst dymka Znak"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
     <w:link w:val="Tekstdymka"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:locked/>
+    <w:rsid w:val="00886524"/>
     <w:rPr>
-      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Mangal"/>
-[...4 lines deleted...]
-      <w:lang w:bidi="hi-IN"/>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NormalnyWeb">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="Normalny"/>
     <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00105879"/>
     <w:pPr>
-      <w:spacing w:before="100" w:after="100"/>
+      <w:widowControl/>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:szCs w:val="24"/>
-[...349 lines deleted...]
-      <w:kern w:val="1"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
-      <w:lang w:bidi="hi-IN"/>
-[...42 lines deleted...]
-      <w:lang w:bidi="hi-IN"/>
+      <w:lang w:val="pl-PL" w:eastAsia="pl-PL"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Tekstprzypisukocowego">
     <w:name w:val="endnote text"/>
     <w:basedOn w:val="Normalny"/>
     <w:link w:val="TekstprzypisukocowegoZnak"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00332C7F"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00F660AA"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
     <w:rPr>
-      <w:rFonts w:cs="Mangal"/>
       <w:sz w:val="20"/>
-      <w:szCs w:val="18"/>
+      <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TekstprzypisukocowegoZnak">
     <w:name w:val="Tekst przypisu końcowego Znak"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
     <w:link w:val="Tekstprzypisukocowego"/>
     <w:uiPriority w:val="99"/>
-    <w:locked/>
-    <w:rsid w:val="00332C7F"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00F660AA"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Liberation Serif" w:cs="Mangal"/>
-[...4 lines deleted...]
-      <w:lang w:bidi="hi-IN"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Odwoanieprzypisukocowego">
     <w:name w:val="endnote reference"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00332C7F"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00F660AA"/>
     <w:rPr>
-      <w:rFonts w:cs="Times New Roman"/>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Tekstprzypisudolnego">
-[...4 lines deleted...]
-    <w:rsid w:val="00552EC0"/>
+  <w:style w:type="character" w:styleId="Pogrubienie">
+    <w:name w:val="Strong"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:uiPriority w:val="22"/>
+    <w:qFormat/>
+    <w:locked/>
+    <w:rsid w:val="00C230D2"/>
     <w:rPr>
-      <w:rFonts w:cs="Mangal"/>
-      <w:szCs w:val="18"/>
+      <w:b/>
+      <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="TekstprzypisudolnegoZnak">
-[...25 lines deleted...]
-    <w:link w:val="Akapitzlist"/>
+  <w:style w:type="paragraph" w:styleId="Akapitzlist">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Normalny"/>
     <w:uiPriority w:val="34"/>
-    <w:rsid w:val="009A7CA3"/>
-[...5 lines deleted...]
-    </w:rPr>
+    <w:qFormat/>
+    <w:rsid w:val="00260608"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Nagwek1Znak">
     <w:name w:val="Nagłówek 1 Znak"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
     <w:link w:val="Nagwek1"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="001223B9"/>
+    <w:rsid w:val="00150984"/>
     <w:rPr>
-      <w:rFonts w:eastAsia="Times New Roman" w:cs="Mangal"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:b/>
       <w:bCs/>
-      <w:color w:val="000000"/>
-[...3 lines deleted...]
-      <w:lang w:bidi="hi-IN"/>
+      <w:kern w:val="36"/>
+      <w:sz w:val="48"/>
+      <w:szCs w:val="48"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:divs>
-    <w:div w:id="1182471478">
+    <w:div w:id="244151399">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1916936499">
+    <w:div w:id="330524673">
+      <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
-        <w:div w:id="1916936500">
+        <w:div w:id="472598884">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1004279243">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="150"/>
+              <w:marBottom w:val="150"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1730689043">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="300"/>
+                  <w:marTop w:val="150"/>
+                  <w:marBottom w:val="150"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1023285853">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1301762546">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1823303731">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="2047682493">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="468324713">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1761637001">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="518156018">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1682976311">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="142082835">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
-    <w:div w:id="1916936501">
-[...22 lines deleted...]
-    </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
-[...3 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\lukwie\AppData\Local\Temp\notesFE6E35\szablon%20interpelacja%20M.Wi&#347;niewski.dotx" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kp-po@kluby.sejm.pl" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kp-po@kluby.sejm.pl" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motyw pakietu Office">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
-    <a:clrScheme name="Pakiet Office">
+    <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Pakiet Office">
+    <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Calibri Light"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック Light"/>
+        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线 Light"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游明朝"/>
+        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Pakiet Office">
+    <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:lumMod val="110000"/>
-[...1 lines deleted...]
-                <a:tint val="67000"/>
+                <a:tint val="50000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="35000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="73000"/>
+                <a:tint val="37000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="81000"/>
+                <a:tint val="15000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="1"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:satMod val="103000"/>
-[...1 lines deleted...]
-                <a:tint val="94000"/>
+                <a:shade val="51000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="80000">
               <a:schemeClr val="phClr">
-                <a:satMod val="110000"/>
-[...1 lines deleted...]
-                <a:shade val="100000"/>
+                <a:shade val="93000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="99000"/>
-[...1 lines deleted...]
-                <a:shade val="78000"/>
+                <a:shade val="94000"/>
+                <a:satMod val="135000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:satMod val="105000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
-[...6 lines deleted...]
-          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
-          <a:effectLst/>
-[...2 lines deleted...]
-          <a:effectLst/>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="63000"/>
+                <a:alpha val="35000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="threePt" dir="t">
+              <a:rot lat="0" lon="0" rev="1200000"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d>
+            <a:bevelT w="63500" h="25400"/>
+          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
-        <a:solidFill>
-[...4 lines deleted...]
-        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="93000"/>
-[...2 lines deleted...]
-                <a:lumMod val="102000"/>
+                <a:tint val="40000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="40000">
               <a:schemeClr val="phClr">
-                <a:tint val="98000"/>
-[...2 lines deleted...]
-                <a:lumMod val="103000"/>
+                <a:tint val="45000"/>
+                <a:shade val="99000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="63000"/>
-                <a:satMod val="120000"/>
+                <a:shade val="20000"/>
+                <a:satMod val="255000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+          </a:path>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="80000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="30000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+          </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
-  <a:extLst>
-[...3 lines deleted...]
-  </a:extLst>
 </a:theme>
-</file>
-[...14 lines deleted...]
-</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>szablon interpelacja M.Wiśniewski</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
-[...1 lines deleted...]
-  <Characters>2728</Characters>
+  <Pages>1</Pages>
+  <Words>300</Words>
+  <Characters>1802</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>22</Lines>
-  <Paragraphs>6</Paragraphs>
+  <Lines>15</Lines>
+  <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Tytuł</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>odpowiedź na interpelację 74/2023 w sprawie naliczenia karry przez Zarząd Dróg Miejskich za zajęcie chodnika na ul. Lodowej w Poznaniu przez pojemniki na odpady</vt:lpstr>
+      <vt:lpstr>Poznań, dnia 24 września 2018 r</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3176</CharactersWithSpaces>
+  <CharactersWithSpaces>2098</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>odpowiedź na interpelację 74/2023 w sprawie naliczenia karry przez Zarząd Dróg Miejskich za zajęcie chodnika na ul. Lodowej w Poznaniu przez pojemniki na odpady</dc:title>
+  <dc:title>Poznań, dnia 24 września 2018 r</dc:title>
   <dc:subject/>
-  <dc:creator>Łukasz Wieczorek</dc:creator>
-  <cp:keywords>gospodarka odpadami komunalnymi, odpowiedź na interpelację</cp:keywords>
+  <dc:creator>User</dc:creator>
+  <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
-
-[...6 lines deleted...]
-</file>