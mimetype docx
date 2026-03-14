--- v0 (2025-11-10)
+++ v1 (2026-03-14)
@@ -1,778 +1,2338 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
-    <w:p w:rsidR="00014A9D" w:rsidRPr="00C175E4" w:rsidRDefault="00924BD4" w:rsidP="00C175E4">
+    <w:p w:rsidR="00127D66" w:rsidRPr="001C3189" w:rsidRDefault="00127D66" w:rsidP="00001BFD">
       <w:pPr>
-        <w:spacing w:line="276" w:lineRule="auto"/>
-[...3 lines deleted...]
-          <w:sz w:val="24"/>
+        <w:ind w:left="6804"/>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C175E4">
-[...4 lines deleted...]
-        <w:t>Poznań, dnia 16 marca</w:t>
+      <w:r w:rsidRPr="00001BFD">
+        <w:t>Poznań</w:t>
       </w:r>
-      <w:r w:rsidR="00874D63" w:rsidRPr="00C175E4">
-[...4 lines deleted...]
-        <w:t xml:space="preserve"> 2023</w:t>
+      <w:r w:rsidR="00346642" w:rsidRPr="00001BFD">
+        <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="00467217" w:rsidRPr="00C175E4">
-[...4 lines deleted...]
-        <w:t xml:space="preserve"> r.</w:t>
+      <w:r w:rsidR="004152E2">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E60F53">
+        <w:t>28.03</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00001BFD">
+        <w:t>.202</w:t>
+      </w:r>
+      <w:r w:rsidR="004152E2">
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00001BFD">
+        <w:t xml:space="preserve"> r</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C3189">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00467217" w:rsidRPr="00C175E4" w:rsidRDefault="00467217" w:rsidP="00C175E4">
+    <w:p w:rsidR="00127D66" w:rsidRPr="001C3189" w:rsidRDefault="00327C40" w:rsidP="00001BFD">
+      <w:r w:rsidRPr="001C3189">
+        <w:t>Znak sprawy: Or-II.</w:t>
+      </w:r>
+      <w:r w:rsidR="004152E2">
+        <w:t>0003.1.</w:t>
+      </w:r>
+      <w:r w:rsidR="00E60F53">
+        <w:t>86.2023</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00094F56" w:rsidRDefault="00127D66" w:rsidP="00001BFD">
+      <w:r w:rsidRPr="001C3189">
+        <w:t>Nr rej.:</w:t>
+      </w:r>
+      <w:r w:rsidR="00327C40" w:rsidRPr="001C3189">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E60F53">
+        <w:t>280323-3306</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002E0CCD" w:rsidRPr="001C3189" w:rsidRDefault="00963C97" w:rsidP="00094F56">
       <w:pPr>
-        <w:spacing w:line="276" w:lineRule="auto"/>
-[...2 lines deleted...]
-          <w:sz w:val="24"/>
+        <w:ind w:left="5812"/>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...12 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00001BFD">
+        <w:t>Pan</w:t>
+      </w:r>
+      <w:r w:rsidR="00094F56" w:rsidRPr="00001BFD">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00094F56">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00E60F53">
         <w:t>Wojciech Chudy</w:t>
       </w:r>
-    </w:p>
-[...11 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidR="00094F56">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00094F56">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="001C3189">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:t>Radny Miasta Poznania</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00467217" w:rsidRPr="00C175E4" w:rsidRDefault="00467217" w:rsidP="00C175E4">
+    <w:p w:rsidR="00127D66" w:rsidRPr="001C3189" w:rsidRDefault="00127D66" w:rsidP="00963C97">
       <w:pPr>
-        <w:spacing w:line="276" w:lineRule="auto"/>
-[...2 lines deleted...]
-          <w:sz w:val="24"/>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C175E4">
-[...4 lines deleted...]
-        <w:t>Klub Radnych Koalicji Obywatelskiej</w:t>
+      <w:r w:rsidRPr="00001BFD">
+        <w:t>Szanown</w:t>
+      </w:r>
+      <w:r w:rsidR="000D53FD" w:rsidRPr="00001BFD">
+        <w:t>y</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00001BFD">
+        <w:t xml:space="preserve"> Pani</w:t>
+      </w:r>
+      <w:r w:rsidR="000D53FD" w:rsidRPr="00001BFD">
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00001BFD">
+        <w:t xml:space="preserve"> Radn</w:t>
+      </w:r>
+      <w:r w:rsidR="000D53FD" w:rsidRPr="00001BFD">
+        <w:t>y</w:t>
+      </w:r>
+      <w:r w:rsidR="00530F53" w:rsidRPr="001C3189">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>,</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00467217" w:rsidRPr="00C175E4" w:rsidRDefault="00467217" w:rsidP="00C175E4">
-[...31 lines deleted...]
-        <w:t>Pan Jacek Jaśkowiak</w:t>
+    <w:p w:rsidR="00E60F53" w:rsidRPr="00E60F53" w:rsidRDefault="00127D66" w:rsidP="00E60F53">
+      <w:r w:rsidRPr="001C3189">
+        <w:t xml:space="preserve">odpowiadając na otrzymaną za pośrednictwem Przewodniczącego Rady Miasta </w:t>
+      </w:r>
+      <w:r w:rsidR="00945449" w:rsidRPr="001C3189">
+        <w:t xml:space="preserve">Poznania </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C3189">
+        <w:t xml:space="preserve">pismem </w:t>
+      </w:r>
+      <w:r w:rsidR="00E60F53" w:rsidRPr="00E60F53">
+        <w:t xml:space="preserve">z dnia 16 marca 2023 r. i przekazaną mi przez Prezydenta Miasta Poznania do rozpatrzenia interpelację Pana Radnego </w:t>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:r w:rsidR="00E60F53" w:rsidRPr="00E60F53">
+        <w:t xml:space="preserve">w sprawie opracowania dokumentacji projektowej na skrzyżowaniu ulic </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00E60F53" w:rsidRPr="00E60F53">
+        <w:t>Urszulanek-Torowa-Pokrzywno</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="0"/>
-    </w:p>
-[...14 lines deleted...]
-        <w:t>Prezydent Miasta Poznania</w:t>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00E60F53" w:rsidRPr="00E60F53">
+        <w:t>, uprzejmie informuję:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00467217" w:rsidRPr="00C175E4" w:rsidRDefault="00467217" w:rsidP="00C175E4">
-[...33 lines deleted...]
-        <w:t>INTERPELACJA</w:t>
+    <w:p w:rsidR="00E60F53" w:rsidRPr="00E60F53" w:rsidRDefault="00E60F53" w:rsidP="00E60F53">
+      <w:r w:rsidRPr="00E60F53">
+        <w:t xml:space="preserve">Obecnie trwają prace projektowe w ramach zadania pn. „Zaprojektowanie i wykonanie brakujących fragmentów chodnika wraz z organizacją ruchu przy skrzyżowaniu ulic: Urszulanek, Torowa i Pokrzywno, z uwzględnieniem nowoprojektowanego chodnika w pasie drogowym ul. Urszulanek”. Projektant uzyskał uzgodnienia na Naradzie Koordynacyjnej w zakresie usytuowania sieci uzbrojenia podziemnego. Do uzgodnienia i zatwierdzenia pozostał projekt stałej organizacji ruchu oraz projekt wykonawczy oświetlenia. Po zrealizowaniu ww. zakresu prac, projektant jest zobowiązany do niezwłocznego przekazania kompletnej dokumentacji projektowej do Zarządu Dróg Miejskich. Mając na uwadze stan zaawansowania ww. prac projektowych, w opinii Zarządu Dróg Miejskich wprowadzenie zmian w organizacji ruchu jest nieuzasadnione. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00467217" w:rsidRPr="00C175E4" w:rsidRDefault="00BB6114" w:rsidP="00C175E4">
-[...23 lines deleted...]
-        <w:t>opracowania dokumentacji projektowej na skrzyżowaniu ulic Urszulanek-Torowa- Pokrzywno</w:t>
+    <w:p w:rsidR="00E60F53" w:rsidRPr="00E60F53" w:rsidRDefault="00E60F53" w:rsidP="00E60F53">
+      <w:r w:rsidRPr="00E60F53">
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Jednocześnie informuję, że proponowane w przedmiotowej interpelacji usytuowanie tzw. „poduszek berlińskich” w pobliżu przejść dla pieszych na ul. Pokrzywno oraz ul. Torowej (w obrębie skrzyżowania) zostały pozytywnie zaopiniowane przez Zarząd Dróg Miejskich w ramach projektu stałej organizacji ruchu. Projekt wymaga zatwierdzenia przez Miejskiego Inżyniera Ruchu. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003116EB" w:rsidRPr="00C175E4" w:rsidRDefault="003116EB" w:rsidP="00C175E4">
+    <w:p w:rsidR="00E9439A" w:rsidRPr="001C3189" w:rsidRDefault="008F70E3" w:rsidP="00001BFD">
       <w:pPr>
-        <w:spacing w:line="276" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:ind w:left="5245"/>
       </w:pPr>
-    </w:p>
-[...15 lines deleted...]
-        <w:t>Szanowny Panie Prezydencie,</w:t>
+      <w:r w:rsidRPr="001C3189">
+        <w:t>Z wyrazami szacunku</w:t>
+      </w:r>
+      <w:r w:rsidR="00001BFD">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00094F56">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="004E2D6A" w:rsidRPr="001C3189">
+        <w:t>Z up. PREZYDENTA MIASTA</w:t>
+      </w:r>
+      <w:r w:rsidR="00094F56">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00094F56">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="004E2D6A" w:rsidRPr="001C3189">
+        <w:t>(-)</w:t>
+      </w:r>
+      <w:r w:rsidR="00094F56">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA47A8">
+        <w:t>Mariusz Wiśniewski</w:t>
+      </w:r>
+      <w:r w:rsidR="00094F56">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00094F56">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="004E2D6A" w:rsidRPr="001C3189">
+        <w:t>Z-CA PREZYDENTA MIASTA POZNANIA</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F90CD4" w:rsidRPr="00C175E4" w:rsidRDefault="00847E3C" w:rsidP="00C175E4">
+    <w:p w:rsidR="008F70E3" w:rsidRPr="001C3189" w:rsidRDefault="008F70E3" w:rsidP="00001BFD">
       <w:pPr>
-        <w:spacing w:line="276" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:before="600"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C175E4">
-[...4 lines deleted...]
-        <w:tab/>
+      <w:r w:rsidRPr="00094F56">
+        <w:t>Do wiadomości:</w:t>
       </w:r>
-      <w:r w:rsidR="008A18F9" w:rsidRPr="00C175E4">
-[...4 lines deleted...]
-        <w:t>Zwracam się z pr</w:t>
+      <w:r w:rsidR="00094F56">
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00254B68" w:rsidRPr="00C175E4">
-[...4 lines deleted...]
-        <w:t>ośbą</w:t>
+      <w:r w:rsidR="00094F56">
+        <w:br/>
       </w:r>
-      <w:r w:rsidR="008A18F9" w:rsidRPr="00C175E4">
-[...39 lines deleted...]
-        <w:t xml:space="preserve"> a urzędem w 2021 r.  </w:t>
+      <w:r w:rsidRPr="001C3189">
+        <w:t>Przewodniczący Rady Miasta</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00874D63" w:rsidRPr="00C175E4" w:rsidRDefault="00924BD4" w:rsidP="00C175E4">
-[...120 lines deleted...]
-    <w:sectPr w:rsidR="008B7BC5" w:rsidRPr="00C175E4">
+    <w:sectPr w:rsidR="008F70E3" w:rsidRPr="001C3189">
+      <w:footerReference w:type="default" r:id="rId8"/>
+      <w:headerReference w:type="first" r:id="rId9"/>
+      <w:footerReference w:type="first" r:id="rId10"/>
+      <w:type w:val="continuous"/>
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="2829" w:right="1106" w:bottom="1276" w:left="1134" w:header="708" w:footer="616" w:gutter="0"/>
       <w:cols w:space="708"/>
-      <w:docGrid w:linePitch="360"/>
+      <w:formProt w:val="0"/>
+      <w:noEndnote/>
+      <w:titlePg/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:endnote w:type="separator" w:id="-1">
+    <w:p w:rsidR="008539E9" w:rsidRDefault="008539E9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationSeparator" w:id="0">
+    <w:p w:rsidR="008539E9" w:rsidRDefault="008539E9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+</w:endnotes>
+</file>
+
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+  <w:font w:name="Times New Roman">
+    <w:altName w:val="Times New Roman PSMT"/>
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="EE"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="EE"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Times New Roman">
-    <w:panose1 w:val="02020603050405020304"/>
+  <w:font w:name="Mangal">
+    <w:altName w:val="Liberation Mono"/>
+    <w:panose1 w:val="00000400000000000000"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00008003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Garamond">
+    <w:panose1 w:val="02020404030301010803"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Consolas">
+    <w:panose1 w:val="020B0609020204030204"/>
+    <w:charset w:val="EE"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00006FF" w:usb1="0000FCFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Liberation Sans">
+    <w:altName w:val="Arial"/>
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="EE"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0000AFF" w:usb1="500078FF" w:usb2="00000021" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:altName w:val="Arial"/>
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="EE"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Liberation Serif">
+    <w:altName w:val="Times New Roman"/>
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="EE"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0000AFF" w:usb1="500078FF" w:usb2="00000021" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Tahoma">
+    <w:altName w:val="Tahoma"/>
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="EE"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:p w:rsidR="00B95E55" w:rsidRPr="001C3189" w:rsidRDefault="00B95E55">
+    <w:pPr>
+      <w:pStyle w:val="Stopka"/>
+      <w:jc w:val="center"/>
+      <w:rPr>
+        <w:rFonts w:cs="Calibri"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidRPr="001C3189">
+      <w:rPr>
+        <w:rFonts w:cs="Calibri"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r w:rsidRPr="001C3189">
+      <w:rPr>
+        <w:rFonts w:cs="Calibri"/>
+      </w:rPr>
+      <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
+    </w:r>
+    <w:r w:rsidRPr="001C3189">
+      <w:rPr>
+        <w:rFonts w:cs="Calibri"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r w:rsidR="00444C44" w:rsidRPr="001C3189">
+      <w:rPr>
+        <w:rFonts w:cs="Calibri"/>
+        <w:noProof/>
+      </w:rPr>
+      <w:t>2</w:t>
+    </w:r>
+    <w:r w:rsidRPr="001C3189">
+      <w:rPr>
+        <w:rFonts w:cs="Calibri"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+  </w:p>
+  <w:p w:rsidR="00127D66" w:rsidRDefault="00127D66">
+    <w:pPr>
+      <w:pStyle w:val="Stopka"/>
+      <w:spacing w:line="312" w:lineRule="auto"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="en-US"/>
+      </w:rPr>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:p w:rsidR="00127D66" w:rsidRDefault="00127D66">
+    <w:pPr>
+      <w:pStyle w:val="Stopka"/>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="3816"/>
+        <w:tab w:val="center" w:pos="3996"/>
+        <w:tab w:val="center" w:pos="4176"/>
+        <w:tab w:val="center" w:pos="4356"/>
+        <w:tab w:val="right" w:pos="8352"/>
+        <w:tab w:val="right" w:pos="8532"/>
+        <w:tab w:val="right" w:pos="8712"/>
+        <w:tab w:val="right" w:pos="8892"/>
+      </w:tabs>
+      <w:ind w:left="-180" w:right="-414" w:hanging="180"/>
+      <w:jc w:val="center"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="fr-FR"/>
+      </w:rPr>
+    </w:pPr>
+  </w:p>
+  <w:p w:rsidR="00127D66" w:rsidRPr="00EB6467" w:rsidRDefault="00127D66">
+    <w:pPr>
+      <w:jc w:val="center"/>
+      <w:rPr>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="en-US"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidRPr="00EB6467">
+      <w:rPr>
+        <w:spacing w:val="-8"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="fr-FR"/>
+      </w:rPr>
+      <w:t xml:space="preserve">Urząd Miasta Poznania, pl. Kolegiacki 17, 61-841 Poznań, </w:t>
+    </w:r>
+    <w:r w:rsidRPr="00EB6467">
+      <w:rPr>
+        <w:spacing w:val="-6"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="fr-FR"/>
+      </w:rPr>
+      <w:t>tel. +48 61 878 53 1</w:t>
+    </w:r>
+    <w:r w:rsidR="0006544F" w:rsidRPr="00EB6467">
+      <w:rPr>
+        <w:spacing w:val="-6"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="fr-FR"/>
+      </w:rPr>
+      <w:t>7</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00EB6467">
+      <w:rPr>
+        <w:spacing w:val="-6"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="fr-FR"/>
+      </w:rPr>
+      <w:t xml:space="preserve">, fax +48 </w:t>
+    </w:r>
+    <w:r w:rsidR="0006544F" w:rsidRPr="00EB6467">
+      <w:rPr>
+        <w:spacing w:val="-6"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="fr-FR"/>
+      </w:rPr>
+      <w:t>61 878 53 84, sekretariat_m.wisniewski</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00EB6467">
+      <w:rPr>
+        <w:spacing w:val="-6"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="fr-FR"/>
+      </w:rPr>
+      <w:t>@um.poznan.pl,</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00EB6467">
+      <w:rPr>
+        <w:spacing w:val="-8"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="fr-FR"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> www.poznan.pl</w:t>
+    </w:r>
+  </w:p>
+  <w:p w:rsidR="00127D66" w:rsidRDefault="00127D66">
+    <w:pPr>
+      <w:jc w:val="center"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="en-US"/>
+      </w:rPr>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:footnote w:type="separator" w:id="-1">
+    <w:p w:rsidR="008539E9" w:rsidRDefault="008539E9">
+      <w:r w:rsidRPr="001C3189">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationSeparator" w:id="0">
+    <w:p w:rsidR="008539E9" w:rsidRDefault="008539E9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+</w:footnotes>
+</file>
+
+<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:p w:rsidR="00127D66" w:rsidRDefault="008539E9">
+    <w:pPr>
+      <w:pStyle w:val="Gb3b3b3b3b3b3b3b3b3f3f3f3f3f3f3f3f3f3wka"/>
+      <w:rPr>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:pict w14:anchorId="4D2B26E5">
+        <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
+          <v:stroke joinstyle="miter"/>
+          <v:formulas>
+            <v:f eqn="if lineDrawn pixelLineWidth 0"/>
+            <v:f eqn="sum @0 1 0"/>
+            <v:f eqn="sum 0 0 @1"/>
+            <v:f eqn="prod @2 1 2"/>
+            <v:f eqn="prod @3 21600 pixelWidth"/>
+            <v:f eqn="prod @3 21600 pixelHeight"/>
+            <v:f eqn="sum @0 0 1"/>
+            <v:f eqn="prod @6 1 2"/>
+            <v:f eqn="prod @7 21600 pixelWidth"/>
+            <v:f eqn="sum @8 21600 0"/>
+            <v:f eqn="prod @7 21600 pixelHeight"/>
+            <v:f eqn="sum @10 21600 0"/>
+          </v:formulas>
+          <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
+          <o:lock v:ext="edit" aspectratio="t"/>
+        </v:shapetype>
+        <v:shape id="_x0000_s2049" type="#_x0000_t75" alt="Czarno-biały herb miasta Poznania. Pod herbem tekst Zastępca Prezydenta Miasta Poznania " style="position:absolute;margin-left:-61.7pt;margin-top:-35.95pt;width:600pt;height:171pt;z-index:-1" o:allowincell="f">
+          <v:imagedata r:id="rId1" o:title=""/>
+        </v:shape>
+      </w:pict>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="172462F2"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="00000000"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="(%4)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="(%5)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="(%6)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2FD06C2D"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="1A3E187A"/>
+    <w:lvl w:ilvl="0" w:tplc="04150001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04150003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04150005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04150001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04150003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04150005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04150001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04150003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04150005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="375C1008"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="00000000"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="(%4)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="(%5)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="(%6)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4FC57D79"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="0D0A8C72"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="851" w:hanging="454"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%3)"/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1134" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1531" w:hanging="284"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="63D4111B"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="F4E480E8"/>
+    <w:lvl w:ilvl="0" w:tplc="04150001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04150003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04150005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04150001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04150003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04150005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04150001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04150003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04150005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1">
+    <w:abstractNumId w:val="2"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:lvl w:ilvl="0">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%1)"/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:lvl w:ilvl="1">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="lowerLetter"/>
+        <w:lvlText w:val="%2)"/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:lvl w:ilvl="2">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="lowerRoman"/>
+        <w:lvlText w:val="%3)"/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:lvl w:ilvl="3">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="(%4)"/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:lvl w:ilvl="4">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="lowerLetter"/>
+        <w:lvlText w:val="(%5)"/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:lvl w:ilvl="5">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="lowerRoman"/>
+        <w:lvlText w:val="(%6)"/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:lvl w:ilvl="6">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%7."/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:lvl w:ilvl="7">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="lowerLetter"/>
+        <w:lvlText w:val="%8."/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:lvl w:ilvl="8">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="lowerRoman"/>
+        <w:lvlText w:val="%9."/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="2"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:lvl w:ilvl="0">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="upperRoman"/>
+        <w:lvlText w:val="%1."/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:lvl w:ilvl="1">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="upperLetter"/>
+        <w:lvlText w:val="%2."/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:lvl w:ilvl="2">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%3."/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:lvl w:ilvl="3">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="lowerLetter"/>
+        <w:lvlText w:val="%4)"/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:lvl w:ilvl="4">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="(%5)"/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:lvl w:ilvl="5">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="lowerLetter"/>
+        <w:lvlText w:val="(%6)"/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:lvl w:ilvl="6">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="lowerRoman"/>
+        <w:lvlText w:val="(%7)"/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:lvl w:ilvl="7">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="lowerLetter"/>
+        <w:lvlText w:val="(%8)"/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:lvl w:ilvl="8">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="lowerRoman"/>
+        <w:lvlText w:val="(%9)"/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="2"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:lvl w:ilvl="0">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%1."/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:lvl w:ilvl="1">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%1.%2."/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:lvl w:ilvl="2">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%1.%2.%3."/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:lvl w:ilvl="3">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%1.%2.%3.%4."/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:lvl w:ilvl="4">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:lvl w:ilvl="5">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:lvl w:ilvl="6">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:lvl w:ilvl="7">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:lvl w:ilvl="8">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="4">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="5">
+    <w:abstractNumId w:val="0"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:lvl w:ilvl="0">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%1)"/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:lvl w:ilvl="1">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="lowerLetter"/>
+        <w:lvlText w:val="%2)"/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:lvl w:ilvl="2">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="lowerRoman"/>
+        <w:lvlText w:val="%3)"/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:lvl w:ilvl="3">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="(%4)"/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:lvl w:ilvl="4">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="lowerLetter"/>
+        <w:lvlText w:val="(%5)"/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:lvl w:ilvl="5">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="lowerRoman"/>
+        <w:lvlText w:val="(%6)"/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:lvl w:ilvl="6">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%7."/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:lvl w:ilvl="7">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="lowerLetter"/>
+        <w:lvlText w:val="%8."/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:lvl w:ilvl="8">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="lowerRoman"/>
+        <w:lvlText w:val="%9."/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="6">
+    <w:abstractNumId w:val="0"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:lvl w:ilvl="0">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="upperRoman"/>
+        <w:lvlText w:val="%1."/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:lvl w:ilvl="1">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="upperLetter"/>
+        <w:lvlText w:val="%2."/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:lvl w:ilvl="2">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%3."/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:lvl w:ilvl="3">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="lowerLetter"/>
+        <w:lvlText w:val="%4)"/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:lvl w:ilvl="4">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="(%5)"/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:lvl w:ilvl="5">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="lowerLetter"/>
+        <w:lvlText w:val="(%6)"/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:lvl w:ilvl="6">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="lowerRoman"/>
+        <w:lvlText w:val="(%7)"/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:lvl w:ilvl="7">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="lowerLetter"/>
+        <w:lvlText w:val="(%8)"/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:lvl w:ilvl="8">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="lowerRoman"/>
+        <w:lvlText w:val="(%9)"/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="7">
+    <w:abstractNumId w:val="0"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:lvl w:ilvl="0">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%1."/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:lvl w:ilvl="1">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%1.%2."/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:lvl w:ilvl="2">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%1.%2.%3."/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:lvl w:ilvl="3">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%1.%2.%3.%4."/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:lvl w:ilvl="4">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:lvl w:ilvl="5">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:lvl w:ilvl="6">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:lvl w:ilvl="7">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:lvl w:ilvl="8">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="8">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="9">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+</w:numbering>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100"/>
+  <w:removePersonalInformation/>
+  <w:removeDateAndTime/>
+  <w:embedSystemFonts/>
+  <w:bordersDoNotSurroundHeader/>
+  <w:bordersDoNotSurroundFooter/>
   <w:proofState w:spelling="clean"/>
-  <w:defaultTabStop w:val="708"/>
+  <w:doNotTrackMoves/>
+  <w:defaultTabStop w:val="709"/>
   <w:hyphenationZone w:val="425"/>
-  <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:drawingGridHorizontalSpacing w:val="120"/>
+  <w:drawingGridVerticalSpacing w:val="120"/>
+  <w:displayHorizontalDrawingGridEvery w:val="0"/>
+  <w:displayVerticalDrawingGridEvery w:val="3"/>
+  <w:doNotUseMarginsForDrawingGridOrigin/>
+  <w:characterSpacingControl w:val="compressPunctuation"/>
+  <w:doNotValidateAgainstSchema/>
+  <w:doNotDemarcateInvalidXml/>
+  <w:hdrShapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapelayout v:ext="edit">
+      <o:idmap v:ext="edit" data="2"/>
+    </o:shapelayout>
+  </w:hdrShapeDefaults>
+  <w:footnotePr>
+    <w:footnote w:id="-1"/>
+    <w:footnote w:id="0"/>
+  </w:footnotePr>
+  <w:endnotePr>
+    <w:endnote w:id="-1"/>
+    <w:endnote w:id="0"/>
+  </w:endnotePr>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
-[...3 lines deleted...]
-    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:spaceForUL/>
+    <w:balanceSingleByteDoubleByteWidth/>
+    <w:doNotLeaveBackslashAlone/>
+    <w:ulTrailSpace/>
+    <w:doNotExpandShiftReturn/>
+    <w:footnoteLayoutLikeWW8/>
+    <w:shapeLayoutLikeWW8/>
+    <w:alignTablesRowByRow/>
+    <w:forgetLastTabAlignment/>
+    <w:adjustLineHeightInTable/>
+    <w:doNotUseHTMLParagraphAutoSpacing/>
+    <w:layoutRawTableWidth/>
+    <w:layoutTableRowsApart/>
+    <w:useWord97LineBreakRules/>
+    <w:doNotBreakWrappedTables/>
+    <w:doNotSnapToGridInCell/>
+    <w:selectFldWithFirstOrLastChar/>
+    <w:doNotWrapTextWithPunct/>
+    <w:doNotUseEastAsianBreakRules/>
+    <w:useWord2002TableStyleRules/>
+    <w:growAutofit/>
+    <w:useNormalStyleForList/>
+    <w:doNotUseIndentAsNumberingTabStop/>
+    <w:useAltKinsokuLineBreakRules/>
+    <w:allowSpaceOfSameStyleInTable/>
+    <w:doNotSuppressIndentation/>
+    <w:doNotAutofitConstrainedTables/>
+    <w:autofitToFirstFixedWidthCell/>
+    <w:underlineTabInNumList/>
+    <w:displayHangulFixedWidth/>
+    <w:splitPgBreakAndParaMark/>
+    <w:doNotVertAlignCellWithSp/>
+    <w:doNotBreakConstrainedForcedTable/>
+    <w:doNotVertAlignInTxbx/>
+    <w:useAnsiKerningPairs/>
+    <w:cachedColBalance/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="11"/>
+    <w:compatSetting w:name="allowHyphenationAtTrackBottom" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00467217"/>
-[...37 lines deleted...]
-    <w:rsid w:val="00FC40BD"/>
+    <w:rsidRoot w:val="00E60F53"/>
+    <w:rsid w:val="00001BFD"/>
+    <w:rsid w:val="00023C66"/>
+    <w:rsid w:val="00024438"/>
+    <w:rsid w:val="00026044"/>
+    <w:rsid w:val="000534CE"/>
+    <w:rsid w:val="00056714"/>
+    <w:rsid w:val="0006405F"/>
+    <w:rsid w:val="0006544F"/>
+    <w:rsid w:val="000676BB"/>
+    <w:rsid w:val="00085812"/>
+    <w:rsid w:val="00086C24"/>
+    <w:rsid w:val="00086E56"/>
+    <w:rsid w:val="00094252"/>
+    <w:rsid w:val="00094E31"/>
+    <w:rsid w:val="00094F56"/>
+    <w:rsid w:val="000959A9"/>
+    <w:rsid w:val="000A2E7F"/>
+    <w:rsid w:val="000C1818"/>
+    <w:rsid w:val="000D5061"/>
+    <w:rsid w:val="000D53FD"/>
+    <w:rsid w:val="000D6587"/>
+    <w:rsid w:val="000E2F25"/>
+    <w:rsid w:val="000F10E2"/>
+    <w:rsid w:val="000F68D2"/>
+    <w:rsid w:val="00100908"/>
+    <w:rsid w:val="0010164C"/>
+    <w:rsid w:val="00104128"/>
+    <w:rsid w:val="00107C8F"/>
+    <w:rsid w:val="00112580"/>
+    <w:rsid w:val="00117C11"/>
+    <w:rsid w:val="00120C28"/>
+    <w:rsid w:val="001223B9"/>
+    <w:rsid w:val="00127D66"/>
+    <w:rsid w:val="00131698"/>
+    <w:rsid w:val="0014484D"/>
+    <w:rsid w:val="001458AE"/>
+    <w:rsid w:val="00164171"/>
+    <w:rsid w:val="00165DE5"/>
+    <w:rsid w:val="001676A9"/>
+    <w:rsid w:val="00177ED4"/>
+    <w:rsid w:val="00181C27"/>
+    <w:rsid w:val="00193997"/>
+    <w:rsid w:val="001A0A65"/>
+    <w:rsid w:val="001C00FA"/>
+    <w:rsid w:val="001C3189"/>
+    <w:rsid w:val="001D3E74"/>
+    <w:rsid w:val="001D695A"/>
+    <w:rsid w:val="001D6F38"/>
+    <w:rsid w:val="001E3878"/>
+    <w:rsid w:val="001E410E"/>
+    <w:rsid w:val="001F1813"/>
+    <w:rsid w:val="0021050C"/>
+    <w:rsid w:val="00215321"/>
+    <w:rsid w:val="0022060F"/>
+    <w:rsid w:val="00222CD6"/>
+    <w:rsid w:val="00241C80"/>
+    <w:rsid w:val="002531C6"/>
+    <w:rsid w:val="0025515F"/>
+    <w:rsid w:val="00273375"/>
+    <w:rsid w:val="0028454A"/>
+    <w:rsid w:val="00286735"/>
+    <w:rsid w:val="002A2CC8"/>
+    <w:rsid w:val="002A34D6"/>
+    <w:rsid w:val="002B4162"/>
+    <w:rsid w:val="002C1820"/>
+    <w:rsid w:val="002C229E"/>
+    <w:rsid w:val="002C615B"/>
+    <w:rsid w:val="002D57EA"/>
+    <w:rsid w:val="002E0CCD"/>
+    <w:rsid w:val="002F224A"/>
+    <w:rsid w:val="003147ED"/>
+    <w:rsid w:val="00327C40"/>
+    <w:rsid w:val="00330A39"/>
+    <w:rsid w:val="00330C25"/>
+    <w:rsid w:val="00332C7F"/>
+    <w:rsid w:val="00346642"/>
+    <w:rsid w:val="00356512"/>
+    <w:rsid w:val="003657F3"/>
+    <w:rsid w:val="00371E81"/>
+    <w:rsid w:val="00376694"/>
+    <w:rsid w:val="00395DAE"/>
+    <w:rsid w:val="003B2B68"/>
+    <w:rsid w:val="003B716F"/>
+    <w:rsid w:val="003D0CF8"/>
+    <w:rsid w:val="003E0856"/>
+    <w:rsid w:val="003F3BC8"/>
+    <w:rsid w:val="004100D7"/>
+    <w:rsid w:val="004152E2"/>
+    <w:rsid w:val="00426A54"/>
+    <w:rsid w:val="00444C44"/>
+    <w:rsid w:val="004464E9"/>
+    <w:rsid w:val="00480984"/>
+    <w:rsid w:val="00495636"/>
+    <w:rsid w:val="004A0346"/>
+    <w:rsid w:val="004B6B32"/>
+    <w:rsid w:val="004C7A0B"/>
+    <w:rsid w:val="004E2D6A"/>
+    <w:rsid w:val="004F1F55"/>
+    <w:rsid w:val="005015EB"/>
+    <w:rsid w:val="005157BD"/>
+    <w:rsid w:val="00530F53"/>
+    <w:rsid w:val="00552EC0"/>
+    <w:rsid w:val="00564C6F"/>
+    <w:rsid w:val="00574AAA"/>
+    <w:rsid w:val="005805D1"/>
+    <w:rsid w:val="00587FED"/>
+    <w:rsid w:val="00597096"/>
+    <w:rsid w:val="00597F25"/>
+    <w:rsid w:val="005A556F"/>
+    <w:rsid w:val="005B475E"/>
+    <w:rsid w:val="005C2D05"/>
+    <w:rsid w:val="005F2FC4"/>
+    <w:rsid w:val="005F46D1"/>
+    <w:rsid w:val="006044E4"/>
+    <w:rsid w:val="00605A18"/>
+    <w:rsid w:val="0061594F"/>
+    <w:rsid w:val="00624255"/>
+    <w:rsid w:val="00647DB7"/>
+    <w:rsid w:val="00655A22"/>
+    <w:rsid w:val="00671ED1"/>
+    <w:rsid w:val="00672CA1"/>
+    <w:rsid w:val="00681F26"/>
+    <w:rsid w:val="006A4468"/>
+    <w:rsid w:val="006C3A8D"/>
+    <w:rsid w:val="006C5DDC"/>
+    <w:rsid w:val="006F23BB"/>
+    <w:rsid w:val="00712DB9"/>
+    <w:rsid w:val="007242D8"/>
+    <w:rsid w:val="007254DA"/>
+    <w:rsid w:val="00734E81"/>
+    <w:rsid w:val="007404A0"/>
+    <w:rsid w:val="00740F0B"/>
+    <w:rsid w:val="0074574B"/>
+    <w:rsid w:val="0075049D"/>
+    <w:rsid w:val="007635E6"/>
+    <w:rsid w:val="00781EEE"/>
+    <w:rsid w:val="00785D01"/>
+    <w:rsid w:val="00786310"/>
+    <w:rsid w:val="0078684D"/>
+    <w:rsid w:val="007940BA"/>
+    <w:rsid w:val="007C1BCA"/>
+    <w:rsid w:val="007C239F"/>
+    <w:rsid w:val="007F02C8"/>
+    <w:rsid w:val="007F194F"/>
+    <w:rsid w:val="007F343B"/>
+    <w:rsid w:val="007F343D"/>
+    <w:rsid w:val="007F4EF5"/>
+    <w:rsid w:val="008263C8"/>
+    <w:rsid w:val="008408C1"/>
+    <w:rsid w:val="008539E9"/>
+    <w:rsid w:val="00860023"/>
+    <w:rsid w:val="00870D5C"/>
+    <w:rsid w:val="00876321"/>
+    <w:rsid w:val="00894DB7"/>
+    <w:rsid w:val="008B4066"/>
+    <w:rsid w:val="008D5DD2"/>
+    <w:rsid w:val="008F6F6F"/>
+    <w:rsid w:val="008F70E3"/>
+    <w:rsid w:val="00903647"/>
+    <w:rsid w:val="009044F0"/>
+    <w:rsid w:val="009047D5"/>
+    <w:rsid w:val="00930B86"/>
+    <w:rsid w:val="00937C3D"/>
+    <w:rsid w:val="00945449"/>
+    <w:rsid w:val="00946D1C"/>
+    <w:rsid w:val="009575F0"/>
+    <w:rsid w:val="00961AF7"/>
+    <w:rsid w:val="00963C97"/>
+    <w:rsid w:val="00967B34"/>
+    <w:rsid w:val="00993B97"/>
+    <w:rsid w:val="009A7850"/>
+    <w:rsid w:val="009A7CA3"/>
+    <w:rsid w:val="009C1310"/>
+    <w:rsid w:val="009C3D40"/>
+    <w:rsid w:val="009E41E2"/>
+    <w:rsid w:val="009F0B3E"/>
+    <w:rsid w:val="009F0EAA"/>
+    <w:rsid w:val="009F58BA"/>
+    <w:rsid w:val="00A170D5"/>
+    <w:rsid w:val="00A25216"/>
+    <w:rsid w:val="00A35258"/>
+    <w:rsid w:val="00A40F0B"/>
+    <w:rsid w:val="00A537E4"/>
+    <w:rsid w:val="00A54ECC"/>
+    <w:rsid w:val="00A624AB"/>
+    <w:rsid w:val="00A74796"/>
+    <w:rsid w:val="00A76EE5"/>
+    <w:rsid w:val="00A904A2"/>
+    <w:rsid w:val="00AA3E53"/>
+    <w:rsid w:val="00AC3010"/>
+    <w:rsid w:val="00AD2934"/>
+    <w:rsid w:val="00AE1E38"/>
+    <w:rsid w:val="00AF57E2"/>
+    <w:rsid w:val="00B22F09"/>
+    <w:rsid w:val="00B23BF7"/>
+    <w:rsid w:val="00B4032B"/>
+    <w:rsid w:val="00B42966"/>
+    <w:rsid w:val="00B55925"/>
+    <w:rsid w:val="00B7790F"/>
+    <w:rsid w:val="00B8243C"/>
+    <w:rsid w:val="00B9078A"/>
+    <w:rsid w:val="00B90F8F"/>
+    <w:rsid w:val="00B95E55"/>
+    <w:rsid w:val="00BA1C47"/>
+    <w:rsid w:val="00BA47A8"/>
+    <w:rsid w:val="00C04394"/>
+    <w:rsid w:val="00C3317F"/>
+    <w:rsid w:val="00C41D5C"/>
+    <w:rsid w:val="00C45265"/>
+    <w:rsid w:val="00C46E76"/>
+    <w:rsid w:val="00C4787E"/>
+    <w:rsid w:val="00C67B2C"/>
+    <w:rsid w:val="00C75504"/>
+    <w:rsid w:val="00C77067"/>
+    <w:rsid w:val="00C84622"/>
+    <w:rsid w:val="00C874E7"/>
+    <w:rsid w:val="00C9161F"/>
+    <w:rsid w:val="00C91F22"/>
+    <w:rsid w:val="00CD0709"/>
+    <w:rsid w:val="00D00570"/>
+    <w:rsid w:val="00D13C01"/>
+    <w:rsid w:val="00D40B0B"/>
+    <w:rsid w:val="00D44D41"/>
+    <w:rsid w:val="00D60FBE"/>
+    <w:rsid w:val="00D76476"/>
+    <w:rsid w:val="00D85CB2"/>
+    <w:rsid w:val="00D959C6"/>
+    <w:rsid w:val="00DB09DF"/>
+    <w:rsid w:val="00DB1CB1"/>
+    <w:rsid w:val="00DB63F0"/>
+    <w:rsid w:val="00DC6042"/>
+    <w:rsid w:val="00DD0858"/>
+    <w:rsid w:val="00DD77A2"/>
+    <w:rsid w:val="00DE7342"/>
+    <w:rsid w:val="00DE7FCA"/>
+    <w:rsid w:val="00DF7645"/>
+    <w:rsid w:val="00E0328B"/>
+    <w:rsid w:val="00E07DC4"/>
+    <w:rsid w:val="00E13148"/>
+    <w:rsid w:val="00E17FCF"/>
+    <w:rsid w:val="00E43606"/>
+    <w:rsid w:val="00E4589E"/>
+    <w:rsid w:val="00E45C83"/>
+    <w:rsid w:val="00E46A0C"/>
+    <w:rsid w:val="00E60F53"/>
+    <w:rsid w:val="00E62559"/>
+    <w:rsid w:val="00E73D79"/>
+    <w:rsid w:val="00E753E8"/>
+    <w:rsid w:val="00E75719"/>
+    <w:rsid w:val="00E87110"/>
+    <w:rsid w:val="00E9439A"/>
+    <w:rsid w:val="00EB6467"/>
+    <w:rsid w:val="00EC2120"/>
+    <w:rsid w:val="00EC62DE"/>
+    <w:rsid w:val="00EC79E6"/>
+    <w:rsid w:val="00ED5774"/>
+    <w:rsid w:val="00EE19D8"/>
+    <w:rsid w:val="00F17EB2"/>
+    <w:rsid w:val="00F20CA4"/>
+    <w:rsid w:val="00F359E6"/>
+    <w:rsid w:val="00F47F27"/>
+    <w:rsid w:val="00F555AC"/>
+    <w:rsid w:val="00F6061F"/>
+    <w:rsid w:val="00F61FD3"/>
+    <w:rsid w:val="00F67871"/>
+    <w:rsid w:val="00F67A69"/>
+    <w:rsid w:val="00F91B3C"/>
+    <w:rsid w:val="00F93AF6"/>
+    <w:rsid w:val="00FA5046"/>
+    <w:rsid w:val="00FB2985"/>
+    <w:rsid w:val="00FD08B9"/>
+    <w:rsid w:val="00FD08D6"/>
+    <w:rsid w:val="00FE6639"/>
+    <w:rsid w:val="00FE799D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pl-PL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:doNotIncludeSubdocsInStats/>
+  <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{23DF8F3B-1F62-40D4-91EE-D388950678ED}"/>
+  <w14:docId w14:val="325D6A58"/>
+  <w14:defaultImageDpi w14:val="96"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...2 lines deleted...]
-        <w:lang w:val="pl-PL" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+        <w:lang w:val="pl-PL" w:eastAsia="pl-PL" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault>
-[...3 lines deleted...]
-    </w:pPrDefault>
+    <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
-    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...7 lines deleted...]
-    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...4 lines deleted...]
-    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
-    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...8 lines deleted...]
-    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...10 lines deleted...]
-    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
-    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...5 lines deleted...]
-    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
-    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...11 lines deleted...]
-    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1"/>
+    <w:lsdException w:name="Strong" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
-    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...13 lines deleted...]
-    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...2 lines deleted...]
-    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
-    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="No Spacing" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
     <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
@@ -942,206 +2502,2991 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normalny">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="00001BFD"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:adjustRightInd w:val="0"/>
+      <w:spacing w:after="240" w:line="360" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000"/>
+      <w:kern w:val="1"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Nagwek1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:next w:val="Normalny"/>
+    <w:link w:val="Nagwek1Znak"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="001223B9"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:spacing w:before="240" w:after="60"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Mangal"/>
+      <w:bCs/>
+      <w:kern w:val="32"/>
+      <w:szCs w:val="29"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Domylnaczcionkaakapitu">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Standardowy">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Bezlisty">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Nagb3b3b3b3b3b3b3b3b3f3f3f3f3f3f3f3f3f3wekZnak">
+    <w:name w:val="Nagłb3b3b3b3b3b3b3b3b3óf3f3f3f3f3f3f3f3f3wek Znak"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="StopkaZnak">
+    <w:name w:val="Stopka Znak"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="StopkaZnak1">
+    <w:name w:val="Stopka Znak1"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="StopkaZnak11">
+    <w:name w:val="Stopka Znak11"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TekstdymkaZnak">
+    <w:name w:val="Tekst dymka Znak"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TekstpodstawowyZnak">
+    <w:name w:val="Tekst podstawowy Znak"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Pogrubienie">
+    <w:name w:val="Strong"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Tekstpodstawowy2Znak">
+    <w:name w:val="Tekst podstawowy 2 Znak"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="tah12">
+    <w:name w:val="tah12"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="PRZEWODNICZACYIPIERWSZYAKAPITZnakZnak">
+    <w:name w:val="PRZEWODNICZACY_I_PIERWSZY AKAPIT Znak Znak"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:cs="Garamond"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="PRZEWODNICZACYIIKONTYNUACJAMYcececececececececeLIZnakZnak">
+    <w:name w:val="PRZEWODNICZACY_II_KONTYNUACJA_MYÎcececececececececeLI Znak Znak"/>
+    <w:uiPriority w:val="99"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="PRZEWODNICZb4b4b4b4b4b4b4b4b4CYIIINOWAMYcececececececececeLZnakZnak">
+    <w:name w:val="PRZEWODNICZ´b4b4b4b4b4b4b4b4b4CY_III_NOWA_MYÎcececececececececeL Znak Znak"/>
+    <w:uiPriority w:val="99"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel1">
+    <w:name w:val="ListLabel 1"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel2">
+    <w:name w:val="ListLabel 2"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel3">
+    <w:name w:val="ListLabel 3"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel4">
+    <w:name w:val="ListLabel 4"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel5">
+    <w:name w:val="ListLabel 5"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel6">
+    <w:name w:val="ListLabel 6"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel7">
+    <w:name w:val="ListLabel 7"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel8">
+    <w:name w:val="ListLabel 8"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel9">
+    <w:name w:val="ListLabel 9"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel10">
+    <w:name w:val="ListLabel 10"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel11">
+    <w:name w:val="ListLabel 11"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel12">
+    <w:name w:val="ListLabel 12"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel13">
+    <w:name w:val="ListLabel 13"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel14">
+    <w:name w:val="ListLabel 14"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel15">
+    <w:name w:val="ListLabel 15"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel16">
+    <w:name w:val="ListLabel 16"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel17">
+    <w:name w:val="ListLabel 17"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel18">
+    <w:name w:val="ListLabel 18"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="PodpisZnak">
+    <w:name w:val="Podpis Znak"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="StopkaZnak2">
+    <w:name w:val="Stopka Znak2"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TekstdymkaZnak1">
+    <w:name w:val="Tekst dymka Znak1"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:cs="Segoe UI"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Tekstpodstawowy2Znak1">
+    <w:name w:val="Tekst podstawowy 2 Znak1"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="PodpisZnak1">
+    <w:name w:val="Podpis Znak1"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="StopkaZnak3">
+    <w:name w:val="Stopka Znak3"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TekstdymkaZnak2">
+    <w:name w:val="Tekst dymka Znak2"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:cs="Segoe UI"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Tekstpodstawowy2Znak2">
+    <w:name w:val="Tekst podstawowy 2 Znak2"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="PodpisZnak2">
+    <w:name w:val="Podpis Znak2"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="StopkaZnak4">
+    <w:name w:val="Stopka Znak4"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TekstdymkaZnak3">
+    <w:name w:val="Tekst dymka Znak3"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:cs="Segoe UI"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Tekstpodstawowy2Znak3">
+    <w:name w:val="Tekst podstawowy 2 Znak3"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Nagb3b3b3b3b3b3f3f3f3f3f3f3wekZnak">
+    <w:name w:val="Nagłb3b3b3b3b3b3óf3f3f3f3f3f3wek Znak"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="PodpisZnak3">
+    <w:name w:val="Podpis Znak3"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="StopkaZnak5">
+    <w:name w:val="Stopka Znak5"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TekstdymkaZnak4">
+    <w:name w:val="Tekst dymka Znak4"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:cs="Segoe UI"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Tekstpodstawowy2Znak4">
+    <w:name w:val="Tekst podstawowy 2 Znak4"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Nagb3b3b3b3b3f3f3f3f3f3wekZnak">
+    <w:name w:val="Nagłb3b3b3b3b3óf3f3f3f3f3wek Znak"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="PodpisZnak4">
+    <w:name w:val="Podpis Znak4"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="StopkaZnak6">
+    <w:name w:val="Stopka Znak6"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TekstdymkaZnak5">
+    <w:name w:val="Tekst dymka Znak5"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:cs="Segoe UI"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Tekstpodstawowy2Znak5">
+    <w:name w:val="Tekst podstawowy 2 Znak5"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Nagb3b3b3b3f3f3f3f3wekZnak">
+    <w:name w:val="Nagłb3b3b3b3óf3f3f3f3wek Znak"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="PodpisZnak5">
+    <w:name w:val="Podpis Znak5"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="StopkaZnak7">
+    <w:name w:val="Stopka Znak7"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TekstdymkaZnak6">
+    <w:name w:val="Tekst dymka Znak6"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:cs="Segoe UI"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Tekstpodstawowy2Znak6">
+    <w:name w:val="Tekst podstawowy 2 Znak6"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="PodpisZnak6">
+    <w:name w:val="Podpis Znak6"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="StopkaZnak8">
+    <w:name w:val="Stopka Znak8"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TekstdymkaZnak7">
+    <w:name w:val="Tekst dymka Znak7"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:cs="Segoe UI"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Tekstpodstawowy2Znak7">
+    <w:name w:val="Tekst podstawowy 2 Znak7"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Nagb3b3f3f3wekZnak">
+    <w:name w:val="Nagłb3b3óf3f3wek Znak"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a3a3b9b9czeinternetowe">
+    <w:name w:val="Ła3a3ąb9b9cze internetowe"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:color w:val="0563C1"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="PodpisZnak7">
+    <w:name w:val="Podpis Znak7"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="StopkaZnak9">
+    <w:name w:val="Stopka Znak9"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TekstdymkaZnak8">
+    <w:name w:val="Tekst dymka Znak8"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:cs="Segoe UI"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Tekstpodstawowy2Znak8">
+    <w:name w:val="Tekst podstawowy 2 Znak8"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TekstpodstawowyZnak1">
+    <w:name w:val="Tekst podstawowy Znak1"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Nagb3f3wekZnak">
+    <w:name w:val="Nagłb3óf3wek Znak"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Zwykb3ytekstZnak">
+    <w:name w:val="Zwykłb3y tekst Znak"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:eastAsia="Times New Roman" w:cs="Consolas"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="21"/>
+      <w:lang w:val="x-none" w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TekstpodstawowywcieatyZnak">
+    <w:name w:val="Tekst podstawowy wcięeaty Znak"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Tekstpodstawowywcieaty2Znak">
+    <w:name w:val="Tekst podstawowy wcięeaty 2 Znak"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Numerstrony">
+    <w:name w:val="page number"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ZnakZnak61">
+    <w:name w:val="Znak Znak61"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:eastAsia="Times New Roman"/>
+      <w:sz w:val="21"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ZnakZnak62">
+    <w:name w:val="Znak Znak62"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:eastAsia="Times New Roman"/>
+      <w:sz w:val="21"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Tekstprzypisukof1cowegoZnak">
+    <w:name w:val="Tekst przypisu końf1cowego Znak"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Zakotwiczenieprzypisukof1cowego">
+    <w:name w:val="Zakotwiczenie przypisu końf1cowego"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+      <w:vertAlign w:val="superscript"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="EndnoteCharacters">
+    <w:name w:val="Endnote Characters"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:vertAlign w:val="superscript"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ZnakZnak63">
+    <w:name w:val="Znak Znak63"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:eastAsia="Times New Roman"/>
+      <w:sz w:val="21"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ZnakZnak64">
+    <w:name w:val="Znak Znak64"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:eastAsia="Times New Roman"/>
+      <w:sz w:val="21"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a3b9czeinternetowe">
+    <w:name w:val="Ła3ąb9cze internetowe"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:color w:val="CC9900"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ZnakZnak65">
+    <w:name w:val="Znak Znak65"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:eastAsia="Times New Roman"/>
+      <w:sz w:val="21"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ZnakZnak66">
+    <w:name w:val="Znak Znak66"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:eastAsia="Times New Roman"/>
+      <w:sz w:val="21"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ZnakZnak">
+    <w:name w:val="Znak Znak"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman"/>
+      <w:sz w:val="21"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel19">
+    <w:name w:val="ListLabel 19"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel20">
+    <w:name w:val="ListLabel 20"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel21">
+    <w:name w:val="ListLabel 21"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel22">
+    <w:name w:val="ListLabel 22"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel23">
+    <w:name w:val="ListLabel 23"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel24">
+    <w:name w:val="ListLabel 24"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel25">
+    <w:name w:val="ListLabel 25"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel26">
+    <w:name w:val="ListLabel 26"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel27">
+    <w:name w:val="ListLabel 27"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel28">
+    <w:name w:val="ListLabel 28"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel29">
+    <w:name w:val="ListLabel 29"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel30">
+    <w:name w:val="ListLabel 30"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel31">
+    <w:name w:val="ListLabel 31"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel32">
+    <w:name w:val="ListLabel 32"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel33">
+    <w:name w:val="ListLabel 33"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel34">
+    <w:name w:val="ListLabel 34"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel35">
+    <w:name w:val="ListLabel 35"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel36">
+    <w:name w:val="ListLabel 36"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel37">
+    <w:name w:val="ListLabel 37"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel38">
+    <w:name w:val="ListLabel 38"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel39">
+    <w:name w:val="ListLabel 39"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel40">
+    <w:name w:val="ListLabel 40"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel41">
+    <w:name w:val="ListLabel 41"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel42">
+    <w:name w:val="ListLabel 42"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel43">
+    <w:name w:val="ListLabel 43"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel44">
+    <w:name w:val="ListLabel 44"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel45">
+    <w:name w:val="ListLabel 45"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel46">
+    <w:name w:val="ListLabel 46"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel47">
+    <w:name w:val="ListLabel 47"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel48">
+    <w:name w:val="ListLabel 48"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel49">
+    <w:name w:val="ListLabel 49"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel50">
+    <w:name w:val="ListLabel 50"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel51">
+    <w:name w:val="ListLabel 51"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel52">
+    <w:name w:val="ListLabel 52"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel53">
+    <w:name w:val="ListLabel 53"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel54">
+    <w:name w:val="ListLabel 54"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel55">
+    <w:name w:val="ListLabel 55"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel56">
+    <w:name w:val="ListLabel 56"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel57">
+    <w:name w:val="ListLabel 57"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel58">
+    <w:name w:val="ListLabel 58"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel59">
+    <w:name w:val="ListLabel 59"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel60">
+    <w:name w:val="ListLabel 60"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel61">
+    <w:name w:val="ListLabel 61"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel62">
+    <w:name w:val="ListLabel 62"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel63">
+    <w:name w:val="ListLabel 63"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel64">
+    <w:name w:val="ListLabel 64"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel65">
+    <w:name w:val="ListLabel 65"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel66">
+    <w:name w:val="ListLabel 66"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel67">
+    <w:name w:val="ListLabel 67"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel68">
+    <w:name w:val="ListLabel 68"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel69">
+    <w:name w:val="ListLabel 69"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel70">
+    <w:name w:val="ListLabel 70"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel71">
+    <w:name w:val="ListLabel 71"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel72">
+    <w:name w:val="ListLabel 72"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel73">
+    <w:name w:val="ListLabel 73"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel74">
+    <w:name w:val="ListLabel 74"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel75">
+    <w:name w:val="ListLabel 75"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel76">
+    <w:name w:val="ListLabel 76"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel77">
+    <w:name w:val="ListLabel 77"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel78">
+    <w:name w:val="ListLabel 78"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel79">
+    <w:name w:val="ListLabel 79"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel80">
+    <w:name w:val="ListLabel 80"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel81">
+    <w:name w:val="ListLabel 81"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel82">
+    <w:name w:val="ListLabel 82"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel83">
+    <w:name w:val="ListLabel 83"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel84">
+    <w:name w:val="ListLabel 84"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel85">
+    <w:name w:val="ListLabel 85"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel86">
+    <w:name w:val="ListLabel 86"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel87">
+    <w:name w:val="ListLabel 87"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel88">
+    <w:name w:val="ListLabel 88"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel89">
+    <w:name w:val="ListLabel 89"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel90">
+    <w:name w:val="ListLabel 90"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel91">
+    <w:name w:val="ListLabel 91"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel92">
+    <w:name w:val="ListLabel 92"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel93">
+    <w:name w:val="ListLabel 93"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel94">
+    <w:name w:val="ListLabel 94"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel95">
+    <w:name w:val="ListLabel 95"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel96">
+    <w:name w:val="ListLabel 96"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel97">
+    <w:name w:val="ListLabel 97"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel98">
+    <w:name w:val="ListLabel 98"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel99">
+    <w:name w:val="ListLabel 99"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel100">
+    <w:name w:val="ListLabel 100"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel101">
+    <w:name w:val="ListLabel 101"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel102">
+    <w:name w:val="ListLabel 102"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel103">
+    <w:name w:val="ListLabel 103"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel104">
+    <w:name w:val="ListLabel 104"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel105">
+    <w:name w:val="ListLabel 105"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel106">
+    <w:name w:val="ListLabel 106"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel107">
+    <w:name w:val="ListLabel 107"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel108">
+    <w:name w:val="ListLabel 108"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel109">
+    <w:name w:val="ListLabel 109"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel110">
+    <w:name w:val="ListLabel 110"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel111">
+    <w:name w:val="ListLabel 111"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel112">
+    <w:name w:val="ListLabel 112"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel113">
+    <w:name w:val="ListLabel 113"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel114">
+    <w:name w:val="ListLabel 114"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel115">
+    <w:name w:val="ListLabel 115"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel116">
+    <w:name w:val="ListLabel 116"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel117">
+    <w:name w:val="ListLabel 117"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel118">
+    <w:name w:val="ListLabel 118"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel119">
+    <w:name w:val="ListLabel 119"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel120">
+    <w:name w:val="ListLabel 120"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel121">
+    <w:name w:val="ListLabel 121"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel122">
+    <w:name w:val="ListLabel 122"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel123">
+    <w:name w:val="ListLabel 123"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel124">
+    <w:name w:val="ListLabel 124"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel125">
+    <w:name w:val="ListLabel 125"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel126">
+    <w:name w:val="ListLabel 126"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel127">
+    <w:name w:val="ListLabel 127"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel128">
+    <w:name w:val="ListLabel 128"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel129">
+    <w:name w:val="ListLabel 129"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel130">
+    <w:name w:val="ListLabel 130"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel131">
+    <w:name w:val="ListLabel 131"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel132">
+    <w:name w:val="ListLabel 132"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel133">
+    <w:name w:val="ListLabel 133"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel134">
+    <w:name w:val="ListLabel 134"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel135">
+    <w:name w:val="ListLabel 135"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel136">
+    <w:name w:val="ListLabel 136"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel137">
+    <w:name w:val="ListLabel 137"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel138">
+    <w:name w:val="ListLabel 138"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel139">
+    <w:name w:val="ListLabel 139"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel140">
+    <w:name w:val="ListLabel 140"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel141">
+    <w:name w:val="ListLabel 141"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel142">
+    <w:name w:val="ListLabel 142"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel143">
+    <w:name w:val="ListLabel 143"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel144">
+    <w:name w:val="ListLabel 144"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel145">
+    <w:name w:val="ListLabel 145"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel146">
+    <w:name w:val="ListLabel 146"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel147">
+    <w:name w:val="ListLabel 147"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel148">
+    <w:name w:val="ListLabel 148"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel149">
+    <w:name w:val="ListLabel 149"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel150">
+    <w:name w:val="ListLabel 150"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel151">
+    <w:name w:val="ListLabel 151"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel152">
+    <w:name w:val="ListLabel 152"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel153">
+    <w:name w:val="ListLabel 153"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel154">
+    <w:name w:val="ListLabel 154"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel155">
+    <w:name w:val="ListLabel 155"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel156">
+    <w:name w:val="ListLabel 156"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel157">
+    <w:name w:val="ListLabel 157"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel158">
+    <w:name w:val="ListLabel 158"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel159">
+    <w:name w:val="ListLabel 159"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel160">
+    <w:name w:val="ListLabel 160"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel161">
+    <w:name w:val="ListLabel 161"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel162">
+    <w:name w:val="ListLabel 162"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel163">
+    <w:name w:val="ListLabel 163"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel164">
+    <w:name w:val="ListLabel 164"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel165">
+    <w:name w:val="ListLabel 165"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel166">
+    <w:name w:val="ListLabel 166"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel167">
+    <w:name w:val="ListLabel 167"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel168">
+    <w:name w:val="ListLabel 168"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel169">
+    <w:name w:val="ListLabel 169"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel170">
+    <w:name w:val="ListLabel 170"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel171">
+    <w:name w:val="ListLabel 171"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel172">
+    <w:name w:val="ListLabel 172"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel173">
+    <w:name w:val="ListLabel 173"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel174">
+    <w:name w:val="ListLabel 174"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel175">
+    <w:name w:val="ListLabel 175"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel176">
+    <w:name w:val="ListLabel 176"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel177">
+    <w:name w:val="ListLabel 177"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel178">
+    <w:name w:val="ListLabel 178"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel179">
+    <w:name w:val="ListLabel 179"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel180">
+    <w:name w:val="ListLabel 180"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel181">
+    <w:name w:val="ListLabel 181"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel182">
+    <w:name w:val="ListLabel 182"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel183">
+    <w:name w:val="ListLabel 183"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel184">
+    <w:name w:val="ListLabel 184"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel185">
+    <w:name w:val="ListLabel 185"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel186">
+    <w:name w:val="ListLabel 186"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Nagb3f3wek">
+    <w:name w:val="Nagłb3óf3wek"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:next w:val="Tre9ce6tekstu"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:spacing w:before="240" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Sans" w:cs="Liberation Sans"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tre9ce6tekstu">
+    <w:name w:val="Treś9cće6 tekstu"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Lista">
+    <w:name w:val="List"/>
+    <w:basedOn w:val="Tre9ce6tekstu"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:spacing w:after="140" w:line="288" w:lineRule="exact"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:cs="Arial"/>
+      <w:lang w:val="en-GB" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Podpis">
+    <w:name w:val="Signature"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:link w:val="PodpisZnak8"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="PodpisZnak8">
+    <w:name w:val="Podpis Znak8"/>
+    <w:link w:val="Podpis"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:locked/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Liberation Serif" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:kern w:val="1"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Indeks">
+    <w:name w:val="Indeks"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:lang w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="DocumentMap">
+    <w:name w:val="DocumentMap"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:adjustRightInd w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Liberation Serif"/>
+      <w:color w:val="000000"/>
+      <w:kern w:val="1"/>
+      <w:lang w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Nagb3b3f3f3wek">
+    <w:name w:val="Nagłb3b3óf3f3wek"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:spacing w:before="240" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Sans" w:cs="Liberation Sans"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tre9c9ce6e6tekstu">
+    <w:name w:val="Treś9c9cće6e6 tekstu"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:spacing w:after="140" w:line="288" w:lineRule="exact"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Sygnatura">
+    <w:name w:val="Sygnatura"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:szCs w:val="24"/>
+      <w:lang w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Nagb3b3b3f3f3f3wek">
+    <w:name w:val="Nagłb3b3b3óf3f3f3wek"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:spacing w:before="240" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Sans" w:cs="Liberation Sans"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tre9c9c9ce6e6e6tekstu">
+    <w:name w:val="Treś9c9c9cće6e6e6 tekstu"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:spacing w:after="140" w:line="288" w:lineRule="exact"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Nagb3b3b3b3f3f3f3f3wek">
+    <w:name w:val="Nagłb3b3b3b3óf3f3f3f3wek"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:spacing w:before="240" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Sans" w:cs="Liberation Sans"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tre9c9c9c9ce6e6e6e6tekstu">
+    <w:name w:val="Treś9c9c9c9cće6e6e6e6 tekstu"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:spacing w:after="140" w:line="288" w:lineRule="exact"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Nagb3b3b3b3b3f3f3f3f3f3wek">
+    <w:name w:val="Nagłb3b3b3b3b3óf3f3f3f3f3wek"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:spacing w:before="240" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Sans" w:cs="Liberation Sans"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tre9c9c9c9c9ce6e6e6e6e6tekstu">
+    <w:name w:val="Treś9c9c9c9c9cće6e6e6e6e6 tekstu"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:spacing w:after="140" w:line="288" w:lineRule="exact"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Nagb3b3b3b3b3b3f3f3f3f3f3f3wek">
+    <w:name w:val="Nagłb3b3b3b3b3b3óf3f3f3f3f3f3wek"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:spacing w:before="240" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Sans" w:cs="Liberation Sans"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tre9c9c9c9c9c9ce6e6e6e6e6e6tekstu">
+    <w:name w:val="Treś9c9c9c9c9c9cće6e6e6e6e6e6 tekstu"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:spacing w:after="140" w:line="288" w:lineRule="exact"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Nagb3b3b3b3b3b3b3f3f3f3f3f3f3f3wek">
+    <w:name w:val="Nagłb3b3b3b3b3b3b3óf3f3f3f3f3f3f3wek"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:spacing w:before="240" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Sans" w:cs="Liberation Sans"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tre9c9c9c9c9c9c9ce6e6e6e6e6e6e6tekstu">
+    <w:name w:val="Treś9c9c9c9c9c9c9cće6e6e6e6e6e6e6 tekstu"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:spacing w:after="140" w:line="288" w:lineRule="exact"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Nagb3b3b3b3b3b3b3b3f3f3f3f3f3f3f3f3wek">
+    <w:name w:val="Nagłb3b3b3b3b3b3b3b3óf3f3f3f3f3f3f3f3wek"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:spacing w:before="240" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Sans" w:cs="Liberation Sans"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tre9c9c9c9c9c9c9c9ce6e6e6e6e6e6e6e6tekstu">
+    <w:name w:val="Treś9c9c9c9c9c9c9c9cće6e6e6e6e6e6e6e6 tekstu"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:spacing w:after="140" w:line="288" w:lineRule="exact"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Nagb3b3b3b3b3b3b3b3b3f3f3f3f3f3f3f3f3f3wek">
+    <w:name w:val="Nagłb3b3b3b3b3b3b3b3b3óf3f3f3f3f3f3f3f3f3wek"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:spacing w:before="240" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:cs="Arial"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w:lang w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tre9c9c9c9c9c9c9c9c9ce6e6e6e6e6e6e6e6e6tekstu">
+    <w:name w:val="Treś9c9c9c9c9c9c9c9c9cće6e6e6e6e6e6e6e6e6 tekstu"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:cs="Arial"/>
+      <w:lang w:val="en-GB" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Gb3b3b3b3b3b3b3b3b3f3f3f3f3f3f3f3f3f3wka">
+    <w:name w:val="Głb3b3b3b3b3b3b3b3b3óf3f3f3f3f3f3f3f3f3wka"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4536"/>
+        <w:tab w:val="right" w:pos="9072"/>
+      </w:tabs>
+    </w:pPr>
+    <w:rPr>
+      <w:lang w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Stopka">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:link w:val="StopkaZnak10"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4536"/>
+        <w:tab w:val="right" w:pos="9072"/>
+      </w:tabs>
+    </w:pPr>
+    <w:rPr>
+      <w:lang w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="StopkaZnak10">
+    <w:name w:val="Stopka Znak10"/>
+    <w:link w:val="Stopka"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:locked/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Liberation Serif" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:kern w:val="1"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="paragraph" w:styleId="Tekstdymka">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normalny"/>
-    <w:link w:val="TekstdymkaZnak"/>
+    <w:link w:val="TekstdymkaZnak9"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+      <w:lang w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TekstdymkaZnak9">
+    <w:name w:val="Tekst dymka Znak9"/>
+    <w:link w:val="Tekstdymka"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:unhideWhenUsed/>
-    <w:rsid w:val="00504866"/>
+    <w:locked/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:kern w:val="1"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+      <w:lang w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="NormalnyWeb">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="99"/>
     <w:pPr>
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:spacing w:before="100" w:after="100"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Tekstpodstawowy2">
+    <w:name w:val="Body Text 2"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:link w:val="Tekstpodstawowy2Znak9"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:spacing w:after="120" w:line="480" w:lineRule="exact"/>
+    </w:pPr>
+    <w:rPr>
+      <w:lang w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Tekstpodstawowy2Znak9">
+    <w:name w:val="Tekst podstawowy 2 Znak9"/>
+    <w:link w:val="Tekstpodstawowy2"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:locked/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Liberation Serif" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:kern w:val="1"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="PRZEWODNICZACYIPIERWSZYAKAPIT">
+    <w:name w:val="PRZEWODNICZACY_I_PIERWSZY AKAPIT"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:spacing w:before="280" w:line="288" w:lineRule="exact"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Garamond" w:cs="Garamond"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Styl1">
+    <w:name w:val="Styl1"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:spacing w:before="300" w:line="300" w:lineRule="exact"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:lang w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Prez02">
+    <w:name w:val="Prez_02"/>
+    <w:basedOn w:val="NormalnyWeb"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:spacing w:before="260" w:line="300" w:lineRule="exact"/>
+      <w:ind w:left="5233" w:firstLine="431"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Garamond" w:cs="Garamond"/>
+      <w:spacing w:val="-3"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="PRZEWODNICZACYIIKONTYNUACJAMYcececececececececeLI">
+    <w:name w:val="PRZEWODNICZACY_II_KONTYNUACJA_MYÎcececececececececeLI"/>
+    <w:basedOn w:val="PRZEWODNICZACYIPIERWSZYAKAPIT"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:ind w:firstLine="709"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="PRZEWODNICZb4b4b4b4b4b4b4b4b4CYIIINOWAMYcececececececececeL">
+    <w:name w:val="PRZEWODNICZ´b4b4b4b4b4b4b4b4b4CY_III_NOWA_MYÎcececececececececeL"/>
+    <w:basedOn w:val="PRZEWODNICZACYIPIERWSZYAKAPIT"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:ind w:firstLine="708"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Zawarto9c9c9c9c9c9c9c9c9ce6e6e6e6e6e6e6e6e6ramki">
+    <w:name w:val="Zawartoś9c9c9c9c9c9c9c9c9cće6e6e6e6e6e6e6e6e6 ramki"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:lang w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Zawarto9c9c9c9c9c9c9c9c9ce6e6e6e6e6e6e6e6e6tabeli">
+    <w:name w:val="Zawartoś9c9c9c9c9c9c9c9c9cće6e6e6e6e6e6e6e6e6 tabeli"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:lang w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Zawarto9c9c9c9c9c9c9c9ce6e6e6e6e6e6e6e6ramki">
+    <w:name w:val="Zawartoś9c9c9c9c9c9c9c9cće6e6e6e6e6e6e6e6 ramki"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="99"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Gb3b3b3b3b3b3b3b3f3f3f3f3f3f3f3f3wka">
+    <w:name w:val="Głb3b3b3b3b3b3b3b3óf3f3f3f3f3f3f3f3wka"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="99"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Zawarto9c9c9c9c9c9c9ce6e6e6e6e6e6e6ramki">
+    <w:name w:val="Zawartoś9c9c9c9c9c9c9cće6e6e6e6e6e6e6 ramki"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="99"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Gb3b3b3b3b3b3b3f3f3f3f3f3f3f3wka">
+    <w:name w:val="Głb3b3b3b3b3b3b3óf3f3f3f3f3f3f3wka"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="99"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Gb3b3b3b3b3b3f3f3f3f3f3f3wka">
+    <w:name w:val="Głb3b3b3b3b3b3óf3f3f3f3f3f3wka"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4536"/>
+        <w:tab w:val="right" w:pos="9072"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Zawarto9c9c9c9c9c9ce6e6e6e6e6e6ramki">
+    <w:name w:val="Zawartoś9c9c9c9c9c9cće6e6e6e6e6e6 ramki"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="99"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Gb3b3b3b3b3f3f3f3f3f3wka">
+    <w:name w:val="Głb3b3b3b3b3óf3f3f3f3f3wka"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4536"/>
+        <w:tab w:val="right" w:pos="9072"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Zawarto9c9c9c9c9ce6e6e6e6e6ramki">
+    <w:name w:val="Zawartoś9c9c9c9c9cće6e6e6e6e6 ramki"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="99"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Gb3b3b3b3f3f3f3f3wka">
+    <w:name w:val="Głb3b3b3b3óf3f3f3f3wka"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4536"/>
+        <w:tab w:val="right" w:pos="9072"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Zawarto9c9c9c9ce6e6e6e6ramki">
+    <w:name w:val="Zawartoś9c9c9c9cće6e6e6e6 ramki"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="99"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Zawarto9c9c9ce6e6e6ramki">
+    <w:name w:val="Zawartoś9c9c9cće6e6e6 ramki"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="99"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Gb3b3b3f3f3f3wka">
+    <w:name w:val="Głb3b3b3óf3f3f3wka"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="99"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Bezodstpw">
+    <w:name w:val="No Spacing"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:adjustRightInd w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Liberation Serif"/>
+      <w:color w:val="000000"/>
+      <w:kern w:val="1"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Gb3b3f3f3wka">
+    <w:name w:val="Głb3b3óf3f3wka"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4536"/>
+        <w:tab w:val="right" w:pos="9072"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Zawarto9c9ce6e6ramki">
+    <w:name w:val="Zawartoś9c9cće6e6 ramki"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="99"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Gb3f3wka">
+    <w:name w:val="Głb3óf3wka"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4536"/>
+        <w:tab w:val="right" w:pos="9072"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Zwykytekst">
+    <w:name w:val="Plain Text"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:link w:val="ZwykytekstZnak"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="exact"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:cs="Consolas"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="21"/>
+      <w:lang w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ZwykytekstZnak">
+    <w:name w:val="Zwykły tekst Znak"/>
+    <w:link w:val="Zwykytekst"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:locked/>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:kern w:val="1"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
-    </w:rPr>
-[...4 lines deleted...]
-    <w:link w:val="Tekstdymka"/>
+      <w:lang w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Wcieacietre9ccitekstu">
+    <w:name w:val="Wcięeacie treś9cci tekstu"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+      <w:ind w:left="283"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Tekstpodstawowywcity2">
+    <w:name w:val="Body Text Indent 2"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:link w:val="Tekstpodstawowywcity2Znak"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:spacing w:after="120" w:line="480" w:lineRule="exact"/>
+      <w:ind w:left="283"/>
+    </w:pPr>
+    <w:rPr>
+      <w:lang w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Tekstpodstawowywcity2Znak">
+    <w:name w:val="Tekst podstawowy wcięty 2 Znak"/>
+    <w:link w:val="Tekstpodstawowywcity2"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00504866"/>
-[...1 lines deleted...]
-      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+    <w:locked/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Liberation Serif" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:kern w:val="1"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Akapitzlist">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:link w:val="AkapitzlistZnak"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="exact"/>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:szCs w:val="24"/>
+      <w:lang w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Przypiskof1cowy">
+    <w:name w:val="Przypis końf1cowy"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Tabela-Siatka">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="Standardowy"/>
+    <w:uiPriority w:val="39"/>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Zawarto9ce6ramki">
+    <w:name w:val="Zawartoś9cće6 ramki"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="99"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
+    <w:name w:val="Default"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:adjustRightInd w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Liberation Serif"/>
+      <w:color w:val="000000"/>
+      <w:kern w:val="1"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Hipercze">
+    <w:name w:val="Hyperlink"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="008F70E3"/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+      <w:color w:val="0000FF"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Nagwek">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:link w:val="NagwekZnak"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="008B4066"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4536"/>
+        <w:tab w:val="right" w:pos="9072"/>
+      </w:tabs>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Mangal"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="NagwekZnak">
+    <w:name w:val="Nagłówek Znak"/>
+    <w:link w:val="Nagwek"/>
+    <w:uiPriority w:val="99"/>
+    <w:locked/>
+    <w:rsid w:val="008B4066"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Liberation Serif" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:kern w:val="1"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Tekstprzypisukocowego">
+    <w:name w:val="endnote text"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:link w:val="TekstprzypisukocowegoZnak"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00332C7F"/>
+    <w:rPr>
+      <w:rFonts w:cs="Mangal"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TekstprzypisukocowegoZnak">
+    <w:name w:val="Tekst przypisu końcowego Znak"/>
+    <w:link w:val="Tekstprzypisukocowego"/>
+    <w:uiPriority w:val="99"/>
+    <w:locked/>
+    <w:rsid w:val="00332C7F"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Liberation Serif" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:kern w:val="1"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
+      <w:lang w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Odwoanieprzypisukocowego">
+    <w:name w:val="endnote reference"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00332C7F"/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+      <w:vertAlign w:val="superscript"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Tekstprzypisudolnego">
+    <w:name w:val="footnote text"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:link w:val="TekstprzypisudolnegoZnak"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00552EC0"/>
+    <w:rPr>
+      <w:rFonts w:cs="Mangal"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TekstprzypisudolnegoZnak">
+    <w:name w:val="Tekst przypisu dolnego Znak"/>
+    <w:link w:val="Tekstprzypisudolnego"/>
+    <w:uiPriority w:val="99"/>
+    <w:locked/>
+    <w:rsid w:val="00552EC0"/>
+    <w:rPr>
+      <w:rFonts w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:kern w:val="1"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="18"/>
+      <w:lang w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Odwoanieprzypisudolnego">
+    <w:name w:val="footnote reference"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00B8243C"/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+      <w:vertAlign w:val="superscript"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="AkapitzlistZnak">
+    <w:name w:val="Akapit z listą Znak"/>
+    <w:link w:val="Akapitzlist"/>
+    <w:uiPriority w:val="34"/>
+    <w:rsid w:val="009A7CA3"/>
+    <w:rPr>
+      <w:color w:val="000000"/>
+      <w:kern w:val="1"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Nagwek1Znak">
+    <w:name w:val="Nagłówek 1 Znak"/>
+    <w:link w:val="Nagwek1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="001223B9"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Mangal"/>
+      <w:bCs/>
+      <w:color w:val="000000"/>
+      <w:kern w:val="32"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="29"/>
+      <w:lang w:bidi="hi-IN"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+  <w:divs>
+    <w:div w:id="1916936499">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1916936500">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1916936501">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1916936502">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
-  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
+</file>
+
+<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motyw pakietu Office">
   <a:themeElements>
     <a:clrScheme name="Pakiet Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4472C4"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Pakiet Office">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Calibri Light"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
@@ -1280,75 +5625,75 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{837F557C-2A10-4DC0-8022-6D7E52A3FD60}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>228</Words>
-  <Characters>1370</Characters>
+  <Words>253</Words>
+  <Characters>1523</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>11</Lines>
+  <Lines>12</Lines>
   <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1595</CharactersWithSpaces>
+  <CharactersWithSpaces>1773</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
+  <dc:title>Odp. na interpelację 86.23 w sprawie opracowania dokumentacji projektowej na skrzyżowaniu ulic Urszulanek-Torowa-Pokrzywno</dc:title>
   <dc:subject/>
-  <dc:creator>Wojciech Chudy</dc:creator>
-  <cp:keywords/>
+  <dc:creator/>
+  <cp:keywords>dokumentacja projektowa; skrzyżowanie ul. Urszulanek - Torowa - Pokrzywno</cp:keywords>
   <dc:description/>
-  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:lastModifiedBy/>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>