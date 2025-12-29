--- v0 (2025-11-08)
+++ v1 (2025-12-29)
@@ -1,2801 +1,2013 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
+  <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
-  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w:rsidR="00127D66" w:rsidRPr="001C3189" w:rsidRDefault="00127D66" w:rsidP="00001BFD">
-[...12 lines deleted...]
-      <w:r w:rsidR="004152E2">
+    <w:p w:rsidR="009C09D2" w:rsidRPr="00897D07" w:rsidRDefault="00B65098" w:rsidP="00E40016">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00897D07">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Poznań, 16.05</w:t>
+      </w:r>
+      <w:r w:rsidR="00677C3D" w:rsidRPr="00897D07">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.2023</w:t>
+      </w:r>
+      <w:r w:rsidR="00361B7A" w:rsidRPr="00897D07">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00FA5CE4">
-[...36 lines deleted...]
-      <w:r w:rsidR="00327C40" w:rsidRPr="001C3189">
+      <w:r w:rsidR="009C09D2" w:rsidRPr="00897D07">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+            <wp:simplePos x="899160" y="899160"/>
+            <wp:positionH relativeFrom="column">
+              <wp:align>left</wp:align>
+            </wp:positionH>
+            <wp:positionV relativeFrom="paragraph">
+              <wp:align>top</wp:align>
+            </wp:positionV>
+            <wp:extent cx="776030" cy="1181100"/>
+            <wp:effectExtent l="0" t="0" r="5080" b="0"/>
+            <wp:wrapSquare wrapText="bothSides"/>
+            <wp:docPr id="1" name="Obraz 1"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name="8.png"/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId7">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="776030" cy="1181100"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:anchor>
+        </w:drawing>
+      </w:r>
+      <w:r w:rsidR="00361B7A" w:rsidRPr="00897D07">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br w:type="textWrapping" w:clear="all"/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A41141" w:rsidRPr="00897D07" w:rsidRDefault="00A41141" w:rsidP="00E40016">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A41141" w:rsidRPr="00897D07" w:rsidRDefault="009F3EDD" w:rsidP="00E40016">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00897D07">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Radna Miasta Poznania </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004F170A" w:rsidRPr="00897D07" w:rsidRDefault="009F3EDD" w:rsidP="00E40016">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00897D07">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Maria Lisiecka- Pawełczak </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009F3EDD" w:rsidRPr="00897D07" w:rsidRDefault="00361B7A" w:rsidP="00E40016">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00897D07">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                                               </w:t>
+      </w:r>
+      <w:r w:rsidR="00A41141" w:rsidRPr="00897D07">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Szanowny Pan </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A41141" w:rsidRPr="00897D07" w:rsidRDefault="009F3EDD" w:rsidP="00E40016">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00897D07">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Jacek Jaś</w:t>
+      </w:r>
+      <w:r w:rsidR="00A41141" w:rsidRPr="00897D07">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">kowiak </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009F3EDD" w:rsidRPr="00897D07" w:rsidRDefault="009F3EDD" w:rsidP="00E40016">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00897D07">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Prezydent Miasta Poznania </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B34916" w:rsidRPr="00897D07" w:rsidRDefault="00B34916" w:rsidP="00E40016">
+      <w:pPr>
+        <w:pStyle w:val="Nagwek1"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00132D3C" w:rsidRPr="00897D07" w:rsidRDefault="00B34916" w:rsidP="00E40016">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00897D07">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Interpelacja</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE126A" w:rsidRPr="00897D07">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dotyczy:</w:t>
+      </w:r>
+      <w:r w:rsidR="00B66C74" w:rsidRPr="00897D07">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00396C83">
-[...74 lines deleted...]
-      </w:r>
+      <w:r w:rsidR="00BC5DC2" w:rsidRPr="00897D07">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>specjalnego oznakowania mie</w:t>
+      </w:r>
+      <w:r w:rsidR="001925D2" w:rsidRPr="00897D07">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>jsc parkingowych wokół szpitali z oddziałami ginekologiczno-</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF30C9" w:rsidRPr="00897D07">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>położniczymi</w:t>
+      </w:r>
+      <w:r w:rsidR="001925D2" w:rsidRPr="00897D07">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00814B57" w:rsidRPr="00897D07" w:rsidRDefault="00814B57" w:rsidP="00E40016">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00314270" w:rsidRPr="00897D07" w:rsidRDefault="004669FF" w:rsidP="00E40016">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00897D07">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">W połowie maja Warszawski Szpital Południowy na Ursynowie wprowadził udogodnienie dla rodzących. Pod samym wejściem do oddziału ginekologiczno-położniczego </w:t>
+      </w:r>
+      <w:r w:rsidR="00586552" w:rsidRPr="00897D07">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">szpital </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00897D07">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>wyznaczył specjalne miejsca parkingowe dla przyszłych mam. Dzięki temu jadąc na poród przyszli rodzice nie będą musieli się już głowić, gdzie zaparkować.</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE6716" w:rsidRPr="00897D07">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Miejsca te są specjalnie oznakowane i nie sposób ich nie zauważyć. Pomalowane są na czerwono, a pośrodku każdego z nich widnieje biała ikona kobiety w ciąży z czerwonym serduszkiem na brzuchu. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BA0FAE" w:rsidRPr="00897D07" w:rsidRDefault="003D1146" w:rsidP="00E40016">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00897D07">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Jest to bardzo dobry pomysł, który zdecydowanie ułatwi parkowanie w bezpieczny sposób. </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA0FAE" w:rsidRPr="00897D07">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Bardzo proszę o przeanalizowanie możliwości wyznaczenia takich miejsc przed szpitalami: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BA0FAE" w:rsidRPr="00897D07" w:rsidRDefault="00BA0FAE" w:rsidP="00E40016">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00897D07">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- Ginekologiczno-Położniczy Szpital Kliniczny Uniwersytetu Medycznego im. Karola Marcinkowskiego w Poznaniu. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BA0FAE" w:rsidRPr="00897D07" w:rsidRDefault="00BA0FAE" w:rsidP="00E40016">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00897D07">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>- Szpital Miejski im. Franciszka Raszei.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BA0FAE" w:rsidRPr="00897D07" w:rsidRDefault="00BA0FAE" w:rsidP="00E40016">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00897D07">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- Szpital św. Rodziny. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0004469A" w:rsidRPr="00897D07" w:rsidRDefault="0004469A" w:rsidP="00E40016">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0003050F" w:rsidRPr="00897D07" w:rsidRDefault="0003050F" w:rsidP="00E40016">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0003050F" w:rsidRPr="00897D07" w:rsidRDefault="0003050F" w:rsidP="00E40016">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
-      <w:r w:rsidRPr="00F402EC">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="00F402EC">
+    </w:p>
+    <w:p w:rsidR="0003050F" w:rsidRPr="00897D07" w:rsidRDefault="0003050F" w:rsidP="00E40016">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00897D07">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Poniżej zdjęcia: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0004469A" w:rsidRPr="00897D07" w:rsidRDefault="00E94EFF" w:rsidP="00E40016">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00897D07">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">określonych szczegółowo tabliczkami </w:t>
-[...107 lines deleted...]
-      <w:r w:rsidR="008F70E3" w:rsidRPr="00094F56">
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="2005965" cy="2674620"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="4" name="Obraz 4"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="4" name="1.jpg"/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId8" cstate="print">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm flipH="1">
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="2005965" cy="2674620"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00314270" w:rsidRPr="00897D07" w:rsidRDefault="00E94EFF" w:rsidP="00E40016">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00897D07">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Źródło: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId9" w:history="1">
+        <w:r w:rsidRPr="00897D07">
+          <w:rPr>
+            <w:rStyle w:val="Hipercze"/>
+            <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>https://www.facebook.com/rodzewpoludniowym</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w:rsidR="00E94EFF" w:rsidRPr="00897D07" w:rsidRDefault="00E94EFF" w:rsidP="00E40016">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E94EFF" w:rsidRPr="00897D07" w:rsidRDefault="00E94EFF" w:rsidP="00E40016">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00897D07">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="2080260" cy="2773680"/>
+            <wp:effectExtent l="0" t="0" r="0" b="7620"/>
+            <wp:docPr id="5" name="Obraz 5"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="5" name="2.jpg"/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId10" cstate="print">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="2080260" cy="2773680"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E94EFF" w:rsidRPr="00897D07" w:rsidRDefault="00E94EFF" w:rsidP="00E40016">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00897D07">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Źródło: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId11" w:history="1">
+        <w:r w:rsidRPr="00897D07">
+          <w:rPr>
+            <w:rStyle w:val="Hipercze"/>
+            <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>https://www.facebook.com/rodzewpoludniowym</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w:rsidR="00E94EFF" w:rsidRPr="00897D07" w:rsidRDefault="00970EF7" w:rsidP="00E40016">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00897D07">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Do wiadomości:</w:t>
-[...15 lines deleted...]
-      <w:type w:val="continuous"/>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="1798320" cy="2397760"/>
+            <wp:effectExtent l="0" t="0" r="0" b="2540"/>
+            <wp:docPr id="6" name="Obraz 6"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="6" name="3.jpg"/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId12" cstate="print">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="1798320" cy="2397760"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00970EF7" w:rsidRPr="00897D07" w:rsidRDefault="00970EF7" w:rsidP="00E40016">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00897D07">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Źródło: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId13" w:history="1">
+        <w:r w:rsidRPr="00897D07">
+          <w:rPr>
+            <w:rStyle w:val="Hipercze"/>
+            <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>https://www.facebook.com/rodzewpoludniowym</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w:rsidR="00970EF7" w:rsidRPr="00897D07" w:rsidRDefault="00970EF7" w:rsidP="00E40016">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E94EFF" w:rsidRPr="00897D07" w:rsidRDefault="00E94EFF" w:rsidP="00E40016">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CF7240" w:rsidRPr="00897D07" w:rsidRDefault="00CF7240" w:rsidP="00E40016">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00897D07">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Z wyrazami szacunku,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C72BCD" w:rsidRPr="00897D07" w:rsidRDefault="00A24B7E" w:rsidP="00E40016">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00897D07">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Maria Lisiecka-Pawełczak</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="00C72BCD" w:rsidRPr="00897D07">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="2829" w:right="1106" w:bottom="1276" w:left="1134" w:header="708" w:footer="616" w:gutter="0"/>
+      <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
-      <w:formProt w:val="0"/>
-[...1 lines deleted...]
-      <w:titlePg/>
+      <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00702D1B" w:rsidRDefault="00702D1B">
+    <w:p w:rsidR="00067DE3" w:rsidRDefault="00067DE3" w:rsidP="00132D3C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00702D1B" w:rsidRDefault="00702D1B">
+    <w:p w:rsidR="00067DE3" w:rsidRDefault="00067DE3" w:rsidP="00132D3C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
-[...6 lines deleted...]
-  </w:font>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="EE"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="EE"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Garamond">
-[...58 lines deleted...]
-  </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
-<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-[...159 lines deleted...]
-
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00702D1B" w:rsidRDefault="00702D1B">
-[...7 lines deleted...]
-        </w:rPr>
+    <w:p w:rsidR="00067DE3" w:rsidRDefault="00067DE3" w:rsidP="00132D3C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00702D1B" w:rsidRDefault="00702D1B">
+    <w:p w:rsidR="00067DE3" w:rsidRDefault="00067DE3" w:rsidP="00132D3C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
-      </w:r>
-[...29 lines deleted...]
-        <w:t>w sprawie szczegółowych warunków technicznych dla znaków i sygnałów drogowych oraz urządzeń bezpieczeństwa ruchu drogowego i warunkach ich umieszczania na drogach (Dz. U. z 2019 r. poz. 2311 ze zm.)</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
-<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-[...75 lines deleted...]
-
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
-[...1 lines deleted...]
-    <w:nsid w:val="172462F2"/>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="046C4B79"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="00000000"/>
+    <w:tmpl w:val="6E542B6C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%1)"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="360" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1">
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1E7A5F90"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="E0E667B8"/>
+    <w:lvl w:ilvl="0" w:tplc="0415000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
-      <w:lvlText w:val="%2)"/>
+      <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="720" w:hanging="360"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2">
+    <w:lvl w:ilvl="2" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
-      <w:lvlText w:val="%3)"/>
-[...6 lines deleted...]
-      </w:rPr>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3">
+    <w:lvl w:ilvl="3" w:tplc="0415000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="(%4)"/>
+      <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="360"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4">
+    <w:lvl w:ilvl="4" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
-      <w:lvlText w:val="(%5)"/>
+      <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1800" w:hanging="360"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5">
+    <w:lvl w:ilvl="5" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
-      <w:lvlText w:val="(%6)"/>
-[...6 lines deleted...]
-      </w:rPr>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6">
+    <w:lvl w:ilvl="6" w:tplc="0415000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2520" w:hanging="360"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7">
+    <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8">
-[...564 lines deleted...]
-    <w:lvl w:ilvl="8">
+    <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6120" w:hanging="180"/>
-[...229 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
-    <w:abstractNumId w:val="4"/>
-[...98 lines deleted...]
-    </w:lvlOverride>
+    <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2">
-    <w:abstractNumId w:val="4"/>
-[...205 lines deleted...]
-  <w:num w:numId="5">
     <w:abstractNumId w:val="0"/>
-    <w:lvlOverride w:ilvl="0">
-[...316 lines deleted...]
-    <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
-  <w:embedSystemFonts/>
-[...4 lines deleted...]
-  <w:defaultTabStop w:val="709"/>
+  <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
-  <w:drawingGridHorizontalSpacing w:val="120"/>
-[...9 lines deleted...]
-  </w:hdrShapeDefaults>
+  <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
-    <w:spaceForUL/>
-[...5 lines deleted...]
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="006C13E5"/>
-[...312 lines deleted...]
-    <w:rsid w:val="00FE799D"/>
+    <w:rsidRoot w:val="000D44C5"/>
+    <w:rsid w:val="00007405"/>
+    <w:rsid w:val="00007549"/>
+    <w:rsid w:val="00014EBD"/>
+    <w:rsid w:val="00024E99"/>
+    <w:rsid w:val="00026D5D"/>
+    <w:rsid w:val="0003050F"/>
+    <w:rsid w:val="00044190"/>
+    <w:rsid w:val="0004469A"/>
+    <w:rsid w:val="0004568F"/>
+    <w:rsid w:val="0005373E"/>
+    <w:rsid w:val="00062024"/>
+    <w:rsid w:val="00064FEF"/>
+    <w:rsid w:val="00067508"/>
+    <w:rsid w:val="00067DE3"/>
+    <w:rsid w:val="00071560"/>
+    <w:rsid w:val="00071633"/>
+    <w:rsid w:val="00073473"/>
+    <w:rsid w:val="000827A8"/>
+    <w:rsid w:val="00085F8F"/>
+    <w:rsid w:val="00091C01"/>
+    <w:rsid w:val="00092891"/>
+    <w:rsid w:val="000939DF"/>
+    <w:rsid w:val="00095C7C"/>
+    <w:rsid w:val="000970F0"/>
+    <w:rsid w:val="000A258C"/>
+    <w:rsid w:val="000A477A"/>
+    <w:rsid w:val="000A7EC8"/>
+    <w:rsid w:val="000B08A1"/>
+    <w:rsid w:val="000B4AE0"/>
+    <w:rsid w:val="000B550B"/>
+    <w:rsid w:val="000B7AEF"/>
+    <w:rsid w:val="000D1C67"/>
+    <w:rsid w:val="000D44C5"/>
+    <w:rsid w:val="000D49B8"/>
+    <w:rsid w:val="000E0502"/>
+    <w:rsid w:val="000E2CC3"/>
+    <w:rsid w:val="00104AFB"/>
+    <w:rsid w:val="001126D5"/>
+    <w:rsid w:val="00115BA5"/>
+    <w:rsid w:val="00115E8B"/>
+    <w:rsid w:val="001247EC"/>
+    <w:rsid w:val="00132D3C"/>
+    <w:rsid w:val="001332FC"/>
+    <w:rsid w:val="00136E3F"/>
+    <w:rsid w:val="00137694"/>
+    <w:rsid w:val="00140029"/>
+    <w:rsid w:val="00146653"/>
+    <w:rsid w:val="00160E8C"/>
+    <w:rsid w:val="001633B7"/>
+    <w:rsid w:val="0017644A"/>
+    <w:rsid w:val="00177724"/>
+    <w:rsid w:val="00181C03"/>
+    <w:rsid w:val="0018764F"/>
+    <w:rsid w:val="001925D2"/>
+    <w:rsid w:val="001A1557"/>
+    <w:rsid w:val="001B152E"/>
+    <w:rsid w:val="001B3F84"/>
+    <w:rsid w:val="001C28ED"/>
+    <w:rsid w:val="001C357B"/>
+    <w:rsid w:val="001C64B5"/>
+    <w:rsid w:val="001C6BF5"/>
+    <w:rsid w:val="001E2C69"/>
+    <w:rsid w:val="001E2E00"/>
+    <w:rsid w:val="001E3445"/>
+    <w:rsid w:val="00200B12"/>
+    <w:rsid w:val="00202749"/>
+    <w:rsid w:val="00210957"/>
+    <w:rsid w:val="00216112"/>
+    <w:rsid w:val="00220A11"/>
+    <w:rsid w:val="002218B3"/>
+    <w:rsid w:val="00223E2B"/>
+    <w:rsid w:val="00227CFE"/>
+    <w:rsid w:val="00227F88"/>
+    <w:rsid w:val="002327C7"/>
+    <w:rsid w:val="002364C3"/>
+    <w:rsid w:val="00236832"/>
+    <w:rsid w:val="0024118E"/>
+    <w:rsid w:val="0024295D"/>
+    <w:rsid w:val="0024524B"/>
+    <w:rsid w:val="00251301"/>
+    <w:rsid w:val="00252301"/>
+    <w:rsid w:val="00253689"/>
+    <w:rsid w:val="002541E9"/>
+    <w:rsid w:val="00260926"/>
+    <w:rsid w:val="00260BED"/>
+    <w:rsid w:val="00270472"/>
+    <w:rsid w:val="002744D8"/>
+    <w:rsid w:val="00275635"/>
+    <w:rsid w:val="00275656"/>
+    <w:rsid w:val="00283868"/>
+    <w:rsid w:val="002A7C32"/>
+    <w:rsid w:val="002B50E1"/>
+    <w:rsid w:val="002B795E"/>
+    <w:rsid w:val="002C36BA"/>
+    <w:rsid w:val="002D19B8"/>
+    <w:rsid w:val="002F0847"/>
+    <w:rsid w:val="002F7554"/>
+    <w:rsid w:val="00302D30"/>
+    <w:rsid w:val="0031124A"/>
+    <w:rsid w:val="00312DAC"/>
+    <w:rsid w:val="00314270"/>
+    <w:rsid w:val="00320936"/>
+    <w:rsid w:val="00322221"/>
+    <w:rsid w:val="00322D5A"/>
+    <w:rsid w:val="003253A9"/>
+    <w:rsid w:val="00333673"/>
+    <w:rsid w:val="00335EB0"/>
+    <w:rsid w:val="00337B6D"/>
+    <w:rsid w:val="00340565"/>
+    <w:rsid w:val="00346E89"/>
+    <w:rsid w:val="00361B7A"/>
+    <w:rsid w:val="00362E26"/>
+    <w:rsid w:val="003631BD"/>
+    <w:rsid w:val="00365910"/>
+    <w:rsid w:val="0037079B"/>
+    <w:rsid w:val="00373B37"/>
+    <w:rsid w:val="003748D4"/>
+    <w:rsid w:val="00383417"/>
+    <w:rsid w:val="003913E5"/>
+    <w:rsid w:val="003935F0"/>
+    <w:rsid w:val="00395635"/>
+    <w:rsid w:val="003A2CB7"/>
+    <w:rsid w:val="003A3344"/>
+    <w:rsid w:val="003A3E82"/>
+    <w:rsid w:val="003A5067"/>
+    <w:rsid w:val="003A51A1"/>
+    <w:rsid w:val="003A74B1"/>
+    <w:rsid w:val="003B6B9A"/>
+    <w:rsid w:val="003B7067"/>
+    <w:rsid w:val="003C1261"/>
+    <w:rsid w:val="003C12EC"/>
+    <w:rsid w:val="003C19F4"/>
+    <w:rsid w:val="003C3917"/>
+    <w:rsid w:val="003D1146"/>
+    <w:rsid w:val="003D4761"/>
+    <w:rsid w:val="003E575B"/>
+    <w:rsid w:val="003F0A95"/>
+    <w:rsid w:val="0040080E"/>
+    <w:rsid w:val="00401C29"/>
+    <w:rsid w:val="004034F8"/>
+    <w:rsid w:val="00404BDB"/>
+    <w:rsid w:val="00411B5A"/>
+    <w:rsid w:val="00414D27"/>
+    <w:rsid w:val="004177CD"/>
+    <w:rsid w:val="00423656"/>
+    <w:rsid w:val="00432660"/>
+    <w:rsid w:val="00440641"/>
+    <w:rsid w:val="004568A6"/>
+    <w:rsid w:val="004660E0"/>
+    <w:rsid w:val="004669FF"/>
+    <w:rsid w:val="0047511B"/>
+    <w:rsid w:val="00492854"/>
+    <w:rsid w:val="0049533C"/>
+    <w:rsid w:val="00495DFE"/>
+    <w:rsid w:val="004A03F8"/>
+    <w:rsid w:val="004A4547"/>
+    <w:rsid w:val="004A5927"/>
+    <w:rsid w:val="004B0167"/>
+    <w:rsid w:val="004B28D7"/>
+    <w:rsid w:val="004B2AFE"/>
+    <w:rsid w:val="004C3BAD"/>
+    <w:rsid w:val="004C578B"/>
+    <w:rsid w:val="004C753E"/>
+    <w:rsid w:val="004D384A"/>
+    <w:rsid w:val="004D64B0"/>
+    <w:rsid w:val="004E05D2"/>
+    <w:rsid w:val="004E29FC"/>
+    <w:rsid w:val="004E2F2C"/>
+    <w:rsid w:val="004F170A"/>
+    <w:rsid w:val="004F70E6"/>
+    <w:rsid w:val="00504442"/>
+    <w:rsid w:val="00504675"/>
+    <w:rsid w:val="00506C1C"/>
+    <w:rsid w:val="00510316"/>
+    <w:rsid w:val="00515A0E"/>
+    <w:rsid w:val="0052036B"/>
+    <w:rsid w:val="00541022"/>
+    <w:rsid w:val="00543375"/>
+    <w:rsid w:val="00544851"/>
+    <w:rsid w:val="00560DC9"/>
+    <w:rsid w:val="00561821"/>
+    <w:rsid w:val="005628A2"/>
+    <w:rsid w:val="00564BA5"/>
+    <w:rsid w:val="00567468"/>
+    <w:rsid w:val="00577446"/>
+    <w:rsid w:val="00580618"/>
+    <w:rsid w:val="00581042"/>
+    <w:rsid w:val="00584F81"/>
+    <w:rsid w:val="00585354"/>
+    <w:rsid w:val="00586552"/>
+    <w:rsid w:val="005868B2"/>
+    <w:rsid w:val="00586F66"/>
+    <w:rsid w:val="00592311"/>
+    <w:rsid w:val="005944C9"/>
+    <w:rsid w:val="005A4817"/>
+    <w:rsid w:val="005A5ABB"/>
+    <w:rsid w:val="005A7642"/>
+    <w:rsid w:val="005B2BB7"/>
+    <w:rsid w:val="005E1E73"/>
+    <w:rsid w:val="005E39A1"/>
+    <w:rsid w:val="005E3A19"/>
+    <w:rsid w:val="005F0040"/>
+    <w:rsid w:val="005F3E89"/>
+    <w:rsid w:val="005F71B2"/>
+    <w:rsid w:val="006033C9"/>
+    <w:rsid w:val="00604C33"/>
+    <w:rsid w:val="00606593"/>
+    <w:rsid w:val="00607785"/>
+    <w:rsid w:val="00612412"/>
+    <w:rsid w:val="00612731"/>
+    <w:rsid w:val="0061374E"/>
+    <w:rsid w:val="00613DD2"/>
+    <w:rsid w:val="006225A1"/>
+    <w:rsid w:val="00623A59"/>
+    <w:rsid w:val="00624EC0"/>
+    <w:rsid w:val="006263FD"/>
+    <w:rsid w:val="0063572E"/>
+    <w:rsid w:val="006469F0"/>
+    <w:rsid w:val="006511BA"/>
+    <w:rsid w:val="00651ACD"/>
+    <w:rsid w:val="00653D57"/>
+    <w:rsid w:val="006600C6"/>
+    <w:rsid w:val="006600E7"/>
+    <w:rsid w:val="0066022C"/>
+    <w:rsid w:val="006620EC"/>
+    <w:rsid w:val="00677C3D"/>
+    <w:rsid w:val="006922CD"/>
+    <w:rsid w:val="006B5CA5"/>
+    <w:rsid w:val="006B5CA9"/>
+    <w:rsid w:val="006C28A2"/>
+    <w:rsid w:val="006C5EFE"/>
+    <w:rsid w:val="006C61C7"/>
+    <w:rsid w:val="006D31B7"/>
+    <w:rsid w:val="006E47E4"/>
+    <w:rsid w:val="006E6246"/>
+    <w:rsid w:val="006F4380"/>
+    <w:rsid w:val="006F6485"/>
+    <w:rsid w:val="006F77D6"/>
+    <w:rsid w:val="007044D5"/>
+    <w:rsid w:val="00713811"/>
+    <w:rsid w:val="00713D99"/>
+    <w:rsid w:val="00716C67"/>
+    <w:rsid w:val="00717D80"/>
+    <w:rsid w:val="00722386"/>
+    <w:rsid w:val="00725EE3"/>
+    <w:rsid w:val="00731236"/>
+    <w:rsid w:val="0073419C"/>
+    <w:rsid w:val="00740879"/>
+    <w:rsid w:val="00743005"/>
+    <w:rsid w:val="00743A02"/>
+    <w:rsid w:val="00747C88"/>
+    <w:rsid w:val="00752665"/>
+    <w:rsid w:val="00754117"/>
+    <w:rsid w:val="007545A8"/>
+    <w:rsid w:val="00765947"/>
+    <w:rsid w:val="00766EB8"/>
+    <w:rsid w:val="007737A8"/>
+    <w:rsid w:val="00773F31"/>
+    <w:rsid w:val="00775DBB"/>
+    <w:rsid w:val="0078776D"/>
+    <w:rsid w:val="007953C9"/>
+    <w:rsid w:val="007A3CFA"/>
+    <w:rsid w:val="007B4291"/>
+    <w:rsid w:val="007B646C"/>
+    <w:rsid w:val="007B75E9"/>
+    <w:rsid w:val="007C45D9"/>
+    <w:rsid w:val="007D0A9D"/>
+    <w:rsid w:val="007D238D"/>
+    <w:rsid w:val="007D4A59"/>
+    <w:rsid w:val="007D4D96"/>
+    <w:rsid w:val="007D5044"/>
+    <w:rsid w:val="007E0B30"/>
+    <w:rsid w:val="007E1D24"/>
+    <w:rsid w:val="007E6450"/>
+    <w:rsid w:val="007E7C21"/>
+    <w:rsid w:val="00807DC9"/>
+    <w:rsid w:val="0081004A"/>
+    <w:rsid w:val="0081409D"/>
+    <w:rsid w:val="00814B57"/>
+    <w:rsid w:val="00824A46"/>
+    <w:rsid w:val="00830668"/>
+    <w:rsid w:val="00831F7B"/>
+    <w:rsid w:val="00836379"/>
+    <w:rsid w:val="00836900"/>
+    <w:rsid w:val="00842319"/>
+    <w:rsid w:val="00850060"/>
+    <w:rsid w:val="00854E1E"/>
+    <w:rsid w:val="008550C8"/>
+    <w:rsid w:val="00857F41"/>
+    <w:rsid w:val="00867342"/>
+    <w:rsid w:val="00870FA6"/>
+    <w:rsid w:val="00871D1A"/>
+    <w:rsid w:val="00882DDE"/>
+    <w:rsid w:val="00886E60"/>
+    <w:rsid w:val="00897D07"/>
+    <w:rsid w:val="008A021A"/>
+    <w:rsid w:val="008A0636"/>
+    <w:rsid w:val="008A4715"/>
+    <w:rsid w:val="008A6DFB"/>
+    <w:rsid w:val="008D646A"/>
+    <w:rsid w:val="008D7101"/>
+    <w:rsid w:val="008E629B"/>
+    <w:rsid w:val="008E642A"/>
+    <w:rsid w:val="008F6029"/>
+    <w:rsid w:val="009201B2"/>
+    <w:rsid w:val="009220C0"/>
+    <w:rsid w:val="009348AA"/>
+    <w:rsid w:val="00935530"/>
+    <w:rsid w:val="009407F1"/>
+    <w:rsid w:val="00954AF9"/>
+    <w:rsid w:val="009561A9"/>
+    <w:rsid w:val="009571D9"/>
+    <w:rsid w:val="00961C3A"/>
+    <w:rsid w:val="00962E3D"/>
+    <w:rsid w:val="00962FC6"/>
+    <w:rsid w:val="00970EF7"/>
+    <w:rsid w:val="00975C12"/>
+    <w:rsid w:val="00987FA6"/>
+    <w:rsid w:val="009945DF"/>
+    <w:rsid w:val="00994795"/>
+    <w:rsid w:val="009970EE"/>
+    <w:rsid w:val="009A2A8C"/>
+    <w:rsid w:val="009A3516"/>
+    <w:rsid w:val="009B3459"/>
+    <w:rsid w:val="009B7EDD"/>
+    <w:rsid w:val="009C09D2"/>
+    <w:rsid w:val="009E0906"/>
+    <w:rsid w:val="009F3EDD"/>
+    <w:rsid w:val="00A01E17"/>
+    <w:rsid w:val="00A20CD2"/>
+    <w:rsid w:val="00A24B7E"/>
+    <w:rsid w:val="00A268C7"/>
+    <w:rsid w:val="00A31523"/>
+    <w:rsid w:val="00A41141"/>
+    <w:rsid w:val="00A52C70"/>
+    <w:rsid w:val="00A547C3"/>
+    <w:rsid w:val="00A57911"/>
+    <w:rsid w:val="00A60EFE"/>
+    <w:rsid w:val="00A675E8"/>
+    <w:rsid w:val="00A73C51"/>
+    <w:rsid w:val="00A855FC"/>
+    <w:rsid w:val="00A86200"/>
+    <w:rsid w:val="00A96AF1"/>
+    <w:rsid w:val="00A96CF0"/>
+    <w:rsid w:val="00AA09D9"/>
+    <w:rsid w:val="00AA5559"/>
+    <w:rsid w:val="00AB5237"/>
+    <w:rsid w:val="00AB55E6"/>
+    <w:rsid w:val="00AC66CB"/>
+    <w:rsid w:val="00AD244C"/>
+    <w:rsid w:val="00AD4B27"/>
+    <w:rsid w:val="00AE0C29"/>
+    <w:rsid w:val="00AE5A84"/>
+    <w:rsid w:val="00AF5554"/>
+    <w:rsid w:val="00AF7BD8"/>
+    <w:rsid w:val="00B02355"/>
+    <w:rsid w:val="00B1268E"/>
+    <w:rsid w:val="00B177B5"/>
+    <w:rsid w:val="00B30B5F"/>
+    <w:rsid w:val="00B34916"/>
+    <w:rsid w:val="00B44041"/>
+    <w:rsid w:val="00B62A08"/>
+    <w:rsid w:val="00B644D6"/>
+    <w:rsid w:val="00B65098"/>
+    <w:rsid w:val="00B66C74"/>
+    <w:rsid w:val="00B7021E"/>
+    <w:rsid w:val="00B7366B"/>
+    <w:rsid w:val="00B7409D"/>
+    <w:rsid w:val="00B759D1"/>
+    <w:rsid w:val="00B81001"/>
+    <w:rsid w:val="00B91754"/>
+    <w:rsid w:val="00B9195D"/>
+    <w:rsid w:val="00BA0FAE"/>
+    <w:rsid w:val="00BA2B96"/>
+    <w:rsid w:val="00BA4C9E"/>
+    <w:rsid w:val="00BB32C6"/>
+    <w:rsid w:val="00BC4D36"/>
+    <w:rsid w:val="00BC5DC2"/>
+    <w:rsid w:val="00BD5E63"/>
+    <w:rsid w:val="00BD63D6"/>
+    <w:rsid w:val="00BD7F4B"/>
+    <w:rsid w:val="00BE1990"/>
+    <w:rsid w:val="00BE1BB9"/>
+    <w:rsid w:val="00BE4033"/>
+    <w:rsid w:val="00BF61EC"/>
+    <w:rsid w:val="00C00BEC"/>
+    <w:rsid w:val="00C04F89"/>
+    <w:rsid w:val="00C07B08"/>
+    <w:rsid w:val="00C20DC6"/>
+    <w:rsid w:val="00C2557C"/>
+    <w:rsid w:val="00C259DE"/>
+    <w:rsid w:val="00C31B86"/>
+    <w:rsid w:val="00C3667E"/>
+    <w:rsid w:val="00C400FA"/>
+    <w:rsid w:val="00C45744"/>
+    <w:rsid w:val="00C47036"/>
+    <w:rsid w:val="00C70296"/>
+    <w:rsid w:val="00C707C1"/>
+    <w:rsid w:val="00C7140D"/>
+    <w:rsid w:val="00C72BCD"/>
+    <w:rsid w:val="00C740C8"/>
+    <w:rsid w:val="00C829AB"/>
+    <w:rsid w:val="00C844A2"/>
+    <w:rsid w:val="00C94EE0"/>
+    <w:rsid w:val="00C956BD"/>
+    <w:rsid w:val="00CA3C8F"/>
+    <w:rsid w:val="00CB6EE7"/>
+    <w:rsid w:val="00CB7F76"/>
+    <w:rsid w:val="00CC1608"/>
+    <w:rsid w:val="00CC17CF"/>
+    <w:rsid w:val="00CC720A"/>
+    <w:rsid w:val="00CD3989"/>
+    <w:rsid w:val="00CD6985"/>
+    <w:rsid w:val="00CD7027"/>
+    <w:rsid w:val="00CE0364"/>
+    <w:rsid w:val="00CF5AAE"/>
+    <w:rsid w:val="00CF7240"/>
+    <w:rsid w:val="00D028AF"/>
+    <w:rsid w:val="00D15CFF"/>
+    <w:rsid w:val="00D34714"/>
+    <w:rsid w:val="00D3596D"/>
+    <w:rsid w:val="00D45607"/>
+    <w:rsid w:val="00D642C5"/>
+    <w:rsid w:val="00D65EE7"/>
+    <w:rsid w:val="00D70AF0"/>
+    <w:rsid w:val="00D712FB"/>
+    <w:rsid w:val="00D7195E"/>
+    <w:rsid w:val="00D7244D"/>
+    <w:rsid w:val="00D77491"/>
+    <w:rsid w:val="00D83587"/>
+    <w:rsid w:val="00D91D14"/>
+    <w:rsid w:val="00DA6529"/>
+    <w:rsid w:val="00DB027D"/>
+    <w:rsid w:val="00DB0931"/>
+    <w:rsid w:val="00DB3099"/>
+    <w:rsid w:val="00DD0064"/>
+    <w:rsid w:val="00DD7140"/>
+    <w:rsid w:val="00DE2CD1"/>
+    <w:rsid w:val="00DE2D3E"/>
+    <w:rsid w:val="00DF0281"/>
+    <w:rsid w:val="00DF0AF3"/>
+    <w:rsid w:val="00DF692B"/>
+    <w:rsid w:val="00E0373B"/>
+    <w:rsid w:val="00E056A7"/>
+    <w:rsid w:val="00E07F42"/>
+    <w:rsid w:val="00E10E13"/>
+    <w:rsid w:val="00E126BE"/>
+    <w:rsid w:val="00E20A9F"/>
+    <w:rsid w:val="00E20F39"/>
+    <w:rsid w:val="00E221DC"/>
+    <w:rsid w:val="00E272C1"/>
+    <w:rsid w:val="00E33810"/>
+    <w:rsid w:val="00E40016"/>
+    <w:rsid w:val="00E438FD"/>
+    <w:rsid w:val="00E47D21"/>
+    <w:rsid w:val="00E55B38"/>
+    <w:rsid w:val="00E55C60"/>
+    <w:rsid w:val="00E56871"/>
+    <w:rsid w:val="00E5792A"/>
+    <w:rsid w:val="00E65555"/>
+    <w:rsid w:val="00E70F3C"/>
+    <w:rsid w:val="00E75740"/>
+    <w:rsid w:val="00E76E76"/>
+    <w:rsid w:val="00E94534"/>
+    <w:rsid w:val="00E94EFF"/>
+    <w:rsid w:val="00EA716F"/>
+    <w:rsid w:val="00EB296B"/>
+    <w:rsid w:val="00EB3BA7"/>
+    <w:rsid w:val="00EC0580"/>
+    <w:rsid w:val="00EC4577"/>
+    <w:rsid w:val="00ED0C0B"/>
+    <w:rsid w:val="00ED2F5F"/>
+    <w:rsid w:val="00ED66F1"/>
+    <w:rsid w:val="00EE2B89"/>
+    <w:rsid w:val="00EE43C6"/>
+    <w:rsid w:val="00EE6276"/>
+    <w:rsid w:val="00EE7E02"/>
+    <w:rsid w:val="00EF0A7B"/>
+    <w:rsid w:val="00F01E80"/>
+    <w:rsid w:val="00F07206"/>
+    <w:rsid w:val="00F10FC5"/>
+    <w:rsid w:val="00F16E23"/>
+    <w:rsid w:val="00F20925"/>
+    <w:rsid w:val="00F22EA2"/>
+    <w:rsid w:val="00F253BC"/>
+    <w:rsid w:val="00F37D4C"/>
+    <w:rsid w:val="00F41553"/>
+    <w:rsid w:val="00F4240A"/>
+    <w:rsid w:val="00F46D52"/>
+    <w:rsid w:val="00F53BF3"/>
+    <w:rsid w:val="00F54408"/>
+    <w:rsid w:val="00F5456C"/>
+    <w:rsid w:val="00F60C0A"/>
+    <w:rsid w:val="00F67D6F"/>
+    <w:rsid w:val="00F70776"/>
+    <w:rsid w:val="00F82C2F"/>
+    <w:rsid w:val="00F84077"/>
+    <w:rsid w:val="00F942C5"/>
+    <w:rsid w:val="00FA503D"/>
+    <w:rsid w:val="00FA5079"/>
+    <w:rsid w:val="00FA65E2"/>
+    <w:rsid w:val="00FA79FD"/>
+    <w:rsid w:val="00FB05AF"/>
+    <w:rsid w:val="00FB2891"/>
+    <w:rsid w:val="00FC26A3"/>
+    <w:rsid w:val="00FC5877"/>
+    <w:rsid w:val="00FD23D4"/>
+    <w:rsid w:val="00FD3B21"/>
+    <w:rsid w:val="00FD7176"/>
+    <w:rsid w:val="00FD75E6"/>
+    <w:rsid w:val="00FE126A"/>
+    <w:rsid w:val="00FE6716"/>
+    <w:rsid w:val="00FE6E5E"/>
+    <w:rsid w:val="00FF1080"/>
+    <w:rsid w:val="00FF30C9"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pl-PL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
-  <w:doNotIncludeSubdocsInStats/>
-  <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:defaultImageDpi w14:val="0"/>
+  <w15:chartTrackingRefBased/>
+  <w15:docId w15:val="{70581C50-870F-4D95-873A-3B7E509DA452}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
-        <w:lang w:val="pl-PL" w:eastAsia="pl-PL" w:bidi="ar-SA"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="pl-PL" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault/>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="267">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="footer" w:semiHidden="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
-    <w:lsdException w:name="page number" w:semiHidden="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="List" w:semiHidden="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
-    <w:lsdException w:name="Signature" w:semiHidden="1"/>
-    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
-    <w:lsdException w:name="Body Text 2" w:semiHidden="1"/>
-[...1 lines deleted...]
-    <w:lsdException w:name="Strong" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
-    <w:lsdException w:name="Plain Text" w:semiHidden="1"/>
-    <w:lsdException w:name="Normal (Web)" w:semiHidden="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
-    <w:lsdException w:name="No Spacing" w:qFormat="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
     <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
@@ -2861,5975 +2073,734 @@
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
     <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normalny">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00001BFD"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Nagwek1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:next w:val="Normalny"/>
+    <w:link w:val="Nagwek1Znak"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="00A41141"/>
     <w:pPr>
-      <w:suppressAutoHyphens/>
-[...3 lines deleted...]
-      <w:spacing w:after="240" w:line="360" w:lineRule="auto"/>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="240" w:after="0"/>
+      <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:color w:val="000000"/>
-[...3 lines deleted...]
-      <w:lang w:bidi="hi-IN"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Nagwek2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:next w:val="Normalny"/>
+    <w:link w:val="Nagwek2Znak"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00BA0FAE"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Domylnaczcionkaakapitu">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Standardowy">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Bezlisty">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Nagb3b3b3b3b3b3b3b3b3f3f3f3f3f3f3f3f3f3wekZnak">
-[...1 lines deleted...]
-    <w:uiPriority w:val="99"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Nagwek1Znak">
+    <w:name w:val="Nagłówek 1 Znak"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:link w:val="Nagwek1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00A41141"/>
     <w:rPr>
-      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="StopkaZnak">
-    <w:name w:val="Stopka Znak"/>
+  <w:style w:type="character" w:styleId="Hipercze">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
     <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00D15CFF"/>
     <w:rPr>
-      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-[...490 lines deleted...]
-      <w:color w:val="0563C1"/>
+      <w:color w:val="0563C1" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="PodpisZnak7">
-[...1355 lines deleted...]
-    <w:name w:val="Nagłb3óf3wek"/>
+  <w:style w:type="paragraph" w:styleId="Akapitzlist">
+    <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normalny"/>
-    <w:next w:val="Tre9ce6tekstu"/>
-    <w:uiPriority w:val="99"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00D15CFF"/>
     <w:pPr>
-      <w:keepNext/>
-      <w:spacing w:before="240" w:after="120"/>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
     </w:pPr>
-    <w:rPr>
-[...343 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NormalnyWeb">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="Normalny"/>
     <w:uiPriority w:val="99"/>
-    <w:pPr>
-[...1 lines deleted...]
-    </w:pPr>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="001E2E00"/>
     <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
-      <w:lang w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Tekstpodstawowy2">
-[...392 lines deleted...]
-    </w:rPr>
+  <w:style w:type="character" w:customStyle="1" w:styleId="x193iq5w">
+    <w:name w:val="x193iq5w"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:rsid w:val="00132D3C"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Tekstprzypisukocowego">
     <w:name w:val="endnote text"/>
     <w:basedOn w:val="Normalny"/>
     <w:link w:val="TekstprzypisukocowegoZnak"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00332C7F"/>
-[...319 lines deleted...]
-    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:tblPr>
-[...1880 lines deleted...]
-    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00132D3C"/>
     <w:pPr>
-      <w:keepNext/>
-      <w:spacing w:before="240" w:after="120"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
-    <w:rPr>
-[...666 lines deleted...]
-    <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="Tabela-Siatka">
-[...16 lines deleted...]
-    <w:basedOn w:val="Normalny"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TekstprzypisukocowegoZnak">
+    <w:name w:val="Tekst przypisu końcowego Znak"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:link w:val="Tekstprzypisukocowego"/>
     <w:uiPriority w:val="99"/>
-  </w:style>
-[...7 lines deleted...]
-    </w:pPr>
+    <w:semiHidden/>
+    <w:rsid w:val="00132D3C"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Liberation Serif"/>
-[...44 lines deleted...]
-      <w:kern w:val="1"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
-      <w:lang w:bidi="hi-IN"/>
-[...26 lines deleted...]
-      <w:lang w:bidi="hi-IN"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Odwoanieprzypisukocowego">
     <w:name w:val="endnote reference"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00332C7F"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00132D3C"/>
     <w:rPr>
-      <w:rFonts w:cs="Times New Roman"/>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Tekstprzypisudolnego">
-[...4 lines deleted...]
-    <w:rsid w:val="00B8243C"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Nagwek2Znak">
+    <w:name w:val="Nagłówek 2 Znak"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:link w:val="Nagwek2"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00BA0FAE"/>
     <w:rPr>
-      <w:rFonts w:cs="Mangal"/>
-[...37 lines deleted...]
-      <w:szCs w:val="24"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:divs>
-    <w:div w:id="144251055">
+    <w:div w:id="217909309">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="452211204">
+    <w:div w:id="1505244941">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
-    </w:div>
-[...36 lines deleted...]
-      </w:divBdr>
       <w:divsChild>
-        <w:div w:id="1916936500">
+        <w:div w:id="192151587">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
-    <w:div w:id="1916936501">
+    <w:div w:id="1543057803">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="926426097">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1992829926">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="196166657">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="872306561">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                      <w:divsChild>
+                        <w:div w:id="34551479">
+                          <w:marLeft w:val="0"/>
+                          <w:marRight w:val="0"/>
+                          <w:marTop w:val="0"/>
+                          <w:marBottom w:val="0"/>
+                          <w:divBdr>
+                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                          </w:divBdr>
+                          <w:divsChild>
+                            <w:div w:id="680357919">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                              <w:divsChild>
+                                <w:div w:id="1245532060">
+                                  <w:marLeft w:val="0"/>
+                                  <w:marRight w:val="0"/>
+                                  <w:marTop w:val="0"/>
+                                  <w:marBottom w:val="0"/>
+                                  <w:divBdr>
+                                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                  </w:divBdr>
+                                  <w:divsChild>
+                                    <w:div w:id="451360557">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                  </w:divsChild>
+                                </w:div>
+                              </w:divsChild>
+                            </w:div>
+                          </w:divsChild>
+                        </w:div>
+                      </w:divsChild>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1916550841">
+      <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1916936502">
+    <w:div w:id="2016490312">
+      <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1522351815">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="63987871">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1043288066">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="1612082375">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                      <w:divsChild>
+                        <w:div w:id="1782533705">
+                          <w:marLeft w:val="0"/>
+                          <w:marRight w:val="0"/>
+                          <w:marTop w:val="0"/>
+                          <w:marBottom w:val="0"/>
+                          <w:divBdr>
+                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                          </w:divBdr>
+                          <w:divsChild>
+                            <w:div w:id="1889680681">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                              <w:divsChild>
+                                <w:div w:id="1180041592">
+                                  <w:marLeft w:val="0"/>
+                                  <w:marRight w:val="0"/>
+                                  <w:marTop w:val="0"/>
+                                  <w:marBottom w:val="0"/>
+                                  <w:divBdr>
+                                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                  </w:divBdr>
+                                  <w:divsChild>
+                                    <w:div w:id="1867017439">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                    </w:div>
+                                  </w:divsChild>
+                                </w:div>
+                              </w:divsChild>
+                            </w:div>
+                          </w:divsChild>
+                        </w:div>
+                      </w:divsChild>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
-[...7 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\bartwo\AppData\Local\Temp\notes6111BD\szablon%20interpelacja%20M.Wi&#347;niewski.dotx" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.facebook.com/rodzewpoludniowym" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.facebook.com/rodzewpoludniowym" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.facebook.com/rodzewpoludniowym" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motyw pakietu Office">
   <a:themeElements>
     <a:clrScheme name="Pakiet Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4472C4"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Pakiet Office">
       <a:majorFont>
-        <a:latin typeface="Calibri Light"/>
+        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
@@ -8962,103 +2933,80 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" xmlns="" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
-<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...14 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>szablon interpelacja M.Wiśniewski</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>329</Words>
-  <Characters>1979</Characters>
+  <Words>236</Words>
+  <Characters>1417</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>16</Lines>
-  <Paragraphs>4</Paragraphs>
+  <Lines>11</Lines>
+  <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Tytuł</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>odpowiedź na interpelację 123.23 w sprawie ul. Konkiewicza</vt:lpstr>
+      <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2304</CharactersWithSpaces>
+  <CharactersWithSpaces>1650</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>odpowiedź na interpelację 124.23 w sprawie specjalnego oznakowania miejsc parkingowych przy szpitalach</dc:title>
-[...1 lines deleted...]
-  <cp:keywords>interpelacja; odpowiedź na interpelację; szpitale; miejsca postojowe; specjalne oznakowanie</cp:keywords>
+  <dc:title/>
+  <dc:subject/>
+  <dc:creator>Maria Lisiecka-Pawełczak</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
-
-[...6 lines deleted...]
-</file>