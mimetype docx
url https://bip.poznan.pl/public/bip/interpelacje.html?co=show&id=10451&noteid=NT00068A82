--- v0 (2025-11-09)
+++ v1 (2026-01-13)
@@ -1,1285 +1,600 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-[...3 lines deleted...]
-  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w:rsidR="00FF77CE" w:rsidRPr="00C52232" w:rsidRDefault="00D536B8" w:rsidP="00FF77CE">
-[...1 lines deleted...]
-        <w:ind w:firstLine="7088"/>
+    <w:p w:rsidR="001E3FD3" w:rsidRPr="00CE5E5C" w:rsidRDefault="001E3FD3" w:rsidP="00CE5E5C">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C52232">
+      <w:r w:rsidRPr="00CE5E5C">
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Poznań</w:t>
+        <w:t xml:space="preserve">Poznań, </w:t>
       </w:r>
-      <w:r w:rsidR="00350554" w:rsidRPr="00C52232">
+      <w:r w:rsidR="000A292F" w:rsidRPr="00CE5E5C">
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>,</w:t>
+        <w:t>7 czerwca</w:t>
       </w:r>
-      <w:r w:rsidR="00D7049A">
+      <w:r w:rsidR="00B029D4" w:rsidRPr="00CE5E5C">
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...27 lines deleted...]
-        <w:t xml:space="preserve"> r.</w:t>
+        <w:t xml:space="preserve"> 2023</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D536B8" w:rsidRPr="00C52232" w:rsidRDefault="006A50BA" w:rsidP="00FF77CE">
-      <w:pPr>
+    <w:p w:rsidR="001E3FD3" w:rsidRPr="00CE5E5C" w:rsidRDefault="001E3FD3" w:rsidP="00CE5E5C">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C52232">
+    </w:p>
+    <w:p w:rsidR="001E3FD3" w:rsidRPr="00CE5E5C" w:rsidRDefault="001E3FD3" w:rsidP="00CE5E5C">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Znak </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00502137" w:rsidRPr="00C52232">
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000A292F" w:rsidRPr="00CE5E5C" w:rsidRDefault="0045034C" w:rsidP="00CE5E5C">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
           <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>sprawy: Or-II.0003.</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="0083616A" w:rsidRPr="00C52232">
+      </w:pPr>
+      <w:r w:rsidRPr="00CE5E5C">
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
           <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>1.</w:t>
-[...13 lines deleted...]
-        <w:t>.2023</w:t>
+        <w:t>Interpelacja</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D536B8" w:rsidRPr="00C52232" w:rsidRDefault="00D536B8" w:rsidP="00FF77CE">
-      <w:pPr>
+    <w:p w:rsidR="000A292F" w:rsidRPr="00CE5E5C" w:rsidRDefault="000A292F" w:rsidP="00CE5E5C">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
           <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C52232">
+      <w:r w:rsidRPr="00CE5E5C">
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
           <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
-        <w:t>Nr rej.:</w:t>
+        <w:t>w sprawie promocji miasta Poznania w mediach, mediach społecznościowych i reklamie outdoorowej</w:t>
       </w:r>
-      <w:r w:rsidR="00241229" w:rsidRPr="00C52232">
+    </w:p>
+    <w:p w:rsidR="000A292F" w:rsidRPr="00CE5E5C" w:rsidRDefault="000A292F" w:rsidP="00CE5E5C">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="276" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE5E5C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00570BBA">
+    </w:p>
+    <w:p w:rsidR="000A292F" w:rsidRPr="00CE5E5C" w:rsidRDefault="000A292F" w:rsidP="00CE5E5C">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="276" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
-        <w:t>190623-1604</w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE5E5C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t> </w:t>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:p w:rsidR="00D7049A" w:rsidRPr="00D7049A" w:rsidRDefault="00D7049A" w:rsidP="00D7049A">
-[...2 lines deleted...]
-        <w:ind w:left="5387"/>
+    <w:p w:rsidR="000A292F" w:rsidRPr="00CE5E5C" w:rsidRDefault="000A292F" w:rsidP="00CE5E5C">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE5E5C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>Zwracam się z prośbą o udostepnienie informacji w sprawie wydatkowania środków na cele promocyjne Miasta Poznania i Prezydenta Jacka Jaśkowiaka.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000A292F" w:rsidRPr="00CE5E5C" w:rsidRDefault="000A292F" w:rsidP="00CE5E5C">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE5E5C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>W jakich mediach ogólnopolskich i lokalnych są prowadzone kampanie reklamowe/promocyjne/informacyjne? Jakie koszty generują? Prośba o przesłanie informacji z wyszczególnieniem poszczególnych mediów i przeznaczanych na nie kwot.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000A292F" w:rsidRPr="00CE5E5C" w:rsidRDefault="000A292F" w:rsidP="00CE5E5C">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE5E5C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>W jakich mediach społecznościowych są prowadzone kampanie promocyjne/reklamowe/informacyjne? Prośba o podanie kwot z wyszczególnieniem poszczególnych komunikatorów/mediów.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000A292F" w:rsidRPr="00CE5E5C" w:rsidRDefault="000A292F" w:rsidP="00CE5E5C">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE5E5C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>Jakie środki przeznaczane są na kampanie reklamowe/promocyjne/informacyjne w przestrzeni publicznej – outdoorowej? Prośba o wyszczególnienie kwot przypisanych do poszczególnych nośników reklamowych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000A292F" w:rsidRPr="00CE5E5C" w:rsidRDefault="000A292F" w:rsidP="00CE5E5C">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE5E5C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000A292F" w:rsidRPr="00CE5E5C" w:rsidRDefault="000A292F" w:rsidP="00CE5E5C">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B029D4" w:rsidRPr="00CE5E5C" w:rsidRDefault="00B029D4" w:rsidP="00CE5E5C">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D7049A">
+    </w:p>
+    <w:p w:rsidR="001E3FD3" w:rsidRPr="00CE5E5C" w:rsidRDefault="001E3FD3" w:rsidP="00CE5E5C">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Pani</w:t>
-[...5 lines deleted...]
-        <w:ind w:left="5387"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE5E5C">
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
-      <w:r>
+        <w:t>Z wyrazami szacunku,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001E3FD3" w:rsidRPr="00CE5E5C" w:rsidRDefault="001E3FD3" w:rsidP="00CE5E5C">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE5E5C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(-)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001E3FD3" w:rsidRPr="00CE5E5C" w:rsidRDefault="001E3FD3" w:rsidP="00CE5E5C">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE5E5C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Klaudia Strzelecka</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B11F76" w:rsidRPr="00D7049A" w:rsidRDefault="00B11F76" w:rsidP="00D7049A">
-[...2 lines deleted...]
-        <w:ind w:left="5387"/>
+    <w:p w:rsidR="001E3FD3" w:rsidRPr="00CE5E5C" w:rsidRDefault="001E3FD3" w:rsidP="00CE5E5C">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+    </w:p>
+    <w:p w:rsidR="0045034C" w:rsidRPr="00CE5E5C" w:rsidRDefault="0045034C" w:rsidP="00CE5E5C">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Radna Miasta Poznania</w:t>
-      </w:r>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C9583D" w:rsidRPr="00C52232" w:rsidRDefault="00C9583D" w:rsidP="00FF77CE">
-[...600 lines deleted...]
-      <w:type w:val="continuous"/>
+    <w:sectPr w:rsidR="0045034C" w:rsidRPr="00CE5E5C" w:rsidSect="0064220F">
+      <w:headerReference w:type="default" r:id="rId7"/>
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="3232" w:right="1106" w:bottom="2127" w:left="1134" w:header="680" w:footer="616" w:gutter="0"/>
+      <w:pgMar w:top="1258" w:right="1106" w:bottom="1258" w:left="1260" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
-      <w:formProt w:val="0"/>
-[...2 lines deleted...]
-      <w:docGrid w:linePitch="299"/>
+      <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00994A57" w:rsidRDefault="00994A57">
+    <w:p w:rsidR="0001195F" w:rsidRDefault="0001195F" w:rsidP="00DC7A4A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00994A57" w:rsidRDefault="00994A57">
+    <w:p w:rsidR="0001195F" w:rsidRDefault="0001195F" w:rsidP="00DC7A4A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="EE"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="20002A87" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="EE"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Swis721 LtEx BT">
-[...59 lines deleted...]
-  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri Light">
-    <w:panose1 w:val="020F0302020204030204"/>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="EE"/>
-    <w:family w:val="swiss"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
-<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-[...154 lines deleted...]
-
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00994A57" w:rsidRDefault="00994A57">
+    <w:p w:rsidR="0001195F" w:rsidRDefault="0001195F" w:rsidP="00DC7A4A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
       <w:r>
-        <w:rPr>
-[...6 lines deleted...]
-        </w:rPr>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00994A57" w:rsidRDefault="00994A57">
+    <w:p w:rsidR="0001195F" w:rsidRDefault="0001195F" w:rsidP="00DC7A4A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
-  <w:p w:rsidR="00D66BF9" w:rsidRDefault="00D66BF9">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:p w:rsidR="001E3FD3" w:rsidRPr="001B59AB" w:rsidRDefault="001E3FD3" w:rsidP="00DC7A4A">
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="2985"/>
+        <w:tab w:val="center" w:pos="4536"/>
+      </w:tabs>
+      <w:rPr>
+        <w:b/>
+        <w:smallCaps/>
+        <w:sz w:val="40"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidRPr="00DC7A4A">
+      <w:rPr>
+        <w:smallCaps/>
+        <w:sz w:val="40"/>
+      </w:rPr>
+      <w:tab/>
+    </w:r>
+    <w:r w:rsidRPr="001B59AB">
+      <w:rPr>
+        <w:b/>
+        <w:smallCaps/>
+        <w:sz w:val="40"/>
+      </w:rPr>
+      <w:tab/>
+      <w:t>Klaudia Strzelecka</w:t>
+    </w:r>
+  </w:p>
+  <w:p w:rsidR="001E3FD3" w:rsidRPr="00DC7A4A" w:rsidRDefault="001E3FD3" w:rsidP="00DC7A4A">
+    <w:pPr>
+      <w:jc w:val="center"/>
+      <w:rPr>
+        <w:smallCaps/>
+        <w:sz w:val="32"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidRPr="00DC7A4A">
+      <w:rPr>
+        <w:smallCaps/>
+        <w:sz w:val="32"/>
+      </w:rPr>
+      <w:t>Radna Miasta Poznania</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:smallCaps/>
+        <w:sz w:val="32"/>
+      </w:rPr>
+      <w:t>, klub prawo i sprawiedliwość</w:t>
+    </w:r>
+  </w:p>
+  <w:p w:rsidR="001E3FD3" w:rsidRPr="00DC7A4A" w:rsidRDefault="001E3FD3">
     <w:pPr>
       <w:pStyle w:val="Nagwek"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-[...85 lines deleted...]
-
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
-[...1 lines deleted...]
-    <w:nsid w:val="113B3231"/>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="01455F77"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="6A5A7626"/>
+    <w:tmpl w:val="9FEC9F54"/>
     <w:lvl w:ilvl="0" w:tplc="0415000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0415000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -1310,64 +625,64 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="23A414AB"/>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="06191D73"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="0F64CF24"/>
-[...3 lines deleted...]
-      <w:lvlText w:val=""/>
+    <w:tmpl w:val="A10A82FE"/>
+    <w:lvl w:ilvl="0" w:tplc="0415000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
@@ -1423,626 +738,881 @@
     <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="2DD15C7A"/>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="12CB26F6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="E244D6BE"/>
-[...338 lines deleted...]
-    <w:tmpl w:val="B8260E34"/>
+    <w:tmpl w:val="C83640E0"/>
     <w:lvl w:ilvl="0" w:tplc="04150001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04150005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04150001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04150003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04150005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04150001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04150003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04150005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6">
-    <w:nsid w:val="76DA522E"/>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="13D75ACF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="5010CA44"/>
-[...3 lines deleted...]
-      <w:lvlText w:val="-"/>
+    <w:tmpl w:val="CD5491A8"/>
+    <w:lvl w:ilvl="0" w:tplc="0415000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Swis721 LtEx BT" w:hAnsi="Swis721 LtEx BT" w:hint="default"/>
-[...5 lines deleted...]
-      <w:lvlText w:val="o"/>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
-[...7 lines deleted...]
-      <w:pPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0415000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0415000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="19271CE9"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="5DB69C7A"/>
+    <w:lvl w:ilvl="0" w:tplc="C7442F2E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1068" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1788" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2508" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0415000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3228" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3948" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4668" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0415000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5388" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6108" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6828" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2F2C5B41"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="157A550E"/>
+    <w:lvl w:ilvl="0" w:tplc="0415000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0415000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0415000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3B0F73A4"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="7E10C382"/>
+    <w:lvl w:ilvl="0" w:tplc="3A2AD6BC">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1068" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1788" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2508" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0415000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3228" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3948" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4668" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0415000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5388" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6108" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6828" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="439D2608"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="62CED30E"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...8 lines deleted...]
-      <w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...8 lines deleted...]
-      <w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...8 lines deleted...]
-      <w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...8 lines deleted...]
-      <w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...8 lines deleted...]
-      <w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...8 lines deleted...]
-      <w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7">
-    <w:nsid w:val="7ABA04E8"/>
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="48302FFA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="CD70E1F6"/>
-    <w:lvl w:ilvl="0" w:tplc="A1E8AE50">
+    <w:tmpl w:val="6FA4425C"/>
+    <w:lvl w:ilvl="0" w:tplc="649AF1BC">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1065" w:hanging="705"/>
+        <w:ind w:left="1068" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1788" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2508" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0415000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3228" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3948" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4668" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0415000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5388" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6108" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6828" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4B4438C3"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="53B003B4"/>
+    <w:lvl w:ilvl="0" w:tplc="0415000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0415000F" w:tentative="1">
       <w:start w:val="1"/>
@@ -2075,3849 +1645,2084 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4DE7609A"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="E4565A86"/>
+    <w:lvl w:ilvl="0" w:tplc="71A681EC">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1068"/>
+        </w:tabs>
+        <w:ind w:left="1068" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1788"/>
+        </w:tabs>
+        <w:ind w:left="1788" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2508"/>
+        </w:tabs>
+        <w:ind w:left="2508" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0415000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3228"/>
+        </w:tabs>
+        <w:ind w:left="3228" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3948"/>
+        </w:tabs>
+        <w:ind w:left="3948" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4668"/>
+        </w:tabs>
+        <w:ind w:left="4668" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0415000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5388"/>
+        </w:tabs>
+        <w:ind w:left="5388" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6108"/>
+        </w:tabs>
+        <w:ind w:left="6108" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6828"/>
+        </w:tabs>
+        <w:ind w:left="6828" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="572F6D83"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="7624CBA0"/>
+    <w:lvl w:ilvl="0" w:tplc="0415000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0415000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0415000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="66BD3A13"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="908A9BC2"/>
+    <w:lvl w:ilvl="0" w:tplc="0415000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0415000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0415000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="710A54A1"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="3AF0966C"/>
+    <w:lvl w:ilvl="0" w:tplc="E4C043BE">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1068" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1788" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2508" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0415000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3228" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3948" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4668" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0415000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5388" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6108" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6828" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="73014CAB"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="5FC8D27E"/>
+    <w:lvl w:ilvl="0" w:tplc="0415000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0415000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0415000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="74D31BA7"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="37CE36EC"/>
+    <w:lvl w:ilvl="0" w:tplc="387C59EC">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1068"/>
+        </w:tabs>
+        <w:ind w:left="1068" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1788"/>
+        </w:tabs>
+        <w:ind w:left="1788" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2508"/>
+        </w:tabs>
+        <w:ind w:left="2508" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0415000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3228"/>
+        </w:tabs>
+        <w:ind w:left="3228" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3948"/>
+        </w:tabs>
+        <w:ind w:left="3948" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4668"/>
+        </w:tabs>
+        <w:ind w:left="4668" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0415000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5388"/>
+        </w:tabs>
+        <w:ind w:left="5388" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6108"/>
+        </w:tabs>
+        <w:ind w:left="6108" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6828"/>
+        </w:tabs>
+        <w:ind w:left="6828" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="4">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="5">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="6">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="7">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="8">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="9">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="10">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="11">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="2">
-[...8 lines deleted...]
-  <w:num w:numId="5">
+  <w:num w:numId="12">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="6">
-    <w:abstractNumId w:val="6"/>
+  <w:num w:numId="13">
+    <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="7">
+  <w:num w:numId="14">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="8">
+  <w:num w:numId="15">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="16">
     <w:abstractNumId w:val="7"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
-  <w:embedSystemFonts/>
-[...1 lines deleted...]
-  <w:bordersDoNotSurroundFooter/>
   <w:proofState w:spelling="clean"/>
-  <w:attachedTemplate r:id="rId1"/>
-[...1 lines deleted...]
-  <w:defaultTabStop w:val="709"/>
+  <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
-  <w:drawingGridHorizontalSpacing w:val="120"/>
-[...9 lines deleted...]
-  </w:hdrShapeDefaults>
+  <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
-    <w:spaceForUL/>
-[...4 lines deleted...]
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="004836CE"/>
-[...185 lines deleted...]
-    <w:rsid w:val="00FF77CE"/>
+    <w:rsidRoot w:val="003B1722"/>
+    <w:rsid w:val="0001195F"/>
+    <w:rsid w:val="000253AC"/>
+    <w:rsid w:val="000446E9"/>
+    <w:rsid w:val="0005115C"/>
+    <w:rsid w:val="000561F1"/>
+    <w:rsid w:val="000723B2"/>
+    <w:rsid w:val="00092C3E"/>
+    <w:rsid w:val="000A292F"/>
+    <w:rsid w:val="000C6B0D"/>
+    <w:rsid w:val="000C6C84"/>
+    <w:rsid w:val="0010574E"/>
+    <w:rsid w:val="00137AFA"/>
+    <w:rsid w:val="001631C8"/>
+    <w:rsid w:val="001645AE"/>
+    <w:rsid w:val="00177A25"/>
+    <w:rsid w:val="00182EF6"/>
+    <w:rsid w:val="0018640D"/>
+    <w:rsid w:val="001929B4"/>
+    <w:rsid w:val="001B59AB"/>
+    <w:rsid w:val="001C2A4E"/>
+    <w:rsid w:val="001E3FD3"/>
+    <w:rsid w:val="001E7732"/>
+    <w:rsid w:val="001F24D4"/>
+    <w:rsid w:val="001F51AE"/>
+    <w:rsid w:val="002070E6"/>
+    <w:rsid w:val="00217884"/>
+    <w:rsid w:val="00230D8F"/>
+    <w:rsid w:val="00234BB4"/>
+    <w:rsid w:val="00241E60"/>
+    <w:rsid w:val="002647F8"/>
+    <w:rsid w:val="002710C0"/>
+    <w:rsid w:val="00271BDF"/>
+    <w:rsid w:val="002D1683"/>
+    <w:rsid w:val="002D3877"/>
+    <w:rsid w:val="0030088E"/>
+    <w:rsid w:val="003030DE"/>
+    <w:rsid w:val="00303371"/>
+    <w:rsid w:val="00337649"/>
+    <w:rsid w:val="003378B2"/>
+    <w:rsid w:val="003575C8"/>
+    <w:rsid w:val="00381163"/>
+    <w:rsid w:val="00384153"/>
+    <w:rsid w:val="003A2102"/>
+    <w:rsid w:val="003A7417"/>
+    <w:rsid w:val="003B1722"/>
+    <w:rsid w:val="003B4D4C"/>
+    <w:rsid w:val="003C24A2"/>
+    <w:rsid w:val="003E5977"/>
+    <w:rsid w:val="003F63B1"/>
+    <w:rsid w:val="004070A8"/>
+    <w:rsid w:val="00415BD1"/>
+    <w:rsid w:val="0043661E"/>
+    <w:rsid w:val="0045034C"/>
+    <w:rsid w:val="00454C8E"/>
+    <w:rsid w:val="004656F7"/>
+    <w:rsid w:val="0047643E"/>
+    <w:rsid w:val="00480118"/>
+    <w:rsid w:val="004A191E"/>
+    <w:rsid w:val="004C159D"/>
+    <w:rsid w:val="005023F3"/>
+    <w:rsid w:val="005050E0"/>
+    <w:rsid w:val="00510A97"/>
+    <w:rsid w:val="00524E67"/>
+    <w:rsid w:val="00543750"/>
+    <w:rsid w:val="00565584"/>
+    <w:rsid w:val="00571789"/>
+    <w:rsid w:val="00586DA4"/>
+    <w:rsid w:val="005E4EB2"/>
+    <w:rsid w:val="00605A2A"/>
+    <w:rsid w:val="00606C74"/>
+    <w:rsid w:val="0064220F"/>
+    <w:rsid w:val="00645FC4"/>
+    <w:rsid w:val="00654A4D"/>
+    <w:rsid w:val="00675E76"/>
+    <w:rsid w:val="006D1321"/>
+    <w:rsid w:val="006D446C"/>
+    <w:rsid w:val="006D45E4"/>
+    <w:rsid w:val="006D4654"/>
+    <w:rsid w:val="006E0BF0"/>
+    <w:rsid w:val="006E140C"/>
+    <w:rsid w:val="006E709B"/>
+    <w:rsid w:val="006F3914"/>
+    <w:rsid w:val="006F629D"/>
+    <w:rsid w:val="00731236"/>
+    <w:rsid w:val="00732AF6"/>
+    <w:rsid w:val="007749A5"/>
+    <w:rsid w:val="00780A43"/>
+    <w:rsid w:val="007D174A"/>
+    <w:rsid w:val="007D6EB7"/>
+    <w:rsid w:val="007E0AE8"/>
+    <w:rsid w:val="007E68AD"/>
+    <w:rsid w:val="00824609"/>
+    <w:rsid w:val="00853F0D"/>
+    <w:rsid w:val="00897334"/>
+    <w:rsid w:val="008C18E5"/>
+    <w:rsid w:val="008C367D"/>
+    <w:rsid w:val="008C3F86"/>
+    <w:rsid w:val="008E5514"/>
+    <w:rsid w:val="009001F4"/>
+    <w:rsid w:val="00900E9E"/>
+    <w:rsid w:val="0092415C"/>
+    <w:rsid w:val="0092617C"/>
+    <w:rsid w:val="009B2976"/>
+    <w:rsid w:val="009D110F"/>
+    <w:rsid w:val="009E0AA5"/>
+    <w:rsid w:val="00A33D63"/>
+    <w:rsid w:val="00A363FF"/>
+    <w:rsid w:val="00A4525A"/>
+    <w:rsid w:val="00A52484"/>
+    <w:rsid w:val="00AA2E65"/>
+    <w:rsid w:val="00AC269B"/>
+    <w:rsid w:val="00AF00F8"/>
+    <w:rsid w:val="00AF03C0"/>
+    <w:rsid w:val="00B029D4"/>
+    <w:rsid w:val="00B13F35"/>
+    <w:rsid w:val="00B2205F"/>
+    <w:rsid w:val="00B31D21"/>
+    <w:rsid w:val="00B84396"/>
+    <w:rsid w:val="00B910B4"/>
+    <w:rsid w:val="00BC2FFA"/>
+    <w:rsid w:val="00BC622E"/>
+    <w:rsid w:val="00BE1767"/>
+    <w:rsid w:val="00C3477F"/>
+    <w:rsid w:val="00C534DC"/>
+    <w:rsid w:val="00C66786"/>
+    <w:rsid w:val="00C72DF5"/>
+    <w:rsid w:val="00C82A3E"/>
+    <w:rsid w:val="00C96D99"/>
+    <w:rsid w:val="00CA1737"/>
+    <w:rsid w:val="00CD42E0"/>
+    <w:rsid w:val="00CE1008"/>
+    <w:rsid w:val="00CE5E5C"/>
+    <w:rsid w:val="00D2282D"/>
+    <w:rsid w:val="00D24B97"/>
+    <w:rsid w:val="00D35CB7"/>
+    <w:rsid w:val="00D50EEE"/>
+    <w:rsid w:val="00D5541A"/>
+    <w:rsid w:val="00D94E7F"/>
+    <w:rsid w:val="00DA403C"/>
+    <w:rsid w:val="00DB1BF5"/>
+    <w:rsid w:val="00DC7A4A"/>
+    <w:rsid w:val="00DD1729"/>
+    <w:rsid w:val="00E05C3E"/>
+    <w:rsid w:val="00E25C3A"/>
+    <w:rsid w:val="00E37CA6"/>
+    <w:rsid w:val="00E423FF"/>
+    <w:rsid w:val="00E87890"/>
+    <w:rsid w:val="00EB5A47"/>
+    <w:rsid w:val="00EC32A8"/>
+    <w:rsid w:val="00EE32A7"/>
+    <w:rsid w:val="00EF7583"/>
+    <w:rsid w:val="00F111AB"/>
+    <w:rsid w:val="00F21028"/>
+    <w:rsid w:val="00F31D4F"/>
+    <w:rsid w:val="00F413BE"/>
+    <w:rsid w:val="00F55CBD"/>
+    <w:rsid w:val="00F61D4C"/>
+    <w:rsid w:val="00F65040"/>
+    <w:rsid w:val="00F72359"/>
+    <w:rsid w:val="00FA0CC3"/>
+    <w:rsid w:val="00FA7F09"/>
+    <w:rsid w:val="00FF4471"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pl-PL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:defaultImageDpi w14:val="0"/>
+  <w15:docId w15:val="{EA190C45-277A-4FB6-A5D0-C8A740F274B8}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
         <w:lang w:val="pl-PL" w:eastAsia="pl-PL" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="1" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
-[...136 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:locked="0" w:uiPriority="39" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+    <w:lsdException w:name="Normal" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:locked="1" w:uiPriority="0"/>
+    <w:lsdException w:name="toc 2" w:locked="1" w:uiPriority="0"/>
+    <w:lsdException w:name="toc 3" w:locked="1" w:uiPriority="0"/>
+    <w:lsdException w:name="toc 4" w:locked="1" w:uiPriority="0"/>
+    <w:lsdException w:name="toc 5" w:locked="1" w:uiPriority="0"/>
+    <w:lsdException w:name="toc 6" w:locked="1" w:uiPriority="0"/>
+    <w:lsdException w:name="toc 7" w:locked="1" w:uiPriority="0"/>
+    <w:lsdException w:name="toc 8" w:locked="1" w:uiPriority="0"/>
+    <w:lsdException w:name="toc 9" w:locked="1" w:uiPriority="0"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:locked="1" w:uiPriority="0"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:locked="1" w:uiPriority="0"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normalny">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="00F55CBD"/>
     <w:pPr>
-      <w:suppressAutoHyphens/>
-[...3 lines deleted...]
-      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+      <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:hAnsi="Liberation Serif"/>
-[...4 lines deleted...]
-      <w:lang w:bidi="hi-IN"/>
+      <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Domylnaczcionkaakapitu">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Standardowy">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Bezlisty">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Nagb3b3b3b3b3b3b3b3b3f3f3f3f3f3f3f3f3f3wekZnak">
-    <w:name w:val="Nagłb3b3b3b3b3b3b3b3b3óf3f3f3f3f3f3f3f3f3wek Znak"/>
+  <w:style w:type="paragraph" w:styleId="Nagwek">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:link w:val="NagwekZnak"/>
     <w:uiPriority w:val="99"/>
-    <w:rPr>
-[...906 lines deleted...]
-    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00DC7A4A"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="NagwekZnak">
+    <w:name w:val="Nagłówek Znak"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:link w:val="Nagwek"/>
+    <w:uiPriority w:val="99"/>
+    <w:locked/>
+    <w:rsid w:val="00DC7A4A"/>
     <w:rPr>
-      <w:lang w:bidi="ar-SA"/>
+      <w:rFonts w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Stopka">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normalny"/>
-    <w:link w:val="StopkaZnak10"/>
+    <w:link w:val="StopkaZnak"/>
     <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00DC7A4A"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="StopkaZnak">
+    <w:name w:val="Stopka Znak"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:link w:val="Stopka"/>
+    <w:uiPriority w:val="99"/>
+    <w:locked/>
+    <w:rsid w:val="00DC7A4A"/>
     <w:rPr>
-      <w:lang w:bidi="ar-SA"/>
+      <w:rFonts w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="StopkaZnak10">
-[...1 lines deleted...]
-    <w:link w:val="Stopka"/>
+  <w:style w:type="paragraph" w:styleId="Akapitzlist">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00182EF6"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="5yl5">
+    <w:name w:val="_5yl5"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
-    <w:locked/>
+    <w:rsid w:val="00897334"/>
     <w:rPr>
-      <w:rFonts w:hAnsi="Liberation Serif" w:cs="Mangal"/>
-[...4 lines deleted...]
-      <w:lang w:bidi="hi-IN"/>
+      <w:rFonts w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Tekstdymka">
-[...2 lines deleted...]
-    <w:link w:val="TekstdymkaZnak9"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="textexposedshow">
+    <w:name w:val="text_exposed_show"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
     <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00E05C3E"/>
     <w:rPr>
-      <w:rFonts w:ascii="Tahoma" w:cs="Tahoma"/>
-[...17 lines deleted...]
-      <w:lang w:bidi="hi-IN"/>
+      <w:rFonts w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NormalnyWeb">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="Normalny"/>
     <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00C534DC"/>
     <w:pPr>
-      <w:spacing w:before="100" w:after="100"/>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
-      <w:lang w:bidi="ar-SA"/>
+      <w:lang w:eastAsia="pl-PL"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Tekstpodstawowy2">
-[...2 lines deleted...]
-    <w:link w:val="Tekstpodstawowy2Znak9"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="3oh-58nk">
+    <w:name w:val="_3oh- _58nk"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
     <w:uiPriority w:val="99"/>
-    <w:pPr>
-[...256 lines deleted...]
-    <w:rsid w:val="00350554"/>
+    <w:rsid w:val="00C534DC"/>
     <w:rPr>
       <w:rFonts w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Tekstprzypisudolnego">
-    <w:name w:val="footnote text"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="m-41446116056552387msolistparagraph">
+    <w:name w:val="m_-41446116056552387msolistparagraph"/>
     <w:basedOn w:val="Normalny"/>
-    <w:link w:val="TekstprzypisudolnegoZnak"/>
-[...286 lines deleted...]
-    <w:qFormat/>
+    <w:rsid w:val="000A292F"/>
     <w:pPr>
-      <w:suppressAutoHyphens/>
-[...3 lines deleted...]
-      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:hAnsi="Liberation Serif"/>
-[...701 lines deleted...]
-      <w:iCs/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="pl-PL"/>
     </w:rPr>
-  </w:style>
-[...719 lines deleted...]
-    </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+  <w:divs>
+    <w:div w:id="768164718">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="768164716">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="768164711">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="768164717">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="768164721">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                      <w:divsChild>
+                        <w:div w:id="768164715">
+                          <w:marLeft w:val="0"/>
+                          <w:marRight w:val="0"/>
+                          <w:marTop w:val="0"/>
+                          <w:marBottom w:val="0"/>
+                          <w:divBdr>
+                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                          </w:divBdr>
+                          <w:divsChild>
+                            <w:div w:id="768164712">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                            <w:div w:id="768164713">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                            <w:div w:id="768164714">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                            <w:div w:id="768164719">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                            <w:div w:id="768164720">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                          </w:divsChild>
+                        </w:div>
+                      </w:divsChild>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="768164722">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="777485671">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
-  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/></Relationships>
-[...7 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\bartwo\AppData\Local\Temp\notes6111BD\szablon%20PMP%20interpelacja.dotx" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motyw pakietu Office">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
-    <a:clrScheme name="Pakiet Office">
+    <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Pakiet Office">
+    <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Calibri Light"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック Light"/>
+        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线 Light"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游明朝"/>
+        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Pakiet Office">
+    <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:lumMod val="110000"/>
-[...1 lines deleted...]
-                <a:tint val="67000"/>
+                <a:tint val="50000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="35000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="73000"/>
+                <a:tint val="37000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="81000"/>
+                <a:tint val="15000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="1"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:satMod val="103000"/>
-[...1 lines deleted...]
-                <a:tint val="94000"/>
+                <a:shade val="51000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="80000">
               <a:schemeClr val="phClr">
-                <a:satMod val="110000"/>
-[...1 lines deleted...]
-                <a:shade val="100000"/>
+                <a:shade val="93000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="99000"/>
-[...1 lines deleted...]
-                <a:shade val="78000"/>
+                <a:shade val="94000"/>
+                <a:satMod val="135000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:satMod val="105000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
-[...6 lines deleted...]
-          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
-          <a:effectLst/>
-[...2 lines deleted...]
-          <a:effectLst/>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="63000"/>
+                <a:alpha val="35000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="threePt" dir="t">
+              <a:rot lat="0" lon="0" rev="1200000"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d>
+            <a:bevelT w="63500" h="25400"/>
+          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
-        <a:solidFill>
-[...4 lines deleted...]
-        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="93000"/>
-[...2 lines deleted...]
-                <a:lumMod val="102000"/>
+                <a:tint val="40000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="40000">
               <a:schemeClr val="phClr">
-                <a:tint val="98000"/>
-[...2 lines deleted...]
-                <a:lumMod val="103000"/>
+                <a:tint val="45000"/>
+                <a:shade val="99000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="63000"/>
-                <a:satMod val="120000"/>
+                <a:shade val="20000"/>
+                <a:satMod val="255000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+          </a:path>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="80000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="30000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+          </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
-  <a:extLst>
-[...3 lines deleted...]
-  </a:extLst>
 </a:theme>
-</file>
-[...14 lines deleted...]
-</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>szablon PMP interpelacja</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
-[...1 lines deleted...]
-  <Characters>3366</Characters>
+  <Pages>1</Pages>
+  <Words>133</Words>
+  <Characters>798</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>28</Lines>
-  <Paragraphs>7</Paragraphs>
+  <Lines>6</Lines>
+  <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Tytuł</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>odp. na interpelację nr Or-II.0003.1.78.2023 ws. usług informatycznych świadczonych na rzecz miejskich jednostek</vt:lpstr>
+      <vt:lpstr>Poznań, 28 września 2015</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3919</CharactersWithSpaces>
+  <CharactersWithSpaces>930</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>odp. na interpelację 142.2023 ws. promocji miasta Poznania w mediach</dc:title>
-[...1 lines deleted...]
-  <cp:keywords>interpelacja; odpowiedź na interpelację; promocja miasta; media; media społecznościowe; reklama outdoorowa; kampanie reklamowe</cp:keywords>
+  <dc:title>Poznań, 28 września 2015</dc:title>
+  <dc:subject/>
+  <dc:creator>BiuroPoselskie</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
-
-[...6 lines deleted...]
-</file>