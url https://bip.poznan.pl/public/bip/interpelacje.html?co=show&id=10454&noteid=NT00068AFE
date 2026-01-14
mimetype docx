--- v0 (2025-10-16)
+++ v1 (2026-01-14)
@@ -1,1199 +1,2618 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w14:paraId="3A839C59" w14:textId="77777777" w:rsidR="00495816" w:rsidRPr="00CA00CE" w:rsidRDefault="00495816" w:rsidP="00CA00CE">
+    <w:p w:rsidR="00127D66" w:rsidRPr="001C3189" w:rsidRDefault="00127D66" w:rsidP="00001BFD">
       <w:pPr>
-        <w:spacing w:line="276" w:lineRule="auto"/>
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:ind w:left="6804"/>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00001BFD">
+        <w:t>Poznań</w:t>
+      </w:r>
+      <w:r w:rsidR="00346642" w:rsidRPr="00001BFD">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="0056547E">
+        <w:t>26</w:t>
+      </w:r>
+      <w:r w:rsidR="004258C6">
+        <w:t>.06</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00001BFD">
+        <w:t>.202</w:t>
+      </w:r>
+      <w:r w:rsidR="004152E2">
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00001BFD">
+        <w:t xml:space="preserve"> r</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C3189">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="04437CD8" w14:textId="5561BA41" w:rsidR="00651819" w:rsidRPr="00CA00CE" w:rsidRDefault="00651819" w:rsidP="00CA00CE">
-[...15 lines deleted...]
-        <w:t>Poznań, 12.06. 2023</w:t>
+    <w:p w:rsidR="00127D66" w:rsidRPr="001C3189" w:rsidRDefault="00327C40" w:rsidP="00001BFD">
+      <w:r w:rsidRPr="001C3189">
+        <w:t>Znak sprawy: Or-II.</w:t>
+      </w:r>
+      <w:r w:rsidR="004152E2">
+        <w:t>0003.1.</w:t>
+      </w:r>
+      <w:r w:rsidR="004258C6">
+        <w:t>143.2023</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44DDE0E3" w14:textId="77777777" w:rsidR="00651819" w:rsidRPr="00CA00CE" w:rsidRDefault="00651819" w:rsidP="00CA00CE">
-[...135 lines deleted...]
-        <w:t>w sprawie bezpieczeństwa pieszych na ul. Półwiejskiej.</w:t>
+    <w:p w:rsidR="00094F56" w:rsidRDefault="00127D66" w:rsidP="00001BFD">
+      <w:r w:rsidRPr="001C3189">
+        <w:t>Nr rej.:</w:t>
+      </w:r>
+      <w:r w:rsidR="00327C40" w:rsidRPr="001C3189">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0056547E">
+        <w:t>27062301243</w:t>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:p w14:paraId="6062F29F" w14:textId="77777777" w:rsidR="005E7520" w:rsidRPr="00CA00CE" w:rsidRDefault="005E7520" w:rsidP="00CA00CE">
+    <w:p w:rsidR="002E0CCD" w:rsidRPr="001C3189" w:rsidRDefault="00963C97" w:rsidP="00094F56">
       <w:pPr>
-        <w:spacing w:line="276" w:lineRule="auto"/>
-[...2 lines deleted...]
-          <w:sz w:val="24"/>
+        <w:ind w:left="5812"/>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00001BFD">
+        <w:t>Pan</w:t>
+      </w:r>
+      <w:r w:rsidR="00094F56" w:rsidRPr="00001BFD">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00094F56">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="004258C6">
+        <w:t xml:space="preserve">Marek </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="004258C6">
+        <w:t>Sternalski</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00094F56">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="001C3189">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Radny Miasta Poznania</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00127D66" w:rsidRPr="001C3189" w:rsidRDefault="00127D66" w:rsidP="00963C97">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00001BFD">
+        <w:t>Szanown</w:t>
+      </w:r>
+      <w:r w:rsidR="000D53FD" w:rsidRPr="00001BFD">
+        <w:t>y</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00001BFD">
+        <w:t xml:space="preserve"> Pani</w:t>
+      </w:r>
+      <w:r w:rsidR="000D53FD" w:rsidRPr="00001BFD">
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00001BFD">
+        <w:t xml:space="preserve"> Radn</w:t>
+      </w:r>
+      <w:r w:rsidR="000D53FD" w:rsidRPr="00001BFD">
+        <w:t>y</w:t>
+      </w:r>
+      <w:r w:rsidR="00530F53" w:rsidRPr="001C3189">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001D3E74" w:rsidRDefault="00127D66" w:rsidP="00001BFD">
+      <w:r w:rsidRPr="001C3189">
+        <w:t xml:space="preserve">odpowiadając na otrzymaną za pośrednictwem Przewodniczącego Rady Miasta </w:t>
+      </w:r>
+      <w:r w:rsidR="00945449" w:rsidRPr="001C3189">
+        <w:t xml:space="preserve">Poznania </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C3189">
+        <w:t>pismem z</w:t>
+      </w:r>
+      <w:r w:rsidR="00567108">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C3189">
+        <w:t xml:space="preserve">dnia </w:t>
+      </w:r>
+      <w:r w:rsidR="00945449" w:rsidRPr="001C3189">
+        <w:t>14</w:t>
+      </w:r>
+      <w:r w:rsidR="00567108">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004258C6">
+        <w:t xml:space="preserve">czerwca </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C3189">
+        <w:t>202</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA47A8">
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C3189">
+        <w:t xml:space="preserve"> r. i przekazaną mi przez Prezydenta Miasta </w:t>
+      </w:r>
+      <w:r w:rsidR="00930B86" w:rsidRPr="001C3189">
+        <w:t xml:space="preserve">Poznania </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C3189">
+        <w:t>do rozpatrzenia interpelację Pan</w:t>
+      </w:r>
+      <w:r w:rsidR="000D53FD" w:rsidRPr="001C3189">
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C3189">
+        <w:t xml:space="preserve"> Radne</w:t>
+      </w:r>
+      <w:r w:rsidR="000D53FD" w:rsidRPr="001C3189">
+        <w:t>go</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C3189">
+        <w:t xml:space="preserve"> w sprawie </w:t>
+      </w:r>
+      <w:r w:rsidR="004258C6" w:rsidRPr="00532464">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t>bezpieczeństwa pieszych na ul. Półwiejskiej</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C3189">
+        <w:t>, uprzejmie informuję:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004258C6" w:rsidRPr="004258C6" w:rsidRDefault="004258C6" w:rsidP="00567108">
+      <w:pPr>
+        <w:pStyle w:val="Nagwek1"/>
       </w:pPr>
+      <w:r w:rsidRPr="004258C6">
+        <w:t>Pyt. 1.: „Proszę o przedstawienie informacji na temat aktualnego natężenia ruchu pieszego i</w:t>
+      </w:r>
+      <w:r w:rsidR="00567108">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004258C6">
+        <w:t>rowerowego na ul. Półwiejskiej w porównaniu z natężeniem ruchu w latach ubiegłych.”</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="336D2A60" w14:textId="485161E7" w:rsidR="005E7520" w:rsidRPr="00CA00CE" w:rsidRDefault="005E7520" w:rsidP="00CA00CE">
+    <w:p w:rsidR="004258C6" w:rsidRPr="004258C6" w:rsidRDefault="004258C6" w:rsidP="004258C6">
+      <w:r w:rsidRPr="004258C6">
+        <w:t xml:space="preserve">Miasto Poznań nie prowadzi badań natężenia ruchu pieszego i rowerowego dla poszczególnych ulic w mieście. Badanie natężenia ruchu rowerowego prowadzone jest w 33 punktach pomiarowych rozmieszczonych na terenie całego miasta. Dane te dostępne są na stronie internetowej: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:history="1">
+        <w:r w:rsidR="00CC74DE">
+          <w:rPr>
+            <w:rStyle w:val="Hipercze"/>
+          </w:rPr>
+          <w:t>link</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="004258C6">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004258C6" w:rsidRPr="004258C6" w:rsidRDefault="004258C6" w:rsidP="004258C6">
+      <w:r w:rsidRPr="004258C6">
+        <w:t>Punkt pomiarowy znajdujący się najbliżej ul. Półwiejskiej zlokalizowany jest przy ul. Dolna Wilda na</w:t>
+      </w:r>
+      <w:r w:rsidR="00567108">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004258C6">
+        <w:t>wysokości skrzyżowania z ul. Olimpijską. W 2023 r. średnia dziennych przejazdów w tym punkcie wynosi 558 przejazdów, w bieżącym roku najwięcej odnotowano ich 31 maja – 1</w:t>
+      </w:r>
+      <w:r w:rsidR="00567108">
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004258C6">
+        <w:t>286</w:t>
+      </w:r>
+      <w:r w:rsidR="00567108">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004258C6">
+        <w:t>przejazdów.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004258C6" w:rsidRPr="004258C6" w:rsidRDefault="004258C6" w:rsidP="00567108">
       <w:pPr>
-        <w:spacing w:line="276" w:lineRule="auto"/>
-[...5 lines deleted...]
-        </w:rPr>
+        <w:pStyle w:val="Nagwek1"/>
       </w:pPr>
-      <w:r w:rsidRPr="00CA00CE">
-[...6 lines deleted...]
-        <w:t>Szanowny Panie Prezydencie,</w:t>
+      <w:r w:rsidRPr="004258C6">
+        <w:lastRenderedPageBreak/>
+        <w:t>Pyt. 2.: „Proszę o informację na temat wprowadzonych dotychczas i planowanych w najbliższym czasie rozwiązań poprawiających bezpieczeństwo pieszych na ul. Półwiejskiej.”</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="65F3C6F9" w14:textId="77777777" w:rsidR="006C5404" w:rsidRPr="00CA00CE" w:rsidRDefault="006C5404" w:rsidP="00CA00CE">
+    <w:p w:rsidR="004258C6" w:rsidRPr="004258C6" w:rsidRDefault="004258C6" w:rsidP="004258C6">
+      <w:r w:rsidRPr="004258C6">
+        <w:t>Ulica Półwiejska jest drogą obsługującą lokalny ruch pieszy i rowerowy umożliwiający dotarcie do sąsiednich posesji oraz drogą, na której odbywa się ruch tranzytowy. Ze względu na umiejscowienie na ul. Półwiejskiej licznych lokali gastronomicznych, sporą część ruchu rowerowego na tej ulicy stanowią kurierzy odbierający zamówione posiłki z lokali. Na ulicy wprowadzony został zakaz ruchu pojazdów (oznakowany znakami B-1). Zakaz ten nie dotyczy jednak wszystkich uczestników ruchu, np. dostawców, mieszkańców, rowerzystów. Wprowadzono także ruch uspokojony o prędkości maksymalnej ograniczonej do 20 km/h. W ciągu ul. Półwiejskiej obowiązuje strefa zamieszkania, którą zgodnie z ustawą Prawo o ruchu drogowym</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004258C6">
+        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:footnoteReference w:id="1"/>
+      </w:r>
+      <w:r w:rsidRPr="004258C6">
+        <w:t xml:space="preserve"> wyznacza się tam, gdzie porusza się wielu pieszych, a zabudowa jest zwarta. Celem strefy zamieszkania jest zapewnienie pieszym maksimum bezpieczeństwa przy zachowaniu swobody ruchu. W strefie piesi mają pierwszeństwo przed pojazdami (także rowerami) i mogą poruszać się całą szerokością drogi, nie muszą korzystać z</w:t>
+      </w:r>
+      <w:r w:rsidR="00567108">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004258C6">
+        <w:t>chodnika. W strefie zamieszkania nie ma konieczności budowy chodników, przejść dla pieszych, progów zwalniających czy innych urządzeń bezpieczeństwa ruchu drogowego. Wszystkie skrzyżowania są skrzyżowaniami równorzędnymi, o ile nie zostały ustawione znaki wskazujące na drogi z pierwszeństwem przejazdu. Taki wyjątek mogą stanowić np. skrzyżowania o ograniczonej widoczności, na których ustawiane zostały znaki „stop”. W osi ul. Półwiejskiej ustawiono również donice z zielenią, ławki i stojaki, które w znacznym stopniu separują ruch w obu kierunkach.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004258C6" w:rsidRPr="004258C6" w:rsidRDefault="004258C6" w:rsidP="004258C6">
+      <w:r w:rsidRPr="004258C6">
+        <w:t xml:space="preserve">Wzdłuż ulicy Półwiejskiej umiejscowione są liczne obiekty usługowo-handlowe, ruch pieszy jest bardzo zróżnicowany i odbywa się w wielu kierunkach, piesi przystają lub odpoczywają na ławkach, dlatego nie jest wskazane, by ruch ten w jakikolwiek sposób kanalizować i wydzielać odrębne ciągi dla pieszych i dla rowerów. Jednocześnie, ze względu na znajdujące się na ul. Półwiejskiej obiekty handlowe, wprowadzanie dodatkowych fizycznych ograniczeń w postaci większej liczby ławek </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004258C6">
+        <w:lastRenderedPageBreak/>
+        <w:t>czy donic mogłoby skutkować brakiem dostępu do nieruchomości (w tym dostępu ratunkowego, który musi być zapewniony w sposób swobodny). Należy również zauważyć, że powyższe elementy i</w:t>
+      </w:r>
+      <w:r w:rsidR="00567108">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004258C6">
+        <w:t>tak mogłyby nie spełnić swojej funkcji wobec ruchu tak małych pojazdów jak rowery. Z kolei zastosowanie takich rozwiązań, jak niektóre typy progów zwalniających, choć mogłyby skutecznie wpływać na spowolnienie ruchu rowerów, to jednak ich zastosowanie jest niewskazane z uwagi na</w:t>
+      </w:r>
+      <w:r w:rsidR="00567108">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004258C6">
+        <w:t>bardzo duży ruch pieszych, dla których byłyby one przeszkodą i pogarszałyby komfort spacerowania. Ograniczona jest także możliwość dalszej poprawy bezpieczeństwa ruchu wyłącznie poprzez zmiany organizacji ruchu. W opinii Miejskiego Inżyniera Ruchu wskazane są – zwłaszcza w</w:t>
+      </w:r>
+      <w:r w:rsidR="00567108">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004258C6">
+        <w:t>sezonie letnim i godzinach szczytu – dalsze systematyczne działania kontrolne i edukacyjne policji i straży miejskiej oraz egzekwowanie od rowerzystów bezpiecznej i zgodnej z przepisami jazdy. Miejski Inżynier Ruchu poruszy tę kwestię ze służbami podczas najbliższej Komisji Bezpieczeństwa Ruchu. Dodatkowo, w celu zminimalizowania uciążliwości nadmiernego ruchu rowerowego na</w:t>
+      </w:r>
+      <w:r w:rsidR="00567108">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004258C6">
+        <w:t>ul.</w:t>
+      </w:r>
+      <w:r w:rsidR="00567108">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004258C6">
+        <w:t>Półwiejskiej w ostatnich latach oddano do użytku infrastrukturę rowerową na alternatywnych ciągach prowadzących ul. Rybaki, ul. Ratajczaka i ul. Kościuszki (w tym przy Starym Browarze).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004258C6" w:rsidRPr="004258C6" w:rsidRDefault="004258C6" w:rsidP="004258C6">
+      <w:r w:rsidRPr="004258C6">
+        <w:t>Informuję, że podjęto działania w celu opracowania projektu rozwiązań uszczelniających wjazd w</w:t>
+      </w:r>
+      <w:r w:rsidR="00567108">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004258C6">
+        <w:t>ul.</w:t>
+      </w:r>
+      <w:r w:rsidR="00567108">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004258C6">
+        <w:t>Półwiejską dla samochodów osobowych i dostawczych, w taki sposób, aby zminimalizować ich</w:t>
+      </w:r>
+      <w:r w:rsidR="00567108">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004258C6">
+        <w:t>liczbę oraz zwiększyć kontrolę nad ich wjazdem. Przewiduje się instalację systemu słupków opuszczanych, podobnie jak przy wjeździe na płytę Starego Rynku.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004258C6" w:rsidRPr="004258C6" w:rsidRDefault="004258C6" w:rsidP="00567108">
       <w:pPr>
-        <w:spacing w:line="276" w:lineRule="auto"/>
-[...5 lines deleted...]
-        </w:rPr>
+        <w:pStyle w:val="Nagwek1"/>
       </w:pPr>
+      <w:r w:rsidRPr="004258C6">
+        <w:t>Pyt. 3.: „Proszę o informację o planowanych działaniach, które poprawią bezpieczeństwo pieszych na deptakach i chodnikach pieszo-rowerowych w naszym mieście.”</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="7170BEED" w14:textId="52D2073B" w:rsidR="005E7520" w:rsidRPr="00CA00CE" w:rsidRDefault="005E7520" w:rsidP="00CA00CE">
+    <w:p w:rsidR="004258C6" w:rsidRPr="004258C6" w:rsidRDefault="004258C6" w:rsidP="004258C6">
+      <w:r w:rsidRPr="004258C6">
+        <w:t>Działania na rzecz bezpieczeństwa pieszych na deptakach i ciągach pieszo – rowerowych w mieście są podejmowane na bieżąco w ramach prowadzonych prac rewitalizacyjnych czy prac związanych z</w:t>
+      </w:r>
+      <w:r w:rsidR="00567108">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004258C6">
+        <w:t>przebudową ulic. Działania te obejmują również drogi, na których wprowadzane są tylko mniejsze korekty zagospodarowania przestrzeni lub organizacji ruchu. Każdorazowo brane są jednak pod</w:t>
+      </w:r>
+      <w:r w:rsidR="00567108">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004258C6">
+        <w:t xml:space="preserve">uwagę przede wszystkim aspekty bezpieczeństwa najmniej chronionych uczestników ruchu, jakimi </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004258C6">
+        <w:lastRenderedPageBreak/>
+        <w:t>są osoby piesze. Wszystkie zmiany wprowadzane są zgodnie z zasadami: planowania uniwersalnego (dla szerokiego grona użytkowników), zrównoważonej mobilności (uwzględnienie różnego rodzaju środków transportu), Standardów Rowerowych (trasy i połączenia rowerowe – program rowerowy) czy Standardów Dostępności (minimalizacja przeszkód, maksymalizacja dostępu). Uwzględnia się także dobre praktyki i doświadczenia mające zapewnić komfort i wysokie walory użytkowe przestrzeni publicznych (zieleń, mała architektura, meble miejskie). Wśród</w:t>
+      </w:r>
+      <w:r w:rsidR="00567108">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004258C6">
+        <w:t>najważniejszych tego typu działań należy wymienić separację ruchu pieszego od</w:t>
+      </w:r>
+      <w:r w:rsidR="00567108">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004258C6">
+        <w:t>rowerowego (oddzielone ciągi piesze i rowerowe), lokalizowanie ławek czy donic z zielenią w celu przestrzennego podkreślenia obszarów ulic przeznaczonych tylko dla pieszych, montaż słupków i/lub barierek ochronnych w obrębie punktów kolizji ruchu pieszego i pojazdów czy</w:t>
+      </w:r>
+      <w:r w:rsidR="00567108">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004258C6">
+        <w:t xml:space="preserve">budowa wyniesionych tarcz skrzyżowań albo tzw. „esowanie” torów jazdy (zarówno „twardą” infrastrukturą, jak i elementami małej architektury). Wyznaczane są także </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004258C6">
+        <w:t>kontrapasy</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004258C6">
+        <w:t xml:space="preserve"> i </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004258C6">
+        <w:t>kontraruchy</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004258C6">
+        <w:t xml:space="preserve"> na ulicach z ruchem uspokojonym, poprawiana widoczność, tworzone azyle oraz wprowadzane napisy ostrzegawcze „Uwaga piesi!”.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004258C6" w:rsidRPr="004258C6" w:rsidRDefault="004258C6" w:rsidP="004258C6">
+      <w:r w:rsidRPr="004258C6">
+        <w:t>Należy jednak pamiętać, że każdy z uczestników ruchu znajdujący się na drodze jest zobowiązany zachować ostrożność i unikać wszelkiego działania, które mogłoby spowodować zagrożenie bezpieczeństwa lub porządku ruchu drogowego, ruch ten utrudnić, zakłócić spokój lub porządek publiczny oraz narazić kogokolwiek na szkodę.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E9439A" w:rsidRPr="001C3189" w:rsidRDefault="008F70E3" w:rsidP="00001BFD">
       <w:pPr>
-        <w:spacing w:line="276" w:lineRule="auto"/>
-[...6 lines deleted...]
-        </w:rPr>
+        <w:ind w:left="5245"/>
       </w:pPr>
-      <w:r w:rsidRPr="00CA00CE">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">W związku z licznymi skargami mieszkańców naszego miasta, dotyczącymi organizacji ruchu pieszego i rowerowego na ul. Półwiejskiej zwracam się z prośbą o pilne przygotowanie rozwiązań, które poprawią bezpieczeństwo pieszych  na tej ulicy. </w:t>
+      <w:r w:rsidRPr="001C3189">
+        <w:t>Z wyrazami szacunku</w:t>
+      </w:r>
+      <w:r w:rsidR="00001BFD">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00094F56">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="004E2D6A" w:rsidRPr="001C3189">
+        <w:t>Z up. PREZYDENTA MIASTA</w:t>
+      </w:r>
+      <w:r w:rsidR="00094F56">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00094F56">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="004E2D6A" w:rsidRPr="001C3189">
+        <w:t>(-)</w:t>
+      </w:r>
+      <w:r w:rsidR="00094F56">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA47A8">
+        <w:t>Mariusz Wiśniewski</w:t>
+      </w:r>
+      <w:r w:rsidR="00094F56">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00094F56">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="004E2D6A" w:rsidRPr="001C3189">
+        <w:t>Z-CA PREZYDENTA MIASTA POZNANIA</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6622D365" w14:textId="4F0954B5" w:rsidR="001E0EAC" w:rsidRPr="00CA00CE" w:rsidRDefault="003852C4" w:rsidP="00CA00CE">
+    <w:p w:rsidR="008F70E3" w:rsidRPr="004258C6" w:rsidRDefault="008F70E3" w:rsidP="00567108">
       <w:pPr>
-        <w:spacing w:line="276" w:lineRule="auto"/>
-[...6 lines deleted...]
-        </w:rPr>
+        <w:spacing w:before="600"/>
       </w:pPr>
-      <w:r w:rsidRPr="00CA00CE">
-[...92 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00094F56">
+        <w:t>Do wiadomości:</w:t>
+      </w:r>
+      <w:r w:rsidR="00094F56">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00CA00CE">
-[...93 lines deleted...]
-        <w:t xml:space="preserve">sytuacja będzie się pogarszać. </w:t>
+      <w:r w:rsidR="00094F56">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="001C3189">
+        <w:t>Przewodniczący Rady Miasta</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="72D4C76A" w14:textId="42BD0C7D" w:rsidR="001E0EAC" w:rsidRPr="00CA00CE" w:rsidRDefault="001E0EAC" w:rsidP="00CA00CE">
-[...254 lines deleted...]
-      <w:headerReference w:type="default" r:id="rId6"/>
+    <w:sectPr w:rsidR="008F70E3" w:rsidRPr="004258C6">
+      <w:footerReference w:type="default" r:id="rId9"/>
+      <w:headerReference w:type="first" r:id="rId10"/>
+      <w:footerReference w:type="first" r:id="rId11"/>
+      <w:type w:val="continuous"/>
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="2829" w:right="1106" w:bottom="1276" w:left="1134" w:header="708" w:footer="616" w:gutter="0"/>
       <w:cols w:space="708"/>
-      <w:docGrid w:linePitch="360"/>
+      <w:formProt w:val="0"/>
+      <w:noEndnote/>
+      <w:titlePg/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4094D35D" w14:textId="77777777" w:rsidR="00C32393" w:rsidRDefault="00C32393" w:rsidP="00651819">
+    <w:p w:rsidR="009F10F8" w:rsidRDefault="009F10F8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="70872E16" w14:textId="77777777" w:rsidR="00C32393" w:rsidRDefault="00C32393" w:rsidP="00651819">
+    <w:p w:rsidR="009F10F8" w:rsidRDefault="009F10F8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="EE"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="EE"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Times New Roman">
-    <w:panose1 w:val="02020603050405020304"/>
+  <w:font w:name="Mangal">
+    <w:altName w:val="Liberation Mono"/>
+    <w:panose1 w:val="00000400000000000000"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Garamond">
+    <w:altName w:val="Garamond"/>
+    <w:panose1 w:val="02020404030301010803"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Segoe UI">
+    <w:panose1 w:val="020B0502040204020203"/>
+    <w:charset w:val="EE"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Consolas">
+    <w:panose1 w:val="020B0609020204030204"/>
+    <w:charset w:val="EE"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00006FF" w:usb1="0000FCFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Liberation Sans">
+    <w:altName w:val="Arial"/>
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="EE"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0000AFF" w:usb1="500078FF" w:usb2="00000021" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Liberation Serif">
+    <w:altName w:val="Times New Roman"/>
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="EE"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0000AFF" w:usb1="500078FF" w:usb2="00000021" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Tahoma">
+    <w:altName w:val="Tahoma"/>
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="EE"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:sdt>
+    <w:sdtPr>
+      <w:id w:val="1123195180"/>
+      <w:docPartObj>
+        <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
+        <w:docPartUnique/>
+      </w:docPartObj>
+    </w:sdtPr>
+    <w:sdtEndPr/>
+    <w:sdtContent>
+      <w:p w:rsidR="004258C6" w:rsidRDefault="004258C6">
+        <w:pPr>
+          <w:pStyle w:val="Stopka"/>
+          <w:jc w:val="right"/>
+        </w:pPr>
+        <w:r>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r w:rsidR="0056547E">
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>2</w:t>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:p>
+    </w:sdtContent>
+  </w:sdt>
+  <w:p w:rsidR="00127D66" w:rsidRDefault="00127D66">
+    <w:pPr>
+      <w:pStyle w:val="Stopka"/>
+      <w:spacing w:line="312" w:lineRule="auto"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="en-US"/>
+      </w:rPr>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:p w:rsidR="00127D66" w:rsidRDefault="00127D66">
+    <w:pPr>
+      <w:pStyle w:val="Stopka"/>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="3816"/>
+        <w:tab w:val="center" w:pos="3996"/>
+        <w:tab w:val="center" w:pos="4176"/>
+        <w:tab w:val="center" w:pos="4356"/>
+        <w:tab w:val="right" w:pos="8352"/>
+        <w:tab w:val="right" w:pos="8532"/>
+        <w:tab w:val="right" w:pos="8712"/>
+        <w:tab w:val="right" w:pos="8892"/>
+      </w:tabs>
+      <w:ind w:left="-180" w:right="-414" w:hanging="180"/>
+      <w:jc w:val="center"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="fr-FR"/>
+      </w:rPr>
+    </w:pPr>
+  </w:p>
+  <w:p w:rsidR="00127D66" w:rsidRPr="00EB6467" w:rsidRDefault="00127D66">
+    <w:pPr>
+      <w:jc w:val="center"/>
+      <w:rPr>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="en-US"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidRPr="00EB6467">
+      <w:rPr>
+        <w:spacing w:val="-8"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="fr-FR"/>
+      </w:rPr>
+      <w:t xml:space="preserve">Urząd Miasta Poznania, pl. Kolegiacki 17, 61-841 Poznań, </w:t>
+    </w:r>
+    <w:r w:rsidRPr="00EB6467">
+      <w:rPr>
+        <w:spacing w:val="-6"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="fr-FR"/>
+      </w:rPr>
+      <w:t>tel. +48 61 878 53 1</w:t>
+    </w:r>
+    <w:r w:rsidR="0006544F" w:rsidRPr="00EB6467">
+      <w:rPr>
+        <w:spacing w:val="-6"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="fr-FR"/>
+      </w:rPr>
+      <w:t>7</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00EB6467">
+      <w:rPr>
+        <w:spacing w:val="-6"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="fr-FR"/>
+      </w:rPr>
+      <w:t xml:space="preserve">, fax +48 </w:t>
+    </w:r>
+    <w:r w:rsidR="0006544F" w:rsidRPr="00EB6467">
+      <w:rPr>
+        <w:spacing w:val="-6"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="fr-FR"/>
+      </w:rPr>
+      <w:t>61 878 53 84, sekretariat_m.wisniewski</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00EB6467">
+      <w:rPr>
+        <w:spacing w:val="-6"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="fr-FR"/>
+      </w:rPr>
+      <w:t>@um.poznan.pl,</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00EB6467">
+      <w:rPr>
+        <w:spacing w:val="-8"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="fr-FR"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> www.poznan.pl</w:t>
+    </w:r>
+  </w:p>
+  <w:p w:rsidR="00127D66" w:rsidRDefault="00127D66">
+    <w:pPr>
+      <w:jc w:val="center"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="en-US"/>
+      </w:rPr>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="71902DA8" w14:textId="77777777" w:rsidR="00C32393" w:rsidRDefault="00C32393" w:rsidP="00651819">
-[...3 lines deleted...]
-      <w:r>
+    <w:p w:rsidR="009F10F8" w:rsidRDefault="009F10F8">
+      <w:r w:rsidRPr="001C3189">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4EAA392A" w14:textId="77777777" w:rsidR="00C32393" w:rsidRDefault="00C32393" w:rsidP="00651819">
+    <w:p w:rsidR="009F10F8" w:rsidRDefault="009F10F8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="1">
+    <w:p w:rsidR="004258C6" w:rsidRDefault="004258C6" w:rsidP="004258C6">
+      <w:pPr>
+        <w:pStyle w:val="Tekstprzypisudolnego"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00265304">
+        <w:rPr>
+          <w:rStyle w:val="Odwoanieprzypisudolnego"/>
+          <w:rFonts w:cs="Calibri"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r w:rsidRPr="00265304">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ustawa z dnia 20 czerwca 1997 r. Prawo o ruchu drogowym (Dz.U. 2023, poz. 1047 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00265304">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>t.j</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00265304">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>.)</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w14:paraId="217A7749" w14:textId="0F99A000" w:rsidR="00651819" w:rsidRPr="00651819" w:rsidRDefault="00651819">
+  <w:p w:rsidR="00127D66" w:rsidRDefault="00DD07CD">
     <w:pPr>
-      <w:pStyle w:val="Nagwek"/>
+      <w:pStyle w:val="Gb3b3b3b3b3b3b3b3b3f3f3f3f3f3f3f3f3f3wka"/>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="00651819">
+    <w:r>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:noProof/>
-        <w:lang w:eastAsia="pl-PL"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="454EC5D9" wp14:editId="777EEAA6">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657728" behindDoc="1" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="4D2B26E5">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
-            <wp:posOffset>3977005</wp:posOffset>
+            <wp:posOffset>-783590</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
-            <wp:posOffset>-220980</wp:posOffset>
+            <wp:posOffset>-456565</wp:posOffset>
           </wp:positionV>
-          <wp:extent cx="1988820" cy="706755"/>
+          <wp:extent cx="7620000" cy="2171700"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
-          <wp:wrapTight wrapText="bothSides">
-[...8 lines deleted...]
-          <wp:docPr id="169113511" name="Obraz 2"/>
+          <wp:wrapNone/>
+          <wp:docPr id="1" name="Obraz 1" descr="Czarno-biały herb miasta Poznania. Pod herbem tekst Zastępca Prezydenta Miasta Poznania "/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="Picture 1"/>
+                  <pic:cNvPr id="0" name="Picture 1" descr="Czarno-biały herb miasta Poznania. Pod herbem tekst Zastępca Prezydenta Miasta Poznania "/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:srcRect/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="1988820" cy="706755"/>
+                    <a:ext cx="7620000" cy="2171700"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
-    <w:r w:rsidRPr="00651819">
-[...23 lines deleted...]
-    </w:pPr>
   </w:p>
 </w:hdr>
+</file>
+
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="172462F2"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="00000000"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="(%4)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="(%5)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="(%6)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2FD06C2D"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="1A3E187A"/>
+    <w:lvl w:ilvl="0" w:tplc="04150001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04150003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04150005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04150001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04150003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04150005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04150001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04150003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04150005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="375C1008"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="00000000"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="(%4)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="(%5)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="(%6)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4FC57D79"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="0D0A8C72"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="851" w:hanging="454"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%3)"/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1134" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1531" w:hanging="284"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="63D4111B"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="F4E480E8"/>
+    <w:lvl w:ilvl="0" w:tplc="04150001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04150003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04150005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04150001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04150003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04150005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04150001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04150003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04150005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1">
+    <w:abstractNumId w:val="2"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:lvl w:ilvl="0">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%1)"/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:lvl w:ilvl="1">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="lowerLetter"/>
+        <w:lvlText w:val="%2)"/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:lvl w:ilvl="2">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="lowerRoman"/>
+        <w:lvlText w:val="%3)"/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:lvl w:ilvl="3">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="(%4)"/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:lvl w:ilvl="4">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="lowerLetter"/>
+        <w:lvlText w:val="(%5)"/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:lvl w:ilvl="5">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="lowerRoman"/>
+        <w:lvlText w:val="(%6)"/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:lvl w:ilvl="6">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%7."/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:lvl w:ilvl="7">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="lowerLetter"/>
+        <w:lvlText w:val="%8."/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:lvl w:ilvl="8">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="lowerRoman"/>
+        <w:lvlText w:val="%9."/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="2"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:lvl w:ilvl="0">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="upperRoman"/>
+        <w:lvlText w:val="%1."/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:lvl w:ilvl="1">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="upperLetter"/>
+        <w:lvlText w:val="%2."/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:lvl w:ilvl="2">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%3."/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:lvl w:ilvl="3">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="lowerLetter"/>
+        <w:lvlText w:val="%4)"/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:lvl w:ilvl="4">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="(%5)"/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:lvl w:ilvl="5">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="lowerLetter"/>
+        <w:lvlText w:val="(%6)"/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:lvl w:ilvl="6">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="lowerRoman"/>
+        <w:lvlText w:val="(%7)"/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:lvl w:ilvl="7">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="lowerLetter"/>
+        <w:lvlText w:val="(%8)"/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:lvl w:ilvl="8">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="lowerRoman"/>
+        <w:lvlText w:val="(%9)"/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="2"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:lvl w:ilvl="0">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%1."/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:lvl w:ilvl="1">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%1.%2."/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:lvl w:ilvl="2">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%1.%2.%3."/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:lvl w:ilvl="3">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%1.%2.%3.%4."/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:lvl w:ilvl="4">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:lvl w:ilvl="5">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:lvl w:ilvl="6">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:lvl w:ilvl="7">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:lvl w:ilvl="8">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="4">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="5">
+    <w:abstractNumId w:val="0"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:lvl w:ilvl="0">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%1)"/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:lvl w:ilvl="1">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="lowerLetter"/>
+        <w:lvlText w:val="%2)"/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:lvl w:ilvl="2">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="lowerRoman"/>
+        <w:lvlText w:val="%3)"/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:lvl w:ilvl="3">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="(%4)"/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:lvl w:ilvl="4">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="lowerLetter"/>
+        <w:lvlText w:val="(%5)"/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:lvl w:ilvl="5">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="lowerRoman"/>
+        <w:lvlText w:val="(%6)"/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:lvl w:ilvl="6">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%7."/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:lvl w:ilvl="7">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="lowerLetter"/>
+        <w:lvlText w:val="%8."/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:lvl w:ilvl="8">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="lowerRoman"/>
+        <w:lvlText w:val="%9."/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="6">
+    <w:abstractNumId w:val="0"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:lvl w:ilvl="0">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="upperRoman"/>
+        <w:lvlText w:val="%1."/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:lvl w:ilvl="1">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="upperLetter"/>
+        <w:lvlText w:val="%2."/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:lvl w:ilvl="2">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%3."/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:lvl w:ilvl="3">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="lowerLetter"/>
+        <w:lvlText w:val="%4)"/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:lvl w:ilvl="4">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="(%5)"/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:lvl w:ilvl="5">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="lowerLetter"/>
+        <w:lvlText w:val="(%6)"/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:lvl w:ilvl="6">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="lowerRoman"/>
+        <w:lvlText w:val="(%7)"/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:lvl w:ilvl="7">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="lowerLetter"/>
+        <w:lvlText w:val="(%8)"/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:lvl w:ilvl="8">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="lowerRoman"/>
+        <w:lvlText w:val="(%9)"/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="7">
+    <w:abstractNumId w:val="0"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:lvl w:ilvl="0">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%1."/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:lvl w:ilvl="1">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%1.%2."/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:lvl w:ilvl="2">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%1.%2.%3."/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:lvl w:ilvl="3">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%1.%2.%3.%4."/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:lvl w:ilvl="4">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:lvl w:ilvl="5">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:lvl w:ilvl="6">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:lvl w:ilvl="7">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:lvl w:ilvl="8">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="8">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="9">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+</w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
+  <w:embedSystemFonts/>
+  <w:bordersDoNotSurroundHeader/>
+  <w:bordersDoNotSurroundFooter/>
   <w:proofState w:spelling="clean"/>
-  <w:defaultTabStop w:val="708"/>
+  <w:attachedTemplate r:id="rId1"/>
+  <w:defaultTabStop w:val="709"/>
   <w:hyphenationZone w:val="425"/>
-  <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:drawingGridHorizontalSpacing w:val="120"/>
+  <w:drawingGridVerticalSpacing w:val="120"/>
+  <w:displayHorizontalDrawingGridEvery w:val="0"/>
+  <w:displayVerticalDrawingGridEvery w:val="3"/>
+  <w:doNotUseMarginsForDrawingGridOrigin/>
+  <w:characterSpacingControl w:val="compressPunctuation"/>
+  <w:doNotValidateAgainstSchema/>
+  <w:doNotDemarcateInvalidXml/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
+    <w:spaceForUL/>
+    <w:balanceSingleByteDoubleByteWidth/>
+    <w:doNotLeaveBackslashAlone/>
+    <w:ulTrailSpace/>
+    <w:doNotExpandShiftReturn/>
+    <w:adjustLineHeightInTable/>
+    <w:doNotUseHTMLParagraphAutoSpacing/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00651819"/>
-[...16 lines deleted...]
-    <w:rsid w:val="00D850C3"/>
+    <w:rsidRoot w:val="00DD07CD"/>
+    <w:rsid w:val="00001BFD"/>
+    <w:rsid w:val="00023C66"/>
+    <w:rsid w:val="00024438"/>
+    <w:rsid w:val="00026044"/>
+    <w:rsid w:val="000534CE"/>
+    <w:rsid w:val="00056714"/>
+    <w:rsid w:val="0006405F"/>
+    <w:rsid w:val="0006544F"/>
+    <w:rsid w:val="000676BB"/>
+    <w:rsid w:val="00085812"/>
+    <w:rsid w:val="00086C24"/>
+    <w:rsid w:val="00086E56"/>
+    <w:rsid w:val="00094252"/>
+    <w:rsid w:val="00094E31"/>
+    <w:rsid w:val="00094F56"/>
+    <w:rsid w:val="000959A9"/>
+    <w:rsid w:val="000A2E7F"/>
+    <w:rsid w:val="000C1818"/>
+    <w:rsid w:val="000D5061"/>
+    <w:rsid w:val="000D53FD"/>
+    <w:rsid w:val="000D6587"/>
+    <w:rsid w:val="000E2F25"/>
+    <w:rsid w:val="000F10E2"/>
+    <w:rsid w:val="000F68D2"/>
+    <w:rsid w:val="00100908"/>
+    <w:rsid w:val="0010164C"/>
+    <w:rsid w:val="00104128"/>
+    <w:rsid w:val="00107C8F"/>
+    <w:rsid w:val="00112580"/>
+    <w:rsid w:val="00117C11"/>
+    <w:rsid w:val="00120C28"/>
+    <w:rsid w:val="001223B9"/>
+    <w:rsid w:val="00127D66"/>
+    <w:rsid w:val="00131698"/>
+    <w:rsid w:val="0014484D"/>
+    <w:rsid w:val="001458AE"/>
+    <w:rsid w:val="00164171"/>
+    <w:rsid w:val="00165DE5"/>
+    <w:rsid w:val="001676A9"/>
+    <w:rsid w:val="00177ED4"/>
+    <w:rsid w:val="00181C27"/>
+    <w:rsid w:val="00193997"/>
+    <w:rsid w:val="001A0A65"/>
+    <w:rsid w:val="001C00FA"/>
+    <w:rsid w:val="001C3189"/>
+    <w:rsid w:val="001D3E74"/>
+    <w:rsid w:val="001D695A"/>
+    <w:rsid w:val="001D6F38"/>
+    <w:rsid w:val="001E3878"/>
+    <w:rsid w:val="001E410E"/>
+    <w:rsid w:val="001F1813"/>
+    <w:rsid w:val="0021050C"/>
+    <w:rsid w:val="00215321"/>
+    <w:rsid w:val="0022060F"/>
+    <w:rsid w:val="00222CD6"/>
+    <w:rsid w:val="00241C80"/>
+    <w:rsid w:val="002531C6"/>
+    <w:rsid w:val="0025515F"/>
+    <w:rsid w:val="00273375"/>
+    <w:rsid w:val="0028454A"/>
+    <w:rsid w:val="00286735"/>
+    <w:rsid w:val="002A2CC8"/>
+    <w:rsid w:val="002A34D6"/>
+    <w:rsid w:val="002B4162"/>
+    <w:rsid w:val="002C1820"/>
+    <w:rsid w:val="002C229E"/>
+    <w:rsid w:val="002C615B"/>
+    <w:rsid w:val="002D57EA"/>
+    <w:rsid w:val="002E0CCD"/>
+    <w:rsid w:val="002F224A"/>
+    <w:rsid w:val="003147ED"/>
+    <w:rsid w:val="00327C40"/>
+    <w:rsid w:val="00330A39"/>
+    <w:rsid w:val="00330C25"/>
+    <w:rsid w:val="00332C7F"/>
+    <w:rsid w:val="00346642"/>
+    <w:rsid w:val="00356512"/>
+    <w:rsid w:val="003657F3"/>
+    <w:rsid w:val="00371E81"/>
+    <w:rsid w:val="00376694"/>
+    <w:rsid w:val="00395DAE"/>
+    <w:rsid w:val="003B2B68"/>
+    <w:rsid w:val="003B716F"/>
+    <w:rsid w:val="003D0CF8"/>
+    <w:rsid w:val="003E0856"/>
+    <w:rsid w:val="003F3BC8"/>
+    <w:rsid w:val="004100D7"/>
+    <w:rsid w:val="004152E2"/>
+    <w:rsid w:val="004258C6"/>
+    <w:rsid w:val="00426A54"/>
+    <w:rsid w:val="00444C44"/>
+    <w:rsid w:val="004464E9"/>
+    <w:rsid w:val="00480984"/>
+    <w:rsid w:val="00495636"/>
+    <w:rsid w:val="004A0346"/>
+    <w:rsid w:val="004B6B32"/>
+    <w:rsid w:val="004C7A0B"/>
+    <w:rsid w:val="004E2D6A"/>
+    <w:rsid w:val="004F1F55"/>
+    <w:rsid w:val="005015EB"/>
+    <w:rsid w:val="005157BD"/>
+    <w:rsid w:val="00530F53"/>
+    <w:rsid w:val="00552EC0"/>
+    <w:rsid w:val="00564C6F"/>
+    <w:rsid w:val="0056547E"/>
+    <w:rsid w:val="00567108"/>
+    <w:rsid w:val="00574AAA"/>
+    <w:rsid w:val="005805D1"/>
+    <w:rsid w:val="00587FED"/>
+    <w:rsid w:val="00597096"/>
+    <w:rsid w:val="00597F25"/>
+    <w:rsid w:val="005A556F"/>
+    <w:rsid w:val="005B475E"/>
+    <w:rsid w:val="005C2D05"/>
+    <w:rsid w:val="005F2FC4"/>
+    <w:rsid w:val="005F46D1"/>
+    <w:rsid w:val="006044E4"/>
+    <w:rsid w:val="00605A18"/>
+    <w:rsid w:val="0061594F"/>
+    <w:rsid w:val="00624255"/>
+    <w:rsid w:val="00647DB7"/>
+    <w:rsid w:val="00655A22"/>
+    <w:rsid w:val="00671ED1"/>
+    <w:rsid w:val="00672CA1"/>
+    <w:rsid w:val="00681F26"/>
+    <w:rsid w:val="006A4468"/>
+    <w:rsid w:val="006C3A8D"/>
+    <w:rsid w:val="006C5DDC"/>
+    <w:rsid w:val="006F23BB"/>
+    <w:rsid w:val="00712DB9"/>
+    <w:rsid w:val="007242D8"/>
+    <w:rsid w:val="007254DA"/>
+    <w:rsid w:val="00734E81"/>
+    <w:rsid w:val="007404A0"/>
+    <w:rsid w:val="00740F0B"/>
+    <w:rsid w:val="0074574B"/>
+    <w:rsid w:val="0075049D"/>
+    <w:rsid w:val="007635E6"/>
+    <w:rsid w:val="00781EEE"/>
+    <w:rsid w:val="00785D01"/>
+    <w:rsid w:val="00786310"/>
+    <w:rsid w:val="0078684D"/>
+    <w:rsid w:val="007940BA"/>
+    <w:rsid w:val="007C1BCA"/>
+    <w:rsid w:val="007C239F"/>
+    <w:rsid w:val="007F02C8"/>
+    <w:rsid w:val="007F194F"/>
+    <w:rsid w:val="007F343B"/>
+    <w:rsid w:val="007F343D"/>
+    <w:rsid w:val="007F4EF5"/>
+    <w:rsid w:val="008263C8"/>
+    <w:rsid w:val="008408C1"/>
+    <w:rsid w:val="00860023"/>
+    <w:rsid w:val="00870D5C"/>
+    <w:rsid w:val="00876321"/>
+    <w:rsid w:val="00877A75"/>
+    <w:rsid w:val="00894DB7"/>
+    <w:rsid w:val="008B4066"/>
+    <w:rsid w:val="008D5DD2"/>
+    <w:rsid w:val="008F6F6F"/>
+    <w:rsid w:val="008F70E3"/>
+    <w:rsid w:val="00903647"/>
+    <w:rsid w:val="009044F0"/>
+    <w:rsid w:val="009047D5"/>
+    <w:rsid w:val="00930B86"/>
+    <w:rsid w:val="00937C3D"/>
+    <w:rsid w:val="00945449"/>
+    <w:rsid w:val="00946D1C"/>
+    <w:rsid w:val="009575F0"/>
+    <w:rsid w:val="00961AF7"/>
+    <w:rsid w:val="00963C97"/>
+    <w:rsid w:val="00967B34"/>
+    <w:rsid w:val="00993B97"/>
+    <w:rsid w:val="009A7850"/>
+    <w:rsid w:val="009A7CA3"/>
+    <w:rsid w:val="009C1310"/>
+    <w:rsid w:val="009C3D40"/>
+    <w:rsid w:val="009E41E2"/>
+    <w:rsid w:val="009F0B3E"/>
+    <w:rsid w:val="009F0EAA"/>
+    <w:rsid w:val="009F10F8"/>
+    <w:rsid w:val="009F58BA"/>
+    <w:rsid w:val="00A170D5"/>
+    <w:rsid w:val="00A25216"/>
+    <w:rsid w:val="00A35258"/>
+    <w:rsid w:val="00A40F0B"/>
+    <w:rsid w:val="00A537E4"/>
+    <w:rsid w:val="00A54ECC"/>
+    <w:rsid w:val="00A624AB"/>
+    <w:rsid w:val="00A74796"/>
+    <w:rsid w:val="00A76EE5"/>
+    <w:rsid w:val="00A904A2"/>
+    <w:rsid w:val="00AA3E53"/>
+    <w:rsid w:val="00AC3010"/>
+    <w:rsid w:val="00AE1E38"/>
+    <w:rsid w:val="00AF57E2"/>
+    <w:rsid w:val="00B22F09"/>
+    <w:rsid w:val="00B23BF7"/>
+    <w:rsid w:val="00B4032B"/>
+    <w:rsid w:val="00B42966"/>
+    <w:rsid w:val="00B55925"/>
+    <w:rsid w:val="00B7790F"/>
+    <w:rsid w:val="00B8243C"/>
+    <w:rsid w:val="00B9078A"/>
+    <w:rsid w:val="00B90F8F"/>
+    <w:rsid w:val="00B95E55"/>
+    <w:rsid w:val="00BA1C47"/>
+    <w:rsid w:val="00BA47A8"/>
+    <w:rsid w:val="00BD109C"/>
+    <w:rsid w:val="00C04394"/>
+    <w:rsid w:val="00C3317F"/>
+    <w:rsid w:val="00C41D5C"/>
+    <w:rsid w:val="00C45265"/>
+    <w:rsid w:val="00C46E76"/>
+    <w:rsid w:val="00C4787E"/>
+    <w:rsid w:val="00C67B2C"/>
+    <w:rsid w:val="00C75504"/>
+    <w:rsid w:val="00C77067"/>
+    <w:rsid w:val="00C84622"/>
+    <w:rsid w:val="00C874E7"/>
+    <w:rsid w:val="00C9161F"/>
+    <w:rsid w:val="00C91F22"/>
+    <w:rsid w:val="00CA4CD5"/>
+    <w:rsid w:val="00CC74DE"/>
+    <w:rsid w:val="00CD0709"/>
+    <w:rsid w:val="00D00570"/>
+    <w:rsid w:val="00D13C01"/>
+    <w:rsid w:val="00D40B0B"/>
+    <w:rsid w:val="00D44D41"/>
+    <w:rsid w:val="00D60FBE"/>
+    <w:rsid w:val="00D76476"/>
+    <w:rsid w:val="00D85CB2"/>
+    <w:rsid w:val="00D959C6"/>
+    <w:rsid w:val="00DB09DF"/>
+    <w:rsid w:val="00DB1CB1"/>
+    <w:rsid w:val="00DB63F0"/>
+    <w:rsid w:val="00DC6042"/>
+    <w:rsid w:val="00DD07CD"/>
+    <w:rsid w:val="00DD0858"/>
+    <w:rsid w:val="00DD77A2"/>
+    <w:rsid w:val="00DE7342"/>
+    <w:rsid w:val="00DE7FCA"/>
+    <w:rsid w:val="00DF7645"/>
+    <w:rsid w:val="00E0328B"/>
+    <w:rsid w:val="00E07DC4"/>
+    <w:rsid w:val="00E13148"/>
+    <w:rsid w:val="00E17FCF"/>
+    <w:rsid w:val="00E43606"/>
+    <w:rsid w:val="00E4589E"/>
+    <w:rsid w:val="00E45C83"/>
+    <w:rsid w:val="00E46A0C"/>
+    <w:rsid w:val="00E62559"/>
+    <w:rsid w:val="00E73D79"/>
+    <w:rsid w:val="00E753E8"/>
+    <w:rsid w:val="00E75719"/>
+    <w:rsid w:val="00E87110"/>
+    <w:rsid w:val="00E9439A"/>
+    <w:rsid w:val="00EB6467"/>
+    <w:rsid w:val="00EC2120"/>
+    <w:rsid w:val="00EC62DE"/>
+    <w:rsid w:val="00EC79E6"/>
+    <w:rsid w:val="00ED5774"/>
+    <w:rsid w:val="00EE19D8"/>
+    <w:rsid w:val="00F17EB2"/>
+    <w:rsid w:val="00F20CA4"/>
+    <w:rsid w:val="00F359E6"/>
+    <w:rsid w:val="00F47F27"/>
+    <w:rsid w:val="00F555AC"/>
+    <w:rsid w:val="00F6061F"/>
+    <w:rsid w:val="00F61FD3"/>
+    <w:rsid w:val="00F67871"/>
+    <w:rsid w:val="00F67A69"/>
+    <w:rsid w:val="00F91B3C"/>
+    <w:rsid w:val="00F93AF6"/>
+    <w:rsid w:val="00FA5046"/>
+    <w:rsid w:val="00FB2985"/>
+    <w:rsid w:val="00FD08B9"/>
+    <w:rsid w:val="00FD08D6"/>
+    <w:rsid w:val="00FE6639"/>
+    <w:rsid w:val="00FE799D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pl-PL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:doNotIncludeSubdocsInStats/>
+  <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="57F301BD"/>
-[...1 lines deleted...]
-  <w15:docId w15:val="{C34072EF-0E4A-40CF-A5E1-A5A814FE0517}"/>
+  <w14:docId w14:val="3DB69C89"/>
+  <w14:defaultImageDpi w14:val="0"/>
+  <w15:docId w15:val="{515CEC99-088A-4C42-B7F1-A79A7A5E7642}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...4 lines deleted...]
-        <w14:ligatures w14:val="standardContextual"/>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+        <w:lang w:val="pl-PL" w:eastAsia="pl-PL" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault>
-[...3 lines deleted...]
-    </w:pPrDefault>
+    <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
-    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...7 lines deleted...]
-    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...4 lines deleted...]
-    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
-    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...8 lines deleted...]
-    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...10 lines deleted...]
-    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
-    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...5 lines deleted...]
-    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
-    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...11 lines deleted...]
-    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1"/>
+    <w:lsdException w:name="Strong" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
-    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...13 lines deleted...]
-    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...2 lines deleted...]
-    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
-    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="No Spacing" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
     <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
@@ -1367,286 +2786,3020 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normalny">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="00001BFD"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:adjustRightInd w:val="0"/>
+      <w:spacing w:after="240" w:line="360" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000"/>
+      <w:kern w:val="1"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Nagwek1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:next w:val="Normalny"/>
+    <w:link w:val="Nagwek1Znak"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="00567108"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:spacing w:before="240"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Mangal"/>
+      <w:bCs/>
+      <w:kern w:val="32"/>
+      <w:szCs w:val="29"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Domylnaczcionkaakapitu">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Standardowy">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Bezlisty">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Nagwek">
-    <w:name w:val="header"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Nagb3b3b3b3b3b3b3b3b3f3f3f3f3f3f3f3f3f3wekZnak">
+    <w:name w:val="Nagłb3b3b3b3b3b3b3b3b3óf3f3f3f3f3f3f3f3f3wek Znak"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="StopkaZnak">
+    <w:name w:val="Stopka Znak"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="StopkaZnak1">
+    <w:name w:val="Stopka Znak1"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="StopkaZnak11">
+    <w:name w:val="Stopka Znak11"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TekstdymkaZnak">
+    <w:name w:val="Tekst dymka Znak"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TekstpodstawowyZnak">
+    <w:name w:val="Tekst podstawowy Znak"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Pogrubienie">
+    <w:name w:val="Strong"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Tekstpodstawowy2Znak">
+    <w:name w:val="Tekst podstawowy 2 Znak"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="tah12">
+    <w:name w:val="tah12"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="PRZEWODNICZACYIPIERWSZYAKAPITZnakZnak">
+    <w:name w:val="PRZEWODNICZACY_I_PIERWSZY AKAPIT Znak Znak"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:cs="Garamond"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="PRZEWODNICZACYIIKONTYNUACJAMYcececececececececeLIZnakZnak">
+    <w:name w:val="PRZEWODNICZACY_II_KONTYNUACJA_MYÎcececececececececeLI Znak Znak"/>
+    <w:uiPriority w:val="99"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="PRZEWODNICZb4b4b4b4b4b4b4b4b4CYIIINOWAMYcececececececececeLZnakZnak">
+    <w:name w:val="PRZEWODNICZ´b4b4b4b4b4b4b4b4b4CY_III_NOWA_MYÎcececececececececeL Znak Znak"/>
+    <w:uiPriority w:val="99"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel1">
+    <w:name w:val="ListLabel 1"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel2">
+    <w:name w:val="ListLabel 2"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel3">
+    <w:name w:val="ListLabel 3"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel4">
+    <w:name w:val="ListLabel 4"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel5">
+    <w:name w:val="ListLabel 5"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel6">
+    <w:name w:val="ListLabel 6"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel7">
+    <w:name w:val="ListLabel 7"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel8">
+    <w:name w:val="ListLabel 8"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel9">
+    <w:name w:val="ListLabel 9"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel10">
+    <w:name w:val="ListLabel 10"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel11">
+    <w:name w:val="ListLabel 11"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel12">
+    <w:name w:val="ListLabel 12"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel13">
+    <w:name w:val="ListLabel 13"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel14">
+    <w:name w:val="ListLabel 14"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel15">
+    <w:name w:val="ListLabel 15"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel16">
+    <w:name w:val="ListLabel 16"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel17">
+    <w:name w:val="ListLabel 17"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel18">
+    <w:name w:val="ListLabel 18"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="PodpisZnak">
+    <w:name w:val="Podpis Znak"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="StopkaZnak2">
+    <w:name w:val="Stopka Znak2"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TekstdymkaZnak1">
+    <w:name w:val="Tekst dymka Znak1"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:cs="Segoe UI"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Tekstpodstawowy2Znak1">
+    <w:name w:val="Tekst podstawowy 2 Znak1"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="PodpisZnak1">
+    <w:name w:val="Podpis Znak1"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="StopkaZnak3">
+    <w:name w:val="Stopka Znak3"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TekstdymkaZnak2">
+    <w:name w:val="Tekst dymka Znak2"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:cs="Segoe UI"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Tekstpodstawowy2Znak2">
+    <w:name w:val="Tekst podstawowy 2 Znak2"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="PodpisZnak2">
+    <w:name w:val="Podpis Znak2"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="StopkaZnak4">
+    <w:name w:val="Stopka Znak4"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TekstdymkaZnak3">
+    <w:name w:val="Tekst dymka Znak3"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:cs="Segoe UI"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Tekstpodstawowy2Znak3">
+    <w:name w:val="Tekst podstawowy 2 Znak3"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Nagb3b3b3b3b3b3f3f3f3f3f3f3wekZnak">
+    <w:name w:val="Nagłb3b3b3b3b3b3óf3f3f3f3f3f3wek Znak"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="PodpisZnak3">
+    <w:name w:val="Podpis Znak3"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="StopkaZnak5">
+    <w:name w:val="Stopka Znak5"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TekstdymkaZnak4">
+    <w:name w:val="Tekst dymka Znak4"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:cs="Segoe UI"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Tekstpodstawowy2Znak4">
+    <w:name w:val="Tekst podstawowy 2 Znak4"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Nagb3b3b3b3b3f3f3f3f3f3wekZnak">
+    <w:name w:val="Nagłb3b3b3b3b3óf3f3f3f3f3wek Znak"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="PodpisZnak4">
+    <w:name w:val="Podpis Znak4"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="StopkaZnak6">
+    <w:name w:val="Stopka Znak6"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TekstdymkaZnak5">
+    <w:name w:val="Tekst dymka Znak5"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:cs="Segoe UI"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Tekstpodstawowy2Znak5">
+    <w:name w:val="Tekst podstawowy 2 Znak5"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Nagb3b3b3b3f3f3f3f3wekZnak">
+    <w:name w:val="Nagłb3b3b3b3óf3f3f3f3wek Znak"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="PodpisZnak5">
+    <w:name w:val="Podpis Znak5"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="StopkaZnak7">
+    <w:name w:val="Stopka Znak7"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TekstdymkaZnak6">
+    <w:name w:val="Tekst dymka Znak6"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:cs="Segoe UI"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Tekstpodstawowy2Znak6">
+    <w:name w:val="Tekst podstawowy 2 Znak6"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="PodpisZnak6">
+    <w:name w:val="Podpis Znak6"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="StopkaZnak8">
+    <w:name w:val="Stopka Znak8"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TekstdymkaZnak7">
+    <w:name w:val="Tekst dymka Znak7"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:cs="Segoe UI"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Tekstpodstawowy2Znak7">
+    <w:name w:val="Tekst podstawowy 2 Znak7"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Nagb3b3f3f3wekZnak">
+    <w:name w:val="Nagłb3b3óf3f3wek Znak"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a3a3b9b9czeinternetowe">
+    <w:name w:val="Ła3a3ąb9b9cze internetowe"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:color w:val="0563C1"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="PodpisZnak7">
+    <w:name w:val="Podpis Znak7"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="StopkaZnak9">
+    <w:name w:val="Stopka Znak9"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TekstdymkaZnak8">
+    <w:name w:val="Tekst dymka Znak8"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:cs="Segoe UI"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Tekstpodstawowy2Znak8">
+    <w:name w:val="Tekst podstawowy 2 Znak8"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TekstpodstawowyZnak1">
+    <w:name w:val="Tekst podstawowy Znak1"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Nagb3f3wekZnak">
+    <w:name w:val="Nagłb3óf3wek Znak"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Zwykb3ytekstZnak">
+    <w:name w:val="Zwykłb3y tekst Znak"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:eastAsia="Times New Roman" w:cs="Consolas"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="21"/>
+      <w:lang w:val="x-none" w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TekstpodstawowywcieatyZnak">
+    <w:name w:val="Tekst podstawowy wcięeaty Znak"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Tekstpodstawowywcieaty2Znak">
+    <w:name w:val="Tekst podstawowy wcięeaty 2 Znak"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Numerstrony">
+    <w:name w:val="page number"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ZnakZnak61">
+    <w:name w:val="Znak Znak61"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:eastAsia="Times New Roman"/>
+      <w:sz w:val="21"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ZnakZnak62">
+    <w:name w:val="Znak Znak62"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:eastAsia="Times New Roman"/>
+      <w:sz w:val="21"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Tekstprzypisukof1cowegoZnak">
+    <w:name w:val="Tekst przypisu końf1cowego Znak"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Zakotwiczenieprzypisukof1cowego">
+    <w:name w:val="Zakotwiczenie przypisu końf1cowego"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+      <w:vertAlign w:val="superscript"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="EndnoteCharacters">
+    <w:name w:val="Endnote Characters"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:vertAlign w:val="superscript"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ZnakZnak63">
+    <w:name w:val="Znak Znak63"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:eastAsia="Times New Roman"/>
+      <w:sz w:val="21"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ZnakZnak64">
+    <w:name w:val="Znak Znak64"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:eastAsia="Times New Roman"/>
+      <w:sz w:val="21"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a3b9czeinternetowe">
+    <w:name w:val="Ła3ąb9cze internetowe"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:color w:val="CC9900"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ZnakZnak65">
+    <w:name w:val="Znak Znak65"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:eastAsia="Times New Roman"/>
+      <w:sz w:val="21"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ZnakZnak66">
+    <w:name w:val="Znak Znak66"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:eastAsia="Times New Roman"/>
+      <w:sz w:val="21"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ZnakZnak">
+    <w:name w:val="Znak Znak"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman"/>
+      <w:sz w:val="21"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel19">
+    <w:name w:val="ListLabel 19"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel20">
+    <w:name w:val="ListLabel 20"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel21">
+    <w:name w:val="ListLabel 21"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel22">
+    <w:name w:val="ListLabel 22"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel23">
+    <w:name w:val="ListLabel 23"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel24">
+    <w:name w:val="ListLabel 24"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel25">
+    <w:name w:val="ListLabel 25"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel26">
+    <w:name w:val="ListLabel 26"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel27">
+    <w:name w:val="ListLabel 27"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel28">
+    <w:name w:val="ListLabel 28"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel29">
+    <w:name w:val="ListLabel 29"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel30">
+    <w:name w:val="ListLabel 30"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel31">
+    <w:name w:val="ListLabel 31"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel32">
+    <w:name w:val="ListLabel 32"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel33">
+    <w:name w:val="ListLabel 33"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel34">
+    <w:name w:val="ListLabel 34"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel35">
+    <w:name w:val="ListLabel 35"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel36">
+    <w:name w:val="ListLabel 36"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel37">
+    <w:name w:val="ListLabel 37"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel38">
+    <w:name w:val="ListLabel 38"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel39">
+    <w:name w:val="ListLabel 39"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel40">
+    <w:name w:val="ListLabel 40"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel41">
+    <w:name w:val="ListLabel 41"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel42">
+    <w:name w:val="ListLabel 42"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel43">
+    <w:name w:val="ListLabel 43"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel44">
+    <w:name w:val="ListLabel 44"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel45">
+    <w:name w:val="ListLabel 45"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel46">
+    <w:name w:val="ListLabel 46"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel47">
+    <w:name w:val="ListLabel 47"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel48">
+    <w:name w:val="ListLabel 48"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel49">
+    <w:name w:val="ListLabel 49"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel50">
+    <w:name w:val="ListLabel 50"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel51">
+    <w:name w:val="ListLabel 51"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel52">
+    <w:name w:val="ListLabel 52"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel53">
+    <w:name w:val="ListLabel 53"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel54">
+    <w:name w:val="ListLabel 54"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel55">
+    <w:name w:val="ListLabel 55"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel56">
+    <w:name w:val="ListLabel 56"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel57">
+    <w:name w:val="ListLabel 57"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel58">
+    <w:name w:val="ListLabel 58"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel59">
+    <w:name w:val="ListLabel 59"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel60">
+    <w:name w:val="ListLabel 60"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel61">
+    <w:name w:val="ListLabel 61"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel62">
+    <w:name w:val="ListLabel 62"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel63">
+    <w:name w:val="ListLabel 63"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel64">
+    <w:name w:val="ListLabel 64"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel65">
+    <w:name w:val="ListLabel 65"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel66">
+    <w:name w:val="ListLabel 66"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel67">
+    <w:name w:val="ListLabel 67"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel68">
+    <w:name w:val="ListLabel 68"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel69">
+    <w:name w:val="ListLabel 69"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel70">
+    <w:name w:val="ListLabel 70"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel71">
+    <w:name w:val="ListLabel 71"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel72">
+    <w:name w:val="ListLabel 72"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel73">
+    <w:name w:val="ListLabel 73"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel74">
+    <w:name w:val="ListLabel 74"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel75">
+    <w:name w:val="ListLabel 75"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel76">
+    <w:name w:val="ListLabel 76"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel77">
+    <w:name w:val="ListLabel 77"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel78">
+    <w:name w:val="ListLabel 78"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel79">
+    <w:name w:val="ListLabel 79"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel80">
+    <w:name w:val="ListLabel 80"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel81">
+    <w:name w:val="ListLabel 81"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel82">
+    <w:name w:val="ListLabel 82"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel83">
+    <w:name w:val="ListLabel 83"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel84">
+    <w:name w:val="ListLabel 84"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel85">
+    <w:name w:val="ListLabel 85"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel86">
+    <w:name w:val="ListLabel 86"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel87">
+    <w:name w:val="ListLabel 87"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel88">
+    <w:name w:val="ListLabel 88"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel89">
+    <w:name w:val="ListLabel 89"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel90">
+    <w:name w:val="ListLabel 90"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel91">
+    <w:name w:val="ListLabel 91"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel92">
+    <w:name w:val="ListLabel 92"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel93">
+    <w:name w:val="ListLabel 93"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel94">
+    <w:name w:val="ListLabel 94"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel95">
+    <w:name w:val="ListLabel 95"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel96">
+    <w:name w:val="ListLabel 96"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel97">
+    <w:name w:val="ListLabel 97"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel98">
+    <w:name w:val="ListLabel 98"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel99">
+    <w:name w:val="ListLabel 99"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel100">
+    <w:name w:val="ListLabel 100"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel101">
+    <w:name w:val="ListLabel 101"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel102">
+    <w:name w:val="ListLabel 102"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel103">
+    <w:name w:val="ListLabel 103"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel104">
+    <w:name w:val="ListLabel 104"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel105">
+    <w:name w:val="ListLabel 105"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel106">
+    <w:name w:val="ListLabel 106"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel107">
+    <w:name w:val="ListLabel 107"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel108">
+    <w:name w:val="ListLabel 108"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel109">
+    <w:name w:val="ListLabel 109"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel110">
+    <w:name w:val="ListLabel 110"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel111">
+    <w:name w:val="ListLabel 111"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel112">
+    <w:name w:val="ListLabel 112"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel113">
+    <w:name w:val="ListLabel 113"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel114">
+    <w:name w:val="ListLabel 114"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel115">
+    <w:name w:val="ListLabel 115"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel116">
+    <w:name w:val="ListLabel 116"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel117">
+    <w:name w:val="ListLabel 117"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel118">
+    <w:name w:val="ListLabel 118"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel119">
+    <w:name w:val="ListLabel 119"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel120">
+    <w:name w:val="ListLabel 120"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel121">
+    <w:name w:val="ListLabel 121"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel122">
+    <w:name w:val="ListLabel 122"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel123">
+    <w:name w:val="ListLabel 123"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel124">
+    <w:name w:val="ListLabel 124"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel125">
+    <w:name w:val="ListLabel 125"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel126">
+    <w:name w:val="ListLabel 126"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel127">
+    <w:name w:val="ListLabel 127"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel128">
+    <w:name w:val="ListLabel 128"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel129">
+    <w:name w:val="ListLabel 129"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel130">
+    <w:name w:val="ListLabel 130"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel131">
+    <w:name w:val="ListLabel 131"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel132">
+    <w:name w:val="ListLabel 132"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel133">
+    <w:name w:val="ListLabel 133"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel134">
+    <w:name w:val="ListLabel 134"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel135">
+    <w:name w:val="ListLabel 135"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel136">
+    <w:name w:val="ListLabel 136"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel137">
+    <w:name w:val="ListLabel 137"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel138">
+    <w:name w:val="ListLabel 138"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel139">
+    <w:name w:val="ListLabel 139"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel140">
+    <w:name w:val="ListLabel 140"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel141">
+    <w:name w:val="ListLabel 141"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel142">
+    <w:name w:val="ListLabel 142"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel143">
+    <w:name w:val="ListLabel 143"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel144">
+    <w:name w:val="ListLabel 144"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel145">
+    <w:name w:val="ListLabel 145"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel146">
+    <w:name w:val="ListLabel 146"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel147">
+    <w:name w:val="ListLabel 147"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel148">
+    <w:name w:val="ListLabel 148"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel149">
+    <w:name w:val="ListLabel 149"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel150">
+    <w:name w:val="ListLabel 150"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel151">
+    <w:name w:val="ListLabel 151"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel152">
+    <w:name w:val="ListLabel 152"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel153">
+    <w:name w:val="ListLabel 153"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel154">
+    <w:name w:val="ListLabel 154"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel155">
+    <w:name w:val="ListLabel 155"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel156">
+    <w:name w:val="ListLabel 156"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel157">
+    <w:name w:val="ListLabel 157"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel158">
+    <w:name w:val="ListLabel 158"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel159">
+    <w:name w:val="ListLabel 159"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel160">
+    <w:name w:val="ListLabel 160"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel161">
+    <w:name w:val="ListLabel 161"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel162">
+    <w:name w:val="ListLabel 162"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel163">
+    <w:name w:val="ListLabel 163"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel164">
+    <w:name w:val="ListLabel 164"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel165">
+    <w:name w:val="ListLabel 165"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel166">
+    <w:name w:val="ListLabel 166"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel167">
+    <w:name w:val="ListLabel 167"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel168">
+    <w:name w:val="ListLabel 168"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel169">
+    <w:name w:val="ListLabel 169"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel170">
+    <w:name w:val="ListLabel 170"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel171">
+    <w:name w:val="ListLabel 171"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel172">
+    <w:name w:val="ListLabel 172"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel173">
+    <w:name w:val="ListLabel 173"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel174">
+    <w:name w:val="ListLabel 174"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel175">
+    <w:name w:val="ListLabel 175"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel176">
+    <w:name w:val="ListLabel 176"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel177">
+    <w:name w:val="ListLabel 177"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel178">
+    <w:name w:val="ListLabel 178"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel179">
+    <w:name w:val="ListLabel 179"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel180">
+    <w:name w:val="ListLabel 180"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel181">
+    <w:name w:val="ListLabel 181"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel182">
+    <w:name w:val="ListLabel 182"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel183">
+    <w:name w:val="ListLabel 183"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel184">
+    <w:name w:val="ListLabel 184"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel185">
+    <w:name w:val="ListLabel 185"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel186">
+    <w:name w:val="ListLabel 186"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Nagb3f3wek">
+    <w:name w:val="Nagłb3óf3wek"/>
     <w:basedOn w:val="Normalny"/>
-    <w:link w:val="NagwekZnak"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00651819"/>
+    <w:next w:val="Tre9ce6tekstu"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:spacing w:before="240" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Sans" w:cs="Liberation Sans"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tre9ce6tekstu">
+    <w:name w:val="Treś9cće6 tekstu"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Lista">
+    <w:name w:val="List"/>
+    <w:basedOn w:val="Tre9ce6tekstu"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:spacing w:after="140" w:line="288" w:lineRule="exact"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:cs="Arial"/>
+      <w:lang w:val="en-GB" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Podpis">
+    <w:name w:val="Signature"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:link w:val="PodpisZnak8"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="PodpisZnak8">
+    <w:name w:val="Podpis Znak8"/>
+    <w:link w:val="Podpis"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:locked/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Liberation Serif" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:kern w:val="1"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Indeks">
+    <w:name w:val="Indeks"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:lang w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="DocumentMap">
+    <w:name w:val="DocumentMap"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:adjustRightInd w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Liberation Serif"/>
+      <w:color w:val="000000"/>
+      <w:kern w:val="1"/>
+      <w:lang w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Nagb3b3f3f3wek">
+    <w:name w:val="Nagłb3b3óf3f3wek"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:spacing w:before="240" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Sans" w:cs="Liberation Sans"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tre9c9ce6e6tekstu">
+    <w:name w:val="Treś9c9cće6e6 tekstu"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:spacing w:after="140" w:line="288" w:lineRule="exact"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Sygnatura">
+    <w:name w:val="Sygnatura"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:szCs w:val="24"/>
+      <w:lang w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Nagb3b3b3f3f3f3wek">
+    <w:name w:val="Nagłb3b3b3óf3f3f3wek"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:spacing w:before="240" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Sans" w:cs="Liberation Sans"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tre9c9c9ce6e6e6tekstu">
+    <w:name w:val="Treś9c9c9cće6e6e6 tekstu"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:spacing w:after="140" w:line="288" w:lineRule="exact"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Nagb3b3b3b3f3f3f3f3wek">
+    <w:name w:val="Nagłb3b3b3b3óf3f3f3f3wek"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:spacing w:before="240" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Sans" w:cs="Liberation Sans"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tre9c9c9c9ce6e6e6e6tekstu">
+    <w:name w:val="Treś9c9c9c9cće6e6e6e6 tekstu"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:spacing w:after="140" w:line="288" w:lineRule="exact"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Nagb3b3b3b3b3f3f3f3f3f3wek">
+    <w:name w:val="Nagłb3b3b3b3b3óf3f3f3f3f3wek"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:spacing w:before="240" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Sans" w:cs="Liberation Sans"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tre9c9c9c9c9ce6e6e6e6e6tekstu">
+    <w:name w:val="Treś9c9c9c9c9cće6e6e6e6e6 tekstu"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:spacing w:after="140" w:line="288" w:lineRule="exact"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Nagb3b3b3b3b3b3f3f3f3f3f3f3wek">
+    <w:name w:val="Nagłb3b3b3b3b3b3óf3f3f3f3f3f3wek"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:spacing w:before="240" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Sans" w:cs="Liberation Sans"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tre9c9c9c9c9c9ce6e6e6e6e6e6tekstu">
+    <w:name w:val="Treś9c9c9c9c9c9cće6e6e6e6e6e6 tekstu"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:spacing w:after="140" w:line="288" w:lineRule="exact"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Nagb3b3b3b3b3b3b3f3f3f3f3f3f3f3wek">
+    <w:name w:val="Nagłb3b3b3b3b3b3b3óf3f3f3f3f3f3f3wek"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:spacing w:before="240" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Sans" w:cs="Liberation Sans"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tre9c9c9c9c9c9c9ce6e6e6e6e6e6e6tekstu">
+    <w:name w:val="Treś9c9c9c9c9c9c9cće6e6e6e6e6e6e6 tekstu"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:spacing w:after="140" w:line="288" w:lineRule="exact"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Nagb3b3b3b3b3b3b3b3f3f3f3f3f3f3f3f3wek">
+    <w:name w:val="Nagłb3b3b3b3b3b3b3b3óf3f3f3f3f3f3f3f3wek"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:spacing w:before="240" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Sans" w:cs="Liberation Sans"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tre9c9c9c9c9c9c9c9ce6e6e6e6e6e6e6e6tekstu">
+    <w:name w:val="Treś9c9c9c9c9c9c9c9cće6e6e6e6e6e6e6e6 tekstu"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:spacing w:after="140" w:line="288" w:lineRule="exact"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Nagb3b3b3b3b3b3b3b3b3f3f3f3f3f3f3f3f3f3wek">
+    <w:name w:val="Nagłb3b3b3b3b3b3b3b3b3óf3f3f3f3f3f3f3f3f3wek"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:spacing w:before="240" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:cs="Arial"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w:lang w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tre9c9c9c9c9c9c9c9c9ce6e6e6e6e6e6e6e6e6tekstu">
+    <w:name w:val="Treś9c9c9c9c9c9c9c9c9cće6e6e6e6e6e6e6e6e6 tekstu"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:cs="Arial"/>
+      <w:lang w:val="en-GB" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Gb3b3b3b3b3b3b3b3b3f3f3f3f3f3f3f3f3f3wka">
+    <w:name w:val="Głb3b3b3b3b3b3b3b3b3óf3f3f3f3f3f3f3f3f3wka"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
-  </w:style>
-[...5 lines deleted...]
-    <w:rsid w:val="00651819"/>
+    <w:rPr>
+      <w:lang w:bidi="ar-SA"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Stopka">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normalny"/>
-    <w:link w:val="StopkaZnak"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00651819"/>
+    <w:link w:val="StopkaZnak10"/>
+    <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
-  </w:style>
-[...2 lines deleted...]
-    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:rPr>
+      <w:lang w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="StopkaZnak10">
+    <w:name w:val="Stopka Znak10"/>
     <w:link w:val="Stopka"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00651819"/>
+    <w:semiHidden/>
+    <w:locked/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Liberation Serif" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:kern w:val="1"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Tekstdymka">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:link w:val="TekstdymkaZnak9"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+      <w:lang w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TekstdymkaZnak9">
+    <w:name w:val="Tekst dymka Znak9"/>
+    <w:link w:val="Tekstdymka"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:locked/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:kern w:val="1"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+      <w:lang w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="NormalnyWeb">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:after="100"/>
+    </w:pPr>
+    <w:rPr>
+      <w:szCs w:val="24"/>
+      <w:lang w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Tekstpodstawowy2">
+    <w:name w:val="Body Text 2"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:link w:val="Tekstpodstawowy2Znak9"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:spacing w:after="120" w:line="480" w:lineRule="exact"/>
+    </w:pPr>
+    <w:rPr>
+      <w:lang w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Tekstpodstawowy2Znak9">
+    <w:name w:val="Tekst podstawowy 2 Znak9"/>
+    <w:link w:val="Tekstpodstawowy2"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:locked/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Liberation Serif" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:kern w:val="1"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="PRZEWODNICZACYIPIERWSZYAKAPIT">
+    <w:name w:val="PRZEWODNICZACY_I_PIERWSZY AKAPIT"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:spacing w:before="280" w:line="288" w:lineRule="exact"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Garamond" w:cs="Garamond"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Styl1">
+    <w:name w:val="Styl1"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:spacing w:before="300" w:line="300" w:lineRule="exact"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:lang w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Prez02">
+    <w:name w:val="Prez_02"/>
+    <w:basedOn w:val="NormalnyWeb"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:spacing w:before="260" w:line="300" w:lineRule="exact"/>
+      <w:ind w:left="5233" w:firstLine="431"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Garamond" w:cs="Garamond"/>
+      <w:spacing w:val="-3"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="PRZEWODNICZACYIIKONTYNUACJAMYcececececececececeLI">
+    <w:name w:val="PRZEWODNICZACY_II_KONTYNUACJA_MYÎcececececececececeLI"/>
+    <w:basedOn w:val="PRZEWODNICZACYIPIERWSZYAKAPIT"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:ind w:firstLine="709"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="PRZEWODNICZb4b4b4b4b4b4b4b4b4CYIIINOWAMYcececececececececeL">
+    <w:name w:val="PRZEWODNICZ´b4b4b4b4b4b4b4b4b4CY_III_NOWA_MYÎcececececececececeL"/>
+    <w:basedOn w:val="PRZEWODNICZACYIPIERWSZYAKAPIT"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:ind w:firstLine="708"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Zawarto9c9c9c9c9c9c9c9c9ce6e6e6e6e6e6e6e6e6ramki">
+    <w:name w:val="Zawartoś9c9c9c9c9c9c9c9c9cće6e6e6e6e6e6e6e6e6 ramki"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:lang w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Zawarto9c9c9c9c9c9c9c9c9ce6e6e6e6e6e6e6e6e6tabeli">
+    <w:name w:val="Zawartoś9c9c9c9c9c9c9c9c9cće6e6e6e6e6e6e6e6e6 tabeli"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:lang w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Zawarto9c9c9c9c9c9c9c9ce6e6e6e6e6e6e6e6ramki">
+    <w:name w:val="Zawartoś9c9c9c9c9c9c9c9cće6e6e6e6e6e6e6e6 ramki"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="99"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Gb3b3b3b3b3b3b3b3f3f3f3f3f3f3f3f3wka">
+    <w:name w:val="Głb3b3b3b3b3b3b3b3óf3f3f3f3f3f3f3f3wka"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="99"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Zawarto9c9c9c9c9c9c9ce6e6e6e6e6e6e6ramki">
+    <w:name w:val="Zawartoś9c9c9c9c9c9c9cće6e6e6e6e6e6e6 ramki"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="99"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Gb3b3b3b3b3b3b3f3f3f3f3f3f3f3wka">
+    <w:name w:val="Głb3b3b3b3b3b3b3óf3f3f3f3f3f3f3wka"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="99"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Gb3b3b3b3b3b3f3f3f3f3f3f3wka">
+    <w:name w:val="Głb3b3b3b3b3b3óf3f3f3f3f3f3wka"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4536"/>
+        <w:tab w:val="right" w:pos="9072"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Zawarto9c9c9c9c9c9ce6e6e6e6e6e6ramki">
+    <w:name w:val="Zawartoś9c9c9c9c9c9cće6e6e6e6e6e6 ramki"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="99"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Gb3b3b3b3b3f3f3f3f3f3wka">
+    <w:name w:val="Głb3b3b3b3b3óf3f3f3f3f3wka"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4536"/>
+        <w:tab w:val="right" w:pos="9072"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Zawarto9c9c9c9c9ce6e6e6e6e6ramki">
+    <w:name w:val="Zawartoś9c9c9c9c9cće6e6e6e6e6 ramki"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="99"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Gb3b3b3b3f3f3f3f3wka">
+    <w:name w:val="Głb3b3b3b3óf3f3f3f3wka"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4536"/>
+        <w:tab w:val="right" w:pos="9072"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Zawarto9c9c9c9ce6e6e6e6ramki">
+    <w:name w:val="Zawartoś9c9c9c9cće6e6e6e6 ramki"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="99"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Zawarto9c9c9ce6e6e6ramki">
+    <w:name w:val="Zawartoś9c9c9cće6e6e6 ramki"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="99"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Gb3b3b3f3f3f3wka">
+    <w:name w:val="Głb3b3b3óf3f3f3wka"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="99"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Bezodstpw">
+    <w:name w:val="No Spacing"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:adjustRightInd w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Liberation Serif"/>
+      <w:color w:val="000000"/>
+      <w:kern w:val="1"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Gb3b3f3f3wka">
+    <w:name w:val="Głb3b3óf3f3wka"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4536"/>
+        <w:tab w:val="right" w:pos="9072"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Zawarto9c9ce6e6ramki">
+    <w:name w:val="Zawartoś9c9cće6e6 ramki"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="99"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Gb3f3wka">
+    <w:name w:val="Głb3óf3wka"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4536"/>
+        <w:tab w:val="right" w:pos="9072"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Zwykytekst">
+    <w:name w:val="Plain Text"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:link w:val="ZwykytekstZnak"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="exact"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:cs="Consolas"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="21"/>
+      <w:lang w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ZwykytekstZnak">
+    <w:name w:val="Zwykły tekst Znak"/>
+    <w:link w:val="Zwykytekst"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:locked/>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:kern w:val="1"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+      <w:lang w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Wcieacietre9ccitekstu">
+    <w:name w:val="Wcięeacie treś9cci tekstu"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+      <w:ind w:left="283"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Tekstpodstawowywcity2">
+    <w:name w:val="Body Text Indent 2"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:link w:val="Tekstpodstawowywcity2Znak"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:spacing w:after="120" w:line="480" w:lineRule="exact"/>
+      <w:ind w:left="283"/>
+    </w:pPr>
+    <w:rPr>
+      <w:lang w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Tekstpodstawowywcity2Znak">
+    <w:name w:val="Tekst podstawowy wcięty 2 Znak"/>
+    <w:link w:val="Tekstpodstawowywcity2"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:locked/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Liberation Serif" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:kern w:val="1"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Akapitzlist">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:link w:val="AkapitzlistZnak"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="exact"/>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:szCs w:val="24"/>
+      <w:lang w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Przypiskof1cowy">
+    <w:name w:val="Przypis końf1cowy"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Tabela-Siatka">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="Standardowy"/>
+    <w:uiPriority w:val="39"/>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Zawarto9ce6ramki">
+    <w:name w:val="Zawartoś9cće6 ramki"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="99"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
+    <w:name w:val="Default"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:adjustRightInd w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Liberation Serif"/>
+      <w:color w:val="000000"/>
+      <w:kern w:val="1"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Hipercze">
+    <w:name w:val="Hyperlink"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="008F70E3"/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+      <w:color w:val="0000FF"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Nagwek">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:link w:val="NagwekZnak"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="008B4066"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4536"/>
+        <w:tab w:val="right" w:pos="9072"/>
+      </w:tabs>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Mangal"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="NagwekZnak">
+    <w:name w:val="Nagłówek Znak"/>
+    <w:link w:val="Nagwek"/>
+    <w:uiPriority w:val="99"/>
+    <w:locked/>
+    <w:rsid w:val="008B4066"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Liberation Serif" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:kern w:val="1"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Tekstprzypisukocowego">
+    <w:name w:val="endnote text"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:link w:val="TekstprzypisukocowegoZnak"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00332C7F"/>
+    <w:rPr>
+      <w:rFonts w:cs="Mangal"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TekstprzypisukocowegoZnak">
+    <w:name w:val="Tekst przypisu końcowego Znak"/>
+    <w:link w:val="Tekstprzypisukocowego"/>
+    <w:uiPriority w:val="99"/>
+    <w:locked/>
+    <w:rsid w:val="00332C7F"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Liberation Serif" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:kern w:val="1"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+      <w:lang w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Odwoanieprzypisukocowego">
+    <w:name w:val="endnote reference"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00332C7F"/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+      <w:vertAlign w:val="superscript"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Tekstprzypisudolnego">
+    <w:name w:val="footnote text"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:link w:val="TekstprzypisudolnegoZnak"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00552EC0"/>
+    <w:rPr>
+      <w:rFonts w:cs="Mangal"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TekstprzypisudolnegoZnak">
+    <w:name w:val="Tekst przypisu dolnego Znak"/>
+    <w:link w:val="Tekstprzypisudolnego"/>
+    <w:uiPriority w:val="99"/>
+    <w:locked/>
+    <w:rsid w:val="00552EC0"/>
+    <w:rPr>
+      <w:rFonts w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:kern w:val="1"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="18"/>
+      <w:lang w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Odwoanieprzypisudolnego">
+    <w:name w:val="footnote reference"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00B8243C"/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+      <w:vertAlign w:val="superscript"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="AkapitzlistZnak">
+    <w:name w:val="Akapit z listą Znak"/>
+    <w:link w:val="Akapitzlist"/>
+    <w:uiPriority w:val="34"/>
+    <w:rsid w:val="009A7CA3"/>
+    <w:rPr>
+      <w:color w:val="000000"/>
+      <w:kern w:val="1"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Nagwek1Znak">
+    <w:name w:val="Nagłówek 1 Znak"/>
+    <w:link w:val="Nagwek1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00567108"/>
+    <w:rPr>
+      <w:rFonts w:cs="Mangal"/>
+      <w:bCs/>
+      <w:color w:val="000000"/>
+      <w:kern w:val="32"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="29"/>
+      <w:lang w:bidi="hi-IN"/>
+    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+  <w:divs>
+    <w:div w:id="1916936499">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1916936500">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1916936501">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1916936502">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
-  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://data.eco-counter.com/ParcPublic/?id=6113" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+</file>
+
+<file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\lukwie\AppData\Local\Temp\notesFE6E35\szablon%20interpelacja%20M.Wi&#347;niewski.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motyw pakietu Office">
   <a:themeElements>
     <a:clrScheme name="Pakiet Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Pakiet Office">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Calibri Light"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Pakiet Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
@@ -1753,74 +5906,99 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{70C36AA8-E5D7-4D6E-95DF-908401537F37}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>szablon interpelacja M.Wiśniewski</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>1281</Characters>
+  <Pages>4</Pages>
+  <Words>1055</Words>
+  <Characters>6336</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>10</Lines>
-  <Paragraphs>2</Paragraphs>
+  <Lines>52</Lines>
+  <Paragraphs>14</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Tytuł</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1492</CharactersWithSpaces>
+  <CharactersWithSpaces>7377</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
+  <dc:title>odpowiedź na interpelację nr 143/2023 w sprawie bezpieczeństwa pieszych na ul. Półwiejskiej</dc:title>
   <dc:subject/>
-  <dc:creator>Marek Sternalski</dc:creator>
-  <cp:keywords/>
+  <dc:creator>x</dc:creator>
+  <cp:keywords>ul. Półwiejska, ruch pieszy, ruch rowerowy, odpowiedź na interpelację</cp:keywords>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Operator">
+    <vt:lpwstr>Bartosz Wojciech</vt:lpwstr>
+  </property>
+</Properties>
+</file>