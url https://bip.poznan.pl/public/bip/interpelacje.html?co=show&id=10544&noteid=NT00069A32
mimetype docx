--- v0 (2025-11-07)
+++ v1 (2025-12-27)
@@ -1,1340 +1,1881 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
-  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
-[...3 lines deleted...]
-  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w:rsidR="00127D66" w:rsidRPr="001C3189" w:rsidRDefault="00127D66" w:rsidP="00001BFD">
-[...9 lines deleted...]
-      <w:r w:rsidR="00346642" w:rsidRPr="00001BFD">
+    <w:p w:rsidR="002F1F26" w:rsidRPr="00D119DD" w:rsidRDefault="002F1F26" w:rsidP="00D119DD">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002F1F26" w:rsidRPr="00D119DD" w:rsidRDefault="002F1F26" w:rsidP="00D119DD">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002F1F26" w:rsidRPr="00D119DD" w:rsidRDefault="002F1F26" w:rsidP="00D119DD">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D119DD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2B25684B" wp14:editId="551EBC51">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="column">
+              <wp:posOffset>0</wp:posOffset>
+            </wp:positionH>
+            <wp:positionV relativeFrom="paragraph">
+              <wp:posOffset>151765</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="776030" cy="1181100"/>
+            <wp:effectExtent l="0" t="0" r="5080" b="0"/>
+            <wp:wrapSquare wrapText="bothSides"/>
+            <wp:docPr id="1" name="Obraz 1"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name="8.png"/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId5">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="776030" cy="1181100"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:anchor>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F1F26" w:rsidRPr="00D119DD" w:rsidRDefault="002F1F26" w:rsidP="00D119DD">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002F1F26" w:rsidRPr="00D119DD" w:rsidRDefault="002F1F26" w:rsidP="00D119DD">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D119DD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                      Poznań, dnia  </w:t>
+      </w:r>
+      <w:r w:rsidR="00A62D21" w:rsidRPr="00D119DD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>30.08</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D119DD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.2023r.                      </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F1F26" w:rsidRPr="00D119DD" w:rsidRDefault="002F1F26" w:rsidP="00D119DD">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D119DD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                       </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F1F26" w:rsidRPr="00D119DD" w:rsidRDefault="002F1F26" w:rsidP="00D119DD">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002F1F26" w:rsidRPr="00D119DD" w:rsidRDefault="002F1F26" w:rsidP="00D119DD">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002F1F26" w:rsidRPr="00D119DD" w:rsidRDefault="002F1F26" w:rsidP="00D119DD">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002F1F26" w:rsidRPr="00D119DD" w:rsidRDefault="002F1F26" w:rsidP="00D119DD">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002F1F26" w:rsidRPr="00D119DD" w:rsidRDefault="002F1F26" w:rsidP="00D119DD">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002F1F26" w:rsidRPr="00D119DD" w:rsidRDefault="002F1F26" w:rsidP="00D119DD">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000D685B" w:rsidRPr="00D119DD" w:rsidRDefault="000D685B" w:rsidP="00D119DD">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D119DD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Monika Danelska                                                                                  </w:t>
+      </w:r>
+      <w:r w:rsidR="00ED68AB" w:rsidRPr="00D119DD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                 </w:t>
+      </w:r>
+      <w:r w:rsidR="006950AF" w:rsidRPr="00D119DD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
+      <w:r w:rsidR="00574991" w:rsidRPr="00D119DD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000D685B" w:rsidRPr="00D119DD" w:rsidRDefault="001B01EE" w:rsidP="00D119DD">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D119DD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Radna</w:t>
+      </w:r>
+      <w:r w:rsidR="000D685B" w:rsidRPr="00D119DD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Miasta Poznania</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000D685B" w:rsidRPr="00D119DD" w:rsidRDefault="000D685B" w:rsidP="00D119DD">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000D685B" w:rsidRPr="00D119DD" w:rsidRDefault="000D685B" w:rsidP="00D119DD">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000D685B" w:rsidRPr="00D119DD" w:rsidRDefault="000D685B" w:rsidP="00D119DD">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000D685B" w:rsidRPr="00D119DD" w:rsidRDefault="000D685B" w:rsidP="00D119DD">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000D685B" w:rsidRPr="00D119DD" w:rsidRDefault="000D685B" w:rsidP="00D119DD">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D119DD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                 </w:t>
+      </w:r>
+      <w:r w:rsidR="008671F8" w:rsidRPr="00D119DD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                             </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D119DD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Pan</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000D685B" w:rsidRPr="00D119DD" w:rsidRDefault="000D685B" w:rsidP="00D119DD">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D119DD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                                          </w:t>
+      </w:r>
+      <w:r w:rsidR="008671F8" w:rsidRPr="00D119DD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D119DD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Jacek Jaśkowiak</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000D685B" w:rsidRPr="00D119DD" w:rsidRDefault="000D685B" w:rsidP="00D119DD">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D119DD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                 </w:t>
+      </w:r>
+      <w:r w:rsidR="008671F8" w:rsidRPr="00D119DD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                             </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D119DD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Prezydent Miasta Poznania</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000D685B" w:rsidRPr="00D119DD" w:rsidRDefault="000D685B" w:rsidP="00D119DD">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005E738F" w:rsidRPr="00D119DD" w:rsidRDefault="005E738F" w:rsidP="00D119DD">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0044735C" w:rsidRPr="00D119DD" w:rsidRDefault="0044735C" w:rsidP="00D119DD">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0044735C" w:rsidRPr="00D119DD" w:rsidRDefault="0044735C" w:rsidP="00D119DD">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00341FC6" w:rsidRPr="00D119DD" w:rsidRDefault="00341FC6" w:rsidP="00D119DD">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0044735C" w:rsidRPr="00D119DD" w:rsidRDefault="002F1F26" w:rsidP="00D119DD">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D119DD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000D685B" w:rsidRPr="00D119DD" w:rsidRDefault="0044735C" w:rsidP="00D119DD">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D119DD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                            </w:t>
+      </w:r>
+      <w:r w:rsidR="002F1F26" w:rsidRPr="00D119DD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidR="000D685B" w:rsidRPr="00D119DD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Interpelacja </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001275EA" w:rsidRPr="00D119DD" w:rsidRDefault="001275EA" w:rsidP="00D119DD">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001275EA" w:rsidRPr="00D119DD" w:rsidRDefault="001275EA" w:rsidP="00D119DD">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000D685B" w:rsidRPr="00D119DD" w:rsidRDefault="000D685B" w:rsidP="00D119DD">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D119DD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Dotyczy</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D119DD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="002F1F26" w:rsidRPr="00D119DD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A62D21" w:rsidRPr="00D119DD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Bezpieczeństwa oraz uporządkowania terenu w parku Szelągowskim</w:t>
+      </w:r>
+      <w:r w:rsidR="001B01EE" w:rsidRPr="00D119DD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00965C50" w:rsidRDefault="00965C50" w:rsidP="00D119DD">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D119DD" w:rsidRPr="00D119DD" w:rsidRDefault="00D119DD" w:rsidP="00D119DD">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0032779D" w:rsidRPr="00D119DD" w:rsidRDefault="00EF2249" w:rsidP="00D119DD">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D119DD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>W związku ze zgłaszaną przez mieszkańców sprawą zniszczonej infrastruktury na terenie parku Szelągowskiego, proszę o podjęcie</w:t>
+      </w:r>
+      <w:r w:rsidR="00610FA4" w:rsidRPr="00D119DD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> jak najszybszych</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D119DD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> działań związanych z zabezpieczeniem</w:t>
+      </w:r>
+      <w:r w:rsidR="00610FA4" w:rsidRPr="00D119DD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="00202438">
-[...36 lines deleted...]
-      <w:r w:rsidR="00327C40" w:rsidRPr="001C3189">
+      <w:r w:rsidRPr="00D119DD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>jak i naprawą zniszczonego terenu. Proszę o wskazanie kiedy i jakie czynności zostaną podjęte w związku z powyższą sprawą.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EF2249" w:rsidRPr="00D119DD" w:rsidRDefault="00EF2249" w:rsidP="00D119DD">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D119DD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Załączam dokumentację zdjęciową obrazującą stan obecny wskazanego obiektu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C7259" w:rsidRPr="00D119DD" w:rsidRDefault="004C7259" w:rsidP="00D119DD">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000D685B" w:rsidRPr="00D119DD" w:rsidRDefault="000D685B" w:rsidP="00D119DD">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D119DD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                                   </w:t>
+      </w:r>
+      <w:r w:rsidR="001B01EE" w:rsidRPr="00D119DD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00202438">
-[...1 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="00D119DD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Z poważaniem </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000D685B" w:rsidRPr="00D119DD" w:rsidRDefault="000D685B" w:rsidP="00D119DD">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000D685B" w:rsidRPr="00D119DD" w:rsidRDefault="000D685B" w:rsidP="00D119DD">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D119DD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                   </w:t>
+      </w:r>
+      <w:r w:rsidR="005E738F" w:rsidRPr="00D119DD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                     </w:t>
+      </w:r>
+      <w:r w:rsidR="001B01EE" w:rsidRPr="00D119DD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">            </w:t>
+      </w:r>
+      <w:r w:rsidR="00E612F4" w:rsidRPr="00D119DD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Monika Danelska</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000D685B" w:rsidRPr="00D119DD" w:rsidRDefault="00E612F4" w:rsidP="00D119DD">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D119DD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                                   </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000D685B" w:rsidRPr="00D119DD" w:rsidRDefault="000D685B" w:rsidP="00D119DD">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D119DD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                                  </w:t>
+      </w:r>
+      <w:r w:rsidR="001B01EE" w:rsidRPr="00D119DD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Radna</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D119DD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Miasta Poznania</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000D685B" w:rsidRPr="00D119DD" w:rsidRDefault="000D685B" w:rsidP="00D119DD">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:p w:rsidR="002E0CCD" w:rsidRPr="001C3189" w:rsidRDefault="00963C97" w:rsidP="001266B4">
-[...231 lines deleted...]
-      <w:type w:val="continuous"/>
+    <w:sectPr w:rsidR="000D685B" w:rsidRPr="00D119DD" w:rsidSect="00C27A6C">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="2829" w:right="1106" w:bottom="1276" w:left="1134" w:header="708" w:footer="616" w:gutter="0"/>
+      <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
-      <w:formProt w:val="0"/>
-[...1 lines deleted...]
-      <w:titlePg/>
+      <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
-</file>
-[...23 lines deleted...]
-</w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Courier New">
-[...12 lines deleted...]
-  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Garamond">
-    <w:panose1 w:val="02020404030301010803"/>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="EE"/>
-    <w:family w:val="roman"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Consolas">
-[...23 lines deleted...]
-    <w:panose1 w:val="02020603050405020304"/>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0000AFF" w:usb1="500078FF" w:usb2="00000021" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
-[...22 lines deleted...]
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
-</file>
-[...277 lines deleted...]
-</w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="172462F2"/>
+    <w:nsid w:val="FFFFFF7C"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="4BB4A946"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1492"/>
+        </w:tabs>
+        <w:ind w:left="1492" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFF7D"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="2C88E0DE"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1209"/>
+        </w:tabs>
+        <w:ind w:left="1209" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFF7E"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="C546BDC8"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="926"/>
+        </w:tabs>
+        <w:ind w:left="926" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFF7F"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="32D46770"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="643"/>
+        </w:tabs>
+        <w:ind w:left="643" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFF80"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="531E412A"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1492"/>
+        </w:tabs>
+        <w:ind w:left="1492" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFF81"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="35184876"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1209"/>
+        </w:tabs>
+        <w:ind w:left="1209" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFF82"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="2DA43E4C"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="926"/>
+        </w:tabs>
+        <w:ind w:left="926" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFF83"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="36D4E596"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="643"/>
+        </w:tabs>
+        <w:ind w:left="643" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFF88"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="3C22705E"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFF89"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="636452DC"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1A364E40"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="C3369982"/>
+    <w:lvl w:ilvl="0" w:tplc="0415000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0415000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0415000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="266C44A8"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="00000000"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="360"/>
+        </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1080"/>
+        </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="(%4)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="(%5)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1800"/>
+        </w:tabs>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="(%6)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2520"/>
+        </w:tabs>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3240"/>
+        </w:tabs>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="2FD06C2D"/>
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3E61497B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="1A3E187A"/>
-[...226 lines deleted...]
-    <w:lvl w:ilvl="0">
+    <w:tmpl w:val="33664C7E"/>
+    <w:lvl w:ilvl="0" w:tplc="0415000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="360" w:hanging="360"/>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1">
+    <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0415000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%2)"/>
-[...32 lines deleted...]
-    <w:lvl w:ilvl="4">
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3240" w:hanging="360"/>
-[...5 lines deleted...]
-    <w:lvl w:ilvl="5">
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="3960" w:hanging="180"/>
-[...5 lines deleted...]
-    <w:lvl w:ilvl="6">
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0415000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4680" w:hanging="360"/>
-[...5 lines deleted...]
-    <w:lvl w:ilvl="7">
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5400" w:hanging="360"/>
-[...5 lines deleted...]
-    <w:lvl w:ilvl="8">
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6120" w:hanging="180"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="63D4111B"/>
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="54CA05A2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="F4E480E8"/>
-[...5 lines deleted...]
-      <w:pPr>
+    <w:tmpl w:val="9C469CC6"/>
+    <w:lvl w:ilvl="0" w:tplc="0415000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
-[...7 lines deleted...]
-      <w:pPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
-[...7 lines deleted...]
-      <w:pPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0415000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0415000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="55F56AEC"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="425635F0"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...8 lines deleted...]
-      <w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...8 lines deleted...]
-      <w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...8 lines deleted...]
-      <w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...8 lines deleted...]
-      <w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...8 lines deleted...]
-      <w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...8 lines deleted...]
-      <w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="772C32C7"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="AB0A3A3A"/>
+    <w:lvl w:ilvl="0" w:tplc="0415000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0415000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0415000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
-    <w:abstractNumId w:val="2"/>
+    <w:abstractNumId w:val="11"/>
     <w:lvlOverride w:ilvl="0">
       <w:lvl w:ilvl="0">
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
         <w:lvlText w:val="%1)"/>
         <w:lvlJc w:val="left"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:lvl w:ilvl="1">
         <w:start w:val="1"/>
         <w:numFmt w:val="lowerLetter"/>
         <w:lvlText w:val="%2)"/>
         <w:lvlJc w:val="left"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:lvl w:ilvl="2">
         <w:start w:val="1"/>
@@ -1392,51 +1933,51 @@
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:lvl w:ilvl="7">
         <w:start w:val="1"/>
         <w:numFmt w:val="lowerLetter"/>
         <w:lvlText w:val="%8."/>
         <w:lvlJc w:val="left"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:lvl w:ilvl="8">
         <w:start w:val="1"/>
         <w:numFmt w:val="lowerRoman"/>
         <w:lvlText w:val="%9."/>
         <w:lvlJc w:val="left"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="2">
-    <w:abstractNumId w:val="2"/>
+    <w:abstractNumId w:val="11"/>
     <w:lvlOverride w:ilvl="0">
       <w:lvl w:ilvl="0">
         <w:start w:val="1"/>
         <w:numFmt w:val="upperRoman"/>
         <w:lvlText w:val="%1."/>
         <w:lvlJc w:val="left"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:lvl w:ilvl="1">
         <w:start w:val="1"/>
         <w:numFmt w:val="upperLetter"/>
         <w:lvlText w:val="%2."/>
         <w:lvlJc w:val="left"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:lvl w:ilvl="2">
         <w:start w:val="1"/>
@@ -1494,51 +2035,51 @@
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:lvl w:ilvl="7">
         <w:start w:val="1"/>
         <w:numFmt w:val="lowerLetter"/>
         <w:lvlText w:val="(%8)"/>
         <w:lvlJc w:val="left"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:lvl w:ilvl="8">
         <w:start w:val="1"/>
         <w:numFmt w:val="lowerRoman"/>
         <w:lvlText w:val="(%9)"/>
         <w:lvlJc w:val="left"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="3">
-    <w:abstractNumId w:val="2"/>
+    <w:abstractNumId w:val="11"/>
     <w:lvlOverride w:ilvl="0">
       <w:lvl w:ilvl="0">
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
         <w:lvlText w:val="%1."/>
         <w:lvlJc w:val="left"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:lvl w:ilvl="1">
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
         <w:lvlText w:val="%1.%2."/>
         <w:lvlJc w:val="left"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:lvl w:ilvl="2">
         <w:start w:val="1"/>
@@ -1596,821 +2137,661 @@
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:lvl w:ilvl="7">
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
         <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
         <w:lvlJc w:val="left"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:lvl w:ilvl="8">
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
         <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
         <w:lvlJc w:val="left"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="4">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="5">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="6">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="7">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="8">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="9">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="10">
     <w:abstractNumId w:val="0"/>
-    <w:lvlOverride w:ilvl="0">
-[...97 lines deleted...]
-    </w:lvlOverride>
   </w:num>
-  <w:num w:numId="6">
-[...99 lines deleted...]
-    </w:lvlOverride>
+  <w:num w:numId="11">
+    <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="7">
-[...99 lines deleted...]
-    </w:lvlOverride>
+  <w:num w:numId="12">
+    <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="8">
+  <w:num w:numId="13">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="14">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="15">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="9">
-    <w:abstractNumId w:val="3"/>
+  <w:num w:numId="16">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="17">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="18">
+    <w:abstractNumId w:val="14"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
-  <w:zoom w:percent="100"/>
-[...2 lines deleted...]
-  <w:bordersDoNotSurroundFooter/>
+  <w:zoom w:percent="150"/>
   <w:proofState w:spelling="clean"/>
-  <w:attachedTemplate r:id="rId1"/>
-  <w:defaultTabStop w:val="709"/>
+  <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
-  <w:drawingGridHorizontalSpacing w:val="120"/>
-[...17 lines deleted...]
-  </w:endnotePr>
+  <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
-    <w:spaceForUL/>
-[...5 lines deleted...]
-    <w:doNotUseHTMLParagraphAutoSpacing/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00BF1B49"/>
-[...274 lines deleted...]
-    <w:rsid w:val="00FE799D"/>
+    <w:rsidRoot w:val="00085D09"/>
+    <w:rsid w:val="00003A54"/>
+    <w:rsid w:val="00007FC4"/>
+    <w:rsid w:val="000142DC"/>
+    <w:rsid w:val="000148B2"/>
+    <w:rsid w:val="000165FD"/>
+    <w:rsid w:val="000179C6"/>
+    <w:rsid w:val="00023580"/>
+    <w:rsid w:val="00026A28"/>
+    <w:rsid w:val="000303B5"/>
+    <w:rsid w:val="00036FFD"/>
+    <w:rsid w:val="000413F1"/>
+    <w:rsid w:val="00045412"/>
+    <w:rsid w:val="00051622"/>
+    <w:rsid w:val="00054A68"/>
+    <w:rsid w:val="00054BA7"/>
+    <w:rsid w:val="00060C3D"/>
+    <w:rsid w:val="00061B2B"/>
+    <w:rsid w:val="00062090"/>
+    <w:rsid w:val="00063243"/>
+    <w:rsid w:val="00064F85"/>
+    <w:rsid w:val="0006780B"/>
+    <w:rsid w:val="000768FB"/>
+    <w:rsid w:val="00076B27"/>
+    <w:rsid w:val="0008012E"/>
+    <w:rsid w:val="000824F7"/>
+    <w:rsid w:val="00084F35"/>
+    <w:rsid w:val="00085D09"/>
+    <w:rsid w:val="000948A5"/>
+    <w:rsid w:val="000B1672"/>
+    <w:rsid w:val="000C0C79"/>
+    <w:rsid w:val="000D0D60"/>
+    <w:rsid w:val="000D685B"/>
+    <w:rsid w:val="000F108F"/>
+    <w:rsid w:val="000F29FF"/>
+    <w:rsid w:val="000F455F"/>
+    <w:rsid w:val="0010368B"/>
+    <w:rsid w:val="00105873"/>
+    <w:rsid w:val="0010593D"/>
+    <w:rsid w:val="00123426"/>
+    <w:rsid w:val="001275EA"/>
+    <w:rsid w:val="00134B05"/>
+    <w:rsid w:val="001406C1"/>
+    <w:rsid w:val="00155C44"/>
+    <w:rsid w:val="00156468"/>
+    <w:rsid w:val="00163158"/>
+    <w:rsid w:val="001763B9"/>
+    <w:rsid w:val="001833A5"/>
+    <w:rsid w:val="00184985"/>
+    <w:rsid w:val="00186E14"/>
+    <w:rsid w:val="00193820"/>
+    <w:rsid w:val="001A2475"/>
+    <w:rsid w:val="001A3D3F"/>
+    <w:rsid w:val="001B01EE"/>
+    <w:rsid w:val="001B2EDC"/>
+    <w:rsid w:val="001B3F5C"/>
+    <w:rsid w:val="001C17AA"/>
+    <w:rsid w:val="001D08F8"/>
+    <w:rsid w:val="001D21F0"/>
+    <w:rsid w:val="001D2369"/>
+    <w:rsid w:val="001D6F0F"/>
+    <w:rsid w:val="001E330D"/>
+    <w:rsid w:val="001E3D11"/>
+    <w:rsid w:val="00201247"/>
+    <w:rsid w:val="00202CBB"/>
+    <w:rsid w:val="00223193"/>
+    <w:rsid w:val="00223A8B"/>
+    <w:rsid w:val="00241A9E"/>
+    <w:rsid w:val="00242B6D"/>
+    <w:rsid w:val="002465DB"/>
+    <w:rsid w:val="00246E9D"/>
+    <w:rsid w:val="00251748"/>
+    <w:rsid w:val="0026488B"/>
+    <w:rsid w:val="002717A2"/>
+    <w:rsid w:val="00281CEE"/>
+    <w:rsid w:val="002964F9"/>
+    <w:rsid w:val="00297545"/>
+    <w:rsid w:val="002A027B"/>
+    <w:rsid w:val="002A3892"/>
+    <w:rsid w:val="002A6974"/>
+    <w:rsid w:val="002A7521"/>
+    <w:rsid w:val="002B036B"/>
+    <w:rsid w:val="002D567C"/>
+    <w:rsid w:val="002D58D3"/>
+    <w:rsid w:val="002E6E96"/>
+    <w:rsid w:val="002F1F26"/>
+    <w:rsid w:val="002F7EB3"/>
+    <w:rsid w:val="00314227"/>
+    <w:rsid w:val="0031713E"/>
+    <w:rsid w:val="0032779D"/>
+    <w:rsid w:val="00341FC6"/>
+    <w:rsid w:val="00351EFB"/>
+    <w:rsid w:val="00365BC2"/>
+    <w:rsid w:val="00366096"/>
+    <w:rsid w:val="00370C84"/>
+    <w:rsid w:val="00392F85"/>
+    <w:rsid w:val="00392F9D"/>
+    <w:rsid w:val="003936A4"/>
+    <w:rsid w:val="003B58ED"/>
+    <w:rsid w:val="003C00BA"/>
+    <w:rsid w:val="003C0563"/>
+    <w:rsid w:val="003D1271"/>
+    <w:rsid w:val="003D2AFC"/>
+    <w:rsid w:val="003E1101"/>
+    <w:rsid w:val="003F11B1"/>
+    <w:rsid w:val="003F32ED"/>
+    <w:rsid w:val="003F3C66"/>
+    <w:rsid w:val="00407B53"/>
+    <w:rsid w:val="0041199C"/>
+    <w:rsid w:val="00417DCA"/>
+    <w:rsid w:val="004416DD"/>
+    <w:rsid w:val="00446FDC"/>
+    <w:rsid w:val="0044735C"/>
+    <w:rsid w:val="00450237"/>
+    <w:rsid w:val="00450385"/>
+    <w:rsid w:val="00456D31"/>
+    <w:rsid w:val="00465F28"/>
+    <w:rsid w:val="0049574A"/>
+    <w:rsid w:val="004A0E0C"/>
+    <w:rsid w:val="004C40A9"/>
+    <w:rsid w:val="004C7259"/>
+    <w:rsid w:val="004C75D7"/>
+    <w:rsid w:val="004D4067"/>
+    <w:rsid w:val="004D507A"/>
+    <w:rsid w:val="00506851"/>
+    <w:rsid w:val="005116DD"/>
+    <w:rsid w:val="00516F52"/>
+    <w:rsid w:val="00531993"/>
+    <w:rsid w:val="00531AC9"/>
+    <w:rsid w:val="00533FB8"/>
+    <w:rsid w:val="00535696"/>
+    <w:rsid w:val="0054586E"/>
+    <w:rsid w:val="005506BE"/>
+    <w:rsid w:val="00557B2F"/>
+    <w:rsid w:val="00574991"/>
+    <w:rsid w:val="005756FF"/>
+    <w:rsid w:val="0059103C"/>
+    <w:rsid w:val="005946BC"/>
+    <w:rsid w:val="00594E83"/>
+    <w:rsid w:val="005A6D76"/>
+    <w:rsid w:val="005B4937"/>
+    <w:rsid w:val="005B4D1C"/>
+    <w:rsid w:val="005B6435"/>
+    <w:rsid w:val="005B711E"/>
+    <w:rsid w:val="005C1B5F"/>
+    <w:rsid w:val="005C2F36"/>
+    <w:rsid w:val="005D2E51"/>
+    <w:rsid w:val="005D78A5"/>
+    <w:rsid w:val="005E3E39"/>
+    <w:rsid w:val="005E738F"/>
+    <w:rsid w:val="005F0F75"/>
+    <w:rsid w:val="00605548"/>
+    <w:rsid w:val="00605F26"/>
+    <w:rsid w:val="00610FA4"/>
+    <w:rsid w:val="00611515"/>
+    <w:rsid w:val="00616CAA"/>
+    <w:rsid w:val="0063374E"/>
+    <w:rsid w:val="00641539"/>
+    <w:rsid w:val="0067264F"/>
+    <w:rsid w:val="00673954"/>
+    <w:rsid w:val="00673E24"/>
+    <w:rsid w:val="006743C3"/>
+    <w:rsid w:val="00676C3C"/>
+    <w:rsid w:val="00682928"/>
+    <w:rsid w:val="00691B60"/>
+    <w:rsid w:val="006937F8"/>
+    <w:rsid w:val="006950AF"/>
+    <w:rsid w:val="006A4EF3"/>
+    <w:rsid w:val="006A7196"/>
+    <w:rsid w:val="006B6C92"/>
+    <w:rsid w:val="006D4605"/>
+    <w:rsid w:val="006F5EDB"/>
+    <w:rsid w:val="006F64E5"/>
+    <w:rsid w:val="006F7118"/>
+    <w:rsid w:val="006F711D"/>
+    <w:rsid w:val="00707A72"/>
+    <w:rsid w:val="00713C76"/>
+    <w:rsid w:val="00721BE1"/>
+    <w:rsid w:val="00722F2B"/>
+    <w:rsid w:val="007374F3"/>
+    <w:rsid w:val="00741745"/>
+    <w:rsid w:val="007466A9"/>
+    <w:rsid w:val="00750DD5"/>
+    <w:rsid w:val="00756FDD"/>
+    <w:rsid w:val="0075748C"/>
+    <w:rsid w:val="00765E7E"/>
+    <w:rsid w:val="00773905"/>
+    <w:rsid w:val="007804BB"/>
+    <w:rsid w:val="007934D5"/>
+    <w:rsid w:val="007B194A"/>
+    <w:rsid w:val="007B2B1E"/>
+    <w:rsid w:val="007B349B"/>
+    <w:rsid w:val="007F2121"/>
+    <w:rsid w:val="00825439"/>
+    <w:rsid w:val="00826192"/>
+    <w:rsid w:val="00844C3F"/>
+    <w:rsid w:val="008671F8"/>
+    <w:rsid w:val="0087110D"/>
+    <w:rsid w:val="00880874"/>
+    <w:rsid w:val="00883217"/>
+    <w:rsid w:val="00884B86"/>
+    <w:rsid w:val="00892392"/>
+    <w:rsid w:val="008C01E7"/>
+    <w:rsid w:val="008D044A"/>
+    <w:rsid w:val="008D4277"/>
+    <w:rsid w:val="008D4C88"/>
+    <w:rsid w:val="008D534E"/>
+    <w:rsid w:val="008E44F3"/>
+    <w:rsid w:val="008F0B91"/>
+    <w:rsid w:val="009040E9"/>
+    <w:rsid w:val="00932A6F"/>
+    <w:rsid w:val="0093501F"/>
+    <w:rsid w:val="00956C0A"/>
+    <w:rsid w:val="0096481B"/>
+    <w:rsid w:val="00965C50"/>
+    <w:rsid w:val="00966516"/>
+    <w:rsid w:val="0097095A"/>
+    <w:rsid w:val="00972805"/>
+    <w:rsid w:val="00973CDD"/>
+    <w:rsid w:val="00977373"/>
+    <w:rsid w:val="0098124E"/>
+    <w:rsid w:val="00993A3A"/>
+    <w:rsid w:val="009A528B"/>
+    <w:rsid w:val="009A5F12"/>
+    <w:rsid w:val="009B3F26"/>
+    <w:rsid w:val="009C428E"/>
+    <w:rsid w:val="009E08A7"/>
+    <w:rsid w:val="009F3990"/>
+    <w:rsid w:val="00A02F3F"/>
+    <w:rsid w:val="00A066CA"/>
+    <w:rsid w:val="00A21D5B"/>
+    <w:rsid w:val="00A36E57"/>
+    <w:rsid w:val="00A5163D"/>
+    <w:rsid w:val="00A62D21"/>
+    <w:rsid w:val="00A648C4"/>
+    <w:rsid w:val="00A716A0"/>
+    <w:rsid w:val="00A74A7E"/>
+    <w:rsid w:val="00A752FF"/>
+    <w:rsid w:val="00A776DA"/>
+    <w:rsid w:val="00A908F6"/>
+    <w:rsid w:val="00A9208E"/>
+    <w:rsid w:val="00A93BDF"/>
+    <w:rsid w:val="00A94F24"/>
+    <w:rsid w:val="00AA0475"/>
+    <w:rsid w:val="00AB195F"/>
+    <w:rsid w:val="00AC3B9A"/>
+    <w:rsid w:val="00AD134F"/>
+    <w:rsid w:val="00AE5E89"/>
+    <w:rsid w:val="00AE6423"/>
+    <w:rsid w:val="00AF165F"/>
+    <w:rsid w:val="00B278B5"/>
+    <w:rsid w:val="00B32F41"/>
+    <w:rsid w:val="00B4360C"/>
+    <w:rsid w:val="00B509D6"/>
+    <w:rsid w:val="00B51D49"/>
+    <w:rsid w:val="00B8088B"/>
+    <w:rsid w:val="00B819C4"/>
+    <w:rsid w:val="00B81D22"/>
+    <w:rsid w:val="00B9395D"/>
+    <w:rsid w:val="00B93CB7"/>
+    <w:rsid w:val="00B96DB9"/>
+    <w:rsid w:val="00B97F4A"/>
+    <w:rsid w:val="00BB01E8"/>
+    <w:rsid w:val="00BC1752"/>
+    <w:rsid w:val="00BC4013"/>
+    <w:rsid w:val="00BD039E"/>
+    <w:rsid w:val="00BD4836"/>
+    <w:rsid w:val="00BE63C9"/>
+    <w:rsid w:val="00BF65D5"/>
+    <w:rsid w:val="00C02838"/>
+    <w:rsid w:val="00C03086"/>
+    <w:rsid w:val="00C05CCC"/>
+    <w:rsid w:val="00C06909"/>
+    <w:rsid w:val="00C1159F"/>
+    <w:rsid w:val="00C15D84"/>
+    <w:rsid w:val="00C279FD"/>
+    <w:rsid w:val="00C27A6C"/>
+    <w:rsid w:val="00C34F3A"/>
+    <w:rsid w:val="00C4114F"/>
+    <w:rsid w:val="00C570B9"/>
+    <w:rsid w:val="00C61453"/>
+    <w:rsid w:val="00C62F3D"/>
+    <w:rsid w:val="00C7276A"/>
+    <w:rsid w:val="00C94677"/>
+    <w:rsid w:val="00C975E6"/>
+    <w:rsid w:val="00CB2389"/>
+    <w:rsid w:val="00CB4437"/>
+    <w:rsid w:val="00CB7C30"/>
+    <w:rsid w:val="00CC014C"/>
+    <w:rsid w:val="00CC6FB5"/>
+    <w:rsid w:val="00CD2419"/>
+    <w:rsid w:val="00CD3E6A"/>
+    <w:rsid w:val="00CD3F29"/>
+    <w:rsid w:val="00CD407D"/>
+    <w:rsid w:val="00CE24C0"/>
+    <w:rsid w:val="00CF2FF6"/>
+    <w:rsid w:val="00CF4F35"/>
+    <w:rsid w:val="00CF5386"/>
+    <w:rsid w:val="00D119DD"/>
+    <w:rsid w:val="00D27818"/>
+    <w:rsid w:val="00D306C0"/>
+    <w:rsid w:val="00D35C54"/>
+    <w:rsid w:val="00D37A36"/>
+    <w:rsid w:val="00D50326"/>
+    <w:rsid w:val="00D57A02"/>
+    <w:rsid w:val="00D85E69"/>
+    <w:rsid w:val="00D922C8"/>
+    <w:rsid w:val="00D975EA"/>
+    <w:rsid w:val="00D97E19"/>
+    <w:rsid w:val="00DA49AB"/>
+    <w:rsid w:val="00DB19A7"/>
+    <w:rsid w:val="00DB3BCD"/>
+    <w:rsid w:val="00DB599F"/>
+    <w:rsid w:val="00DD44BA"/>
+    <w:rsid w:val="00DD66A1"/>
+    <w:rsid w:val="00DF0418"/>
+    <w:rsid w:val="00E02C57"/>
+    <w:rsid w:val="00E407FD"/>
+    <w:rsid w:val="00E4622E"/>
+    <w:rsid w:val="00E56EEA"/>
+    <w:rsid w:val="00E612F4"/>
+    <w:rsid w:val="00E8624A"/>
+    <w:rsid w:val="00EA59F8"/>
+    <w:rsid w:val="00EA5B33"/>
+    <w:rsid w:val="00EB5D83"/>
+    <w:rsid w:val="00EC7686"/>
+    <w:rsid w:val="00ED68AB"/>
+    <w:rsid w:val="00EE2422"/>
+    <w:rsid w:val="00EE6438"/>
+    <w:rsid w:val="00EF1F62"/>
+    <w:rsid w:val="00EF2249"/>
+    <w:rsid w:val="00F11691"/>
+    <w:rsid w:val="00F204AB"/>
+    <w:rsid w:val="00F26B93"/>
+    <w:rsid w:val="00F32BCF"/>
+    <w:rsid w:val="00F460EA"/>
+    <w:rsid w:val="00F477D8"/>
+    <w:rsid w:val="00F609CE"/>
+    <w:rsid w:val="00F64BDA"/>
+    <w:rsid w:val="00F65A34"/>
+    <w:rsid w:val="00F77BDD"/>
+    <w:rsid w:val="00F92A30"/>
+    <w:rsid w:val="00F95196"/>
+    <w:rsid w:val="00FA14ED"/>
+    <w:rsid w:val="00FC19CB"/>
+    <w:rsid w:val="00FE7455"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pl-PL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="3B6830E1"/>
-[...1 lines deleted...]
-  <w15:docId w15:val="{9EE5DA83-320D-41CA-8FFC-B9E68726B4FB}"/>
+  <w14:docId w14:val="495A2DBE"/>
+  <w15:docId w15:val="{633D3BBE-3DAC-4659-B129-9CF426E21151}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
         <w:lang w:val="pl-PL" w:eastAsia="pl-PL" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
-    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
-[...20 lines deleted...]
-    <w:lsdException w:name="page number" w:semiHidden="1"/>
+    <w:lsdException w:name="Normal" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:locked="1" w:uiPriority="0"/>
+    <w:lsdException w:name="toc 2" w:locked="1" w:uiPriority="0"/>
+    <w:lsdException w:name="toc 3" w:locked="1" w:uiPriority="0"/>
+    <w:lsdException w:name="toc 4" w:locked="1" w:uiPriority="0"/>
+    <w:lsdException w:name="toc 5" w:locked="1" w:uiPriority="0"/>
+    <w:lsdException w:name="toc 6" w:locked="1" w:uiPriority="0"/>
+    <w:lsdException w:name="toc 7" w:locked="1" w:uiPriority="0"/>
+    <w:lsdException w:name="toc 8" w:locked="1" w:uiPriority="0"/>
+    <w:lsdException w:name="toc 9" w:locked="1" w:uiPriority="0"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="List" w:semiHidden="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
-[...1 lines deleted...]
-    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:locked="1" w:uiPriority="0"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
-[...5 lines deleted...]
-    <w:lsdException w:name="Normal (Web)" w:semiHidden="1"/>
+    <w:lsdException w:name="Subtitle" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Grid" w:locked="1" w:uiPriority="0"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
-    <w:lsdException w:name="No Spacing" w:qFormat="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
     <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
@@ -2584,3183 +2965,603 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normalny">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00001BFD"/>
+    <w:rsid w:val="00392F85"/>
     <w:pPr>
-      <w:suppressAutoHyphens/>
-[...3 lines deleted...]
-      <w:spacing w:after="240" w:line="360" w:lineRule="auto"/>
+      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:color w:val="000000"/>
-[...3 lines deleted...]
-      <w:lang w:bidi="hi-IN"/>
+      <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Domylnaczcionkaakapitu">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Standardowy">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Bezlisty">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Nagb3b3b3b3b3b3b3b3b3f3f3f3f3f3f3f3f3f3wekZnak">
-    <w:name w:val="Nagłb3b3b3b3b3b3b3b3b3óf3f3f3f3f3f3f3f3f3wek Znak"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
+    <w:name w:val="Default"/>
     <w:uiPriority w:val="99"/>
-    <w:rPr>
-[...1861 lines deleted...]
-    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="006F5EDB"/>
     <w:pPr>
-      <w:keepNext/>
-[...70 lines deleted...]
-      <w:suppressAutoHyphens/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Liberation Serif"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:color w:val="000000"/>
-      <w:kern w:val="1"/>
-      <w:lang w:bidi="hi-IN"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Nagb3b3f3f3wek">
-    <w:name w:val="Nagłb3b3óf3f3wek"/>
+  <w:style w:type="paragraph" w:styleId="Akapitzlist">
+    <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="005F0F75"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Odwoaniedokomentarza">
+    <w:name w:val="annotation reference"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
     <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="005B711E"/>
+    <w:rPr>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Tekstkomentarza">
+    <w:name w:val="annotation text"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:link w:val="TekstkomentarzaZnak"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="005B711E"/>
     <w:pPr>
-      <w:keepNext/>
-      <w:spacing w:before="240" w:after="120"/>
+      <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Liberation Sans" w:cs="Liberation Sans"/>
-[...1 lines deleted...]
-      <w:szCs w:val="28"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tre9c9ce6e6tekstu">
-[...1 lines deleted...]
-    <w:basedOn w:val="Normalny"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TekstkomentarzaZnak">
+    <w:name w:val="Tekst komentarza Znak"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:link w:val="Tekstkomentarza"/>
     <w:uiPriority w:val="99"/>
-    <w:pPr>
-[...9 lines deleted...]
-    </w:pPr>
+    <w:semiHidden/>
+    <w:rsid w:val="005B711E"/>
     <w:rPr>
-      <w:i/>
-[...2 lines deleted...]
-      <w:lang w:bidi="ar-SA"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Nagb3b3b3f3f3f3wek">
-[...1 lines deleted...]
-    <w:basedOn w:val="Normalny"/>
+  <w:style w:type="paragraph" w:styleId="Tematkomentarza">
+    <w:name w:val="annotation subject"/>
+    <w:basedOn w:val="Tekstkomentarza"/>
+    <w:next w:val="Tekstkomentarza"/>
+    <w:link w:val="TematkomentarzaZnak"/>
     <w:uiPriority w:val="99"/>
-    <w:pPr>
-[...2 lines deleted...]
-    </w:pPr>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="005B711E"/>
     <w:rPr>
-      <w:rFonts w:ascii="Liberation Sans" w:cs="Liberation Sans"/>
-[...1 lines deleted...]
-      <w:szCs w:val="28"/>
+      <w:b/>
+      <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tre9c9c9ce6e6e6tekstu">
-[...175 lines deleted...]
-    <w:link w:val="Stopka"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TematkomentarzaZnak">
+    <w:name w:val="Temat komentarza Znak"/>
+    <w:basedOn w:val="TekstkomentarzaZnak"/>
+    <w:link w:val="Tematkomentarza"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:locked/>
+    <w:rsid w:val="005B711E"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Liberation Serif" w:cs="Mangal"/>
-[...1 lines deleted...]
-      <w:kern w:val="1"/>
+      <w:b/>
+      <w:bCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
-      <w:lang w:bidi="hi-IN"/>
+      <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Tekstdymka">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normalny"/>
-    <w:link w:val="TekstdymkaZnak9"/>
+    <w:link w:val="TekstdymkaZnak"/>
     <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="005B711E"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Tahoma" w:cs="Tahoma"/>
-[...2 lines deleted...]
-      <w:lang w:bidi="ar-SA"/>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="TekstdymkaZnak9">
-    <w:name w:val="Tekst dymka Znak9"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TekstdymkaZnak">
+    <w:name w:val="Tekst dymka Znak"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
     <w:link w:val="Tekstdymka"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:locked/>
+    <w:rsid w:val="005B711E"/>
     <w:rPr>
-      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Mangal"/>
-[...4 lines deleted...]
-      <w:lang w:bidi="hi-IN"/>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+      <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NormalnyWeb">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="Normalny"/>
     <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="002F1F26"/>
     <w:pPr>
-      <w:spacing w:before="100" w:after="100"/>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:szCs w:val="24"/>
-[...349 lines deleted...]
-      <w:kern w:val="1"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
-      <w:lang w:bidi="hi-IN"/>
-[...125 lines deleted...]
-      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="pl-PL"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:divs>
-    <w:div w:id="1916936499">
-[...25 lines deleted...]
-    <w:div w:id="1916936501">
+    <w:div w:id="486939428">
+      <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1916936502">
+    <w:div w:id="1029987381">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1779832761">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1831484992">
+      <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
-  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
-[...7 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\lukwie\AppData\Local\Temp\notesFE6E35\szablon%20interpelacja%20B.Guss.dotx" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motyw pakietu Office">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
-    <a:clrScheme name="Pakiet Office">
+    <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Pakiet Office">
+    <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Calibri Light"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック Light"/>
+        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线 Light"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游明朝"/>
+        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Pakiet Office">
+    <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:lumMod val="110000"/>
-[...1 lines deleted...]
-                <a:tint val="67000"/>
+                <a:tint val="50000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="35000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="73000"/>
+                <a:tint val="37000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="81000"/>
+                <a:tint val="15000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="1"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:satMod val="103000"/>
-[...1 lines deleted...]
-                <a:tint val="94000"/>
+                <a:shade val="51000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="80000">
               <a:schemeClr val="phClr">
-                <a:satMod val="110000"/>
-[...1 lines deleted...]
-                <a:shade val="100000"/>
+                <a:shade val="93000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="99000"/>
-[...1 lines deleted...]
-                <a:shade val="78000"/>
+                <a:shade val="94000"/>
+                <a:satMod val="135000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:satMod val="105000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
-[...6 lines deleted...]
-          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
-          <a:effectLst/>
-[...2 lines deleted...]
-          <a:effectLst/>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="63000"/>
+                <a:alpha val="35000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="threePt" dir="t">
+              <a:rot lat="0" lon="0" rev="1200000"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d>
+            <a:bevelT w="63500" h="25400"/>
+          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
-        <a:solidFill>
-[...4 lines deleted...]
-        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="93000"/>
-[...2 lines deleted...]
-                <a:lumMod val="102000"/>
+                <a:tint val="40000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="40000">
               <a:schemeClr val="phClr">
-                <a:tint val="98000"/>
-[...2 lines deleted...]
-                <a:lumMod val="103000"/>
+                <a:tint val="45000"/>
+                <a:shade val="99000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="63000"/>
-                <a:satMod val="120000"/>
+                <a:shade val="20000"/>
+                <a:satMod val="255000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+          </a:path>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="80000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="30000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+          </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
-  <a:extLst>
-[...3 lines deleted...]
-  </a:extLst>
 </a:theme>
-</file>
-[...14 lines deleted...]
-</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>szablon interpelacja B.Guss</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>1261</Characters>
+  <Pages>1</Pages>
+  <Words>279</Words>
+  <Characters>1680</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>10</Lines>
-  <Paragraphs>2</Paragraphs>
+  <Lines>14</Lines>
+  <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Tytuł</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr/>
+      <vt:lpstr>Monika Danelska                                                                                                   Poznań, dnia 26</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1469</CharactersWithSpaces>
+  <CharactersWithSpaces>1956</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>odpowiedź na interpelację 187/2023 w sprawie bezpieczeństwa oraz uporządkowania terenu w parku Szelągowskim</dc:title>
+  <dc:title>Monika Danelska                                                                                                   Poznań, dnia 26</dc:title>
   <dc:subject/>
-  <dc:creator>ŁW</dc:creator>
-  <cp:keywords>park Szelągowski, zagospodarowanie terenu, odpowiedź na interpelację</cp:keywords>
+  <dc:creator>xxx</dc:creator>
+  <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
-
-[...6 lines deleted...]
-</file>