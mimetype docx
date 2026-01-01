--- v0 (2025-10-16)
+++ v1 (2026-01-01)
@@ -1,8503 +1,3674 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
+  <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
+  <Default Extension="wdp" ContentType="image/vnd.ms-photo"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00127D66" w:rsidRPr="001C3189" w:rsidRDefault="00127D66" w:rsidP="00001BFD">
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="10348" w:type="dxa"/>
+        <w:tblInd w:w="-142" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="5529"/>
+        <w:gridCol w:w="4819"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00D42C7D" w:rsidRPr="00F94DB9" w14:paraId="52950D9B" w14:textId="77777777" w:rsidTr="00D00CFD">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5529" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1679DC35" w14:textId="77777777" w:rsidR="00D42C7D" w:rsidRPr="000D4C1E" w:rsidRDefault="00D42C7D" w:rsidP="00D00CFD">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
+            <w:r w:rsidRPr="000D4C1E">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Znak sprawy: </w:t>
+            </w:r>
+            <w:r w:rsidR="00E90EF1" w:rsidRPr="000D4C1E">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidR="00E90EF1" w:rsidRPr="000D4C1E">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> DOCPROPERTY  ZnakSprawy  \* MERGEFORMAT </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00E90EF1" w:rsidRPr="000D4C1E">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="000D4C1E">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>DW.605.94.2023</w:t>
+            </w:r>
+            <w:r w:rsidR="00E90EF1" w:rsidRPr="000D4C1E">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5C018DBB" w14:textId="701573EA" w:rsidR="008273B9" w:rsidRPr="000D4C1E" w:rsidRDefault="008273B9" w:rsidP="00D00CFD">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D4C1E">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="000D4C1E">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> DOCPROPERTY  KorespondencjaSeryjna_1  \* MERGEFORMAT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="000D4C1E">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="000D4C1E">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Indeks GRANIT</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000D4C1E">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidR="00224B5A" w:rsidRPr="000D4C1E">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 001-02661</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="42A72CC7" w14:textId="77777777" w:rsidR="00D42C7D" w:rsidRPr="000D4C1E" w:rsidRDefault="00D42C7D" w:rsidP="00D00CFD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4819" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="226DB313" w14:textId="1859019B" w:rsidR="00D42C7D" w:rsidRPr="000D4C1E" w:rsidRDefault="00D42C7D" w:rsidP="00D00CFD">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D4C1E">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="000D4C1E">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> DOCVARIABLE  KodKreskowy  \* MERGEFORMAT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="000D4C1E">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="000D4C1E">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Poznań, </w:t>
+            </w:r>
+            <w:r w:rsidR="00224B5A" w:rsidRPr="000D4C1E">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>21.09.2023</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="657B9F24" w14:textId="77777777" w:rsidR="00D42C7D" w:rsidRPr="000D4C1E" w:rsidRDefault="00D42C7D" w:rsidP="00D00CFD">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D42C7D" w:rsidRPr="00224B5A" w14:paraId="12FA99E2" w14:textId="77777777" w:rsidTr="00D00CFD">
+        <w:trPr>
+          <w:trHeight w:val="2536"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5529" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B37D1DE" w14:textId="77777777" w:rsidR="00D42C7D" w:rsidRPr="00224B5A" w:rsidRDefault="00D42C7D" w:rsidP="00D00CFD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4819" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F49CF96" w14:textId="77777777" w:rsidR="00224B5A" w:rsidRPr="00F94DB9" w:rsidRDefault="00D42C7D" w:rsidP="00D00CFD">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F94DB9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="00F94DB9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> DOCPROPERTY  adresImie  \* MERGEFORMAT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00F94DB9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00F94DB9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="00F94DB9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> DOCPROPERTY  adresImie  \* MERGEFORMAT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00F94DB9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00F94DB9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="00F94DB9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> DOCPROPERTY  adresNazwisko  \* MERGEFORMAT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00F94DB9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00F94DB9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="00F94DB9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> DOCPROPERTY  adresNazwisko  \* MERGEFORMAT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00F94DB9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00F94DB9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="00F94DB9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> DOCPROPERTY  adresImie  \* MERGEFORMAT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00F94DB9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00F94DB9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="00F94DB9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> DOCPROPERTY  adresImie ADRESAT IMIE \* MERGEFORMAT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00F94DB9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00F94DB9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="00F94DB9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> DOCPROPERTY  adresImie  \* MERGEFORMAT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00F94DB9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00F94DB9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="00F94DB9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> DOCPROPERTY  adresImie  \* MERGEFORMAT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00F94DB9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00F94DB9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="00F94DB9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> DOCPROPERTY  adresNazwa  \* MERGEFORMAT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00F94DB9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00F94DB9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">URZĄD MIASTA POZNANIA </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="677B1454" w14:textId="299F4C96" w:rsidR="00D42C7D" w:rsidRPr="00F94DB9" w:rsidRDefault="00D42C7D" w:rsidP="00D00CFD">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F94DB9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>WYDZIAŁ ORGANIZACYJNY</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F94DB9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00F94DB9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="44A3AA1E" w14:textId="25354030" w:rsidR="00D42C7D" w:rsidRPr="00F94DB9" w:rsidRDefault="00D42C7D" w:rsidP="00D00CFD">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F94DB9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="00F94DB9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> DOCPROPERTY  adresImie  \* MERGEFORMAT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00F94DB9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidR="00224B5A" w:rsidRPr="00F94DB9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">pl. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F94DB9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="00F94DB9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> DOCPROPERTY  adresNazwisko  \* MERGEFORMAT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00F94DB9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00F94DB9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="00F94DB9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> DOCPROPERTY  adresUlica  \* MERGEFORMAT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00F94DB9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00F94DB9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>KOLEGIACKI</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F94DB9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00F94DB9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F94DB9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="00F94DB9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> DOCPROPERTY  adresNrDomu  \* MERGEFORMAT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00F94DB9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00F94DB9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>17</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F94DB9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00F94DB9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F94DB9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F94DB9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="00F94DB9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> DOCPROPERTY  adresNrLokalu  \* MERGEFORMAT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00F94DB9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="55C2150B" w14:textId="77777777" w:rsidR="00D42C7D" w:rsidRPr="00F94DB9" w:rsidRDefault="00D42C7D" w:rsidP="00D00CFD">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F94DB9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="00F94DB9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> DOCPROPERTY  adresKodPocztowy  \* MERGEFORMAT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00F94DB9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00F94DB9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>61-841</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F94DB9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00F94DB9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F94DB9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="00F94DB9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> DOCPROPERTY  adresMiejscowosc  \* MERGEFORMAT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00F94DB9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00F94DB9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>POZNAŃ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F94DB9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="11AE202A" w14:textId="77777777" w:rsidR="00D42C7D" w:rsidRPr="00F94DB9" w:rsidRDefault="00D42C7D" w:rsidP="00D00CFD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F94DB9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="00F94DB9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> DOCPROPERTY  UNPPisma  \* MERGEFORMAT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00F94DB9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00F94DB9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>2023-129097</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F94DB9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6014A494" w14:textId="77777777" w:rsidR="00D42C7D" w:rsidRPr="00224B5A" w:rsidRDefault="00D42C7D" w:rsidP="00D00CFD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00224B5A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="00224B5A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> DOCPROPERTY  KodKreskowy  \* MERGEFORMAT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00224B5A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidR="003770AD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:pict w14:anchorId="37A82387">
+                <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
+                  <v:stroke joinstyle="miter"/>
+                  <v:formulas>
+                    <v:f eqn="if lineDrawn pixelLineWidth 0"/>
+                    <v:f eqn="sum @0 1 0"/>
+                    <v:f eqn="sum 0 0 @1"/>
+                    <v:f eqn="prod @2 1 2"/>
+                    <v:f eqn="prod @3 21600 pixelWidth"/>
+                    <v:f eqn="prod @3 21600 pixelHeight"/>
+                    <v:f eqn="sum @0 0 1"/>
+                    <v:f eqn="prod @6 1 2"/>
+                    <v:f eqn="prod @7 21600 pixelWidth"/>
+                    <v:f eqn="sum @8 21600 0"/>
+                    <v:f eqn="prod @7 21600 pixelHeight"/>
+                    <v:f eqn="sum @10 21600 0"/>
+                  </v:formulas>
+                  <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
+                  <o:lock v:ext="edit" aspectratio="t"/>
+                </v:shapetype>
+                <v:shape id="_x0000_i1025" type="#_x0000_t75" style="width:145.5pt;height:30pt">
+                  <v:imagedata r:id="rId8" o:title="code"/>
+                </v:shape>
+              </w:pict>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="5E070492" w14:textId="77777777" w:rsidR="00415323" w:rsidRPr="00F94DB9" w:rsidRDefault="00415323" w:rsidP="00F94DB9">
       <w:pPr>
-        <w:ind w:left="6804"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="left"/>
         <w:rPr>
-          <w:rFonts w:cs="Calibri"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00001BFD">
-        <w:t>Poznań</w:t>
+      <w:r w:rsidRPr="00F94DB9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Dotyczy: </w:t>
       </w:r>
-      <w:r w:rsidR="004750AF">
-        <w:t>, 22</w:t>
+      <w:r w:rsidRPr="00F94DB9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
       </w:r>
-      <w:r w:rsidR="00940391">
-        <w:t>.09</w:t>
+      <w:r w:rsidRPr="00F94DB9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> DOCPROPERTY  OpisPisma  \* MERGEFORMAT </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00001BFD">
-        <w:t>.202</w:t>
+      <w:r w:rsidRPr="00F94DB9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00BA3484">
-        <w:t>3</w:t>
+      <w:r w:rsidRPr="00F94DB9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">interpelacji Radnego Pana Michała Grzesia w sprawie nieruchomości wspólnej przy ul. Bukowskiej 37 </w:t>
       </w:r>
-      <w:r w:rsidRPr="00001BFD">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="001C3189">
+      <w:r w:rsidRPr="00F94DB9">
         <w:rPr>
-          <w:rFonts w:cs="Calibri"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>.</w:t>
+        <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00127D66" w:rsidRPr="001C3189" w:rsidRDefault="00327C40" w:rsidP="00001BFD">
-[...7 lines deleted...]
-        <w:t>.2023</w:t>
+    <w:p w14:paraId="4E4737DE" w14:textId="77777777" w:rsidR="00415323" w:rsidRPr="00F94DB9" w:rsidRDefault="00415323" w:rsidP="00F94DB9">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F94DB9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>W odpowiedzi na pismo znak sprawy Or-II.0003.1.193.2023 w sprawie podziału działki o numerze 103/1, stanowiącej gruntową nieruchomość wspólną Wspólnoty Mieszkaniowej przy ul. Bukowskiej 37, Zarząd Komunalnych Zasobów Lokalowych uprzejmie informuje:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00094F56" w:rsidRDefault="00127D66" w:rsidP="00001BFD">
-[...12 lines deleted...]
-    <w:p w:rsidR="002E0CCD" w:rsidRPr="001C3189" w:rsidRDefault="00963C97" w:rsidP="00094F56">
+    <w:p w14:paraId="1D372FE5" w14:textId="77777777" w:rsidR="00415323" w:rsidRPr="00F94DB9" w:rsidRDefault="00415323" w:rsidP="00F94DB9">
       <w:pPr>
-        <w:ind w:left="5812"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="left"/>
         <w:rPr>
-          <w:rFonts w:cs="Calibri"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00001BFD">
-        <w:t>Pan</w:t>
+      <w:r w:rsidRPr="00F94DB9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Nieruchomość przy ul. Bukowskiej 37 położona jest na działce gruntu oznaczonej geodezyjnie numerem 103/1, obręb Jeżyce, ark. 16. W skład nieruchomości wspólnej wchodzi grunt wyznaczony obrysem budynku i niewielki teren niezabudowany, stanowiący podwórze. Aktualnie udział Miasta Poznania w nieruchomości wspólnej wynosi 46,40% i kreowany jest poprzez prawo własności Miasta do 12 mieszkalnych lokali niewyodrębnionych. Miejsce gromadzenia odpadów dla nieruchomości przy ul. Bukowskiej 37 od 1991 r. nieprzerwanie funkcjonuje  przy ścianie szczytowej budynku nr 37 i zlokalizowane jest na działce nr 104, której obecnym właścicielem jest Uniwersytet Medyczny im. K. Marcinkowskiego.</w:t>
       </w:r>
-      <w:r w:rsidR="00094F56">
+    </w:p>
+    <w:p w14:paraId="69351B69" w14:textId="1D51FC4E" w:rsidR="00415323" w:rsidRPr="00F94DB9" w:rsidRDefault="00415323" w:rsidP="00F94DB9">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="left"/>
         <w:rPr>
-          <w:rFonts w:cs="Calibri"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F94DB9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Podział działki 103 na działki 103/1 i 103/2, będący przedmiotem interpelacji, miał miejsce w 2007 r., natomiast nieruchomość przy ul. Bukowskiej 37 zo</w:t>
+      </w:r>
+      <w:r w:rsidR="00F94DB9" w:rsidRPr="00F94DB9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>stała przekazana na stan ZKZL w </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F94DB9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>dniu 31.01.2012 r. Odnosząc się do prawidłowości wykonania podzi</w:t>
+      </w:r>
+      <w:r w:rsidR="00F94DB9" w:rsidRPr="00F94DB9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ału, ZKZL Sp. z o.o. jest w </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F94DB9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">posiadaniu korespondencji z Wydziału Urbanistyki i Architektury sygn. UA-II_U04.6724.1810.2013 z dnia 19.12.2013 r., w której Wydział stwierdza, po analizie wielkości, cech geometrycznych i dostępu </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F94DB9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">działki do drogi publicznej, że wyznaczona działka nr 103/1 stanowi działkę budowlaną. Wskazać jednak należy, że warunki techniczne, jakim muszą odpowiadać budynki i ich usytuowanie, uniemożliwiają zgodne z prawem zlokalizowanie na tej działce zasieku na odpady stałe. Z tego powodu, jak również ze względu na brak akceptacji ze strony Uniwersytetu Medycznego im. K. Marcinkowskiego na jakiekolwiek propozycje przedkładane przez Wspólnotę Mieszkaniową czy biegłego sądowego w odniesieniu do lokalizacji miejsca gromadzenia odpadów, w 2020 r. roku Wspólnota Mieszkaniowa złożyła do sądu pozew o ustanowienie służebności lokalizacji miejsca gromadzenia odpadów </w:t>
+      </w:r>
+      <w:r w:rsidR="00F94DB9" w:rsidRPr="00F94DB9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">na działce nr 104 w istniejącym stanie faktycznym. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F94DB9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ponieważ sąd zakończył kompletowanie materiału dowodowego, aktualnie Wspólnota Mieszkaniowa oczekuje na wydanie postanowienia w sprawie ustanowienia służebności miejsca składowania odpadów na działce nr 104 stanowiącej własność Uniwersytetu Medycznego. Dodatkowo, zgodnie z zaleceniem biegłego w opinii sporządzonej na zlecenie sądu, zarządca nieruchomości wspólnej wystąpił do Wojewód</w:t>
+      </w:r>
+      <w:r w:rsidR="00F94DB9" w:rsidRPr="00F94DB9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>zkiego Inspektora Sanitarnego o </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F94DB9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">odstępstwo od wymaganych odległości miejsca gromadzenia odpadów od ścian budynku. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35698654" w14:textId="23F9F997" w:rsidR="00415323" w:rsidRPr="00F94DB9" w:rsidRDefault="00415323" w:rsidP="00F94DB9">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F94DB9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>W dniu 5 lipca 2023 r. odbyło się zebranie współwłaścicieli nieruchomości przy ul. Bukowskiej 37, podczas którego przedstawiono informacje o postępowaniu wszczętym z powództwa właścicieli lokali w nieruchomości przy ul. Bukowskiej 37 o ustanowienie służebności posadowienia zasieku na odpady.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47E8D6F8" w14:textId="533C2882" w:rsidR="00415323" w:rsidRPr="00F94DB9" w:rsidRDefault="00415323" w:rsidP="00F94DB9">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F94DB9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">W opinii ZKZL ustanowienie ww. opisanej służebności w połączeniu z uzyskaniem stosownych odstępstw na lokalizację miejsca gromadzenia odpadów umożliwi zgodne z </w:t>
+      </w:r>
+      <w:r w:rsidR="00295E6C" w:rsidRPr="00F94DB9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">warunkami technicznymi, jakim muszą odpowiadać budynki i ich usytuowanie, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F94DB9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>posadowienie zasieku</w:t>
+      </w:r>
+      <w:r w:rsidR="00295E6C" w:rsidRPr="00F94DB9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dla nieruchomości przy ul. Bukowskiej 37</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F94DB9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78985B88" w14:textId="7AFA517F" w:rsidR="009729A2" w:rsidRPr="00F94DB9" w:rsidRDefault="00415323" w:rsidP="00F94DB9">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F94DB9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Jednocześnie Spółka przeprasza za niedotrzymanie terminu z przyczyn wynikających ze zmian na stanowisku pracy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3560CDB3" w14:textId="77777777" w:rsidR="00F94DB9" w:rsidRPr="00F94DB9" w:rsidRDefault="00F94DB9" w:rsidP="00F94DB9">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="6237"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F94DB9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>DYREKTOR</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F94DB9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
-      </w:r>
-[...31 lines deleted...]
-        <w:t xml:space="preserve"> Miasta Poznania</w:t>
+        <w:t xml:space="preserve">ds. Prawnych i Windykacji </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00127D66" w:rsidRPr="001C3189" w:rsidRDefault="00127D66" w:rsidP="00963C97">
+    <w:p w14:paraId="57A00139" w14:textId="5DC02242" w:rsidR="00F94DB9" w:rsidRPr="00F94DB9" w:rsidRDefault="00F94DB9" w:rsidP="00F94DB9">
       <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="6237"/>
         <w:rPr>
-          <w:rFonts w:cs="Calibri"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00001BFD">
-[...17 lines deleted...]
-      <w:r w:rsidR="00530F53" w:rsidRPr="001C3189">
+      <w:r w:rsidRPr="00F94DB9">
         <w:rPr>
-          <w:rFonts w:cs="Calibri"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>,</w:t>
-[...47 lines deleted...]
-        <w:t xml:space="preserve">Bartosz </w:t>
+        <w:t xml:space="preserve">(-) Kinga </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="0043613F">
-        <w:t>Guss</w:t>
+      <w:r w:rsidRPr="00F94DB9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Jaskowiec</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00094F56">
-[...7 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="008F70E3" w:rsidRPr="001C3189" w:rsidRDefault="008F70E3" w:rsidP="00001BFD">
-[...25 lines deleted...]
-      <w:noEndnote/>
+    <w:sectPr w:rsidR="00F94DB9" w:rsidRPr="00F94DB9" w:rsidSect="001F5369">
+      <w:headerReference w:type="default" r:id="rId9"/>
+      <w:footerReference w:type="even" r:id="rId10"/>
+      <w:footerReference w:type="default" r:id="rId11"/>
+      <w:headerReference w:type="first" r:id="rId12"/>
+      <w:footerReference w:type="first" r:id="rId13"/>
+      <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
+      <w:pgMar w:top="1134" w:right="1134" w:bottom="567" w:left="1134" w:header="709" w:footer="550" w:gutter="0"/>
+      <w:pgNumType w:start="1"/>
+      <w:cols w:space="360"/>
       <w:titlePg/>
+      <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00273EE9" w:rsidRDefault="00273EE9">
+    <w:p w14:paraId="357636C5" w14:textId="77777777" w:rsidR="003770AD" w:rsidRDefault="003770AD" w:rsidP="00D42C7D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00273EE9" w:rsidRDefault="00273EE9">
+    <w:p w14:paraId="4D774E62" w14:textId="77777777" w:rsidR="003770AD" w:rsidRDefault="003770AD" w:rsidP="00D42C7D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
-  <w:font w:name="Symbol">
-[...2 lines deleted...]
-    <w:family w:val="roman"/>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="EE"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20002A87" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="EE"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Wingdings">
-[...7 lines deleted...]
-    <w:panose1 w:val="020F0502020204030204"/>
+  <w:font w:name="Tahoma">
+    <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Garamond">
-[...7 lines deleted...]
-    <w:panose1 w:val="020B0502040204020203"/>
+  <w:font w:name="Franklin Gothic Book">
+    <w:panose1 w:val="020B0503020102020204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-[...14 lines deleted...]
-    <w:sig w:usb0="E0000AFF" w:usb1="500078FF" w:usb2="00000021" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
+    <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20002A87" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-  </w:font>
-[...22 lines deleted...]
-    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
-  <w:p w:rsidR="00B95E55" w:rsidRPr="001C3189" w:rsidRDefault="00B95E55">
+  <w:p w14:paraId="12EE4063" w14:textId="77777777" w:rsidR="007932F4" w:rsidRDefault="00D42C7D">
     <w:pPr>
       <w:pStyle w:val="Stopka"/>
-      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:r>
       <w:rPr>
-        <w:rFonts w:cs="Calibri"/>
+        <w:noProof/>
+        <w:lang w:eastAsia="pl-PL"/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="5DABCF5C" wp14:editId="233EDD88">
+              <wp:simplePos x="0" y="0"/>
+              <wp:positionH relativeFrom="page">
+                <wp:posOffset>6679565</wp:posOffset>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:posOffset>9791700</wp:posOffset>
+              </wp:positionV>
+              <wp:extent cx="264160" cy="256540"/>
+              <wp:effectExtent l="0" t="0" r="0" b="0"/>
+              <wp:wrapNone/>
+              <wp:docPr id="2" name="Oval 22"/>
+              <wp:cNvGraphicFramePr>
+                <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+              </wp:cNvGraphicFramePr>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr>
+                      <a:spLocks noChangeArrowheads="1"/>
+                    </wps:cNvSpPr>
+                    <wps:spPr bwMode="auto">
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="264160" cy="256540"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="ellipse">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:solidFill>
+                        <a:srgbClr val="D34817"/>
+                      </a:solidFill>
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                      <a:extLst>
+                        <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                          <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                            <a:solidFill>
+                              <a:srgbClr val="000000"/>
+                            </a:solidFill>
+                            <a:round/>
+                            <a:headEnd/>
+                            <a:tailEnd/>
+                          </a14:hiddenLine>
+                        </a:ext>
+                      </a:extLst>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="1B6E4C96" w14:textId="77777777" w:rsidR="007932F4" w:rsidRPr="00B41D74" w:rsidRDefault="00D42C7D">
+                          <w:pPr>
+                            <w:pStyle w:val="Bezodstpw"/>
+                            <w:jc w:val="center"/>
+                            <w:rPr>
+                              <w:b/>
+                              <w:color w:val="FFFFFF"/>
+                              <w:sz w:val="18"/>
+                              <w:szCs w:val="18"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r w:rsidRPr="00296A6A">
+                            <w:rPr>
+                              <w:b/>
+                              <w:sz w:val="18"/>
+                              <w:szCs w:val="18"/>
+                            </w:rPr>
+                            <w:fldChar w:fldCharType="begin"/>
+                          </w:r>
+                          <w:r w:rsidRPr="00296A6A">
+                            <w:rPr>
+                              <w:b/>
+                              <w:sz w:val="18"/>
+                              <w:szCs w:val="18"/>
+                            </w:rPr>
+                            <w:instrText xml:space="preserve"> PAGE  \* Arabic  \* MERGEFORMAT </w:instrText>
+                          </w:r>
+                          <w:r w:rsidRPr="00296A6A">
+                            <w:rPr>
+                              <w:b/>
+                              <w:sz w:val="18"/>
+                              <w:szCs w:val="18"/>
+                            </w:rPr>
+                            <w:fldChar w:fldCharType="separate"/>
+                          </w:r>
+                          <w:r w:rsidRPr="00B41D74">
+                            <w:rPr>
+                              <w:b/>
+                              <w:noProof/>
+                              <w:color w:val="FFFFFF"/>
+                              <w:sz w:val="18"/>
+                              <w:szCs w:val="18"/>
+                            </w:rPr>
+                            <w:t>6</w:t>
+                          </w:r>
+                          <w:r w:rsidRPr="00296A6A">
+                            <w:rPr>
+                              <w:b/>
+                              <w:sz w:val="18"/>
+                              <w:szCs w:val="18"/>
+                            </w:rPr>
+                            <w:fldChar w:fldCharType="end"/>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="ctr" anchorCtr="0" upright="1">
+                      <a:noAutofit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+              <wp14:sizeRelH relativeFrom="page">
+                <wp14:pctWidth>0</wp14:pctWidth>
+              </wp14:sizeRelH>
+              <wp14:sizeRelV relativeFrom="page">
+                <wp14:pctHeight>0</wp14:pctHeight>
+              </wp14:sizeRelV>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
+          <w:pict>
+            <v:oval w14:anchorId="5DABCF5C" id="Oval 22" o:spid="_x0000_s1026" style="position:absolute;left:0;text-align:left;margin-left:525.95pt;margin-top:771pt;width:20.8pt;height:20.2pt;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB1ggzl/QEAANYDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L469NCuMOEWRoMOA&#10;bi3Q7gNkWbaFyaJGKbG7rx8lJ1m33YZdBFIin997pDc302DYUaHXYCueL5acKSuh0bar+Nfnu3fX&#10;nPkgbCMMWFXxF+X5zfbtm83oSlVAD6ZRyAjE+nJ0Fe9DcGWWedmrQfgFOGXpsQUcRKAUu6xBMRL6&#10;YLJiuVxnI2DjEKTynm738yPfJvy2VTI8tK1XgZmKE7eQTkxnHc9suxFlh8L1Wp5oiH9gMQht6aMX&#10;qL0Igh1Q/wU1aIngoQ0LCUMGbaulShpITb78Q81TL5xKWsgc7y42+f8HK78cH5HppuIFZ1YMNKKH&#10;ozCsKKI1o/MlVTy5R4zivLsH+c0zC7te2E7dIsLYK9EQoTzWZ781xMRTK6vHz9AQsjgESC5NLQ4R&#10;kPSzKQ3j5TIMNQUm6bJYr/I1jUzSU3G1vlqlYWWiPDc79OGjgoHFoOLKGO18tEuU4njvQ+QjynNV&#10;4g9GN3famJRgV+8MMlJb8f371XX+IUkgma/LjI3FFmLbjBhvktCobfYoTPV0squG5oUkI8yrRr8G&#10;BT3gD85GWrOK++8HgYoz88mSbXEnzwGeg/ocCCupteIyIGdzsgvz9h4c6q4n7DwptnBL5rY6qY7G&#10;zzxOTGl5khmnRY/b+TpPVb9+x+1PAAAA//8DAFBLAwQUAAYACAAAACEAZdaEYeIAAAAPAQAADwAA&#10;AGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3KjT0KA2jVNVVCBR9ULpB7jxNgnE68h228DX&#10;sznBbWd3NPumWA22Exf0oXWkYDpJQCBVzrRUKzh8vDzMQYSoyejOESr4xgCr8vam0LlxV3rHyz7W&#10;gkMo5FpBE2OfSxmqBq0OE9cj8e3kvNWRpa+l8frK4baTaZI8Satb4g+N7vG5weprf7YKcOdefSar&#10;dHMIbz/terP9jHGr1P3dsF6CiDjEPzOM+IwOJTMd3ZlMEB3rJJsu2MtTNku51uhJFo8ZiOO4m6cz&#10;kGUh//cofwEAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAA&#10;AAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAA&#10;AAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQB1ggzl/QEAANYDAAAOAAAAAAAA&#10;AAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBl1oRh4gAAAA8BAAAPAAAA&#10;AAAAAAAAAAAAAFcEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAZgUAAAAA&#10;" o:allowincell="f" fillcolor="#d34817" stroked="f">
+              <v:textbox inset="0,0,0,0">
+                <w:txbxContent>
+                  <w:p w14:paraId="1B6E4C96" w14:textId="77777777" w:rsidR="007932F4" w:rsidRPr="00B41D74" w:rsidRDefault="00D42C7D">
+                    <w:pPr>
+                      <w:pStyle w:val="Bezodstpw"/>
+                      <w:jc w:val="center"/>
+                      <w:rPr>
+                        <w:b/>
+                        <w:color w:val="FFFFFF"/>
+                        <w:sz w:val="18"/>
+                        <w:szCs w:val="18"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r w:rsidRPr="00296A6A">
+                      <w:rPr>
+                        <w:b/>
+                        <w:sz w:val="18"/>
+                        <w:szCs w:val="18"/>
+                      </w:rPr>
+                      <w:fldChar w:fldCharType="begin"/>
+                    </w:r>
+                    <w:r w:rsidRPr="00296A6A">
+                      <w:rPr>
+                        <w:b/>
+                        <w:sz w:val="18"/>
+                        <w:szCs w:val="18"/>
+                      </w:rPr>
+                      <w:instrText xml:space="preserve"> PAGE  \* Arabic  \* MERGEFORMAT </w:instrText>
+                    </w:r>
+                    <w:r w:rsidRPr="00296A6A">
+                      <w:rPr>
+                        <w:b/>
+                        <w:sz w:val="18"/>
+                        <w:szCs w:val="18"/>
+                      </w:rPr>
+                      <w:fldChar w:fldCharType="separate"/>
+                    </w:r>
+                    <w:r w:rsidRPr="00B41D74">
+                      <w:rPr>
+                        <w:b/>
+                        <w:noProof/>
+                        <w:color w:val="FFFFFF"/>
+                        <w:sz w:val="18"/>
+                        <w:szCs w:val="18"/>
+                      </w:rPr>
+                      <w:t>6</w:t>
+                    </w:r>
+                    <w:r w:rsidRPr="00296A6A">
+                      <w:rPr>
+                        <w:b/>
+                        <w:sz w:val="18"/>
+                        <w:szCs w:val="18"/>
+                      </w:rPr>
+                      <w:fldChar w:fldCharType="end"/>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap anchorx="page" anchory="page"/>
+            </v:oval>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+        <w:lang w:eastAsia="pl-PL"/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="3DC56D78" wp14:editId="5A055DDF">
+              <wp:simplePos x="0" y="0"/>
+              <wp:positionH relativeFrom="page">
+                <wp:posOffset>6570980</wp:posOffset>
+              </wp:positionH>
+              <wp:positionV relativeFrom="margin">
+                <wp:align>bottom</wp:align>
+              </wp:positionV>
+              <wp:extent cx="2835275" cy="8891905"/>
+              <wp:effectExtent l="0" t="0" r="0" b="0"/>
+              <wp:wrapNone/>
+              <wp:docPr id="1" name="Rectangle 23"/>
+              <wp:cNvGraphicFramePr>
+                <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+              </wp:cNvGraphicFramePr>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr>
+                      <a:spLocks noChangeArrowheads="1"/>
+                    </wps:cNvSpPr>
+                    <wps:spPr bwMode="auto">
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="2835275" cy="8891905"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                      <a:extLst>
+                        <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                          <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                            <a:solidFill>
+                              <a:srgbClr val="FFFFFF"/>
+                            </a:solidFill>
+                          </a14:hiddenFill>
+                        </a:ext>
+                        <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                          <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                            <a:solidFill>
+                              <a:srgbClr val="000000"/>
+                            </a:solidFill>
+                            <a:miter lim="800000"/>
+                            <a:headEnd/>
+                            <a:tailEnd/>
+                          </a14:hiddenLine>
+                        </a:ext>
+                      </a:extLst>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="5D56EA01" w14:textId="77777777" w:rsidR="007932F4" w:rsidRPr="00B41D74" w:rsidRDefault="00D42C7D">
+                          <w:pPr>
+                            <w:pStyle w:val="Bezodstpw"/>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+                              <w:color w:val="7F7F7F"/>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r w:rsidRPr="00B41D74">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+                              <w:color w:val="7F7F7F"/>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve">Szablon ogólny ….. | 2007-08-24 </w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" vert="vert270" wrap="square" lIns="91440" tIns="45720" rIns="109728" bIns="137160" anchor="ctr" anchorCtr="0" upright="1">
+                      <a:noAutofit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+              <wp14:sizeRelH relativeFrom="page">
+                <wp14:pctWidth>0</wp14:pctWidth>
+              </wp14:sizeRelH>
+              <wp14:sizeRelV relativeFrom="page">
+                <wp14:pctHeight>0</wp14:pctHeight>
+              </wp14:sizeRelV>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
+          <w:pict>
+            <v:rect w14:anchorId="3DC56D78" id="Rectangle 23" o:spid="_x0000_s1027" style="position:absolute;left:0;text-align:left;margin-left:517.4pt;margin-top:0;width:223.25pt;height:700.15pt;z-index:251661312;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:bottom;mso-position-vertical-relative:margin;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBTSh2c/QEAAM0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU12P0zAQfEfiP1h+p/loe22jpqfTnQ4h&#10;HXDi4Ac4jtNYJF6zdpv037N22sLBG+LFytrr8czsZHs79h07KnQaTMmzWcqZMhJqbfYl//b18d2a&#10;M+eFqUUHRpX8pBy/3b19sx1soXJooasVMgIxrhhsyVvvbZEkTraqF24GVhk6bAB74anEfVKjGAi9&#10;75I8TW+SAbC2CFI5R7sP0yHfRfymUdJ/bhqnPOtKTtx8XDGuVViT3VYUexS21fJMQ/wDi15oQ49e&#10;oR6EF+yA+i+oXksEB42fSegTaBotVdRAarL0DzUvrbAqaiFznL3a5P4frPx0fEama5odZ0b0NKIv&#10;ZJow+06xfB78GawrqO3FPmNQ6OwTyO+OGbhvqU3dIcLQKlETqyz0J68uhMLRVVYNH6EmeHHwEK0a&#10;G+wDIJnAxjiR03UiavRM0ma+ni/z1ZIzSWfr9SbbpMv4higu1y06/15Bz8JHyZHYR3hxfHI+0BHF&#10;pSW8ZuBRd10ce2debVBj2In0A+NJuR+r8ezP2YsK6hPpQZjCROGnj7DmK0rYQFkquftxEKg46z4Y&#10;smWTLRYhfLFYLFc5FRiLLN2scvpFqqmar7IbOhNGtkAhlR4vxb2fQnuwqPctPZhFkQbuyM5GR6HB&#10;6oncWQVlJuo/5zuE8vc6dv36C3c/AQAA//8DAFBLAwQUAAYACAAAACEAnkIPIN8AAAALAQAADwAA&#10;AGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3KgdEqEojVMhBBeqgkg5cHTirRM1tqPYbdO/&#10;Z3OC245mNPum3Mx2YGecQu+dhGQlgKFrve6dkfC9f3vIgYWonFaDdyjhigE21e1NqQrtL+4Lz3U0&#10;jEpcKJSELsax4Dy0HVoVVn5ER97BT1ZFkpPhelIXKrcDfxTiiVvVO/rQqRFfOmyP9clKMNv+Ix+b&#10;9+3n3lynZPea1bvjj5T3d/PzGljEOf6FYcEndKiIqfEnpwMbSIs0I/YogSYtfpYnKbBmuYRIgVcl&#10;/7+h+gUAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAA&#10;W0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAA&#10;AAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBTSh2c/QEAAM0DAAAOAAAAAAAAAAAA&#10;AAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCeQg8g3wAAAAsBAAAPAAAAAAAA&#10;AAAAAAAAAFcEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAYwUAAAAA&#10;" o:allowincell="f" filled="f" stroked="f">
+              <v:textbox style="layout-flow:vertical;mso-layout-flow-alt:bottom-to-top" inset=",,8.64pt,10.8pt">
+                <w:txbxContent>
+                  <w:p w14:paraId="5D56EA01" w14:textId="77777777" w:rsidR="007932F4" w:rsidRPr="00B41D74" w:rsidRDefault="00D42C7D">
+                    <w:pPr>
+                      <w:pStyle w:val="Bezodstpw"/>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+                        <w:color w:val="7F7F7F"/>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r w:rsidRPr="00B41D74">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+                        <w:color w:val="7F7F7F"/>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve">Szablon ogólny ….. | 2007-08-24 </w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap anchorx="page" anchory="margin"/>
+            </v:rect>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w14:paraId="0F5FA7B9" w14:textId="77777777" w:rsidR="00D26732" w:rsidRPr="003B5E81" w:rsidRDefault="003770AD" w:rsidP="003B5E81">
+    <w:pPr>
+      <w:pStyle w:val="Stopka"/>
+      <w:jc w:val="right"/>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="001C3189">
-[...29 lines deleted...]
-    </w:r>
+    <w:sdt>
+      <w:sdtPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:id w:val="1666360463"/>
+        <w:docPartObj>
+          <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
+          <w:docPartUnique/>
+        </w:docPartObj>
+      </w:sdtPr>
+      <w:sdtEndPr/>
+      <w:sdtContent>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:id w:val="1996530249"/>
+            <w:docPartObj>
+              <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
+              <w:docPartUnique/>
+            </w:docPartObj>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:r w:rsidR="00D42C7D" w:rsidRPr="003B5E81">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Strona </w:t>
+            </w:r>
+            <w:r w:rsidR="00D42C7D" w:rsidRPr="003B5E81">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidR="00D42C7D" w:rsidRPr="003B5E81">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:instrText>PAGE</w:instrText>
+            </w:r>
+            <w:r w:rsidR="00D42C7D" w:rsidRPr="003B5E81">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00FE1268">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="00D42C7D" w:rsidRPr="003B5E81">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidR="00D42C7D" w:rsidRPr="003B5E81">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> z </w:t>
+            </w:r>
+            <w:r w:rsidR="00D42C7D" w:rsidRPr="003B5E81">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidR="00D42C7D" w:rsidRPr="003B5E81">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:instrText>NUMPAGES</w:instrText>
+            </w:r>
+            <w:r w:rsidR="00D42C7D" w:rsidRPr="003B5E81">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00FE1268">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="00D42C7D" w:rsidRPr="003B5E81">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:sdtContent>
+        </w:sdt>
+      </w:sdtContent>
+    </w:sdt>
   </w:p>
-  <w:p w:rsidR="00127D66" w:rsidRDefault="00127D66">
+  <w:p w14:paraId="63B21A3A" w14:textId="77777777" w:rsidR="007932F4" w:rsidRPr="001F5369" w:rsidRDefault="003770AD">
     <w:pPr>
       <w:pStyle w:val="Stopka"/>
-      <w:spacing w:line="312" w:lineRule="auto"/>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-[...2 lines deleted...]
-        <w:lang w:val="en-US"/>
+        <w:sz w:val="2"/>
+        <w:szCs w:val="2"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
-  <w:p w:rsidR="00127D66" w:rsidRDefault="00127D66">
+  <w:p w14:paraId="53701725" w14:textId="77777777" w:rsidR="001F5369" w:rsidRPr="00E90EF1" w:rsidRDefault="00D42C7D" w:rsidP="001F5369">
     <w:pPr>
-      <w:pStyle w:val="Stopka"/>
-[...11 lines deleted...]
-      <w:jc w:val="center"/>
+      <w:adjustRightInd w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:rPr>
-        <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
-[...2 lines deleted...]
-        <w:lang w:val="fr-FR"/>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:color w:val="231F20"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:bidi="ne-NP"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidRPr="00E90EF1">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:noProof/>
+        <w:color w:val="231F20"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:eastAsia="pl-PL"/>
+      </w:rPr>
+      <w:drawing>
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="372ADEF5" wp14:editId="02B833C6">
+          <wp:simplePos x="0" y="0"/>
+          <wp:positionH relativeFrom="column">
+            <wp:posOffset>3810</wp:posOffset>
+          </wp:positionH>
+          <wp:positionV relativeFrom="paragraph">
+            <wp:posOffset>9525</wp:posOffset>
+          </wp:positionV>
+          <wp:extent cx="1257300" cy="352425"/>
+          <wp:effectExtent l="0" t="0" r="0" b="9525"/>
+          <wp:wrapNone/>
+          <wp:docPr id="26" name="Obraz 26" descr="poznan_listownik_mjo"/>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="0" name="Picture 25" descr="poznan_listownik_mjo"/>
+                  <pic:cNvPicPr>
+                    <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                  </pic:cNvPicPr>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1">
+                    <a:extLst>
+                      <a:ext uri="{BEBA8EAE-BF5A-486C-A8C5-ECC9F3942E4B}">
+                        <a14:imgProps xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                          <a14:imgLayer r:embed="rId2">
+                            <a14:imgEffect>
+                              <a14:saturation sat="0"/>
+                            </a14:imgEffect>
+                          </a14:imgLayer>
+                        </a14:imgProps>
+                      </a:ext>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:srcRect/>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr bwMode="auto">
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="1257300" cy="352425"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                  <a:noFill/>
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+        </wp:anchor>
+      </w:drawing>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="0E34D69D" w14:textId="77777777" w:rsidR="001F5369" w:rsidRPr="00E90EF1" w:rsidRDefault="003770AD" w:rsidP="001F5369">
+    <w:pPr>
+      <w:adjustRightInd w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:color w:val="231F20"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:bidi="ne-NP"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w:rsidR="00127D66" w:rsidRPr="00EB6467" w:rsidRDefault="00127D66">
+  <w:p w14:paraId="1C19F54B" w14:textId="77777777" w:rsidR="001F5369" w:rsidRPr="00E90EF1" w:rsidRDefault="003770AD" w:rsidP="001F5369">
     <w:pPr>
-      <w:jc w:val="center"/>
+      <w:adjustRightInd w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:rPr>
-        <w:szCs w:val="24"/>
-        <w:lang w:val="en-US"/>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:color w:val="231F20"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:bidi="ne-NP"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="00EB6467">
+  </w:p>
+  <w:p w14:paraId="2AE3F0D3" w14:textId="77777777" w:rsidR="001F5369" w:rsidRPr="00E90EF1" w:rsidRDefault="00D42C7D" w:rsidP="001F5369">
+    <w:pPr>
+      <w:adjustRightInd w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:rPr>
-        <w:spacing w:val="-8"/>
-[...1 lines deleted...]
-        <w:lang w:val="fr-FR"/>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:color w:val="231F20"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:bidi="ne-NP"/>
       </w:rPr>
-      <w:t xml:space="preserve">Urząd Miasta Poznania, pl. Kolegiacki 17, 61-841 Poznań, </w:t>
-[...1 lines deleted...]
-    <w:r w:rsidRPr="00EB6467">
+    </w:pPr>
+    <w:r w:rsidRPr="00E90EF1">
       <w:rPr>
-        <w:spacing w:val="-6"/>
-[...1 lines deleted...]
-        <w:lang w:val="fr-FR"/>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:noProof/>
+        <w:color w:val="231F20"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:eastAsia="pl-PL"/>
       </w:rPr>
-      <w:t>tel. +48 61 878 53 1</w:t>
-[...55 lines deleted...]
-      <w:t xml:space="preserve"> www.poznan.pl</w:t>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="4294967295" distB="4294967295" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6FA6F371" wp14:editId="72D61EF3">
+              <wp:simplePos x="0" y="0"/>
+              <wp:positionH relativeFrom="column">
+                <wp:posOffset>3810</wp:posOffset>
+              </wp:positionH>
+              <wp:positionV relativeFrom="paragraph">
+                <wp:posOffset>42544</wp:posOffset>
+              </wp:positionV>
+              <wp:extent cx="5962650" cy="0"/>
+              <wp:effectExtent l="0" t="0" r="0" b="0"/>
+              <wp:wrapNone/>
+              <wp:docPr id="5" name="AutoShape 23"/>
+              <wp:cNvGraphicFramePr>
+                <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+              </wp:cNvGraphicFramePr>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvCnPr>
+                      <a:cxnSpLocks noChangeShapeType="1"/>
+                    </wps:cNvCnPr>
+                    <wps:spPr bwMode="auto">
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="5962650" cy="0"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="straightConnector1">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln w="9525">
+                        <a:solidFill>
+                          <a:srgbClr val="000000"/>
+                        </a:solidFill>
+                        <a:round/>
+                        <a:headEnd/>
+                        <a:tailEnd/>
+                      </a:ln>
+                      <a:extLst>
+                        <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                          <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                            <a:noFill/>
+                          </a14:hiddenFill>
+                        </a:ext>
+                      </a:extLst>
+                    </wps:spPr>
+                    <wps:bodyPr/>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+              <wp14:sizeRelH relativeFrom="page">
+                <wp14:pctWidth>0</wp14:pctWidth>
+              </wp14:sizeRelH>
+              <wp14:sizeRelV relativeFrom="page">
+                <wp14:pctHeight>0</wp14:pctHeight>
+              </wp14:sizeRelV>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
+          <w:pict>
+            <v:shapetype w14:anchorId="4CEFF777" id="_x0000_t32" coordsize="21600,21600" o:spt="32" o:oned="t" path="m,l21600,21600e" filled="f">
+              <v:path arrowok="t" fillok="f" o:connecttype="none"/>
+              <o:lock v:ext="edit" shapetype="t"/>
+            </v:shapetype>
+            <v:shape id="AutoShape 23" o:spid="_x0000_s1026" type="#_x0000_t32" style="position:absolute;margin-left:.3pt;margin-top:3.35pt;width:469.5pt;height:0;z-index:251662336;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:-3e-5mm;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:-3e-5mm;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAtG9R6IAIAADwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO2jAQfa/Uf7D8DrlsQiEirFYJ9GXb&#10;RdrtBxjbSawmtmUbAqr67x2bi9j2parKgxlnZs6cmTlePh6HHh24sULJEifTGCMuqWJCtiX+9raZ&#10;zDGyjkhGeiV5iU/c4sfVxw/LURc8VZ3qGTcIQKQtRl3izjldRJGlHR+InSrNJTgbZQbi4GraiBky&#10;AvrQR2kcz6JRGaaNotxa+FqfnXgV8JuGU/fSNJY71JcYuLlwmnDu/BmtlqRoDdGdoBca5B9YDERI&#10;KHqDqokjaG/EH1CDoEZZ1bgpVUOkmkZQHnqAbpL4t25eO6J56AWGY/VtTPb/wdKvh61BgpU4x0iS&#10;AVb0tHcqVEbpg5/PqG0BYZXcGt8hPcpX/azod4ukqjoiWx6i304akhOfEb1L8Rerocpu/KIYxBAo&#10;EIZ1bMzgIWEM6Bh2crrthB8dovAxX8zSWQ6ro1dfRIprojbWfeZqQN4osXWGiLZzlZISNq9MEsqQ&#10;w7N1nhYprgm+qlQb0fdBAL1EY4kXeZqHBKt6wbzTh1nT7qreoAPxEgq/0CN47sOM2ksWwDpO2Ppi&#10;OyL6sw3Fe+nxoDGgc7HOGvmxiBfr+XqeTbJ0tp5kcV1PnjZVNpltkk95/VBXVZ389NSSrOgEY1x6&#10;dle9Jtnf6eHycs5Kuyn2NoboPXqYF5C9/gfSYbN+mWdZ7BQ7bc114yDREHx5Tv4N3N/Bvn/0q18A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCZw09n2AAAAAQBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI5BS8NA&#10;EIXvgv9hGcGL2E0r1iZmU4rgwaNtwes0O02i2dmQ3TSxv97RS70MfLzHmy9fT65VJ+pD49nAfJaA&#10;Ii69bbgysN+93q9AhYhssfVMBr4pwLq4vsoxs37kdzptY6VkhEOGBuoYu0zrUNbkMMx8RyzZ0fcO&#10;o2BfadvjKOOu1YskWWqHDcuHGjt6qan82g7OAIXhcZ5sUlft387j3cfi/Dl2O2Nub6bNM6hIU7yU&#10;4Vdf1KEQp4Mf2AbVGlhKT+4TKAnTh1T48Me6yPV/+eIHAAD//wMAUEsBAi0AFAAGAAgAAAAhALaD&#10;OJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYA&#10;CAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYA&#10;CAAAACEALRvUeiACAAA8BAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAU&#10;AAYACAAAACEAmcNPZ9gAAAAEAQAADwAAAAAAAAAAAAAAAAB6BAAAZHJzL2Rvd25yZXYueG1sUEsF&#10;BgAAAAAEAAQA8wAAAH8FAAAAAA==&#10;"/>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00127D66" w:rsidRDefault="00127D66">
+  <w:p w14:paraId="059A996F" w14:textId="77777777" w:rsidR="003B5E81" w:rsidRPr="00F94DB9" w:rsidRDefault="00D42C7D" w:rsidP="003B5E81">
     <w:pPr>
-      <w:jc w:val="center"/>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="5387"/>
+      </w:tabs>
+      <w:adjustRightInd w:val="0"/>
+      <w:spacing w:after="0"/>
       <w:rPr>
-        <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
-[...2 lines deleted...]
-        <w:lang w:val="en-US"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:color w:val="231F20"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+        <w:lang w:bidi="ne-NP"/>
       </w:rPr>
     </w:pPr>
+    <w:r w:rsidRPr="00F94DB9">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:color w:val="231F20"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+        <w:lang w:bidi="ne-NP"/>
+      </w:rPr>
+      <w:t xml:space="preserve">Zarząd Komunalnych Zasobów Lokalowych sp. z o.o. </w:t>
+    </w:r>
+    <w:r w:rsidRPr="00F94DB9">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:color w:val="231F20"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+        <w:lang w:bidi="ne-NP"/>
+      </w:rPr>
+      <w:tab/>
+      <w:t>NIP 209 00 02 942 | Regon 302538131</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="16FCF571" w14:textId="4BDE1349" w:rsidR="003B5E81" w:rsidRPr="00F94DB9" w:rsidRDefault="00D42C7D" w:rsidP="003B5E81">
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="5387"/>
+      </w:tabs>
+      <w:adjustRightInd w:val="0"/>
+      <w:spacing w:after="0"/>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:color w:val="231F20"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+        <w:lang w:bidi="ne-NP"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidRPr="00F94DB9">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:color w:val="231F20"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+        <w:lang w:bidi="ne-NP"/>
+      </w:rPr>
+      <w:t>ul. Matejki 57, 60-770 Poznań</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00F94DB9">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:color w:val="231F20"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+        <w:lang w:bidi="ne-NP"/>
+      </w:rPr>
+      <w:tab/>
+      <w:t xml:space="preserve">KRS 0000483352 | Kapitał zakładowy: </w:t>
+    </w:r>
+    <w:r w:rsidRPr="00F94DB9">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:color w:val="231F20"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+        <w:lang w:bidi="ne-NP"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r w:rsidRPr="00F94DB9">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:color w:val="231F20"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+        <w:lang w:bidi="ne-NP"/>
+      </w:rPr>
+      <w:instrText xml:space="preserve"> DOCPROPERTY  DaneJednostki1  \* MERGEFORMAT </w:instrText>
+    </w:r>
+    <w:r w:rsidRPr="00F94DB9">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:color w:val="231F20"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+        <w:lang w:bidi="ne-NP"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r w:rsidR="007803F7" w:rsidRPr="00F94DB9">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:color w:val="231F20"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+        <w:lang w:bidi="ne-NP"/>
+      </w:rPr>
+      <w:t>192 641 000,00 zł</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00F94DB9">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:color w:val="231F20"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+        <w:lang w:bidi="ne-NP"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="0160B9C9" w14:textId="77777777" w:rsidR="003B5E81" w:rsidRPr="00F94DB9" w:rsidRDefault="00D42C7D" w:rsidP="003B5E81">
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="5387"/>
+      </w:tabs>
+      <w:adjustRightInd w:val="0"/>
+      <w:spacing w:after="0"/>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:color w:val="231F20"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+        <w:lang w:bidi="ne-NP"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidRPr="00F94DB9">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:color w:val="231F20"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+        <w:lang w:bidi="ne-NP"/>
+      </w:rPr>
+      <w:t xml:space="preserve">tel. +48 61 415 88 00 | fax +48 61 415 88 09 </w:t>
+    </w:r>
+    <w:r w:rsidR="003B5E81" w:rsidRPr="00F94DB9">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:color w:val="231F20"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+        <w:lang w:bidi="ne-NP"/>
+      </w:rPr>
+      <w:tab/>
+    </w:r>
+    <w:r w:rsidRPr="00F94DB9">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:color w:val="231F20"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+        <w:lang w:bidi="ne-NP"/>
+      </w:rPr>
+      <w:t>Sąd Rejonowy Poznań - Nowe Miasto i Wilda w Poznaniu</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="76C3FD4D" w14:textId="77777777" w:rsidR="001F5369" w:rsidRPr="00F94DB9" w:rsidRDefault="00D42C7D" w:rsidP="003B5E81">
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="5387"/>
+      </w:tabs>
+      <w:adjustRightInd w:val="0"/>
+      <w:spacing w:after="0"/>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:color w:val="231F20"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+        <w:lang w:bidi="ne-NP"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidRPr="00F94DB9">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:color w:val="231F20"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+        <w:lang w:bidi="ne-NP"/>
+      </w:rPr>
+      <w:t>obsluga.klienta@zkzl.poznan.pl | zkzl.poznan.pl</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00F94DB9">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:color w:val="231F20"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+        <w:lang w:bidi="ne-NP"/>
+      </w:rPr>
+      <w:tab/>
+      <w:t>Wydział VIII Gospodarczy KRS</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="57D97666" w14:textId="77777777" w:rsidR="00DE2288" w:rsidRPr="00E90EF1" w:rsidRDefault="003770AD" w:rsidP="006A64BB">
+    <w:pPr>
+      <w:pStyle w:val="Stopka"/>
+      <w:jc w:val="right"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      </w:rPr>
+    </w:pPr>
+    <w:sdt>
+      <w:sdtPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:id w:val="878134762"/>
+        <w:docPartObj>
+          <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
+          <w:docPartUnique/>
+        </w:docPartObj>
+      </w:sdtPr>
+      <w:sdtEndPr/>
+      <w:sdtContent>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            </w:rPr>
+            <w:id w:val="1966534731"/>
+            <w:docPartObj>
+              <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
+              <w:docPartUnique/>
+            </w:docPartObj>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:r w:rsidR="00D42C7D" w:rsidRPr="003B5E81">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Strona </w:t>
+            </w:r>
+            <w:r w:rsidR="00D42C7D" w:rsidRPr="003B5E81">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidR="00D42C7D" w:rsidRPr="003B5E81">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:instrText>PAGE</w:instrText>
+            </w:r>
+            <w:r w:rsidR="00D42C7D" w:rsidRPr="003B5E81">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00FE1268">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00D42C7D" w:rsidRPr="003B5E81">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidR="00D42C7D" w:rsidRPr="003B5E81">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> z </w:t>
+            </w:r>
+            <w:r w:rsidR="00D42C7D" w:rsidRPr="003B5E81">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidR="00D42C7D" w:rsidRPr="003B5E81">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:instrText>NUMPAGES</w:instrText>
+            </w:r>
+            <w:r w:rsidR="00D42C7D" w:rsidRPr="003B5E81">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00FE1268">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="00D42C7D" w:rsidRPr="003B5E81">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:sdtContent>
+        </w:sdt>
+      </w:sdtContent>
+    </w:sdt>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00273EE9" w:rsidRDefault="00273EE9">
-[...7 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="60A5AC5F" w14:textId="77777777" w:rsidR="003770AD" w:rsidRDefault="003770AD" w:rsidP="00D42C7D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00273EE9" w:rsidRDefault="00273EE9">
+    <w:p w14:paraId="001FCE8B" w14:textId="77777777" w:rsidR="003770AD" w:rsidRDefault="003770AD" w:rsidP="00D42C7D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
-  <w:p w:rsidR="00127D66" w:rsidRDefault="003819BA">
+  <w:p w14:paraId="3A548A2F" w14:textId="77777777" w:rsidR="007932F4" w:rsidRDefault="00D42C7D" w:rsidP="00041A92">
     <w:pPr>
-      <w:pStyle w:val="Gb3b3b3b3b3b3b3b3b3f3f3f3f3f3f3f3f3f3wka"/>
-[...2 lines deleted...]
-      </w:rPr>
+      <w:pStyle w:val="Nagwek"/>
+      <w:tabs>
+        <w:tab w:val="clear" w:pos="4320"/>
+        <w:tab w:val="clear" w:pos="8640"/>
+        <w:tab w:val="left" w:pos="1815"/>
+      </w:tabs>
     </w:pPr>
     <w:r>
-      <w:rPr>
-[...60 lines deleted...]
-      </w:drawing>
+      <w:tab/>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-[...12 lines deleted...]
-      </w:pPr>
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:tbl>
+    <w:tblPr>
+      <w:tblStyle w:val="Tabela-Siatka"/>
+      <w:tblW w:w="0" w:type="auto"/>
+      <w:tblInd w:w="-318" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+      <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+    </w:tblPr>
+    <w:tblGrid>
+      <w:gridCol w:w="3828"/>
+      <w:gridCol w:w="5242"/>
+    </w:tblGrid>
+    <w:tr w:rsidR="006A64BB" w14:paraId="42FDA81D" w14:textId="77777777" w:rsidTr="00685DAE">
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="3828" w:type="dxa"/>
+        </w:tcPr>
+        <w:p w14:paraId="5410688F" w14:textId="77777777" w:rsidR="006A64BB" w:rsidRDefault="00D42C7D" w:rsidP="006A64BB">
+          <w:pPr>
+            <w:pStyle w:val="Nagwek"/>
+            <w:spacing w:line="240" w:lineRule="auto"/>
+            <w:jc w:val="center"/>
+            <w:rPr>
+              <w:noProof/>
+              <w:color w:val="0070C0"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:noProof/>
+              <w:color w:val="0070C0"/>
+            </w:rPr>
+            <w:drawing>
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1AEF2694" wp14:editId="63A7CB30">
+                <wp:extent cx="2263013" cy="709560"/>
+                <wp:effectExtent l="0" t="0" r="4445" b="0"/>
+                <wp:docPr id="3" name="Obraz 3"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                    <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:nvPicPr>
+                        <pic:cNvPr id="3" name="zkzl-bw.wmf"/>
+                        <pic:cNvPicPr/>
+                      </pic:nvPicPr>
+                      <pic:blipFill>
+                        <a:blip r:embed="rId1"/>
+                        <a:stretch>
+                          <a:fillRect/>
+                        </a:stretch>
+                      </pic:blipFill>
+                      <pic:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="2263013" cy="709560"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                      </pic:spPr>
+                    </pic:pic>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:inline>
+            </w:drawing>
+          </w:r>
+        </w:p>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="5242" w:type="dxa"/>
+        </w:tcPr>
+        <w:p w14:paraId="148810EA" w14:textId="77777777" w:rsidR="006A64BB" w:rsidRDefault="003770AD" w:rsidP="006A64BB">
+          <w:pPr>
+            <w:spacing w:line="240" w:lineRule="auto"/>
+            <w:jc w:val="left"/>
+            <w:rPr>
+              <w:noProof/>
+              <w:color w:val="0070C0"/>
+            </w:rPr>
+          </w:pPr>
+        </w:p>
+      </w:tc>
+    </w:tr>
+  </w:tbl>
+  <w:p w14:paraId="182748D7" w14:textId="77777777" w:rsidR="00F608AE" w:rsidRPr="007A3F86" w:rsidRDefault="003770AD" w:rsidP="007A3F86">
+    <w:pPr>
+      <w:pStyle w:val="Nagwek"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="4"/>
+        <w:szCs w:val="4"/>
       </w:rPr>
-    </w:lvl>
-[...1286 lines deleted...]
-</w:numbering>
+    </w:pPr>
+  </w:p>
+</w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
-  <w:embedSystemFonts/>
-[...1 lines deleted...]
-  <w:bordersDoNotSurroundFooter/>
   <w:proofState w:spelling="clean"/>
-  <w:attachedTemplate r:id="rId1"/>
-  <w:defaultTabStop w:val="709"/>
+  <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
-  <w:drawingGridHorizontalSpacing w:val="120"/>
-[...9 lines deleted...]
-  </w:hdrShapeDefaults>
+  <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
-    <w:spaceForUL/>
-[...4 lines deleted...]
-    <w:adjustLineHeightInTable/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="003819BA"/>
-[...298 lines deleted...]
-    <w:rsid w:val="00FE799D"/>
+    <w:rsidRoot w:val="00D42C7D"/>
+    <w:rsid w:val="000D4C1E"/>
+    <w:rsid w:val="00224B5A"/>
+    <w:rsid w:val="00295E6C"/>
+    <w:rsid w:val="00365D07"/>
+    <w:rsid w:val="003770AD"/>
+    <w:rsid w:val="003B5E81"/>
+    <w:rsid w:val="00415323"/>
+    <w:rsid w:val="00550AE5"/>
+    <w:rsid w:val="00560948"/>
+    <w:rsid w:val="00747516"/>
+    <w:rsid w:val="007803F7"/>
+    <w:rsid w:val="00796979"/>
+    <w:rsid w:val="007E10E0"/>
+    <w:rsid w:val="007E4F10"/>
+    <w:rsid w:val="008273B9"/>
+    <w:rsid w:val="008A7FBE"/>
+    <w:rsid w:val="008B5B16"/>
+    <w:rsid w:val="009729A2"/>
+    <w:rsid w:val="009F48A1"/>
+    <w:rsid w:val="00A324B0"/>
+    <w:rsid w:val="00A73F4B"/>
+    <w:rsid w:val="00AE79FB"/>
+    <w:rsid w:val="00B1670A"/>
+    <w:rsid w:val="00BC0031"/>
+    <w:rsid w:val="00BE32BE"/>
+    <w:rsid w:val="00C3595E"/>
+    <w:rsid w:val="00C62324"/>
+    <w:rsid w:val="00D42C7D"/>
+    <w:rsid w:val="00D54CEC"/>
+    <w:rsid w:val="00DD06AC"/>
+    <w:rsid w:val="00E87A72"/>
+    <w:rsid w:val="00E90EF1"/>
+    <w:rsid w:val="00EB0BD7"/>
+    <w:rsid w:val="00EC1F97"/>
+    <w:rsid w:val="00ED0170"/>
+    <w:rsid w:val="00EE74DD"/>
+    <w:rsid w:val="00F5755C"/>
+    <w:rsid w:val="00F94DB9"/>
+    <w:rsid w:val="00FB1C43"/>
+    <w:rsid w:val="00FC1C74"/>
+    <w:rsid w:val="00FC2B46"/>
+    <w:rsid w:val="00FE1268"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pl-PL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
-  <w:doNotIncludeSubdocsInStats/>
-  <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:defaultImageDpi w14:val="0"/>
+  <w14:docId w14:val="1DABAF8A"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
-        <w:lang w:val="pl-PL" w:eastAsia="pl-PL" w:bidi="ar-SA"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="pl-PL" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault/>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="267">
-[...198 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normalny">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00001BFD"/>
+    <w:rsid w:val="00D42C7D"/>
     <w:pPr>
-      <w:suppressAutoHyphens/>
-[...3 lines deleted...]
-      <w:spacing w:after="240" w:line="360" w:lineRule="auto"/>
+      <w:spacing w:line="276" w:lineRule="auto"/>
+      <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:color w:val="000000"/>
-      <w:kern w:val="1"/>
-[...2 lines deleted...]
-      <w:lang w:bidi="hi-IN"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Domylnaczcionkaakapitu">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Standardowy">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Bezlisty">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Nagb3b3b3b3b3b3b3b3b3f3f3f3f3f3f3f3f3f3wekZnak">
-    <w:name w:val="Nagłb3b3b3b3b3b3b3b3b3óf3f3f3f3f3f3f3f3f3wek Znak"/>
+  <w:style w:type="paragraph" w:styleId="Stopka">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:link w:val="StopkaZnak"/>
     <w:uiPriority w:val="99"/>
-    <w:rPr>
-[...1 lines deleted...]
-    </w:rPr>
+    <w:rsid w:val="00D42C7D"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4320"/>
+        <w:tab w:val="right" w:pos="8640"/>
+      </w:tabs>
+    </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="StopkaZnak">
     <w:name w:val="Stopka Znak"/>
-    <w:uiPriority w:val="99"/>
-[...2165 lines deleted...]
-    <w:name w:val="Stopka Znak10"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
     <w:link w:val="Stopka"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
-    <w:locked/>
+    <w:rsid w:val="00D42C7D"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Liberation Serif" w:cs="Mangal"/>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:color w:val="000000"/>
-      <w:kern w:val="1"/>
-[...403 lines deleted...]
-      <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Nagwek">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normalny"/>
     <w:link w:val="NagwekZnak"/>
     <w:uiPriority w:val="99"/>
-    <w:unhideWhenUsed/>
-    <w:rsid w:val="008B4066"/>
+    <w:rsid w:val="00D42C7D"/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="center" w:pos="4536"/>
-        <w:tab w:val="right" w:pos="9072"/>
+        <w:tab w:val="center" w:pos="4320"/>
+        <w:tab w:val="right" w:pos="8640"/>
       </w:tabs>
     </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="NagwekZnak">
+    <w:name w:val="Nagłówek Znak"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:link w:val="Nagwek"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00D42C7D"/>
     <w:rPr>
-      <w:rFonts w:cs="Mangal"/>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:color w:val="000000"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Bezodstpw">
+    <w:name w:val="No Spacing"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:link w:val="BezodstpwZnak"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00D42C7D"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Tabela-Siatka">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="Standardowy"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00D42C7D"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="pl-PL"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BezodstpwZnak">
+    <w:name w:val="Bez odstępów Znak"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:link w:val="Bezodstpw"/>
+    <w:uiPriority w:val="99"/>
+    <w:locked/>
+    <w:rsid w:val="00D42C7D"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:color w:val="000000"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="HTML-kod">
+    <w:name w:val="HTML Code"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00FC2B46"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+      <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="NagwekZnak">
-[...1 lines deleted...]
-    <w:link w:val="Nagwek"/>
+  <w:style w:type="paragraph" w:styleId="Tekstdymka">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:link w:val="TekstdymkaZnak"/>
     <w:uiPriority w:val="99"/>
-    <w:locked/>
-    <w:rsid w:val="008B4066"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00EC1F97"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Liberation Serif" w:cs="Mangal"/>
-[...4 lines deleted...]
-      <w:lang w:bidi="hi-IN"/>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Tekstprzypisukocowego">
-[...2 lines deleted...]
-    <w:link w:val="TekstprzypisukocowegoZnak"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TekstdymkaZnak">
+    <w:name w:val="Tekst dymka Znak"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:link w:val="Tekstdymka"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00332C7F"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00EC1F97"/>
     <w:rPr>
-      <w:rFonts w:cs="Mangal"/>
-[...11 lines deleted...]
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Liberation Serif" w:cs="Mangal"/>
+      <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:color w:val="000000"/>
-      <w:kern w:val="1"/>
-[...59 lines deleted...]
-      <w:szCs w:val="24"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
-        <w:lang w:val="pl-PL" w:eastAsia="pl-PL" w:bidi="ar-SA"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="pl-PL" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault/>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="267">
-[...198 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normalny">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00001BFD"/>
+    <w:rsid w:val="00D42C7D"/>
     <w:pPr>
-      <w:suppressAutoHyphens/>
-[...3 lines deleted...]
-      <w:spacing w:after="240" w:line="360" w:lineRule="auto"/>
+      <w:spacing w:line="276" w:lineRule="auto"/>
+      <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:color w:val="000000"/>
-      <w:kern w:val="1"/>
-[...2 lines deleted...]
-      <w:lang w:bidi="hi-IN"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Domylnaczcionkaakapitu">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Standardowy">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Bezlisty">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Nagb3b3b3b3b3b3b3b3b3f3f3f3f3f3f3f3f3f3wekZnak">
-    <w:name w:val="Nagłb3b3b3b3b3b3b3b3b3óf3f3f3f3f3f3f3f3f3wek Znak"/>
+  <w:style w:type="paragraph" w:styleId="Stopka">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:link w:val="StopkaZnak"/>
     <w:uiPriority w:val="99"/>
-    <w:rPr>
-[...1 lines deleted...]
-    </w:rPr>
+    <w:rsid w:val="00D42C7D"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4320"/>
+        <w:tab w:val="right" w:pos="8640"/>
+      </w:tabs>
+    </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="StopkaZnak">
     <w:name w:val="Stopka Znak"/>
-    <w:uiPriority w:val="99"/>
-[...2165 lines deleted...]
-    <w:name w:val="Stopka Znak10"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
     <w:link w:val="Stopka"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
-    <w:locked/>
+    <w:rsid w:val="00D42C7D"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Liberation Serif" w:cs="Mangal"/>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:color w:val="000000"/>
-      <w:kern w:val="1"/>
-[...403 lines deleted...]
-      <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Nagwek">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normalny"/>
     <w:link w:val="NagwekZnak"/>
     <w:uiPriority w:val="99"/>
-    <w:unhideWhenUsed/>
-    <w:rsid w:val="008B4066"/>
+    <w:rsid w:val="00D42C7D"/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="center" w:pos="4536"/>
-        <w:tab w:val="right" w:pos="9072"/>
+        <w:tab w:val="center" w:pos="4320"/>
+        <w:tab w:val="right" w:pos="8640"/>
       </w:tabs>
     </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="NagwekZnak">
+    <w:name w:val="Nagłówek Znak"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:link w:val="Nagwek"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00D42C7D"/>
     <w:rPr>
-      <w:rFonts w:cs="Mangal"/>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:color w:val="000000"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Bezodstpw">
+    <w:name w:val="No Spacing"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:link w:val="BezodstpwZnak"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00D42C7D"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Tabela-Siatka">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="Standardowy"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00D42C7D"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="pl-PL"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BezodstpwZnak">
+    <w:name w:val="Bez odstępów Znak"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:link w:val="Bezodstpw"/>
+    <w:uiPriority w:val="99"/>
+    <w:locked/>
+    <w:rsid w:val="00D42C7D"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:color w:val="000000"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="HTML-kod">
+    <w:name w:val="HTML Code"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00FC2B46"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+      <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="NagwekZnak">
-[...1 lines deleted...]
-    <w:link w:val="Nagwek"/>
+  <w:style w:type="paragraph" w:styleId="Tekstdymka">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:link w:val="TekstdymkaZnak"/>
     <w:uiPriority w:val="99"/>
-    <w:locked/>
-    <w:rsid w:val="008B4066"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00EC1F97"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Liberation Serif" w:cs="Mangal"/>
-[...4 lines deleted...]
-      <w:lang w:bidi="hi-IN"/>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Tekstprzypisukocowego">
-[...2 lines deleted...]
-    <w:link w:val="TekstprzypisukocowegoZnak"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TekstdymkaZnak">
+    <w:name w:val="Tekst dymka Znak"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:link w:val="Tekstdymka"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00332C7F"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00EC1F97"/>
     <w:rPr>
-      <w:rFonts w:cs="Mangal"/>
-[...11 lines deleted...]
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Liberation Serif" w:cs="Mangal"/>
+      <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:color w:val="000000"/>
-      <w:kern w:val="1"/>
-[...59 lines deleted...]
-      <w:szCs w:val="24"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
-    <w:div w:id="1916936499">
+    <w:div w:id="685329668">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="762452110">
+      <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
-        <w:div w:id="1916936500">
+        <w:div w:id="464322975">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
-    <w:div w:id="1916936501">
-[...11 lines deleted...]
-    <w:div w:id="1916936502">
+    <w:div w:id="1068459255">
+      <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
-  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
-<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+<file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/hdphoto" Target="media/hdphoto1.wdp"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/></Relationships>
 </file>
 
-<file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\bartwo\AppData\Local\Temp\notes6111BD\szablon%20interpelacja%20B.Guss.dotx" TargetMode="External"/></Relationships>
+<file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.wmf"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motyw pakietu Office">
   <a:themeElements>
     <a:clrScheme name="Pakiet Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Pakiet Office">
       <a:majorFont>
-        <a:latin typeface="Calibri Light"/>
+        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Pakiet Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
@@ -8598,103 +3769,223 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns="" xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" xmlns="" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D69AEA40-FE21-4DBD-80FF-A207F55110D9}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DC80BA38-7DD1-4A8B-979D-9FECBB4872A3}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>szablon interpelacja B.Guss</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>663</Characters>
+  <Pages>2</Pages>
+  <Words>663</Words>
+  <Characters>3984</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>5</Lines>
-  <Paragraphs>1</Paragraphs>
+  <Lines>33</Lines>
+  <Paragraphs>9</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Tytuł</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>sygnalizacja dot. interpelacji 193.2023 w sprawie podziału działki przy ul. Bukowskiej</vt:lpstr>
+      <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>772</CharactersWithSpaces>
+  <CharactersWithSpaces>4638</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>sygnalizacja dot. interpelacji 193.2023 w sprawie podziału działki przy ul. Bukowskiej</dc:title>
-[...1 lines deleted...]
-  <cp:keywords>interpelacja; sygnalizacja; podział działki; bukowska; zkzl</cp:keywords>
+  <dc:title>załącznik do odpowiedzi na interpelację 193.23</dc:title>
+  <dc:creator>Arkadiusz Bieganowski</dc:creator>
+  <cp:keywords>załącznik; pismo; zkzl; wspólnota mieszkaniowa; bukowska</cp:keywords>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Operator">
-    <vt:lpwstr>Bartosz Wojciech</vt:lpwstr>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ZnakPisma">
+    <vt:lpwstr>DW.605.94.2023.2</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="UNPPisma">
+    <vt:lpwstr>2023-129097</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="ZnakSprawy">
+    <vt:lpwstr>DW.605.94.2023</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="ZnakSprawyPrzedPrzeniesieniem">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="Autor">
+    <vt:lpwstr>RYCHLICKA JOANNA</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="AutorNumer">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="AutorKomorkaNadrzedna">
+    <vt:lpwstr>Dyrektor ds. Prawnych i Windykacji(P)</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="AutorInicjaly">
+    <vt:lpwstr>JR1</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="AutorNrTelefonu">
+    <vt:lpwstr>-</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="Stanowisko">
+    <vt:lpwstr>Pracownicy</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="OpisPisma">
+    <vt:lpwstr>Interpelacja radnego Michał Grześ Bukowska 37 - zły podział działki budynku</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="13" name="Komorka">
+    <vt:lpwstr>Dział Wspólnot</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="14" name="KodKomorki">
+    <vt:lpwstr>DW</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="15" name="AktualnaData">
+    <vt:lpwstr>2023-09-22</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="16" name="Wydzial">
+    <vt:lpwstr>Dział Wspólnot</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="17" name="KodWydzialu">
+    <vt:lpwstr>DW</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="18" name="ZaakceptowanePrzez">
+    <vt:lpwstr>n/d</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="19" name="PrzekazanieDo">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="20" name="PrzekazanieDoStanowisko">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="21" name="PrzekazanieDoKomorkaPracownika">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="22" name="PrzekazanieWgRozdzielnika">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="23" name="adresImie">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="24" name="adresNazwisko">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="25" name="adresNazwa">
+    <vt:lpwstr>URZĄD MIASTA POZNANIA WYDZIAŁ ORGANIZACYJNY</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="26" name="adresOddzial">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="27" name="adresTypUlicy">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="28" name="adresUlica">
+    <vt:lpwstr>KOLEGIACKI</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="29" name="adresNrDomu">
+    <vt:lpwstr>17</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="30" name="adresNrLokalu">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="31" name="adresKodPocztowy">
+    <vt:lpwstr>61-841</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="32" name="adresMiejscowosc">
+    <vt:lpwstr>POZNAŃ</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="33" name="adresPoczta">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="34" name="adresEMail">
+    <vt:lpwstr>Bartosz_Wojciech@um.poznan.pl</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="35" name="DataNaPismie">
+    <vt:lpwstr>brak</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="36" name="DataCzasWprowadzenia">
+    <vt:lpwstr>2023-09-22 11:49:18</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="37" name="TematSprawy">
+    <vt:lpwstr>Bukowska 37 interpelacja Radnego Michała Grzesia</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="38" name="ProwadzacySprawe">
+    <vt:lpwstr>RYCHLICKA JOANNA</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="39" name="DaneJednostki1">
+    <vt:lpwstr>192 641 000,00 zł</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="40" name="PolaDodatkowe1">
+    <vt:lpwstr>192 641 000,00 zł</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="41" name="KodKreskowy">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="42" name="TrescPisma">
+    <vt:lpwstr/>
   </property>
 </Properties>
 </file>