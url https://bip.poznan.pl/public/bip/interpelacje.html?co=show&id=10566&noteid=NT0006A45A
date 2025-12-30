--- v0 (2025-10-16)
+++ v1 (2025-12-30)
@@ -22,93 +22,98 @@
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
     <w:p w:rsidR="00127D66" w:rsidRPr="001C3189" w:rsidRDefault="00127D66" w:rsidP="00001BFD">
       <w:pPr>
         <w:ind w:left="6804"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00001BFD">
         <w:t>Poznań</w:t>
       </w:r>
       <w:r w:rsidR="00346642" w:rsidRPr="00001BFD">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="004A3A44">
-        <w:t>09.10</w:t>
+      <w:r w:rsidR="00765EE4">
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="009A69AA">
+        <w:t>0.09</w:t>
       </w:r>
       <w:r w:rsidRPr="00001BFD">
         <w:t>.202</w:t>
       </w:r>
       <w:r w:rsidR="00BA3484">
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidRPr="00001BFD">
         <w:t xml:space="preserve"> r</w:t>
       </w:r>
       <w:r w:rsidRPr="001C3189">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00127D66" w:rsidRPr="001C3189" w:rsidRDefault="00327C40" w:rsidP="00001BFD">
       <w:r w:rsidRPr="001C3189">
         <w:t>Znak sprawy: Or-II.</w:t>
       </w:r>
       <w:r w:rsidR="008148DB">
         <w:t>0003.1.</w:t>
       </w:r>
       <w:r w:rsidR="009A69AA">
         <w:t>195</w:t>
       </w:r>
       <w:r w:rsidR="00E01491">
         <w:t>.2023</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00094F56" w:rsidRDefault="00127D66" w:rsidP="00001BFD">
       <w:r w:rsidRPr="001C3189">
         <w:t>Nr rej.:</w:t>
       </w:r>
       <w:r w:rsidR="00327C40" w:rsidRPr="001C3189">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00834201">
-        <w:t>091023-3907</w:t>
+      <w:r w:rsidR="00A21EBF">
+        <w:t>200923-829</w:t>
       </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w:rsidR="002E0CCD" w:rsidRPr="001C3189" w:rsidRDefault="00963C97" w:rsidP="00094F56">
       <w:pPr>
         <w:ind w:left="5812"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00001BFD">
         <w:t>Pan</w:t>
       </w:r>
       <w:r w:rsidR="00094F56">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidR="005116AE">
         <w:t xml:space="preserve">Mateusz </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="005116AE">
         <w:t>Rozmiarek</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
@@ -155,433 +160,289 @@
       <w:r w:rsidR="005116AE">
         <w:t>y</w:t>
       </w:r>
       <w:r w:rsidRPr="00001BFD">
         <w:t xml:space="preserve"> Pan</w:t>
       </w:r>
       <w:r w:rsidR="00E01491">
         <w:t>i</w:t>
       </w:r>
       <w:r w:rsidR="005116AE">
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidRPr="00001BFD">
         <w:t xml:space="preserve"> Radn</w:t>
       </w:r>
       <w:r w:rsidR="005116AE">
         <w:t>y</w:t>
       </w:r>
       <w:r w:rsidR="00530F53" w:rsidRPr="001C3189">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0032424E" w:rsidRPr="0032424E" w:rsidRDefault="0032424E" w:rsidP="0032424E">
-[...1 lines deleted...]
-        <w:t>odpowiadając na otrzymaną za pośrednictwem Przewodniczącego Rady Miasta pismem z dnia 15 września 2023 r. i przekazaną mi przez Prezydenta Miasta do rozpatrzenia interpelację Pana Radnego w sprawie uzupełnienia informacji na temat danych z lat 2021-2023 dotyczących uchwał organów jednostek pomocniczych miasta Poznania, uprzejmie informuję:</w:t>
+    <w:p w:rsidR="005116AE" w:rsidRPr="005116AE" w:rsidRDefault="009A69AA" w:rsidP="005116AE">
+      <w:r w:rsidRPr="009A69AA">
+        <w:t>nawiązując do otrzymanej za pośrednictwem Przewodniczącego Rady Miasta pismem z dnia 15 września 2023 r. i przekazanej mi przez Prezydenta Miasta do rozpatrzenia interpelacji Pana Radnego w sprawie uzupełnienia informacji na temat danych z lat 2021-2023 dotyczących uchwał organów jednostek pomocniczych miasta Poznania, uprzejmie informuję, iż z uwagi na szeroki zakres zagadnień poruszonych w interpelacji oraz czas potrzebny na analizę dokumentacji, nie zostanie dotrzymany ustawowy termin udzielenia odpowiedzi.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0032424E" w:rsidRPr="0032424E" w:rsidRDefault="0032424E" w:rsidP="0032424E">
-[...136 lines deleted...]
-        <w:t>1 projekt uchwały (zgłoszony jako inicjatywa uchwałodawcza) nie został dopuszczony do dalszego procedowania z uwagi na jego wycofanie przez wnioskodawcę.</w:t>
+    <w:p w:rsidR="005116AE" w:rsidRPr="005116AE" w:rsidRDefault="005116AE" w:rsidP="005116AE">
+      <w:r w:rsidRPr="005116AE">
+        <w:t>Za powstałe opóźnienie uprzejmie Pana Radnego przepraszam.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="005116AE" w:rsidRPr="005116AE" w:rsidRDefault="008F70E3" w:rsidP="005116AE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="5245"/>
       </w:pPr>
       <w:r w:rsidRPr="001C3189">
         <w:t>Z wyrazami szacunku</w:t>
       </w:r>
       <w:r w:rsidR="00001BFD">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00094F56">
         <w:br/>
       </w:r>
-      <w:r w:rsidR="004A3A44">
-[...1 lines deleted...]
-      </w:r>
       <w:r w:rsidR="004E2D6A" w:rsidRPr="001C3189">
-        <w:t xml:space="preserve"> MIASTA</w:t>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> POZNANIA</w:t>
+        <w:t>Z up. PREZYDENTA MIASTA</w:t>
       </w:r>
       <w:r w:rsidR="009A69AA">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="005116AE" w:rsidRPr="005116AE" w:rsidRDefault="005116AE" w:rsidP="005116AE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="5245"/>
       </w:pPr>
       <w:r w:rsidRPr="005116AE">
         <w:t>(-) Stanisław Tamm</w:t>
+      </w:r>
+      <w:r w:rsidR="009A69AA">
+        <w:br/>
+        <w:t>Sekretarz Miasta Poznania</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="008F70E3" w:rsidRPr="001C3189" w:rsidRDefault="008F70E3" w:rsidP="00001BFD">
       <w:pPr>
         <w:spacing w:before="600"/>
       </w:pPr>
       <w:r w:rsidRPr="00094F56">
         <w:t>Do wiadomości:</w:t>
       </w:r>
       <w:r w:rsidR="00094F56">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00094F56">
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="001C3189">
         <w:t>Przewodniczący Rady Miasta</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="008F70E3" w:rsidRPr="001C3189">
       <w:footerReference w:type="default" r:id="rId9"/>
       <w:headerReference w:type="first" r:id="rId10"/>
       <w:footerReference w:type="first" r:id="rId11"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="2829" w:right="1106" w:bottom="1276" w:left="1134" w:header="708" w:footer="616" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:formProt w:val="0"/>
       <w:noEndnote/>
       <w:titlePg/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00F52112" w:rsidRDefault="00F52112">
+    <w:p w:rsidR="00186AC6" w:rsidRDefault="00186AC6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00F52112" w:rsidRDefault="00F52112">
+    <w:p w:rsidR="00186AC6" w:rsidRDefault="00186AC6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Times New Roman">
-    <w:altName w:val="Times"/>
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20002A87" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
-    <w:altName w:val="Symbol"/>
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
-    <w:altName w:val="Courier New"/>
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="EE"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
-    <w:altName w:val="Wingdings"/>
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
-    <w:altName w:val="Calibri"/>
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Garamond">
     <w:altName w:val="Garamond"/>
     <w:panose1 w:val="02020404030301010803"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00006FF" w:usb1="0000FCFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Liberation Sans">
     <w:altName w:val="Arial"/>
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0000AFF" w:usb1="500078FF" w:usb2="00000021" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
-    <w:altName w:val="Arial"/>
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20002A87" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Liberation Serif">
     <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0000AFF" w:usb1="500078FF" w:usb2="00000021" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Mangal">
-    <w:altName w:val="Liberation Mono"/>
+    <w:altName w:val="Gentium Basic"/>
     <w:panose1 w:val="02040503050203030202"/>
     <w:charset w:val="01"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00002007" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000003" w:csb1="00000000"/>
+    <w:sig w:usb0="00002000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
-    <w:altName w:val="Tahoma"/>
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w:rsidR="00B95E55" w:rsidRPr="001C3189" w:rsidRDefault="00B95E55">
     <w:pPr>
       <w:pStyle w:val="Stopka"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:cs="Calibri"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="001C3189">
       <w:rPr>
         <w:rFonts w:cs="Calibri"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="001C3189">
       <w:rPr>
         <w:rFonts w:cs="Calibri"/>
       </w:rPr>
       <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
     </w:r>
     <w:r w:rsidRPr="001C3189">
       <w:rPr>
         <w:rFonts w:cs="Calibri"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00834201">
+    <w:r w:rsidR="005116AE">
       <w:rPr>
         <w:rFonts w:cs="Calibri"/>
         <w:noProof/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r w:rsidRPr="001C3189">
       <w:rPr>
         <w:rFonts w:cs="Calibri"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w:rsidR="00127D66" w:rsidRDefault="00127D66">
     <w:pPr>
       <w:pStyle w:val="Stopka"/>
       <w:spacing w:line="312" w:lineRule="auto"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
     </w:pPr>
   </w:p>
@@ -626,65 +487,65 @@
       <w:rPr>
         <w:spacing w:val="-8"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="fr-FR"/>
       </w:rPr>
       <w:t>Urząd Miasta Poznania, pl. Kolegiacki 17, 61-841 Poznań, tel. +48 61 878 53 26 fax +48 61 878 54 31, sekretariat_s.tamm@um.poznan.pl, www.poznan.pl</w:t>
     </w:r>
   </w:p>
   <w:p w:rsidR="00127D66" w:rsidRDefault="00127D66">
     <w:pPr>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00F52112" w:rsidRDefault="00F52112">
+    <w:p w:rsidR="00186AC6" w:rsidRDefault="00186AC6">
       <w:r w:rsidRPr="001C3189">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif"/>
           <w:color w:val="auto"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00F52112" w:rsidRDefault="00F52112">
+    <w:p w:rsidR="00186AC6" w:rsidRDefault="00186AC6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w:rsidR="00127D66" w:rsidRDefault="00DA183D">
     <w:pPr>
       <w:pStyle w:val="Gb3b3b3b3b3b3b3b3b3f3f3f3f3f3f3f3f3f3wka"/>
       <w:rPr>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
@@ -731,276 +592,50 @@
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
-    <w:nsid w:val="0C030652"/>
-[...224 lines deleted...]
-  <w:abstractNum w:abstractNumId="2">
     <w:nsid w:val="172462F2"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="00000000"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
@@ -1069,164 +704,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3">
-[...112 lines deleted...]
-  <w:abstractNum w:abstractNumId="4">
+  <w:abstractNum w:abstractNumId="1">
     <w:nsid w:val="2FD06C2D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1A3E187A"/>
     <w:lvl w:ilvl="0" w:tplc="04150001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
@@ -1295,51 +817,51 @@
     <w:lvl w:ilvl="7" w:tplc="04150003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04150005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5">
+  <w:abstractNum w:abstractNumId="2">
     <w:nsid w:val="375C1008"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="00000000"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
@@ -1408,51 +930,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6">
+  <w:abstractNum w:abstractNumId="3">
     <w:nsid w:val="4FC57D79"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="0D0A8C72"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="851" w:hanging="454"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
@@ -1521,164 +1043,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7">
-[...112 lines deleted...]
-  <w:abstractNum w:abstractNumId="8">
+  <w:abstractNum w:abstractNumId="4">
     <w:nsid w:val="63D4111B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F4E480E8"/>
     <w:lvl w:ilvl="0" w:tplc="04150001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
@@ -1748,51 +1157,51 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04150005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
-    <w:abstractNumId w:val="5"/>
+    <w:abstractNumId w:val="2"/>
     <w:lvlOverride w:ilvl="0">
       <w:lvl w:ilvl="0">
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
         <w:lvlText w:val="%1)"/>
         <w:lvlJc w:val="left"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:lvl w:ilvl="1">
         <w:start w:val="1"/>
         <w:numFmt w:val="lowerLetter"/>
         <w:lvlText w:val="%2)"/>
         <w:lvlJc w:val="left"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:lvl w:ilvl="2">
         <w:start w:val="1"/>
@@ -1850,51 +1259,51 @@
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:lvl w:ilvl="7">
         <w:start w:val="1"/>
         <w:numFmt w:val="lowerLetter"/>
         <w:lvlText w:val="%8."/>
         <w:lvlJc w:val="left"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:lvl w:ilvl="8">
         <w:start w:val="1"/>
         <w:numFmt w:val="lowerRoman"/>
         <w:lvlText w:val="%9."/>
         <w:lvlJc w:val="left"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="2">
-    <w:abstractNumId w:val="5"/>
+    <w:abstractNumId w:val="2"/>
     <w:lvlOverride w:ilvl="0">
       <w:lvl w:ilvl="0">
         <w:start w:val="1"/>
         <w:numFmt w:val="upperRoman"/>
         <w:lvlText w:val="%1."/>
         <w:lvlJc w:val="left"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:lvl w:ilvl="1">
         <w:start w:val="1"/>
         <w:numFmt w:val="upperLetter"/>
         <w:lvlText w:val="%2."/>
         <w:lvlJc w:val="left"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:lvl w:ilvl="2">
         <w:start w:val="1"/>
@@ -1952,51 +1361,51 @@
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:lvl w:ilvl="7">
         <w:start w:val="1"/>
         <w:numFmt w:val="lowerLetter"/>
         <w:lvlText w:val="(%8)"/>
         <w:lvlJc w:val="left"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:lvl w:ilvl="8">
         <w:start w:val="1"/>
         <w:numFmt w:val="lowerRoman"/>
         <w:lvlText w:val="(%9)"/>
         <w:lvlJc w:val="left"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="3">
-    <w:abstractNumId w:val="5"/>
+    <w:abstractNumId w:val="2"/>
     <w:lvlOverride w:ilvl="0">
       <w:lvl w:ilvl="0">
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
         <w:lvlText w:val="%1."/>
         <w:lvlJc w:val="left"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:lvl w:ilvl="1">
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
         <w:lvlText w:val="%1.%2."/>
         <w:lvlJc w:val="left"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:lvl w:ilvl="2">
         <w:start w:val="1"/>
@@ -2054,54 +1463,54 @@
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:lvl w:ilvl="7">
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
         <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
         <w:lvlJc w:val="left"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:lvl w:ilvl="8">
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
         <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
         <w:lvlJc w:val="left"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="4">
-    <w:abstractNumId w:val="4"/>
+    <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="5">
-    <w:abstractNumId w:val="2"/>
+    <w:abstractNumId w:val="0"/>
     <w:lvlOverride w:ilvl="0">
       <w:lvl w:ilvl="0">
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
         <w:lvlText w:val="%1)"/>
         <w:lvlJc w:val="left"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:lvl w:ilvl="1">
         <w:start w:val="1"/>
         <w:numFmt w:val="lowerLetter"/>
         <w:lvlText w:val="%2)"/>
         <w:lvlJc w:val="left"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:lvl w:ilvl="2">
         <w:start w:val="1"/>
@@ -2159,51 +1568,51 @@
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:lvl w:ilvl="7">
         <w:start w:val="1"/>
         <w:numFmt w:val="lowerLetter"/>
         <w:lvlText w:val="%8."/>
         <w:lvlJc w:val="left"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:lvl w:ilvl="8">
         <w:start w:val="1"/>
         <w:numFmt w:val="lowerRoman"/>
         <w:lvlText w:val="%9."/>
         <w:lvlJc w:val="left"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="6">
-    <w:abstractNumId w:val="2"/>
+    <w:abstractNumId w:val="0"/>
     <w:lvlOverride w:ilvl="0">
       <w:lvl w:ilvl="0">
         <w:start w:val="1"/>
         <w:numFmt w:val="upperRoman"/>
         <w:lvlText w:val="%1."/>
         <w:lvlJc w:val="left"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:lvl w:ilvl="1">
         <w:start w:val="1"/>
         <w:numFmt w:val="upperLetter"/>
         <w:lvlText w:val="%2."/>
         <w:lvlJc w:val="left"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:lvl w:ilvl="2">
         <w:start w:val="1"/>
@@ -2261,51 +1670,51 @@
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:lvl w:ilvl="7">
         <w:start w:val="1"/>
         <w:numFmt w:val="lowerLetter"/>
         <w:lvlText w:val="(%8)"/>
         <w:lvlJc w:val="left"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:lvl w:ilvl="8">
         <w:start w:val="1"/>
         <w:numFmt w:val="lowerRoman"/>
         <w:lvlText w:val="(%9)"/>
         <w:lvlJc w:val="left"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="7">
-    <w:abstractNumId w:val="2"/>
+    <w:abstractNumId w:val="0"/>
     <w:lvlOverride w:ilvl="0">
       <w:lvl w:ilvl="0">
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
         <w:lvlText w:val="%1."/>
         <w:lvlJc w:val="left"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:lvl w:ilvl="1">
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
         <w:lvlText w:val="%1.%2."/>
         <w:lvlJc w:val="left"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:lvl w:ilvl="2">
         <w:start w:val="1"/>
@@ -2363,66 +1772,54 @@
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:lvl w:ilvl="7">
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
         <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
         <w:lvlJc w:val="left"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:lvl w:ilvl="8">
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
         <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
         <w:lvlJc w:val="left"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="8">
-    <w:abstractNumId w:val="8"/>
+    <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="9">
-    <w:abstractNumId w:val="6"/>
-[...7 lines deleted...]
-  <w:num w:numId="12">
     <w:abstractNumId w:val="3"/>
-  </w:num>
-[...1 lines deleted...]
-    <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
   <w:bordersDoNotSurroundHeader/>
   <w:bordersDoNotSurroundFooter/>
   <w:proofState w:spelling="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:defaultTabStop w:val="709"/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:drawingGridVerticalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="3"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:characterSpacingControl w:val="compressPunctuation"/>
   <w:doNotValidateAgainstSchema/>
   <w:doNotDemarcateInvalidXml/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
@@ -2446,51 +1843,50 @@
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="000417D5"/>
     <w:rsid w:val="00001BFD"/>
     <w:rsid w:val="00023C66"/>
     <w:rsid w:val="00024438"/>
     <w:rsid w:val="00026044"/>
     <w:rsid w:val="000417D5"/>
     <w:rsid w:val="000534CE"/>
     <w:rsid w:val="00056714"/>
     <w:rsid w:val="0006405F"/>
     <w:rsid w:val="0006544F"/>
     <w:rsid w:val="000676BB"/>
     <w:rsid w:val="00085812"/>
     <w:rsid w:val="00086C24"/>
     <w:rsid w:val="00086E56"/>
     <w:rsid w:val="00094252"/>
     <w:rsid w:val="00094E31"/>
     <w:rsid w:val="00094F56"/>
     <w:rsid w:val="000959A9"/>
     <w:rsid w:val="000A2E7F"/>
     <w:rsid w:val="000A3873"/>
-    <w:rsid w:val="000B56F2"/>
     <w:rsid w:val="000C1818"/>
     <w:rsid w:val="000D5061"/>
     <w:rsid w:val="000D53FD"/>
     <w:rsid w:val="000D6587"/>
     <w:rsid w:val="000E2F25"/>
     <w:rsid w:val="000F10E2"/>
     <w:rsid w:val="000F68D2"/>
     <w:rsid w:val="00100908"/>
     <w:rsid w:val="0010164C"/>
     <w:rsid w:val="00104128"/>
     <w:rsid w:val="00107C8F"/>
     <w:rsid w:val="00112580"/>
     <w:rsid w:val="00117C11"/>
     <w:rsid w:val="00120C28"/>
     <w:rsid w:val="00127D66"/>
     <w:rsid w:val="00131698"/>
     <w:rsid w:val="0014484D"/>
     <w:rsid w:val="00164171"/>
     <w:rsid w:val="00165DE5"/>
     <w:rsid w:val="001676A9"/>
     <w:rsid w:val="00177ED4"/>
     <w:rsid w:val="00181C27"/>
     <w:rsid w:val="00186AC6"/>
     <w:rsid w:val="00193997"/>
     <w:rsid w:val="001A0A65"/>
@@ -2503,75 +1899,73 @@
     <w:rsid w:val="001E410E"/>
     <w:rsid w:val="001F1813"/>
     <w:rsid w:val="002043DB"/>
     <w:rsid w:val="0021050C"/>
     <w:rsid w:val="00215321"/>
     <w:rsid w:val="0022060F"/>
     <w:rsid w:val="00222CD6"/>
     <w:rsid w:val="00241C80"/>
     <w:rsid w:val="002531C6"/>
     <w:rsid w:val="0025515F"/>
     <w:rsid w:val="00273375"/>
     <w:rsid w:val="0028454A"/>
     <w:rsid w:val="00286735"/>
     <w:rsid w:val="002A2CC8"/>
     <w:rsid w:val="002A34D6"/>
     <w:rsid w:val="002B4162"/>
     <w:rsid w:val="002C1820"/>
     <w:rsid w:val="002C229E"/>
     <w:rsid w:val="002C615B"/>
     <w:rsid w:val="002D57EA"/>
     <w:rsid w:val="002E0CCD"/>
     <w:rsid w:val="002F224A"/>
     <w:rsid w:val="002F2B9D"/>
     <w:rsid w:val="002F685E"/>
     <w:rsid w:val="003147ED"/>
-    <w:rsid w:val="0032424E"/>
     <w:rsid w:val="00327C40"/>
     <w:rsid w:val="00330A39"/>
     <w:rsid w:val="00330C25"/>
     <w:rsid w:val="00332C7F"/>
     <w:rsid w:val="00346642"/>
     <w:rsid w:val="00356512"/>
     <w:rsid w:val="003657F3"/>
     <w:rsid w:val="00371E81"/>
     <w:rsid w:val="003720A1"/>
     <w:rsid w:val="00376694"/>
     <w:rsid w:val="00395DAE"/>
     <w:rsid w:val="003B2B68"/>
     <w:rsid w:val="003B716F"/>
     <w:rsid w:val="003D0CF8"/>
     <w:rsid w:val="003E0856"/>
     <w:rsid w:val="003F3BC8"/>
     <w:rsid w:val="004100D7"/>
     <w:rsid w:val="00426A54"/>
     <w:rsid w:val="00444C44"/>
     <w:rsid w:val="004464E9"/>
     <w:rsid w:val="00480984"/>
     <w:rsid w:val="00495636"/>
     <w:rsid w:val="004A0346"/>
-    <w:rsid w:val="004A3A44"/>
     <w:rsid w:val="004B6B32"/>
     <w:rsid w:val="004C7A0B"/>
     <w:rsid w:val="004E2D6A"/>
     <w:rsid w:val="004F1F55"/>
     <w:rsid w:val="005015EB"/>
     <w:rsid w:val="005116AE"/>
     <w:rsid w:val="005157BD"/>
     <w:rsid w:val="00530F53"/>
     <w:rsid w:val="00564C6F"/>
     <w:rsid w:val="00574AAA"/>
     <w:rsid w:val="005805D1"/>
     <w:rsid w:val="00587FED"/>
     <w:rsid w:val="00597096"/>
     <w:rsid w:val="00597F25"/>
     <w:rsid w:val="005A556F"/>
     <w:rsid w:val="005B475E"/>
     <w:rsid w:val="005C2D05"/>
     <w:rsid w:val="005E4A55"/>
     <w:rsid w:val="005F2FC4"/>
     <w:rsid w:val="005F46D1"/>
     <w:rsid w:val="006044E4"/>
     <w:rsid w:val="00605A18"/>
     <w:rsid w:val="0061594F"/>
     <w:rsid w:val="00624255"/>
     <w:rsid w:val="00647DB7"/>
@@ -2586,51 +1980,50 @@
     <w:rsid w:val="007242D8"/>
     <w:rsid w:val="007254DA"/>
     <w:rsid w:val="00734E81"/>
     <w:rsid w:val="00737ADF"/>
     <w:rsid w:val="007404A0"/>
     <w:rsid w:val="00740F0B"/>
     <w:rsid w:val="0074574B"/>
     <w:rsid w:val="0075049D"/>
     <w:rsid w:val="007635E6"/>
     <w:rsid w:val="00765EE4"/>
     <w:rsid w:val="00781EEE"/>
     <w:rsid w:val="00785D01"/>
     <w:rsid w:val="00786310"/>
     <w:rsid w:val="0078684D"/>
     <w:rsid w:val="007940BA"/>
     <w:rsid w:val="007978FA"/>
     <w:rsid w:val="007C1BCA"/>
     <w:rsid w:val="007C239F"/>
     <w:rsid w:val="007F02C8"/>
     <w:rsid w:val="007F194F"/>
     <w:rsid w:val="007F343B"/>
     <w:rsid w:val="007F343D"/>
     <w:rsid w:val="007F4EF5"/>
     <w:rsid w:val="008148DB"/>
     <w:rsid w:val="008263C8"/>
-    <w:rsid w:val="00834201"/>
     <w:rsid w:val="008408C1"/>
     <w:rsid w:val="00860023"/>
     <w:rsid w:val="00870D5C"/>
     <w:rsid w:val="00876321"/>
     <w:rsid w:val="00894DB7"/>
     <w:rsid w:val="008B4066"/>
     <w:rsid w:val="008C60A2"/>
     <w:rsid w:val="008D5DD2"/>
     <w:rsid w:val="008F6F6F"/>
     <w:rsid w:val="008F70E3"/>
     <w:rsid w:val="009005EF"/>
     <w:rsid w:val="00903647"/>
     <w:rsid w:val="009044F0"/>
     <w:rsid w:val="009047D5"/>
     <w:rsid w:val="00930B86"/>
     <w:rsid w:val="00937C3D"/>
     <w:rsid w:val="00945449"/>
     <w:rsid w:val="00946D1C"/>
     <w:rsid w:val="009575F0"/>
     <w:rsid w:val="00961AF7"/>
     <w:rsid w:val="00963C97"/>
     <w:rsid w:val="00967B34"/>
     <w:rsid w:val="00984D26"/>
     <w:rsid w:val="00993B97"/>
     <w:rsid w:val="009A69AA"/>
@@ -2707,51 +2100,50 @@
     <w:rsid w:val="00E01491"/>
     <w:rsid w:val="00E0328B"/>
     <w:rsid w:val="00E07DC4"/>
     <w:rsid w:val="00E17FCF"/>
     <w:rsid w:val="00E43606"/>
     <w:rsid w:val="00E4589E"/>
     <w:rsid w:val="00E45C83"/>
     <w:rsid w:val="00E46A0C"/>
     <w:rsid w:val="00E62559"/>
     <w:rsid w:val="00E73D79"/>
     <w:rsid w:val="00E753E8"/>
     <w:rsid w:val="00E75719"/>
     <w:rsid w:val="00E87110"/>
     <w:rsid w:val="00E9439A"/>
     <w:rsid w:val="00EB6467"/>
     <w:rsid w:val="00EC2120"/>
     <w:rsid w:val="00EC62DE"/>
     <w:rsid w:val="00EC79E6"/>
     <w:rsid w:val="00ED5774"/>
     <w:rsid w:val="00EE19D8"/>
     <w:rsid w:val="00F17EB2"/>
     <w:rsid w:val="00F20CA4"/>
     <w:rsid w:val="00F27B37"/>
     <w:rsid w:val="00F359E6"/>
     <w:rsid w:val="00F47F27"/>
-    <w:rsid w:val="00F52112"/>
     <w:rsid w:val="00F555AC"/>
     <w:rsid w:val="00F6061F"/>
     <w:rsid w:val="00F61FD3"/>
     <w:rsid w:val="00F67871"/>
     <w:rsid w:val="00F67A69"/>
     <w:rsid w:val="00F91B3C"/>
     <w:rsid w:val="00F93AF6"/>
     <w:rsid w:val="00FA5046"/>
     <w:rsid w:val="00FB2985"/>
     <w:rsid w:val="00FC010D"/>
     <w:rsid w:val="00FD08B9"/>
     <w:rsid w:val="00FD08D6"/>
     <w:rsid w:val="00FE6639"/>
     <w:rsid w:val="00FE799D"/>
     <w:rsid w:val="00FF4F61"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
@@ -2987,50 +2379,51 @@
     <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normalny">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00001BFD"/>
     <w:pPr>
       <w:suppressAutoHyphens/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:after="240" w:line="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="000000"/>
       <w:kern w:val="1"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="22"/>
       <w:lang w:bidi="hi-IN"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Domylnaczcionkaakapitu">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Standardowy">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Bezlisty">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Nagb3b3b3b3b3b3b3b3b3f3f3f3f3f3f3f3f3f3wekZnak">
     <w:name w:val="Nagłb3b3b3b3b3b3b3b3b3óf3f3f3f3f3f3f3f3f3wek Znak"/>
@@ -5953,50 +5346,51 @@
     <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normalny">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00001BFD"/>
     <w:pPr>
       <w:suppressAutoHyphens/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:after="240" w:line="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="000000"/>
       <w:kern w:val="1"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="22"/>
       <w:lang w:bidi="hi-IN"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Domylnaczcionkaakapitu">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Standardowy">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Bezlisty">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Nagb3b3b3b3b3b3b3b3b3f3f3f3f3f3f3f3f3f3wekZnak">
     <w:name w:val="Nagłb3b3b3b3b3b3b3b3b3óf3f3f3f3f3f3f3f3f3wek Znak"/>
@@ -9011,103 +8405,103 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" xmlns="" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns="" xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CFD8FCBC-10DC-426E-B5AD-46B1FD1306F8}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A29ACE94-2B54-4FC6-B71E-86480854ADC0}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>szablon interpelacja B.Guss</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>1897</Characters>
+  <Pages>1</Pages>
+  <Words>121</Words>
+  <Characters>732</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>15</Lines>
-  <Paragraphs>4</Paragraphs>
+  <Lines>6</Lines>
+  <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Tytuł</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>sygnalizacja do interpelacji nr 195.2023 w sprawie uzup. danych dot. uchwał organów jednostek pomocniczych Miasta</vt:lpstr>
+      <vt:lpstr>sygnalizacja do interpelacji nr 171/2023 w sprawie danych z lat 2021-2023 dotyczących uchwał organów jednostek pomocniczych Miasta Poznania</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2209</CharactersWithSpaces>
+  <CharactersWithSpaces>852</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>odpowiedź na interpelację 195.2023 w sprawie uzup. danych dot. uchwał organów jednostek pomocniczych Miasta</dc:title>
+  <dc:title>sygnalizacja do interpelacji nr 195.2023 w sprawie uzup. danych dot. uchwał organów jednostek pomocniczych Miasta</dc:title>
   <dc:creator>x</dc:creator>
   <cp:keywords>uchwały organów jednostek pomocniczych Miasta Poznania, odpowiedź na interpelację</cp:keywords>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Operator">
     <vt:lpwstr>Bartosz Wojciech</vt:lpwstr>
   </property>
 </Properties>
 </file>