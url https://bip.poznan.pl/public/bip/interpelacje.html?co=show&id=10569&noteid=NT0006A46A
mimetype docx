--- v0 (2025-10-16)
+++ v1 (2026-02-13)
@@ -19,117 +19,117 @@
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
     <w:p w:rsidR="00127D66" w:rsidRPr="001C3189" w:rsidRDefault="00127D66" w:rsidP="00001BFD">
       <w:pPr>
         <w:ind w:left="6804"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00001BFD">
         <w:t>Poznań</w:t>
       </w:r>
-      <w:r w:rsidR="00346642" w:rsidRPr="00001BFD">
-        <w:t xml:space="preserve">, </w:t>
+      <w:r w:rsidR="003C3426">
+        <w:t>, 28</w:t>
       </w:r>
-      <w:r w:rsidR="005F2FD9">
-        <w:t>04.10</w:t>
+      <w:r w:rsidR="00940391">
+        <w:t>.09</w:t>
       </w:r>
       <w:r w:rsidRPr="00001BFD">
         <w:t>.202</w:t>
       </w:r>
       <w:r w:rsidR="00BA3484">
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidRPr="00001BFD">
         <w:t xml:space="preserve"> r</w:t>
       </w:r>
       <w:r w:rsidRPr="001C3189">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00127D66" w:rsidRPr="001C3189" w:rsidRDefault="00327C40" w:rsidP="00001BFD">
       <w:r w:rsidRPr="001C3189">
         <w:t>Znak sprawy: Or-II.</w:t>
       </w:r>
-      <w:r w:rsidR="005F2FD9">
+      <w:r w:rsidR="004A0122">
         <w:t>0003.1.196</w:t>
       </w:r>
       <w:r w:rsidR="0043613F">
         <w:t>.2023</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00094F56" w:rsidRDefault="00127D66" w:rsidP="00001BFD">
       <w:r w:rsidRPr="001C3189">
         <w:t>Nr rej.:</w:t>
       </w:r>
       <w:r w:rsidR="00327C40" w:rsidRPr="001C3189">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00881760">
-        <w:t>041023-5202</w:t>
+      <w:r w:rsidR="00B647CA">
+        <w:t>280923-2599</w:t>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w:rsidR="002E0CCD" w:rsidRPr="001C3189" w:rsidRDefault="00963C97" w:rsidP="00094F56">
       <w:pPr>
         <w:ind w:left="5812"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00001BFD">
         <w:t>Pan</w:t>
       </w:r>
       <w:r w:rsidR="00094F56">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidR="005F2FD9">
+      <w:r w:rsidR="004A0122">
         <w:t xml:space="preserve">Mateusz </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="005F2FD9">
+      <w:r w:rsidR="004A0122">
         <w:t>Rozmiarek</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00094F56">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00094F56">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidR="0043613F">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:t>Radn</w:t>
       </w:r>
       <w:r w:rsidR="00755E66">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
@@ -151,233 +151,163 @@
       <w:r w:rsidRPr="00001BFD">
         <w:t>Szanown</w:t>
       </w:r>
       <w:r w:rsidR="00755E66">
         <w:t>y</w:t>
       </w:r>
       <w:r w:rsidRPr="00001BFD">
         <w:t xml:space="preserve"> Pani</w:t>
       </w:r>
       <w:r w:rsidR="00755E66">
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidRPr="00001BFD">
         <w:t xml:space="preserve"> Radn</w:t>
       </w:r>
       <w:r w:rsidR="00755E66">
         <w:t>y</w:t>
       </w:r>
       <w:r w:rsidR="00530F53" w:rsidRPr="001C3189">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005F2FD9" w:rsidRPr="005F2FD9" w:rsidRDefault="005F2FD9" w:rsidP="005F2FD9">
-[...1 lines deleted...]
-        <w:t>odpowiadając na otrzymaną za pośrednictwem Przewodniczącego Rady Miasta pismem z dnia 15 września 2023 r. i przekazaną mi przez Prezydenta Miasta do rozpatrzenia interpelację Pana Radnego w sprawie dodatkowego uzupełnienia informacji nt. przebiegu oraz rezultatów postępowań o zapłatę odszkodowań z racji podjęcia uchwały Nr XLIX/742/VI/2013 Rady Miasta Poznania</w:t>
+    <w:p w:rsidR="003C3426" w:rsidRPr="003C3426" w:rsidRDefault="003C3426" w:rsidP="003C3426">
+      <w:r w:rsidRPr="003C3426">
+        <w:t>nawiązując do otrzymanej za pośrednictwem Przewodniczącego Rady Miasta pismem z dnia 15 września 2023 r. i przekazanej mi przez Prezydenta Miasta do rozpatrzenia interpelacji Pana Radnego w sprawie dodatkowego uzupełnienia informacji nt. przebiegu oraz rezultatów postępowań o zapłatę odszkodowań z racji podjęcia uchwały Nr XLIX/742/VI/2013 Rady Miasta Poznania</w:t>
       </w:r>
-      <w:r w:rsidRPr="005F2FD9">
+      <w:r w:rsidRPr="003C3426">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:footnoteReference w:id="1"/>
       </w:r>
-      <w:r w:rsidRPr="005F2FD9">
-        <w:t>, uprzejmie informuję:</w:t>
+      <w:r w:rsidRPr="003C3426">
+        <w:t>, uprzejmie informuję, iż z uwagi na konieczność skorzystania z zasobów archiwalnych dotyczących przedmiotowej sprawy, nie zostanie dotrzymany ustawowy termin udzielenia odpowiedzi.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005F2FD9" w:rsidRPr="005F2FD9" w:rsidRDefault="005F2FD9" w:rsidP="005F2FD9">
-[...71 lines deleted...]
-        <w:t>Podkreślić należy, że ani w toku postępowania w przedmiocie ustalenia warunków zabudowy, ani po jego umorzeniu, inwestor nie składał zażalenia na przewlekłość postępowania prowadzonego w Wydziale Urbanistyki i Architektury oraz na niezałatwienie sprawy w terminie przewidzianym w przepisach Kodeksu postępowania administracyjnego. Inwestor nie składał również skargi na bezczynność organu w trybie ustawy Prawo o postępowaniu przed sądami administracyjnymi i nie zaskarżał rozstrzygnięć o zawieszeniu postępowania administracyjnego. Inwestor wniósł natomiast o zasądzenie od Miasta Poznań kwoty 15.699.136,54 zł z tytułu odszkodowania w związku z bezprawnym działaniem pozwanego polegającym na niewydaniu decyzji o warunkach zabudowy. W dniu 18 grudnia 2014 r. Sąd Okręgowy w Poznaniu oddalił powództwo przeciwko Miastu.</w:t>
+    <w:p w:rsidR="00EF7E0E" w:rsidRDefault="003C3426" w:rsidP="003C3426">
+      <w:r w:rsidRPr="003C3426">
+        <w:t>Za powstałe opóźnienie uprzejmie Pana Radnego przepraszam.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00E9439A" w:rsidRPr="001C3189" w:rsidRDefault="008F70E3" w:rsidP="00001BFD">
       <w:pPr>
         <w:ind w:left="5245"/>
       </w:pPr>
       <w:r w:rsidRPr="001C3189">
         <w:t>Z wyrazami szacunku</w:t>
       </w:r>
       <w:r w:rsidR="00001BFD">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00094F56">
         <w:br/>
       </w:r>
       <w:r w:rsidR="004E2D6A" w:rsidRPr="001C3189">
         <w:t>Z up. PREZYDENTA MIASTA</w:t>
       </w:r>
       <w:r w:rsidR="00094F56">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00094F56">
         <w:br/>
       </w:r>
       <w:r w:rsidR="004E2D6A" w:rsidRPr="001C3189">
+        <w:lastRenderedPageBreak/>
         <w:t>(-)</w:t>
       </w:r>
       <w:r w:rsidR="00094F56">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0043613F">
         <w:t xml:space="preserve">Bartosz </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="0043613F">
         <w:t>Guss</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00094F56">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00094F56">
         <w:br/>
       </w:r>
       <w:r w:rsidR="004E2D6A" w:rsidRPr="001C3189">
         <w:t>Z-CA PREZYDENTA MIASTA POZNANIA</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="008F70E3" w:rsidRPr="001C3189" w:rsidRDefault="008F70E3" w:rsidP="00001BFD">
       <w:pPr>
         <w:spacing w:before="600"/>
       </w:pPr>
       <w:r w:rsidRPr="00094F56">
-        <w:lastRenderedPageBreak/>
         <w:t>Do wiadomości:</w:t>
       </w:r>
       <w:r w:rsidR="00094F56">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00094F56">
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="001C3189">
         <w:t>Przewodniczący Rady Miasta</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="008F70E3" w:rsidRPr="001C3189">
       <w:footerReference w:type="default" r:id="rId9"/>
       <w:headerReference w:type="first" r:id="rId10"/>
       <w:footerReference w:type="first" r:id="rId11"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="2829" w:right="1106" w:bottom="1276" w:left="1134" w:header="708" w:footer="616" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:formProt w:val="0"/>
       <w:noEndnote/>
       <w:titlePg/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="000D7B4D" w:rsidRDefault="000D7B4D">
+    <w:p w:rsidR="008A7319" w:rsidRDefault="008A7319">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="000D7B4D" w:rsidRDefault="000D7B4D">
+    <w:p w:rsidR="008A7319" w:rsidRDefault="008A7319">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -480,51 +410,51 @@
     <w:pPr>
       <w:pStyle w:val="Stopka"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:cs="Calibri"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="001C3189">
       <w:rPr>
         <w:rFonts w:cs="Calibri"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="001C3189">
       <w:rPr>
         <w:rFonts w:cs="Calibri"/>
       </w:rPr>
       <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
     </w:r>
     <w:r w:rsidRPr="001C3189">
       <w:rPr>
         <w:rFonts w:cs="Calibri"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00881760">
+    <w:r w:rsidR="00B647CA">
       <w:rPr>
         <w:rFonts w:cs="Calibri"/>
         <w:noProof/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r w:rsidRPr="001C3189">
       <w:rPr>
         <w:rFonts w:cs="Calibri"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w:rsidR="00127D66" w:rsidRDefault="00127D66">
     <w:pPr>
       <w:pStyle w:val="Stopka"/>
       <w:spacing w:line="312" w:lineRule="auto"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
     </w:pPr>
   </w:p>
@@ -632,143 +562,100 @@
       <w:rPr>
         <w:spacing w:val="-8"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="fr-FR"/>
       </w:rPr>
       <w:t xml:space="preserve"> www.poznan.pl</w:t>
     </w:r>
   </w:p>
   <w:p w:rsidR="00127D66" w:rsidRDefault="00127D66">
     <w:pPr>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="000D7B4D" w:rsidRDefault="000D7B4D">
+    <w:p w:rsidR="008A7319" w:rsidRDefault="008A7319">
       <w:r w:rsidRPr="001C3189">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif"/>
           <w:color w:val="auto"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="000D7B4D" w:rsidRDefault="000D7B4D">
+    <w:p w:rsidR="008A7319" w:rsidRDefault="008A7319">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
-    <w:p w:rsidR="005F2FD9" w:rsidRDefault="005F2FD9" w:rsidP="005F2FD9">
+    <w:p w:rsidR="003C3426" w:rsidRDefault="003C3426" w:rsidP="003C3426">
       <w:pPr>
         <w:pStyle w:val="Tekstprzypisudolnego"/>
       </w:pPr>
-      <w:r w:rsidRPr="006E1AA8">
+      <w:r w:rsidRPr="003C3426">
         <w:rPr>
           <w:rStyle w:val="Odwoanieprzypisudolnego"/>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
-      <w:r w:rsidRPr="006E1AA8">
+      <w:r w:rsidRPr="003C3426">
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="005F2FD9">
+      <w:r w:rsidRPr="003C3426">
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Calibri"/>
+          <w:rFonts w:cs="Calibri"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>uchwała Nr XLIX/742/VI/2013 Rady Miasta Poznania z dnia 16 kwietnia 2013 r. w sprawie miejscowego planu zagospodarowania przestrzennego osiedla Zwycięstwa w Poznaniu</w:t>
-      </w:r>
-[...41 lines deleted...]
-        <w:t>).</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w:rsidR="00127D66" w:rsidRDefault="003819BA">
     <w:pPr>
       <w:pStyle w:val="Gb3b3b3b3b3b3b3b3b3f3f3f3f3f3f3f3f3f3wka"/>
       <w:rPr>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657728" behindDoc="1" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="4D2B26E5">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>-783590</wp:posOffset>
           </wp:positionH>
@@ -1376,163 +1263,50 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5">
-    <w:nsid w:val="51154F21"/>
-[...111 lines deleted...]
-  <w:abstractNum w:abstractNumId="6">
     <w:nsid w:val="63D4111B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F4E480E8"/>
     <w:lvl w:ilvl="0" w:tplc="04150001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
@@ -2217,362 +1991,370 @@
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:lvl w:ilvl="7">
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
         <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
         <w:lvlJc w:val="left"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:lvl w:ilvl="8">
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
         <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
         <w:lvlJc w:val="left"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="8">
-    <w:abstractNumId w:val="6"/>
+    <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="9">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="10">
     <w:abstractNumId w:val="0"/>
-  </w:num>
-[...1 lines deleted...]
-    <w:abstractNumId w:val="5"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
   <w:bordersDoNotSurroundHeader/>
   <w:bordersDoNotSurroundFooter/>
   <w:proofState w:spelling="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:defaultTabStop w:val="709"/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:drawingGridVerticalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="3"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:characterSpacingControl w:val="compressPunctuation"/>
   <w:doNotValidateAgainstSchema/>
   <w:doNotDemarcateInvalidXml/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:spaceForUL/>
     <w:balanceSingleByteDoubleByteWidth/>
     <w:doNotLeaveBackslashAlone/>
     <w:ulTrailSpace/>
     <w:doNotExpandShiftReturn/>
     <w:adjustLineHeightInTable/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="003819BA"/>
     <w:rsid w:val="00001BFD"/>
+    <w:rsid w:val="00006FB4"/>
     <w:rsid w:val="00023C66"/>
     <w:rsid w:val="00024438"/>
     <w:rsid w:val="00026044"/>
     <w:rsid w:val="000534CE"/>
     <w:rsid w:val="00056714"/>
     <w:rsid w:val="0006405F"/>
     <w:rsid w:val="0006544F"/>
     <w:rsid w:val="000676BB"/>
     <w:rsid w:val="00085812"/>
     <w:rsid w:val="00086C24"/>
     <w:rsid w:val="00086E56"/>
     <w:rsid w:val="00094252"/>
     <w:rsid w:val="00094E31"/>
     <w:rsid w:val="00094F56"/>
     <w:rsid w:val="000959A9"/>
     <w:rsid w:val="000A2E7F"/>
     <w:rsid w:val="000C1818"/>
     <w:rsid w:val="000D5061"/>
     <w:rsid w:val="000D53FD"/>
     <w:rsid w:val="000D6587"/>
-    <w:rsid w:val="000D7B4D"/>
     <w:rsid w:val="000E2F25"/>
     <w:rsid w:val="000F10E2"/>
     <w:rsid w:val="000F68D2"/>
     <w:rsid w:val="00100908"/>
     <w:rsid w:val="0010164C"/>
     <w:rsid w:val="00104128"/>
     <w:rsid w:val="00107C8F"/>
     <w:rsid w:val="00112580"/>
     <w:rsid w:val="00117C11"/>
     <w:rsid w:val="00120C28"/>
     <w:rsid w:val="00127D66"/>
     <w:rsid w:val="00131698"/>
     <w:rsid w:val="0014484D"/>
     <w:rsid w:val="00164171"/>
     <w:rsid w:val="00165DE5"/>
     <w:rsid w:val="001676A9"/>
     <w:rsid w:val="00177ED4"/>
     <w:rsid w:val="00181C27"/>
     <w:rsid w:val="00193997"/>
     <w:rsid w:val="001A0A65"/>
     <w:rsid w:val="001C00FA"/>
     <w:rsid w:val="001C3189"/>
     <w:rsid w:val="001D3E74"/>
     <w:rsid w:val="001D695A"/>
     <w:rsid w:val="001D6F38"/>
     <w:rsid w:val="001E3878"/>
     <w:rsid w:val="001E410E"/>
     <w:rsid w:val="001F1813"/>
     <w:rsid w:val="00203E2E"/>
     <w:rsid w:val="0021050C"/>
     <w:rsid w:val="00215321"/>
     <w:rsid w:val="0022060F"/>
     <w:rsid w:val="00222CD6"/>
     <w:rsid w:val="00225FFC"/>
     <w:rsid w:val="00241C80"/>
-    <w:rsid w:val="002471E2"/>
     <w:rsid w:val="002531C6"/>
     <w:rsid w:val="0025515F"/>
     <w:rsid w:val="00273375"/>
+    <w:rsid w:val="00273EE9"/>
     <w:rsid w:val="0028454A"/>
     <w:rsid w:val="00286735"/>
     <w:rsid w:val="002A2CC8"/>
     <w:rsid w:val="002A34D6"/>
+    <w:rsid w:val="002A5CFC"/>
     <w:rsid w:val="002B4162"/>
     <w:rsid w:val="002B612C"/>
     <w:rsid w:val="002C1820"/>
     <w:rsid w:val="002C229E"/>
     <w:rsid w:val="002C615B"/>
     <w:rsid w:val="002D4C4E"/>
     <w:rsid w:val="002D57EA"/>
     <w:rsid w:val="002E0CCD"/>
     <w:rsid w:val="002F224A"/>
     <w:rsid w:val="002F685E"/>
     <w:rsid w:val="003147ED"/>
     <w:rsid w:val="0032639B"/>
     <w:rsid w:val="00327C40"/>
     <w:rsid w:val="00330A39"/>
     <w:rsid w:val="00330C25"/>
     <w:rsid w:val="00332C7F"/>
     <w:rsid w:val="00342B41"/>
     <w:rsid w:val="00343C98"/>
     <w:rsid w:val="00346642"/>
     <w:rsid w:val="00350330"/>
     <w:rsid w:val="00356512"/>
     <w:rsid w:val="003657F3"/>
     <w:rsid w:val="00371E81"/>
     <w:rsid w:val="00376694"/>
     <w:rsid w:val="003819BA"/>
     <w:rsid w:val="00395DAE"/>
+    <w:rsid w:val="003A7227"/>
     <w:rsid w:val="003B2B68"/>
     <w:rsid w:val="003B716F"/>
+    <w:rsid w:val="003C3426"/>
     <w:rsid w:val="003D0CF8"/>
     <w:rsid w:val="003E0856"/>
     <w:rsid w:val="003F3BC8"/>
     <w:rsid w:val="004100D7"/>
     <w:rsid w:val="0042351F"/>
     <w:rsid w:val="00426A54"/>
     <w:rsid w:val="0043613F"/>
     <w:rsid w:val="00444C44"/>
     <w:rsid w:val="004464E9"/>
+    <w:rsid w:val="004750AF"/>
     <w:rsid w:val="00480984"/>
     <w:rsid w:val="00495636"/>
+    <w:rsid w:val="004A0122"/>
     <w:rsid w:val="004A0346"/>
     <w:rsid w:val="004B6B32"/>
     <w:rsid w:val="004C7A0B"/>
     <w:rsid w:val="004D31F1"/>
     <w:rsid w:val="004E2D6A"/>
     <w:rsid w:val="004F1F55"/>
     <w:rsid w:val="005015EB"/>
+    <w:rsid w:val="00502BA0"/>
     <w:rsid w:val="005157BD"/>
     <w:rsid w:val="00530F53"/>
     <w:rsid w:val="00564C6F"/>
     <w:rsid w:val="00574AAA"/>
     <w:rsid w:val="005805D1"/>
     <w:rsid w:val="00587FED"/>
     <w:rsid w:val="00597096"/>
     <w:rsid w:val="00597F25"/>
     <w:rsid w:val="005A556F"/>
     <w:rsid w:val="005B475E"/>
     <w:rsid w:val="005C2D05"/>
     <w:rsid w:val="005F2FC4"/>
-    <w:rsid w:val="005F2FD9"/>
     <w:rsid w:val="005F46D1"/>
     <w:rsid w:val="006044E4"/>
     <w:rsid w:val="00605A18"/>
     <w:rsid w:val="0061594F"/>
     <w:rsid w:val="00624255"/>
     <w:rsid w:val="00647DB7"/>
     <w:rsid w:val="00655A22"/>
     <w:rsid w:val="00671ED1"/>
     <w:rsid w:val="00672CA1"/>
     <w:rsid w:val="00681F26"/>
     <w:rsid w:val="006A4468"/>
     <w:rsid w:val="006C3A8D"/>
     <w:rsid w:val="006F23BB"/>
     <w:rsid w:val="00712DB9"/>
     <w:rsid w:val="007242D8"/>
     <w:rsid w:val="007254DA"/>
     <w:rsid w:val="00731FE0"/>
     <w:rsid w:val="00734E81"/>
     <w:rsid w:val="00737ADF"/>
     <w:rsid w:val="007404A0"/>
     <w:rsid w:val="00740F0B"/>
     <w:rsid w:val="0074574B"/>
     <w:rsid w:val="0075049D"/>
     <w:rsid w:val="00755E66"/>
     <w:rsid w:val="007635E6"/>
     <w:rsid w:val="00781EEE"/>
     <w:rsid w:val="00785D01"/>
     <w:rsid w:val="00786310"/>
     <w:rsid w:val="0078684D"/>
     <w:rsid w:val="007940BA"/>
     <w:rsid w:val="007C1BCA"/>
     <w:rsid w:val="007C239F"/>
     <w:rsid w:val="007F02C8"/>
     <w:rsid w:val="007F194F"/>
     <w:rsid w:val="007F343B"/>
     <w:rsid w:val="007F343D"/>
     <w:rsid w:val="007F4EF5"/>
+    <w:rsid w:val="00805089"/>
     <w:rsid w:val="008263C8"/>
     <w:rsid w:val="008408C1"/>
     <w:rsid w:val="00860023"/>
     <w:rsid w:val="00870D5C"/>
     <w:rsid w:val="00876321"/>
-    <w:rsid w:val="00881760"/>
     <w:rsid w:val="00894DB7"/>
+    <w:rsid w:val="008A7319"/>
     <w:rsid w:val="008B4066"/>
     <w:rsid w:val="008D5363"/>
     <w:rsid w:val="008D5DD2"/>
     <w:rsid w:val="008F6F6F"/>
     <w:rsid w:val="008F70E3"/>
     <w:rsid w:val="00903647"/>
     <w:rsid w:val="009044F0"/>
     <w:rsid w:val="009047D5"/>
     <w:rsid w:val="00930B86"/>
     <w:rsid w:val="00937C3D"/>
+    <w:rsid w:val="00940391"/>
     <w:rsid w:val="00945449"/>
     <w:rsid w:val="00946D1C"/>
     <w:rsid w:val="009575F0"/>
     <w:rsid w:val="00961AF7"/>
     <w:rsid w:val="00963C97"/>
     <w:rsid w:val="00967B34"/>
     <w:rsid w:val="00993B97"/>
     <w:rsid w:val="009A7850"/>
     <w:rsid w:val="009A7CA3"/>
     <w:rsid w:val="009C1310"/>
     <w:rsid w:val="009C3D40"/>
     <w:rsid w:val="009E41E2"/>
     <w:rsid w:val="009F0B3E"/>
     <w:rsid w:val="009F0EAA"/>
     <w:rsid w:val="009F58BA"/>
     <w:rsid w:val="00A170D5"/>
     <w:rsid w:val="00A17B9A"/>
     <w:rsid w:val="00A25216"/>
     <w:rsid w:val="00A35258"/>
     <w:rsid w:val="00A40F0B"/>
     <w:rsid w:val="00A537E4"/>
     <w:rsid w:val="00A54ECC"/>
     <w:rsid w:val="00A624AB"/>
     <w:rsid w:val="00A74796"/>
     <w:rsid w:val="00A76EE5"/>
     <w:rsid w:val="00A904A2"/>
+    <w:rsid w:val="00A95C13"/>
+    <w:rsid w:val="00A974EA"/>
     <w:rsid w:val="00AA3E53"/>
     <w:rsid w:val="00AC3010"/>
     <w:rsid w:val="00AE1E38"/>
     <w:rsid w:val="00AF57E2"/>
     <w:rsid w:val="00B22F09"/>
     <w:rsid w:val="00B4032B"/>
     <w:rsid w:val="00B55925"/>
+    <w:rsid w:val="00B647CA"/>
     <w:rsid w:val="00B7790F"/>
     <w:rsid w:val="00B8243C"/>
     <w:rsid w:val="00B9078A"/>
     <w:rsid w:val="00B90F8F"/>
     <w:rsid w:val="00B95E55"/>
     <w:rsid w:val="00BA1C47"/>
     <w:rsid w:val="00BA3484"/>
     <w:rsid w:val="00C04394"/>
     <w:rsid w:val="00C3317F"/>
     <w:rsid w:val="00C41D5C"/>
     <w:rsid w:val="00C45265"/>
     <w:rsid w:val="00C46E76"/>
     <w:rsid w:val="00C4787E"/>
     <w:rsid w:val="00C63232"/>
     <w:rsid w:val="00C67B2C"/>
     <w:rsid w:val="00C75504"/>
     <w:rsid w:val="00C77067"/>
     <w:rsid w:val="00C84622"/>
     <w:rsid w:val="00C874E7"/>
     <w:rsid w:val="00C9161F"/>
     <w:rsid w:val="00C91F22"/>
     <w:rsid w:val="00CD0709"/>
     <w:rsid w:val="00D00570"/>
     <w:rsid w:val="00D13C01"/>
     <w:rsid w:val="00D278D9"/>
     <w:rsid w:val="00D40B0B"/>
     <w:rsid w:val="00D44D41"/>
     <w:rsid w:val="00D60FBE"/>
     <w:rsid w:val="00D61FB7"/>
     <w:rsid w:val="00D76476"/>
     <w:rsid w:val="00D832DA"/>
     <w:rsid w:val="00D85CB2"/>
     <w:rsid w:val="00D959C6"/>
     <w:rsid w:val="00DB09DF"/>
     <w:rsid w:val="00DB1CB1"/>
     <w:rsid w:val="00DB63F0"/>
     <w:rsid w:val="00DB7566"/>
     <w:rsid w:val="00DC6042"/>
     <w:rsid w:val="00DD0858"/>
     <w:rsid w:val="00DD77A2"/>
     <w:rsid w:val="00DE7342"/>
     <w:rsid w:val="00DE7FCA"/>
     <w:rsid w:val="00DF7645"/>
     <w:rsid w:val="00E0328B"/>
+    <w:rsid w:val="00E06D7C"/>
     <w:rsid w:val="00E07DC4"/>
     <w:rsid w:val="00E17FCF"/>
     <w:rsid w:val="00E43606"/>
     <w:rsid w:val="00E4589E"/>
     <w:rsid w:val="00E45C83"/>
     <w:rsid w:val="00E46A0C"/>
     <w:rsid w:val="00E62559"/>
     <w:rsid w:val="00E73D79"/>
     <w:rsid w:val="00E753E8"/>
     <w:rsid w:val="00E75719"/>
     <w:rsid w:val="00E87110"/>
     <w:rsid w:val="00E9439A"/>
     <w:rsid w:val="00EB6467"/>
     <w:rsid w:val="00EC2120"/>
     <w:rsid w:val="00EC62DE"/>
     <w:rsid w:val="00EC79E6"/>
     <w:rsid w:val="00ED5774"/>
     <w:rsid w:val="00EE19D8"/>
     <w:rsid w:val="00EF7E0E"/>
     <w:rsid w:val="00F17EB2"/>
     <w:rsid w:val="00F20CA4"/>
     <w:rsid w:val="00F359E6"/>
     <w:rsid w:val="00F454DB"/>
     <w:rsid w:val="00F47F27"/>
     <w:rsid w:val="00F555AC"/>
@@ -8860,103 +8642,103 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" xmlns="" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns="" xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5D5465D6-9815-4D60-807F-547C6F94008A}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CD522D3F-8E1B-4232-8969-38656BE75553}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>szablon interpelacja B.Guss</Template>
   <TotalTime></TotalTime>
-  <Pages>4</Pages>
-[...1 lines deleted...]
-  <Characters>3985</Characters>
+  <Pages>2</Pages>
+  <Words>126</Words>
+  <Characters>762</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>33</Lines>
-  <Paragraphs>9</Paragraphs>
+  <Lines>6</Lines>
+  <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Tytuł</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>Odpowiedź na interpelację Or-II.0003.1.112.2023 w sprawie budowy boiska przy ul. Buczka</vt:lpstr>
+      <vt:lpstr>sygnalizacja dot. interpelacji 193.2023 w sprawie podziału działki przy ul. Bukowskiej</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4640</CharactersWithSpaces>
+  <CharactersWithSpaces>887</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>odpowiedź na interpelację 196.2023 w sprawie uzupełnienia informacji dot. postępowań z racji podjęcia uchwały RMP</dc:title>
+  <dc:title>sygnalizacja dot. interpelacji 196.2023 sprawie uzupełnienia informacji nt. postępowań z racji podjęcia uchwały RMP</dc:title>
   <dc:creator>Bartosz Wojciech</dc:creator>
-  <cp:keywords>interpelacja; odpowiedź na interpelację; warunki zabudowy; postępowanie; odszkodowanie; os. zwycięstwa</cp:keywords>
+  <cp:keywords>interpelacja; sygnalizacja; warunki zabudowy; postępowanie; odszkodowanie; os. zwycięstwa</cp:keywords>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Operator">
     <vt:lpwstr>Bartosz Wojciech</vt:lpwstr>
   </property>
 </Properties>
 </file>