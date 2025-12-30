--- v0 (2025-11-07)
+++ v1 (2025-12-30)
@@ -1,2500 +1,1305 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
-  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
-[...3 lines deleted...]
-  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w:rsidR="00127D66" w:rsidRPr="001C3189" w:rsidRDefault="00127D66" w:rsidP="00001BFD">
-[...47 lines deleted...]
-        <w:t>111023-7631</w:t>
+    <w:p w14:paraId="3E800526" w14:textId="77777777" w:rsidR="009717C9" w:rsidRPr="00B5581F" w:rsidRDefault="009717C9" w:rsidP="00B5581F">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="50525227" w14:textId="578097DB" w:rsidR="008109C3" w:rsidRPr="00B5581F" w:rsidRDefault="00B5581F" w:rsidP="00B5581F">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B5581F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Poznań, 2</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB0AA7" w:rsidRPr="00B5581F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8 </w:t>
+      </w:r>
+      <w:r w:rsidR="00FE5935" w:rsidRPr="00B5581F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>września</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B5581F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2023r.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="012689B9" w14:textId="77777777" w:rsidR="008109C3" w:rsidRPr="00B5581F" w:rsidRDefault="00B5581F" w:rsidP="00B5581F">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B5581F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00B5581F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00B5581F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00B5581F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E7E32BB" w14:textId="77777777" w:rsidR="008109C3" w:rsidRPr="00B5581F" w:rsidRDefault="00B5581F" w:rsidP="00B5581F">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="5670"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B5581F">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Szanowny Pan</w:t>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:p w:rsidR="002E0CCD" w:rsidRPr="001C3189" w:rsidRDefault="00963C97" w:rsidP="00094F56">
-[...183 lines deleted...]
-      <w:type w:val="continuous"/>
+    <w:p w14:paraId="0A6D1671" w14:textId="77777777" w:rsidR="008109C3" w:rsidRPr="00B5581F" w:rsidRDefault="00B5581F" w:rsidP="00B5581F">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B5581F">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00B5581F">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00B5581F">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00B5581F">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00B5581F">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00B5581F">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00B5581F">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00B5581F">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Jacek Jaśkowiak</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16029836" w14:textId="77777777" w:rsidR="008109C3" w:rsidRPr="00B5581F" w:rsidRDefault="00B5581F" w:rsidP="00B5581F">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B5581F">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00B5581F">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00B5581F">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00B5581F">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00B5581F">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00B5581F">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00B5581F">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00B5581F">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Prezydent Miasta Poznania</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="441EE361" w14:textId="77777777" w:rsidR="00BB0AA7" w:rsidRPr="00B5581F" w:rsidRDefault="00BB0AA7" w:rsidP="00B5581F">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C961B11" w14:textId="12C5AA31" w:rsidR="008109C3" w:rsidRPr="00B5581F" w:rsidRDefault="00B5581F" w:rsidP="00B5581F">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B5581F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B5581F">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>nterpelacja</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25995802" w14:textId="4EBF8BAD" w:rsidR="008109C3" w:rsidRPr="00B5581F" w:rsidRDefault="00B5581F" w:rsidP="00B5581F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B5581F">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">            w sprawie </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB0AA7" w:rsidRPr="00B5581F">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>koczowiska osób w kryzysie bezdomności na Pętli Ogrody</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E8FCC7F" w14:textId="77777777" w:rsidR="00BB0AA7" w:rsidRPr="00B5581F" w:rsidRDefault="00BB0AA7" w:rsidP="00B5581F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4DF073FD" w14:textId="77777777" w:rsidR="00D95B11" w:rsidRPr="00B5581F" w:rsidRDefault="00D95B11" w:rsidP="00B5581F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="109B562C" w14:textId="40E274AD" w:rsidR="00032B06" w:rsidRPr="00B5581F" w:rsidRDefault="00032B06" w:rsidP="00B5581F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B5581F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve">W ciągu ostatnich kilku miesięcy wewnątrz Pętli Ogrody, na terenach zarządzanych przez Zarząd Transportu Miejskiego, grupa ludzi </w:t>
+      </w:r>
+      <w:r w:rsidR="00F03605" w:rsidRPr="00B5581F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>prawdopodobnie borykająca się z kryzysem bezdomności organizuje sobie regularne koczowisko, śpiąc tam, spożywając alkohol, załatwiając swoje potrzeby fizjologiczne, śmiecąc i ogólnie zakłócając bezpieczeństwo i porządek publiczny. Ponadto nie jest znany ich tan zdrowia a więc przy obecnym okresie jesiennym ich zdrowie i życie również mo</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE5935" w:rsidRPr="00B5581F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>gą</w:t>
+      </w:r>
+      <w:r w:rsidR="00F03605" w:rsidRPr="00B5581F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> być zagrożone.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="715723A6" w14:textId="629101C2" w:rsidR="00F03605" w:rsidRPr="00B5581F" w:rsidRDefault="00F03605" w:rsidP="00B5581F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B5581F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Otrzymałam informacje, </w:t>
+      </w:r>
+      <w:r w:rsidR="00D95B11" w:rsidRPr="00B5581F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>ż</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B5581F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve">e zarówno straż miejska jak i policja </w:t>
+      </w:r>
+      <w:r w:rsidR="00D95B11" w:rsidRPr="00B5581F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>interweniują w tym miejscu i sprzątają koczowiska, a więc naniesione tam rzeczy, ale w miejscu starych powstają nowe</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE5935" w:rsidRPr="00B5581F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> i są wobec tego bezsilni</w:t>
+      </w:r>
+      <w:r w:rsidR="00D95B11" w:rsidRPr="00B5581F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12012C5C" w14:textId="15F654E2" w:rsidR="00D95B11" w:rsidRPr="00B5581F" w:rsidRDefault="00D95B11" w:rsidP="00B5581F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B5581F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t>Bardzo proszę o informację  czy i jakie  Miasto podjęło kroki aby rozwiązać wskazany problem społeczny, tj. pomóc przebywającym tam osobom i jednocześnie nie dopuszczać do organizowania miejsc bytowania</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE5935" w:rsidRPr="00B5581F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> i zakłócania porządku publicznego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06BC2778" w14:textId="77777777" w:rsidR="00D95B11" w:rsidRPr="00B5581F" w:rsidRDefault="00D95B11" w:rsidP="00B5581F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="07F1EBD7" w14:textId="77777777" w:rsidR="00F03605" w:rsidRPr="00B5581F" w:rsidRDefault="00F03605" w:rsidP="00B5581F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="04A14AEC" w14:textId="77777777" w:rsidR="00F03605" w:rsidRPr="00B5581F" w:rsidRDefault="00F03605" w:rsidP="00B5581F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="31406E5A" w14:textId="77777777" w:rsidR="00032B06" w:rsidRPr="00B5581F" w:rsidRDefault="00032B06" w:rsidP="00B5581F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2BAD50A8" w14:textId="77777777" w:rsidR="00032B06" w:rsidRPr="00B5581F" w:rsidRDefault="00032B06" w:rsidP="00B5581F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="173EB4B1" w14:textId="640986F8" w:rsidR="008109C3" w:rsidRPr="00B5581F" w:rsidRDefault="00B5581F" w:rsidP="00B5581F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B5581F">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A43653F" w14:textId="77777777" w:rsidR="008109C3" w:rsidRPr="00B5581F" w:rsidRDefault="00B5581F" w:rsidP="00B5581F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="6379"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B5581F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Z poważaniem</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="568FCC4C" w14:textId="77777777" w:rsidR="008109C3" w:rsidRPr="00B5581F" w:rsidRDefault="00B5581F" w:rsidP="00B5581F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B5581F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                    Radna Miasta Poznania</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="659D521A" w14:textId="77777777" w:rsidR="008109C3" w:rsidRPr="00B5581F" w:rsidRDefault="00B5581F" w:rsidP="00B5581F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B5581F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                    Anna Wilczewska</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F63AF1F" w14:textId="77777777" w:rsidR="008109C3" w:rsidRPr="00B5581F" w:rsidRDefault="00B5581F" w:rsidP="00B5581F">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="709"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B5581F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B5581F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                             </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B5581F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                              </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B5581F">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0E4225E3" wp14:editId="1AB41EFA">
+            <wp:extent cx="1086485" cy="436880"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="1" name="Obraz 4"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name="Obraz 4"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId5"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="1086485" cy="436880"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="008109C3" w:rsidRPr="00B5581F">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="2829" w:right="1106" w:bottom="1276" w:left="1134" w:header="708" w:footer="616" w:gutter="0"/>
+      <w:pgMar w:top="435" w:right="1421" w:bottom="638" w:left="1230" w:header="0" w:footer="0" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:formProt w:val="0"/>
-      <w:noEndnote/>
-      <w:titlePg/>
+      <w:docGrid w:linePitch="360" w:charSpace="4096"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
-<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-[...23 lines deleted...]
-
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
-[...31 lines deleted...]
-  </w:font>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Calibri">
-    <w:altName w:val="Century Gothic"/>
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Garamond">
-[...1 lines deleted...]
-    <w:panose1 w:val="02020404030301010803"/>
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="E00006FF" w:usb1="0000FCFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Liberation Sans">
     <w:altName w:val="Arial"/>
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0000AFF" w:usb1="500078FF" w:usb2="00000021" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Microsoft YaHei">
+    <w:panose1 w:val="020B0503020204020204"/>
+    <w:charset w:val="86"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="80000287" w:usb1="2ACF3C50" w:usb2="00000016" w:usb3="00000000" w:csb0="0004001F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Arial">
-    <w:altName w:val="Arial"/>
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="20002A87" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-[...24 lines deleted...]
-    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
-<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-[...273 lines deleted...]
-
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
-[...4 lines deleted...]
-    <w:lvl w:ilvl="0" w:tplc="04150001">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1DBB5245"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="F50C629E"/>
+    <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="720" w:hanging="360"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04150003" w:tentative="1">
+    <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="o"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="360"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="04150005" w:tentative="1">
+    <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="360"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="04150001" w:tentative="1">
+    <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04150003" w:tentative="1">
+    <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="o"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="04150005" w:tentative="1">
+    <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="360"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="04150001" w:tentative="1">
+    <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="360"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04150003" w:tentative="1">
+    <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="o"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5760" w:hanging="360"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="04150005" w:tentative="1">
+    <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6480" w:hanging="360"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="172462F2"/>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7B245D3C"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="00000000"/>
+    <w:tmpl w:val="09CC32A8"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%1)"/>
+      <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="360" w:hanging="360"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="1068" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
-      <w:lvlText w:val="%2)"/>
+      <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="720" w:hanging="360"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="1788" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
-      <w:lvlText w:val="%3)"/>
-[...6 lines deleted...]
-      </w:rPr>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="2508" w:hanging="180"/>
+      </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="(%4)"/>
+      <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="360"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="3228" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
-      <w:lvlText w:val="(%5)"/>
+      <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1800" w:hanging="360"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="3948" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
-      <w:lvlText w:val="(%6)"/>
-[...6 lines deleted...]
-      </w:rPr>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="4668" w:hanging="180"/>
+      </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2520" w:hanging="360"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="5388" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
-[...342 lines deleted...]
-      </w:rPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="6108" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6120" w:hanging="180"/>
-[...116 lines deleted...]
-      </w:rPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="6828" w:hanging="180"/>
+      </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
-    <w:abstractNumId w:val="3"/>
-[...98 lines deleted...]
-    </w:lvlOverride>
+    <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2">
-    <w:abstractNumId w:val="3"/>
-[...517 lines deleted...]
-  <w:num w:numId="10">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
-  <w:embedSystemFonts/>
-[...1 lines deleted...]
-  <w:bordersDoNotSurroundFooter/>
   <w:proofState w:spelling="clean"/>
-  <w:attachedTemplate r:id="rId1"/>
-  <w:defaultTabStop w:val="709"/>
+  <w:defaultTabStop w:val="708"/>
+  <w:autoHyphenation/>
   <w:hyphenationZone w:val="425"/>
-  <w:drawingGridHorizontalSpacing w:val="120"/>
-[...17 lines deleted...]
-  </w:endnotePr>
+  <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
-    <w:spaceForUL/>
-[...5 lines deleted...]
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="003819BA"/>
-[...295 lines deleted...]
-    <w:rsid w:val="00FE799D"/>
+    <w:rsidRoot w:val="008109C3"/>
+    <w:rsid w:val="00032B06"/>
+    <w:rsid w:val="001C579F"/>
+    <w:rsid w:val="008109C3"/>
+    <w:rsid w:val="009717C9"/>
+    <w:rsid w:val="00B35920"/>
+    <w:rsid w:val="00B5581F"/>
+    <w:rsid w:val="00B97E8E"/>
+    <w:rsid w:val="00BB0AA7"/>
+    <w:rsid w:val="00D95B11"/>
+    <w:rsid w:val="00F03605"/>
+    <w:rsid w:val="00FE5935"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="pl-PL"/>
+  <w:themeFontLang w:val="pl-PL" w:eastAsia="" w:bidi=""/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
-  <w:doNotIncludeSubdocsInStats/>
-  <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:defaultImageDpi w14:val="0"/>
+  <w14:docId w14:val="6FABA556"/>
+  <w15:docId w15:val="{9896D239-4623-43A3-8205-1FBC5C3E87B9}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
-        <w:lang w:val="pl-PL" w:eastAsia="pl-PL" w:bidi="ar-SA"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="pl-PL" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault/>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+    </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="267">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="footer" w:semiHidden="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
-    <w:lsdException w:name="page number" w:semiHidden="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="List" w:semiHidden="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
-    <w:lsdException w:name="Signature" w:semiHidden="1"/>
-    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
-    <w:lsdException w:name="Body Text 2" w:semiHidden="1"/>
-[...1 lines deleted...]
-    <w:lsdException w:name="Strong" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
-    <w:lsdException w:name="Plain Text" w:semiHidden="1"/>
-    <w:lsdException w:name="Normal (Web)" w:semiHidden="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
-    <w:lsdException w:name="No Spacing" w:qFormat="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
     <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
@@ -2560,5923 +1365,443 @@
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
     <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normalny">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00001BFD"/>
     <w:pPr>
-      <w:suppressAutoHyphens/>
-[...3 lines deleted...]
-      <w:spacing w:after="240" w:line="360" w:lineRule="auto"/>
+      <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
     </w:pPr>
-    <w:rPr>
-[...5 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Domylnaczcionkaakapitu">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Standardowy">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Bezlisty">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Nagb3b3b3b3b3b3b3b3b3f3f3f3f3f3f3f3f3f3wekZnak">
-    <w:name w:val="Nagłb3b3b3b3b3b3b3b3b3óf3f3f3f3f3f3f3f3f3wek Znak"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TekstprzypisukocowegoZnak">
+    <w:name w:val="Tekst przypisu końcowego Znak"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:link w:val="Tekstprzypisukocowego"/>
     <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:qFormat/>
+    <w:rsid w:val="007F0A15"/>
     <w:rPr>
-      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-[...208 lines deleted...]
-      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="StopkaZnak2">
-[...1 lines deleted...]
-    <w:uiPriority w:val="99"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Zakotwiczenieprzypisukocowego">
+    <w:name w:val="Zakotwiczenie przypisu końcowego"/>
     <w:rPr>
-      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-[...401 lines deleted...]
-      <w:rFonts w:eastAsia="Times New Roman"/>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="EndnoteCharacters">
     <w:name w:val="Endnote Characters"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
     <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="007F0A15"/>
     <w:rPr>
-      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="ZnakZnak63">
-    <w:name w:val="Znak Znak63"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TekstdymkaZnak">
+    <w:name w:val="Tekst dymka Znak"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:link w:val="Tekstdymka"/>
     <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:qFormat/>
+    <w:rsid w:val="000E4CEE"/>
     <w:rPr>
-      <w:rFonts w:ascii="Consolas" w:eastAsia="Times New Roman"/>
-      <w:sz w:val="21"/>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="ZnakZnak64">
-[...5 lines deleted...]
-    </w:rPr>
+  <w:style w:type="character" w:customStyle="1" w:styleId="x193iq5w">
+    <w:name w:val="x193iq5w"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:qFormat/>
+    <w:rsid w:val="008D1949"/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="a3b9czeinternetowe">
-[...6 lines deleted...]
-    </w:rPr>
+  <w:style w:type="character" w:customStyle="1" w:styleId="xt0psk2">
+    <w:name w:val="xt0psk2"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:qFormat/>
+    <w:rsid w:val="008D1949"/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="ZnakZnak65">
-[...5 lines deleted...]
-    </w:rPr>
+  <w:style w:type="character" w:customStyle="1" w:styleId="hgkelc">
+    <w:name w:val="hgkelc"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:qFormat/>
+    <w:rsid w:val="00C0771B"/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="ZnakZnak66">
-[...1192 lines deleted...]
-    <w:name w:val="Nagłb3óf3wek"/>
+  <w:style w:type="paragraph" w:styleId="Nagwek">
+    <w:name w:val="header"/>
     <w:basedOn w:val="Normalny"/>
-    <w:next w:val="Tre9ce6tekstu"/>
-    <w:uiPriority w:val="99"/>
+    <w:next w:val="Tekstpodstawowy"/>
+    <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:before="240" w:after="120"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Liberation Sans" w:cs="Liberation Sans"/>
+      <w:rFonts w:ascii="Liberation Sans" w:eastAsia="Microsoft YaHei" w:hAnsi="Liberation Sans" w:cs="Arial"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tre9ce6tekstu">
-    <w:name w:val="Treś9cće6 tekstu"/>
+  <w:style w:type="paragraph" w:styleId="Tekstpodstawowy">
+    <w:name w:val="Body Text"/>
     <w:basedOn w:val="Normalny"/>
-    <w:uiPriority w:val="99"/>
     <w:pPr>
-      <w:spacing w:after="120"/>
+      <w:spacing w:after="140" w:line="276" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Lista">
     <w:name w:val="List"/>
-    <w:basedOn w:val="Tre9ce6tekstu"/>
-[...4 lines deleted...]
-    </w:pPr>
+    <w:basedOn w:val="Tekstpodstawowy"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:cs="Arial"/>
-      <w:lang w:val="en-GB" w:bidi="ar-SA"/>
+      <w:rFonts w:cs="Arial"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Podpis">
-    <w:name w:val="Signature"/>
+  <w:style w:type="paragraph" w:styleId="Legenda">
+    <w:name w:val="caption"/>
     <w:basedOn w:val="Normalny"/>
-    <w:link w:val="PodpisZnak8"/>
-    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
     <w:pPr>
+      <w:suppressLineNumbers/>
       <w:spacing w:before="120" w:after="120"/>
     </w:pPr>
     <w:rPr>
+      <w:rFonts w:cs="Arial"/>
       <w:i/>
       <w:iCs/>
+      <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
-    </w:rPr>
-[...13 lines deleted...]
-      <w:lang w:bidi="hi-IN"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Indeks">
     <w:name w:val="Indeks"/>
     <w:basedOn w:val="Normalny"/>
-    <w:uiPriority w:val="99"/>
-[...6 lines deleted...]
-    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
     <w:pPr>
-      <w:suppressAutoHyphens/>
-[...2 lines deleted...]
-      <w:adjustRightInd w:val="0"/>
+      <w:suppressLineNumbers/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Liberation Serif"/>
-[...675 lines deleted...]
-      <w:lang w:bidi="hi-IN"/>
+      <w:rFonts w:cs="Arial"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Tekstprzypisukocowego">
     <w:name w:val="endnote text"/>
     <w:basedOn w:val="Normalny"/>
     <w:link w:val="TekstprzypisukocowegoZnak"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00332C7F"/>
-[...296 lines deleted...]
-    <w:rsid w:val="00001BFD"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="007F0A15"/>
     <w:pPr>
-      <w:suppressAutoHyphens/>
-[...3 lines deleted...]
-      <w:spacing w:after="240" w:line="360" w:lineRule="auto"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:color w:val="000000"/>
-[...245 lines deleted...]
-      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
-    </w:rPr>
-[...1969 lines deleted...]
-      <w:lang w:bidi="hi-IN"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Tekstdymka">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normalny"/>
-    <w:link w:val="TekstdymkaZnak9"/>
-[...10 lines deleted...]
-    <w:link w:val="Tekstdymka"/>
+    <w:link w:val="TekstdymkaZnak"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:locked/>
-[...12 lines deleted...]
-    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="000E4CEE"/>
     <w:pPr>
-      <w:spacing w:before="100" w:after="100"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:szCs w:val="24"/>
-[...250 lines deleted...]
-      <w:kern w:val="1"/>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
-      <w:lang w:bidi="hi-IN"/>
-[...36 lines deleted...]
-      <w:lang w:bidi="hi-IN"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Akapitzlist">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normalny"/>
-    <w:link w:val="AkapitzlistZnak"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
+    <w:rsid w:val="007F37F6"/>
     <w:pPr>
-      <w:spacing w:after="0" w:line="240" w:lineRule="exact"/>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
-    <w:rPr>
-[...175 lines deleted...]
-    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
-[...54 lines deleted...]
-</w:webSettings>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
-[...7 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\bartwo\AppData\Local\Temp\notes6111BD\szablon%20interpelacja%20B.Guss.dotx" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motyw pakietu Office">
   <a:themeElements>
     <a:clrScheme name="Pakiet Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4472C4"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Pakiet Office">
       <a:majorFont>
-        <a:latin typeface="Calibri Light"/>
+        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
@@ -8609,103 +1934,81 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns="" xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
-<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...14 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>szablon interpelacja B.Guss</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
-[...1 lines deleted...]
-  <Characters>3854</Characters>
+  <Pages>1</Pages>
+  <Words>213</Words>
+  <Characters>1281</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>32</Lines>
-  <Paragraphs>8</Paragraphs>
+  <Lines>10</Lines>
+  <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Tytuł</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>odpowiedź na interpelację 198.23 w sprawie refundacji podatku VAT za gaz w Poznaniu</vt:lpstr>
+      <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4488</CharactersWithSpaces>
+  <CharactersWithSpaces>1492</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>odpowiedź na interpelację 207.23 w sprawie koczowiska na pętli Ogrody</dc:title>
-[...1 lines deleted...]
-  <cp:keywords>odpowiedź na interpelację; interpelacja; koczowisko; ogrody; bezdomni</cp:keywords>
+  <dc:title/>
+  <dc:subject/>
+  <dc:creator>Anna Wilczewska</dc:creator>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
+  <dc:language>pl-PL</dc:language>
 </cp:coreProperties>
 </file>
-
-[...6 lines deleted...]
-</file>