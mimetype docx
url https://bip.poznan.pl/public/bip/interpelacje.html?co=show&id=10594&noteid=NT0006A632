--- v0 (2025-10-15)
+++ v1 (2025-12-30)
@@ -1,1305 +1,2500 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w14:paraId="3E800526" w14:textId="77777777" w:rsidR="009717C9" w:rsidRPr="00B5581F" w:rsidRDefault="009717C9" w:rsidP="00B5581F">
+    <w:p w:rsidR="00127D66" w:rsidRPr="001C3189" w:rsidRDefault="00127D66" w:rsidP="00001BFD">
       <w:pPr>
-        <w:spacing w:line="276" w:lineRule="auto"/>
-        <w:jc w:val="right"/>
+        <w:ind w:left="6804"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:rFonts w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...3 lines deleted...]
-        <w:jc w:val="right"/>
+      <w:r w:rsidRPr="00001BFD">
+        <w:t>Poznań</w:t>
+      </w:r>
+      <w:r w:rsidR="001007B5">
+        <w:t>, 11.10</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00001BFD">
+        <w:t>.202</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA3484">
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00001BFD">
+        <w:t xml:space="preserve"> r</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C3189">
         <w:rPr>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:rFonts w:cs="Calibri"/>
         </w:rPr>
-      </w:pPr>
-[...26 lines deleted...]
-        <w:t xml:space="preserve"> 2023r.</w:t>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="012689B9" w14:textId="77777777" w:rsidR="008109C3" w:rsidRPr="00B5581F" w:rsidRDefault="00B5581F" w:rsidP="00B5581F">
-[...13 lines deleted...]
-        <w:tab/>
+    <w:p w:rsidR="00127D66" w:rsidRPr="001C3189" w:rsidRDefault="00327C40" w:rsidP="00001BFD">
+      <w:r w:rsidRPr="001C3189">
+        <w:t>Znak sprawy: Or-II.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B5581F">
-[...4 lines deleted...]
-        <w:tab/>
+      <w:r w:rsidR="001007B5">
+        <w:t>0003.1.207</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B5581F">
-[...11 lines deleted...]
-        <w:tab/>
+      <w:r w:rsidR="0043613F">
+        <w:t>.2023</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E7E32BB" w14:textId="77777777" w:rsidR="008109C3" w:rsidRPr="00B5581F" w:rsidRDefault="00B5581F" w:rsidP="00B5581F">
-[...16 lines deleted...]
-        <w:t>Szanowny Pan</w:t>
+    <w:p w:rsidR="00094F56" w:rsidRDefault="00127D66" w:rsidP="00001BFD">
+      <w:r w:rsidRPr="001C3189">
+        <w:t>Nr rej.:</w:t>
+      </w:r>
+      <w:r w:rsidR="00327C40" w:rsidRPr="001C3189">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000077AE">
+        <w:t>111023-7631</w:t>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:p w14:paraId="0A6D1671" w14:textId="77777777" w:rsidR="008109C3" w:rsidRPr="00B5581F" w:rsidRDefault="00B5581F" w:rsidP="00B5581F">
+    <w:p w:rsidR="002E0CCD" w:rsidRPr="001C3189" w:rsidRDefault="00963C97" w:rsidP="00094F56">
       <w:pPr>
-        <w:spacing w:line="276" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
+        <w:ind w:left="5812"/>
         <w:rPr>
-          <w:b/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B5581F">
+      <w:r w:rsidRPr="00001BFD">
+        <w:t>Pan</w:t>
+      </w:r>
+      <w:r w:rsidR="001007B5">
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidR="00094F56">
         <w:rPr>
-          <w:b/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:cs="Calibri"/>
         </w:rPr>
-        <w:tab/>
+        <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00B5581F">
+      <w:r w:rsidR="001007B5">
+        <w:t>Anna Wilczewska</w:t>
+      </w:r>
+      <w:r w:rsidR="00094F56">
         <w:rPr>
-          <w:b/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:cs="Calibri"/>
         </w:rPr>
-        <w:tab/>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B5581F">
+      <w:r w:rsidR="00094F56">
         <w:rPr>
-          <w:b/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:cs="Calibri"/>
         </w:rPr>
-        <w:tab/>
+        <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00B5581F">
+      <w:r w:rsidR="0043613F">
         <w:rPr>
-          <w:b/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:cs="Calibri"/>
         </w:rPr>
-        <w:tab/>
+        <w:t>Radn</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B5581F">
+      <w:r w:rsidR="001007B5">
         <w:rPr>
-          <w:b/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:cs="Calibri"/>
         </w:rPr>
-        <w:tab/>
+        <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B5581F">
+      <w:r w:rsidRPr="001C3189">
         <w:rPr>
-          <w:b/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:cs="Calibri"/>
         </w:rPr>
-        <w:tab/>
-[...16 lines deleted...]
-        <w:t>Jacek Jaśkowiak</w:t>
+        <w:t xml:space="preserve"> Miasta Poznania</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16029836" w14:textId="77777777" w:rsidR="008109C3" w:rsidRPr="00B5581F" w:rsidRDefault="00B5581F" w:rsidP="00B5581F">
+    <w:p w:rsidR="00127D66" w:rsidRPr="001C3189" w:rsidRDefault="00127D66" w:rsidP="00963C97">
       <w:pPr>
-        <w:spacing w:line="276" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
         <w:rPr>
-          <w:b/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B5581F">
+      <w:r w:rsidRPr="00001BFD">
+        <w:t>Szanown</w:t>
+      </w:r>
+      <w:r w:rsidR="001007B5">
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00001BFD">
+        <w:t xml:space="preserve"> Pani Radn</w:t>
+      </w:r>
+      <w:r w:rsidR="001007B5">
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="00530F53" w:rsidRPr="001C3189">
         <w:rPr>
-          <w:b/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:cs="Calibri"/>
         </w:rPr>
-        <w:tab/>
-[...56 lines deleted...]
-        <w:t>Prezydent Miasta Poznania</w:t>
+        <w:t>,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="441EE361" w14:textId="77777777" w:rsidR="00BB0AA7" w:rsidRPr="00B5581F" w:rsidRDefault="00BB0AA7" w:rsidP="00B5581F">
-[...32 lines deleted...]
-        <w:t>nterpelacja</w:t>
+    <w:p w:rsidR="001007B5" w:rsidRPr="001007B5" w:rsidRDefault="001007B5" w:rsidP="001007B5">
+      <w:r w:rsidRPr="001007B5">
+        <w:t>odpowiadając na otrzymaną za pośrednictwem Przewodniczącego Rady Miasta pismem z dnia 28 września 2023 r. i przekazaną mi przez Prezydenta Miasta do rozpatrzenia interpelację Pani Radnej w sprawie koczowiska osób w kryzysie bezdomności na pętli Ogrody, uprzejmie informuję:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="25995802" w14:textId="4EBF8BAD" w:rsidR="008109C3" w:rsidRPr="00B5581F" w:rsidRDefault="00B5581F" w:rsidP="00B5581F">
-[...23 lines deleted...]
-        <w:t>koczowiska osób w kryzysie bezdomności na Pętli Ogrody</w:t>
+    <w:p w:rsidR="001007B5" w:rsidRPr="001007B5" w:rsidRDefault="001007B5" w:rsidP="001007B5">
+      <w:r w:rsidRPr="001007B5">
+        <w:t>Straż Miejska Miasta Poznania od momentu powstania tzw. koczowiska na pętli Ogrody prowadzi kontrole tego terenu. Informacje o istniejącym problemie osób bezdomnych zostały przedstawione podczas spotkania przedstawicieli Komendy Miejskiej Policji z mieszkańcami, zorganizowanego w ramach programu „Bezpieczna Dzielnica – Bezpieczny Mieszkaniec”. W zakresie posiadanych uprawnień strażnicy miejscy interweniują z własnej inicjatywy oraz doraźnie - w sytuacjach zgłoszeń o naruszeniu porządku, czystości oraz spożywania alkoholu w rejonie pętli Ogrody. W przypadku ujawnienia wykroczeń podejmowane są środki przewidziane w przepisach prawa. Podczas przeprowadzanych kontroli, strażnicy miejscy przekazują osobom przebywającym na terenie tzw. koczowiska informację o możliwości skorzystania z miejsc noclegowych zapewnianych przez Miasto. Jednak bardzo często osoby te nie przyjmują takiej formy pomocy.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E8FCC7F" w14:textId="77777777" w:rsidR="00BB0AA7" w:rsidRPr="00B5581F" w:rsidRDefault="00BB0AA7" w:rsidP="00B5581F">
-[...69 lines deleted...]
-        <w:t xml:space="preserve"> być zagrożone.</w:t>
+    <w:p w:rsidR="001007B5" w:rsidRPr="001007B5" w:rsidRDefault="001007B5" w:rsidP="001007B5">
+      <w:r w:rsidRPr="001007B5">
+        <w:lastRenderedPageBreak/>
+        <w:t>Ponadto w razie konieczności SMMP występuje o uporządkowanie terenu do MPK oraz Zakładu Sprzątania Placów i Ulic, odpowiedzialnych za utrzymanie czystości w tym miejscu. W dniach 25 sierpnia i 15 września br. patrol SMMP asystował podczas porządkowania terenu wewnątrz placu.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="715723A6" w14:textId="629101C2" w:rsidR="00F03605" w:rsidRPr="00B5581F" w:rsidRDefault="00F03605" w:rsidP="00B5581F">
-[...63 lines deleted...]
-        <w:t>.</w:t>
+    <w:p w:rsidR="001007B5" w:rsidRPr="001007B5" w:rsidRDefault="001007B5" w:rsidP="001007B5">
+      <w:r w:rsidRPr="001007B5">
+        <w:t>O problemie osób bezdomnych informowany jest także Miejski Ośrodek Pomocy Rodzinie, którego pracownicy kontaktują się z referatem SMMP Jeżyce, np. w celu udzielania asyst czy uzyskania dodatkowych informacji dotyczących stanu miejsca wskazanego przez Panią Radną w interpelacji. W sierpniu br. na pętli Ogrody pracownicy MOPR zastali bezdomnego mężczyznę, który twierdził, że jest jedyną osobą bezdomną przebywającą w tej lokalizacji. Osoby, które regularnie gromadzą się na pętli i spożywają alkohol, są osobami mieszkającymi w najbliższej okolicy. Miejsce to było ostatni raz wizytowane przez pracownika socjalnego MOPR w dniu 3 października br. Wówczas bezdomny mężczyzna już tam nie przebywał, a wygląd terenu nie wskazywał, by na stałe przebywały tam osoby bezdomne. Pozostawione rzeczy i odpady wskazywały natomiast, że jest to miejsce, gdzie spożywany był alkohol. Obecnie teren pętli Ogrody jest systematycznie sprzątany, a tzw. koczowisko - zlikwidowane. Patrole SMMP codziennie kontrolują stan sanitarno-porządkowy placu.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="12012C5C" w14:textId="15F654E2" w:rsidR="00D95B11" w:rsidRPr="00B5581F" w:rsidRDefault="00D95B11" w:rsidP="00B5581F">
-[...18 lines deleted...]
-        <w:t>Bardzo proszę o informację  czy i jakie  Miasto podjęło kroki aby rozwiązać wskazany problem społeczny, tj. pomóc przebywającym tam osobom i jednocześnie nie dopuszczać do organizowania miejsc bytowania</w:t>
+    <w:p w:rsidR="001007B5" w:rsidRPr="001007B5" w:rsidRDefault="001007B5" w:rsidP="001007B5">
+      <w:r w:rsidRPr="001007B5">
+        <w:t xml:space="preserve">Warto też wspomnieć, że Miasto Poznań zleca realizację zadania publicznego pt. „Streetworking - usługa wsparcia interwencyjnego z wykorzystaniem metody streetworkingu dla osób bezdomnych, w miejscu ich przebywania w przestrzeni publicznej" - w ramach ogłaszanego otwartego konkursu ofert. W 2023 roku, podobnie jak w latach ubiegłych, zadanie realizują dwie organizacje: Pogotowie Społeczne oraz Caritas Archidiecezji Poznańskiej. Streetworkerzy pracują w miejscach publicznych z osobami pozostającymi w kryzysie bezdomności - w celu umożliwienia im zmiany sposobu życia, uzyskania wsparcia z instytucji pomocy społecznej czy proponowania różnych form spędzania czasu wolnego. Z informacji uzyskanych od podmiotów realizujących zadanie, wynika że przedmiotowe koczowisko jest znane streetworkerom patrolującym ten rejon, ale nie spotykali tam osób w kryzysie bezdomności. Osoby, z którymi mieli kontakt w tej okolicy mieszkały w pobliżu, czasami przebywając we wskazanym miejscu i spożywając alkohol. Niemniej, z uwagi na przekazane informacje o przebywających osobach w kryzysie bezdomności na terenie pętli Ogrody, </w:t>
       </w:r>
-      <w:r w:rsidR="00FE5935" w:rsidRPr="00B5581F">
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> i zakłócania porządku publicznego.</w:t>
+      <w:r w:rsidRPr="001007B5">
+        <w:lastRenderedPageBreak/>
+        <w:t>streetworkerzy zintensyfikują działania w tym obszarze i będą regularnie sprawdzać wskazane miejsce i w razie potrzeby wdrażać odpowiednie formy pomocy.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="06BC2778" w14:textId="77777777" w:rsidR="00D95B11" w:rsidRPr="00B5581F" w:rsidRDefault="00D95B11" w:rsidP="00B5581F">
-[...83 lines deleted...]
-        <w:t>.</w:t>
+    <w:p w:rsidR="0015506E" w:rsidRPr="007E6AEE" w:rsidRDefault="001007B5" w:rsidP="001007B5">
+      <w:r w:rsidRPr="001007B5">
+        <w:t>Jednocześnie informuję, że zakończył się etap projektowy dla przebudowy wnętrza pętli Ogrody i utworzenia na tym obszarze ogólnodostępnego skweru. Realizacja inwestycji (przy wykorzystaniu środków Osiedla Ogrody, grantu uzyskanego przez Radę Osiedla oraz środków budżetowych ZTM) jest planowana na pierwszą połowę 2024 roku. Mam nadzieję, że nowe zagospodarowanie tego terenu ograniczy wykorzystywanie go w sposób opisany przez Panią Radną w interpelacji.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A43653F" w14:textId="77777777" w:rsidR="008109C3" w:rsidRPr="00B5581F" w:rsidRDefault="00B5581F" w:rsidP="00B5581F">
+    <w:p w:rsidR="0015506E" w:rsidRDefault="008F70E3" w:rsidP="0015506E">
       <w:pPr>
-        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
-[...5 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="5245"/>
       </w:pPr>
-      <w:r w:rsidRPr="00B5581F">
-[...4 lines deleted...]
-        <w:t>Z poważaniem</w:t>
+      <w:r w:rsidRPr="001C3189">
+        <w:t>Z wyrazami szacunku</w:t>
+      </w:r>
+      <w:r w:rsidR="00001BFD">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00094F56">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="004E2D6A" w:rsidRPr="001C3189">
+        <w:t>Z up. PREZYDENTA MIASTA</w:t>
+      </w:r>
+      <w:r w:rsidR="00094F56">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00094F56">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="004E2D6A" w:rsidRPr="001C3189">
+        <w:t>(-)</w:t>
+      </w:r>
+      <w:r w:rsidR="00094F56">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0015506E">
+        <w:t>Jędrzej Solarski</w:t>
+      </w:r>
+      <w:r w:rsidR="00094F56">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00094F56">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="004E2D6A" w:rsidRPr="001C3189">
+        <w:t xml:space="preserve">Z-CA PREZYDENTA </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="568FCC4C" w14:textId="77777777" w:rsidR="008109C3" w:rsidRPr="00B5581F" w:rsidRDefault="00B5581F" w:rsidP="00B5581F">
+    <w:p w:rsidR="007E6AEE" w:rsidRDefault="004E2D6A" w:rsidP="00D6386E">
       <w:pPr>
-        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:ind w:left="5245"/>
       </w:pPr>
-      <w:r w:rsidRPr="00B5581F">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">                                                                                                    Radna Miasta Poznania</w:t>
+      <w:r w:rsidRPr="001C3189">
+        <w:t>MIASTA POZNANIA</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="659D521A" w14:textId="77777777" w:rsidR="008109C3" w:rsidRPr="00B5581F" w:rsidRDefault="00B5581F" w:rsidP="00B5581F">
+    <w:p w:rsidR="008F70E3" w:rsidRPr="001C3189" w:rsidRDefault="008F70E3" w:rsidP="00001BFD">
       <w:pPr>
-        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:before="600"/>
       </w:pPr>
-      <w:r w:rsidRPr="00B5581F">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">                                                                                                    Anna Wilczewska</w:t>
+      <w:r w:rsidRPr="00094F56">
+        <w:t>Do wiadomości:</w:t>
+      </w:r>
+      <w:r w:rsidR="00094F56">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00094F56">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="001C3189">
+        <w:t>Przewodniczący Rady Miasta</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F63AF1F" w14:textId="77777777" w:rsidR="008109C3" w:rsidRPr="00B5581F" w:rsidRDefault="00B5581F" w:rsidP="00B5581F">
-[...76 lines deleted...]
-    <w:sectPr w:rsidR="008109C3" w:rsidRPr="00B5581F">
+    <w:sectPr w:rsidR="008F70E3" w:rsidRPr="001C3189">
+      <w:footerReference w:type="default" r:id="rId9"/>
+      <w:headerReference w:type="first" r:id="rId10"/>
+      <w:footerReference w:type="first" r:id="rId11"/>
+      <w:type w:val="continuous"/>
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="435" w:right="1421" w:bottom="638" w:left="1230" w:header="0" w:footer="0" w:gutter="0"/>
+      <w:pgMar w:top="2829" w:right="1106" w:bottom="1276" w:left="1134" w:header="708" w:footer="616" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:formProt w:val="0"/>
-      <w:docGrid w:linePitch="360" w:charSpace="4096"/>
+      <w:noEndnote/>
+      <w:titlePg/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:endnote w:type="separator" w:id="-1">
+    <w:p w:rsidR="00A253D1" w:rsidRDefault="00A253D1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationSeparator" w:id="0">
+    <w:p w:rsidR="00A253D1" w:rsidRDefault="00A253D1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+</w:endnotes>
+</file>
+
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:font w:name="Symbol">
+    <w:altName w:val="Symbol"/>
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Times New Roman">
+    <w:altName w:val="Times New Roman"/>
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="EE"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20002A87" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:altName w:val="Courier New"/>
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="EE"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:altName w:val="Wingdings"/>
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri">
+    <w:altName w:val="Century Gothic"/>
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Times New Roman">
-    <w:panose1 w:val="02020603050405020304"/>
+  <w:font w:name="Garamond">
+    <w:altName w:val="Garamond"/>
+    <w:panose1 w:val="02020404030301010803"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Consolas">
+    <w:panose1 w:val="020B0609020204030204"/>
+    <w:charset w:val="EE"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00006FF" w:usb1="0000FCFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Liberation Sans">
     <w:altName w:val="Arial"/>
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0000AFF" w:usb1="500078FF" w:usb2="00000021" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Microsoft YaHei">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Arial">
+    <w:altName w:val="Arial"/>
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="20002A87" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Liberation Serif">
+    <w:altName w:val="Times New Roman"/>
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="EE"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0000AFF" w:usb1="500078FF" w:usb2="00000021" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Mangal">
+    <w:altName w:val="Liberation Mono"/>
+    <w:panose1 w:val="02040503050203030202"/>
+    <w:charset w:val="01"/>
+    <w:family w:val="roman"/>
+    <w:notTrueType/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00002007" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000003" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Tahoma">
+    <w:altName w:val="Tahoma"/>
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="EE"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w:rsidR="00B95E55" w:rsidRPr="001C3189" w:rsidRDefault="00B95E55">
+    <w:pPr>
+      <w:pStyle w:val="Stopka"/>
+      <w:jc w:val="center"/>
+      <w:rPr>
+        <w:rFonts w:cs="Calibri"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidRPr="001C3189">
+      <w:rPr>
+        <w:rFonts w:cs="Calibri"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r w:rsidRPr="001C3189">
+      <w:rPr>
+        <w:rFonts w:cs="Calibri"/>
+      </w:rPr>
+      <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
+    </w:r>
+    <w:r w:rsidRPr="001C3189">
+      <w:rPr>
+        <w:rFonts w:cs="Calibri"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r w:rsidR="00A8115C">
+      <w:rPr>
+        <w:rFonts w:cs="Calibri"/>
+        <w:noProof/>
+      </w:rPr>
+      <w:t>2</w:t>
+    </w:r>
+    <w:r w:rsidRPr="001C3189">
+      <w:rPr>
+        <w:rFonts w:cs="Calibri"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+  </w:p>
+  <w:p w:rsidR="00127D66" w:rsidRDefault="00127D66">
+    <w:pPr>
+      <w:pStyle w:val="Stopka"/>
+      <w:spacing w:line="312" w:lineRule="auto"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="en-US"/>
+      </w:rPr>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w:rsidR="00127D66" w:rsidRDefault="00127D66">
+    <w:pPr>
+      <w:pStyle w:val="Stopka"/>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="3816"/>
+        <w:tab w:val="center" w:pos="3996"/>
+        <w:tab w:val="center" w:pos="4176"/>
+        <w:tab w:val="center" w:pos="4356"/>
+        <w:tab w:val="right" w:pos="8352"/>
+        <w:tab w:val="right" w:pos="8532"/>
+        <w:tab w:val="right" w:pos="8712"/>
+        <w:tab w:val="right" w:pos="8892"/>
+      </w:tabs>
+      <w:ind w:left="-180" w:right="-414" w:hanging="180"/>
+      <w:jc w:val="center"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="fr-FR"/>
+      </w:rPr>
+    </w:pPr>
+  </w:p>
+  <w:p w:rsidR="00127D66" w:rsidRPr="00EB6467" w:rsidRDefault="00127D66">
+    <w:pPr>
+      <w:jc w:val="center"/>
+      <w:rPr>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="en-US"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidRPr="00EB6467">
+      <w:rPr>
+        <w:spacing w:val="-8"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="fr-FR"/>
+      </w:rPr>
+      <w:t xml:space="preserve">Urząd Miasta Poznania, pl. Kolegiacki 17, 61-841 Poznań, </w:t>
+    </w:r>
+    <w:r w:rsidR="007E6AEE">
+      <w:rPr>
+        <w:spacing w:val="-6"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="fr-FR"/>
+      </w:rPr>
+      <w:t>tel. +48 61 878 53 23</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00EB6467">
+      <w:rPr>
+        <w:spacing w:val="-6"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="fr-FR"/>
+      </w:rPr>
+      <w:t xml:space="preserve">, fax +48 </w:t>
+    </w:r>
+    <w:r w:rsidR="007E6AEE">
+      <w:rPr>
+        <w:spacing w:val="-6"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="fr-FR"/>
+      </w:rPr>
+      <w:t>61 878 53 60</w:t>
+    </w:r>
+    <w:r w:rsidR="0006544F" w:rsidRPr="00EB6467">
+      <w:rPr>
+        <w:spacing w:val="-6"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="fr-FR"/>
+      </w:rPr>
+      <w:t>, sekretariat_</w:t>
+    </w:r>
+    <w:r w:rsidR="007E6AEE">
+      <w:rPr>
+        <w:spacing w:val="-6"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="fr-FR"/>
+      </w:rPr>
+      <w:t>j.solarski</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00EB6467">
+      <w:rPr>
+        <w:spacing w:val="-6"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="fr-FR"/>
+      </w:rPr>
+      <w:t>@um.poznan.pl,</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00EB6467">
+      <w:rPr>
+        <w:spacing w:val="-8"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="fr-FR"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> www.poznan.pl</w:t>
+    </w:r>
+  </w:p>
+  <w:p w:rsidR="00127D66" w:rsidRDefault="00127D66">
+    <w:pPr>
+      <w:jc w:val="center"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="en-US"/>
+      </w:rPr>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:footnote w:type="separator" w:id="-1">
+    <w:p w:rsidR="00A253D1" w:rsidRDefault="00A253D1">
+      <w:r w:rsidRPr="001C3189">
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationSeparator" w:id="0">
+    <w:p w:rsidR="00A253D1" w:rsidRDefault="00A253D1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+</w:footnotes>
+</file>
+
+<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w:rsidR="00127D66" w:rsidRDefault="003819BA">
+    <w:pPr>
+      <w:pStyle w:val="Gb3b3b3b3b3b3b3b3b3f3f3f3f3f3f3f3f3f3wka"/>
+      <w:rPr>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:drawing>
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657728" behindDoc="1" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="4D2B26E5">
+          <wp:simplePos x="0" y="0"/>
+          <wp:positionH relativeFrom="column">
+            <wp:posOffset>-783590</wp:posOffset>
+          </wp:positionH>
+          <wp:positionV relativeFrom="paragraph">
+            <wp:posOffset>-456565</wp:posOffset>
+          </wp:positionV>
+          <wp:extent cx="7620000" cy="2171700"/>
+          <wp:effectExtent l="0" t="0" r="0" b="0"/>
+          <wp:wrapNone/>
+          <wp:docPr id="1" name="Obraz 1" descr="Czarno-biały herb miasta Poznania. Pod herbem tekst Zastępca Prezydenta Miasta Poznania "/>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="0" name="Picture 1" descr="Czarno-biały herb miasta Poznania. Pod herbem tekst Zastępca Prezydenta Miasta Poznania "/>
+                  <pic:cNvPicPr>
+                    <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                  </pic:cNvPicPr>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:srcRect/>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr bwMode="auto">
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="7620000" cy="2171700"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                  <a:noFill/>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+          <wp14:sizeRelH relativeFrom="page">
+            <wp14:pctWidth>0</wp14:pctWidth>
+          </wp14:sizeRelH>
+          <wp14:sizeRelV relativeFrom="page">
+            <wp14:pctHeight>0</wp14:pctHeight>
+          </wp14:sizeRelV>
+        </wp:anchor>
+      </w:drawing>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-[...1 lines deleted...]
-    <w:nsid w:val="1DBB5245"/>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:abstractNum w:abstractNumId="0">
+    <w:nsid w:val="0B7D5C80"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="C91E070C"/>
+    <w:lvl w:ilvl="0" w:tplc="04150001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04150003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04150005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04150001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04150003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04150005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04150001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04150003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04150005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1">
+    <w:nsid w:val="172462F2"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="F50C629E"/>
+    <w:tmpl w:val="00000000"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
-      <w:numFmt w:val="none"/>
-[...1 lines deleted...]
-      <w:lvlText w:val=""/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="0" w:firstLine="0"/>
+        <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="none"/>
-[...1 lines deleted...]
-      <w:lvlText w:val=""/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="0" w:firstLine="0"/>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
-      <w:numFmt w:val="none"/>
-[...1 lines deleted...]
-      <w:lvlText w:val=""/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="0" w:firstLine="0"/>
+        <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
-      <w:numFmt w:val="none"/>
-[...1 lines deleted...]
-      <w:lvlText w:val=""/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="(%4)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="0" w:firstLine="0"/>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
-      <w:numFmt w:val="none"/>
-[...1 lines deleted...]
-      <w:lvlText w:val=""/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="(%5)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="0" w:firstLine="0"/>
+        <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
-      <w:numFmt w:val="none"/>
-[...1 lines deleted...]
-      <w:lvlText w:val=""/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="(%6)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="0" w:firstLine="0"/>
+        <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
-      <w:numFmt w:val="none"/>
-[...1 lines deleted...]
-      <w:lvlText w:val=""/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="0" w:firstLine="0"/>
+        <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
-      <w:numFmt w:val="none"/>
-[...1 lines deleted...]
-      <w:lvlText w:val=""/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="0" w:firstLine="0"/>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
-      <w:numFmt w:val="none"/>
-[...1 lines deleted...]
-      <w:lvlText w:val=""/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="0" w:firstLine="0"/>
+        <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="7B245D3C"/>
+  <w:abstractNum w:abstractNumId="2">
+    <w:nsid w:val="2FD06C2D"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="1A3E187A"/>
+    <w:lvl w:ilvl="0" w:tplc="04150001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04150003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04150005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04150001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04150003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04150005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04150001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04150003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04150005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3">
+    <w:nsid w:val="375C1008"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="09CC32A8"/>
+    <w:tmpl w:val="00000000"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="(%4)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="(%5)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="(%6)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4">
+    <w:nsid w:val="4FC57D79"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="0D0A8C72"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="1068" w:hanging="360"/>
+        <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerLetter"/>
-      <w:lvlText w:val="%2."/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="1788" w:hanging="360"/>
+        <w:ind w:left="851" w:hanging="454"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerRoman"/>
-      <w:lvlText w:val="%3."/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%3)"/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="2508" w:hanging="180"/>
+        <w:ind w:left="1134" w:firstLine="0"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%4."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="3228" w:hanging="360"/>
+        <w:ind w:left="1531" w:hanging="284"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="3948" w:hanging="360"/>
+        <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="4668" w:hanging="180"/>
+        <w:ind w:left="3960" w:hanging="180"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="5388" w:hanging="360"/>
+        <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="6108" w:hanging="360"/>
+        <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="6828" w:hanging="180"/>
+        <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5">
+    <w:nsid w:val="63D4111B"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="F4E480E8"/>
+    <w:lvl w:ilvl="0" w:tplc="04150001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04150003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04150005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04150001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04150003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04150005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04150001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04150003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04150005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
-    <w:abstractNumId w:val="1"/>
+    <w:abstractNumId w:val="3"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:lvl w:ilvl="0">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%1)"/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:lvl w:ilvl="1">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="lowerLetter"/>
+        <w:lvlText w:val="%2)"/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:lvl w:ilvl="2">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="lowerRoman"/>
+        <w:lvlText w:val="%3)"/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:lvl w:ilvl="3">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="(%4)"/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:lvl w:ilvl="4">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="lowerLetter"/>
+        <w:lvlText w:val="(%5)"/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:lvl w:ilvl="5">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="lowerRoman"/>
+        <w:lvlText w:val="(%6)"/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:lvl w:ilvl="6">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%7."/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:lvl w:ilvl="7">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="lowerLetter"/>
+        <w:lvlText w:val="%8."/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:lvl w:ilvl="8">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="lowerRoman"/>
+        <w:lvlText w:val="%9."/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
   </w:num>
   <w:num w:numId="2">
+    <w:abstractNumId w:val="3"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:lvl w:ilvl="0">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="upperRoman"/>
+        <w:lvlText w:val="%1."/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:lvl w:ilvl="1">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="upperLetter"/>
+        <w:lvlText w:val="%2."/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:lvl w:ilvl="2">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%3."/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:lvl w:ilvl="3">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="lowerLetter"/>
+        <w:lvlText w:val="%4)"/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:lvl w:ilvl="4">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="(%5)"/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:lvl w:ilvl="5">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="lowerLetter"/>
+        <w:lvlText w:val="(%6)"/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:lvl w:ilvl="6">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="lowerRoman"/>
+        <w:lvlText w:val="(%7)"/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:lvl w:ilvl="7">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="lowerLetter"/>
+        <w:lvlText w:val="(%8)"/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:lvl w:ilvl="8">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="lowerRoman"/>
+        <w:lvlText w:val="(%9)"/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="3"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:lvl w:ilvl="0">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%1."/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:lvl w:ilvl="1">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%1.%2."/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:lvl w:ilvl="2">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%1.%2.%3."/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:lvl w:ilvl="3">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%1.%2.%3.%4."/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:lvl w:ilvl="4">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:lvl w:ilvl="5">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:lvl w:ilvl="6">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:lvl w:ilvl="7">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:lvl w:ilvl="8">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="4">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="5">
+    <w:abstractNumId w:val="1"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:lvl w:ilvl="0">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%1)"/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:lvl w:ilvl="1">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="lowerLetter"/>
+        <w:lvlText w:val="%2)"/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:lvl w:ilvl="2">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="lowerRoman"/>
+        <w:lvlText w:val="%3)"/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:lvl w:ilvl="3">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="(%4)"/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:lvl w:ilvl="4">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="lowerLetter"/>
+        <w:lvlText w:val="(%5)"/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:lvl w:ilvl="5">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="lowerRoman"/>
+        <w:lvlText w:val="(%6)"/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:lvl w:ilvl="6">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%7."/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:lvl w:ilvl="7">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="lowerLetter"/>
+        <w:lvlText w:val="%8."/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:lvl w:ilvl="8">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="lowerRoman"/>
+        <w:lvlText w:val="%9."/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="6">
+    <w:abstractNumId w:val="1"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:lvl w:ilvl="0">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="upperRoman"/>
+        <w:lvlText w:val="%1."/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:lvl w:ilvl="1">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="upperLetter"/>
+        <w:lvlText w:val="%2."/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:lvl w:ilvl="2">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%3."/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:lvl w:ilvl="3">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="lowerLetter"/>
+        <w:lvlText w:val="%4)"/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:lvl w:ilvl="4">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="(%5)"/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:lvl w:ilvl="5">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="lowerLetter"/>
+        <w:lvlText w:val="(%6)"/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:lvl w:ilvl="6">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="lowerRoman"/>
+        <w:lvlText w:val="(%7)"/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:lvl w:ilvl="7">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="lowerLetter"/>
+        <w:lvlText w:val="(%8)"/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:lvl w:ilvl="8">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="lowerRoman"/>
+        <w:lvlText w:val="(%9)"/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="7">
+    <w:abstractNumId w:val="1"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:lvl w:ilvl="0">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%1."/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:lvl w:ilvl="1">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%1.%2."/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:lvl w:ilvl="2">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%1.%2.%3."/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:lvl w:ilvl="3">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%1.%2.%3.%4."/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:lvl w:ilvl="4">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:lvl w:ilvl="5">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:lvl w:ilvl="6">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:lvl w:ilvl="7">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:lvl w:ilvl="8">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="8">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="9">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="10">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
+  <w:embedSystemFonts/>
+  <w:bordersDoNotSurroundHeader/>
+  <w:bordersDoNotSurroundFooter/>
   <w:proofState w:spelling="clean"/>
-  <w:defaultTabStop w:val="708"/>
-  <w:autoHyphenation/>
+  <w:attachedTemplate r:id="rId1"/>
+  <w:defaultTabStop w:val="709"/>
   <w:hyphenationZone w:val="425"/>
-  <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:drawingGridHorizontalSpacing w:val="120"/>
+  <w:drawingGridVerticalSpacing w:val="120"/>
+  <w:displayHorizontalDrawingGridEvery w:val="0"/>
+  <w:displayVerticalDrawingGridEvery w:val="3"/>
+  <w:doNotUseMarginsForDrawingGridOrigin/>
+  <w:characterSpacingControl w:val="compressPunctuation"/>
+  <w:doNotValidateAgainstSchema/>
+  <w:doNotDemarcateInvalidXml/>
+  <w:hdrShapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+  </w:hdrShapeDefaults>
+  <w:footnotePr>
+    <w:footnote w:id="-1"/>
+    <w:footnote w:id="0"/>
+  </w:footnotePr>
+  <w:endnotePr>
+    <w:endnote w:id="-1"/>
+    <w:endnote w:id="0"/>
+  </w:endnotePr>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:spaceForUL/>
+    <w:balanceSingleByteDoubleByteWidth/>
+    <w:doNotLeaveBackslashAlone/>
+    <w:ulTrailSpace/>
+    <w:doNotExpandShiftReturn/>
+    <w:adjustLineHeightInTable/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="008109C3"/>
-[...10 lines deleted...]
-    <w:rsid w:val="00FE5935"/>
+    <w:rsidRoot w:val="003819BA"/>
+    <w:rsid w:val="00001BFD"/>
+    <w:rsid w:val="000077AE"/>
+    <w:rsid w:val="00023C66"/>
+    <w:rsid w:val="00024438"/>
+    <w:rsid w:val="00026044"/>
+    <w:rsid w:val="000534CE"/>
+    <w:rsid w:val="00056714"/>
+    <w:rsid w:val="0006405F"/>
+    <w:rsid w:val="0006544F"/>
+    <w:rsid w:val="000676BB"/>
+    <w:rsid w:val="00085812"/>
+    <w:rsid w:val="00086C24"/>
+    <w:rsid w:val="00086E56"/>
+    <w:rsid w:val="00094252"/>
+    <w:rsid w:val="00094E31"/>
+    <w:rsid w:val="00094F56"/>
+    <w:rsid w:val="000959A9"/>
+    <w:rsid w:val="000A2E7F"/>
+    <w:rsid w:val="000A45C3"/>
+    <w:rsid w:val="000C1818"/>
+    <w:rsid w:val="000D5061"/>
+    <w:rsid w:val="000D53FD"/>
+    <w:rsid w:val="000D6587"/>
+    <w:rsid w:val="000E2F25"/>
+    <w:rsid w:val="000F10E2"/>
+    <w:rsid w:val="000F68D2"/>
+    <w:rsid w:val="001007B5"/>
+    <w:rsid w:val="00100908"/>
+    <w:rsid w:val="0010164C"/>
+    <w:rsid w:val="00104128"/>
+    <w:rsid w:val="00107C8F"/>
+    <w:rsid w:val="00112580"/>
+    <w:rsid w:val="00117C11"/>
+    <w:rsid w:val="00120C28"/>
+    <w:rsid w:val="00127D66"/>
+    <w:rsid w:val="00131698"/>
+    <w:rsid w:val="0014484D"/>
+    <w:rsid w:val="0015506E"/>
+    <w:rsid w:val="00164171"/>
+    <w:rsid w:val="00165DE5"/>
+    <w:rsid w:val="001676A9"/>
+    <w:rsid w:val="00177ED4"/>
+    <w:rsid w:val="00181C27"/>
+    <w:rsid w:val="00193997"/>
+    <w:rsid w:val="001A0A65"/>
+    <w:rsid w:val="001C00FA"/>
+    <w:rsid w:val="001C1A16"/>
+    <w:rsid w:val="001C3189"/>
+    <w:rsid w:val="001D3E74"/>
+    <w:rsid w:val="001D695A"/>
+    <w:rsid w:val="001D6F38"/>
+    <w:rsid w:val="001E3878"/>
+    <w:rsid w:val="001E410E"/>
+    <w:rsid w:val="001F1813"/>
+    <w:rsid w:val="0021050C"/>
+    <w:rsid w:val="00215321"/>
+    <w:rsid w:val="0022060F"/>
+    <w:rsid w:val="00222CD6"/>
+    <w:rsid w:val="00231AF8"/>
+    <w:rsid w:val="00241C80"/>
+    <w:rsid w:val="002531C6"/>
+    <w:rsid w:val="0025515F"/>
+    <w:rsid w:val="00261950"/>
+    <w:rsid w:val="00273375"/>
+    <w:rsid w:val="0028454A"/>
+    <w:rsid w:val="00286735"/>
+    <w:rsid w:val="002A2CC8"/>
+    <w:rsid w:val="002A34D6"/>
+    <w:rsid w:val="002B4162"/>
+    <w:rsid w:val="002C1820"/>
+    <w:rsid w:val="002C229E"/>
+    <w:rsid w:val="002C615B"/>
+    <w:rsid w:val="002D57EA"/>
+    <w:rsid w:val="002E0CCD"/>
+    <w:rsid w:val="002F224A"/>
+    <w:rsid w:val="002F685E"/>
+    <w:rsid w:val="003147ED"/>
+    <w:rsid w:val="00327C40"/>
+    <w:rsid w:val="00330A39"/>
+    <w:rsid w:val="00330C25"/>
+    <w:rsid w:val="00332C7F"/>
+    <w:rsid w:val="00346642"/>
+    <w:rsid w:val="00346BBE"/>
+    <w:rsid w:val="00356512"/>
+    <w:rsid w:val="003657F3"/>
+    <w:rsid w:val="00371E81"/>
+    <w:rsid w:val="00376694"/>
+    <w:rsid w:val="003819BA"/>
+    <w:rsid w:val="00395DAE"/>
+    <w:rsid w:val="003B2B68"/>
+    <w:rsid w:val="003B716F"/>
+    <w:rsid w:val="003D0CF8"/>
+    <w:rsid w:val="003E0856"/>
+    <w:rsid w:val="003F3BC8"/>
+    <w:rsid w:val="004100D7"/>
+    <w:rsid w:val="00426A54"/>
+    <w:rsid w:val="0042706A"/>
+    <w:rsid w:val="0043613F"/>
+    <w:rsid w:val="00444C44"/>
+    <w:rsid w:val="004464E9"/>
+    <w:rsid w:val="00480984"/>
+    <w:rsid w:val="00495636"/>
+    <w:rsid w:val="004A0346"/>
+    <w:rsid w:val="004B6B32"/>
+    <w:rsid w:val="004C7A0B"/>
+    <w:rsid w:val="004E2D6A"/>
+    <w:rsid w:val="004F1F55"/>
+    <w:rsid w:val="005015EB"/>
+    <w:rsid w:val="005157BD"/>
+    <w:rsid w:val="00530F53"/>
+    <w:rsid w:val="00564C6F"/>
+    <w:rsid w:val="00574AAA"/>
+    <w:rsid w:val="005805D1"/>
+    <w:rsid w:val="00587FED"/>
+    <w:rsid w:val="00597096"/>
+    <w:rsid w:val="00597F25"/>
+    <w:rsid w:val="005A556F"/>
+    <w:rsid w:val="005B475E"/>
+    <w:rsid w:val="005C2D05"/>
+    <w:rsid w:val="005F2FC4"/>
+    <w:rsid w:val="005F46D1"/>
+    <w:rsid w:val="006044E4"/>
+    <w:rsid w:val="00605A18"/>
+    <w:rsid w:val="0061594F"/>
+    <w:rsid w:val="00624255"/>
+    <w:rsid w:val="00647DB7"/>
+    <w:rsid w:val="00655A22"/>
+    <w:rsid w:val="00671ED1"/>
+    <w:rsid w:val="00672CA1"/>
+    <w:rsid w:val="00681F26"/>
+    <w:rsid w:val="006A4468"/>
+    <w:rsid w:val="006C3A8D"/>
+    <w:rsid w:val="006F23BB"/>
+    <w:rsid w:val="00712DB9"/>
+    <w:rsid w:val="007242D8"/>
+    <w:rsid w:val="007254DA"/>
+    <w:rsid w:val="00731FE0"/>
+    <w:rsid w:val="00734E81"/>
+    <w:rsid w:val="00737ADF"/>
+    <w:rsid w:val="007404A0"/>
+    <w:rsid w:val="00740F0B"/>
+    <w:rsid w:val="0074574B"/>
+    <w:rsid w:val="0075049D"/>
+    <w:rsid w:val="007568F4"/>
+    <w:rsid w:val="007635E6"/>
+    <w:rsid w:val="00781EEE"/>
+    <w:rsid w:val="00785D01"/>
+    <w:rsid w:val="00786310"/>
+    <w:rsid w:val="0078684D"/>
+    <w:rsid w:val="007923D0"/>
+    <w:rsid w:val="007940BA"/>
+    <w:rsid w:val="007C1BCA"/>
+    <w:rsid w:val="007C239F"/>
+    <w:rsid w:val="007E6AEE"/>
+    <w:rsid w:val="007F02C8"/>
+    <w:rsid w:val="007F194F"/>
+    <w:rsid w:val="007F343B"/>
+    <w:rsid w:val="007F343D"/>
+    <w:rsid w:val="007F4EF5"/>
+    <w:rsid w:val="008263C8"/>
+    <w:rsid w:val="008408C1"/>
+    <w:rsid w:val="00860023"/>
+    <w:rsid w:val="00870D5C"/>
+    <w:rsid w:val="00876321"/>
+    <w:rsid w:val="00894DB7"/>
+    <w:rsid w:val="008B4066"/>
+    <w:rsid w:val="008D5363"/>
+    <w:rsid w:val="008D5DD2"/>
+    <w:rsid w:val="008F6F6F"/>
+    <w:rsid w:val="008F70E3"/>
+    <w:rsid w:val="00903647"/>
+    <w:rsid w:val="009044F0"/>
+    <w:rsid w:val="009047D5"/>
+    <w:rsid w:val="00930B86"/>
+    <w:rsid w:val="00937C3D"/>
+    <w:rsid w:val="00945449"/>
+    <w:rsid w:val="00946D1C"/>
+    <w:rsid w:val="009575F0"/>
+    <w:rsid w:val="00961AF7"/>
+    <w:rsid w:val="00963C97"/>
+    <w:rsid w:val="00967B34"/>
+    <w:rsid w:val="00993B97"/>
+    <w:rsid w:val="009A7850"/>
+    <w:rsid w:val="009A7CA3"/>
+    <w:rsid w:val="009C1310"/>
+    <w:rsid w:val="009C3D40"/>
+    <w:rsid w:val="009E41E2"/>
+    <w:rsid w:val="009F0B3E"/>
+    <w:rsid w:val="009F0EAA"/>
+    <w:rsid w:val="009F58BA"/>
+    <w:rsid w:val="00A170D5"/>
+    <w:rsid w:val="00A25216"/>
+    <w:rsid w:val="00A253D1"/>
+    <w:rsid w:val="00A35258"/>
+    <w:rsid w:val="00A40F0B"/>
+    <w:rsid w:val="00A537E4"/>
+    <w:rsid w:val="00A54ECC"/>
+    <w:rsid w:val="00A554CC"/>
+    <w:rsid w:val="00A624AB"/>
+    <w:rsid w:val="00A74796"/>
+    <w:rsid w:val="00A76EE5"/>
+    <w:rsid w:val="00A8115C"/>
+    <w:rsid w:val="00A904A2"/>
+    <w:rsid w:val="00AA3E53"/>
+    <w:rsid w:val="00AC3010"/>
+    <w:rsid w:val="00AD60D7"/>
+    <w:rsid w:val="00AE1E38"/>
+    <w:rsid w:val="00AF57E2"/>
+    <w:rsid w:val="00B22F09"/>
+    <w:rsid w:val="00B4032B"/>
+    <w:rsid w:val="00B55925"/>
+    <w:rsid w:val="00B7790F"/>
+    <w:rsid w:val="00B8243C"/>
+    <w:rsid w:val="00B9078A"/>
+    <w:rsid w:val="00B90F8F"/>
+    <w:rsid w:val="00B95E55"/>
+    <w:rsid w:val="00BA1C47"/>
+    <w:rsid w:val="00BA3484"/>
+    <w:rsid w:val="00BE638F"/>
+    <w:rsid w:val="00BE63D3"/>
+    <w:rsid w:val="00C04394"/>
+    <w:rsid w:val="00C30777"/>
+    <w:rsid w:val="00C3317F"/>
+    <w:rsid w:val="00C41D5C"/>
+    <w:rsid w:val="00C45265"/>
+    <w:rsid w:val="00C46E76"/>
+    <w:rsid w:val="00C4787E"/>
+    <w:rsid w:val="00C67B2C"/>
+    <w:rsid w:val="00C75504"/>
+    <w:rsid w:val="00C77067"/>
+    <w:rsid w:val="00C84622"/>
+    <w:rsid w:val="00C874E7"/>
+    <w:rsid w:val="00C9161F"/>
+    <w:rsid w:val="00C91F22"/>
+    <w:rsid w:val="00CD0709"/>
+    <w:rsid w:val="00D00570"/>
+    <w:rsid w:val="00D13C01"/>
+    <w:rsid w:val="00D278D9"/>
+    <w:rsid w:val="00D40B0B"/>
+    <w:rsid w:val="00D44D41"/>
+    <w:rsid w:val="00D60FBE"/>
+    <w:rsid w:val="00D61FB7"/>
+    <w:rsid w:val="00D6386E"/>
+    <w:rsid w:val="00D76476"/>
+    <w:rsid w:val="00D85CB2"/>
+    <w:rsid w:val="00D959C6"/>
+    <w:rsid w:val="00DB09DF"/>
+    <w:rsid w:val="00DB1CB1"/>
+    <w:rsid w:val="00DB63F0"/>
+    <w:rsid w:val="00DB7566"/>
+    <w:rsid w:val="00DC6042"/>
+    <w:rsid w:val="00DD0858"/>
+    <w:rsid w:val="00DD77A2"/>
+    <w:rsid w:val="00DE7342"/>
+    <w:rsid w:val="00DE7FCA"/>
+    <w:rsid w:val="00DF7645"/>
+    <w:rsid w:val="00E0328B"/>
+    <w:rsid w:val="00E07DC4"/>
+    <w:rsid w:val="00E14911"/>
+    <w:rsid w:val="00E17FCF"/>
+    <w:rsid w:val="00E43606"/>
+    <w:rsid w:val="00E4589E"/>
+    <w:rsid w:val="00E45C83"/>
+    <w:rsid w:val="00E46A0C"/>
+    <w:rsid w:val="00E62559"/>
+    <w:rsid w:val="00E73D79"/>
+    <w:rsid w:val="00E753E8"/>
+    <w:rsid w:val="00E75719"/>
+    <w:rsid w:val="00E87110"/>
+    <w:rsid w:val="00E9439A"/>
+    <w:rsid w:val="00EB6467"/>
+    <w:rsid w:val="00EC2120"/>
+    <w:rsid w:val="00EC62DE"/>
+    <w:rsid w:val="00EC79E6"/>
+    <w:rsid w:val="00ED5774"/>
+    <w:rsid w:val="00EE19D8"/>
+    <w:rsid w:val="00EE4B5A"/>
+    <w:rsid w:val="00EF7E0E"/>
+    <w:rsid w:val="00F17EB2"/>
+    <w:rsid w:val="00F20CA4"/>
+    <w:rsid w:val="00F359E6"/>
+    <w:rsid w:val="00F47F27"/>
+    <w:rsid w:val="00F555AC"/>
+    <w:rsid w:val="00F6061F"/>
+    <w:rsid w:val="00F61FD3"/>
+    <w:rsid w:val="00F67871"/>
+    <w:rsid w:val="00F67A69"/>
+    <w:rsid w:val="00F91B3C"/>
+    <w:rsid w:val="00F93AF6"/>
+    <w:rsid w:val="00F976C3"/>
+    <w:rsid w:val="00FA5046"/>
+    <w:rsid w:val="00FB2985"/>
+    <w:rsid w:val="00FD08B9"/>
+    <w:rsid w:val="00FD08D6"/>
+    <w:rsid w:val="00FE6639"/>
+    <w:rsid w:val="00FE799D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="pl-PL" w:eastAsia="" w:bidi=""/>
+  <w:themeFontLang w:val="pl-PL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:doNotIncludeSubdocsInStats/>
+  <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="6FABA556"/>
-  <w15:docId w15:val="{9896D239-4623-43A3-8205-1FBC5C3E87B9}"/>
+  <w14:defaultImageDpi w14:val="0"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...2 lines deleted...]
-        <w:lang w:val="pl-PL" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+        <w:lang w:val="pl-PL" w:eastAsia="pl-PL" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault>
-[...3 lines deleted...]
-    </w:pPrDefault>
+    <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
-    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...7 lines deleted...]
-    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...4 lines deleted...]
-    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
-    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...8 lines deleted...]
-    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...10 lines deleted...]
-    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
-    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...5 lines deleted...]
-    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
-    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...11 lines deleted...]
-    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1"/>
+    <w:lsdException w:name="Strong" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
-    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...13 lines deleted...]
-    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...2 lines deleted...]
-    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
-    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="No Spacing" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
     <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
@@ -1365,443 +2560,5923 @@
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
     <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
-    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
-[...102 lines deleted...]
-    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normalny">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:pPr>
-[...1 lines deleted...]
-    </w:pPr>
+    <w:rsid w:val="00001BFD"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:adjustRightInd w:val="0"/>
+      <w:spacing w:after="240" w:line="360" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000"/>
+      <w:kern w:val="1"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:bidi="hi-IN"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Domylnaczcionkaakapitu">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Standardowy">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Bezlisty">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Nagb3b3b3b3b3b3b3b3b3f3f3f3f3f3f3f3f3f3wekZnak">
+    <w:name w:val="Nagłb3b3b3b3b3b3b3b3b3óf3f3f3f3f3f3f3f3f3wek Znak"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="StopkaZnak">
+    <w:name w:val="Stopka Znak"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="StopkaZnak1">
+    <w:name w:val="Stopka Znak1"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="StopkaZnak11">
+    <w:name w:val="Stopka Znak11"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TekstdymkaZnak">
+    <w:name w:val="Tekst dymka Znak"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TekstpodstawowyZnak">
+    <w:name w:val="Tekst podstawowy Znak"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Pogrubienie">
+    <w:name w:val="Strong"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Tekstpodstawowy2Znak">
+    <w:name w:val="Tekst podstawowy 2 Znak"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="tah12">
+    <w:name w:val="tah12"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="PRZEWODNICZACYIPIERWSZYAKAPITZnakZnak">
+    <w:name w:val="PRZEWODNICZACY_I_PIERWSZY AKAPIT Znak Znak"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:cs="Garamond"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="PRZEWODNICZACYIIKONTYNUACJAMYcececececececececeLIZnakZnak">
+    <w:name w:val="PRZEWODNICZACY_II_KONTYNUACJA_MYÎcececececececececeLI Znak Znak"/>
+    <w:uiPriority w:val="99"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="PRZEWODNICZb4b4b4b4b4b4b4b4b4CYIIINOWAMYcececececececececeLZnakZnak">
+    <w:name w:val="PRZEWODNICZ´b4b4b4b4b4b4b4b4b4CY_III_NOWA_MYÎcececececececececeL Znak Znak"/>
+    <w:uiPriority w:val="99"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel1">
+    <w:name w:val="ListLabel 1"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel2">
+    <w:name w:val="ListLabel 2"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel3">
+    <w:name w:val="ListLabel 3"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel4">
+    <w:name w:val="ListLabel 4"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel5">
+    <w:name w:val="ListLabel 5"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel6">
+    <w:name w:val="ListLabel 6"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel7">
+    <w:name w:val="ListLabel 7"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel8">
+    <w:name w:val="ListLabel 8"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel9">
+    <w:name w:val="ListLabel 9"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel10">
+    <w:name w:val="ListLabel 10"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel11">
+    <w:name w:val="ListLabel 11"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel12">
+    <w:name w:val="ListLabel 12"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel13">
+    <w:name w:val="ListLabel 13"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel14">
+    <w:name w:val="ListLabel 14"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel15">
+    <w:name w:val="ListLabel 15"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel16">
+    <w:name w:val="ListLabel 16"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel17">
+    <w:name w:val="ListLabel 17"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel18">
+    <w:name w:val="ListLabel 18"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="PodpisZnak">
+    <w:name w:val="Podpis Znak"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="StopkaZnak2">
+    <w:name w:val="Stopka Znak2"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TekstdymkaZnak1">
+    <w:name w:val="Tekst dymka Znak1"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:cs="Segoe UI"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Tekstpodstawowy2Znak1">
+    <w:name w:val="Tekst podstawowy 2 Znak1"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="PodpisZnak1">
+    <w:name w:val="Podpis Znak1"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="StopkaZnak3">
+    <w:name w:val="Stopka Znak3"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TekstdymkaZnak2">
+    <w:name w:val="Tekst dymka Znak2"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:cs="Segoe UI"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Tekstpodstawowy2Znak2">
+    <w:name w:val="Tekst podstawowy 2 Znak2"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="PodpisZnak2">
+    <w:name w:val="Podpis Znak2"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="StopkaZnak4">
+    <w:name w:val="Stopka Znak4"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TekstdymkaZnak3">
+    <w:name w:val="Tekst dymka Znak3"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:cs="Segoe UI"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Tekstpodstawowy2Znak3">
+    <w:name w:val="Tekst podstawowy 2 Znak3"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Nagb3b3b3b3b3b3f3f3f3f3f3f3wekZnak">
+    <w:name w:val="Nagłb3b3b3b3b3b3óf3f3f3f3f3f3wek Znak"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="PodpisZnak3">
+    <w:name w:val="Podpis Znak3"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="StopkaZnak5">
+    <w:name w:val="Stopka Znak5"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TekstdymkaZnak4">
+    <w:name w:val="Tekst dymka Znak4"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:cs="Segoe UI"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Tekstpodstawowy2Znak4">
+    <w:name w:val="Tekst podstawowy 2 Znak4"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Nagb3b3b3b3b3f3f3f3f3f3wekZnak">
+    <w:name w:val="Nagłb3b3b3b3b3óf3f3f3f3f3wek Znak"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="PodpisZnak4">
+    <w:name w:val="Podpis Znak4"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="StopkaZnak6">
+    <w:name w:val="Stopka Znak6"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TekstdymkaZnak5">
+    <w:name w:val="Tekst dymka Znak5"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:cs="Segoe UI"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Tekstpodstawowy2Znak5">
+    <w:name w:val="Tekst podstawowy 2 Znak5"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Nagb3b3b3b3f3f3f3f3wekZnak">
+    <w:name w:val="Nagłb3b3b3b3óf3f3f3f3wek Znak"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="PodpisZnak5">
+    <w:name w:val="Podpis Znak5"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="StopkaZnak7">
+    <w:name w:val="Stopka Znak7"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TekstdymkaZnak6">
+    <w:name w:val="Tekst dymka Znak6"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:cs="Segoe UI"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Tekstpodstawowy2Znak6">
+    <w:name w:val="Tekst podstawowy 2 Znak6"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="PodpisZnak6">
+    <w:name w:val="Podpis Znak6"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="StopkaZnak8">
+    <w:name w:val="Stopka Znak8"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TekstdymkaZnak7">
+    <w:name w:val="Tekst dymka Znak7"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:cs="Segoe UI"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Tekstpodstawowy2Znak7">
+    <w:name w:val="Tekst podstawowy 2 Znak7"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Nagb3b3f3f3wekZnak">
+    <w:name w:val="Nagłb3b3óf3f3wek Znak"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a3a3b9b9czeinternetowe">
+    <w:name w:val="Ła3a3ąb9b9cze internetowe"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:color w:val="0563C1"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="PodpisZnak7">
+    <w:name w:val="Podpis Znak7"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="StopkaZnak9">
+    <w:name w:val="Stopka Znak9"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TekstdymkaZnak8">
+    <w:name w:val="Tekst dymka Znak8"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:cs="Segoe UI"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Tekstpodstawowy2Znak8">
+    <w:name w:val="Tekst podstawowy 2 Znak8"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TekstpodstawowyZnak1">
+    <w:name w:val="Tekst podstawowy Znak1"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Nagb3f3wekZnak">
+    <w:name w:val="Nagłb3óf3wek Znak"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Zwykb3ytekstZnak">
+    <w:name w:val="Zwykłb3y tekst Znak"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:eastAsia="Times New Roman" w:cs="Consolas"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="21"/>
+      <w:lang w:val="x-none" w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TekstpodstawowywcieatyZnak">
+    <w:name w:val="Tekst podstawowy wcięeaty Znak"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Tekstpodstawowywcieaty2Znak">
+    <w:name w:val="Tekst podstawowy wcięeaty 2 Znak"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Numerstrony">
+    <w:name w:val="page number"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ZnakZnak61">
+    <w:name w:val="Znak Znak61"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:eastAsia="Times New Roman"/>
+      <w:sz w:val="21"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ZnakZnak62">
+    <w:name w:val="Znak Znak62"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:eastAsia="Times New Roman"/>
+      <w:sz w:val="21"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Tekstprzypisukof1cowegoZnak">
+    <w:name w:val="Tekst przypisu końf1cowego Znak"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Zakotwiczenieprzypisukof1cowego">
+    <w:name w:val="Zakotwiczenie przypisu końf1cowego"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+      <w:vertAlign w:val="superscript"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="EndnoteCharacters">
+    <w:name w:val="Endnote Characters"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:vertAlign w:val="superscript"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ZnakZnak63">
+    <w:name w:val="Znak Znak63"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:eastAsia="Times New Roman"/>
+      <w:sz w:val="21"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ZnakZnak64">
+    <w:name w:val="Znak Znak64"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:eastAsia="Times New Roman"/>
+      <w:sz w:val="21"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a3b9czeinternetowe">
+    <w:name w:val="Ła3ąb9cze internetowe"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:color w:val="CC9900"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ZnakZnak65">
+    <w:name w:val="Znak Znak65"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:eastAsia="Times New Roman"/>
+      <w:sz w:val="21"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ZnakZnak66">
+    <w:name w:val="Znak Znak66"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:eastAsia="Times New Roman"/>
+      <w:sz w:val="21"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ZnakZnak">
+    <w:name w:val="Znak Znak"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman"/>
+      <w:sz w:val="21"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel19">
+    <w:name w:val="ListLabel 19"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel20">
+    <w:name w:val="ListLabel 20"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel21">
+    <w:name w:val="ListLabel 21"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel22">
+    <w:name w:val="ListLabel 22"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel23">
+    <w:name w:val="ListLabel 23"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel24">
+    <w:name w:val="ListLabel 24"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel25">
+    <w:name w:val="ListLabel 25"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel26">
+    <w:name w:val="ListLabel 26"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel27">
+    <w:name w:val="ListLabel 27"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel28">
+    <w:name w:val="ListLabel 28"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel29">
+    <w:name w:val="ListLabel 29"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel30">
+    <w:name w:val="ListLabel 30"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel31">
+    <w:name w:val="ListLabel 31"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel32">
+    <w:name w:val="ListLabel 32"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel33">
+    <w:name w:val="ListLabel 33"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel34">
+    <w:name w:val="ListLabel 34"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel35">
+    <w:name w:val="ListLabel 35"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel36">
+    <w:name w:val="ListLabel 36"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel37">
+    <w:name w:val="ListLabel 37"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel38">
+    <w:name w:val="ListLabel 38"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel39">
+    <w:name w:val="ListLabel 39"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel40">
+    <w:name w:val="ListLabel 40"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel41">
+    <w:name w:val="ListLabel 41"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel42">
+    <w:name w:val="ListLabel 42"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel43">
+    <w:name w:val="ListLabel 43"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel44">
+    <w:name w:val="ListLabel 44"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel45">
+    <w:name w:val="ListLabel 45"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel46">
+    <w:name w:val="ListLabel 46"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel47">
+    <w:name w:val="ListLabel 47"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel48">
+    <w:name w:val="ListLabel 48"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel49">
+    <w:name w:val="ListLabel 49"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel50">
+    <w:name w:val="ListLabel 50"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel51">
+    <w:name w:val="ListLabel 51"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel52">
+    <w:name w:val="ListLabel 52"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel53">
+    <w:name w:val="ListLabel 53"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel54">
+    <w:name w:val="ListLabel 54"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel55">
+    <w:name w:val="ListLabel 55"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel56">
+    <w:name w:val="ListLabel 56"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel57">
+    <w:name w:val="ListLabel 57"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel58">
+    <w:name w:val="ListLabel 58"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel59">
+    <w:name w:val="ListLabel 59"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel60">
+    <w:name w:val="ListLabel 60"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel61">
+    <w:name w:val="ListLabel 61"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel62">
+    <w:name w:val="ListLabel 62"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel63">
+    <w:name w:val="ListLabel 63"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel64">
+    <w:name w:val="ListLabel 64"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel65">
+    <w:name w:val="ListLabel 65"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel66">
+    <w:name w:val="ListLabel 66"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel67">
+    <w:name w:val="ListLabel 67"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel68">
+    <w:name w:val="ListLabel 68"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel69">
+    <w:name w:val="ListLabel 69"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel70">
+    <w:name w:val="ListLabel 70"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel71">
+    <w:name w:val="ListLabel 71"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel72">
+    <w:name w:val="ListLabel 72"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel73">
+    <w:name w:val="ListLabel 73"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel74">
+    <w:name w:val="ListLabel 74"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel75">
+    <w:name w:val="ListLabel 75"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel76">
+    <w:name w:val="ListLabel 76"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel77">
+    <w:name w:val="ListLabel 77"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel78">
+    <w:name w:val="ListLabel 78"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel79">
+    <w:name w:val="ListLabel 79"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel80">
+    <w:name w:val="ListLabel 80"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel81">
+    <w:name w:val="ListLabel 81"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel82">
+    <w:name w:val="ListLabel 82"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel83">
+    <w:name w:val="ListLabel 83"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel84">
+    <w:name w:val="ListLabel 84"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel85">
+    <w:name w:val="ListLabel 85"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel86">
+    <w:name w:val="ListLabel 86"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel87">
+    <w:name w:val="ListLabel 87"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel88">
+    <w:name w:val="ListLabel 88"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel89">
+    <w:name w:val="ListLabel 89"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel90">
+    <w:name w:val="ListLabel 90"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel91">
+    <w:name w:val="ListLabel 91"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel92">
+    <w:name w:val="ListLabel 92"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel93">
+    <w:name w:val="ListLabel 93"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel94">
+    <w:name w:val="ListLabel 94"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel95">
+    <w:name w:val="ListLabel 95"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel96">
+    <w:name w:val="ListLabel 96"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel97">
+    <w:name w:val="ListLabel 97"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel98">
+    <w:name w:val="ListLabel 98"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel99">
+    <w:name w:val="ListLabel 99"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel100">
+    <w:name w:val="ListLabel 100"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel101">
+    <w:name w:val="ListLabel 101"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel102">
+    <w:name w:val="ListLabel 102"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel103">
+    <w:name w:val="ListLabel 103"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel104">
+    <w:name w:val="ListLabel 104"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel105">
+    <w:name w:val="ListLabel 105"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel106">
+    <w:name w:val="ListLabel 106"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel107">
+    <w:name w:val="ListLabel 107"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel108">
+    <w:name w:val="ListLabel 108"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel109">
+    <w:name w:val="ListLabel 109"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel110">
+    <w:name w:val="ListLabel 110"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel111">
+    <w:name w:val="ListLabel 111"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel112">
+    <w:name w:val="ListLabel 112"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel113">
+    <w:name w:val="ListLabel 113"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel114">
+    <w:name w:val="ListLabel 114"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel115">
+    <w:name w:val="ListLabel 115"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel116">
+    <w:name w:val="ListLabel 116"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel117">
+    <w:name w:val="ListLabel 117"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel118">
+    <w:name w:val="ListLabel 118"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel119">
+    <w:name w:val="ListLabel 119"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel120">
+    <w:name w:val="ListLabel 120"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel121">
+    <w:name w:val="ListLabel 121"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel122">
+    <w:name w:val="ListLabel 122"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel123">
+    <w:name w:val="ListLabel 123"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel124">
+    <w:name w:val="ListLabel 124"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel125">
+    <w:name w:val="ListLabel 125"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel126">
+    <w:name w:val="ListLabel 126"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel127">
+    <w:name w:val="ListLabel 127"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel128">
+    <w:name w:val="ListLabel 128"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel129">
+    <w:name w:val="ListLabel 129"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel130">
+    <w:name w:val="ListLabel 130"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel131">
+    <w:name w:val="ListLabel 131"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel132">
+    <w:name w:val="ListLabel 132"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel133">
+    <w:name w:val="ListLabel 133"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel134">
+    <w:name w:val="ListLabel 134"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel135">
+    <w:name w:val="ListLabel 135"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel136">
+    <w:name w:val="ListLabel 136"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel137">
+    <w:name w:val="ListLabel 137"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel138">
+    <w:name w:val="ListLabel 138"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel139">
+    <w:name w:val="ListLabel 139"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel140">
+    <w:name w:val="ListLabel 140"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel141">
+    <w:name w:val="ListLabel 141"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel142">
+    <w:name w:val="ListLabel 142"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel143">
+    <w:name w:val="ListLabel 143"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel144">
+    <w:name w:val="ListLabel 144"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel145">
+    <w:name w:val="ListLabel 145"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel146">
+    <w:name w:val="ListLabel 146"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel147">
+    <w:name w:val="ListLabel 147"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel148">
+    <w:name w:val="ListLabel 148"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel149">
+    <w:name w:val="ListLabel 149"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel150">
+    <w:name w:val="ListLabel 150"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel151">
+    <w:name w:val="ListLabel 151"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel152">
+    <w:name w:val="ListLabel 152"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel153">
+    <w:name w:val="ListLabel 153"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel154">
+    <w:name w:val="ListLabel 154"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel155">
+    <w:name w:val="ListLabel 155"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel156">
+    <w:name w:val="ListLabel 156"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel157">
+    <w:name w:val="ListLabel 157"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel158">
+    <w:name w:val="ListLabel 158"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel159">
+    <w:name w:val="ListLabel 159"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel160">
+    <w:name w:val="ListLabel 160"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel161">
+    <w:name w:val="ListLabel 161"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel162">
+    <w:name w:val="ListLabel 162"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel163">
+    <w:name w:val="ListLabel 163"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel164">
+    <w:name w:val="ListLabel 164"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel165">
+    <w:name w:val="ListLabel 165"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel166">
+    <w:name w:val="ListLabel 166"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel167">
+    <w:name w:val="ListLabel 167"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel168">
+    <w:name w:val="ListLabel 168"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel169">
+    <w:name w:val="ListLabel 169"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel170">
+    <w:name w:val="ListLabel 170"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel171">
+    <w:name w:val="ListLabel 171"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel172">
+    <w:name w:val="ListLabel 172"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel173">
+    <w:name w:val="ListLabel 173"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel174">
+    <w:name w:val="ListLabel 174"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel175">
+    <w:name w:val="ListLabel 175"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel176">
+    <w:name w:val="ListLabel 176"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel177">
+    <w:name w:val="ListLabel 177"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel178">
+    <w:name w:val="ListLabel 178"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel179">
+    <w:name w:val="ListLabel 179"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel180">
+    <w:name w:val="ListLabel 180"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel181">
+    <w:name w:val="ListLabel 181"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel182">
+    <w:name w:val="ListLabel 182"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel183">
+    <w:name w:val="ListLabel 183"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel184">
+    <w:name w:val="ListLabel 184"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel185">
+    <w:name w:val="ListLabel 185"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel186">
+    <w:name w:val="ListLabel 186"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Nagb3f3wek">
+    <w:name w:val="Nagłb3óf3wek"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:next w:val="Tre9ce6tekstu"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:spacing w:before="240" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Sans" w:cs="Liberation Sans"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tre9ce6tekstu">
+    <w:name w:val="Treś9cće6 tekstu"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Lista">
+    <w:name w:val="List"/>
+    <w:basedOn w:val="Tre9ce6tekstu"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:spacing w:after="140" w:line="288" w:lineRule="exact"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:cs="Arial"/>
+      <w:lang w:val="en-GB" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Podpis">
+    <w:name w:val="Signature"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:link w:val="PodpisZnak8"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="PodpisZnak8">
+    <w:name w:val="Podpis Znak8"/>
+    <w:link w:val="Podpis"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:locked/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Liberation Serif" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:kern w:val="1"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Indeks">
+    <w:name w:val="Indeks"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:lang w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="DocumentMap">
+    <w:name w:val="DocumentMap"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:adjustRightInd w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Liberation Serif"/>
+      <w:color w:val="000000"/>
+      <w:kern w:val="1"/>
+      <w:lang w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Nagb3b3f3f3wek">
+    <w:name w:val="Nagłb3b3óf3f3wek"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:spacing w:before="240" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Sans" w:cs="Liberation Sans"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tre9c9ce6e6tekstu">
+    <w:name w:val="Treś9c9cće6e6 tekstu"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:spacing w:after="140" w:line="288" w:lineRule="exact"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Sygnatura">
+    <w:name w:val="Sygnatura"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:szCs w:val="24"/>
+      <w:lang w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Nagb3b3b3f3f3f3wek">
+    <w:name w:val="Nagłb3b3b3óf3f3f3wek"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:spacing w:before="240" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Sans" w:cs="Liberation Sans"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tre9c9c9ce6e6e6tekstu">
+    <w:name w:val="Treś9c9c9cće6e6e6 tekstu"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:spacing w:after="140" w:line="288" w:lineRule="exact"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Nagb3b3b3b3f3f3f3f3wek">
+    <w:name w:val="Nagłb3b3b3b3óf3f3f3f3wek"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:spacing w:before="240" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Sans" w:cs="Liberation Sans"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tre9c9c9c9ce6e6e6e6tekstu">
+    <w:name w:val="Treś9c9c9c9cće6e6e6e6 tekstu"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:spacing w:after="140" w:line="288" w:lineRule="exact"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Nagb3b3b3b3b3f3f3f3f3f3wek">
+    <w:name w:val="Nagłb3b3b3b3b3óf3f3f3f3f3wek"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:spacing w:before="240" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Sans" w:cs="Liberation Sans"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tre9c9c9c9c9ce6e6e6e6e6tekstu">
+    <w:name w:val="Treś9c9c9c9c9cće6e6e6e6e6 tekstu"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:spacing w:after="140" w:line="288" w:lineRule="exact"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Nagb3b3b3b3b3b3f3f3f3f3f3f3wek">
+    <w:name w:val="Nagłb3b3b3b3b3b3óf3f3f3f3f3f3wek"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:spacing w:before="240" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Sans" w:cs="Liberation Sans"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tre9c9c9c9c9c9ce6e6e6e6e6e6tekstu">
+    <w:name w:val="Treś9c9c9c9c9c9cće6e6e6e6e6e6 tekstu"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:spacing w:after="140" w:line="288" w:lineRule="exact"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Nagb3b3b3b3b3b3b3f3f3f3f3f3f3f3wek">
+    <w:name w:val="Nagłb3b3b3b3b3b3b3óf3f3f3f3f3f3f3wek"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:spacing w:before="240" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Sans" w:cs="Liberation Sans"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tre9c9c9c9c9c9c9ce6e6e6e6e6e6e6tekstu">
+    <w:name w:val="Treś9c9c9c9c9c9c9cće6e6e6e6e6e6e6 tekstu"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:spacing w:after="140" w:line="288" w:lineRule="exact"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Nagb3b3b3b3b3b3b3b3f3f3f3f3f3f3f3f3wek">
+    <w:name w:val="Nagłb3b3b3b3b3b3b3b3óf3f3f3f3f3f3f3f3wek"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:spacing w:before="240" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Sans" w:cs="Liberation Sans"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tre9c9c9c9c9c9c9c9ce6e6e6e6e6e6e6e6tekstu">
+    <w:name w:val="Treś9c9c9c9c9c9c9c9cće6e6e6e6e6e6e6e6 tekstu"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:spacing w:after="140" w:line="288" w:lineRule="exact"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Nagb3b3b3b3b3b3b3b3b3f3f3f3f3f3f3f3f3f3wek">
+    <w:name w:val="Nagłb3b3b3b3b3b3b3b3b3óf3f3f3f3f3f3f3f3f3wek"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:spacing w:before="240" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:cs="Arial"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w:lang w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tre9c9c9c9c9c9c9c9c9ce6e6e6e6e6e6e6e6e6tekstu">
+    <w:name w:val="Treś9c9c9c9c9c9c9c9c9cće6e6e6e6e6e6e6e6e6 tekstu"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:cs="Arial"/>
+      <w:lang w:val="en-GB" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Gb3b3b3b3b3b3b3b3b3f3f3f3f3f3f3f3f3f3wka">
+    <w:name w:val="Głb3b3b3b3b3b3b3b3b3óf3f3f3f3f3f3f3f3f3wka"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4536"/>
+        <w:tab w:val="right" w:pos="9072"/>
+      </w:tabs>
+    </w:pPr>
+    <w:rPr>
+      <w:lang w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Stopka">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:link w:val="StopkaZnak10"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4536"/>
+        <w:tab w:val="right" w:pos="9072"/>
+      </w:tabs>
+    </w:pPr>
+    <w:rPr>
+      <w:lang w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="StopkaZnak10">
+    <w:name w:val="Stopka Znak10"/>
+    <w:link w:val="Stopka"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:locked/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Liberation Serif" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:kern w:val="1"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Tekstdymka">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:link w:val="TekstdymkaZnak9"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+      <w:lang w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TekstdymkaZnak9">
+    <w:name w:val="Tekst dymka Znak9"/>
+    <w:link w:val="Tekstdymka"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:locked/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:kern w:val="1"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+      <w:lang w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="NormalnyWeb">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:after="100"/>
+    </w:pPr>
+    <w:rPr>
+      <w:szCs w:val="24"/>
+      <w:lang w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Tekstpodstawowy2">
+    <w:name w:val="Body Text 2"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:link w:val="Tekstpodstawowy2Znak9"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:spacing w:after="120" w:line="480" w:lineRule="exact"/>
+    </w:pPr>
+    <w:rPr>
+      <w:lang w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Tekstpodstawowy2Znak9">
+    <w:name w:val="Tekst podstawowy 2 Znak9"/>
+    <w:link w:val="Tekstpodstawowy2"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:locked/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Liberation Serif" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:kern w:val="1"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="PRZEWODNICZACYIPIERWSZYAKAPIT">
+    <w:name w:val="PRZEWODNICZACY_I_PIERWSZY AKAPIT"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:spacing w:before="280" w:line="288" w:lineRule="exact"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Garamond" w:cs="Garamond"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Styl1">
+    <w:name w:val="Styl1"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:spacing w:before="300" w:line="300" w:lineRule="exact"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:lang w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Prez02">
+    <w:name w:val="Prez_02"/>
+    <w:basedOn w:val="NormalnyWeb"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:spacing w:before="260" w:line="300" w:lineRule="exact"/>
+      <w:ind w:left="5233" w:firstLine="431"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Garamond" w:cs="Garamond"/>
+      <w:spacing w:val="-3"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="PRZEWODNICZACYIIKONTYNUACJAMYcececececececececeLI">
+    <w:name w:val="PRZEWODNICZACY_II_KONTYNUACJA_MYÎcececececececececeLI"/>
+    <w:basedOn w:val="PRZEWODNICZACYIPIERWSZYAKAPIT"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:ind w:firstLine="709"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="PRZEWODNICZb4b4b4b4b4b4b4b4b4CYIIINOWAMYcececececececececeL">
+    <w:name w:val="PRZEWODNICZ´b4b4b4b4b4b4b4b4b4CY_III_NOWA_MYÎcececececececececeL"/>
+    <w:basedOn w:val="PRZEWODNICZACYIPIERWSZYAKAPIT"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:ind w:firstLine="708"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Zawarto9c9c9c9c9c9c9c9c9ce6e6e6e6e6e6e6e6e6ramki">
+    <w:name w:val="Zawartoś9c9c9c9c9c9c9c9c9cće6e6e6e6e6e6e6e6e6 ramki"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:lang w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Zawarto9c9c9c9c9c9c9c9c9ce6e6e6e6e6e6e6e6e6tabeli">
+    <w:name w:val="Zawartoś9c9c9c9c9c9c9c9c9cće6e6e6e6e6e6e6e6e6 tabeli"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:lang w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Zawarto9c9c9c9c9c9c9c9ce6e6e6e6e6e6e6e6ramki">
+    <w:name w:val="Zawartoś9c9c9c9c9c9c9c9cće6e6e6e6e6e6e6e6 ramki"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="99"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Gb3b3b3b3b3b3b3b3f3f3f3f3f3f3f3f3wka">
+    <w:name w:val="Głb3b3b3b3b3b3b3b3óf3f3f3f3f3f3f3f3wka"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="99"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Zawarto9c9c9c9c9c9c9ce6e6e6e6e6e6e6ramki">
+    <w:name w:val="Zawartoś9c9c9c9c9c9c9cće6e6e6e6e6e6e6 ramki"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="99"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Gb3b3b3b3b3b3b3f3f3f3f3f3f3f3wka">
+    <w:name w:val="Głb3b3b3b3b3b3b3óf3f3f3f3f3f3f3wka"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="99"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Gb3b3b3b3b3b3f3f3f3f3f3f3wka">
+    <w:name w:val="Głb3b3b3b3b3b3óf3f3f3f3f3f3wka"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4536"/>
+        <w:tab w:val="right" w:pos="9072"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Zawarto9c9c9c9c9c9ce6e6e6e6e6e6ramki">
+    <w:name w:val="Zawartoś9c9c9c9c9c9cće6e6e6e6e6e6 ramki"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="99"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Gb3b3b3b3b3f3f3f3f3f3wka">
+    <w:name w:val="Głb3b3b3b3b3óf3f3f3f3f3wka"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4536"/>
+        <w:tab w:val="right" w:pos="9072"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Zawarto9c9c9c9c9ce6e6e6e6e6ramki">
+    <w:name w:val="Zawartoś9c9c9c9c9cće6e6e6e6e6 ramki"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="99"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Gb3b3b3b3f3f3f3f3wka">
+    <w:name w:val="Głb3b3b3b3óf3f3f3f3wka"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4536"/>
+        <w:tab w:val="right" w:pos="9072"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Zawarto9c9c9c9ce6e6e6e6ramki">
+    <w:name w:val="Zawartoś9c9c9c9cće6e6e6e6 ramki"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="99"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Zawarto9c9c9ce6e6e6ramki">
+    <w:name w:val="Zawartoś9c9c9cće6e6e6 ramki"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="99"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Gb3b3b3f3f3f3wka">
+    <w:name w:val="Głb3b3b3óf3f3f3wka"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="99"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Bezodstpw">
+    <w:name w:val="No Spacing"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:adjustRightInd w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Liberation Serif"/>
+      <w:color w:val="000000"/>
+      <w:kern w:val="1"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Gb3b3f3f3wka">
+    <w:name w:val="Głb3b3óf3f3wka"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4536"/>
+        <w:tab w:val="right" w:pos="9072"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Zawarto9c9ce6e6ramki">
+    <w:name w:val="Zawartoś9c9cće6e6 ramki"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="99"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Gb3f3wka">
+    <w:name w:val="Głb3óf3wka"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4536"/>
+        <w:tab w:val="right" w:pos="9072"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Zwykytekst">
+    <w:name w:val="Plain Text"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:link w:val="ZwykytekstZnak"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="exact"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:cs="Consolas"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="21"/>
+      <w:lang w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ZwykytekstZnak">
+    <w:name w:val="Zwykły tekst Znak"/>
+    <w:link w:val="Zwykytekst"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:locked/>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:kern w:val="1"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+      <w:lang w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Wcieacietre9ccitekstu">
+    <w:name w:val="Wcięeacie treś9cci tekstu"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+      <w:ind w:left="283"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Tekstpodstawowywcity2">
+    <w:name w:val="Body Text Indent 2"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:link w:val="Tekstpodstawowywcity2Znak"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:spacing w:after="120" w:line="480" w:lineRule="exact"/>
+      <w:ind w:left="283"/>
+    </w:pPr>
+    <w:rPr>
+      <w:lang w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Tekstpodstawowywcity2Znak">
+    <w:name w:val="Tekst podstawowy wcięty 2 Znak"/>
+    <w:link w:val="Tekstpodstawowywcity2"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:locked/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Liberation Serif" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:kern w:val="1"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Akapitzlist">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:link w:val="AkapitzlistZnak"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="exact"/>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:szCs w:val="24"/>
+      <w:lang w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Przypiskof1cowy">
+    <w:name w:val="Przypis końf1cowy"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Tabela-Siatka">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="Standardowy"/>
+    <w:uiPriority w:val="39"/>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Zawarto9ce6ramki">
+    <w:name w:val="Zawartoś9cće6 ramki"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="99"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
+    <w:name w:val="Default"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:adjustRightInd w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Liberation Serif"/>
+      <w:color w:val="000000"/>
+      <w:kern w:val="1"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Hipercze">
+    <w:name w:val="Hyperlink"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="008F70E3"/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+      <w:color w:val="0000FF"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Nagwek">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:link w:val="NagwekZnak"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="008B4066"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4536"/>
+        <w:tab w:val="right" w:pos="9072"/>
+      </w:tabs>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Mangal"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="NagwekZnak">
+    <w:name w:val="Nagłówek Znak"/>
+    <w:link w:val="Nagwek"/>
+    <w:uiPriority w:val="99"/>
+    <w:locked/>
+    <w:rsid w:val="008B4066"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Liberation Serif" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:kern w:val="1"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Tekstprzypisukocowego">
+    <w:name w:val="endnote text"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:link w:val="TekstprzypisukocowegoZnak"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00332C7F"/>
+    <w:rPr>
+      <w:rFonts w:cs="Mangal"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TekstprzypisukocowegoZnak">
     <w:name w:val="Tekst przypisu końcowego Znak"/>
-    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
     <w:link w:val="Tekstprzypisukocowego"/>
     <w:uiPriority w:val="99"/>
+    <w:locked/>
+    <w:rsid w:val="00332C7F"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Liberation Serif" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:kern w:val="1"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+      <w:lang w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Odwoanieprzypisukocowego">
+    <w:name w:val="endnote reference"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00332C7F"/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+      <w:vertAlign w:val="superscript"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Tekstprzypisudolnego">
+    <w:name w:val="footnote text"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:link w:val="TekstprzypisudolnegoZnak"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00B8243C"/>
+    <w:rPr>
+      <w:rFonts w:cs="Mangal"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TekstprzypisudolnegoZnak">
+    <w:name w:val="Tekst przypisu dolnego Znak"/>
+    <w:link w:val="Tekstprzypisudolnego"/>
+    <w:uiPriority w:val="99"/>
+    <w:locked/>
+    <w:rsid w:val="00B8243C"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Liberation Serif" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:kern w:val="1"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+      <w:lang w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Odwoanieprzypisudolnego">
+    <w:name w:val="footnote reference"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00B8243C"/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+      <w:vertAlign w:val="superscript"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="AkapitzlistZnak">
+    <w:name w:val="Akapit z listą Znak"/>
+    <w:link w:val="Akapitzlist"/>
+    <w:uiPriority w:val="34"/>
+    <w:rsid w:val="009A7CA3"/>
+    <w:rPr>
+      <w:color w:val="000000"/>
+      <w:kern w:val="1"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+</w:styles>
+</file>
+
+<file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+        <w:lang w:val="pl-PL" w:eastAsia="pl-PL" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault/>
+  </w:docDefaults>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1"/>
+    <w:lsdException w:name="Strong" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normalny">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="00001BFD"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:adjustRightInd w:val="0"/>
+      <w:spacing w:after="240" w:line="360" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000"/>
+      <w:kern w:val="1"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="Domylnaczcionkaakapitu">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="Standardowy">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:default="1" w:styleId="Bezlisty">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Nagb3b3b3b3b3b3b3b3b3f3f3f3f3f3f3f3f3f3wekZnak">
+    <w:name w:val="Nagłb3b3b3b3b3b3b3b3b3óf3f3f3f3f3f3f3f3f3wek Znak"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="StopkaZnak">
+    <w:name w:val="Stopka Znak"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="StopkaZnak1">
+    <w:name w:val="Stopka Znak1"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="StopkaZnak11">
+    <w:name w:val="Stopka Znak11"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TekstdymkaZnak">
+    <w:name w:val="Tekst dymka Znak"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TekstpodstawowyZnak">
+    <w:name w:val="Tekst podstawowy Znak"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Pogrubienie">
+    <w:name w:val="Strong"/>
+    <w:uiPriority w:val="99"/>
     <w:qFormat/>
-    <w:rsid w:val="007F0A15"/>
-    <w:rPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Tekstpodstawowy2Znak">
+    <w:name w:val="Tekst podstawowy 2 Znak"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="tah12">
+    <w:name w:val="tah12"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="PRZEWODNICZACYIPIERWSZYAKAPITZnakZnak">
+    <w:name w:val="PRZEWODNICZACY_I_PIERWSZY AKAPIT Znak Znak"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:cs="Garamond"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="PRZEWODNICZACYIIKONTYNUACJAMYcececececececececeLIZnakZnak">
+    <w:name w:val="PRZEWODNICZACY_II_KONTYNUACJA_MYÎcececececececececeLI Znak Znak"/>
+    <w:uiPriority w:val="99"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="PRZEWODNICZb4b4b4b4b4b4b4b4b4CYIIINOWAMYcececececececececeLZnakZnak">
+    <w:name w:val="PRZEWODNICZ´b4b4b4b4b4b4b4b4b4CY_III_NOWA_MYÎcececececececececeL Znak Znak"/>
+    <w:uiPriority w:val="99"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel1">
+    <w:name w:val="ListLabel 1"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel2">
+    <w:name w:val="ListLabel 2"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel3">
+    <w:name w:val="ListLabel 3"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel4">
+    <w:name w:val="ListLabel 4"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel5">
+    <w:name w:val="ListLabel 5"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel6">
+    <w:name w:val="ListLabel 6"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel7">
+    <w:name w:val="ListLabel 7"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel8">
+    <w:name w:val="ListLabel 8"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel9">
+    <w:name w:val="ListLabel 9"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel10">
+    <w:name w:val="ListLabel 10"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel11">
+    <w:name w:val="ListLabel 11"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel12">
+    <w:name w:val="ListLabel 12"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel13">
+    <w:name w:val="ListLabel 13"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel14">
+    <w:name w:val="ListLabel 14"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel15">
+    <w:name w:val="ListLabel 15"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel16">
+    <w:name w:val="ListLabel 16"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel17">
+    <w:name w:val="ListLabel 17"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel18">
+    <w:name w:val="ListLabel 18"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="PodpisZnak">
+    <w:name w:val="Podpis Znak"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Zakotwiczenieprzypisukocowego">
-[...1 lines deleted...]
-    <w:rPr>
+  <w:style w:type="character" w:customStyle="1" w:styleId="StopkaZnak2">
+    <w:name w:val="Stopka Znak2"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TekstdymkaZnak1">
+    <w:name w:val="Tekst dymka Znak1"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:cs="Segoe UI"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Tekstpodstawowy2Znak1">
+    <w:name w:val="Tekst podstawowy 2 Znak1"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="PodpisZnak1">
+    <w:name w:val="Podpis Znak1"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="StopkaZnak3">
+    <w:name w:val="Stopka Znak3"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TekstdymkaZnak2">
+    <w:name w:val="Tekst dymka Znak2"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:cs="Segoe UI"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Tekstpodstawowy2Znak2">
+    <w:name w:val="Tekst podstawowy 2 Znak2"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="PodpisZnak2">
+    <w:name w:val="Podpis Znak2"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="StopkaZnak4">
+    <w:name w:val="Stopka Znak4"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TekstdymkaZnak3">
+    <w:name w:val="Tekst dymka Znak3"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:cs="Segoe UI"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Tekstpodstawowy2Znak3">
+    <w:name w:val="Tekst podstawowy 2 Znak3"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Nagb3b3b3b3b3b3f3f3f3f3f3f3wekZnak">
+    <w:name w:val="Nagłb3b3b3b3b3b3óf3f3f3f3f3f3wek Znak"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="PodpisZnak3">
+    <w:name w:val="Podpis Znak3"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="StopkaZnak5">
+    <w:name w:val="Stopka Znak5"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TekstdymkaZnak4">
+    <w:name w:val="Tekst dymka Znak4"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:cs="Segoe UI"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Tekstpodstawowy2Znak4">
+    <w:name w:val="Tekst podstawowy 2 Znak4"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Nagb3b3b3b3b3f3f3f3f3f3wekZnak">
+    <w:name w:val="Nagłb3b3b3b3b3óf3f3f3f3f3wek Znak"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="PodpisZnak4">
+    <w:name w:val="Podpis Znak4"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="StopkaZnak6">
+    <w:name w:val="Stopka Znak6"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TekstdymkaZnak5">
+    <w:name w:val="Tekst dymka Znak5"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:cs="Segoe UI"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Tekstpodstawowy2Znak5">
+    <w:name w:val="Tekst podstawowy 2 Znak5"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Nagb3b3b3b3f3f3f3f3wekZnak">
+    <w:name w:val="Nagłb3b3b3b3óf3f3f3f3wek Znak"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="PodpisZnak5">
+    <w:name w:val="Podpis Znak5"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="StopkaZnak7">
+    <w:name w:val="Stopka Znak7"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TekstdymkaZnak6">
+    <w:name w:val="Tekst dymka Znak6"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:cs="Segoe UI"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Tekstpodstawowy2Znak6">
+    <w:name w:val="Tekst podstawowy 2 Znak6"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="PodpisZnak6">
+    <w:name w:val="Podpis Znak6"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="StopkaZnak8">
+    <w:name w:val="Stopka Znak8"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TekstdymkaZnak7">
+    <w:name w:val="Tekst dymka Znak7"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:cs="Segoe UI"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Tekstpodstawowy2Znak7">
+    <w:name w:val="Tekst podstawowy 2 Znak7"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Nagb3b3f3f3wekZnak">
+    <w:name w:val="Nagłb3b3óf3f3wek Znak"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a3a3b9b9czeinternetowe">
+    <w:name w:val="Ła3a3ąb9b9cze internetowe"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:color w:val="0563C1"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="PodpisZnak7">
+    <w:name w:val="Podpis Znak7"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="StopkaZnak9">
+    <w:name w:val="Stopka Znak9"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TekstdymkaZnak8">
+    <w:name w:val="Tekst dymka Znak8"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:cs="Segoe UI"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Tekstpodstawowy2Znak8">
+    <w:name w:val="Tekst podstawowy 2 Znak8"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TekstpodstawowyZnak1">
+    <w:name w:val="Tekst podstawowy Znak1"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Nagb3f3wekZnak">
+    <w:name w:val="Nagłb3óf3wek Znak"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Zwykb3ytekstZnak">
+    <w:name w:val="Zwykłb3y tekst Znak"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:eastAsia="Times New Roman" w:cs="Consolas"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="21"/>
+      <w:lang w:val="x-none" w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TekstpodstawowywcieatyZnak">
+    <w:name w:val="Tekst podstawowy wcięeaty Znak"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Tekstpodstawowywcieaty2Znak">
+    <w:name w:val="Tekst podstawowy wcięeaty 2 Znak"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Numerstrony">
+    <w:name w:val="page number"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ZnakZnak61">
+    <w:name w:val="Znak Znak61"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:eastAsia="Times New Roman"/>
+      <w:sz w:val="21"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ZnakZnak62">
+    <w:name w:val="Znak Znak62"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:eastAsia="Times New Roman"/>
+      <w:sz w:val="21"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Tekstprzypisukof1cowegoZnak">
+    <w:name w:val="Tekst przypisu końf1cowego Znak"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Zakotwiczenieprzypisukof1cowego">
+    <w:name w:val="Zakotwiczenie przypisu końf1cowego"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="EndnoteCharacters">
     <w:name w:val="Endnote Characters"/>
-    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:vertAlign w:val="superscript"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ZnakZnak63">
+    <w:name w:val="Znak Znak63"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:eastAsia="Times New Roman"/>
+      <w:sz w:val="21"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ZnakZnak64">
+    <w:name w:val="Znak Znak64"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:eastAsia="Times New Roman"/>
+      <w:sz w:val="21"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a3b9czeinternetowe">
+    <w:name w:val="Ła3ąb9cze internetowe"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:color w:val="CC9900"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ZnakZnak65">
+    <w:name w:val="Znak Znak65"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:eastAsia="Times New Roman"/>
+      <w:sz w:val="21"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ZnakZnak66">
+    <w:name w:val="Znak Znak66"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:eastAsia="Times New Roman"/>
+      <w:sz w:val="21"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ZnakZnak">
+    <w:name w:val="Znak Znak"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman"/>
+      <w:sz w:val="21"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel19">
+    <w:name w:val="ListLabel 19"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel20">
+    <w:name w:val="ListLabel 20"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel21">
+    <w:name w:val="ListLabel 21"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel22">
+    <w:name w:val="ListLabel 22"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel23">
+    <w:name w:val="ListLabel 23"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel24">
+    <w:name w:val="ListLabel 24"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel25">
+    <w:name w:val="ListLabel 25"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel26">
+    <w:name w:val="ListLabel 26"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel27">
+    <w:name w:val="ListLabel 27"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel28">
+    <w:name w:val="ListLabel 28"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel29">
+    <w:name w:val="ListLabel 29"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel30">
+    <w:name w:val="ListLabel 30"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel31">
+    <w:name w:val="ListLabel 31"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel32">
+    <w:name w:val="ListLabel 32"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel33">
+    <w:name w:val="ListLabel 33"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel34">
+    <w:name w:val="ListLabel 34"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel35">
+    <w:name w:val="ListLabel 35"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel36">
+    <w:name w:val="ListLabel 36"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel37">
+    <w:name w:val="ListLabel 37"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel38">
+    <w:name w:val="ListLabel 38"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel39">
+    <w:name w:val="ListLabel 39"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel40">
+    <w:name w:val="ListLabel 40"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel41">
+    <w:name w:val="ListLabel 41"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel42">
+    <w:name w:val="ListLabel 42"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel43">
+    <w:name w:val="ListLabel 43"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel44">
+    <w:name w:val="ListLabel 44"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel45">
+    <w:name w:val="ListLabel 45"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel46">
+    <w:name w:val="ListLabel 46"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel47">
+    <w:name w:val="ListLabel 47"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel48">
+    <w:name w:val="ListLabel 48"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel49">
+    <w:name w:val="ListLabel 49"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel50">
+    <w:name w:val="ListLabel 50"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel51">
+    <w:name w:val="ListLabel 51"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel52">
+    <w:name w:val="ListLabel 52"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel53">
+    <w:name w:val="ListLabel 53"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel54">
+    <w:name w:val="ListLabel 54"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel55">
+    <w:name w:val="ListLabel 55"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel56">
+    <w:name w:val="ListLabel 56"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel57">
+    <w:name w:val="ListLabel 57"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel58">
+    <w:name w:val="ListLabel 58"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel59">
+    <w:name w:val="ListLabel 59"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel60">
+    <w:name w:val="ListLabel 60"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel61">
+    <w:name w:val="ListLabel 61"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel62">
+    <w:name w:val="ListLabel 62"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel63">
+    <w:name w:val="ListLabel 63"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel64">
+    <w:name w:val="ListLabel 64"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel65">
+    <w:name w:val="ListLabel 65"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel66">
+    <w:name w:val="ListLabel 66"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel67">
+    <w:name w:val="ListLabel 67"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel68">
+    <w:name w:val="ListLabel 68"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel69">
+    <w:name w:val="ListLabel 69"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel70">
+    <w:name w:val="ListLabel 70"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel71">
+    <w:name w:val="ListLabel 71"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel72">
+    <w:name w:val="ListLabel 72"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel73">
+    <w:name w:val="ListLabel 73"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel74">
+    <w:name w:val="ListLabel 74"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel75">
+    <w:name w:val="ListLabel 75"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel76">
+    <w:name w:val="ListLabel 76"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel77">
+    <w:name w:val="ListLabel 77"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel78">
+    <w:name w:val="ListLabel 78"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel79">
+    <w:name w:val="ListLabel 79"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel80">
+    <w:name w:val="ListLabel 80"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel81">
+    <w:name w:val="ListLabel 81"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel82">
+    <w:name w:val="ListLabel 82"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel83">
+    <w:name w:val="ListLabel 83"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel84">
+    <w:name w:val="ListLabel 84"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel85">
+    <w:name w:val="ListLabel 85"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel86">
+    <w:name w:val="ListLabel 86"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel87">
+    <w:name w:val="ListLabel 87"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel88">
+    <w:name w:val="ListLabel 88"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel89">
+    <w:name w:val="ListLabel 89"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel90">
+    <w:name w:val="ListLabel 90"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel91">
+    <w:name w:val="ListLabel 91"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel92">
+    <w:name w:val="ListLabel 92"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel93">
+    <w:name w:val="ListLabel 93"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel94">
+    <w:name w:val="ListLabel 94"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel95">
+    <w:name w:val="ListLabel 95"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel96">
+    <w:name w:val="ListLabel 96"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel97">
+    <w:name w:val="ListLabel 97"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel98">
+    <w:name w:val="ListLabel 98"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel99">
+    <w:name w:val="ListLabel 99"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel100">
+    <w:name w:val="ListLabel 100"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel101">
+    <w:name w:val="ListLabel 101"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel102">
+    <w:name w:val="ListLabel 102"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel103">
+    <w:name w:val="ListLabel 103"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel104">
+    <w:name w:val="ListLabel 104"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel105">
+    <w:name w:val="ListLabel 105"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel106">
+    <w:name w:val="ListLabel 106"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel107">
+    <w:name w:val="ListLabel 107"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel108">
+    <w:name w:val="ListLabel 108"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel109">
+    <w:name w:val="ListLabel 109"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel110">
+    <w:name w:val="ListLabel 110"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel111">
+    <w:name w:val="ListLabel 111"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel112">
+    <w:name w:val="ListLabel 112"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel113">
+    <w:name w:val="ListLabel 113"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel114">
+    <w:name w:val="ListLabel 114"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel115">
+    <w:name w:val="ListLabel 115"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel116">
+    <w:name w:val="ListLabel 116"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel117">
+    <w:name w:val="ListLabel 117"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel118">
+    <w:name w:val="ListLabel 118"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel119">
+    <w:name w:val="ListLabel 119"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel120">
+    <w:name w:val="ListLabel 120"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel121">
+    <w:name w:val="ListLabel 121"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel122">
+    <w:name w:val="ListLabel 122"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel123">
+    <w:name w:val="ListLabel 123"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel124">
+    <w:name w:val="ListLabel 124"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel125">
+    <w:name w:val="ListLabel 125"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel126">
+    <w:name w:val="ListLabel 126"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel127">
+    <w:name w:val="ListLabel 127"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel128">
+    <w:name w:val="ListLabel 128"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel129">
+    <w:name w:val="ListLabel 129"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel130">
+    <w:name w:val="ListLabel 130"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel131">
+    <w:name w:val="ListLabel 131"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel132">
+    <w:name w:val="ListLabel 132"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel133">
+    <w:name w:val="ListLabel 133"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel134">
+    <w:name w:val="ListLabel 134"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel135">
+    <w:name w:val="ListLabel 135"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel136">
+    <w:name w:val="ListLabel 136"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel137">
+    <w:name w:val="ListLabel 137"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel138">
+    <w:name w:val="ListLabel 138"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel139">
+    <w:name w:val="ListLabel 139"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel140">
+    <w:name w:val="ListLabel 140"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel141">
+    <w:name w:val="ListLabel 141"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel142">
+    <w:name w:val="ListLabel 142"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel143">
+    <w:name w:val="ListLabel 143"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel144">
+    <w:name w:val="ListLabel 144"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel145">
+    <w:name w:val="ListLabel 145"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel146">
+    <w:name w:val="ListLabel 146"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel147">
+    <w:name w:val="ListLabel 147"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel148">
+    <w:name w:val="ListLabel 148"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel149">
+    <w:name w:val="ListLabel 149"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel150">
+    <w:name w:val="ListLabel 150"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel151">
+    <w:name w:val="ListLabel 151"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel152">
+    <w:name w:val="ListLabel 152"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel153">
+    <w:name w:val="ListLabel 153"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel154">
+    <w:name w:val="ListLabel 154"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel155">
+    <w:name w:val="ListLabel 155"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel156">
+    <w:name w:val="ListLabel 156"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel157">
+    <w:name w:val="ListLabel 157"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel158">
+    <w:name w:val="ListLabel 158"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel159">
+    <w:name w:val="ListLabel 159"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel160">
+    <w:name w:val="ListLabel 160"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel161">
+    <w:name w:val="ListLabel 161"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel162">
+    <w:name w:val="ListLabel 162"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel163">
+    <w:name w:val="ListLabel 163"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel164">
+    <w:name w:val="ListLabel 164"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel165">
+    <w:name w:val="ListLabel 165"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel166">
+    <w:name w:val="ListLabel 166"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel167">
+    <w:name w:val="ListLabel 167"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel168">
+    <w:name w:val="ListLabel 168"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel169">
+    <w:name w:val="ListLabel 169"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel170">
+    <w:name w:val="ListLabel 170"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel171">
+    <w:name w:val="ListLabel 171"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel172">
+    <w:name w:val="ListLabel 172"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel173">
+    <w:name w:val="ListLabel 173"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel174">
+    <w:name w:val="ListLabel 174"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel175">
+    <w:name w:val="ListLabel 175"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel176">
+    <w:name w:val="ListLabel 176"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel177">
+    <w:name w:val="ListLabel 177"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel178">
+    <w:name w:val="ListLabel 178"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel179">
+    <w:name w:val="ListLabel 179"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel180">
+    <w:name w:val="ListLabel 180"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel181">
+    <w:name w:val="ListLabel 181"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel182">
+    <w:name w:val="ListLabel 182"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel183">
+    <w:name w:val="ListLabel 183"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel184">
+    <w:name w:val="ListLabel 184"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel185">
+    <w:name w:val="ListLabel 185"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListLabel186">
+    <w:name w:val="ListLabel 186"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Nagb3f3wek">
+    <w:name w:val="Nagłb3óf3wek"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:next w:val="Tre9ce6tekstu"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:spacing w:before="240" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Sans" w:cs="Liberation Sans"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tre9ce6tekstu">
+    <w:name w:val="Treś9cće6 tekstu"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Lista">
+    <w:name w:val="List"/>
+    <w:basedOn w:val="Tre9ce6tekstu"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:spacing w:after="140" w:line="288" w:lineRule="exact"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:cs="Arial"/>
+      <w:lang w:val="en-GB" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Podpis">
+    <w:name w:val="Signature"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:link w:val="PodpisZnak8"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="PodpisZnak8">
+    <w:name w:val="Podpis Znak8"/>
+    <w:link w:val="Podpis"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:unhideWhenUsed/>
+    <w:locked/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Liberation Serif" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:kern w:val="1"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Indeks">
+    <w:name w:val="Indeks"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:lang w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="DocumentMap">
+    <w:name w:val="DocumentMap"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:adjustRightInd w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Liberation Serif"/>
+      <w:color w:val="000000"/>
+      <w:kern w:val="1"/>
+      <w:lang w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Nagb3b3f3f3wek">
+    <w:name w:val="Nagłb3b3óf3f3wek"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:spacing w:before="240" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Sans" w:cs="Liberation Sans"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tre9c9ce6e6tekstu">
+    <w:name w:val="Treś9c9cće6e6 tekstu"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:spacing w:after="140" w:line="288" w:lineRule="exact"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Sygnatura">
+    <w:name w:val="Sygnatura"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:szCs w:val="24"/>
+      <w:lang w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Nagb3b3b3f3f3f3wek">
+    <w:name w:val="Nagłb3b3b3óf3f3f3wek"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:spacing w:before="240" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Sans" w:cs="Liberation Sans"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tre9c9c9ce6e6e6tekstu">
+    <w:name w:val="Treś9c9c9cće6e6e6 tekstu"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:spacing w:after="140" w:line="288" w:lineRule="exact"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Nagb3b3b3b3f3f3f3f3wek">
+    <w:name w:val="Nagłb3b3b3b3óf3f3f3f3wek"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:spacing w:before="240" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Sans" w:cs="Liberation Sans"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tre9c9c9c9ce6e6e6e6tekstu">
+    <w:name w:val="Treś9c9c9c9cće6e6e6e6 tekstu"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:spacing w:after="140" w:line="288" w:lineRule="exact"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Nagb3b3b3b3b3f3f3f3f3f3wek">
+    <w:name w:val="Nagłb3b3b3b3b3óf3f3f3f3f3wek"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:spacing w:before="240" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Sans" w:cs="Liberation Sans"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tre9c9c9c9c9ce6e6e6e6e6tekstu">
+    <w:name w:val="Treś9c9c9c9c9cće6e6e6e6e6 tekstu"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:spacing w:after="140" w:line="288" w:lineRule="exact"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Nagb3b3b3b3b3b3f3f3f3f3f3f3wek">
+    <w:name w:val="Nagłb3b3b3b3b3b3óf3f3f3f3f3f3wek"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:spacing w:before="240" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Sans" w:cs="Liberation Sans"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tre9c9c9c9c9c9ce6e6e6e6e6e6tekstu">
+    <w:name w:val="Treś9c9c9c9c9c9cće6e6e6e6e6e6 tekstu"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:spacing w:after="140" w:line="288" w:lineRule="exact"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Nagb3b3b3b3b3b3b3f3f3f3f3f3f3f3wek">
+    <w:name w:val="Nagłb3b3b3b3b3b3b3óf3f3f3f3f3f3f3wek"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:spacing w:before="240" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Sans" w:cs="Liberation Sans"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tre9c9c9c9c9c9c9ce6e6e6e6e6e6e6tekstu">
+    <w:name w:val="Treś9c9c9c9c9c9c9cće6e6e6e6e6e6e6 tekstu"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:spacing w:after="140" w:line="288" w:lineRule="exact"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Nagb3b3b3b3b3b3b3b3f3f3f3f3f3f3f3f3wek">
+    <w:name w:val="Nagłb3b3b3b3b3b3b3b3óf3f3f3f3f3f3f3f3wek"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:spacing w:before="240" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Sans" w:cs="Liberation Sans"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tre9c9c9c9c9c9c9c9ce6e6e6e6e6e6e6e6tekstu">
+    <w:name w:val="Treś9c9c9c9c9c9c9c9cće6e6e6e6e6e6e6e6 tekstu"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:spacing w:after="140" w:line="288" w:lineRule="exact"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Nagb3b3b3b3b3b3b3b3b3f3f3f3f3f3f3f3f3f3wek">
+    <w:name w:val="Nagłb3b3b3b3b3b3b3b3b3óf3f3f3f3f3f3f3f3f3wek"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:spacing w:before="240" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:cs="Arial"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w:lang w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tre9c9c9c9c9c9c9c9c9ce6e6e6e6e6e6e6e6e6tekstu">
+    <w:name w:val="Treś9c9c9c9c9c9c9c9c9cće6e6e6e6e6e6e6e6e6 tekstu"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:cs="Arial"/>
+      <w:lang w:val="en-GB" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Gb3b3b3b3b3b3b3b3b3f3f3f3f3f3f3f3f3f3wka">
+    <w:name w:val="Głb3b3b3b3b3b3b3b3b3óf3f3f3f3f3f3f3f3f3wka"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4536"/>
+        <w:tab w:val="right" w:pos="9072"/>
+      </w:tabs>
+    </w:pPr>
+    <w:rPr>
+      <w:lang w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Stopka">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:link w:val="StopkaZnak10"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4536"/>
+        <w:tab w:val="right" w:pos="9072"/>
+      </w:tabs>
+    </w:pPr>
+    <w:rPr>
+      <w:lang w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="StopkaZnak10">
+    <w:name w:val="Stopka Znak10"/>
+    <w:link w:val="Stopka"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:locked/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Liberation Serif" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:kern w:val="1"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Tekstdymka">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:link w:val="TekstdymkaZnak9"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+      <w:lang w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TekstdymkaZnak9">
+    <w:name w:val="Tekst dymka Znak9"/>
+    <w:link w:val="Tekstdymka"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:locked/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:kern w:val="1"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+      <w:lang w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="NormalnyWeb">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:after="100"/>
+    </w:pPr>
+    <w:rPr>
+      <w:szCs w:val="24"/>
+      <w:lang w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Tekstpodstawowy2">
+    <w:name w:val="Body Text 2"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:link w:val="Tekstpodstawowy2Znak9"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:spacing w:after="120" w:line="480" w:lineRule="exact"/>
+    </w:pPr>
+    <w:rPr>
+      <w:lang w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Tekstpodstawowy2Znak9">
+    <w:name w:val="Tekst podstawowy 2 Znak9"/>
+    <w:link w:val="Tekstpodstawowy2"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:locked/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Liberation Serif" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:kern w:val="1"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="PRZEWODNICZACYIPIERWSZYAKAPIT">
+    <w:name w:val="PRZEWODNICZACY_I_PIERWSZY AKAPIT"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:spacing w:before="280" w:line="288" w:lineRule="exact"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Garamond" w:cs="Garamond"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Styl1">
+    <w:name w:val="Styl1"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:spacing w:before="300" w:line="300" w:lineRule="exact"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:lang w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Prez02">
+    <w:name w:val="Prez_02"/>
+    <w:basedOn w:val="NormalnyWeb"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:spacing w:before="260" w:line="300" w:lineRule="exact"/>
+      <w:ind w:left="5233" w:firstLine="431"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Garamond" w:cs="Garamond"/>
+      <w:spacing w:val="-3"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="PRZEWODNICZACYIIKONTYNUACJAMYcececececececececeLI">
+    <w:name w:val="PRZEWODNICZACY_II_KONTYNUACJA_MYÎcececececececececeLI"/>
+    <w:basedOn w:val="PRZEWODNICZACYIPIERWSZYAKAPIT"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:ind w:firstLine="709"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="PRZEWODNICZb4b4b4b4b4b4b4b4b4CYIIINOWAMYcececececececececeL">
+    <w:name w:val="PRZEWODNICZ´b4b4b4b4b4b4b4b4b4CY_III_NOWA_MYÎcececececececececeL"/>
+    <w:basedOn w:val="PRZEWODNICZACYIPIERWSZYAKAPIT"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:ind w:firstLine="708"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Zawarto9c9c9c9c9c9c9c9c9ce6e6e6e6e6e6e6e6e6ramki">
+    <w:name w:val="Zawartoś9c9c9c9c9c9c9c9c9cće6e6e6e6e6e6e6e6e6 ramki"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:lang w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Zawarto9c9c9c9c9c9c9c9c9ce6e6e6e6e6e6e6e6e6tabeli">
+    <w:name w:val="Zawartoś9c9c9c9c9c9c9c9c9cće6e6e6e6e6e6e6e6e6 tabeli"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:lang w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Zawarto9c9c9c9c9c9c9c9ce6e6e6e6e6e6e6e6ramki">
+    <w:name w:val="Zawartoś9c9c9c9c9c9c9c9cće6e6e6e6e6e6e6e6 ramki"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="99"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Gb3b3b3b3b3b3b3b3f3f3f3f3f3f3f3f3wka">
+    <w:name w:val="Głb3b3b3b3b3b3b3b3óf3f3f3f3f3f3f3f3wka"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="99"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Zawarto9c9c9c9c9c9c9ce6e6e6e6e6e6e6ramki">
+    <w:name w:val="Zawartoś9c9c9c9c9c9c9cće6e6e6e6e6e6e6 ramki"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="99"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Gb3b3b3b3b3b3b3f3f3f3f3f3f3f3wka">
+    <w:name w:val="Głb3b3b3b3b3b3b3óf3f3f3f3f3f3f3wka"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="99"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Gb3b3b3b3b3b3f3f3f3f3f3f3wka">
+    <w:name w:val="Głb3b3b3b3b3b3óf3f3f3f3f3f3wka"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4536"/>
+        <w:tab w:val="right" w:pos="9072"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Zawarto9c9c9c9c9c9ce6e6e6e6e6e6ramki">
+    <w:name w:val="Zawartoś9c9c9c9c9c9cće6e6e6e6e6e6 ramki"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="99"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Gb3b3b3b3b3f3f3f3f3f3wka">
+    <w:name w:val="Głb3b3b3b3b3óf3f3f3f3f3wka"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4536"/>
+        <w:tab w:val="right" w:pos="9072"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Zawarto9c9c9c9c9ce6e6e6e6e6ramki">
+    <w:name w:val="Zawartoś9c9c9c9c9cće6e6e6e6e6 ramki"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="99"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Gb3b3b3b3f3f3f3f3wka">
+    <w:name w:val="Głb3b3b3b3óf3f3f3f3wka"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4536"/>
+        <w:tab w:val="right" w:pos="9072"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Zawarto9c9c9c9ce6e6e6e6ramki">
+    <w:name w:val="Zawartoś9c9c9c9cće6e6e6e6 ramki"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="99"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Zawarto9c9c9ce6e6e6ramki">
+    <w:name w:val="Zawartoś9c9c9cće6e6e6 ramki"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="99"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Gb3b3b3f3f3f3wka">
+    <w:name w:val="Głb3b3b3óf3f3f3wka"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="99"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Bezodstpw">
+    <w:name w:val="No Spacing"/>
+    <w:uiPriority w:val="99"/>
     <w:qFormat/>
-    <w:rsid w:val="007F0A15"/>
-[...7 lines deleted...]
-    <w:link w:val="Tekstdymka"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:adjustRightInd w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Liberation Serif"/>
+      <w:color w:val="000000"/>
+      <w:kern w:val="1"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Gb3b3f3f3wka">
+    <w:name w:val="Głb3b3óf3f3wka"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4536"/>
+        <w:tab w:val="right" w:pos="9072"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Zawarto9c9ce6e6ramki">
+    <w:name w:val="Zawartoś9c9cće6e6 ramki"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="99"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Gb3f3wka">
+    <w:name w:val="Głb3óf3wka"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4536"/>
+        <w:tab w:val="right" w:pos="9072"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Zwykytekst">
+    <w:name w:val="Plain Text"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:link w:val="ZwykytekstZnak"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="exact"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:cs="Consolas"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="21"/>
+      <w:lang w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ZwykytekstZnak">
+    <w:name w:val="Zwykły tekst Znak"/>
+    <w:link w:val="Zwykytekst"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:qFormat/>
-[...2 lines deleted...]
-      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+    <w:locked/>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:kern w:val="1"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
-    </w:rPr>
-[...3 lines deleted...]
-    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+      <w:lang w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Wcieacietre9ccitekstu">
+    <w:name w:val="Wcięeacie treś9cci tekstu"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+      <w:ind w:left="283"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Tekstpodstawowywcity2">
+    <w:name w:val="Body Text Indent 2"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:link w:val="Tekstpodstawowywcity2Znak"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:spacing w:after="120" w:line="480" w:lineRule="exact"/>
+      <w:ind w:left="283"/>
+    </w:pPr>
+    <w:rPr>
+      <w:lang w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Tekstpodstawowywcity2Znak">
+    <w:name w:val="Tekst podstawowy wcięty 2 Znak"/>
+    <w:link w:val="Tekstpodstawowywcity2"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:locked/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Liberation Serif" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:kern w:val="1"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Akapitzlist">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:link w:val="AkapitzlistZnak"/>
+    <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="008D1949"/>
-[...11 lines deleted...]
-    <w:rsid w:val="00C0771B"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="exact"/>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:szCs w:val="24"/>
+      <w:lang w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Przypiskof1cowy">
+    <w:name w:val="Przypis końf1cowy"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Tabela-Siatka">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="Standardowy"/>
+    <w:uiPriority w:val="39"/>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Zawarto9ce6ramki">
+    <w:name w:val="Zawartoś9cće6 ramki"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="99"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
+    <w:name w:val="Default"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:adjustRightInd w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Liberation Serif"/>
+      <w:color w:val="000000"/>
+      <w:kern w:val="1"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Hipercze">
+    <w:name w:val="Hyperlink"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="008F70E3"/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+      <w:color w:val="0000FF"/>
+      <w:u w:val="single"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Nagwek">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normalny"/>
-    <w:next w:val="Tekstpodstawowy"/>
-[...36 lines deleted...]
-      <w:iCs/>
+    <w:link w:val="NagwekZnak"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="008B4066"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4536"/>
+        <w:tab w:val="right" w:pos="9072"/>
+      </w:tabs>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Mangal"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="NagwekZnak">
+    <w:name w:val="Nagłówek Znak"/>
+    <w:link w:val="Nagwek"/>
+    <w:uiPriority w:val="99"/>
+    <w:locked/>
+    <w:rsid w:val="008B4066"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Liberation Serif" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:kern w:val="1"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Tekstprzypisukocowego">
+    <w:name w:val="endnote text"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:link w:val="TekstprzypisukocowegoZnak"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00332C7F"/>
+    <w:rPr>
+      <w:rFonts w:cs="Mangal"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TekstprzypisukocowegoZnak">
+    <w:name w:val="Tekst przypisu końcowego Znak"/>
+    <w:link w:val="Tekstprzypisukocowego"/>
+    <w:uiPriority w:val="99"/>
+    <w:locked/>
+    <w:rsid w:val="00332C7F"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Liberation Serif" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:kern w:val="1"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+      <w:lang w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Odwoanieprzypisukocowego">
+    <w:name w:val="endnote reference"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00332C7F"/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+      <w:vertAlign w:val="superscript"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Tekstprzypisudolnego">
+    <w:name w:val="footnote text"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:link w:val="TekstprzypisudolnegoZnak"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00B8243C"/>
+    <w:rPr>
+      <w:rFonts w:cs="Mangal"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TekstprzypisudolnegoZnak">
+    <w:name w:val="Tekst przypisu dolnego Znak"/>
+    <w:link w:val="Tekstprzypisudolnego"/>
+    <w:uiPriority w:val="99"/>
+    <w:locked/>
+    <w:rsid w:val="00B8243C"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Liberation Serif" w:cs="Mangal"/>
+      <w:color w:val="000000"/>
+      <w:kern w:val="1"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+      <w:lang w:bidi="hi-IN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Odwoanieprzypisudolnego">
+    <w:name w:val="footnote reference"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00B8243C"/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+      <w:vertAlign w:val="superscript"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="AkapitzlistZnak">
+    <w:name w:val="Akapit z listą Znak"/>
+    <w:link w:val="Akapitzlist"/>
+    <w:uiPriority w:val="34"/>
+    <w:rsid w:val="009A7CA3"/>
+    <w:rPr>
+      <w:color w:val="000000"/>
+      <w:kern w:val="1"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
-  </w:style>
-[...54 lines deleted...]
-    </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se"/>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:divs>
+    <w:div w:id="1916936499">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1916936500">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1916936501">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1916936502">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
+  <w:optimizeForBrowser/>
+  <w:allowPNG/>
+</w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+</file>
+
+<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+</file>
+
+<file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\bartwo\AppData\Local\Temp\notes6111BD\szablon%20interpelacja%20B.Guss.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motyw pakietu Office">
   <a:themeElements>
     <a:clrScheme name="Pakiet Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4472C4"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Pakiet Office">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Calibri Light"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
@@ -1934,81 +8609,103 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns="" xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FAD5CCEA-0D86-4CA9-AD48-E02EC96E65AC}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>szablon interpelacja B.Guss</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>1281</Characters>
+  <Pages>3</Pages>
+  <Words>642</Words>
+  <Characters>3854</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>10</Lines>
-  <Paragraphs>2</Paragraphs>
+  <Lines>32</Lines>
+  <Paragraphs>8</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Tytuł</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr/>
+      <vt:lpstr>odpowiedź na interpelację 198.23 w sprawie refundacji podatku VAT za gaz w Poznaniu</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1492</CharactersWithSpaces>
+  <CharactersWithSpaces>4488</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
-[...2 lines deleted...]
-  <dc:description/>
+  <dc:title>odpowiedź na interpelację 207.23 w sprawie koczowiska na pętli Ogrody</dc:title>
+  <dc:creator>Bartosz Wojciech</dc:creator>
+  <cp:keywords>odpowiedź na interpelację; interpelacja; koczowisko; ogrody; bezdomni</cp:keywords>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-  <dc:language>pl-PL</dc:language>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Operator">
+    <vt:lpwstr>Bartosz Wojciech</vt:lpwstr>
+  </property>
+</Properties>
+</file>