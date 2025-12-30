--- v0 (2025-10-15)
+++ v1 (2025-12-30)
@@ -1,448 +1,908 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="png" ContentType="image/png"/>
+  <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
     <w:p w:rsidR="00127D66" w:rsidRPr="001C3189" w:rsidRDefault="00127D66" w:rsidP="00001BFD">
       <w:pPr>
         <w:ind w:left="6804"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00001BFD">
         <w:t>Poznań</w:t>
       </w:r>
-      <w:r w:rsidR="0052155F">
-[...3 lines deleted...]
-        <w:t>.11</w:t>
+      <w:r w:rsidR="00346642" w:rsidRPr="00001BFD">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="002C14E9">
+        <w:t>21-</w:t>
+      </w:r>
+      <w:r w:rsidR="009D2993">
+        <w:t>11</w:t>
+      </w:r>
+      <w:r w:rsidR="002C14E9">
+        <w:t>-</w:t>
       </w:r>
       <w:r w:rsidRPr="00001BFD">
-        <w:t>.202</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00BA3484">
+        <w:t>202</w:t>
+      </w:r>
+      <w:r w:rsidR="004152E2">
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidRPr="00001BFD">
         <w:t xml:space="preserve"> r</w:t>
       </w:r>
       <w:r w:rsidRPr="001C3189">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00127D66" w:rsidRPr="001C3189" w:rsidRDefault="00327C40" w:rsidP="00001BFD">
-[...7 lines deleted...]
-        <w:t>.2023</w:t>
+    <w:p w:rsidR="002C14E9" w:rsidRPr="002C14E9" w:rsidRDefault="002C14E9" w:rsidP="002C14E9">
+      <w:r w:rsidRPr="002C14E9">
+        <w:t xml:space="preserve">Znak sprawy: </w:t>
+      </w:r>
+      <w:r w:rsidR="00122B23">
+        <w:t>DLM.051.2.2023</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00094F56" w:rsidRDefault="00127D66" w:rsidP="00001BFD">
-[...3 lines deleted...]
-      <w:r w:rsidR="00327C40" w:rsidRPr="001C3189">
+    <w:p w:rsidR="00094F56" w:rsidRDefault="00433F58" w:rsidP="002C14E9">
+      <w:fldSimple w:instr=" DOCPROPERTY  KorespondencjaSeryjna_1  \* MERGEFORMAT ">
+        <w:r w:rsidR="002C14E9" w:rsidRPr="002C14E9">
+          <w:t>Indeks GRANIT</w:t>
+        </w:r>
+      </w:fldSimple>
+      <w:r w:rsidR="002C14E9" w:rsidRPr="002C14E9">
+        <w:t xml:space="preserve"> 003-03507-010-01</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BD77A8" w:rsidRPr="00BD77A8" w:rsidRDefault="00BD77A8" w:rsidP="00BD77A8">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="5812"/>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD77A8">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>URZĄD MIASTA POZNANIA</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BD77A8" w:rsidRPr="00BD77A8" w:rsidRDefault="00BD77A8" w:rsidP="00BD77A8">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="5812"/>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD77A8">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>WYDZIAŁ ORGANIZACYJNY</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BD77A8" w:rsidRPr="00BD77A8" w:rsidRDefault="00BD77A8" w:rsidP="00BD77A8">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="5812"/>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD77A8">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>PL.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD77A8">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidRPr="00BD77A8">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> DOCPROPERTY  adresUlica  \* MERGEFORMAT </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="00BD77A8">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00BD77A8">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>KOLEGIACKI</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD77A8">
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="00BD77A8">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0052155F">
-        <w:t>271123-1483</w:t>
+      <w:r w:rsidRPr="00BD77A8">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidRPr="00BD77A8">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> DOCPROPERTY  adresNrDomu  \* MERGEFORMAT </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="00BD77A8">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00BD77A8">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>17</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD77A8">
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="00BD77A8">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD77A8">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD77A8">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidRPr="00BD77A8">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> DOCPROPERTY  adresNrLokalu  \* MERGEFORMAT </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="00BD77A8">
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BD77A8" w:rsidRPr="00BD77A8" w:rsidRDefault="00BD77A8" w:rsidP="00BD77A8">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="5812"/>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BD77A8">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidRPr="00BD77A8">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> DOCPROPERTY  adresKodPocztowy  \* MERGEFORMAT </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="00BD77A8">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00BD77A8">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>61-841</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD77A8">
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="00BD77A8">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD77A8">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidRPr="00BD77A8">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> DOCPROPERTY  adresMiejscowosc  \* MERGEFORMAT </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="00BD77A8">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00BD77A8">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>POZNAŃ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD77A8">
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002E0CCD" w:rsidRPr="001C3189" w:rsidRDefault="00433F58" w:rsidP="00BD77A8">
+      <w:pPr>
+        <w:ind w:left="5812"/>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:fldSimple w:instr=" DOCPROPERTY  UNPPisma  \* MERGEFORMAT ">
+        <w:r w:rsidR="00BD77A8" w:rsidRPr="00BD77A8">
+          <w:t>2023-155258</w:t>
+        </w:r>
+      </w:fldSimple>
+    </w:p>
+    <w:p w:rsidR="002C14E9" w:rsidRPr="002C14E9" w:rsidRDefault="002C14E9" w:rsidP="002C14E9">
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="002C14E9">
+        <w:t xml:space="preserve">W związku z pismem z Or-II.003.1.235.2023 dot. przekazania wyjaśnień w związku z interpelacją radnego Michała Grzesia w sprawie lokalu mieszkalnego nr </w:t>
+      </w:r>
+      <w:r w:rsidR="00E04F8D">
+        <w:t>XXX</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C14E9">
+        <w:t xml:space="preserve"> przy ul. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002C14E9">
+        <w:t>Garbary</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002C14E9">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E04F8D">
+        <w:t>XXX</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C14E9">
+        <w:t xml:space="preserve"> w Poznaniu, Zarząd Komunalnych Zasobów Lokalowych sp. z o.o. wyjaśnia co następuje.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C14E9" w:rsidRPr="002C14E9" w:rsidRDefault="002C14E9" w:rsidP="002C14E9">
+      <w:r w:rsidRPr="002C14E9">
+        <w:t xml:space="preserve">Czynsz za najem lokalu wchodzącego w skład mieszkaniowego zasobu Miasta Poznania wyliczany jest jako iloczyn stawki czynszu, określonej dla danego lokalu i powierzchni użytkowej tego lokalu. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C14E9" w:rsidRPr="002C14E9" w:rsidRDefault="002C14E9" w:rsidP="002C14E9">
+      <w:r w:rsidRPr="002C14E9">
+        <w:t>Stawki czynszu związane z najmem lokali, stanowiących zasób mieszkaniowy Miasta Poznania, ustalane są zgodnie przepisami uchwały Nr LXIX/1274/VII/2018 Rady Miasta Poznania z dnia 3 lipca 2018 r. w  sprawie programu gospodarowania mieszkaniowym zasobem Miasta Poznania na lata 2019-2023, (ze zm.) oraz wydanego na ich podstawie zarządzenia Nr 617/2023/P Prezydenta Miasta Poznania z dnia 17.07.2023 r. sprawie określenia wysokości stawek czynszu za najem lokali należących do mieszkaniowego zasobu Miasta Poznania. Zgodnie z ww. przepisami, wysokość stawki czynszu za najem lokalu wynajmowanego na czas nieoznaczony, ustalana jest zgodnie ze  wzorem:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C14E9" w:rsidRPr="002C14E9" w:rsidRDefault="002C14E9" w:rsidP="002C14E9">
+      <w:r w:rsidRPr="002C14E9">
+        <w:t>Sc = [ Sb + (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002C14E9">
+        <w:t>Lp</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002C14E9">
+        <w:t xml:space="preserve"> x </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002C14E9">
+        <w:t>Wp</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002C14E9">
+        <w:t xml:space="preserve">)] x </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002C14E9">
+        <w:t>Wk</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="002C14E9" w:rsidRPr="002C14E9" w:rsidRDefault="002C14E9" w:rsidP="002C14E9">
+      <w:r w:rsidRPr="002C14E9">
+        <w:lastRenderedPageBreak/>
+        <w:t>gdzie poszczególne symbole oznaczają:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C14E9" w:rsidRPr="002C14E9" w:rsidRDefault="002C14E9" w:rsidP="002C14E9">
+      <w:r w:rsidRPr="002C14E9">
+        <w:t>Sc – wysokość stawki czynszu za 1m</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C14E9">
+        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C14E9">
+        <w:t xml:space="preserve"> powierzchni użytkowej lokalu,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C14E9" w:rsidRPr="002C14E9" w:rsidRDefault="002C14E9" w:rsidP="002C14E9">
+      <w:r w:rsidRPr="002C14E9">
+        <w:t>Sb - bazowa stawka czynszu (7,40 zł; do dnia 31.08.2023 r. stawka bazowa wynosiła 6,90 zł)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C14E9" w:rsidRPr="002C14E9" w:rsidRDefault="002C14E9" w:rsidP="002C14E9">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002C14E9">
+        <w:t>Lp</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002C14E9">
+        <w:t xml:space="preserve"> – liczba punktów wynikająca z Karty punktowej lokalu, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C14E9" w:rsidRPr="002C14E9" w:rsidRDefault="002C14E9" w:rsidP="002C14E9">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002C14E9">
+        <w:t>Wp</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002C14E9">
+        <w:t xml:space="preserve"> – wartość 1 punktu  ustalona przez Prezydenta Miasta Poznania (0,10 zł)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C14E9" w:rsidRPr="002C14E9" w:rsidRDefault="002C14E9" w:rsidP="002C14E9">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002C14E9">
+        <w:t>Wk</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002C14E9">
+        <w:t xml:space="preserve"> – współczynnik korekty stawki czynszu, o ile występuje i jest określony w karcie punktowej lokalu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C14E9" w:rsidRPr="002C14E9" w:rsidRDefault="002C14E9" w:rsidP="002C14E9">
+      <w:r w:rsidRPr="002C14E9">
+        <w:t xml:space="preserve">Karty punktowe lokali mieszkalnych, sporządza się w oparciu o następujące czynniki podwyższające i obniżające ich wartość użytkową takich jak: m.in. wyposażenie lokalu w instalacje techniczne, wyposażenie lokalu w pomieszczenia higieniczno-sanitarne, wyposażenie lokalu w pomieszczenia kuchenne, czy elementy dodatkowe w zakresie standardu lokalu i budynku, stan techniczny budynku, lokalizację – wg położenia w ustalonych strefach, jak również funkcjonalność użytkową lokalu, typ budynku, usytuowanie lokalu w budynku. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C14E9" w:rsidRPr="002C14E9" w:rsidRDefault="002C14E9" w:rsidP="002C14E9">
+      <w:r w:rsidRPr="002C14E9">
+        <w:t xml:space="preserve">Wartość punktów za poszczególne czynniki określone zostały w załączniku nr 3 do powołanej wyżej uchwały.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C14E9" w:rsidRPr="002C14E9" w:rsidRDefault="002C14E9" w:rsidP="002C14E9">
+      <w:r w:rsidRPr="002C14E9">
+        <w:t xml:space="preserve">Od dnia 01.07.2023 r. karta punktowa sporządzona dla lokalu nr </w:t>
+      </w:r>
+      <w:r w:rsidR="00E04F8D" w:rsidRPr="00E04F8D">
+        <w:t>XXX</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C14E9">
+        <w:t xml:space="preserve"> przy ul. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002C14E9">
+        <w:t>Garbary</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002C14E9">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E04F8D" w:rsidRPr="00E04F8D">
+        <w:t>XXX</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C14E9">
+        <w:t xml:space="preserve"> w Poznaniu, lokalu wykazuje 26 punktów, co odpowiada stawce czynszu 9,50 zł/m</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C14E9">
+        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C14E9">
+        <w:t xml:space="preserve"> (przy stawce bazowej wynoszącej 6,90 zł), a po zakończeniu procedury związanej z wypowiedzeniem wysokości czynszu (w związku z wejściem w życie Zarządzenia nr 617/2023/P Prezydenta Miasta Poznania) wysokość stawki czynszu za najem ww. lokalu wynosić będzie 10,00 zł/m</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C14E9">
+        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C14E9">
+        <w:t xml:space="preserve"> (przy stawce bazowej wynoszącej 7,40 zł).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C14E9" w:rsidRPr="002C14E9" w:rsidRDefault="002C14E9" w:rsidP="002C14E9">
+      <w:r w:rsidRPr="002C14E9">
+        <w:t>ZKZL sp. z o.o. wyjaśnia, że w karcie punktowej lokalu naliczane są punkty uwzględniające</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C14E9">
+        <w:br/>
+        <w:t xml:space="preserve">m.in. wyposażenie lokalu w instalacje techniczne, a mające wpływ na ustalenie wysokości stawki </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C14E9">
+        <w:lastRenderedPageBreak/>
+        <w:t>czynszu. Zgodnie z zasadami wynikającymi z przywołanej powyżej Uchwały Rady Miasta Poznania, za wyposażenie lokalu w instalację gazową naliczany jest 1 punkt (wartość 0,10 zł). ZKZL sp. z o.o. podkreśla, że demontaż licznika paliwa gazowego, nie jest różnoznaczny z likwidacją instalacji gazowej w lokalu, stąd też brak było wystarczających podstaw do obniżenia stawki czynszu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C14E9">
+        <w:br/>
+        <w:t>o 0,10 zł/m</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C14E9">
+        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C14E9">
+        <w:t xml:space="preserve"> (1 punkt).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C14E9" w:rsidRPr="002C14E9" w:rsidRDefault="002C14E9" w:rsidP="002C14E9">
+      <w:r w:rsidRPr="002C14E9">
+        <w:t>ZKZL sp. z o.o. wyjaśnia również, że w celu weryfikacji prawidłowości karty punktowej dla ww. lokalu, konieczne było przeprowadzenie oględzin w mieszkaniu. Podejmowane próby dokonania oględzin przez pracowników Spółki okazywały się nieskuteczne, a tym samym brak było możliwości zweryfikowania karty punktowej lokalu pod względem czynników, które mają wpływ na liczbę przyznanych punktów. Dopiero bowiem w dniu 07.06.2023 r. najemca ww. lokalu umożliwił pracownikom Spółki wejście do lokalu. W wyniku przeprowadzonych oględzin, podczas których potwierdzono brak instalacji gazowej w lokalu, karta punktowa lokalu została skorygowana, poprzez odjęcie 1 punktu (0,10 zł/m</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C14E9">
+        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C14E9">
+        <w:t>) za brak instalacji gazowej. W związku z tym od początku kolejnego miesiąca, tj. od 01.07.2023 r., stawka czynszu 1 m</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C14E9">
+        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C14E9">
+        <w:t xml:space="preserve"> ww. lokalu została obniżona z kwoty 9,60 zł/m</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C14E9">
+        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C14E9">
+        <w:t xml:space="preserve"> do 9,50 zł/m</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C14E9">
+        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C14E9">
+        <w:t xml:space="preserve">.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C14E9" w:rsidRPr="002C14E9" w:rsidRDefault="002C14E9" w:rsidP="002C14E9">
+      <w:r w:rsidRPr="002C14E9">
+        <w:t>Biorąc pod uwagę, że najemca ww. lokalu nie udostępniał wcześniej lokalu pracownikom Spółki, ZKZL sp. z o.o. nie znajduje podstaw do zwrotu środków z tytułu wcześniejszego braku instalacji gazowej.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C14E9" w:rsidRPr="002C14E9" w:rsidRDefault="002C14E9" w:rsidP="002C14E9">
+      <w:r w:rsidRPr="002C14E9">
+        <w:t>W części dotyczącej wątpliwości związanych z przyznaniem 3 punktów z tytułu położenia lokalu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C14E9">
+        <w:br/>
+        <w:t xml:space="preserve">w budynku, Spółka wyjaśnia, że usytuowanie przedmiotowego lokalu w zatwierdzonym operacie z inwentaryzacji budynku z 2001 r., jak również w zleconej przez najemcę aktualizacji z dnia 26.03.2014 r., wskazuje że ww. lokal położony jest na III piętrze. Znaczenie słowa "poddasze" określone w Encyklopedii: "Architektura i budownictwo", autor Witold </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002C14E9">
+        <w:t>Szolgini</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002C14E9">
+        <w:t>, wyd. Naukowo-Techniczne, Warszawa 1991 r. wskazuje, że „poddasze to kondygnacja nadziemna, zawarta między najwyżej położonym stropem, a dachem budynku”. Naliczenie zatem w karcie punktowej ww. lokalu 3 punków za jego usytuowanie na III piętrze jest w ocenie ZKZL sp. z o.o. właściwe.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C14E9" w:rsidRPr="002C14E9" w:rsidRDefault="002C14E9" w:rsidP="002C14E9">
+      <w:r w:rsidRPr="002C14E9">
+        <w:lastRenderedPageBreak/>
+        <w:t>W zakresie pytania  „Dlaczego  czynsz za 1 m</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C14E9">
+        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C14E9">
+        <w:t xml:space="preserve"> piwnicy jest liczony jak za mieszkanie”</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C14E9">
+        <w:br/>
+        <w:t xml:space="preserve">ZKZL sp. z o.o. wyjaśnia, że zgodnie z art. 2 ust. 1 pkt 7 ustawy o ochronie praw lokatorów, mieszkaniowym zasobie gminy i o zmianie Kodeksu cywilnego, piwnica nie jest zaliczana do powierzchni użytkowej lokalu. Ustalona wysokość czynszu za dany lokal nie obejmuje powierzchni piwnicy, co za tym idzie za powierzchnię piwnicy przynależnej do lokalu nr </w:t>
+      </w:r>
+      <w:r w:rsidR="00E04F8D" w:rsidRPr="00E04F8D">
+        <w:t>XXX</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C14E9">
+        <w:t xml:space="preserve"> przy ul. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002C14E9">
+        <w:t>Garbary</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002C14E9">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E04F8D" w:rsidRPr="00E04F8D">
+        <w:t>XXX</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C14E9">
+        <w:t xml:space="preserve"> w Poznaniu nie jest pobierany czynsz.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C14E9" w:rsidRPr="002C14E9" w:rsidRDefault="002C14E9" w:rsidP="002C14E9">
+      <w:r w:rsidRPr="002C14E9">
+        <w:t xml:space="preserve">Odpowiadając na pytanie  „czy do stawki czynszu wyliczonej wg wzoru dolicza się jeszcze inne opłaty?” ZKZL sp. z o.o. wyjaśnia, że oprócz czynszu, najemcy zobowiązani są także do uiszczania opłat niezależnych od właściciela (wynajmującego), a płatnych za jego pośrednictwem. Do tych opłat w przypadku lokalu nr </w:t>
+      </w:r>
+      <w:r w:rsidR="00E04F8D" w:rsidRPr="00E04F8D">
+        <w:t>XXX</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C14E9">
+        <w:t xml:space="preserve"> przy ul. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002C14E9">
+        <w:t>Garbary</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002C14E9">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E04F8D" w:rsidRPr="00E04F8D">
+        <w:t>XXX</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C14E9">
+        <w:t xml:space="preserve"> w Poznaniu należą opłaty za dostawę do lokalu wody oraz za odbiór ścieków (pobierane zaliczkowo i rozliczane cyklicznie), a także opłata</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C14E9">
+        <w:br/>
+        <w:t xml:space="preserve">za gospodarowanie odpadami komunalnymi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004E347F" w:rsidRPr="004E347F" w:rsidRDefault="002C14E9" w:rsidP="002C14E9">
+      <w:r w:rsidRPr="002C14E9">
+        <w:t xml:space="preserve">Odnosząc się do kwestii sprzedaży ww. lokalu przez Miasto, Spółka informuje, że sprzedaż lokali mieszkalnych w budynku przy ul. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002C14E9">
+        <w:t>Garbary</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002C14E9">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E04F8D" w:rsidRPr="00E04F8D">
+        <w:t>XXX</w:t>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="002C14E9">
+        <w:t xml:space="preserve"> wstrzymano ze względu na konieczność przygotowania kartoteki poinwentaryzacyjnej oraz aktualizacji operatu z inwentaryzacji budynku (nie wszystkie lokale spełniają warunki samodzielności). ZKZL sp. z o.o. informuje również, że 06.09.2022 r. Rada Miasta Poznania przyjęła uchwałą nr LXX/1280/VIII/2022 nowe warunki udzielania bonifikat i wysokości stawek procentowych przy sprzedaży komunalnych lokali mieszkalnych, a w dniu 07.02.2023 r. Prezydent Miasta Poznania powołał Zespół ds. wypracowania zasad kwalifikowania komunalnych lokali mieszkalnych do sprzedaży. Z uwagi na fakt, że o przeznaczeniu danego lokalu do sprzedaży decyduje jego właściciel (Miasto Poznań), ZKZL sp. z o.o. nie jest w stanie określić czy i ewentualnie kiedy do takiej sprzedaży będzie mogło dojść.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="002E0CCD" w:rsidRPr="001C3189" w:rsidRDefault="00963C97" w:rsidP="00094F56">
-[...93 lines deleted...]
-    <w:p w:rsidR="00E9439A" w:rsidRPr="001C3189" w:rsidRDefault="008F70E3" w:rsidP="00001BFD">
+    <w:p w:rsidR="008F70E3" w:rsidRPr="001C3189" w:rsidRDefault="008F70E3" w:rsidP="00F312D8">
       <w:pPr>
         <w:ind w:left="5245"/>
       </w:pPr>
       <w:r w:rsidRPr="001C3189">
-        <w:t>Z wyrazami szacunku</w:t>
+        <w:t xml:space="preserve">Z </w:t>
+      </w:r>
+      <w:r w:rsidR="002C14E9">
+        <w:t>poważaniem</w:t>
       </w:r>
       <w:r w:rsidR="00001BFD">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00094F56">
         <w:br/>
       </w:r>
+      <w:r w:rsidR="00122B23">
+        <w:t>PREZES ZARZĄDU SPÓŁKI</w:t>
+      </w:r>
+      <w:r w:rsidR="00094F56">
+        <w:br/>
+      </w:r>
       <w:r w:rsidR="004E2D6A" w:rsidRPr="001C3189">
-        <w:t>Z up. PREZYDENTA MIASTA</w:t>
+        <w:t>(-)</w:t>
       </w:r>
       <w:r w:rsidR="00094F56">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00094F56">
+      <w:r w:rsidR="00122B23">
+        <w:t xml:space="preserve">Tomasz Lewandowski </w:t>
+      </w:r>
+      <w:r w:rsidR="002C14E9">
         <w:br/>
       </w:r>
-      <w:r w:rsidR="004E2D6A" w:rsidRPr="001C3189">
+      <w:r w:rsidR="002C14E9">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00122B23">
+        <w:lastRenderedPageBreak/>
+        <w:t>Członek Zarządu Spółki</w:t>
+      </w:r>
+      <w:r w:rsidR="002C14E9">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002C14E9">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="002C14E9" w:rsidRPr="001C3189">
         <w:t>(-)</w:t>
       </w:r>
-      <w:r w:rsidR="00094F56">
+      <w:r w:rsidR="002C14E9">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0043613F">
-[...31 lines deleted...]
-        <w:t>Przewodniczący Rady Miasta</w:t>
+      <w:r w:rsidR="00122B23">
+        <w:t>Szymon Błażek</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="008F70E3" w:rsidRPr="001C3189">
       <w:footerReference w:type="default" r:id="rId9"/>
       <w:headerReference w:type="first" r:id="rId10"/>
       <w:footerReference w:type="first" r:id="rId11"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="2829" w:right="1106" w:bottom="1276" w:left="1134" w:header="708" w:footer="616" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:formProt w:val="0"/>
       <w:noEndnote/>
       <w:titlePg/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="005E2878" w:rsidRDefault="005E2878">
+    <w:p w:rsidR="00833FC0" w:rsidRDefault="00833FC0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="005E2878" w:rsidRDefault="005E2878">
+    <w:p w:rsidR="00833FC0" w:rsidRDefault="00833FC0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="EE"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20002A87" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="20002A87" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="EE"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Mangal">
+    <w:altName w:val="Gentium Basic"/>
+    <w:panose1 w:val="02040503050203030202"/>
+    <w:charset w:val="01"/>
+    <w:family w:val="roman"/>
+    <w:notTrueType/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00002000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Garamond">
     <w:panose1 w:val="02020404030301010803"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00006FF" w:usb1="0000FCFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Liberation Sans">
     <w:altName w:val="Arial"/>
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0000AFF" w:usb1="500078FF" w:usb2="00000021" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20002A87" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Liberation Serif">
     <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0000AFF" w:usb1="500078FF" w:usb2="00000021" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Mangal">
-[...7 lines deleted...]
-  </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w:rsidR="00B95E55" w:rsidRPr="001C3189" w:rsidRDefault="00B95E55">
     <w:pPr>
       <w:pStyle w:val="Stopka"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:cs="Calibri"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="001C3189">
       <w:rPr>
         <w:rFonts w:cs="Calibri"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="001C3189">
       <w:rPr>
         <w:rFonts w:cs="Calibri"/>
       </w:rPr>
       <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
     </w:r>
     <w:r w:rsidRPr="001C3189">
       <w:rPr>
         <w:rFonts w:cs="Calibri"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00C76637">
+    <w:r w:rsidR="00E04F8D">
       <w:rPr>
         <w:rFonts w:cs="Calibri"/>
         <w:noProof/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r w:rsidRPr="001C3189">
       <w:rPr>
         <w:rFonts w:cs="Calibri"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w:rsidR="00127D66" w:rsidRDefault="00127D66">
     <w:pPr>
       <w:pStyle w:val="Stopka"/>
       <w:spacing w:line="312" w:lineRule="auto"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
     </w:pPr>
   </w:p>
@@ -452,367 +912,163 @@
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w:rsidR="00127D66" w:rsidRDefault="00127D66">
     <w:pPr>
       <w:pStyle w:val="Stopka"/>
       <w:tabs>
         <w:tab w:val="center" w:pos="3816"/>
         <w:tab w:val="center" w:pos="3996"/>
         <w:tab w:val="center" w:pos="4176"/>
         <w:tab w:val="center" w:pos="4356"/>
         <w:tab w:val="right" w:pos="8352"/>
         <w:tab w:val="right" w:pos="8532"/>
         <w:tab w:val="right" w:pos="8712"/>
         <w:tab w:val="right" w:pos="8892"/>
       </w:tabs>
       <w:ind w:left="-180" w:right="-414" w:hanging="180"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="fr-FR"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w:rsidR="00127D66" w:rsidRPr="00EB6467" w:rsidRDefault="00127D66">
-[...79 lines deleted...]
-  </w:p>
   <w:p w:rsidR="00127D66" w:rsidRDefault="00127D66">
     <w:pPr>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="005E2878" w:rsidRDefault="005E2878">
+    <w:p w:rsidR="00833FC0" w:rsidRDefault="00833FC0">
       <w:r w:rsidRPr="001C3189">
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif"/>
           <w:color w:val="auto"/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="005E2878" w:rsidRDefault="005E2878">
+    <w:p w:rsidR="00833FC0" w:rsidRDefault="00833FC0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
-  <w:p w:rsidR="00127D66" w:rsidRDefault="003819BA">
+  <w:p w:rsidR="00127D66" w:rsidRDefault="00A134D3">
     <w:pPr>
       <w:pStyle w:val="Gb3b3b3b3b3b3b3b3b3f3f3f3f3f3f3f3f3f3wka"/>
       <w:rPr>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
+        <w:szCs w:val="24"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657728" behindDoc="1" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="4D2B26E5">
-[...7 lines deleted...]
-          <wp:extent cx="7620000" cy="2171700"/>
+        <wp:inline distT="0" distB="0" distL="0" distR="0">
+          <wp:extent cx="2266950" cy="704850"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
-          <wp:wrapNone/>
-          <wp:docPr id="1" name="Obraz 1" descr="Czarno-biały herb miasta Poznania. Pod herbem tekst Zastępca Prezydenta Miasta Poznania "/>
+          <wp:docPr id="2" name="Obraz 2" descr="Grafika przedstawia niebieski napis ZKZL oraz niebieski napis Zarząd Komunalnych Zasobów Lokalowych sp. z o.o. zapisany mniejszą czcionką. Przy napisie ZKZL z lewej strony umieszczona jest niebieska gwiazdka stanowiąca logo Miasta Poznania." title="ZKZL"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="Picture 1" descr="Czarno-biały herb miasta Poznania. Pod herbem tekst Zastępca Prezydenta Miasta Poznania "/>
+                  <pic:cNvPr id="0" name="Obraz 27"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:srcRect/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="7620000" cy="2171700"/>
+                    <a:ext cx="2266950" cy="704850"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
-          <wp14:sizeRelH relativeFrom="page">
-[...5 lines deleted...]
-        </wp:anchor>
+        </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
-    <w:nsid w:val="0B7D5C80"/>
-[...111 lines deleted...]
-  <w:abstractNum w:abstractNumId="1">
     <w:nsid w:val="172462F2"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="00000000"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
@@ -881,51 +1137,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2">
+  <w:abstractNum w:abstractNumId="1">
     <w:nsid w:val="2FD06C2D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1A3E187A"/>
     <w:lvl w:ilvl="0" w:tplc="04150001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
@@ -994,51 +1250,51 @@
     <w:lvl w:ilvl="7" w:tplc="04150003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04150005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3">
+  <w:abstractNum w:abstractNumId="2">
     <w:nsid w:val="375C1008"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="00000000"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
@@ -1107,51 +1363,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4">
+  <w:abstractNum w:abstractNumId="3">
     <w:nsid w:val="4FC57D79"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="0D0A8C72"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="851" w:hanging="454"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
@@ -1220,51 +1476,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5">
+  <w:abstractNum w:abstractNumId="4">
     <w:nsid w:val="63D4111B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F4E480E8"/>
     <w:lvl w:ilvl="0" w:tplc="04150001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
@@ -1334,51 +1590,51 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04150005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
-    <w:abstractNumId w:val="3"/>
+    <w:abstractNumId w:val="2"/>
     <w:lvlOverride w:ilvl="0">
       <w:lvl w:ilvl="0">
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
         <w:lvlText w:val="%1)"/>
         <w:lvlJc w:val="left"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:lvl w:ilvl="1">
         <w:start w:val="1"/>
         <w:numFmt w:val="lowerLetter"/>
         <w:lvlText w:val="%2)"/>
         <w:lvlJc w:val="left"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:lvl w:ilvl="2">
         <w:start w:val="1"/>
@@ -1436,51 +1692,51 @@
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:lvl w:ilvl="7">
         <w:start w:val="1"/>
         <w:numFmt w:val="lowerLetter"/>
         <w:lvlText w:val="%8."/>
         <w:lvlJc w:val="left"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:lvl w:ilvl="8">
         <w:start w:val="1"/>
         <w:numFmt w:val="lowerRoman"/>
         <w:lvlText w:val="%9."/>
         <w:lvlJc w:val="left"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="2">
-    <w:abstractNumId w:val="3"/>
+    <w:abstractNumId w:val="2"/>
     <w:lvlOverride w:ilvl="0">
       <w:lvl w:ilvl="0">
         <w:start w:val="1"/>
         <w:numFmt w:val="upperRoman"/>
         <w:lvlText w:val="%1."/>
         <w:lvlJc w:val="left"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:lvl w:ilvl="1">
         <w:start w:val="1"/>
         <w:numFmt w:val="upperLetter"/>
         <w:lvlText w:val="%2."/>
         <w:lvlJc w:val="left"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:lvl w:ilvl="2">
         <w:start w:val="1"/>
@@ -1538,51 +1794,51 @@
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:lvl w:ilvl="7">
         <w:start w:val="1"/>
         <w:numFmt w:val="lowerLetter"/>
         <w:lvlText w:val="(%8)"/>
         <w:lvlJc w:val="left"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:lvl w:ilvl="8">
         <w:start w:val="1"/>
         <w:numFmt w:val="lowerRoman"/>
         <w:lvlText w:val="(%9)"/>
         <w:lvlJc w:val="left"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="3">
-    <w:abstractNumId w:val="3"/>
+    <w:abstractNumId w:val="2"/>
     <w:lvlOverride w:ilvl="0">
       <w:lvl w:ilvl="0">
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
         <w:lvlText w:val="%1."/>
         <w:lvlJc w:val="left"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:lvl w:ilvl="1">
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
         <w:lvlText w:val="%1.%2."/>
         <w:lvlJc w:val="left"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:lvl w:ilvl="2">
         <w:start w:val="1"/>
@@ -1640,54 +1896,54 @@
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:lvl w:ilvl="7">
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
         <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
         <w:lvlJc w:val="left"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:lvl w:ilvl="8">
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
         <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
         <w:lvlJc w:val="left"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="4">
-    <w:abstractNumId w:val="2"/>
+    <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="5">
-    <w:abstractNumId w:val="1"/>
+    <w:abstractNumId w:val="0"/>
     <w:lvlOverride w:ilvl="0">
       <w:lvl w:ilvl="0">
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
         <w:lvlText w:val="%1)"/>
         <w:lvlJc w:val="left"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:lvl w:ilvl="1">
         <w:start w:val="1"/>
         <w:numFmt w:val="lowerLetter"/>
         <w:lvlText w:val="%2)"/>
         <w:lvlJc w:val="left"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:lvl w:ilvl="2">
         <w:start w:val="1"/>
@@ -1745,51 +2001,51 @@
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:lvl w:ilvl="7">
         <w:start w:val="1"/>
         <w:numFmt w:val="lowerLetter"/>
         <w:lvlText w:val="%8."/>
         <w:lvlJc w:val="left"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:lvl w:ilvl="8">
         <w:start w:val="1"/>
         <w:numFmt w:val="lowerRoman"/>
         <w:lvlText w:val="%9."/>
         <w:lvlJc w:val="left"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="6">
-    <w:abstractNumId w:val="1"/>
+    <w:abstractNumId w:val="0"/>
     <w:lvlOverride w:ilvl="0">
       <w:lvl w:ilvl="0">
         <w:start w:val="1"/>
         <w:numFmt w:val="upperRoman"/>
         <w:lvlText w:val="%1."/>
         <w:lvlJc w:val="left"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:lvl w:ilvl="1">
         <w:start w:val="1"/>
         <w:numFmt w:val="upperLetter"/>
         <w:lvlText w:val="%2."/>
         <w:lvlJc w:val="left"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:lvl w:ilvl="2">
         <w:start w:val="1"/>
@@ -1847,51 +2103,51 @@
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:lvl w:ilvl="7">
         <w:start w:val="1"/>
         <w:numFmt w:val="lowerLetter"/>
         <w:lvlText w:val="(%8)"/>
         <w:lvlJc w:val="left"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:lvl w:ilvl="8">
         <w:start w:val="1"/>
         <w:numFmt w:val="lowerRoman"/>
         <w:lvlText w:val="(%9)"/>
         <w:lvlJc w:val="left"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="7">
-    <w:abstractNumId w:val="1"/>
+    <w:abstractNumId w:val="0"/>
     <w:lvlOverride w:ilvl="0">
       <w:lvl w:ilvl="0">
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
         <w:lvlText w:val="%1."/>
         <w:lvlJc w:val="left"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:lvl w:ilvl="1">
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
         <w:lvlText w:val="%1.%2."/>
         <w:lvlJc w:val="left"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:lvl w:ilvl="2">
         <w:start w:val="1"/>
@@ -1949,424 +2205,420 @@
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:lvl w:ilvl="7">
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
         <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
         <w:lvlJc w:val="left"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:lvl w:ilvl="8">
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
         <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
         <w:lvlJc w:val="left"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="8">
-    <w:abstractNumId w:val="5"/>
+    <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="9">
-    <w:abstractNumId w:val="4"/>
-[...2 lines deleted...]
-    <w:abstractNumId w:val="0"/>
+    <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
+  <w:removePersonalInformation/>
+  <w:removeDateAndTime/>
   <w:embedSystemFonts/>
   <w:bordersDoNotSurroundHeader/>
   <w:bordersDoNotSurroundFooter/>
   <w:proofState w:spelling="clean"/>
-  <w:attachedTemplate r:id="rId1"/>
   <w:defaultTabStop w:val="709"/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:drawingGridVerticalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="3"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:characterSpacingControl w:val="compressPunctuation"/>
   <w:doNotValidateAgainstSchema/>
   <w:doNotDemarcateInvalidXml/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:spaceForUL/>
     <w:balanceSingleByteDoubleByteWidth/>
     <w:doNotLeaveBackslashAlone/>
     <w:ulTrailSpace/>
     <w:doNotExpandShiftReturn/>
     <w:adjustLineHeightInTable/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="003819BA"/>
+    <w:rsidRoot w:val="004E347F"/>
     <w:rsid w:val="00001BFD"/>
     <w:rsid w:val="00023C66"/>
     <w:rsid w:val="00024438"/>
     <w:rsid w:val="00026044"/>
+    <w:rsid w:val="0003033D"/>
     <w:rsid w:val="000534CE"/>
     <w:rsid w:val="00056714"/>
     <w:rsid w:val="0006405F"/>
     <w:rsid w:val="0006544F"/>
     <w:rsid w:val="000676BB"/>
     <w:rsid w:val="00085812"/>
     <w:rsid w:val="00086C24"/>
     <w:rsid w:val="00086E56"/>
     <w:rsid w:val="00094252"/>
     <w:rsid w:val="00094E31"/>
     <w:rsid w:val="00094F56"/>
     <w:rsid w:val="000959A9"/>
     <w:rsid w:val="000A2E7F"/>
     <w:rsid w:val="000C1818"/>
     <w:rsid w:val="000D5061"/>
     <w:rsid w:val="000D53FD"/>
     <w:rsid w:val="000D6587"/>
     <w:rsid w:val="000E2F25"/>
     <w:rsid w:val="000F10E2"/>
     <w:rsid w:val="000F68D2"/>
     <w:rsid w:val="00100908"/>
     <w:rsid w:val="0010164C"/>
     <w:rsid w:val="00104128"/>
     <w:rsid w:val="00107C8F"/>
     <w:rsid w:val="00112580"/>
     <w:rsid w:val="00117C11"/>
     <w:rsid w:val="00120C28"/>
+    <w:rsid w:val="001223B9"/>
+    <w:rsid w:val="00122B23"/>
     <w:rsid w:val="00127D66"/>
     <w:rsid w:val="00131698"/>
     <w:rsid w:val="0014484D"/>
+    <w:rsid w:val="001458AE"/>
     <w:rsid w:val="00164171"/>
     <w:rsid w:val="00165DE5"/>
     <w:rsid w:val="001676A9"/>
     <w:rsid w:val="00177ED4"/>
     <w:rsid w:val="00181C27"/>
     <w:rsid w:val="00193997"/>
     <w:rsid w:val="001A0A65"/>
+    <w:rsid w:val="001A75E7"/>
     <w:rsid w:val="001C00FA"/>
     <w:rsid w:val="001C3189"/>
     <w:rsid w:val="001D3E74"/>
     <w:rsid w:val="001D695A"/>
     <w:rsid w:val="001D6F38"/>
     <w:rsid w:val="001E3878"/>
     <w:rsid w:val="001E410E"/>
     <w:rsid w:val="001F1813"/>
-    <w:rsid w:val="00203E2E"/>
+    <w:rsid w:val="00201695"/>
     <w:rsid w:val="0021050C"/>
     <w:rsid w:val="00215321"/>
     <w:rsid w:val="0022060F"/>
     <w:rsid w:val="00222CD6"/>
-    <w:rsid w:val="00225FFC"/>
+    <w:rsid w:val="00235F13"/>
     <w:rsid w:val="00241C80"/>
     <w:rsid w:val="002531C6"/>
     <w:rsid w:val="0025515F"/>
     <w:rsid w:val="00273375"/>
     <w:rsid w:val="0028454A"/>
     <w:rsid w:val="00286735"/>
     <w:rsid w:val="002A2CC8"/>
     <w:rsid w:val="002A34D6"/>
     <w:rsid w:val="002B4162"/>
-    <w:rsid w:val="002B612C"/>
+    <w:rsid w:val="002C14E9"/>
     <w:rsid w:val="002C1820"/>
     <w:rsid w:val="002C229E"/>
     <w:rsid w:val="002C615B"/>
-    <w:rsid w:val="002D4C4E"/>
     <w:rsid w:val="002D57EA"/>
     <w:rsid w:val="002E0CCD"/>
     <w:rsid w:val="002F224A"/>
-    <w:rsid w:val="002F685E"/>
     <w:rsid w:val="003147ED"/>
-    <w:rsid w:val="0032639B"/>
     <w:rsid w:val="00327C40"/>
     <w:rsid w:val="00330A39"/>
     <w:rsid w:val="00330C25"/>
     <w:rsid w:val="00332C7F"/>
-    <w:rsid w:val="00342B41"/>
-    <w:rsid w:val="00343C98"/>
     <w:rsid w:val="00346642"/>
-    <w:rsid w:val="00350330"/>
     <w:rsid w:val="00356512"/>
     <w:rsid w:val="003657F3"/>
     <w:rsid w:val="00371E81"/>
     <w:rsid w:val="00376694"/>
-    <w:rsid w:val="003819BA"/>
     <w:rsid w:val="00395DAE"/>
     <w:rsid w:val="003B2B68"/>
     <w:rsid w:val="003B716F"/>
     <w:rsid w:val="003D0CF8"/>
     <w:rsid w:val="003E0856"/>
     <w:rsid w:val="003F3BC8"/>
     <w:rsid w:val="004100D7"/>
-    <w:rsid w:val="0042351F"/>
+    <w:rsid w:val="004152E2"/>
     <w:rsid w:val="00426A54"/>
-    <w:rsid w:val="0043613F"/>
+    <w:rsid w:val="00433F58"/>
     <w:rsid w:val="00444C44"/>
     <w:rsid w:val="004464E9"/>
     <w:rsid w:val="00480984"/>
     <w:rsid w:val="00495636"/>
     <w:rsid w:val="004A0346"/>
     <w:rsid w:val="004B6B32"/>
     <w:rsid w:val="004C7A0B"/>
-    <w:rsid w:val="004D31F1"/>
+    <w:rsid w:val="004D2B9C"/>
     <w:rsid w:val="004E2D6A"/>
+    <w:rsid w:val="004E347F"/>
     <w:rsid w:val="004F1F55"/>
     <w:rsid w:val="005015EB"/>
+    <w:rsid w:val="00511A46"/>
     <w:rsid w:val="005157BD"/>
-    <w:rsid w:val="0052155F"/>
     <w:rsid w:val="00530F53"/>
+    <w:rsid w:val="00552EC0"/>
     <w:rsid w:val="00564C6F"/>
     <w:rsid w:val="00574AAA"/>
     <w:rsid w:val="005805D1"/>
     <w:rsid w:val="00587FED"/>
     <w:rsid w:val="00597096"/>
     <w:rsid w:val="00597F25"/>
     <w:rsid w:val="005A556F"/>
     <w:rsid w:val="005B475E"/>
     <w:rsid w:val="005C2D05"/>
-    <w:rsid w:val="005E2878"/>
     <w:rsid w:val="005F2FC4"/>
     <w:rsid w:val="005F46D1"/>
     <w:rsid w:val="006044E4"/>
     <w:rsid w:val="00605A18"/>
+    <w:rsid w:val="006137D5"/>
     <w:rsid w:val="0061594F"/>
     <w:rsid w:val="00624255"/>
     <w:rsid w:val="00647DB7"/>
     <w:rsid w:val="00655A22"/>
     <w:rsid w:val="00671ED1"/>
     <w:rsid w:val="00672CA1"/>
     <w:rsid w:val="00681F26"/>
+    <w:rsid w:val="006940F0"/>
     <w:rsid w:val="006A4468"/>
     <w:rsid w:val="006C3A8D"/>
+    <w:rsid w:val="006C5DDC"/>
     <w:rsid w:val="006F23BB"/>
     <w:rsid w:val="00712DB9"/>
     <w:rsid w:val="007242D8"/>
     <w:rsid w:val="007254DA"/>
-    <w:rsid w:val="00731FE0"/>
     <w:rsid w:val="00734E81"/>
-    <w:rsid w:val="00737ADF"/>
     <w:rsid w:val="007404A0"/>
     <w:rsid w:val="00740F0B"/>
     <w:rsid w:val="0074574B"/>
     <w:rsid w:val="0075049D"/>
-    <w:rsid w:val="00755E66"/>
     <w:rsid w:val="007635E6"/>
     <w:rsid w:val="00781EEE"/>
     <w:rsid w:val="00785D01"/>
     <w:rsid w:val="00786310"/>
     <w:rsid w:val="0078684D"/>
     <w:rsid w:val="007940BA"/>
     <w:rsid w:val="007C1BCA"/>
     <w:rsid w:val="007C239F"/>
     <w:rsid w:val="007F02C8"/>
     <w:rsid w:val="007F194F"/>
     <w:rsid w:val="007F343B"/>
     <w:rsid w:val="007F343D"/>
     <w:rsid w:val="007F4EF5"/>
     <w:rsid w:val="008263C8"/>
+    <w:rsid w:val="00833FC0"/>
     <w:rsid w:val="008408C1"/>
     <w:rsid w:val="00860023"/>
     <w:rsid w:val="00870D5C"/>
     <w:rsid w:val="00876321"/>
     <w:rsid w:val="00894DB7"/>
     <w:rsid w:val="008B4066"/>
-    <w:rsid w:val="008D5363"/>
     <w:rsid w:val="008D5DD2"/>
     <w:rsid w:val="008F6F6F"/>
     <w:rsid w:val="008F70E3"/>
     <w:rsid w:val="00903647"/>
     <w:rsid w:val="009044F0"/>
     <w:rsid w:val="009047D5"/>
     <w:rsid w:val="00930B86"/>
     <w:rsid w:val="00937C3D"/>
     <w:rsid w:val="00945449"/>
     <w:rsid w:val="00946D1C"/>
     <w:rsid w:val="009575F0"/>
     <w:rsid w:val="00961AF7"/>
     <w:rsid w:val="00963C97"/>
     <w:rsid w:val="00967B34"/>
+    <w:rsid w:val="009872FA"/>
     <w:rsid w:val="00993B97"/>
     <w:rsid w:val="009A7850"/>
     <w:rsid w:val="009A7CA3"/>
     <w:rsid w:val="009C1310"/>
     <w:rsid w:val="009C3D40"/>
+    <w:rsid w:val="009D2993"/>
     <w:rsid w:val="009E41E2"/>
     <w:rsid w:val="009F0B3E"/>
     <w:rsid w:val="009F0EAA"/>
     <w:rsid w:val="009F58BA"/>
+    <w:rsid w:val="00A134D3"/>
     <w:rsid w:val="00A170D5"/>
-    <w:rsid w:val="00A17B9A"/>
     <w:rsid w:val="00A25216"/>
     <w:rsid w:val="00A35258"/>
     <w:rsid w:val="00A40F0B"/>
     <w:rsid w:val="00A537E4"/>
     <w:rsid w:val="00A54ECC"/>
     <w:rsid w:val="00A624AB"/>
     <w:rsid w:val="00A74796"/>
     <w:rsid w:val="00A76EE5"/>
     <w:rsid w:val="00A904A2"/>
     <w:rsid w:val="00AA3E53"/>
     <w:rsid w:val="00AC3010"/>
     <w:rsid w:val="00AE1E38"/>
     <w:rsid w:val="00AF57E2"/>
     <w:rsid w:val="00B22F09"/>
+    <w:rsid w:val="00B23BF7"/>
     <w:rsid w:val="00B4032B"/>
+    <w:rsid w:val="00B42966"/>
     <w:rsid w:val="00B55925"/>
     <w:rsid w:val="00B7790F"/>
     <w:rsid w:val="00B8243C"/>
     <w:rsid w:val="00B9078A"/>
     <w:rsid w:val="00B90F8F"/>
     <w:rsid w:val="00B95E55"/>
     <w:rsid w:val="00BA1C47"/>
-    <w:rsid w:val="00BA3484"/>
+    <w:rsid w:val="00BA47A8"/>
+    <w:rsid w:val="00BD77A8"/>
     <w:rsid w:val="00C04394"/>
     <w:rsid w:val="00C3317F"/>
     <w:rsid w:val="00C41D5C"/>
     <w:rsid w:val="00C45265"/>
     <w:rsid w:val="00C46E76"/>
     <w:rsid w:val="00C4787E"/>
-    <w:rsid w:val="00C63232"/>
+    <w:rsid w:val="00C52D3C"/>
     <w:rsid w:val="00C67B2C"/>
     <w:rsid w:val="00C75504"/>
-    <w:rsid w:val="00C76637"/>
     <w:rsid w:val="00C77067"/>
     <w:rsid w:val="00C84622"/>
     <w:rsid w:val="00C874E7"/>
     <w:rsid w:val="00C9161F"/>
     <w:rsid w:val="00C91F22"/>
     <w:rsid w:val="00CD0709"/>
     <w:rsid w:val="00D00570"/>
     <w:rsid w:val="00D13C01"/>
-    <w:rsid w:val="00D278D9"/>
     <w:rsid w:val="00D40B0B"/>
     <w:rsid w:val="00D44D41"/>
     <w:rsid w:val="00D60FBE"/>
-    <w:rsid w:val="00D61FB7"/>
     <w:rsid w:val="00D76476"/>
-    <w:rsid w:val="00D832DA"/>
     <w:rsid w:val="00D85CB2"/>
     <w:rsid w:val="00D959C6"/>
     <w:rsid w:val="00DB09DF"/>
     <w:rsid w:val="00DB1CB1"/>
     <w:rsid w:val="00DB63F0"/>
-    <w:rsid w:val="00DB7566"/>
     <w:rsid w:val="00DC6042"/>
     <w:rsid w:val="00DD0858"/>
     <w:rsid w:val="00DD77A2"/>
     <w:rsid w:val="00DE7342"/>
     <w:rsid w:val="00DE7FCA"/>
     <w:rsid w:val="00DF7645"/>
     <w:rsid w:val="00E0328B"/>
+    <w:rsid w:val="00E04F8D"/>
     <w:rsid w:val="00E07DC4"/>
+    <w:rsid w:val="00E13148"/>
     <w:rsid w:val="00E17FCF"/>
     <w:rsid w:val="00E43606"/>
     <w:rsid w:val="00E4589E"/>
     <w:rsid w:val="00E45C83"/>
     <w:rsid w:val="00E46A0C"/>
     <w:rsid w:val="00E62559"/>
     <w:rsid w:val="00E73D79"/>
     <w:rsid w:val="00E753E8"/>
     <w:rsid w:val="00E75719"/>
     <w:rsid w:val="00E87110"/>
     <w:rsid w:val="00E9439A"/>
     <w:rsid w:val="00EB6467"/>
     <w:rsid w:val="00EC2120"/>
     <w:rsid w:val="00EC62DE"/>
     <w:rsid w:val="00EC79E6"/>
     <w:rsid w:val="00ED5774"/>
     <w:rsid w:val="00EE19D8"/>
-    <w:rsid w:val="00EF7E0E"/>
     <w:rsid w:val="00F17EB2"/>
     <w:rsid w:val="00F20CA4"/>
+    <w:rsid w:val="00F312D8"/>
     <w:rsid w:val="00F359E6"/>
-    <w:rsid w:val="00F454DB"/>
     <w:rsid w:val="00F47F27"/>
     <w:rsid w:val="00F555AC"/>
-    <w:rsid w:val="00F6023A"/>
     <w:rsid w:val="00F6061F"/>
     <w:rsid w:val="00F61FD3"/>
     <w:rsid w:val="00F67871"/>
     <w:rsid w:val="00F67A69"/>
     <w:rsid w:val="00F91B3C"/>
     <w:rsid w:val="00F93AF6"/>
     <w:rsid w:val="00FA5046"/>
     <w:rsid w:val="00FB2985"/>
     <w:rsid w:val="00FD08B9"/>
     <w:rsid w:val="00FD08D6"/>
     <w:rsid w:val="00FE6639"/>
-    <w:rsid w:val="00FE77DF"/>
     <w:rsid w:val="00FE799D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pl-PL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:defaultImageDpi w14:val="0"/>
+  <w14:defaultImageDpi w14:val="96"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:lang w:val="pl-PL" w:eastAsia="pl-PL" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -2557,54 +2809,74 @@
     <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normalny">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00001BFD"/>
     <w:pPr>
       <w:suppressAutoHyphens/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:after="240" w:line="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="000000"/>
       <w:kern w:val="1"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="22"/>
       <w:lang w:bidi="hi-IN"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Nagwek1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:next w:val="Normalny"/>
+    <w:link w:val="Nagwek1Znak"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="001223B9"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:spacing w:before="240" w:after="60"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Mangal"/>
+      <w:bCs/>
+      <w:kern w:val="32"/>
+      <w:szCs w:val="29"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Domylnaczcionkaakapitu">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Standardowy">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Bezlisty">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Nagb3b3b3b3b3b3b3b3b3f3f3f3f3f3f3f3f3f3wekZnak">
     <w:name w:val="Nagłb3b3b3b3b3b3b3b3b3óf3f3f3f3f3f3f3f3f3wek Znak"/>
@@ -5248,91 +5520,105 @@
     <w:locked/>
     <w:rsid w:val="00332C7F"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Liberation Serif" w:cs="Mangal"/>
       <w:color w:val="000000"/>
       <w:kern w:val="1"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
       <w:lang w:bidi="hi-IN"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Odwoanieprzypisukocowego">
     <w:name w:val="endnote reference"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00332C7F"/>
     <w:rPr>
       <w:rFonts w:cs="Times New Roman"/>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Tekstprzypisudolnego">
     <w:name w:val="footnote text"/>
     <w:basedOn w:val="Normalny"/>
     <w:link w:val="TekstprzypisudolnegoZnak"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00B8243C"/>
+    <w:rsid w:val="00552EC0"/>
     <w:rPr>
       <w:rFonts w:cs="Mangal"/>
-      <w:sz w:val="20"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TekstprzypisudolnegoZnak">
     <w:name w:val="Tekst przypisu dolnego Znak"/>
     <w:link w:val="Tekstprzypisudolnego"/>
     <w:uiPriority w:val="99"/>
     <w:locked/>
-    <w:rsid w:val="00B8243C"/>
-[...1 lines deleted...]
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Liberation Serif" w:cs="Mangal"/>
+    <w:rsid w:val="00552EC0"/>
+    <w:rPr>
+      <w:rFonts w:cs="Mangal"/>
       <w:color w:val="000000"/>
       <w:kern w:val="1"/>
-      <w:sz w:val="18"/>
+      <w:sz w:val="24"/>
       <w:szCs w:val="18"/>
       <w:lang w:bidi="hi-IN"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Odwoanieprzypisudolnego">
     <w:name w:val="footnote reference"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00B8243C"/>
     <w:rPr>
       <w:rFonts w:cs="Times New Roman"/>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="AkapitzlistZnak">
     <w:name w:val="Akapit z listą Znak"/>
     <w:link w:val="Akapitzlist"/>
     <w:uiPriority w:val="34"/>
     <w:rsid w:val="009A7CA3"/>
     <w:rPr>
       <w:color w:val="000000"/>
       <w:kern w:val="1"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Nagwek1Znak">
+    <w:name w:val="Nagłówek 1 Znak"/>
+    <w:link w:val="Nagwek1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="001223B9"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Mangal"/>
+      <w:bCs/>
+      <w:color w:val="000000"/>
+      <w:kern w:val="32"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="29"/>
+      <w:lang w:bidi="hi-IN"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:lang w:val="pl-PL" w:eastAsia="pl-PL" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -5525,54 +5811,74 @@
     <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normalny">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00001BFD"/>
     <w:pPr>
       <w:suppressAutoHyphens/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:after="240" w:line="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="000000"/>
       <w:kern w:val="1"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="22"/>
       <w:lang w:bidi="hi-IN"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Nagwek1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:next w:val="Normalny"/>
+    <w:link w:val="Nagwek1Znak"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="001223B9"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:spacing w:before="240" w:after="60"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Mangal"/>
+      <w:bCs/>
+      <w:kern w:val="32"/>
+      <w:szCs w:val="29"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Domylnaczcionkaakapitu">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Standardowy">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Bezlisty">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Nagb3b3b3b3b3b3b3b3b3f3f3f3f3f3f3f3f3f3wekZnak">
     <w:name w:val="Nagłb3b3b3b3b3b3b3b3b3óf3f3f3f3f3f3f3f3f3wek Znak"/>
@@ -8216,99 +8522,152 @@
     <w:locked/>
     <w:rsid w:val="00332C7F"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Liberation Serif" w:cs="Mangal"/>
       <w:color w:val="000000"/>
       <w:kern w:val="1"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
       <w:lang w:bidi="hi-IN"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Odwoanieprzypisukocowego">
     <w:name w:val="endnote reference"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00332C7F"/>
     <w:rPr>
       <w:rFonts w:cs="Times New Roman"/>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Tekstprzypisudolnego">
     <w:name w:val="footnote text"/>
     <w:basedOn w:val="Normalny"/>
     <w:link w:val="TekstprzypisudolnegoZnak"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00B8243C"/>
+    <w:rsid w:val="00552EC0"/>
     <w:rPr>
       <w:rFonts w:cs="Mangal"/>
-      <w:sz w:val="20"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TekstprzypisudolnegoZnak">
     <w:name w:val="Tekst przypisu dolnego Znak"/>
     <w:link w:val="Tekstprzypisudolnego"/>
     <w:uiPriority w:val="99"/>
     <w:locked/>
-    <w:rsid w:val="00B8243C"/>
-[...1 lines deleted...]
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Liberation Serif" w:cs="Mangal"/>
+    <w:rsid w:val="00552EC0"/>
+    <w:rPr>
+      <w:rFonts w:cs="Mangal"/>
       <w:color w:val="000000"/>
       <w:kern w:val="1"/>
-      <w:sz w:val="18"/>
+      <w:sz w:val="24"/>
       <w:szCs w:val="18"/>
       <w:lang w:bidi="hi-IN"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Odwoanieprzypisudolnego">
     <w:name w:val="footnote reference"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00B8243C"/>
     <w:rPr>
       <w:rFonts w:cs="Times New Roman"/>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="AkapitzlistZnak">
     <w:name w:val="Akapit z listą Znak"/>
     <w:link w:val="Akapitzlist"/>
     <w:uiPriority w:val="34"/>
     <w:rsid w:val="009A7CA3"/>
     <w:rPr>
       <w:color w:val="000000"/>
       <w:kern w:val="1"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Nagwek1Znak">
+    <w:name w:val="Nagłówek 1 Znak"/>
+    <w:link w:val="Nagwek1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="001223B9"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Mangal"/>
+      <w:bCs/>
+      <w:color w:val="000000"/>
+      <w:kern w:val="32"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="29"/>
+      <w:lang w:bidi="hi-IN"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
+    <w:div w:id="487988890">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="708144604">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1669942338">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="1916936499">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="1916936500">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
@@ -8317,65 +8676,60 @@
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1916936502">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
-  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
-[...3 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\bartwo\AppData\Local\Temp\notes6111BD\szablon%20interpelacja%20B.Guss.dotx" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.wmf"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motyw pakietu Office">
   <a:themeElements>
     <a:clrScheme name="Pakiet Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -8589,103 +8943,93 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" xmlns="" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns="" xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{ED6A4F85-1859-4597-8A28-F079EA98AC5F}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6CC7A11D-97DB-49E2-99A1-98094DD987F3}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>szablon interpelacja B.Guss</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>537</Characters>
+  <Pages>5</Pages>
+  <Words>1082</Words>
+  <Characters>6493</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>4</Lines>
-  <Paragraphs>1</Paragraphs>
+  <Lines>54</Lines>
+  <Paragraphs>15</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Tytuł</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>odpowiedź na interpelację 235.2023 w sprawie mieszkania przy ul. Garbary</vt:lpstr>
+      <vt:lpstr>zał. do odp. na interpelację 235.23 w mieszkania przy ul. Garbary</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
-  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>625</CharactersWithSpaces>
+  <CharactersWithSpaces>7560</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>odpowiedź na interpelację 235.2023 w sprawie mieszkania przy ul. Garbary</dc:title>
-[...2 lines deleted...]
-  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <dc:title>zał. do odp. na interpelację 235.23 ws. mieszkania przy ul. Garbary</dc:title>
+  <dc:creator/>
+  <cp:keywords>interpelacja; załącznik; ZKZL; mieszkania; czynsz</cp:keywords>
+  <cp:lastModifiedBy/>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
-
-[...6 lines deleted...]
-</file>