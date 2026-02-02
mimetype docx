--- v0 (2025-11-08)
+++ v1 (2026-02-02)
@@ -1,4430 +1,1019 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Default Extension="odttf" ContentType="application/vnd.openxmlformats-officedocument.obfuscatedFont"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
-  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
-[...3 lines deleted...]
-  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w:rsidR="003C30FD" w:rsidRDefault="003C30FD" w:rsidP="00D9046C">
-[...37 lines deleted...]
-      <w:r w:rsidR="004B5B52">
+    <w:p w:rsidR="00AD07CC" w:rsidRPr="00694FDC" w:rsidRDefault="00E409DF" w:rsidP="00694FDC">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00694FDC">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ewa Jemielity</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00694FDC">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00694FDC">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00694FDC">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00694FDC">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00694FDC">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00694FDC">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00694FDC">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00694FDC">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="008A7030" w:rsidRPr="00694FDC">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00694FDC">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Poznań, 06 lutego 2024 r.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E409DF" w:rsidRPr="00694FDC" w:rsidRDefault="00E409DF" w:rsidP="00694FDC">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00694FDC">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Radna Rady Miasta Poznania</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F00506" w:rsidRPr="00694FDC" w:rsidRDefault="00F00506" w:rsidP="00694FDC">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E409DF" w:rsidRPr="00694FDC" w:rsidRDefault="00E409DF" w:rsidP="00694FDC">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E409DF" w:rsidRPr="00694FDC" w:rsidRDefault="00E409DF" w:rsidP="00694FDC">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E409DF" w:rsidRPr="00694FDC" w:rsidRDefault="00E409DF" w:rsidP="00694FDC">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E409DF" w:rsidRPr="00694FDC" w:rsidRDefault="00E409DF" w:rsidP="00694FDC">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="2124" w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00694FDC">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Szanowny Pan Jacek Jaśkowiak</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E409DF" w:rsidRPr="00694FDC" w:rsidRDefault="00E409DF" w:rsidP="00694FDC">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="2124" w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00694FDC">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Prezydent Miasta Poznania</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E409DF" w:rsidRPr="00694FDC" w:rsidRDefault="00E409DF" w:rsidP="00694FDC">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E409DF" w:rsidRPr="00694FDC" w:rsidRDefault="00E409DF" w:rsidP="00694FDC">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008B2481" w:rsidRPr="00694FDC" w:rsidRDefault="008B2481" w:rsidP="00694FDC">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00694FDC">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00694FDC">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00694FDC">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00694FDC">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00694FDC">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>INTERPELACJA</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008B2481" w:rsidRPr="00694FDC" w:rsidRDefault="008B2481" w:rsidP="00694FDC">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008B2481" w:rsidRPr="00694FDC" w:rsidRDefault="008B2481" w:rsidP="00694FDC">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E409DF" w:rsidRPr="00694FDC" w:rsidRDefault="00E409DF" w:rsidP="00694FDC">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00694FDC">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>W związku z licznymi zgłoszeniami problemów związanych z przejezdnością dróg gruntowych</w:t>
+      </w:r>
+      <w:r w:rsidR="00485C8A" w:rsidRPr="00694FDC">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> i utwardzonych</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00694FDC">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> na </w:t>
+      </w:r>
+      <w:r w:rsidR="00485C8A" w:rsidRPr="00694FDC">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">północnych </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00694FDC">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">osiedlach Poznania, w szczególności na Podolanach i Strzeszynie, wnoszę o wprowadzenie w marcu 2024 roku stosownych poprawek </w:t>
+      </w:r>
+      <w:r w:rsidR="008A7030" w:rsidRPr="00694FDC">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>do</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00694FDC">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> b</w:t>
+      </w:r>
+      <w:r w:rsidR="008A7030" w:rsidRPr="00694FDC">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>udżetu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00694FDC">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Miasta</w:t>
+      </w:r>
+      <w:r w:rsidR="008A7030" w:rsidRPr="00694FDC">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Poznania</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00694FDC">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, które umożliwią Zarządowi Dróg Miejskich </w:t>
+      </w:r>
+      <w:r w:rsidR="008A7030" w:rsidRPr="00694FDC">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">przynajmniej </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00694FDC">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>interwencyjne prace doprowadzające drogi gruntowe</w:t>
+      </w:r>
+      <w:r w:rsidR="008A7030" w:rsidRPr="00694FDC">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> i utwardzone w tym rejonie d</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00694FDC">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">o stanu używalności. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008A7030" w:rsidRPr="00694FDC" w:rsidRDefault="00E409DF" w:rsidP="00694FDC">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00694FDC">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Przyjęcie uchwały </w:t>
+      </w:r>
+      <w:r w:rsidR="00F00506" w:rsidRPr="00694FDC">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Rady Miasta Poznania</w:t>
+      </w:r>
+      <w:r w:rsidR="00766303" w:rsidRPr="00694FDC">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D80D6F">
-[...13 lines deleted...]
-      <w:r w:rsidR="00194ED6" w:rsidRPr="00D80D6F">
+      <w:r w:rsidRPr="00694FDC">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>w sprawie ustalenia</w:t>
+      </w:r>
+      <w:r w:rsidR="008A7030" w:rsidRPr="00694FDC">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> większych</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00694FDC">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> środków na budowę dróg lokalnych oraz remonty ulic wydzielonych w budżecie Miasta </w:t>
+      </w:r>
+      <w:r w:rsidR="008A7030" w:rsidRPr="00694FDC">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Poznania </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00694FDC">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>dla osiedli na lata 2025-2029</w:t>
+      </w:r>
+      <w:r w:rsidR="00F00506" w:rsidRPr="00694FDC">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00694FDC">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="004B5B52" w:rsidRPr="004B5B52">
-[...46 lines deleted...]
-        <w:t xml:space="preserve">Ewa </w:t>
+      <w:r w:rsidRPr="00694FDC">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nie rozwiązuje </w:t>
+      </w:r>
+      <w:r w:rsidR="008A7030" w:rsidRPr="00694FDC">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">bieżących, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00694FDC">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>palących problemów mieszkańców</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00694FDC">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ulic </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
-        <w:t>Jemielity</w:t>
+      <w:r w:rsidRPr="00694FDC">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Poli</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-    </w:p>
-[...261 lines deleted...]
-        <w:t xml:space="preserve">modernizacja wymaga dużych nakładów finansowych. W przypadku budowy kanalizacji deszczowej na ul. Marii </w:t>
+      <w:r w:rsidRPr="00694FDC">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Gojawiczyńskiej, Hanny Malewskiej, Epickiej, Marii </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00BF6A07">
-[...2 lines deleted...]
-          <w:lang w:eastAsia="en-US"/>
+      <w:r w:rsidRPr="00694FDC">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Wicherkiewicz</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00BF6A07">
-[...18 lines deleted...]
-          <w:lang w:eastAsia="en-US"/>
+      <w:r w:rsidRPr="00694FDC">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="008A7030" w:rsidRPr="00694FDC">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Kowarskiej i wielu innych. Jest to tylko odsunięcie problemu na przyszłość i udawanie, że problem został rozwiązany</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE4214" w:rsidRPr="00694FDC">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BF6A07" w:rsidRPr="00BF6A07" w:rsidRDefault="00BF6A07" w:rsidP="00BF6A07">
-[...550 lines deleted...]
-      <w:pgMar w:top="426" w:right="1418" w:bottom="1702" w:left="1418" w:header="454" w:footer="567" w:gutter="0"/>
+    <w:p w:rsidR="00EE4214" w:rsidRPr="00694FDC" w:rsidRDefault="00EE4214" w:rsidP="00694FDC">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E409DF" w:rsidRPr="00694FDC" w:rsidRDefault="008A7030" w:rsidP="00694FDC">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00694FDC">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Konieczne jest podjęcie pilnych działań teraz, a nie w przyszłym roku lub później.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008A7030" w:rsidRPr="00694FDC" w:rsidRDefault="008A7030" w:rsidP="00694FDC">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008A7030" w:rsidRPr="00694FDC" w:rsidRDefault="008A7030" w:rsidP="00694FDC">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008A7030" w:rsidRPr="00694FDC" w:rsidRDefault="008A7030" w:rsidP="00694FDC">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00694FDC">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Z poważaniem</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008A7030" w:rsidRPr="00694FDC" w:rsidRDefault="008A7030" w:rsidP="00694FDC">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00694FDC">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ewa Jemielity</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:sectPr w:rsidR="008A7030" w:rsidRPr="00694FDC">
+      <w:pgSz w:w="11906" w:h="16838"/>
+      <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
-      <w:formProt w:val="0"/>
-      <w:noEndnote/>
+      <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
-<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-[...17 lines deleted...]
-
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
-  <w:font w:name="Symbol">
-[...2 lines deleted...]
-    <w:family w:val="roman"/>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="EE"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Courier New">
-[...35 lines deleted...]
-  </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId3" w:fontKey="{1C7CC4A6-A764-43AB-A6CB-E6BB755E8480}"/>
-[...15 lines deleted...]
-    <w:embedRegular r:id="rId5" w:fontKey="{DF89B845-BF0F-4942-9F92-D76807C4EB83}"/>
   </w:font>
 </w:fonts>
 </file>
 
-<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-[...2067 lines deleted...]
-
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
-  <w:zoom w:percent="100"/>
-[...2 lines deleted...]
-  <w:bordersDoNotSurroundFooter/>
+  <w:zoom w:percent="150"/>
   <w:proofState w:spelling="clean"/>
-  <w:stylePaneFormatFilter w:val="3B01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
-  <w:drawingGridHorizontalSpacing w:val="120"/>
-[...17 lines deleted...]
-  </w:endnotePr>
+  <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
-    <w:spaceForUL/>
-[...4 lines deleted...]
-    <w:adjustLineHeightInTable/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="007B045F"/>
-[...984 lines deleted...]
-    <w:rsid w:val="00FF5D96"/>
+    <w:rsidRoot w:val="00E409DF"/>
+    <w:rsid w:val="00485C8A"/>
+    <w:rsid w:val="00694FDC"/>
+    <w:rsid w:val="00766303"/>
+    <w:rsid w:val="008A7030"/>
+    <w:rsid w:val="008B2481"/>
+    <w:rsid w:val="00AD07CC"/>
+    <w:rsid w:val="00E409DF"/>
+    <w:rsid w:val="00EE4214"/>
+    <w:rsid w:val="00F00506"/>
+    <w:rsid w:val="00FE6996"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pl-PL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
-  <w:doNotIncludeSubdocsInStats/>
-  <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="420AC262"/>
-[...1 lines deleted...]
-  <w15:docId w15:val="{16AB1ADF-3B85-4E56-B3B7-867AAC3D00C9}"/>
+  <w15:chartTrackingRefBased/>
+  <w15:docId w15:val="{AEABFDDC-CCCA-4C5B-9AE2-1EDB46877078}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-        <w:kern w:val="24"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="pl-PL" w:eastAsia="pl-PL" w:bidi="ar-SA"/>
+        <w:lang w:val="pl-PL" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
-    <w:lsdException w:name="Normal" w:locked="1" w:uiPriority="0"/>
-[...154 lines deleted...]
-    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
@@ -4599,863 +1188,204 @@
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normalny">
     <w:name w:val="Normal"/>
-    <w:rsid w:val="00062EA5"/>
-[...24 lines deleted...]
-    </w:rPr>
+    <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Domylnaczcionkaakapitu">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Standardowy">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Bezlisty">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Nagwek1Znak">
-[...524 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
-  <w:divs>
-[...60 lines deleted...]
-  </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
-[...11 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motyw pakietu Office">
   <a:themeElements>
     <a:clrScheme name="Pakiet Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Pakiet Office">
       <a:majorFont>
-        <a:latin typeface="Calibri Light"/>
+        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Pakiet Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
@@ -5562,91 +1492,74 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
-<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...14 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>4316</Characters>
+  <Pages>1</Pages>
+  <Words>163</Words>
+  <Characters>979</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>35</Lines>
-  <Paragraphs>10</Paragraphs>
+  <Lines>8</Lines>
+  <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Tytuł</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>odpowiedź na interpelację nr 28/2024 w sprawie dróg gruntowych i utwardzonych</vt:lpstr>
+      <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
-  <Company>ump</Company>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5025</CharactersWithSpaces>
+  <CharactersWithSpaces>1140</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>odpowiedź na interpelację nr 28/2024 w sprawie dróg gruntowych i utwardzonych</dc:title>
+  <dc:title/>
   <dc:subject/>
-  <dc:creator>Urząd Miasta Poznania</dc:creator>
-  <cp:keywords>drogi, Osiedle Podolany, Osiedle Strzeszyn, odpowiedź na interpelację</cp:keywords>
+  <dc:creator>Ewa Jemielity</dc:creator>
+  <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>