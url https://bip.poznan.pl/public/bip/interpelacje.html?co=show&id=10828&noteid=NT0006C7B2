--- v0 (2025-10-30)
+++ v1 (2026-01-01)
@@ -1,1967 +1,1731 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
+  <Default Extension="odttf" ContentType="application/vnd.openxmlformats-officedocument.obfuscatedFont"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w:rsidR="002F1F26" w:rsidRPr="00B169A4" w:rsidRDefault="002F1F26" w:rsidP="00B169A4">
-[...7 lines deleted...]
-      </w:pPr>
+    <w:p w:rsidR="003C30FD" w:rsidRDefault="003C30FD" w:rsidP="00D9046C">
+      <w:pPr>
+        <w:pStyle w:val="UMP-data-znak-UID-za-prowadzi"/>
+        <w:sectPr w:rsidR="003C30FD" w:rsidSect="009E0AC4">
+          <w:footerReference w:type="default" r:id="rId8"/>
+          <w:headerReference w:type="first" r:id="rId9"/>
+          <w:footerReference w:type="first" r:id="rId10"/>
+          <w:type w:val="continuous"/>
+          <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
+          <w:pgMar w:top="2835" w:right="1418" w:bottom="1985" w:left="1418" w:header="567" w:footer="737" w:gutter="0"/>
+          <w:cols w:space="708"/>
+          <w:formProt w:val="0"/>
+          <w:noEndnote/>
+          <w:titlePg/>
+          <w:docGrid w:linePitch="299"/>
+        </w:sectPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_Hlk101266255"/>
     </w:p>
-    <w:p w:rsidR="002F1F26" w:rsidRPr="00B169A4" w:rsidRDefault="002F1F26" w:rsidP="00B169A4">
-[...7 lines deleted...]
-      </w:pPr>
+    <w:p w:rsidR="00742F86" w:rsidRPr="00D80D6F" w:rsidRDefault="00742F86" w:rsidP="00D9046C">
+      <w:pPr>
+        <w:pStyle w:val="UMP-data-znak-UID-za-prowadzi"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D80D6F">
+        <w:t>Poznań,</w:t>
+      </w:r>
+      <w:r w:rsidR="00E51626">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BF6C42">
+        <w:t>18</w:t>
+      </w:r>
+      <w:r w:rsidR="00E0309B">
+        <w:t>.03</w:t>
+      </w:r>
+      <w:r w:rsidR="004B5B52" w:rsidRPr="004B5B52">
+        <w:t>.202</w:t>
+      </w:r>
+      <w:r w:rsidR="0069470E">
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="004B5B52">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D80D6F">
+        <w:t>r</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF5D3D">
+        <w:t>oku</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="002F1F26" w:rsidRPr="00B169A4" w:rsidRDefault="002F1F26" w:rsidP="00B169A4">
-[...65 lines deleted...]
-        </w:drawing>
+    <w:p w:rsidR="007B045F" w:rsidRPr="00D80D6F" w:rsidRDefault="00DD684C" w:rsidP="00D9046C">
+      <w:pPr>
+        <w:pStyle w:val="UMP-data-znak-UID-za-prowadzi"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D80D6F">
+        <w:t>Znak sprawy:</w:t>
+      </w:r>
+      <w:r w:rsidR="00194ED6" w:rsidRPr="00D80D6F">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004B5B52" w:rsidRPr="004B5B52">
+        <w:t>Or-II.0003.1.</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED444F">
+        <w:t>55</w:t>
+      </w:r>
+      <w:r w:rsidR="00286E99">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="004B5B52" w:rsidRPr="004B5B52">
+        <w:t>202</w:t>
+      </w:r>
+      <w:r w:rsidR="007217D7">
+        <w:t>4</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002F1F26" w:rsidRPr="00B169A4" w:rsidRDefault="002F1F26" w:rsidP="00B169A4">
-[...7 lines deleted...]
-      </w:pPr>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p w:rsidR="00C634CE" w:rsidRPr="00E9338C" w:rsidRDefault="00C634CE" w:rsidP="00E9338C">
+      <w:pPr>
+        <w:pStyle w:val="UMP-data-znak-UID-za-prowadzi"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB4000">
+        <w:t xml:space="preserve">Nr rej.: </w:t>
+      </w:r>
+      <w:r w:rsidR="008C272A">
+        <w:t>18032402132</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="002F1F26" w:rsidRPr="00B169A4" w:rsidRDefault="002F1F26" w:rsidP="00B169A4">
-[...30 lines deleted...]
-        <w:t xml:space="preserve">r.                      </w:t>
+    <w:p w:rsidR="005E5BF3" w:rsidRPr="005E5BF3" w:rsidRDefault="005E5BF3" w:rsidP="005E5BF3">
+      <w:pPr>
+        <w:pStyle w:val="UMP-odbiorca"/>
+      </w:pPr>
+      <w:r w:rsidRPr="005E5BF3">
+        <w:t>Pan</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED444F">
+        <w:t>i</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002F1F26" w:rsidRPr="00B169A4" w:rsidRDefault="002F1F26" w:rsidP="00B169A4">
-[...15 lines deleted...]
-      </w:r>
+    <w:p w:rsidR="005E5BF3" w:rsidRPr="005E5BF3" w:rsidRDefault="00ED444F" w:rsidP="005E5BF3">
+      <w:pPr>
+        <w:pStyle w:val="UMP-odbiorca"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Monika </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Danelska</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="002F1F26" w:rsidRPr="00B169A4" w:rsidRDefault="002F1F26" w:rsidP="00B169A4">
-[...7 lines deleted...]
-      </w:pPr>
+    <w:p w:rsidR="005E5BF3" w:rsidRPr="005E5BF3" w:rsidRDefault="005E5BF3" w:rsidP="00FD1B40">
+      <w:pPr>
+        <w:pStyle w:val="UMP-odbiorca"/>
+        <w:spacing w:after="720"/>
+      </w:pPr>
+      <w:r w:rsidRPr="005E5BF3">
+        <w:t>Radn</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED444F">
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E5BF3">
+        <w:t xml:space="preserve"> Miasta Poznania</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="002F1F26" w:rsidRPr="00B169A4" w:rsidRDefault="002F1F26" w:rsidP="00B169A4">
-[...7 lines deleted...]
-      </w:pPr>
+    <w:p w:rsidR="005E5BF3" w:rsidRPr="005E5BF3" w:rsidRDefault="005E5BF3" w:rsidP="005E5BF3">
+      <w:pPr>
+        <w:pStyle w:val="UMP-zwrotszanowni"/>
+      </w:pPr>
+      <w:r w:rsidRPr="005E5BF3">
+        <w:t>Szanown</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED444F">
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E5BF3">
+        <w:t xml:space="preserve"> Pani Radn</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED444F">
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E5BF3">
+        <w:t>,</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="002F1F26" w:rsidRPr="00B169A4" w:rsidRDefault="002F1F26" w:rsidP="00B169A4">
-[...7 lines deleted...]
-      </w:pPr>
+    <w:p w:rsidR="0055791C" w:rsidRDefault="005E5BF3" w:rsidP="0055791C">
+      <w:pPr>
+        <w:pStyle w:val="UMP-tekstpodstawowy"/>
+      </w:pPr>
+      <w:r w:rsidRPr="005E5BF3">
+        <w:t xml:space="preserve">odpowiadając na otrzymaną za pośrednictwem Przewodniczącego Rady Miasta Poznania pismem z </w:t>
+      </w:r>
+      <w:r w:rsidR="00D724E2">
+        <w:t>7 marca</w:t>
+      </w:r>
+      <w:r w:rsidR="007217D7">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E5BF3">
+        <w:t>202</w:t>
+      </w:r>
+      <w:r w:rsidR="007217D7">
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E5BF3">
+        <w:t xml:space="preserve"> r. i przekazaną mi przez Prezydenta Miasta Poznania do rozpatrzenia interpelację Pan</w:t>
+      </w:r>
+      <w:r w:rsidR="00D724E2">
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E5BF3">
+        <w:t xml:space="preserve"> Radne</w:t>
+      </w:r>
+      <w:r w:rsidR="00D724E2">
+        <w:t>j</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E5BF3">
+        <w:t xml:space="preserve"> w sprawie </w:t>
+      </w:r>
+      <w:r w:rsidR="00D724E2">
+        <w:t>sytuacji budowy ronda na skrzyżowaniu ulic Borówki-Żywiczna</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E5BF3">
+        <w:t>, uprzejmie informuję:</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="002F1F26" w:rsidRPr="00B169A4" w:rsidRDefault="002F1F26" w:rsidP="00B169A4">
-[...7 lines deleted...]
-      </w:pPr>
+    <w:p w:rsidR="00866E61" w:rsidRPr="00866E61" w:rsidRDefault="00CF10EE" w:rsidP="00866E61">
+      <w:pPr>
+        <w:pStyle w:val="UMP-tekstpodstawowy"/>
+      </w:pPr>
+      <w:r>
+        <w:t>B</w:t>
+      </w:r>
+      <w:r w:rsidR="00866E61" w:rsidRPr="00866E61">
+        <w:t>udowa ronda na skrzyżow</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="1" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r w:rsidR="00866E61" w:rsidRPr="00866E61">
+        <w:t>aniu ulic Borówki i Żywicznej realizowana jest przez spółkę</w:t>
+      </w:r>
+      <w:r w:rsidR="00866E61">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00866E61" w:rsidRPr="00866E61">
+        <w:t>Poznańskie Inwestycje Miejskie, która pełni funkcję inwestora zastępczego. Prace związane</w:t>
+      </w:r>
+      <w:r w:rsidR="00866E61">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B55E48">
+        <w:t>ze</w:t>
+      </w:r>
+      <w:r w:rsidR="00866E61" w:rsidRPr="00866E61">
+        <w:t xml:space="preserve"> zmian</w:t>
+      </w:r>
+      <w:r w:rsidR="00B55E48">
+        <w:t>ą</w:t>
+      </w:r>
+      <w:r w:rsidR="00866E61" w:rsidRPr="00866E61">
+        <w:t xml:space="preserve"> organizacji ruchu na skrzyżowaniu odbywają się zgodnie</w:t>
+      </w:r>
+      <w:r w:rsidR="00866E61">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00866E61" w:rsidRPr="00866E61">
+        <w:t>z harmonogramem oraz zatwierdzonym projektem. W dniach 14</w:t>
+      </w:r>
+      <w:r w:rsidR="00323827">
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00866E61" w:rsidRPr="00866E61">
+        <w:t>15 marca br. układan</w:t>
+      </w:r>
+      <w:r w:rsidR="007B39D1">
+        <w:t xml:space="preserve">a jest </w:t>
+      </w:r>
+      <w:r w:rsidR="00866E61" w:rsidRPr="00866E61">
+        <w:t>mas</w:t>
+      </w:r>
+      <w:r w:rsidR="007B39D1">
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="00866E61" w:rsidRPr="00866E61">
+        <w:t xml:space="preserve"> bitumiczn</w:t>
+      </w:r>
+      <w:r w:rsidR="007B39D1">
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="00866E61" w:rsidRPr="00866E61">
+        <w:t xml:space="preserve"> na</w:t>
+      </w:r>
+      <w:r w:rsidR="007039E0">
+        <w:t> s</w:t>
+      </w:r>
+      <w:r w:rsidR="00866E61" w:rsidRPr="00866E61">
+        <w:t xml:space="preserve">krzyżowaniu, a następnie </w:t>
+      </w:r>
+      <w:r w:rsidR="00145A9A">
+        <w:t xml:space="preserve">wykonawca </w:t>
+      </w:r>
+      <w:r w:rsidR="00866E61" w:rsidRPr="00866E61">
+        <w:t xml:space="preserve">przystąpi do </w:t>
+      </w:r>
+      <w:r w:rsidR="00A36A35">
+        <w:t xml:space="preserve">wykonania </w:t>
+      </w:r>
+      <w:r w:rsidR="00866E61" w:rsidRPr="00866E61">
+        <w:t>oznakowania</w:t>
+      </w:r>
+      <w:r w:rsidR="00866E61">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00866E61" w:rsidRPr="00866E61">
+        <w:t>poziomego.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="002F1F26" w:rsidRPr="00B169A4" w:rsidRDefault="002F1F26" w:rsidP="00B169A4">
-[...7 lines deleted...]
-      </w:pPr>
+    <w:p w:rsidR="0086354B" w:rsidRDefault="008C0B36" w:rsidP="00866E61">
+      <w:pPr>
+        <w:pStyle w:val="UMP-tekstpodstawowy"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Ze względu </w:t>
+      </w:r>
+      <w:r w:rsidR="00866E61" w:rsidRPr="00866E61">
+        <w:t>na ograniczon</w:t>
+      </w:r>
+      <w:r w:rsidR="00BF7873">
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidR="00866E61" w:rsidRPr="00866E61">
+        <w:t xml:space="preserve"> miejsc</w:t>
+      </w:r>
+      <w:r w:rsidR="00BF7873">
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidR="00866E61" w:rsidRPr="00866E61">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">w </w:t>
+      </w:r>
+      <w:r w:rsidR="00A54A3A">
+        <w:t xml:space="preserve">obrębie </w:t>
+      </w:r>
+      <w:r w:rsidR="003173D6">
+        <w:t xml:space="preserve">prowadzonych </w:t>
+      </w:r>
+      <w:r w:rsidR="00866E61" w:rsidRPr="00866E61">
+        <w:t>prac, w sytuacjach w których było to wymagane</w:t>
+      </w:r>
+      <w:r w:rsidR="00866E61">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00866E61" w:rsidRPr="00866E61">
+        <w:t>(np. przy przejeździe autobusów lub pojazdów ciężarowych)</w:t>
+      </w:r>
+      <w:r w:rsidR="00145A9A">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00866E61" w:rsidRPr="00866E61">
+        <w:t xml:space="preserve"> ruch na</w:t>
+      </w:r>
+      <w:r w:rsidR="007039E0">
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00866E61" w:rsidRPr="00866E61">
+        <w:t xml:space="preserve">skrzyżowaniu </w:t>
+      </w:r>
+      <w:r w:rsidR="00724581">
+        <w:t>sterowany był ręcznie</w:t>
+      </w:r>
+      <w:r w:rsidR="00866E61" w:rsidRPr="00866E61">
+        <w:t xml:space="preserve">. Wykonanie tarczy ronda trwało </w:t>
+      </w:r>
+      <w:r w:rsidR="00724581">
+        <w:t xml:space="preserve">2 </w:t>
+      </w:r>
+      <w:r w:rsidR="00866E61" w:rsidRPr="00866E61">
+        <w:t>dni. Przed</w:t>
+      </w:r>
+      <w:r w:rsidR="007039E0">
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00866E61" w:rsidRPr="00866E61">
+        <w:t>przystąpieniem</w:t>
+      </w:r>
+      <w:r w:rsidR="00866E61">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00866E61" w:rsidRPr="00866E61">
+        <w:t>do układania oporników oraz kostki, wykonawca odpowiednio zabezpieczył miejsce prowadzenia robót.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="002F1F26" w:rsidRPr="00B169A4" w:rsidRDefault="002F1F26" w:rsidP="00B169A4">
-[...7 lines deleted...]
-      </w:pPr>
+    <w:p w:rsidR="007E1B51" w:rsidRDefault="00EB5B88" w:rsidP="00BF6C42">
+      <w:pPr>
+        <w:pStyle w:val="UMP-zwrotzpowaaniem"/>
+        <w:spacing w:before="360" w:after="240"/>
+        <w:ind w:left="4820"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Z</w:t>
+      </w:r>
+      <w:r w:rsidR="007E1B51" w:rsidRPr="003C52C6">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B472F7">
+        <w:t>wyrazami szacunku</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="000D685B" w:rsidRPr="00B169A4" w:rsidRDefault="000D685B" w:rsidP="00B169A4">
-[...38 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+    <w:p w:rsidR="00BF6C42" w:rsidRDefault="00BF6C42" w:rsidP="00BF6C42">
+      <w:pPr>
+        <w:pStyle w:val="UMP-podpis"/>
+        <w:ind w:left="4820"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Z up. PREZYDENTA MIASTA</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000D685B" w:rsidRPr="00B169A4" w:rsidRDefault="001B01EE" w:rsidP="00B169A4">
-[...22 lines deleted...]
-        <w:t xml:space="preserve"> Miasta Poznania</w:t>
+    <w:p w:rsidR="00BF6C42" w:rsidRDefault="00BF6C42" w:rsidP="00BF6C42">
+      <w:pPr>
+        <w:pStyle w:val="UMP-podpis"/>
+        <w:ind w:left="4820"/>
+      </w:pPr>
+      <w:r>
+        <w:t>(-) Mariusz Wiśniewski</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000D685B" w:rsidRPr="00B169A4" w:rsidRDefault="000D685B" w:rsidP="00B169A4">
-[...7 lines deleted...]
-      </w:pPr>
+    <w:p w:rsidR="00BF6C42" w:rsidRPr="00BF6C42" w:rsidRDefault="00BF6C42" w:rsidP="00BF6C42">
+      <w:pPr>
+        <w:pStyle w:val="UMP-podpis"/>
+        <w:ind w:left="4820"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Z-CA PREZYDENTA MIASTA POZNANIA</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="000D685B" w:rsidRPr="00B169A4" w:rsidRDefault="000D685B" w:rsidP="00B169A4">
-[...7 lines deleted...]
-      </w:pPr>
+    <w:p w:rsidR="005E5BF3" w:rsidRPr="00B830D4" w:rsidRDefault="005E5BF3" w:rsidP="005E5BF3">
+      <w:pPr>
+        <w:pStyle w:val="UMP-podpis"/>
+        <w:ind w:left="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B830D4">
+        <w:t>Do wiadomości:</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="000D685B" w:rsidRPr="00B169A4" w:rsidRDefault="000D685B" w:rsidP="00B169A4">
-[...7 lines deleted...]
-      </w:pPr>
+    <w:p w:rsidR="005E5BF3" w:rsidRPr="00B830D4" w:rsidRDefault="005E5BF3" w:rsidP="005E5BF3">
+      <w:pPr>
+        <w:pStyle w:val="UMP-podpis"/>
+        <w:ind w:left="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B830D4">
+        <w:t>Przewodniczący Rady Miasta</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="000D685B" w:rsidRPr="00B169A4" w:rsidRDefault="000D685B" w:rsidP="00B169A4">
-[...637 lines deleted...]
-      <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="708" w:footer="708" w:gutter="0"/>
+    <w:sectPr w:rsidR="005E5BF3" w:rsidRPr="00B830D4" w:rsidSect="00492AB9">
+      <w:type w:val="continuous"/>
+      <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
+      <w:pgMar w:top="1560" w:right="1418" w:bottom="1701" w:left="1418" w:header="454" w:footer="567" w:gutter="0"/>
       <w:cols w:space="708"/>
-      <w:docGrid w:linePitch="360"/>
+      <w:formProt w:val="0"/>
+      <w:noEndnote/>
     </w:sectPr>
   </w:body>
 </w:document>
+</file>
+
+<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:endnote w:type="separator" w:id="-1">
+    <w:p w:rsidR="00616F10" w:rsidRDefault="00616F10">
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationSeparator" w:id="0">
+    <w:p w:rsidR="00616F10" w:rsidRDefault="00616F10">
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+</w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="EE"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId1" w:fontKey="{6C2B28C8-BA33-48B5-86C6-EC706FD3E929}"/>
   </w:font>
-  <w:font w:name="Cambria">
-    <w:panose1 w:val="02040503050406030204"/>
+  <w:font w:name="Free 3 of 9">
+    <w:altName w:val="Arial Unicode MS"/>
+    <w:panose1 w:val="00000009000000000000"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId2" w:fontKey="{EC786DAB-5E2A-41E5-BFDA-DB0F69CFC421}"/>
+  </w:font>
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
+    <w:charset w:val="EE"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId3" w:fontKey="{FDF8836D-02F4-4305-AC10-F463381D0FF3}"/>
+  </w:font>
+  <w:font w:name="Liberation Serif">
+    <w:altName w:val="Times New Roman"/>
+    <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E0000AFF" w:usb1="500078FF" w:usb2="00000021" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId4" w:fontKey="{3E7A29E1-1780-42C7-854D-4BD2F690A1EC}"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="EE"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId5" w:fontKey="{96593AD0-7AE4-4648-97DE-E2DA4CB26720}"/>
   </w:font>
 </w:fonts>
+</file>
+
+<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:p w:rsidR="00D177F8" w:rsidRPr="00467E00" w:rsidRDefault="00AD47D5" w:rsidP="00D96A9B">
+    <w:pPr>
+      <w:pStyle w:val="UMP-stopkanrstrony"/>
+      <w:spacing w:after="240"/>
+    </w:pPr>
+    <w:r>
+      <w:t xml:space="preserve">Strona </w:t>
+    </w:r>
+    <w:r w:rsidR="006C0408" w:rsidRPr="006C0408">
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r w:rsidR="006C0408" w:rsidRPr="006C0408">
+      <w:instrText xml:space="preserve"> PAGE </w:instrText>
+    </w:r>
+    <w:r w:rsidR="006C0408" w:rsidRPr="006C0408">
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r w:rsidR="00BF6C42">
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:t>2</w:t>
+    </w:r>
+    <w:r w:rsidR="006C0408" w:rsidRPr="006C0408">
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:p w:rsidR="00FD1566" w:rsidRPr="00FD1566" w:rsidRDefault="00FD1566" w:rsidP="00FD1566">
+    <w:pPr>
+      <w:pStyle w:val="UMP-stopkastrony"/>
+    </w:pPr>
+    <w:r w:rsidRPr="0068607B">
+      <w:t xml:space="preserve">Urząd Miasta Poznania, </w:t>
+    </w:r>
+    <w:r w:rsidR="00205541" w:rsidRPr="007A5FB5">
+      <w:t xml:space="preserve">plac Kolegiacki 17, 61-841 </w:t>
+    </w:r>
+    <w:r w:rsidR="00205541" w:rsidRPr="002A70F3">
+      <w:t>Poznań</w:t>
+    </w:r>
+  </w:p>
+  <w:p w:rsidR="00175484" w:rsidRPr="005043D2" w:rsidRDefault="005043D2" w:rsidP="00CC4574">
+    <w:pPr>
+      <w:pStyle w:val="UMP-stopkastrony"/>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="7227"/>
+      </w:tabs>
+      <w:spacing w:after="240"/>
+      <w:rPr>
+        <w:lang w:val="en-US"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidRPr="008C6AF4">
+      <w:rPr>
+        <w:lang w:val="en-US"/>
+      </w:rPr>
+      <w:t xml:space="preserve">tel. +48 61 878 53 </w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:lang w:val="en-US"/>
+      </w:rPr>
+      <w:t>17</w:t>
+    </w:r>
+    <w:r w:rsidRPr="008C6AF4">
+      <w:rPr>
+        <w:lang w:val="en-US"/>
+      </w:rPr>
+      <w:t xml:space="preserve">, </w:t>
+    </w:r>
+    <w:proofErr w:type="spellStart"/>
+    <w:r w:rsidRPr="008C6AF4">
+      <w:rPr>
+        <w:lang w:val="en-US"/>
+      </w:rPr>
+      <w:t>fa</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:lang w:val="en-US"/>
+      </w:rPr>
+      <w:t>ks</w:t>
+    </w:r>
+    <w:proofErr w:type="spellEnd"/>
+    <w:r w:rsidRPr="008C6AF4">
+      <w:rPr>
+        <w:lang w:val="en-US"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> +48 61 878 5</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:lang w:val="en-US"/>
+      </w:rPr>
+      <w:t>3 60</w:t>
+    </w:r>
+    <w:r w:rsidRPr="000E2F66">
+      <w:rPr>
+        <w:lang w:val="en-US"/>
+      </w:rPr>
+      <w:t xml:space="preserve">, </w:t>
+    </w:r>
+    <w:hyperlink r:id="rId1" w:history="1">
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Hipercze"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>sekretariat_m.wisniewski@um.poznan.pl</w:t>
+      </w:r>
+    </w:hyperlink>
+    <w:r w:rsidRPr="00F7474C">
+      <w:rPr>
+        <w:lang w:val="en-US"/>
+      </w:rPr>
+      <w:t xml:space="preserve">, </w:t>
+    </w:r>
+    <w:hyperlink r:id="rId2" w:history="1">
+      <w:r w:rsidRPr="00E7320A">
+        <w:rPr>
+          <w:rStyle w:val="Hipercze"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>www.poznan.pl</w:t>
+      </w:r>
+    </w:hyperlink>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:footnote w:type="separator" w:id="-1">
+    <w:p w:rsidR="00616F10" w:rsidRDefault="00616F10">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif"/>
+          <w:kern w:val="0"/>
+        </w:rPr>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationSeparator" w:id="0">
+    <w:p w:rsidR="00616F10" w:rsidRDefault="00616F10">
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+</w:footnotes>
+</file>
+
+<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:p w:rsidR="00EF2CB9" w:rsidRPr="008F6261" w:rsidRDefault="00355CA7" w:rsidP="004620CB">
+    <w:pPr>
+      <w:pStyle w:val="UMP-nagwekstrony"/>
+      <w:rPr>
+        <w:noProof/>
+        <w:u w:val="single"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidRPr="000D51B6">
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:drawing>
+        <wp:inline distT="0" distB="0" distL="0" distR="0">
+          <wp:extent cx="1352550" cy="1228725"/>
+          <wp:effectExtent l="0" t="0" r="0" b="0"/>
+          <wp:docPr id="2" name="Obraz 1" descr="Herb Miasta Poznania"/>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="0" name="Obraz 1" descr="Herb Miasta Poznania"/>
+                  <pic:cNvPicPr>
+                    <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                  </pic:cNvPicPr>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:srcRect/>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr bwMode="auto">
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="1352550" cy="1228725"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                  <a:noFill/>
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+        </wp:inline>
+      </w:drawing>
+    </w:r>
+  </w:p>
+</w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="FFFFFF7C"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="0">
+    <w:nsid w:val="154F3E30"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="E2E6299E"/>
+    <w:lvl w:ilvl="0" w:tplc="0415000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...5 lines deleted...]
-        <w:rFonts w:cs="Times New Roman"/>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04150003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04150005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04150001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04150003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04150005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04150001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04150003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04150005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="FFFFFF7D"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="0">
+    <w:nsid w:val="1B2D4E82"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="0AD4A0B0"/>
+    <w:lvl w:ilvl="0" w:tplc="0415000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="1209" w:hanging="360"/>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
-  </w:abstractNum>
-[...176 lines deleted...]
-    <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="04150019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0415000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0415000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="266C44A8"/>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1B7748B9"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="00000000"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="(%4)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="(%5)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="(%6)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="3E61497B"/>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1C36738D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="33664C7E"/>
-    <w:lvl w:ilvl="0" w:tplc="0415000F">
+    <w:tmpl w:val="49DE5A2A"/>
+    <w:lvl w:ilvl="0" w:tplc="04150011">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%1."/>
+      <w:pStyle w:val="UMP-listanumerowana"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04150003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04150005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04150001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04150003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04150005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04150001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04150003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04150005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="26582D15"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="00000000"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="(%4)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
-      <w:lvlText w:val="%2."/>
-[...5 lines deleted...]
-    <w:lvl w:ilvl="2" w:tplc="0415001B" w:tentative="1">
+      <w:lvlText w:val="(%5)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
-      <w:lvlText w:val="%3."/>
-[...32 lines deleted...]
-    <w:lvl w:ilvl="6" w:tplc="0415000F" w:tentative="1">
+      <w:lvlText w:val="(%6)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5760" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
-      <w:lvlJc w:val="right"/>
-[...2 lines deleted...]
-      </w:pPr>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
-[...3 lines deleted...]
-    <w:lvl w:ilvl="0" w:tplc="0415000F">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3ABD2CBA"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="00000000"/>
+    <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%1."/>
-[...4 lines deleted...]
-        </w:tabs>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="(%4)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
-      <w:lvlText w:val="%2."/>
-[...5 lines deleted...]
-        <w:ind w:left="1440" w:hanging="360"/>
+      <w:lvlText w:val="(%5)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="0415001B" w:tentative="1">
+    <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
-      <w:lvlText w:val="%3."/>
-[...5 lines deleted...]
-        <w:ind w:left="2160" w:hanging="180"/>
+      <w:lvlText w:val="(%6)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="0415000F" w:tentative="1">
-[...44 lines deleted...]
-    <w:lvl w:ilvl="6" w:tplc="0415000F" w:tentative="1">
+    <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="5040" w:hanging="360"/>
+        <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
+    <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="5760" w:hanging="360"/>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
+    <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
-      <w:lvlJc w:val="right"/>
-[...4 lines deleted...]
-        <w:ind w:left="6480" w:hanging="180"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
-[...23 lines deleted...]
-        </w:tabs>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="45964429"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="A04C25C2"/>
+    <w:lvl w:ilvl="0" w:tplc="C180E118">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:pStyle w:val="UMP-listawyroniona"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04150003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
-    </w:lvl>
-[...8 lines deleted...]
-        </w:tabs>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04150005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
-    </w:lvl>
-[...8 lines deleted...]
-        </w:tabs>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04150001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
-    </w:lvl>
-[...8 lines deleted...]
-        </w:tabs>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04150003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
-    </w:lvl>
-[...8 lines deleted...]
-        </w:tabs>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04150005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
-    </w:lvl>
-[...8 lines deleted...]
-        </w:tabs>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04150001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
-    </w:lvl>
-[...8 lines deleted...]
-        </w:tabs>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04150003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
-    </w:lvl>
-[...8 lines deleted...]
-        </w:tabs>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04150005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="772C32C7"/>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4AE74C0B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="AB0A3A3A"/>
-[...23 lines deleted...]
-        </w:tabs>
+    <w:tmpl w:val="098227FA"/>
+    <w:lvl w:ilvl="0" w:tplc="C180E118">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04150003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:cs="Times New Roman"/>
-[...25 lines deleted...]
-        </w:tabs>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04150005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04150001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:cs="Times New Roman"/>
-[...10 lines deleted...]
-        </w:tabs>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04150003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:cs="Times New Roman"/>
-[...25 lines deleted...]
-        </w:tabs>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04150005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04150001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:cs="Times New Roman"/>
-[...10 lines deleted...]
-        </w:tabs>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04150003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:cs="Times New Roman"/>
-[...14 lines deleted...]
-        <w:rFonts w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04150005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
-    <w:abstractNumId w:val="11"/>
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="2"/>
     <w:lvlOverride w:ilvl="0">
       <w:lvl w:ilvl="0">
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
         <w:lvlText w:val="%1)"/>
         <w:lvlJc w:val="left"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:lvl w:ilvl="1">
         <w:start w:val="1"/>
         <w:numFmt w:val="lowerLetter"/>
         <w:lvlText w:val="%2)"/>
         <w:lvlJc w:val="left"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:lvl w:ilvl="2">
         <w:start w:val="1"/>
@@ -2018,52 +1782,52 @@
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:lvl w:ilvl="7">
         <w:start w:val="1"/>
         <w:numFmt w:val="lowerLetter"/>
         <w:lvlText w:val="%8."/>
         <w:lvlJc w:val="left"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:lvl w:ilvl="8">
         <w:start w:val="1"/>
         <w:numFmt w:val="lowerRoman"/>
         <w:lvlText w:val="%9."/>
         <w:lvlJc w:val="left"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="2">
-    <w:abstractNumId w:val="11"/>
+  <w:num w:numId="4">
+    <w:abstractNumId w:val="2"/>
     <w:lvlOverride w:ilvl="0">
       <w:lvl w:ilvl="0">
         <w:start w:val="1"/>
         <w:numFmt w:val="upperRoman"/>
         <w:lvlText w:val="%1."/>
         <w:lvlJc w:val="left"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:lvl w:ilvl="1">
         <w:start w:val="1"/>
         <w:numFmt w:val="upperLetter"/>
         <w:lvlText w:val="%2."/>
         <w:lvlJc w:val="left"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:lvl w:ilvl="2">
         <w:start w:val="1"/>
@@ -2120,52 +1884,52 @@
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:lvl w:ilvl="7">
         <w:start w:val="1"/>
         <w:numFmt w:val="lowerLetter"/>
         <w:lvlText w:val="(%8)"/>
         <w:lvlJc w:val="left"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:lvl w:ilvl="8">
         <w:start w:val="1"/>
         <w:numFmt w:val="lowerRoman"/>
         <w:lvlText w:val="(%9)"/>
         <w:lvlJc w:val="left"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="3">
-    <w:abstractNumId w:val="11"/>
+  <w:num w:numId="5">
+    <w:abstractNumId w:val="2"/>
     <w:lvlOverride w:ilvl="0">
       <w:lvl w:ilvl="0">
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
         <w:lvlText w:val="%1."/>
         <w:lvlJc w:val="left"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:lvl w:ilvl="1">
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
         <w:lvlText w:val="%1.%2."/>
         <w:lvlJc w:val="left"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:lvl w:ilvl="2">
         <w:start w:val="1"/>
@@ -2222,667 +1986,2095 @@
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:lvl w:ilvl="7">
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
         <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
         <w:lvlJc w:val="left"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:lvl w:ilvl="8">
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
         <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
         <w:lvlJc w:val="left"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="4">
-[...4 lines deleted...]
-  </w:num>
   <w:num w:numId="6">
-    <w:abstractNumId w:val="8"/>
+    <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="7">
-    <w:abstractNumId w:val="3"/>
+    <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="8">
-    <w:abstractNumId w:val="2"/>
+    <w:abstractNumId w:val="5"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:lvl w:ilvl="0">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%1)"/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:lvl w:ilvl="1">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="lowerLetter"/>
+        <w:lvlText w:val="%2)"/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:lvl w:ilvl="2">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="lowerRoman"/>
+        <w:lvlText w:val="%3)"/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:lvl w:ilvl="3">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="(%4)"/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:lvl w:ilvl="4">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="lowerLetter"/>
+        <w:lvlText w:val="(%5)"/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:lvl w:ilvl="5">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="lowerRoman"/>
+        <w:lvlText w:val="(%6)"/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:lvl w:ilvl="6">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%7."/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:lvl w:ilvl="7">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="lowerLetter"/>
+        <w:lvlText w:val="%8."/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:lvl w:ilvl="8">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="lowerRoman"/>
+        <w:lvlText w:val="%9."/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
   </w:num>
   <w:num w:numId="9">
-    <w:abstractNumId w:val="1"/>
+    <w:abstractNumId w:val="5"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:lvl w:ilvl="0">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="upperRoman"/>
+        <w:lvlText w:val="%1."/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:lvl w:ilvl="1">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="upperLetter"/>
+        <w:lvlText w:val="%2."/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:lvl w:ilvl="2">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%3."/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:lvl w:ilvl="3">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="lowerLetter"/>
+        <w:lvlText w:val="%4)"/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:lvl w:ilvl="4">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="(%5)"/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:lvl w:ilvl="5">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="lowerLetter"/>
+        <w:lvlText w:val="(%6)"/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:lvl w:ilvl="6">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="lowerRoman"/>
+        <w:lvlText w:val="(%7)"/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:lvl w:ilvl="7">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="lowerLetter"/>
+        <w:lvlText w:val="(%8)"/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:lvl w:ilvl="8">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="lowerRoman"/>
+        <w:lvlText w:val="(%9)"/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
   </w:num>
   <w:num w:numId="10">
-    <w:abstractNumId w:val="0"/>
+    <w:abstractNumId w:val="5"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:lvl w:ilvl="0">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%1."/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:lvl w:ilvl="1">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%1.%2."/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:lvl w:ilvl="2">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%1.%2.%3."/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:lvl w:ilvl="3">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%1.%2.%3.%4."/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:lvl w:ilvl="4">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:lvl w:ilvl="5">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:lvl w:ilvl="6">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:lvl w:ilvl="7">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:lvl w:ilvl="8">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
   </w:num>
   <w:num w:numId="11">
-    <w:abstractNumId w:val="9"/>
+    <w:abstractNumId w:val="4"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:lvl w:ilvl="0">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%1)"/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:lvl w:ilvl="1">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="lowerLetter"/>
+        <w:lvlText w:val="%2)"/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:lvl w:ilvl="2">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="lowerRoman"/>
+        <w:lvlText w:val="%3)"/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:lvl w:ilvl="3">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="(%4)"/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:lvl w:ilvl="4">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="lowerLetter"/>
+        <w:lvlText w:val="(%5)"/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:lvl w:ilvl="5">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="lowerRoman"/>
+        <w:lvlText w:val="(%6)"/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:lvl w:ilvl="6">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%7."/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:lvl w:ilvl="7">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="lowerLetter"/>
+        <w:lvlText w:val="%8."/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:lvl w:ilvl="8">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="lowerRoman"/>
+        <w:lvlText w:val="%9."/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
   </w:num>
   <w:num w:numId="12">
-    <w:abstractNumId w:val="7"/>
+    <w:abstractNumId w:val="4"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:lvl w:ilvl="0">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="upperRoman"/>
+        <w:lvlText w:val="%1."/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:lvl w:ilvl="1">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="upperLetter"/>
+        <w:lvlText w:val="%2."/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:lvl w:ilvl="2">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%3."/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:lvl w:ilvl="3">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="lowerLetter"/>
+        <w:lvlText w:val="%4)"/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:lvl w:ilvl="4">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="(%5)"/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:lvl w:ilvl="5">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="lowerLetter"/>
+        <w:lvlText w:val="(%6)"/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:lvl w:ilvl="6">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="lowerRoman"/>
+        <w:lvlText w:val="(%7)"/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:lvl w:ilvl="7">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="lowerLetter"/>
+        <w:lvlText w:val="(%8)"/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:lvl w:ilvl="8">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="lowerRoman"/>
+        <w:lvlText w:val="(%9)"/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
   </w:num>
   <w:num w:numId="13">
-    <w:abstractNumId w:val="6"/>
+    <w:abstractNumId w:val="4"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:lvl w:ilvl="0">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%1."/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:lvl w:ilvl="1">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%1.%2."/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:lvl w:ilvl="2">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%1.%2.%3."/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:lvl w:ilvl="3">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%1.%2.%3.%4."/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:lvl w:ilvl="4">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:lvl w:ilvl="5">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:lvl w:ilvl="6">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:lvl w:ilvl="7">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:lvl w:ilvl="8">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
   </w:num>
   <w:num w:numId="14">
-    <w:abstractNumId w:val="5"/>
+    <w:abstractNumId w:val="3"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
   </w:num>
   <w:num w:numId="15">
-    <w:abstractNumId w:val="4"/>
+    <w:abstractNumId w:val="3"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
   </w:num>
   <w:num w:numId="16">
-    <w:abstractNumId w:val="12"/>
-[...5 lines deleted...]
-    <w:abstractNumId w:val="14"/>
+    <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
+  <w:embedTrueTypeFonts/>
+  <w:bordersDoNotSurroundHeader/>
+  <w:bordersDoNotSurroundFooter/>
   <w:proofState w:spelling="clean"/>
+  <w:stylePaneFormatFilter w:val="3B01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
-  <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:drawingGridHorizontalSpacing w:val="120"/>
+  <w:drawingGridVerticalSpacing w:val="120"/>
+  <w:displayHorizontalDrawingGridEvery w:val="0"/>
+  <w:displayVerticalDrawingGridEvery w:val="3"/>
+  <w:doNotUseMarginsForDrawingGridOrigin/>
+  <w:characterSpacingControl w:val="compressPunctuation"/>
+  <w:doNotValidateAgainstSchema/>
+  <w:doNotDemarcateInvalidXml/>
+  <w:hdrShapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+  </w:hdrShapeDefaults>
+  <w:footnotePr>
+    <w:footnote w:id="-1"/>
+    <w:footnote w:id="0"/>
+  </w:footnotePr>
+  <w:endnotePr>
+    <w:endnote w:id="-1"/>
+    <w:endnote w:id="0"/>
+  </w:endnotePr>
   <w:compat>
+    <w:spaceForUL/>
+    <w:balanceSingleByteDoubleByteWidth/>
+    <w:doNotLeaveBackslashAlone/>
+    <w:ulTrailSpace/>
+    <w:doNotExpandShiftReturn/>
+    <w:adjustLineHeightInTable/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00085D09"/>
-[...351 lines deleted...]
-    <w:rsid w:val="00FE7455"/>
+    <w:rsidRoot w:val="007B045F"/>
+    <w:rsid w:val="00003680"/>
+    <w:rsid w:val="00005000"/>
+    <w:rsid w:val="00005E22"/>
+    <w:rsid w:val="000070A3"/>
+    <w:rsid w:val="00011FAB"/>
+    <w:rsid w:val="0001624F"/>
+    <w:rsid w:val="000200F1"/>
+    <w:rsid w:val="00020C0E"/>
+    <w:rsid w:val="00022137"/>
+    <w:rsid w:val="0002285E"/>
+    <w:rsid w:val="00022D6A"/>
+    <w:rsid w:val="00024522"/>
+    <w:rsid w:val="00025046"/>
+    <w:rsid w:val="0002653A"/>
+    <w:rsid w:val="00026E41"/>
+    <w:rsid w:val="000335B4"/>
+    <w:rsid w:val="000421BF"/>
+    <w:rsid w:val="00042DC1"/>
+    <w:rsid w:val="00043357"/>
+    <w:rsid w:val="0004545E"/>
+    <w:rsid w:val="00051AA0"/>
+    <w:rsid w:val="00051D3D"/>
+    <w:rsid w:val="00051EAE"/>
+    <w:rsid w:val="00053481"/>
+    <w:rsid w:val="0005411F"/>
+    <w:rsid w:val="00057913"/>
+    <w:rsid w:val="00062EA5"/>
+    <w:rsid w:val="00066F08"/>
+    <w:rsid w:val="000711A1"/>
+    <w:rsid w:val="00071D0E"/>
+    <w:rsid w:val="00076400"/>
+    <w:rsid w:val="00082EA0"/>
+    <w:rsid w:val="000836CE"/>
+    <w:rsid w:val="00083830"/>
+    <w:rsid w:val="00084640"/>
+    <w:rsid w:val="000847E2"/>
+    <w:rsid w:val="00087641"/>
+    <w:rsid w:val="00087F13"/>
+    <w:rsid w:val="00091D44"/>
+    <w:rsid w:val="00092511"/>
+    <w:rsid w:val="00093CF1"/>
+    <w:rsid w:val="00094A34"/>
+    <w:rsid w:val="00097953"/>
+    <w:rsid w:val="000A4429"/>
+    <w:rsid w:val="000A4F5A"/>
+    <w:rsid w:val="000A53C4"/>
+    <w:rsid w:val="000A7712"/>
+    <w:rsid w:val="000A7EE5"/>
+    <w:rsid w:val="000B327E"/>
+    <w:rsid w:val="000B45F2"/>
+    <w:rsid w:val="000B6536"/>
+    <w:rsid w:val="000C13DD"/>
+    <w:rsid w:val="000C2BB1"/>
+    <w:rsid w:val="000C39CD"/>
+    <w:rsid w:val="000C56C9"/>
+    <w:rsid w:val="000C7777"/>
+    <w:rsid w:val="000D0915"/>
+    <w:rsid w:val="000D09B5"/>
+    <w:rsid w:val="000D0D37"/>
+    <w:rsid w:val="000D1DBA"/>
+    <w:rsid w:val="000D51B6"/>
+    <w:rsid w:val="000E1AC2"/>
+    <w:rsid w:val="000E2F66"/>
+    <w:rsid w:val="000E491A"/>
+    <w:rsid w:val="000E5B46"/>
+    <w:rsid w:val="000E7048"/>
+    <w:rsid w:val="000E7932"/>
+    <w:rsid w:val="000F2651"/>
+    <w:rsid w:val="000F26C6"/>
+    <w:rsid w:val="000F601C"/>
+    <w:rsid w:val="00101AEE"/>
+    <w:rsid w:val="001029A9"/>
+    <w:rsid w:val="0010481A"/>
+    <w:rsid w:val="00106ABE"/>
+    <w:rsid w:val="001102C4"/>
+    <w:rsid w:val="001120FE"/>
+    <w:rsid w:val="00114725"/>
+    <w:rsid w:val="00116886"/>
+    <w:rsid w:val="001177E5"/>
+    <w:rsid w:val="001239C1"/>
+    <w:rsid w:val="00123F37"/>
+    <w:rsid w:val="001250E9"/>
+    <w:rsid w:val="00125F35"/>
+    <w:rsid w:val="00131421"/>
+    <w:rsid w:val="0013266D"/>
+    <w:rsid w:val="00133B19"/>
+    <w:rsid w:val="00133FAD"/>
+    <w:rsid w:val="00134B23"/>
+    <w:rsid w:val="00136990"/>
+    <w:rsid w:val="00143ADF"/>
+    <w:rsid w:val="00144042"/>
+    <w:rsid w:val="00145A9A"/>
+    <w:rsid w:val="001507D9"/>
+    <w:rsid w:val="00150E4D"/>
+    <w:rsid w:val="001554B4"/>
+    <w:rsid w:val="00156188"/>
+    <w:rsid w:val="0016474B"/>
+    <w:rsid w:val="00164CB9"/>
+    <w:rsid w:val="0016666D"/>
+    <w:rsid w:val="00166CA4"/>
+    <w:rsid w:val="00166F1F"/>
+    <w:rsid w:val="00170A40"/>
+    <w:rsid w:val="00171F31"/>
+    <w:rsid w:val="001723F3"/>
+    <w:rsid w:val="00175484"/>
+    <w:rsid w:val="0017615C"/>
+    <w:rsid w:val="00176D87"/>
+    <w:rsid w:val="00177A97"/>
+    <w:rsid w:val="00181070"/>
+    <w:rsid w:val="0018286D"/>
+    <w:rsid w:val="001829C9"/>
+    <w:rsid w:val="00185E23"/>
+    <w:rsid w:val="001865F5"/>
+    <w:rsid w:val="00187886"/>
+    <w:rsid w:val="00191D86"/>
+    <w:rsid w:val="00193E61"/>
+    <w:rsid w:val="00194ED6"/>
+    <w:rsid w:val="001954E8"/>
+    <w:rsid w:val="001958CF"/>
+    <w:rsid w:val="00196358"/>
+    <w:rsid w:val="001A21B0"/>
+    <w:rsid w:val="001A21D1"/>
+    <w:rsid w:val="001A2365"/>
+    <w:rsid w:val="001A2A58"/>
+    <w:rsid w:val="001A3983"/>
+    <w:rsid w:val="001A475A"/>
+    <w:rsid w:val="001A4A64"/>
+    <w:rsid w:val="001A507E"/>
+    <w:rsid w:val="001A5D5E"/>
+    <w:rsid w:val="001A7391"/>
+    <w:rsid w:val="001B2503"/>
+    <w:rsid w:val="001B29D2"/>
+    <w:rsid w:val="001B3420"/>
+    <w:rsid w:val="001B57DB"/>
+    <w:rsid w:val="001C2089"/>
+    <w:rsid w:val="001C23B1"/>
+    <w:rsid w:val="001C3F32"/>
+    <w:rsid w:val="001C4E78"/>
+    <w:rsid w:val="001C57E5"/>
+    <w:rsid w:val="001D1557"/>
+    <w:rsid w:val="001D2763"/>
+    <w:rsid w:val="001D3065"/>
+    <w:rsid w:val="001D552C"/>
+    <w:rsid w:val="001D5A3F"/>
+    <w:rsid w:val="001D60BD"/>
+    <w:rsid w:val="001D6740"/>
+    <w:rsid w:val="001E05D5"/>
+    <w:rsid w:val="001E3C2E"/>
+    <w:rsid w:val="001E3C55"/>
+    <w:rsid w:val="001F0E41"/>
+    <w:rsid w:val="001F2424"/>
+    <w:rsid w:val="001F464F"/>
+    <w:rsid w:val="001F4AE5"/>
+    <w:rsid w:val="001F5A12"/>
+    <w:rsid w:val="00205541"/>
+    <w:rsid w:val="0021007E"/>
+    <w:rsid w:val="002108B9"/>
+    <w:rsid w:val="002127D3"/>
+    <w:rsid w:val="00221665"/>
+    <w:rsid w:val="00221B75"/>
+    <w:rsid w:val="00233F7D"/>
+    <w:rsid w:val="00234D4C"/>
+    <w:rsid w:val="00241329"/>
+    <w:rsid w:val="00243A5E"/>
+    <w:rsid w:val="002458BE"/>
+    <w:rsid w:val="00245C4E"/>
+    <w:rsid w:val="00246531"/>
+    <w:rsid w:val="00251EF3"/>
+    <w:rsid w:val="002521EB"/>
+    <w:rsid w:val="00254BF6"/>
+    <w:rsid w:val="00257461"/>
+    <w:rsid w:val="00262475"/>
+    <w:rsid w:val="0026275D"/>
+    <w:rsid w:val="00273D4F"/>
+    <w:rsid w:val="00275AA8"/>
+    <w:rsid w:val="00283DF3"/>
+    <w:rsid w:val="00284828"/>
+    <w:rsid w:val="00284BEB"/>
+    <w:rsid w:val="0028547A"/>
+    <w:rsid w:val="00285C8F"/>
+    <w:rsid w:val="0028616B"/>
+    <w:rsid w:val="00286E99"/>
+    <w:rsid w:val="00287CAC"/>
+    <w:rsid w:val="00287D0E"/>
+    <w:rsid w:val="00291E27"/>
+    <w:rsid w:val="002A5D16"/>
+    <w:rsid w:val="002A70F3"/>
+    <w:rsid w:val="002B0C1D"/>
+    <w:rsid w:val="002B1A0C"/>
+    <w:rsid w:val="002B5B0A"/>
+    <w:rsid w:val="002B6481"/>
+    <w:rsid w:val="002B74C1"/>
+    <w:rsid w:val="002B7B8E"/>
+    <w:rsid w:val="002C0700"/>
+    <w:rsid w:val="002C09DF"/>
+    <w:rsid w:val="002C4F8D"/>
+    <w:rsid w:val="002D0561"/>
+    <w:rsid w:val="002D349B"/>
+    <w:rsid w:val="002D673F"/>
+    <w:rsid w:val="002D6C8D"/>
+    <w:rsid w:val="002D6D83"/>
+    <w:rsid w:val="002E3599"/>
+    <w:rsid w:val="002E4766"/>
+    <w:rsid w:val="002F2C6E"/>
+    <w:rsid w:val="002F2ED0"/>
+    <w:rsid w:val="002F6F2E"/>
+    <w:rsid w:val="002F6FB3"/>
+    <w:rsid w:val="00300FF2"/>
+    <w:rsid w:val="0030432A"/>
+    <w:rsid w:val="003044E1"/>
+    <w:rsid w:val="003056C8"/>
+    <w:rsid w:val="003062E8"/>
+    <w:rsid w:val="003108D1"/>
+    <w:rsid w:val="00310BC1"/>
+    <w:rsid w:val="0031264B"/>
+    <w:rsid w:val="0031305A"/>
+    <w:rsid w:val="00313A09"/>
+    <w:rsid w:val="003173D6"/>
+    <w:rsid w:val="003176A7"/>
+    <w:rsid w:val="00317E5A"/>
+    <w:rsid w:val="00321C93"/>
+    <w:rsid w:val="00323827"/>
+    <w:rsid w:val="00331757"/>
+    <w:rsid w:val="00333A29"/>
+    <w:rsid w:val="00335124"/>
+    <w:rsid w:val="003405CB"/>
+    <w:rsid w:val="003455F1"/>
+    <w:rsid w:val="003459D9"/>
+    <w:rsid w:val="00345A48"/>
+    <w:rsid w:val="00350A00"/>
+    <w:rsid w:val="00350F21"/>
+    <w:rsid w:val="003511B9"/>
+    <w:rsid w:val="0035194A"/>
+    <w:rsid w:val="00352079"/>
+    <w:rsid w:val="00355CA7"/>
+    <w:rsid w:val="00360E0D"/>
+    <w:rsid w:val="00362C66"/>
+    <w:rsid w:val="00366A2F"/>
+    <w:rsid w:val="00366A31"/>
+    <w:rsid w:val="003744DA"/>
+    <w:rsid w:val="00374C75"/>
+    <w:rsid w:val="003769C7"/>
+    <w:rsid w:val="003816C0"/>
+    <w:rsid w:val="0038435E"/>
+    <w:rsid w:val="00387B7D"/>
+    <w:rsid w:val="00391224"/>
+    <w:rsid w:val="003926CD"/>
+    <w:rsid w:val="003935CD"/>
+    <w:rsid w:val="00394166"/>
+    <w:rsid w:val="003956A1"/>
+    <w:rsid w:val="003959C5"/>
+    <w:rsid w:val="003965B1"/>
+    <w:rsid w:val="003A2985"/>
+    <w:rsid w:val="003A3E0F"/>
+    <w:rsid w:val="003A6738"/>
+    <w:rsid w:val="003A751C"/>
+    <w:rsid w:val="003B250B"/>
+    <w:rsid w:val="003B5F19"/>
+    <w:rsid w:val="003B66E4"/>
+    <w:rsid w:val="003B7741"/>
+    <w:rsid w:val="003C07F8"/>
+    <w:rsid w:val="003C30FD"/>
+    <w:rsid w:val="003C49B6"/>
+    <w:rsid w:val="003C52C6"/>
+    <w:rsid w:val="003D0F8F"/>
+    <w:rsid w:val="003D110A"/>
+    <w:rsid w:val="003E04CF"/>
+    <w:rsid w:val="003E0F47"/>
+    <w:rsid w:val="003E12A5"/>
+    <w:rsid w:val="003E293A"/>
+    <w:rsid w:val="003E2F3C"/>
+    <w:rsid w:val="003E4E38"/>
+    <w:rsid w:val="003F1585"/>
+    <w:rsid w:val="003F1EA1"/>
+    <w:rsid w:val="003F2E38"/>
+    <w:rsid w:val="003F4690"/>
+    <w:rsid w:val="003F48DE"/>
+    <w:rsid w:val="003F6EAF"/>
+    <w:rsid w:val="004003F1"/>
+    <w:rsid w:val="004076B6"/>
+    <w:rsid w:val="00407F0D"/>
+    <w:rsid w:val="0041095D"/>
+    <w:rsid w:val="00411FD3"/>
+    <w:rsid w:val="004123E3"/>
+    <w:rsid w:val="004128BB"/>
+    <w:rsid w:val="00414868"/>
+    <w:rsid w:val="0041666E"/>
+    <w:rsid w:val="0042265A"/>
+    <w:rsid w:val="00422B22"/>
+    <w:rsid w:val="00424B22"/>
+    <w:rsid w:val="00427AD3"/>
+    <w:rsid w:val="00431DB8"/>
+    <w:rsid w:val="004359E5"/>
+    <w:rsid w:val="00437831"/>
+    <w:rsid w:val="0043787C"/>
+    <w:rsid w:val="0044064A"/>
+    <w:rsid w:val="00441AF5"/>
+    <w:rsid w:val="0044234F"/>
+    <w:rsid w:val="004473AC"/>
+    <w:rsid w:val="00450DD7"/>
+    <w:rsid w:val="00450E98"/>
+    <w:rsid w:val="00451341"/>
+    <w:rsid w:val="004520B1"/>
+    <w:rsid w:val="00453241"/>
+    <w:rsid w:val="00453523"/>
+    <w:rsid w:val="00453E01"/>
+    <w:rsid w:val="00456561"/>
+    <w:rsid w:val="004576C4"/>
+    <w:rsid w:val="00457E39"/>
+    <w:rsid w:val="004604CC"/>
+    <w:rsid w:val="00461187"/>
+    <w:rsid w:val="00461FCD"/>
+    <w:rsid w:val="0046200E"/>
+    <w:rsid w:val="004620CB"/>
+    <w:rsid w:val="004640F5"/>
+    <w:rsid w:val="00464675"/>
+    <w:rsid w:val="004673BB"/>
+    <w:rsid w:val="00467E00"/>
+    <w:rsid w:val="00470AD7"/>
+    <w:rsid w:val="00470E04"/>
+    <w:rsid w:val="00474F40"/>
+    <w:rsid w:val="00476515"/>
+    <w:rsid w:val="004767F3"/>
+    <w:rsid w:val="004776E1"/>
+    <w:rsid w:val="00483F6F"/>
+    <w:rsid w:val="00484D05"/>
+    <w:rsid w:val="00487293"/>
+    <w:rsid w:val="00490405"/>
+    <w:rsid w:val="00490B14"/>
+    <w:rsid w:val="00492AB9"/>
+    <w:rsid w:val="00495713"/>
+    <w:rsid w:val="00495DC9"/>
+    <w:rsid w:val="004968FD"/>
+    <w:rsid w:val="004A03F8"/>
+    <w:rsid w:val="004A0632"/>
+    <w:rsid w:val="004A2F8D"/>
+    <w:rsid w:val="004A7A43"/>
+    <w:rsid w:val="004A7F0C"/>
+    <w:rsid w:val="004B0FE6"/>
+    <w:rsid w:val="004B2264"/>
+    <w:rsid w:val="004B23D4"/>
+    <w:rsid w:val="004B3CC3"/>
+    <w:rsid w:val="004B4DD8"/>
+    <w:rsid w:val="004B5B52"/>
+    <w:rsid w:val="004C1163"/>
+    <w:rsid w:val="004C1DFB"/>
+    <w:rsid w:val="004C24B7"/>
+    <w:rsid w:val="004C4E8E"/>
+    <w:rsid w:val="004C6C12"/>
+    <w:rsid w:val="004D03E9"/>
+    <w:rsid w:val="004D0C6B"/>
+    <w:rsid w:val="004D0E7F"/>
+    <w:rsid w:val="004D1D3E"/>
+    <w:rsid w:val="004D4190"/>
+    <w:rsid w:val="004D4AE4"/>
+    <w:rsid w:val="004D4ECD"/>
+    <w:rsid w:val="004D545B"/>
+    <w:rsid w:val="004D7953"/>
+    <w:rsid w:val="004E0B84"/>
+    <w:rsid w:val="004E19D3"/>
+    <w:rsid w:val="004E4EFB"/>
+    <w:rsid w:val="004E689E"/>
+    <w:rsid w:val="004F34FE"/>
+    <w:rsid w:val="004F3C99"/>
+    <w:rsid w:val="004F7180"/>
+    <w:rsid w:val="00503904"/>
+    <w:rsid w:val="00503CE5"/>
+    <w:rsid w:val="005043D2"/>
+    <w:rsid w:val="00505EF3"/>
+    <w:rsid w:val="00507947"/>
+    <w:rsid w:val="005103B0"/>
+    <w:rsid w:val="00511D12"/>
+    <w:rsid w:val="00511DE4"/>
+    <w:rsid w:val="00513CB9"/>
+    <w:rsid w:val="00517945"/>
+    <w:rsid w:val="00520E68"/>
+    <w:rsid w:val="00522831"/>
+    <w:rsid w:val="005232CE"/>
+    <w:rsid w:val="00523516"/>
+    <w:rsid w:val="00524BFA"/>
+    <w:rsid w:val="0052584F"/>
+    <w:rsid w:val="0052614F"/>
+    <w:rsid w:val="0052622D"/>
+    <w:rsid w:val="00527174"/>
+    <w:rsid w:val="00527B28"/>
+    <w:rsid w:val="00532177"/>
+    <w:rsid w:val="00533E58"/>
+    <w:rsid w:val="005377CA"/>
+    <w:rsid w:val="0054054B"/>
+    <w:rsid w:val="005407A1"/>
+    <w:rsid w:val="00541197"/>
+    <w:rsid w:val="00542343"/>
+    <w:rsid w:val="005438F1"/>
+    <w:rsid w:val="00543DA3"/>
+    <w:rsid w:val="005454F3"/>
+    <w:rsid w:val="005474E9"/>
+    <w:rsid w:val="0055791C"/>
+    <w:rsid w:val="00563C0D"/>
+    <w:rsid w:val="00571EE9"/>
+    <w:rsid w:val="005721CD"/>
+    <w:rsid w:val="00573F64"/>
+    <w:rsid w:val="00575F05"/>
+    <w:rsid w:val="00582273"/>
+    <w:rsid w:val="005848C2"/>
+    <w:rsid w:val="00584E4E"/>
+    <w:rsid w:val="00584F8D"/>
+    <w:rsid w:val="00585CEA"/>
+    <w:rsid w:val="00590954"/>
+    <w:rsid w:val="00594303"/>
+    <w:rsid w:val="005969CC"/>
+    <w:rsid w:val="005A2320"/>
+    <w:rsid w:val="005A2A89"/>
+    <w:rsid w:val="005A31EC"/>
+    <w:rsid w:val="005B07DD"/>
+    <w:rsid w:val="005B2C04"/>
+    <w:rsid w:val="005C27D7"/>
+    <w:rsid w:val="005D07EA"/>
+    <w:rsid w:val="005D6362"/>
+    <w:rsid w:val="005D6C8E"/>
+    <w:rsid w:val="005E099D"/>
+    <w:rsid w:val="005E0F05"/>
+    <w:rsid w:val="005E1688"/>
+    <w:rsid w:val="005E1800"/>
+    <w:rsid w:val="005E1A47"/>
+    <w:rsid w:val="005E2724"/>
+    <w:rsid w:val="005E290F"/>
+    <w:rsid w:val="005E5BF3"/>
+    <w:rsid w:val="005E6B8C"/>
+    <w:rsid w:val="005E7DBE"/>
+    <w:rsid w:val="005F4269"/>
+    <w:rsid w:val="005F42C1"/>
+    <w:rsid w:val="005F75A1"/>
+    <w:rsid w:val="006067DC"/>
+    <w:rsid w:val="00607A8F"/>
+    <w:rsid w:val="006109B1"/>
+    <w:rsid w:val="00610CB2"/>
+    <w:rsid w:val="0061183D"/>
+    <w:rsid w:val="0061285E"/>
+    <w:rsid w:val="006130AE"/>
+    <w:rsid w:val="00613404"/>
+    <w:rsid w:val="00614A9D"/>
+    <w:rsid w:val="00614AD5"/>
+    <w:rsid w:val="00616F10"/>
+    <w:rsid w:val="006200A2"/>
+    <w:rsid w:val="00620329"/>
+    <w:rsid w:val="00620572"/>
+    <w:rsid w:val="00621182"/>
+    <w:rsid w:val="00623A06"/>
+    <w:rsid w:val="00625E9E"/>
+    <w:rsid w:val="0062658A"/>
+    <w:rsid w:val="00632AF4"/>
+    <w:rsid w:val="00633363"/>
+    <w:rsid w:val="00640DF5"/>
+    <w:rsid w:val="0064244B"/>
+    <w:rsid w:val="006440F5"/>
+    <w:rsid w:val="006476DD"/>
+    <w:rsid w:val="00647E72"/>
+    <w:rsid w:val="00650090"/>
+    <w:rsid w:val="00650207"/>
+    <w:rsid w:val="006546A5"/>
+    <w:rsid w:val="00655553"/>
+    <w:rsid w:val="0066211A"/>
+    <w:rsid w:val="00667CBC"/>
+    <w:rsid w:val="00667D5B"/>
+    <w:rsid w:val="006722F1"/>
+    <w:rsid w:val="00672638"/>
+    <w:rsid w:val="006736F5"/>
+    <w:rsid w:val="006741D9"/>
+    <w:rsid w:val="00676438"/>
+    <w:rsid w:val="00677763"/>
+    <w:rsid w:val="00685FA1"/>
+    <w:rsid w:val="0068607B"/>
+    <w:rsid w:val="0068779B"/>
+    <w:rsid w:val="00690160"/>
+    <w:rsid w:val="00690B68"/>
+    <w:rsid w:val="0069470E"/>
+    <w:rsid w:val="006A19B8"/>
+    <w:rsid w:val="006A490B"/>
+    <w:rsid w:val="006B0066"/>
+    <w:rsid w:val="006B0A34"/>
+    <w:rsid w:val="006B22B7"/>
+    <w:rsid w:val="006B2EBC"/>
+    <w:rsid w:val="006B62A2"/>
+    <w:rsid w:val="006B7424"/>
+    <w:rsid w:val="006C0408"/>
+    <w:rsid w:val="006C1876"/>
+    <w:rsid w:val="006C2CC0"/>
+    <w:rsid w:val="006C7BC5"/>
+    <w:rsid w:val="006D228F"/>
+    <w:rsid w:val="006D4C0E"/>
+    <w:rsid w:val="006D5804"/>
+    <w:rsid w:val="006E07E3"/>
+    <w:rsid w:val="006E3C84"/>
+    <w:rsid w:val="006E4CA8"/>
+    <w:rsid w:val="006E6FD2"/>
+    <w:rsid w:val="006F0F4F"/>
+    <w:rsid w:val="006F1932"/>
+    <w:rsid w:val="006F355F"/>
+    <w:rsid w:val="006F502B"/>
+    <w:rsid w:val="006F5F6D"/>
+    <w:rsid w:val="007002C5"/>
+    <w:rsid w:val="007039E0"/>
+    <w:rsid w:val="00705167"/>
+    <w:rsid w:val="0070663E"/>
+    <w:rsid w:val="00706A51"/>
+    <w:rsid w:val="007106FB"/>
+    <w:rsid w:val="0071377D"/>
+    <w:rsid w:val="00713F39"/>
+    <w:rsid w:val="007217D7"/>
+    <w:rsid w:val="0072284B"/>
+    <w:rsid w:val="00724581"/>
+    <w:rsid w:val="00724605"/>
+    <w:rsid w:val="00725971"/>
+    <w:rsid w:val="0072632B"/>
+    <w:rsid w:val="00727DAE"/>
+    <w:rsid w:val="0073170E"/>
+    <w:rsid w:val="00731E75"/>
+    <w:rsid w:val="007354F9"/>
+    <w:rsid w:val="00736C11"/>
+    <w:rsid w:val="00740376"/>
+    <w:rsid w:val="00742F86"/>
+    <w:rsid w:val="00743602"/>
+    <w:rsid w:val="00750431"/>
+    <w:rsid w:val="00752064"/>
+    <w:rsid w:val="00753C09"/>
+    <w:rsid w:val="00755002"/>
+    <w:rsid w:val="00756A91"/>
+    <w:rsid w:val="00756FE6"/>
+    <w:rsid w:val="00760435"/>
+    <w:rsid w:val="007632C9"/>
+    <w:rsid w:val="00763F63"/>
+    <w:rsid w:val="00765F79"/>
+    <w:rsid w:val="00767AA4"/>
+    <w:rsid w:val="007722AF"/>
+    <w:rsid w:val="00775365"/>
+    <w:rsid w:val="007770D0"/>
+    <w:rsid w:val="0078018F"/>
+    <w:rsid w:val="007815C7"/>
+    <w:rsid w:val="00782073"/>
+    <w:rsid w:val="00782F97"/>
+    <w:rsid w:val="00783192"/>
+    <w:rsid w:val="00783C12"/>
+    <w:rsid w:val="00783D46"/>
+    <w:rsid w:val="00784297"/>
+    <w:rsid w:val="007850E9"/>
+    <w:rsid w:val="007875A4"/>
+    <w:rsid w:val="00791AB9"/>
+    <w:rsid w:val="00793378"/>
+    <w:rsid w:val="00796355"/>
+    <w:rsid w:val="00796942"/>
+    <w:rsid w:val="00796D25"/>
+    <w:rsid w:val="007A0B8B"/>
+    <w:rsid w:val="007A4D03"/>
+    <w:rsid w:val="007A5FB5"/>
+    <w:rsid w:val="007A723A"/>
+    <w:rsid w:val="007B045F"/>
+    <w:rsid w:val="007B142B"/>
+    <w:rsid w:val="007B1D76"/>
+    <w:rsid w:val="007B2FC5"/>
+    <w:rsid w:val="007B39D1"/>
+    <w:rsid w:val="007B59AC"/>
+    <w:rsid w:val="007C2906"/>
+    <w:rsid w:val="007C6A32"/>
+    <w:rsid w:val="007C7E29"/>
+    <w:rsid w:val="007D0CCF"/>
+    <w:rsid w:val="007D19CA"/>
+    <w:rsid w:val="007D3287"/>
+    <w:rsid w:val="007D34CF"/>
+    <w:rsid w:val="007D62D2"/>
+    <w:rsid w:val="007D79CC"/>
+    <w:rsid w:val="007E0B82"/>
+    <w:rsid w:val="007E0BF3"/>
+    <w:rsid w:val="007E1027"/>
+    <w:rsid w:val="007E166D"/>
+    <w:rsid w:val="007E1B51"/>
+    <w:rsid w:val="007E3910"/>
+    <w:rsid w:val="007E39D6"/>
+    <w:rsid w:val="007E47FA"/>
+    <w:rsid w:val="007E6CFB"/>
+    <w:rsid w:val="007E6F13"/>
+    <w:rsid w:val="007F0D7E"/>
+    <w:rsid w:val="007F6CE0"/>
+    <w:rsid w:val="007F71A5"/>
+    <w:rsid w:val="008007DA"/>
+    <w:rsid w:val="00805158"/>
+    <w:rsid w:val="008052FA"/>
+    <w:rsid w:val="0081668F"/>
+    <w:rsid w:val="008221AE"/>
+    <w:rsid w:val="00826E9F"/>
+    <w:rsid w:val="00831891"/>
+    <w:rsid w:val="008335C2"/>
+    <w:rsid w:val="0084007A"/>
+    <w:rsid w:val="00840624"/>
+    <w:rsid w:val="00841448"/>
+    <w:rsid w:val="00843233"/>
+    <w:rsid w:val="00843D04"/>
+    <w:rsid w:val="00843F52"/>
+    <w:rsid w:val="0084607E"/>
+    <w:rsid w:val="008463EC"/>
+    <w:rsid w:val="008531B7"/>
+    <w:rsid w:val="008548B9"/>
+    <w:rsid w:val="00854E9C"/>
+    <w:rsid w:val="0085656B"/>
+    <w:rsid w:val="00857D11"/>
+    <w:rsid w:val="0086354B"/>
+    <w:rsid w:val="00863A7B"/>
+    <w:rsid w:val="00863ACB"/>
+    <w:rsid w:val="00865E8E"/>
+    <w:rsid w:val="00866E61"/>
+    <w:rsid w:val="00871399"/>
+    <w:rsid w:val="00877220"/>
+    <w:rsid w:val="0088225B"/>
+    <w:rsid w:val="00882CD0"/>
+    <w:rsid w:val="00885059"/>
+    <w:rsid w:val="008860CA"/>
+    <w:rsid w:val="00886277"/>
+    <w:rsid w:val="008865AF"/>
+    <w:rsid w:val="00891816"/>
+    <w:rsid w:val="00891FA1"/>
+    <w:rsid w:val="008A29FC"/>
+    <w:rsid w:val="008A3C17"/>
+    <w:rsid w:val="008B011F"/>
+    <w:rsid w:val="008B1313"/>
+    <w:rsid w:val="008B32E9"/>
+    <w:rsid w:val="008B4C9D"/>
+    <w:rsid w:val="008B4DC4"/>
+    <w:rsid w:val="008B4EEA"/>
+    <w:rsid w:val="008B5197"/>
+    <w:rsid w:val="008C0B36"/>
+    <w:rsid w:val="008C16AE"/>
+    <w:rsid w:val="008C272A"/>
+    <w:rsid w:val="008C5290"/>
+    <w:rsid w:val="008C573D"/>
+    <w:rsid w:val="008C591D"/>
+    <w:rsid w:val="008C5E6A"/>
+    <w:rsid w:val="008C6AF4"/>
+    <w:rsid w:val="008D19D8"/>
+    <w:rsid w:val="008D2905"/>
+    <w:rsid w:val="008D43B7"/>
+    <w:rsid w:val="008D43EE"/>
+    <w:rsid w:val="008D4B45"/>
+    <w:rsid w:val="008D5079"/>
+    <w:rsid w:val="008D57A2"/>
+    <w:rsid w:val="008E0BE3"/>
+    <w:rsid w:val="008E1E7C"/>
+    <w:rsid w:val="008E231F"/>
+    <w:rsid w:val="008E6A10"/>
+    <w:rsid w:val="008F44C5"/>
+    <w:rsid w:val="008F5DA6"/>
+    <w:rsid w:val="008F6261"/>
+    <w:rsid w:val="00901051"/>
+    <w:rsid w:val="009033CE"/>
+    <w:rsid w:val="00905B1A"/>
+    <w:rsid w:val="00905C92"/>
+    <w:rsid w:val="0090677D"/>
+    <w:rsid w:val="00907370"/>
+    <w:rsid w:val="009100AF"/>
+    <w:rsid w:val="009101E2"/>
+    <w:rsid w:val="00910294"/>
+    <w:rsid w:val="00910B42"/>
+    <w:rsid w:val="009166FE"/>
+    <w:rsid w:val="00916D28"/>
+    <w:rsid w:val="0092358A"/>
+    <w:rsid w:val="00924A82"/>
+    <w:rsid w:val="00925894"/>
+    <w:rsid w:val="00926FBF"/>
+    <w:rsid w:val="009318A2"/>
+    <w:rsid w:val="00934704"/>
+    <w:rsid w:val="00934A4A"/>
+    <w:rsid w:val="00940142"/>
+    <w:rsid w:val="009415BE"/>
+    <w:rsid w:val="00945055"/>
+    <w:rsid w:val="00945A13"/>
+    <w:rsid w:val="0094608F"/>
+    <w:rsid w:val="009463D1"/>
+    <w:rsid w:val="00946537"/>
+    <w:rsid w:val="00947628"/>
+    <w:rsid w:val="00950AF1"/>
+    <w:rsid w:val="0095237D"/>
+    <w:rsid w:val="009532F0"/>
+    <w:rsid w:val="0095375A"/>
+    <w:rsid w:val="00953B4A"/>
+    <w:rsid w:val="00955941"/>
+    <w:rsid w:val="00956EAE"/>
+    <w:rsid w:val="009574C1"/>
+    <w:rsid w:val="00957776"/>
+    <w:rsid w:val="009611A4"/>
+    <w:rsid w:val="00961B4D"/>
+    <w:rsid w:val="00963B88"/>
+    <w:rsid w:val="00964402"/>
+    <w:rsid w:val="009653A2"/>
+    <w:rsid w:val="009659C7"/>
+    <w:rsid w:val="00966EFF"/>
+    <w:rsid w:val="00971B7B"/>
+    <w:rsid w:val="009723E1"/>
+    <w:rsid w:val="00976FC7"/>
+    <w:rsid w:val="00980CF0"/>
+    <w:rsid w:val="00982D9E"/>
+    <w:rsid w:val="00992423"/>
+    <w:rsid w:val="009938E0"/>
+    <w:rsid w:val="009943A4"/>
+    <w:rsid w:val="0099780A"/>
+    <w:rsid w:val="00997A39"/>
+    <w:rsid w:val="009A4344"/>
+    <w:rsid w:val="009A7884"/>
+    <w:rsid w:val="009B32EC"/>
+    <w:rsid w:val="009B5D33"/>
+    <w:rsid w:val="009B76D8"/>
+    <w:rsid w:val="009C0A01"/>
+    <w:rsid w:val="009C2F4C"/>
+    <w:rsid w:val="009C3942"/>
+    <w:rsid w:val="009C414C"/>
+    <w:rsid w:val="009C56B2"/>
+    <w:rsid w:val="009D05A3"/>
+    <w:rsid w:val="009D066D"/>
+    <w:rsid w:val="009D36D4"/>
+    <w:rsid w:val="009D4EB2"/>
+    <w:rsid w:val="009D6709"/>
+    <w:rsid w:val="009E0AC4"/>
+    <w:rsid w:val="009E29D7"/>
+    <w:rsid w:val="009E71C1"/>
+    <w:rsid w:val="009E7E45"/>
+    <w:rsid w:val="009F0567"/>
+    <w:rsid w:val="009F1261"/>
+    <w:rsid w:val="009F16AC"/>
+    <w:rsid w:val="009F41AC"/>
+    <w:rsid w:val="009F4CAF"/>
+    <w:rsid w:val="00A07574"/>
+    <w:rsid w:val="00A10977"/>
+    <w:rsid w:val="00A1111F"/>
+    <w:rsid w:val="00A11EA2"/>
+    <w:rsid w:val="00A17D11"/>
+    <w:rsid w:val="00A23735"/>
+    <w:rsid w:val="00A24FD1"/>
+    <w:rsid w:val="00A32256"/>
+    <w:rsid w:val="00A326F2"/>
+    <w:rsid w:val="00A32C89"/>
+    <w:rsid w:val="00A33F05"/>
+    <w:rsid w:val="00A36764"/>
+    <w:rsid w:val="00A36A35"/>
+    <w:rsid w:val="00A439A0"/>
+    <w:rsid w:val="00A43A27"/>
+    <w:rsid w:val="00A46C03"/>
+    <w:rsid w:val="00A473E0"/>
+    <w:rsid w:val="00A479AC"/>
+    <w:rsid w:val="00A52AC3"/>
+    <w:rsid w:val="00A54A3A"/>
+    <w:rsid w:val="00A55A80"/>
+    <w:rsid w:val="00A5698D"/>
+    <w:rsid w:val="00A61E74"/>
+    <w:rsid w:val="00A64AB4"/>
+    <w:rsid w:val="00A6714D"/>
+    <w:rsid w:val="00A73468"/>
+    <w:rsid w:val="00A740B0"/>
+    <w:rsid w:val="00A76117"/>
+    <w:rsid w:val="00A80B43"/>
+    <w:rsid w:val="00A8170B"/>
+    <w:rsid w:val="00A81BF5"/>
+    <w:rsid w:val="00A83330"/>
+    <w:rsid w:val="00A8711F"/>
+    <w:rsid w:val="00A912DE"/>
+    <w:rsid w:val="00A9202B"/>
+    <w:rsid w:val="00A94346"/>
+    <w:rsid w:val="00AA1103"/>
+    <w:rsid w:val="00AA3B8A"/>
+    <w:rsid w:val="00AA4E86"/>
+    <w:rsid w:val="00AA5236"/>
+    <w:rsid w:val="00AA58DE"/>
+    <w:rsid w:val="00AA6452"/>
+    <w:rsid w:val="00AA6561"/>
+    <w:rsid w:val="00AA6B54"/>
+    <w:rsid w:val="00AB0192"/>
+    <w:rsid w:val="00AB0303"/>
+    <w:rsid w:val="00AB17AB"/>
+    <w:rsid w:val="00AB2A05"/>
+    <w:rsid w:val="00AB5082"/>
+    <w:rsid w:val="00AB5F8A"/>
+    <w:rsid w:val="00AB62B7"/>
+    <w:rsid w:val="00AB75DF"/>
+    <w:rsid w:val="00AC524B"/>
+    <w:rsid w:val="00AD47D5"/>
+    <w:rsid w:val="00AD47D8"/>
+    <w:rsid w:val="00AD51CA"/>
+    <w:rsid w:val="00AD59C6"/>
+    <w:rsid w:val="00AE1F4B"/>
+    <w:rsid w:val="00AE21BE"/>
+    <w:rsid w:val="00AE459F"/>
+    <w:rsid w:val="00AE54E4"/>
+    <w:rsid w:val="00AE5666"/>
+    <w:rsid w:val="00AE5FE9"/>
+    <w:rsid w:val="00AF2B02"/>
+    <w:rsid w:val="00AF3ED3"/>
+    <w:rsid w:val="00AF4BDA"/>
+    <w:rsid w:val="00AF51F0"/>
+    <w:rsid w:val="00AF5D3D"/>
+    <w:rsid w:val="00AF600F"/>
+    <w:rsid w:val="00AF6387"/>
+    <w:rsid w:val="00B0535B"/>
+    <w:rsid w:val="00B055CE"/>
+    <w:rsid w:val="00B059AF"/>
+    <w:rsid w:val="00B05C40"/>
+    <w:rsid w:val="00B10DC0"/>
+    <w:rsid w:val="00B1201D"/>
+    <w:rsid w:val="00B21712"/>
+    <w:rsid w:val="00B237B4"/>
+    <w:rsid w:val="00B24974"/>
+    <w:rsid w:val="00B266D1"/>
+    <w:rsid w:val="00B32E52"/>
+    <w:rsid w:val="00B35CB1"/>
+    <w:rsid w:val="00B36ACC"/>
+    <w:rsid w:val="00B37C03"/>
+    <w:rsid w:val="00B4143C"/>
+    <w:rsid w:val="00B41873"/>
+    <w:rsid w:val="00B46B0E"/>
+    <w:rsid w:val="00B472F7"/>
+    <w:rsid w:val="00B47FBC"/>
+    <w:rsid w:val="00B507DC"/>
+    <w:rsid w:val="00B51B85"/>
+    <w:rsid w:val="00B53C08"/>
+    <w:rsid w:val="00B55122"/>
+    <w:rsid w:val="00B55E48"/>
+    <w:rsid w:val="00B56D27"/>
+    <w:rsid w:val="00B57182"/>
+    <w:rsid w:val="00B6298A"/>
+    <w:rsid w:val="00B64DEF"/>
+    <w:rsid w:val="00B714CB"/>
+    <w:rsid w:val="00B71FE3"/>
+    <w:rsid w:val="00B72B2C"/>
+    <w:rsid w:val="00B72F3A"/>
+    <w:rsid w:val="00B7370F"/>
+    <w:rsid w:val="00B7655D"/>
+    <w:rsid w:val="00B77C0B"/>
+    <w:rsid w:val="00B81AEB"/>
+    <w:rsid w:val="00B81D02"/>
+    <w:rsid w:val="00B828BC"/>
+    <w:rsid w:val="00B830D4"/>
+    <w:rsid w:val="00B86E92"/>
+    <w:rsid w:val="00B90714"/>
+    <w:rsid w:val="00B93A3D"/>
+    <w:rsid w:val="00B968B4"/>
+    <w:rsid w:val="00B972F9"/>
+    <w:rsid w:val="00B97543"/>
+    <w:rsid w:val="00B976E9"/>
+    <w:rsid w:val="00BA17C6"/>
+    <w:rsid w:val="00BA186D"/>
+    <w:rsid w:val="00BA1C4B"/>
+    <w:rsid w:val="00BA2484"/>
+    <w:rsid w:val="00BA249A"/>
+    <w:rsid w:val="00BA38E1"/>
+    <w:rsid w:val="00BA5AA3"/>
+    <w:rsid w:val="00BA5C52"/>
+    <w:rsid w:val="00BB1552"/>
+    <w:rsid w:val="00BB4000"/>
+    <w:rsid w:val="00BB5DFF"/>
+    <w:rsid w:val="00BB725B"/>
+    <w:rsid w:val="00BC1492"/>
+    <w:rsid w:val="00BC1BAF"/>
+    <w:rsid w:val="00BC1FE6"/>
+    <w:rsid w:val="00BC4BBC"/>
+    <w:rsid w:val="00BC4D95"/>
+    <w:rsid w:val="00BC5881"/>
+    <w:rsid w:val="00BD1EED"/>
+    <w:rsid w:val="00BD50A3"/>
+    <w:rsid w:val="00BD57F7"/>
+    <w:rsid w:val="00BD652C"/>
+    <w:rsid w:val="00BD74F0"/>
+    <w:rsid w:val="00BD750F"/>
+    <w:rsid w:val="00BE15CA"/>
+    <w:rsid w:val="00BE2751"/>
+    <w:rsid w:val="00BE5438"/>
+    <w:rsid w:val="00BE606A"/>
+    <w:rsid w:val="00BE62B9"/>
+    <w:rsid w:val="00BF1F84"/>
+    <w:rsid w:val="00BF2911"/>
+    <w:rsid w:val="00BF2960"/>
+    <w:rsid w:val="00BF3992"/>
+    <w:rsid w:val="00BF4D9C"/>
+    <w:rsid w:val="00BF4E35"/>
+    <w:rsid w:val="00BF52FC"/>
+    <w:rsid w:val="00BF6C42"/>
+    <w:rsid w:val="00BF7873"/>
+    <w:rsid w:val="00C00F8A"/>
+    <w:rsid w:val="00C01D35"/>
+    <w:rsid w:val="00C021E7"/>
+    <w:rsid w:val="00C0356A"/>
+    <w:rsid w:val="00C03CF9"/>
+    <w:rsid w:val="00C0407E"/>
+    <w:rsid w:val="00C04430"/>
+    <w:rsid w:val="00C05A7B"/>
+    <w:rsid w:val="00C12035"/>
+    <w:rsid w:val="00C211F2"/>
+    <w:rsid w:val="00C21B3D"/>
+    <w:rsid w:val="00C21D37"/>
+    <w:rsid w:val="00C22510"/>
+    <w:rsid w:val="00C23DED"/>
+    <w:rsid w:val="00C25074"/>
+    <w:rsid w:val="00C324FA"/>
+    <w:rsid w:val="00C34C69"/>
+    <w:rsid w:val="00C3795D"/>
+    <w:rsid w:val="00C37C73"/>
+    <w:rsid w:val="00C40134"/>
+    <w:rsid w:val="00C440CF"/>
+    <w:rsid w:val="00C44A81"/>
+    <w:rsid w:val="00C467D3"/>
+    <w:rsid w:val="00C50DFC"/>
+    <w:rsid w:val="00C518AC"/>
+    <w:rsid w:val="00C52809"/>
+    <w:rsid w:val="00C531C5"/>
+    <w:rsid w:val="00C54E8A"/>
+    <w:rsid w:val="00C569BB"/>
+    <w:rsid w:val="00C57009"/>
+    <w:rsid w:val="00C57195"/>
+    <w:rsid w:val="00C62D4E"/>
+    <w:rsid w:val="00C634CE"/>
+    <w:rsid w:val="00C63DB6"/>
+    <w:rsid w:val="00C707BD"/>
+    <w:rsid w:val="00C76670"/>
+    <w:rsid w:val="00C85E40"/>
+    <w:rsid w:val="00C865CD"/>
+    <w:rsid w:val="00C91863"/>
+    <w:rsid w:val="00C919C3"/>
+    <w:rsid w:val="00C91B2A"/>
+    <w:rsid w:val="00C93F02"/>
+    <w:rsid w:val="00C96024"/>
+    <w:rsid w:val="00C96138"/>
+    <w:rsid w:val="00C966B0"/>
+    <w:rsid w:val="00C97206"/>
+    <w:rsid w:val="00C97437"/>
+    <w:rsid w:val="00CA08C3"/>
+    <w:rsid w:val="00CA1C67"/>
+    <w:rsid w:val="00CA253A"/>
+    <w:rsid w:val="00CA2577"/>
+    <w:rsid w:val="00CA3F0C"/>
+    <w:rsid w:val="00CA4348"/>
+    <w:rsid w:val="00CA450D"/>
+    <w:rsid w:val="00CB0598"/>
+    <w:rsid w:val="00CB1592"/>
+    <w:rsid w:val="00CB7CEA"/>
+    <w:rsid w:val="00CC12E7"/>
+    <w:rsid w:val="00CC4574"/>
+    <w:rsid w:val="00CC7A65"/>
+    <w:rsid w:val="00CC7C2D"/>
+    <w:rsid w:val="00CD021A"/>
+    <w:rsid w:val="00CD162D"/>
+    <w:rsid w:val="00CD73BD"/>
+    <w:rsid w:val="00CD7777"/>
+    <w:rsid w:val="00CE14B8"/>
+    <w:rsid w:val="00CE274D"/>
+    <w:rsid w:val="00CE5431"/>
+    <w:rsid w:val="00CE63CE"/>
+    <w:rsid w:val="00CE694A"/>
+    <w:rsid w:val="00CE6D3A"/>
+    <w:rsid w:val="00CE7182"/>
+    <w:rsid w:val="00CF10EE"/>
+    <w:rsid w:val="00CF3190"/>
+    <w:rsid w:val="00CF450B"/>
+    <w:rsid w:val="00CF4DC2"/>
+    <w:rsid w:val="00CF6900"/>
+    <w:rsid w:val="00CF7CD2"/>
+    <w:rsid w:val="00D00956"/>
+    <w:rsid w:val="00D062AD"/>
+    <w:rsid w:val="00D0793B"/>
+    <w:rsid w:val="00D12462"/>
+    <w:rsid w:val="00D12CCE"/>
+    <w:rsid w:val="00D14807"/>
+    <w:rsid w:val="00D177F8"/>
+    <w:rsid w:val="00D20864"/>
+    <w:rsid w:val="00D2252C"/>
+    <w:rsid w:val="00D23947"/>
+    <w:rsid w:val="00D244C1"/>
+    <w:rsid w:val="00D25C87"/>
+    <w:rsid w:val="00D2636D"/>
+    <w:rsid w:val="00D274FE"/>
+    <w:rsid w:val="00D2772B"/>
+    <w:rsid w:val="00D27EAF"/>
+    <w:rsid w:val="00D3705E"/>
+    <w:rsid w:val="00D46EAC"/>
+    <w:rsid w:val="00D471AB"/>
+    <w:rsid w:val="00D528A2"/>
+    <w:rsid w:val="00D52B60"/>
+    <w:rsid w:val="00D53FAD"/>
+    <w:rsid w:val="00D545E2"/>
+    <w:rsid w:val="00D5669F"/>
+    <w:rsid w:val="00D623B8"/>
+    <w:rsid w:val="00D65D40"/>
+    <w:rsid w:val="00D67E5E"/>
+    <w:rsid w:val="00D724E2"/>
+    <w:rsid w:val="00D72631"/>
+    <w:rsid w:val="00D728E4"/>
+    <w:rsid w:val="00D7441A"/>
+    <w:rsid w:val="00D756BC"/>
+    <w:rsid w:val="00D75EFC"/>
+    <w:rsid w:val="00D76FF7"/>
+    <w:rsid w:val="00D80D6F"/>
+    <w:rsid w:val="00D81888"/>
+    <w:rsid w:val="00D81D44"/>
+    <w:rsid w:val="00D82B36"/>
+    <w:rsid w:val="00D8716A"/>
+    <w:rsid w:val="00D8728D"/>
+    <w:rsid w:val="00D9046C"/>
+    <w:rsid w:val="00D90D0C"/>
+    <w:rsid w:val="00D96A9B"/>
+    <w:rsid w:val="00D97C6B"/>
+    <w:rsid w:val="00DA0A3D"/>
+    <w:rsid w:val="00DA559C"/>
+    <w:rsid w:val="00DA5667"/>
+    <w:rsid w:val="00DA68EB"/>
+    <w:rsid w:val="00DB60BA"/>
+    <w:rsid w:val="00DB683D"/>
+    <w:rsid w:val="00DC3448"/>
+    <w:rsid w:val="00DC3BD3"/>
+    <w:rsid w:val="00DC3C34"/>
+    <w:rsid w:val="00DD0B48"/>
+    <w:rsid w:val="00DD12F9"/>
+    <w:rsid w:val="00DD1566"/>
+    <w:rsid w:val="00DD4683"/>
+    <w:rsid w:val="00DD4CBF"/>
+    <w:rsid w:val="00DD5AC6"/>
+    <w:rsid w:val="00DD684C"/>
+    <w:rsid w:val="00DE7879"/>
+    <w:rsid w:val="00DF034A"/>
+    <w:rsid w:val="00DF110C"/>
+    <w:rsid w:val="00DF2421"/>
+    <w:rsid w:val="00DF25BC"/>
+    <w:rsid w:val="00DF3895"/>
+    <w:rsid w:val="00DF3A41"/>
+    <w:rsid w:val="00E012F9"/>
+    <w:rsid w:val="00E0309B"/>
+    <w:rsid w:val="00E04217"/>
+    <w:rsid w:val="00E0671E"/>
+    <w:rsid w:val="00E10E7C"/>
+    <w:rsid w:val="00E11825"/>
+    <w:rsid w:val="00E14401"/>
+    <w:rsid w:val="00E14BB8"/>
+    <w:rsid w:val="00E17892"/>
+    <w:rsid w:val="00E22C39"/>
+    <w:rsid w:val="00E2335C"/>
+    <w:rsid w:val="00E2599A"/>
+    <w:rsid w:val="00E25B76"/>
+    <w:rsid w:val="00E25E61"/>
+    <w:rsid w:val="00E3045B"/>
+    <w:rsid w:val="00E31482"/>
+    <w:rsid w:val="00E3432A"/>
+    <w:rsid w:val="00E34765"/>
+    <w:rsid w:val="00E3700E"/>
+    <w:rsid w:val="00E438AD"/>
+    <w:rsid w:val="00E50378"/>
+    <w:rsid w:val="00E51626"/>
+    <w:rsid w:val="00E525ED"/>
+    <w:rsid w:val="00E62263"/>
+    <w:rsid w:val="00E64054"/>
+    <w:rsid w:val="00E64845"/>
+    <w:rsid w:val="00E64CE1"/>
+    <w:rsid w:val="00E71446"/>
+    <w:rsid w:val="00E73139"/>
+    <w:rsid w:val="00E7320A"/>
+    <w:rsid w:val="00E74FC7"/>
+    <w:rsid w:val="00E76A3D"/>
+    <w:rsid w:val="00E77401"/>
+    <w:rsid w:val="00E77929"/>
+    <w:rsid w:val="00E80AC5"/>
+    <w:rsid w:val="00E872D7"/>
+    <w:rsid w:val="00E90361"/>
+    <w:rsid w:val="00E91368"/>
+    <w:rsid w:val="00E928B5"/>
+    <w:rsid w:val="00E9338C"/>
+    <w:rsid w:val="00E95167"/>
+    <w:rsid w:val="00E956E7"/>
+    <w:rsid w:val="00EA1963"/>
+    <w:rsid w:val="00EA300F"/>
+    <w:rsid w:val="00EA3AD7"/>
+    <w:rsid w:val="00EA4E2A"/>
+    <w:rsid w:val="00EB1DF7"/>
+    <w:rsid w:val="00EB2831"/>
+    <w:rsid w:val="00EB5B88"/>
+    <w:rsid w:val="00EC3442"/>
+    <w:rsid w:val="00EC363A"/>
+    <w:rsid w:val="00EC4400"/>
+    <w:rsid w:val="00EC5131"/>
+    <w:rsid w:val="00EC56E9"/>
+    <w:rsid w:val="00EC594D"/>
+    <w:rsid w:val="00EC59A4"/>
+    <w:rsid w:val="00EC66FE"/>
+    <w:rsid w:val="00EC702F"/>
+    <w:rsid w:val="00EC7919"/>
+    <w:rsid w:val="00ED444F"/>
+    <w:rsid w:val="00ED621E"/>
+    <w:rsid w:val="00ED7AC3"/>
+    <w:rsid w:val="00EE07E5"/>
+    <w:rsid w:val="00EE11CD"/>
+    <w:rsid w:val="00EE4529"/>
+    <w:rsid w:val="00EE5839"/>
+    <w:rsid w:val="00EE7F75"/>
+    <w:rsid w:val="00EF2CB9"/>
+    <w:rsid w:val="00EF37DD"/>
+    <w:rsid w:val="00EF3BBA"/>
+    <w:rsid w:val="00EF3D47"/>
+    <w:rsid w:val="00EF41B9"/>
+    <w:rsid w:val="00EF6810"/>
+    <w:rsid w:val="00EF7444"/>
+    <w:rsid w:val="00F00A8C"/>
+    <w:rsid w:val="00F0388D"/>
+    <w:rsid w:val="00F040FA"/>
+    <w:rsid w:val="00F0440D"/>
+    <w:rsid w:val="00F04F80"/>
+    <w:rsid w:val="00F05AF6"/>
+    <w:rsid w:val="00F1116A"/>
+    <w:rsid w:val="00F12D5A"/>
+    <w:rsid w:val="00F16F4E"/>
+    <w:rsid w:val="00F21A04"/>
+    <w:rsid w:val="00F2483A"/>
+    <w:rsid w:val="00F2528F"/>
+    <w:rsid w:val="00F2642C"/>
+    <w:rsid w:val="00F30B02"/>
+    <w:rsid w:val="00F328A8"/>
+    <w:rsid w:val="00F3462E"/>
+    <w:rsid w:val="00F347AC"/>
+    <w:rsid w:val="00F43518"/>
+    <w:rsid w:val="00F441E2"/>
+    <w:rsid w:val="00F52228"/>
+    <w:rsid w:val="00F546F8"/>
+    <w:rsid w:val="00F57054"/>
+    <w:rsid w:val="00F61ADA"/>
+    <w:rsid w:val="00F63132"/>
+    <w:rsid w:val="00F736FB"/>
+    <w:rsid w:val="00F73CE0"/>
+    <w:rsid w:val="00F7474C"/>
+    <w:rsid w:val="00F77A41"/>
+    <w:rsid w:val="00F87342"/>
+    <w:rsid w:val="00F97517"/>
+    <w:rsid w:val="00FA226B"/>
+    <w:rsid w:val="00FA2F5E"/>
+    <w:rsid w:val="00FA335D"/>
+    <w:rsid w:val="00FA73FE"/>
+    <w:rsid w:val="00FA797F"/>
+    <w:rsid w:val="00FB2D51"/>
+    <w:rsid w:val="00FB434A"/>
+    <w:rsid w:val="00FC2D74"/>
+    <w:rsid w:val="00FC3D3F"/>
+    <w:rsid w:val="00FC409F"/>
+    <w:rsid w:val="00FC517A"/>
+    <w:rsid w:val="00FC6F93"/>
+    <w:rsid w:val="00FD12A9"/>
+    <w:rsid w:val="00FD1566"/>
+    <w:rsid w:val="00FD15BA"/>
+    <w:rsid w:val="00FD1B40"/>
+    <w:rsid w:val="00FD3416"/>
+    <w:rsid w:val="00FE2FBB"/>
+    <w:rsid w:val="00FE4C5B"/>
+    <w:rsid w:val="00FE5C56"/>
+    <w:rsid w:val="00FE6014"/>
+    <w:rsid w:val="00FE68AB"/>
+    <w:rsid w:val="00FF0A56"/>
+    <w:rsid w:val="00FF2DDA"/>
+    <w:rsid w:val="00FF479D"/>
+    <w:rsid w:val="00FF4CE9"/>
+    <w:rsid w:val="00FF5D92"/>
+    <w:rsid w:val="00FF5D96"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pl-PL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="5DDAA7D7"/>
-  <w15:docId w15:val="{633D3BBE-3DAC-4659-B129-9CF426E21151}"/>
+  <w14:docId w14:val="007A67CA"/>
+  <w14:defaultImageDpi w14:val="0"/>
+  <w15:docId w15:val="{16AB1ADF-3B85-4E56-B3B7-867AAC3D00C9}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:kern w:val="24"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="pl-PL" w:eastAsia="pl-PL" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault/>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
-    <w:lsdException w:name="Normal" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
-[...154 lines deleted...]
-    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal" w:locked="1" w:uiPriority="0"/>
+    <w:lsdException w:name="heading 1" w:locked="1" w:uiPriority="9"/>
+    <w:lsdException w:name="heading 2" w:locked="1" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:locked="1" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:locked="1" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:locked="1" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:locked="1" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:locked="1" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:locked="1" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:locked="1" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:locked="1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:locked="1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:locked="1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:locked="1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:locked="1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:locked="1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:locked="1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:locked="1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:locked="1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:locked="1" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:locked="1" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:locked="1" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:locked="1" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:locked="1" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:locked="1" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:locked="1" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
@@ -3057,604 +4249,1068 @@
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normalny">
     <w:name w:val="Normal"/>
-    <w:qFormat/>
-    <w:rsid w:val="00392F85"/>
+    <w:rsid w:val="00062EA5"/>
     <w:pPr>
-      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:adjustRightInd w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Nagwek1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:next w:val="Normalny"/>
+    <w:link w:val="Nagwek1Znak"/>
+    <w:uiPriority w:val="9"/>
+    <w:locked/>
+    <w:rsid w:val="002108B9"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:after="240" w:line="288" w:lineRule="auto"/>
+      <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:lang w:eastAsia="en-US"/>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cs="Times New Roman"/>
+      <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Domylnaczcionkaakapitu">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Standardowy">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Bezlisty">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
-    <w:name w:val="Default"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Nagwek1Znak">
+    <w:name w:val="Nagłówek 1 Znak"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:link w:val="Nagwek1"/>
+    <w:uiPriority w:val="9"/>
+    <w:locked/>
+    <w:rsid w:val="002108B9"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cs="Times New Roman"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="UMP-stopkastrony">
+    <w:name w:val="UMP - stopka strony"/>
+    <w:basedOn w:val="UMP-tekstpodstawowy"/>
+    <w:qFormat/>
+    <w:rsid w:val="00D528A2"/>
+    <w:pPr>
+      <w:spacing w:after="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="UMP-zwrotszanowni">
+    <w:name w:val="UMP - zwrot szanowni"/>
+    <w:basedOn w:val="UMP-tekstpodstawowy"/>
+    <w:next w:val="UMP-tekstpodstawowy"/>
+    <w:rsid w:val="00EE07E5"/>
+    <w:pPr>
+      <w:spacing w:before="360"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="UMP-dotyczy">
+    <w:name w:val="UMP - dotyczy"/>
+    <w:basedOn w:val="UMP-tekstpodstawowy"/>
+    <w:next w:val="UMP-tekstpodstawowy"/>
+    <w:rsid w:val="0013266D"/>
+    <w:pPr>
+      <w:spacing w:before="480" w:after="480"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="UMP-stopkanrstrony">
+    <w:name w:val="UMP - stopka nr strony"/>
+    <w:basedOn w:val="UMP-stopkastrony"/>
+    <w:qFormat/>
+    <w:rsid w:val="00D528A2"/>
+    <w:pPr>
+      <w:jc w:val="center"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Tabela-Siatka">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="Standardowy"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="006F5EDB"/>
+    <w:rsid w:val="000A7EE5"/>
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
-    </w:pPr>
-[...39 lines deleted...]
-      <w:spacing w:line="240" w:lineRule="auto"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="TekstkomentarzaZnak">
-[...2 lines deleted...]
-    <w:link w:val="Tekstkomentarza"/>
+  <w:style w:type="paragraph" w:styleId="Tekstpodstawowywcity2">
+    <w:name w:val="Body Text Indent 2"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:link w:val="Tekstpodstawowywcity2Znak"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="005B711E"/>
+    <w:locked/>
+    <w:rsid w:val="001C57E5"/>
+    <w:pPr>
+      <w:autoSpaceDE/>
+      <w:autoSpaceDN/>
+      <w:adjustRightInd/>
+      <w:spacing w:line="360" w:lineRule="auto"/>
+      <w:ind w:firstLine="709"/>
+    </w:pPr>
     <w:rPr>
-      <w:sz w:val="20"/>
-[...1 lines deleted...]
-      <w:lang w:eastAsia="en-US"/>
+      <w:rFonts w:hAnsi="Times New Roman"/>
+      <w:kern w:val="0"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Tematkomentarza">
-[...3 lines deleted...]
-    <w:link w:val="TematkomentarzaZnak"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Tekstpodstawowywcity2Znak">
+    <w:name w:val="Tekst podstawowy wcięty 2 Znak"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:link w:val="Tekstpodstawowywcity2"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:unhideWhenUsed/>
-    <w:rsid w:val="005B711E"/>
+    <w:locked/>
+    <w:rsid w:val="001C57E5"/>
     <w:rPr>
-      <w:b/>
-[...15 lines deleted...]
-      <w:lang w:eastAsia="en-US"/>
+      <w:rFonts w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Tekstdymka">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normalny"/>
     <w:link w:val="TekstdymkaZnak"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="005B711E"/>
-[...2 lines deleted...]
-    </w:pPr>
+    <w:locked/>
+    <w:rsid w:val="002C09DF"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TekstdymkaZnak">
     <w:name w:val="Tekst dymka Znak"/>
     <w:basedOn w:val="Domylnaczcionkaakapitu"/>
     <w:link w:val="Tekstdymka"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="005B711E"/>
+    <w:locked/>
+    <w:rsid w:val="002C09DF"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:kern w:val="1"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
-      <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="NormalnyWeb">
-    <w:name w:val="Normal (Web)"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="UMP-tekstpodstawowy">
+    <w:name w:val="UMP - tekst podstawowy"/>
+    <w:qFormat/>
+    <w:rsid w:val="00B35CB1"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="240" w:line="288" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="UMP-data-znak-UID-za-prowadzi">
+    <w:name w:val="UMP - data - znak - UID - zał - prowadzi"/>
+    <w:basedOn w:val="UMP-tekstpodstawowy"/>
+    <w:qFormat/>
+    <w:rsid w:val="00A46C03"/>
+    <w:pPr>
+      <w:spacing w:after="360"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="UMP-podpis">
+    <w:name w:val="UMP - podpis"/>
+    <w:basedOn w:val="UMP-tekstpodstawowy"/>
+    <w:rsid w:val="00464675"/>
+    <w:pPr>
+      <w:spacing w:after="480"/>
+      <w:ind w:left="4961"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="UMP-zwrotzpowaaniem">
+    <w:name w:val="UMP - zwrot z poważaniem"/>
+    <w:basedOn w:val="UMP-tekstpodstawowy"/>
+    <w:next w:val="UMP-podpis"/>
+    <w:qFormat/>
+    <w:rsid w:val="007F0D7E"/>
+    <w:pPr>
+      <w:spacing w:before="240" w:after="600"/>
+      <w:ind w:left="4961"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="UMP-odbiorca">
+    <w:name w:val="UMP - odbiorca"/>
+    <w:basedOn w:val="UMP-tekstpodstawowy"/>
+    <w:qFormat/>
+    <w:rsid w:val="00D14807"/>
+    <w:pPr>
+      <w:spacing w:after="0"/>
+      <w:ind w:left="4961"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="UMP-kodkreskowy">
+    <w:name w:val="UMP - kod kreskowy"/>
+    <w:next w:val="UMP-nrdziennika"/>
+    <w:qFormat/>
+    <w:rsid w:val="00B21712"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="4961"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Free 3 of 9" w:hAnsi="Free 3 of 9"/>
+      <w:kern w:val="40"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="UMP-nrdziennika">
+    <w:name w:val="UMP - nr dziennika"/>
+    <w:basedOn w:val="UMP-tekstpodstawowy"/>
+    <w:next w:val="UMP-odbiorca"/>
+    <w:qFormat/>
+    <w:rsid w:val="00EF7444"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+      <w:ind w:left="4961"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="UMP-nagwekstrony">
+    <w:name w:val="UMP - nagłówek strony"/>
+    <w:basedOn w:val="UMP-tekstpodstawowy"/>
+    <w:qFormat/>
+    <w:rsid w:val="00D528A2"/>
+    <w:pPr>
+      <w:spacing w:after="0"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="UMP-klauzularodotytu">
+    <w:name w:val="UMP - klauzula rodo tytuł"/>
+    <w:basedOn w:val="UMP-klauzularodotre"/>
+    <w:next w:val="UMP-klauzularodotre"/>
+    <w:qFormat/>
+    <w:rsid w:val="00520E68"/>
+    <w:pPr>
+      <w:pageBreakBefore/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="UMP-listawyroniona">
+    <w:name w:val="UMP - lista wyrożniona"/>
+    <w:basedOn w:val="UMP-tekstpodstawowy"/>
+    <w:rsid w:val="006546A5"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="1"/>
+      </w:numPr>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="UMP-listanumerowana">
+    <w:name w:val="UMP - lista numerowana"/>
+    <w:basedOn w:val="UMP-tekstpodstawowy"/>
+    <w:rsid w:val="00B21712"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="2"/>
+      </w:numPr>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Nagwek">
+    <w:name w:val="header"/>
     <w:basedOn w:val="Normalny"/>
+    <w:link w:val="NagwekZnak"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="002F1F26"/>
+    <w:locked/>
+    <w:rsid w:val="00A52AC3"/>
     <w:pPr>
-      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4536"/>
+        <w:tab w:val="right" w:pos="9072"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="NagwekZnak">
+    <w:name w:val="Nagłówek Znak"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:link w:val="Nagwek"/>
+    <w:uiPriority w:val="99"/>
+    <w:locked/>
+    <w:rsid w:val="00A52AC3"/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Stopka">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:link w:val="StopkaZnak"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:locked/>
+    <w:rsid w:val="00A52AC3"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4536"/>
+        <w:tab w:val="right" w:pos="9072"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="StopkaZnak">
+    <w:name w:val="Stopka Znak"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:link w:val="Stopka"/>
+    <w:uiPriority w:val="99"/>
+    <w:locked/>
+    <w:rsid w:val="00A52AC3"/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Hipercze">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:locked/>
+    <w:rsid w:val="00E7320A"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
+      <w:color w:val="auto"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="UMP-klauzularodotre">
+    <w:name w:val="UMP - klauzula rodo treść"/>
+    <w:basedOn w:val="UMP-tekstpodstawowy"/>
+    <w:rsid w:val="004B0FE6"/>
+    <w:rPr>
+      <w:spacing w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="UnresolvedMention">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="002A70F3"/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="UMP-informacja">
+    <w:name w:val="UMP - informacja"/>
+    <w:basedOn w:val="UMP-tekstpodstawowy"/>
+    <w:rsid w:val="007A4D03"/>
+    <w:pPr>
+      <w:spacing w:before="480" w:after="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-[...2 lines deleted...]
-      <w:lang w:eastAsia="pl-PL"/>
+      <w:spacing w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Tekstprzypisudolnego">
+    <w:name w:val="footnote text"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:link w:val="TekstprzypisudolnegoZnak"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:locked/>
+    <w:rsid w:val="00AF4BDA"/>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TekstprzypisudolnegoZnak">
+    <w:name w:val="Tekst przypisu dolnego Znak"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:link w:val="Tekstprzypisudolnego"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:locked/>
+    <w:rsid w:val="00AF4BDA"/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Odwoanieprzypisudolnego">
+    <w:name w:val="footnote reference"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:locked/>
+    <w:rsid w:val="00AF4BDA"/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+      <w:vertAlign w:val="superscript"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Odwoaniedokomentarza">
+    <w:name w:val="annotation reference"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:locked/>
+    <w:rsid w:val="00D12CCE"/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Tekstkomentarza">
+    <w:name w:val="annotation text"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:link w:val="TekstkomentarzaZnak"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:locked/>
+    <w:rsid w:val="00D12CCE"/>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TekstkomentarzaZnak">
+    <w:name w:val="Tekst komentarza Znak"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:link w:val="Tekstkomentarza"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:locked/>
+    <w:rsid w:val="00D12CCE"/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Tematkomentarza">
+    <w:name w:val="annotation subject"/>
+    <w:basedOn w:val="Tekstkomentarza"/>
+    <w:next w:val="Tekstkomentarza"/>
+    <w:link w:val="TematkomentarzaZnak"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:locked/>
+    <w:rsid w:val="00D12CCE"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TematkomentarzaZnak">
+    <w:name w:val="Temat komentarza Znak"/>
+    <w:basedOn w:val="TekstkomentarzaZnak"/>
+    <w:link w:val="Tematkomentarza"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:locked/>
+    <w:rsid w:val="00D12CCE"/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Tekstzastpczy">
+    <w:name w:val="Placeholder Text"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00527174"/>
+    <w:rPr>
+      <w:color w:val="808080"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="Kalendarz3">
+    <w:name w:val="Kalendarz 3"/>
+    <w:basedOn w:val="Standardowy"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00527174"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="right"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+      <w:kern w:val="0"/>
+    </w:rPr>
+    <w:tblPr/>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:wordWrap/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:rPr>
+        <w:color w:val="4472C4" w:themeColor="accent1"/>
+        <w:sz w:val="44"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:color w:val="4472C4" w:themeColor="accent1"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:color w:val="4472C4" w:themeColor="accent1"/>
+      </w:rPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="character" w:styleId="UyteHipercze">
+    <w:name w:val="FollowedHyperlink"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:locked/>
+    <w:rsid w:val="00647E72"/>
+    <w:rPr>
+      <w:color w:val="954F72" w:themeColor="followedHyperlink"/>
+      <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:divs>
-    <w:div w:id="486939428">
-      <w:bodyDiv w:val="1"/>
+    <w:div w:id="1179659133">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1029987381">
-      <w:bodyDiv w:val="1"/>
+    <w:div w:id="1179659134">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1779832761">
+    <w:div w:id="1179659135">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1831484992">
-      <w:bodyDiv w:val="1"/>
+    <w:div w:id="1179659136">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1179659137">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
+  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
+</file>
+
+<file path=word/_rels/fontTable.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font3.odttf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font2.odttf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font1.odttf"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font5.odttf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font4.odttf"/></Relationships>
+</file>
+
+<file path=word/_rels/footer2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.poznan.pl/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sekretariat_m.wisniewski@um.poznan.pl" TargetMode="External"/></Relationships>
+</file>
+
+<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motyw pakietu Office">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Pakiet Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1F497D"/>
+        <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EEECE1"/>
+        <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4F81BD"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="C0504D"/>
+        <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9BBB59"/>
+        <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064A2"/>
+        <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4BACC6"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F79646"/>
+        <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Pakiet Office">
       <a:majorFont>
-        <a:latin typeface="Cambria"/>
+        <a:latin typeface="Calibri Light"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
+        <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Pakiet Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="35000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="37000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="15000"/>
-                <a:satMod val="350000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="1"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:shade val="51000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="80000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:shade val="93000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="94000"/>
-                <a:satMod val="135000"/>
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="0"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
-[...8 lines deleted...]
-        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="38000"/>
+                <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
-        </a:effectStyle>
-[...27 lines deleted...]
-          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="40000"/>
-                <a:satMod val="350000"/>
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="40000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="45000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="20000"/>
-                <a:satMod val="255000"/>
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:path path="circle">
-[...20 lines deleted...]
-          </a:path>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+    </a:ext>
+  </a:extLst>
 </a:theme>
+</file>
+
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{56DE549F-4D1C-4643-ABCE-958AF53DB598}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>270</Words>
-  <Characters>1625</Characters>
+  <Words>194</Words>
+  <Characters>1166</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>13</Lines>
-  <Paragraphs>3</Paragraphs>
+  <Lines>9</Lines>
+  <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Tytuł</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>Monika Danelska                                                                                                   Poznań, dnia 26</vt:lpstr>
+      <vt:lpstr>odpowiedź na interpelację nr 55/2024 w sprawie sytuacji budowy ronda na skrzyżowaniu ulic Borówki-Żywiczna</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
-  <Company/>
+  <Company>ump</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1892</CharactersWithSpaces>
+  <CharactersWithSpaces>1358</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>Monika Danelska                                                                                                   Poznań, dnia 26</dc:title>
+  <dc:title>odpowiedź na interpelację nr 55/2024 w sprawie sytuacji budowy ronda na skrzyżowaniu ulic Borówki-Żywiczna</dc:title>
   <dc:subject/>
-  <dc:creator>xxx</dc:creator>
-  <cp:keywords/>
+  <dc:creator>Urząd Miasta Poznania</dc:creator>
+  <cp:keywords>rondo na skrzyżowaniu ulic Borówki-Żywiczna, odpowiedź na interpelację</cp:keywords>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>