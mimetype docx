--- v0 (2025-11-08)
+++ v1 (2026-01-01)
@@ -1,3064 +1,2123 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="png" ContentType="image/png"/>
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Default Extension="odttf" ContentType="application/vnd.openxmlformats-officedocument.obfuscatedFont"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w:rsidR="003C30FD" w:rsidRDefault="003C30FD" w:rsidP="00D9046C">
-[...15 lines deleted...]
-      <w:bookmarkStart w:id="0" w:name="_Hlk101266255"/>
+    <w:p w:rsidR="00F27C17" w:rsidRPr="00E10FFD" w:rsidRDefault="00E97B77" w:rsidP="00710E33">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657216" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>-422910</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>1215390</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="2303145" cy="835025"/>
+                <wp:effectExtent l="0" t="0" r="0" b="3175"/>
+                <wp:wrapNone/>
+                <wp:docPr id="307" name="Pole tekstowe 2"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1">
+                        <a:spLocks noChangeArrowheads="1"/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="2303145" cy="835025"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:noFill/>
+                        <a:ln w="9525">
+                          <a:noFill/>
+                          <a:miter lim="800000"/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w:rsidR="00A76443" w:rsidRPr="006528AE" w:rsidRDefault="00A76443" w:rsidP="00F27C17">
+                            <w:pPr>
+                              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                              <w:rPr>
+                                <w:b/>
+                                <w:sz w:val="28"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:b/>
+                                <w:sz w:val="28"/>
+                              </w:rPr>
+                              <w:t>Halina Owsianna</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w:rsidR="00A76443" w:rsidRPr="006528AE" w:rsidRDefault="00187E0A" w:rsidP="00F27C17">
+                            <w:pPr>
+                              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                              <w:rPr>
+                                <w:b/>
+                                <w:sz w:val="28"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:b/>
+                                <w:sz w:val="28"/>
+                              </w:rPr>
+                              <w:t>Radna</w:t>
+                            </w:r>
+                            <w:r w:rsidR="00A76443" w:rsidRPr="006528AE">
+                              <w:rPr>
+                                <w:b/>
+                                <w:sz w:val="28"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> Miasta Poznania</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w:rsidR="00A76443" w:rsidRDefault="00A76443" w:rsidP="00F27C17">
+                            <w:pPr>
+                              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                            </w:pPr>
+                          </w:p>
+                          <w:p w:rsidR="00A76443" w:rsidRPr="006528AE" w:rsidRDefault="008A3AF6" w:rsidP="00F27C17">
+                            <w:pPr>
+                              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                              <w:rPr>
+                                <w:sz w:val="18"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="18"/>
+                              </w:rPr>
+                              <w:t>Nr 3</w:t>
+                            </w:r>
+                            <w:r w:rsidR="00AE77A4">
+                              <w:rPr>
+                                <w:sz w:val="18"/>
+                              </w:rPr>
+                              <w:t>/</w:t>
+                            </w:r>
+                            <w:r w:rsidR="00FA0380">
+                              <w:rPr>
+                                <w:sz w:val="18"/>
+                              </w:rPr>
+                              <w:t>0</w:t>
+                            </w:r>
+                            <w:r w:rsidR="000B2E9A">
+                              <w:rPr>
+                                <w:sz w:val="18"/>
+                              </w:rPr>
+                              <w:t>3</w:t>
+                            </w:r>
+                            <w:r w:rsidR="00FA0380">
+                              <w:rPr>
+                                <w:sz w:val="18"/>
+                              </w:rPr>
+                              <w:t>/2023</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>40000</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+                <v:stroke joinstyle="miter"/>
+                <v:path gradientshapeok="t" o:connecttype="rect"/>
+              </v:shapetype>
+              <v:shape id="Pole tekstowe 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:-33.3pt;margin-top:95.7pt;width:181.35pt;height:65.75pt;z-index:251657216;visibility:visible;mso-wrap-style:square;mso-width-percent:400;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:400;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAhIHFcDwIAAPkDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC815JfTSJYDtKkKQqk&#10;bYC0H7CmKIsIyWVJ2lL69VlSjmOkt6I6EFztcnZnOFxdDkazvfRBoa35dFJyJq3ARtltzX/9vP1w&#10;zlmIYBvQaGXNn2Tgl+v371a9q+QMO9SN9IxAbKh6V/MuRlcVRRCdNBAm6KSlZIveQKTQb4vGQ0/o&#10;RhezsvxY9Ogb51HIEOjvzZjk64zftlLEH20bZGS65jRbzKvP6yatxXoF1daD65Q4jAH/MIUBZanp&#10;EeoGIrCdV39BGSU8BmzjRKApsG2VkJkDsZmWb9g8dOBk5kLiBHeUKfw/WPF9f++Zamo+L884s2Do&#10;ku5RSxblY4jYSzZLIvUuVFT74Kg6Dp9woMvOhIO7Q/EYmMXrDuxWXnmPfSehoSGn6WRxcnTECQlk&#10;03/DhnrBLmIGGlpvkoKkCSN0uqyn4wXJITJBP2fzcj5dLDkTlDufL8vZMreA6uW08yF+kWhY2tTc&#10;kwEyOuzvQkzTQPVSkppZvFVaZxNoy/qaXywJ8k3GqEge1cpQzzJ9o2sSyc+2yYcjKD3uqYG2B9aJ&#10;6Eg5DpuBCpMUG2yeiL/H0Yv0dmjTof/DWU8+rHn4vQMvOdNfLWl4MV0sknFzsFiezSjwp5nNaQas&#10;IKiaR87G7XXMZh8ZXZHWrcoyvE5ymJX8ldU5vIVk4NM4V72+2PUzAAAA//8DAFBLAwQUAAYACAAA&#10;ACEAh6Xu3+EAAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPy07DMBBF90j8gzVI7FonoQ1NiFMh&#10;VBZILEpp9649eUBsR7GTBr6eYQXL0T2690yxnU3HJhx866yAeBkBQ6ucbm0t4Pj+vNgA80FaLTtn&#10;UcAXetiW11eFzLW72DecDqFmVGJ9LgU0IfQ55141aKRfuh4tZZUbjAx0DjXXg7xQuel4EkUpN7K1&#10;tNDIHp8aVJ+H0QioXk735nVV7Y67cf39Ma3VvK+VELc38+MDsIBz+IPhV5/UoSSnsxut9qwTsEjT&#10;lFAKsngFjIgkS2NgZwF3SZIBLwv+/4fyBwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEB&#10;AAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9&#10;If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhACEg&#10;cVwPAgAA+QMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAh&#10;AIel7t/hAAAACwEAAA8AAAAAAAAAAAAAAAAAaQQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAE&#10;APMAAAB3BQAAAAA=&#10;" filled="f" stroked="f">
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p w:rsidR="00A76443" w:rsidRPr="006528AE" w:rsidRDefault="00A76443" w:rsidP="00F27C17">
+                      <w:pPr>
+                        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                        <w:rPr>
+                          <w:b/>
+                          <w:sz w:val="28"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:b/>
+                          <w:sz w:val="28"/>
+                        </w:rPr>
+                        <w:t>Halina Owsianna</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w:rsidR="00A76443" w:rsidRPr="006528AE" w:rsidRDefault="00187E0A" w:rsidP="00F27C17">
+                      <w:pPr>
+                        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                        <w:rPr>
+                          <w:b/>
+                          <w:sz w:val="28"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:b/>
+                          <w:sz w:val="28"/>
+                        </w:rPr>
+                        <w:t>Radna</w:t>
+                      </w:r>
+                      <w:r w:rsidR="00A76443" w:rsidRPr="006528AE">
+                        <w:rPr>
+                          <w:b/>
+                          <w:sz w:val="28"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> Miasta Poznania</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w:rsidR="00A76443" w:rsidRDefault="00A76443" w:rsidP="00F27C17">
+                      <w:pPr>
+                        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                      </w:pPr>
+                    </w:p>
+                    <w:p w:rsidR="00A76443" w:rsidRPr="006528AE" w:rsidRDefault="008A3AF6" w:rsidP="00F27C17">
+                      <w:pPr>
+                        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                        <w:rPr>
+                          <w:sz w:val="18"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:sz w:val="18"/>
+                        </w:rPr>
+                        <w:t>Nr 3</w:t>
+                      </w:r>
+                      <w:r w:rsidR="00AE77A4">
+                        <w:rPr>
+                          <w:sz w:val="18"/>
+                        </w:rPr>
+                        <w:t>/</w:t>
+                      </w:r>
+                      <w:r w:rsidR="00FA0380">
+                        <w:rPr>
+                          <w:sz w:val="18"/>
+                        </w:rPr>
+                        <w:t>0</w:t>
+                      </w:r>
+                      <w:r w:rsidR="000B2E9A">
+                        <w:rPr>
+                          <w:sz w:val="18"/>
+                        </w:rPr>
+                        <w:t>3</w:t>
+                      </w:r>
+                      <w:r w:rsidR="00FA0380">
+                        <w:rPr>
+                          <w:sz w:val="18"/>
+                        </w:rPr>
+                        <w:t>/2023</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidRPr="00E10FFD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="column">
+              <wp:posOffset>-341630</wp:posOffset>
+            </wp:positionH>
+            <wp:positionV relativeFrom="paragraph">
+              <wp:posOffset>-648335</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="968375" cy="459740"/>
+            <wp:effectExtent l="0" t="0" r="3175" b="0"/>
+            <wp:wrapTight wrapText="bothSides">
+              <wp:wrapPolygon edited="0">
+                <wp:start x="0" y="0"/>
+                <wp:lineTo x="0" y="20586"/>
+                <wp:lineTo x="21246" y="20586"/>
+                <wp:lineTo x="21246" y="0"/>
+                <wp:lineTo x="0" y="0"/>
+              </wp:wrapPolygon>
+            </wp:wrapTight>
+            <wp:docPr id="4" name="Obraz 4"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Obraz 4"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId7">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="968375" cy="459740"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+            <wp14:sizeRelH relativeFrom="page">
+              <wp14:pctWidth>0</wp14:pctWidth>
+            </wp14:sizeRelH>
+            <wp14:sizeRelV relativeFrom="page">
+              <wp14:pctHeight>0</wp14:pctHeight>
+            </wp14:sizeRelV>
+          </wp:anchor>
+        </w:drawing>
+      </w:r>
+      <w:r w:rsidRPr="00E10FFD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>4167505</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>1228725</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="2302510" cy="432435"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapNone/>
+                <wp:docPr id="3" name="Pole tekstowe 2"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1">
+                        <a:spLocks noChangeArrowheads="1"/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="2302510" cy="432435"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:noFill/>
+                        <a:ln w="9525">
+                          <a:noFill/>
+                          <a:miter lim="800000"/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w:rsidR="00A76443" w:rsidRDefault="00A76443">
+                            <w:r w:rsidRPr="006528AE">
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">Poznań </w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="006528AE">
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
+                              </w:rPr>
+                              <w:fldChar w:fldCharType="begin"/>
+                            </w:r>
+                            <w:r w:rsidRPr="006528AE">
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
+                              </w:rPr>
+                              <w:instrText xml:space="preserve"> TIME \@ "d MMMM yyyy" </w:instrText>
+                            </w:r>
+                            <w:r w:rsidRPr="006528AE">
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
+                              </w:rPr>
+                              <w:fldChar w:fldCharType="separate"/>
+                            </w:r>
+                            <w:r w:rsidR="00E10FFD">
+                              <w:rPr>
+                                <w:noProof/>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
+                              </w:rPr>
+                              <w:t>12 marca 2024</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="006528AE">
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
+                              </w:rPr>
+                              <w:fldChar w:fldCharType="end"/>
+                            </w:r>
+                            <w:r w:rsidRPr="006528AE">
+                              <w:rPr>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> r</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:t>.</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
+                        <a:spAutoFit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>40000</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>20000</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+                <v:stroke joinstyle="miter"/>
+                <v:path gradientshapeok="t" o:connecttype="rect"/>
+              </v:shapetype>
+              <v:shape id="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:328.15pt;margin-top:96.75pt;width:181.3pt;height:34.05pt;z-index:251658240;visibility:visible;mso-wrap-style:square;mso-width-percent:400;mso-height-percent:200;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:400;mso-height-percent:200;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCp0HfOEgIAAP4DAAAOAAAAZHJzL2Uyb0RvYy54bWysU9Fu2yAUfZ+0f0C8L3acZGutkKprl2lS&#10;t1Vq9wEE4xgVuAxI7Ozre8FpGm1v1fyAwJd77j3nHpZXg9FkL31QYBmdTkpKpBXQKLtl9Nfj+sMF&#10;JSFy23ANVjJ6kIFerd6/W/aulhV0oBvpCYLYUPeO0S5GVxdFEJ00PEzASYvBFrzhEY9+WzSe94hu&#10;dFGV5ceiB984D0KGgH9vxyBdZfy2lSL+bNsgI9GMYm8xrz6vm7QWqyWvt567ToljG/wNXRiuLBY9&#10;Qd3yyMnOq3+gjBIeArRxIsAU0LZKyMwB2UzLv9g8dNzJzAXFCe4kU/h/sOLH/t4T1TA6o8RygyO6&#10;By1JlE8hQi9JlSTqXajx5oPDu3H4DAOOOtMN7g7EUyAWbjput/Lae+g7yRtscZoyi7PUESckkE3/&#10;HRqsxXcRMtDQepP0Q0UIouOoDqfxyCESgT+rWVktphgSGJvPqvlskUvw+iXb+RC/SjAkbRj1OP6M&#10;zvd3IaZueP1yJRWzsFZaZwtoS3pGLxfVIiecRYyK6FCtDKMXZfpGzySSX2yTkyNXetxjAW2PrBPR&#10;kXIcNkPWOEuSFNlAc0AZPIyGxAeEmw78H0p6NCOj4feOe0mJ/mZRysvpfJ7cmw/zxacKD/48sjmP&#10;cCsQitFIybi9idnxiXJw1yj5WmU1Xjs5towmyyIdH0Ry8fk533p9tqtnAAAA//8DAFBLAwQUAAYA&#10;CAAAACEA8KKuneAAAAAMAQAADwAAAGRycy9kb3ducmV2LnhtbEyPy07DMBBF90j8gzVI7KiTtjFt&#10;iFMhHhJL2oLE0o0ncYQ9jmK3DX+Pu4Ll6B7de6baTM6yE46h9yQhn2XAkBqve+okfOxf71bAQlSk&#10;lfWEEn4wwKa+vqpUqf2ZtnjaxY6lEgqlkmBiHErOQ2PQqTDzA1LKWj86FdM5dlyP6pzKneXzLBPc&#10;qZ7SglEDPhlsvndHJ+GTvuxbu9QG74v35XZ4eW6LuJfy9mZ6fAAWcYp/MFz0kzrUyengj6QDsxJE&#10;IRYJTcF6UQC7EFm+WgM7SJiLXACvK/7/ifoXAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;qdB3zhICAAD+AwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEA8KKuneAAAAAMAQAADwAAAAAAAAAAAAAAAABsBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;" filled="f" stroked="f">
+                <v:textbox style="mso-fit-shape-to-text:t">
+                  <w:txbxContent>
+                    <w:p w:rsidR="00A76443" w:rsidRDefault="00A76443">
+                      <w:r w:rsidRPr="006528AE">
+                        <w:rPr>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">Poznań </w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="006528AE">
+                        <w:rPr>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
+                        </w:rPr>
+                        <w:fldChar w:fldCharType="begin"/>
+                      </w:r>
+                      <w:r w:rsidRPr="006528AE">
+                        <w:rPr>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
+                        </w:rPr>
+                        <w:instrText xml:space="preserve"> TIME \@ "d MMMM yyyy" </w:instrText>
+                      </w:r>
+                      <w:r w:rsidRPr="006528AE">
+                        <w:rPr>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
+                        </w:rPr>
+                        <w:fldChar w:fldCharType="separate"/>
+                      </w:r>
+                      <w:r w:rsidR="00E10FFD">
+                        <w:rPr>
+                          <w:noProof/>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
+                        </w:rPr>
+                        <w:t>12 marca 2024</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="006528AE">
+                        <w:rPr>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
+                        </w:rPr>
+                        <w:fldChar w:fldCharType="end"/>
+                      </w:r>
+                      <w:r w:rsidRPr="006528AE">
+                        <w:rPr>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> r</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:t>.</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidRPr="00E10FFD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pl-PL"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251656192" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="margin">
+              <wp:posOffset>-932815</wp:posOffset>
+            </wp:positionH>
+            <wp:positionV relativeFrom="margin">
+              <wp:posOffset>-860425</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="7589520" cy="1927225"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:wrapSquare wrapText="bothSides"/>
+            <wp:docPr id="2" name="Obraz 1"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Obraz 1"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId8">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="7589520" cy="1927225"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+            <wp14:sizeRelH relativeFrom="page">
+              <wp14:pctWidth>0</wp14:pctWidth>
+            </wp14:sizeRelH>
+            <wp14:sizeRelV relativeFrom="page">
+              <wp14:pctHeight>0</wp14:pctHeight>
+            </wp14:sizeRelV>
+          </wp:anchor>
+        </w:drawing>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00742F86" w:rsidRPr="00D80D6F" w:rsidRDefault="00742F86" w:rsidP="00D73ABB">
-[...5 lines deleted...]
-        <w:t>Poznań,</w:t>
+    <w:p w:rsidR="00F27C17" w:rsidRPr="00E10FFD" w:rsidRDefault="00F27C17" w:rsidP="00710E33">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F27C17" w:rsidRPr="00E10FFD" w:rsidRDefault="00F27C17" w:rsidP="00710E33">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006528AE" w:rsidRPr="00E10FFD" w:rsidRDefault="00F27C17" w:rsidP="00710E33">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5954"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
       </w:r>
-      <w:r w:rsidR="00B76B9D">
+      <w:r w:rsidRPr="00E10FFD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Pan </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0079183D" w:rsidRPr="00E10FFD" w:rsidRDefault="006528AE" w:rsidP="00710E33">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5954"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00F27C17" w:rsidRPr="00E10FFD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Jacek Jaśkowiak</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F27C17" w:rsidRPr="00E10FFD" w:rsidRDefault="006528AE" w:rsidP="00710E33">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5954"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00F27C17" w:rsidRPr="00E10FFD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Prezydent Miasta Poznania</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F27C17" w:rsidRPr="00E10FFD" w:rsidRDefault="00F27C17" w:rsidP="00710E33">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="6361"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F27C17" w:rsidRPr="00E10FFD" w:rsidRDefault="00F27C17" w:rsidP="00710E33">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="6361"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:spacing w:val="32"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006528AE" w:rsidRPr="00E10FFD" w:rsidRDefault="006528AE" w:rsidP="00710E33">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="6361"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:spacing w:val="32"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006528AE" w:rsidRPr="00E10FFD" w:rsidRDefault="006528AE" w:rsidP="00710E33">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="6361"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:spacing w:val="32"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00293F0E" w:rsidRPr="00E10FFD" w:rsidRDefault="00F27C17" w:rsidP="00710E33">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="6361"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:spacing w:val="36"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:spacing w:val="36"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>INTERPELACJA</w:t>
+      </w:r>
+      <w:r w:rsidR="00293F0E" w:rsidRPr="00E10FFD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:spacing w:val="36"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00921ED3">
-        <w:t>22</w:t>
+    </w:p>
+    <w:p w:rsidR="00475199" w:rsidRPr="00E10FFD" w:rsidRDefault="00475199" w:rsidP="00710E33">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="6361"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:spacing w:val="36"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:p w:rsidR="00FA17C9" w:rsidRPr="00E10FFD" w:rsidRDefault="00401D9D" w:rsidP="00710E33">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Dotyczy: </w:t>
       </w:r>
-      <w:r w:rsidR="004F65BC">
-[...15 lines deleted...]
-        <w:t>oku</w:t>
+      <w:r w:rsidR="007C738F" w:rsidRPr="00E10FFD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Pierwszego Zakładu Aktywności Zawodowej</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007B045F" w:rsidRPr="00D80D6F" w:rsidRDefault="00DD684C" w:rsidP="00D9046C">
-[...19 lines deleted...]
-        <w:t>4</w:t>
+    <w:p w:rsidR="007C738F" w:rsidRPr="00E10FFD" w:rsidRDefault="007C738F" w:rsidP="00710E33">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Szanowny Panie Prezydencie,</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">Nr rej.: </w:t>
+    <w:p w:rsidR="007C738F" w:rsidRPr="00E10FFD" w:rsidRDefault="007C738F" w:rsidP="00710E33">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Sporo już czasu upłynęło, a tak dziś wygląda</w:t>
       </w:r>
-      <w:r w:rsidR="00E14415">
-        <w:t>22032403858</w:t>
+      <w:r w:rsidR="00F63689" w:rsidRPr="00E10FFD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> rzeczywistość i spełniona obietnica </w:t>
       </w:r>
-      <w:bookmarkStart w:id="1" w:name="_GoBack"/>
-[...11 lines deleted...]
-        <w:t>i</w:t>
+      <w:r w:rsidRPr="00E10FFD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Pierwszego Zakładu Aktywności Zawodowej w Poznaniu.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005E5BF3" w:rsidRPr="005E5BF3" w:rsidRDefault="00CC3BBE" w:rsidP="005E5BF3">
-[...24 lines deleted...]
-        <w:t xml:space="preserve"> Miasta Poznania</w:t>
+    <w:p w:rsidR="007C738F" w:rsidRPr="00E10FFD" w:rsidRDefault="007C738F" w:rsidP="00710E33">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Mam pytanie, jak Pan Prezydent to skomentuje i jak postrzega dalszy rozwój tej placówki.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005E5BF3" w:rsidRPr="005E5BF3" w:rsidRDefault="005E5BF3" w:rsidP="00D73ABB">
-[...17 lines deleted...]
-        <w:t>,</w:t>
+    <w:p w:rsidR="00042493" w:rsidRPr="00E10FFD" w:rsidRDefault="00042493" w:rsidP="00710E33">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                              Z wyrazami szacunku</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005E5BF3" w:rsidRDefault="005E5BF3" w:rsidP="00EB1353">
-[...43 lines deleted...]
-        <w:t>, uprzejmie informuję:</w:t>
+    <w:p w:rsidR="00042493" w:rsidRPr="00E10FFD" w:rsidRDefault="00042493" w:rsidP="00710E33">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10FFD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                 Halina Owsianna</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001A1752" w:rsidRDefault="006F761E" w:rsidP="00EB1353">
-[...59 lines deleted...]
-      </w:r>
+    <w:p w:rsidR="00527AC7" w:rsidRPr="00E10FFD" w:rsidRDefault="00527AC7" w:rsidP="00710E33">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="001A1752" w:rsidRDefault="005E2035" w:rsidP="00EB1353">
-[...239 lines deleted...]
-      <w:pgMar w:top="1418" w:right="1418" w:bottom="1701" w:left="1418" w:header="454" w:footer="567" w:gutter="0"/>
+    <w:sectPr w:rsidR="00527AC7" w:rsidRPr="00E10FFD">
+      <w:footerReference w:type="default" r:id="rId9"/>
+      <w:pgSz w:w="11906" w:h="16838"/>
+      <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
-      <w:formProt w:val="0"/>
-      <w:noEndnote/>
+      <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00BD060B" w:rsidRDefault="00BD060B">
+    <w:p w:rsidR="00CD3760" w:rsidRDefault="00CD3760" w:rsidP="00F27C17">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00BD060B" w:rsidRDefault="00BD060B">
+    <w:p w:rsidR="00CD3760" w:rsidRDefault="00CD3760" w:rsidP="00F27C17">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="EE"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Courier New">
-[...21 lines deleted...]
-    <w:panose1 w:val="020B0604020202020204"/>
+  <w:font w:name="Tahoma">
+    <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri Light">
-[...26 lines deleted...]
-    <w:panose1 w:val="02020603050405020304"/>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0000AFF" w:usb1="500078FF" w:usb2="00000021" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
-[...8 lines deleted...]
-    <w:embedRegular r:id="rId5" w:fontKey="{58925FE7-3FCC-4C25-A67C-4AB8262FE894}"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="00D177F8" w:rsidRPr="00467E00" w:rsidRDefault="00AD47D5" w:rsidP="00467E00">
+  <w:p w:rsidR="00A76443" w:rsidRDefault="00A76443" w:rsidP="00F27C17">
     <w:pPr>
-      <w:pStyle w:val="UMP-stopkanrstrony"/>
+      <w:pStyle w:val="Stopka"/>
+      <w:jc w:val="right"/>
     </w:pPr>
     <w:r>
-      <w:t xml:space="preserve">Strona </w:t>
-[...10 lines deleted...]
-    <w:r w:rsidR="00AB4C46">
       <w:rPr>
         <w:noProof/>
-      </w:rPr>
-[...153 lines deleted...]
-        <w:noProof/>
+        <w:lang w:eastAsia="pl-PL"/>
       </w:rPr>
       <w:drawing>
-        <wp:inline distT="0" distB="0" distL="0" distR="0">
-[...2 lines deleted...]
-          <wp:docPr id="2" name="Obraz 1" descr="Herb Miasta Poznania"/>
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657728" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+          <wp:simplePos x="0" y="0"/>
+          <wp:positionH relativeFrom="column">
+            <wp:posOffset>-320675</wp:posOffset>
+          </wp:positionH>
+          <wp:positionV relativeFrom="paragraph">
+            <wp:posOffset>81280</wp:posOffset>
+          </wp:positionV>
+          <wp:extent cx="968375" cy="459740"/>
+          <wp:effectExtent l="0" t="0" r="3175" b="0"/>
+          <wp:wrapTight wrapText="bothSides">
+            <wp:wrapPolygon edited="0">
+              <wp:start x="0" y="0"/>
+              <wp:lineTo x="0" y="20586"/>
+              <wp:lineTo x="21246" y="20586"/>
+              <wp:lineTo x="21246" y="0"/>
+              <wp:lineTo x="0" y="0"/>
+            </wp:wrapPolygon>
+          </wp:wrapTight>
+          <wp:docPr id="1" name="Obraz 5"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="Obraz 1" descr="Herb Miasta Poznania"/>
+                  <pic:cNvPr id="0" name="Obraz 5"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:srcRect/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="1352550" cy="1228725"/>
+                    <a:ext cx="968375" cy="459740"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
-        </wp:inline>
+          <wp14:sizeRelH relativeFrom="page">
+            <wp14:pctWidth>0</wp14:pctWidth>
+          </wp14:sizeRelH>
+          <wp14:sizeRelV relativeFrom="page">
+            <wp14:pctHeight>0</wp14:pctHeight>
+          </wp14:sizeRelV>
+        </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
-</w:hdr>
+  <w:p w:rsidR="00A76443" w:rsidRDefault="00A76443" w:rsidP="006528AE">
+    <w:pPr>
+      <w:pStyle w:val="Stopka"/>
+      <w:jc w:val="right"/>
+    </w:pPr>
+    <w:r>
+      <w:t xml:space="preserve">Strona </w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:instrText>PAGE</w:instrText>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r w:rsidR="00E10FFD">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:noProof/>
+      </w:rPr>
+      <w:t>1</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+    <w:r>
+      <w:t xml:space="preserve"> z </w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:instrText>NUMPAGES</w:instrText>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r w:rsidR="00E10FFD">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:noProof/>
+      </w:rPr>
+      <w:t>1</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+  </w:p>
+  <w:p w:rsidR="00A76443" w:rsidRDefault="00A76443">
+    <w:pPr>
+      <w:pStyle w:val="Stopka"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:footnote w:type="separator" w:id="-1">
+    <w:p w:rsidR="00CD3760" w:rsidRDefault="00CD3760" w:rsidP="00F27C17">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationSeparator" w:id="0">
+    <w:p w:rsidR="00CD3760" w:rsidRDefault="00CD3760" w:rsidP="00F27C17">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+</w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="1C36738D"/>
+    <w:nsid w:val="19FF7998"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="FFFFFFFF"/>
-    <w:lvl w:ilvl="0" w:tplc="DDC6945C">
+    <w:tmpl w:val="A0FC7852"/>
+    <w:lvl w:ilvl="0" w:tplc="E0A0DA42">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:pStyle w:val="UMP-listanumerowana"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="360" w:hanging="360"/>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
-[...452 lines deleted...]
-        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0415000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0415000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1CF93262"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="6D7A3CBC"/>
+    <w:lvl w:ilvl="0" w:tplc="0415000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
       <w:rPr>
-        <w:rFonts w:cs="Times New Roman"/>
+        <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0415000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0415000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="6A580A18"/>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="283D77D9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="EAF4289A"/>
-[...6 lines deleted...]
-        <w:ind w:left="360" w:hanging="360"/>
+    <w:tmpl w:val="F6ACC13A"/>
+    <w:lvl w:ilvl="0" w:tplc="8AB000E6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04150003" w:tentative="1">
-[...2 lines deleted...]
-      <w:lvlText w:val="o"/>
+    <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0415000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0415000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="29CB1229"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="7E3A1BE6"/>
+    <w:lvl w:ilvl="0" w:tplc="D0E2F5A0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="643" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0415000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0415000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7EC949EB"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="6AF4A5A8"/>
+    <w:lvl w:ilvl="0" w:tplc="0415000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="04150005" w:tentative="1">
-[...14 lines deleted...]
-      <w:lvlText w:val=""/>
+    <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0415000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...6 lines deleted...]
-      <w:lvlText w:val="o"/>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...18 lines deleted...]
-      <w:lvlText w:val=""/>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0415000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...6 lines deleted...]
-      <w:lvlText w:val="o"/>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...13 lines deleted...]
-      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
-    <w:abstractNumId w:val="0"/>
+    <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="3">
-    <w:abstractNumId w:val="2"/>
-[...98 lines deleted...]
-    </w:lvlOverride>
+    <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="2"/>
-    <w:lvlOverride w:ilvl="0">
-[...97 lines deleted...]
-    </w:lvlOverride>
   </w:num>
   <w:num w:numId="5">
-    <w:abstractNumId w:val="2"/>
-[...107 lines deleted...]
-    <w:abstractNumId w:val="4"/>
+    <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
-  <w:embedTrueTypeFonts/>
-[...1 lines deleted...]
-  <w:bordersDoNotSurroundFooter/>
   <w:proofState w:spelling="clean"/>
-  <w:stylePaneFormatFilter w:val="3B01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
+  <w:attachedTemplate r:id="rId1"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
-  <w:drawingGridHorizontalSpacing w:val="120"/>
-[...6 lines deleted...]
-  <w:doNotDemarcateInvalidXml/>
+  <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:hdrShapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+  </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
-    <w:spaceForUL/>
-[...4 lines deleted...]
-    <w:adjustLineHeightInTable/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="007B045F"/>
-[...913 lines deleted...]
-    <w:rsid w:val="00FF5A78"/>
+    <w:rsidRoot w:val="00D021A0"/>
+    <w:rsid w:val="0000721D"/>
+    <w:rsid w:val="00012A56"/>
+    <w:rsid w:val="00014E68"/>
+    <w:rsid w:val="00042493"/>
+    <w:rsid w:val="00045166"/>
+    <w:rsid w:val="00062F19"/>
+    <w:rsid w:val="0008022D"/>
+    <w:rsid w:val="000907E5"/>
+    <w:rsid w:val="000A5779"/>
+    <w:rsid w:val="000A5AA7"/>
+    <w:rsid w:val="000B2E9A"/>
+    <w:rsid w:val="00100FA8"/>
+    <w:rsid w:val="00103C18"/>
+    <w:rsid w:val="00105951"/>
+    <w:rsid w:val="00105D43"/>
+    <w:rsid w:val="00123565"/>
+    <w:rsid w:val="00157B8A"/>
+    <w:rsid w:val="00160068"/>
+    <w:rsid w:val="00164472"/>
+    <w:rsid w:val="00174997"/>
+    <w:rsid w:val="00183403"/>
+    <w:rsid w:val="0018367B"/>
+    <w:rsid w:val="00187E0A"/>
+    <w:rsid w:val="001957B8"/>
+    <w:rsid w:val="001D1ACE"/>
+    <w:rsid w:val="001D1B74"/>
+    <w:rsid w:val="001F7626"/>
+    <w:rsid w:val="00293F0E"/>
+    <w:rsid w:val="002A12B7"/>
+    <w:rsid w:val="002A215D"/>
+    <w:rsid w:val="002A4C49"/>
+    <w:rsid w:val="002B668C"/>
+    <w:rsid w:val="002E11A3"/>
+    <w:rsid w:val="002F49F3"/>
+    <w:rsid w:val="00301B69"/>
+    <w:rsid w:val="00317444"/>
+    <w:rsid w:val="0032373D"/>
+    <w:rsid w:val="00371D10"/>
+    <w:rsid w:val="0039567A"/>
+    <w:rsid w:val="003D4222"/>
+    <w:rsid w:val="00401D9D"/>
+    <w:rsid w:val="00473D17"/>
+    <w:rsid w:val="00475199"/>
+    <w:rsid w:val="00482B5C"/>
+    <w:rsid w:val="004C2ECD"/>
+    <w:rsid w:val="005059DF"/>
+    <w:rsid w:val="00527AC7"/>
+    <w:rsid w:val="00530DCE"/>
+    <w:rsid w:val="00542AE3"/>
+    <w:rsid w:val="00553D55"/>
+    <w:rsid w:val="00560448"/>
+    <w:rsid w:val="005C5C15"/>
+    <w:rsid w:val="005F0199"/>
+    <w:rsid w:val="00621C87"/>
+    <w:rsid w:val="006528AE"/>
+    <w:rsid w:val="00671EC0"/>
+    <w:rsid w:val="006B47B9"/>
+    <w:rsid w:val="006F5117"/>
+    <w:rsid w:val="00703A99"/>
+    <w:rsid w:val="00707320"/>
+    <w:rsid w:val="00710E33"/>
+    <w:rsid w:val="00725B5A"/>
+    <w:rsid w:val="007737A0"/>
+    <w:rsid w:val="0079183D"/>
+    <w:rsid w:val="00797A01"/>
+    <w:rsid w:val="007A051E"/>
+    <w:rsid w:val="007A4796"/>
+    <w:rsid w:val="007C738F"/>
+    <w:rsid w:val="00802501"/>
+    <w:rsid w:val="00836F13"/>
+    <w:rsid w:val="00845EAB"/>
+    <w:rsid w:val="00846FFD"/>
+    <w:rsid w:val="008756C6"/>
+    <w:rsid w:val="00891948"/>
+    <w:rsid w:val="00896A8D"/>
+    <w:rsid w:val="008A3AF6"/>
+    <w:rsid w:val="008E050D"/>
+    <w:rsid w:val="00903C8A"/>
+    <w:rsid w:val="0092374C"/>
+    <w:rsid w:val="00934DC3"/>
+    <w:rsid w:val="00951D72"/>
+    <w:rsid w:val="00957C05"/>
+    <w:rsid w:val="009721B9"/>
+    <w:rsid w:val="009745EC"/>
+    <w:rsid w:val="009C2C51"/>
+    <w:rsid w:val="009D1C21"/>
+    <w:rsid w:val="00A32C29"/>
+    <w:rsid w:val="00A639F4"/>
+    <w:rsid w:val="00A76443"/>
+    <w:rsid w:val="00AC1B9C"/>
+    <w:rsid w:val="00AC2324"/>
+    <w:rsid w:val="00AE77A4"/>
+    <w:rsid w:val="00AF235A"/>
+    <w:rsid w:val="00AF763A"/>
+    <w:rsid w:val="00B02BF2"/>
+    <w:rsid w:val="00B360F6"/>
+    <w:rsid w:val="00B723A1"/>
+    <w:rsid w:val="00BA50EC"/>
+    <w:rsid w:val="00BB1801"/>
+    <w:rsid w:val="00BB1D53"/>
+    <w:rsid w:val="00BD5A1D"/>
+    <w:rsid w:val="00BF1248"/>
+    <w:rsid w:val="00BF15BB"/>
+    <w:rsid w:val="00BF7056"/>
+    <w:rsid w:val="00C35D33"/>
+    <w:rsid w:val="00C46E4F"/>
+    <w:rsid w:val="00C628D5"/>
+    <w:rsid w:val="00C67028"/>
+    <w:rsid w:val="00C72514"/>
+    <w:rsid w:val="00C90E17"/>
+    <w:rsid w:val="00CA463D"/>
+    <w:rsid w:val="00CD3760"/>
+    <w:rsid w:val="00D021A0"/>
+    <w:rsid w:val="00D86A1A"/>
+    <w:rsid w:val="00DA6567"/>
+    <w:rsid w:val="00E051C0"/>
+    <w:rsid w:val="00E10FFD"/>
+    <w:rsid w:val="00E520BC"/>
+    <w:rsid w:val="00E750FF"/>
+    <w:rsid w:val="00E97B77"/>
+    <w:rsid w:val="00EA677B"/>
+    <w:rsid w:val="00EB69E1"/>
+    <w:rsid w:val="00EE5264"/>
+    <w:rsid w:val="00F26117"/>
+    <w:rsid w:val="00F27C17"/>
+    <w:rsid w:val="00F30A92"/>
+    <w:rsid w:val="00F63689"/>
+    <w:rsid w:val="00F90152"/>
+    <w:rsid w:val="00FA0380"/>
+    <w:rsid w:val="00FA17C9"/>
+    <w:rsid w:val="00FA5C99"/>
+    <w:rsid w:val="00FF2E9A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pl-PL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
-  <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="3BF8C5A2"/>
-[...1 lines deleted...]
-  <w15:docId w15:val="{28E1A133-0D1D-4E08-B2CF-17CD9453B034}"/>
+  <w15:docId w15:val="{4E5BB5AB-23A5-4796-8AF7-75F35ED5F471}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...2 lines deleted...]
-        <w:szCs w:val="22"/>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:lang w:val="pl-PL" w:eastAsia="pl-PL" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault>
-[...3 lines deleted...]
-    </w:pPrDefault>
+    <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
-    <w:lsdException w:name="Normal" w:locked="1" w:uiPriority="0"/>
-[...154 lines deleted...]
-    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
@@ -3233,1338 +2292,580 @@
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normalny">
     <w:name w:val="Normal"/>
-    <w:rsid w:val="00062EA5"/>
+    <w:qFormat/>
     <w:pPr>
-      <w:autoSpaceDE w:val="0"/>
-[...17 lines deleted...]
-      <w:outlineLvl w:val="0"/>
+      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cs="Times New Roman"/>
-[...24 lines deleted...]
-      <w:szCs w:val="26"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Domylnaczcionkaakapitu">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Standardowy">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Bezlisty">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Nagwek1Znak">
-[...126 lines deleted...]
-  </w:style>
   <w:style w:type="paragraph" w:styleId="Tekstdymka">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normalny"/>
     <w:link w:val="TekstdymkaZnak"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:locked/>
-    <w:rsid w:val="002C09DF"/>
+    <w:rsid w:val="00F27C17"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
-[...1 lines deleted...]
-      <w:szCs w:val="18"/>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TekstdymkaZnak">
     <w:name w:val="Tekst dymka Znak"/>
-    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
     <w:link w:val="Tekstdymka"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:locked/>
-    <w:rsid w:val="002C09DF"/>
+    <w:rsid w:val="00F27C17"/>
     <w:rPr>
-      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
-[...2 lines deleted...]
-      <w:szCs w:val="18"/>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
     </w:rPr>
-  </w:style>
-[...124 lines deleted...]
-    </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Nagwek">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normalny"/>
     <w:link w:val="NagwekZnak"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:locked/>
-    <w:rsid w:val="00A52AC3"/>
+    <w:rsid w:val="00F27C17"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="NagwekZnak">
     <w:name w:val="Nagłówek Znak"/>
     <w:basedOn w:val="Domylnaczcionkaakapitu"/>
     <w:link w:val="Nagwek"/>
     <w:uiPriority w:val="99"/>
-    <w:locked/>
-[...3 lines deleted...]
-    </w:rPr>
+    <w:rsid w:val="00F27C17"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Stopka">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normalny"/>
     <w:link w:val="StopkaZnak"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:locked/>
-    <w:rsid w:val="00A52AC3"/>
+    <w:rsid w:val="00F27C17"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="StopkaZnak">
     <w:name w:val="Stopka Znak"/>
     <w:basedOn w:val="Domylnaczcionkaakapitu"/>
     <w:link w:val="Stopka"/>
     <w:uiPriority w:val="99"/>
-    <w:locked/>
-    <w:rsid w:val="00A52AC3"/>
+    <w:rsid w:val="00F27C17"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Akapitzlist">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00103C18"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="NormalnyWeb">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00D86A1A"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
     <w:rPr>
-      <w:rFonts w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="pl-PL"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hipercze">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="Domylnaczcionkaakapitu"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:locked/>
-    <w:rsid w:val="00E7320A"/>
+    <w:rsid w:val="00D86A1A"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
-      <w:color w:val="auto"/>
+      <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="UMP-klauzularodotre">
-[...9 lines deleted...]
-    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+  <w:style w:type="paragraph" w:styleId="Tekstprzypisukocowego">
+    <w:name w:val="endnote text"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:link w:val="TekstprzypisukocowegoZnak"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="002A70F3"/>
-[...9 lines deleted...]
-    <w:rsid w:val="007A4D03"/>
+    <w:rsid w:val="00E520BC"/>
     <w:pPr>
-      <w:spacing w:before="480" w:after="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
-    <w:rPr>
-[...11 lines deleted...]
-    <w:rsid w:val="008876C4"/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="TekstprzypisudolnegoZnak">
-    <w:name w:val="Tekst przypisu dolnego Znak"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TekstprzypisukocowegoZnak">
+    <w:name w:val="Tekst przypisu końcowego Znak"/>
     <w:basedOn w:val="Domylnaczcionkaakapitu"/>
-    <w:link w:val="Tekstprzypisudolnego"/>
+    <w:link w:val="Tekstprzypisukocowego"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:locked/>
-    <w:rsid w:val="008876C4"/>
+    <w:rsid w:val="00E520BC"/>
     <w:rPr>
-      <w:rFonts w:cs="Times New Roman"/>
-[...1 lines deleted...]
-      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Odwoanieprzypisudolnego">
-    <w:name w:val="footnote reference"/>
+  <w:style w:type="character" w:styleId="Odwoanieprzypisukocowego">
+    <w:name w:val="endnote reference"/>
     <w:basedOn w:val="Domylnaczcionkaakapitu"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:locked/>
-    <w:rsid w:val="008876C4"/>
+    <w:rsid w:val="00E520BC"/>
     <w:rPr>
-      <w:rFonts w:cs="Times New Roman"/>
       <w:vertAlign w:val="superscript"/>
-    </w:rPr>
-[...96 lines deleted...]
-      <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:divs>
-    <w:div w:id="2090423554">
-[...113 lines deleted...]
-    <w:div w:id="2090423565">
+    <w:div w:id="328675634">
+      <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="2090423566">
-[...198 lines deleted...]
-    </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
-<file path=word/_rels/fontTable.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font3.odttf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font2.odttf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font1.odttf"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font5.odttf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font4.odttf"/></Relationships>
+<file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
-<file path=word/_rels/footer2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...4 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+<file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\User\Downloads\interpelacja.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motyw pakietu Office">
   <a:themeElements>
     <a:clrScheme name="Pakiet Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Pakiet Office">
       <a:majorFont>
-        <a:latin typeface="Calibri Light"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック Light"/>
+        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线 Light"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游明朝"/>
+        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Pakiet Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:lumMod val="110000"/>
-[...1 lines deleted...]
-                <a:tint val="67000"/>
+                <a:tint val="50000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="35000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="73000"/>
+                <a:tint val="37000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="81000"/>
+                <a:tint val="15000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="1"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:satMod val="103000"/>
-[...1 lines deleted...]
-                <a:tint val="94000"/>
+                <a:shade val="51000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="80000">
               <a:schemeClr val="phClr">
-                <a:satMod val="110000"/>
-[...1 lines deleted...]
-                <a:shade val="100000"/>
+                <a:shade val="93000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="99000"/>
-[...1 lines deleted...]
-                <a:shade val="78000"/>
+                <a:shade val="94000"/>
+                <a:satMod val="135000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:satMod val="105000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
-[...6 lines deleted...]
-          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
-          <a:effectLst/>
-[...2 lines deleted...]
-          <a:effectLst/>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="63000"/>
+                <a:alpha val="35000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="threePt" dir="t">
+              <a:rot lat="0" lon="0" rev="1200000"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d>
+            <a:bevelT w="63500" h="25400"/>
+          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
-        <a:solidFill>
-[...4 lines deleted...]
-        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="93000"/>
-[...2 lines deleted...]
-                <a:lumMod val="102000"/>
+                <a:tint val="40000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="40000">
               <a:schemeClr val="phClr">
-                <a:tint val="98000"/>
-[...2 lines deleted...]
-                <a:lumMod val="103000"/>
+                <a:tint val="45000"/>
+                <a:shade val="99000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="63000"/>
-                <a:satMod val="120000"/>
+                <a:shade val="20000"/>
+                <a:satMod val="255000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+          </a:path>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="80000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="30000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+          </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
-  <a:extLst>
-[...3 lines deleted...]
-  </a:extLst>
 </a:theme>
-</file>
-[...14 lines deleted...]
-</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>interpelacja</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>2065</Characters>
+  <Pages>1</Pages>
+  <Words>81</Words>
+  <Characters>491</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>17</Lines>
-  <Paragraphs>4</Paragraphs>
+  <Lines>4</Lines>
+  <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Tytuł</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>odpowiedź na interpelację nr 61/2024 w sprawie Pierwszego Zakładu Aktywności Zawodowej</vt:lpstr>
+      <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
-  <Company>ump</Company>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2405</CharactersWithSpaces>
+  <CharactersWithSpaces>571</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>odpowiedź na interpelację nr 61/2024 w sprawie Pierwszego Zakładu Aktywności Zawodowej</dc:title>
-[...3 lines deleted...]
-  <dc:description/>
+  <dc:creator>Halina Owsianna</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>