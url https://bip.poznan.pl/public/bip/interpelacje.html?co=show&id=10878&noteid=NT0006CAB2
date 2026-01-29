--- v0 (2025-10-16)
+++ v1 (2026-01-29)
@@ -11,695 +11,474 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
     <w:p w:rsidR="003C30FD" w:rsidRDefault="003C30FD" w:rsidP="00D9046C">
       <w:pPr>
         <w:pStyle w:val="UMP-data-znak-UID-za-prowadzi"/>
-        <w:sectPr w:rsidR="003C30FD" w:rsidSect="00082BA2">
+        <w:sectPr w:rsidR="003C30FD" w:rsidSect="009E0AC4">
           <w:footerReference w:type="default" r:id="rId8"/>
           <w:headerReference w:type="first" r:id="rId9"/>
           <w:footerReference w:type="first" r:id="rId10"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
-          <w:pgMar w:top="2410" w:right="1418" w:bottom="1985" w:left="1418" w:header="567" w:footer="737" w:gutter="0"/>
+          <w:pgMar w:top="2835" w:right="1418" w:bottom="1985" w:left="1418" w:header="567" w:footer="737" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:formProt w:val="0"/>
           <w:noEndnote/>
           <w:titlePg/>
           <w:docGrid w:linePitch="299"/>
         </w:sectPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Hlk101266255"/>
-    </w:p>
-[...457 lines deleted...]
-      </w:r>
       <w:bookmarkStart w:id="1" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="1"/>
     </w:p>
-    <w:sectPr w:rsidR="005E5BF3" w:rsidRPr="00B830D4" w:rsidSect="004E53DF">
+    <w:p w:rsidR="00742F86" w:rsidRPr="00D80D6F" w:rsidRDefault="00742F86" w:rsidP="00D9046C">
+      <w:pPr>
+        <w:pStyle w:val="UMP-data-znak-UID-za-prowadzi"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D80D6F">
+        <w:t xml:space="preserve">Poznań, </w:t>
+      </w:r>
+      <w:r w:rsidR="00AB5AA3">
+        <w:t>02</w:t>
+      </w:r>
+      <w:r w:rsidR="008D43B7">
+        <w:t>.0</w:t>
+      </w:r>
+      <w:r w:rsidR="00B249B2">
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="004B5B52" w:rsidRPr="004B5B52">
+        <w:t>.202</w:t>
+      </w:r>
+      <w:r w:rsidR="0069470E">
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="004B5B52">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D80D6F">
+        <w:t>r</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF5D3D">
+        <w:t>oku</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007B045F" w:rsidRPr="00D80D6F" w:rsidRDefault="00DD684C" w:rsidP="00D9046C">
+      <w:pPr>
+        <w:pStyle w:val="UMP-data-znak-UID-za-prowadzi"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D80D6F">
+        <w:t>Znak sprawy:</w:t>
+      </w:r>
+      <w:r w:rsidR="00194ED6" w:rsidRPr="00D80D6F">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004B5B52" w:rsidRPr="004B5B52">
+        <w:t>Or-II.0003.1.</w:t>
+      </w:r>
+      <w:r w:rsidR="00B249B2">
+        <w:t>74</w:t>
+      </w:r>
+      <w:r w:rsidR="00286E99">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="004B5B52" w:rsidRPr="004B5B52">
+        <w:t>202</w:t>
+      </w:r>
+      <w:r w:rsidR="007217D7">
+        <w:t>4</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p w:rsidR="00C634CE" w:rsidRPr="00BB4000" w:rsidRDefault="00C634CE" w:rsidP="00FD1B40">
+      <w:pPr>
+        <w:pStyle w:val="UMP-data-znak-UID-za-prowadzi"/>
+        <w:spacing w:after="600"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB4000">
+        <w:t xml:space="preserve">Nr rej.: </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC5501">
+        <w:t>02042404365</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005E5BF3" w:rsidRPr="005E5BF3" w:rsidRDefault="005E5BF3" w:rsidP="005E5BF3">
+      <w:pPr>
+        <w:pStyle w:val="UMP-odbiorca"/>
+      </w:pPr>
+      <w:r w:rsidRPr="005E5BF3">
+        <w:t>Pan</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005E5BF3" w:rsidRPr="005E5BF3" w:rsidRDefault="00F465AD" w:rsidP="005E5BF3">
+      <w:pPr>
+        <w:pStyle w:val="UMP-odbiorca"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Filip Olszak</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005E5BF3" w:rsidRPr="005E5BF3" w:rsidRDefault="005E5BF3" w:rsidP="00FD1B40">
+      <w:pPr>
+        <w:pStyle w:val="UMP-odbiorca"/>
+        <w:spacing w:after="720"/>
+      </w:pPr>
+      <w:r w:rsidRPr="005E5BF3">
+        <w:t>Radny Miasta Poznania</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005E5BF3" w:rsidRPr="005E5BF3" w:rsidRDefault="005E5BF3" w:rsidP="005E5BF3">
+      <w:pPr>
+        <w:pStyle w:val="UMP-zwrotszanowni"/>
+      </w:pPr>
+      <w:r w:rsidRPr="005E5BF3">
+        <w:t>Szanowny Panie Radny,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C42776" w:rsidRPr="00C42776" w:rsidRDefault="00C42776" w:rsidP="00C42776">
+      <w:pPr>
+        <w:pStyle w:val="UMP-tekstpodstawowy"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C42776">
+        <w:t xml:space="preserve">w związku z otrzymaną za pośrednictwem Przewodniczącego Rady Miasta Poznania pismem z dnia </w:t>
+      </w:r>
+      <w:r w:rsidR="00F465AD">
+        <w:t>20</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C42776">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F10DBE">
+        <w:t xml:space="preserve">marca </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C42776">
+        <w:t>202</w:t>
+      </w:r>
+      <w:r w:rsidR="00B45322">
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C42776">
+        <w:t xml:space="preserve"> r. i przekazaną mi przez Prezydenta Miasta Poznania do</w:t>
+      </w:r>
+      <w:r w:rsidR="00586E88">
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C42776">
+        <w:t>rozpatrzenia interpelacją Pan</w:t>
+      </w:r>
+      <w:r w:rsidR="00B45322">
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="005A5945">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C42776">
+        <w:t>Radne</w:t>
+      </w:r>
+      <w:r w:rsidR="00B45322">
+        <w:t>go</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C42776">
+        <w:t xml:space="preserve"> w sprawie </w:t>
+      </w:r>
+      <w:r w:rsidR="00B249B2" w:rsidRPr="00B249B2">
+        <w:t>objęcia łazarskich ulic, sąsiadujących z terenem Międzynarodowych Targów Poznańskich, Śródmiejską Strefą Płatnego Parkowania</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C42776">
+        <w:t xml:space="preserve">, uprzejmie informuję, że </w:t>
+      </w:r>
+      <w:r w:rsidR="00F57D72">
+        <w:t>z uwagi na konieczność udzielenia kompleksowej odpowiedzi popartej analizami</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C42776">
+        <w:t>, niedotrzymany zostanie ustawowy termin udzielenia odpowiedzi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C42776" w:rsidRPr="00C42776" w:rsidRDefault="00C42776" w:rsidP="00C42776">
+      <w:pPr>
+        <w:pStyle w:val="UMP-tekstpodstawowy"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C42776">
+        <w:t>Za powstałe opóźnienie uprzejmie Pan</w:t>
+      </w:r>
+      <w:r w:rsidR="00B45322">
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C42776">
+        <w:t xml:space="preserve"> Radn</w:t>
+      </w:r>
+      <w:r w:rsidR="00B45322">
+        <w:t>ego</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C42776">
+        <w:t xml:space="preserve"> przepraszam.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E1B51" w:rsidRDefault="00EB5B88" w:rsidP="00B976E9">
+      <w:pPr>
+        <w:pStyle w:val="UMP-zwrotzpowaaniem"/>
+        <w:spacing w:before="360" w:after="240"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Z</w:t>
+      </w:r>
+      <w:r w:rsidR="007E1B51" w:rsidRPr="003C52C6">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B472F7">
+        <w:t>wyrazami szacunku</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AB5AA3" w:rsidRDefault="00AB5AA3" w:rsidP="00AB5AA3">
+      <w:pPr>
+        <w:pStyle w:val="UMP-podpis"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">ZASTĘPCA PREZYDENTA </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AB5AA3" w:rsidRDefault="00AB5AA3" w:rsidP="00AB5AA3">
+      <w:pPr>
+        <w:pStyle w:val="UMP-podpis"/>
+      </w:pPr>
+      <w:r>
+        <w:t>MIASTA POZNANIA</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AB5AA3" w:rsidRPr="00AB5AA3" w:rsidRDefault="00AB5AA3" w:rsidP="00AB5AA3">
+      <w:pPr>
+        <w:pStyle w:val="UMP-podpis"/>
+      </w:pPr>
+      <w:r>
+        <w:t>(-) Mariusz Wiśniewski</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005E5BF3" w:rsidRPr="00B830D4" w:rsidRDefault="005E5BF3" w:rsidP="005E5BF3">
+      <w:pPr>
+        <w:pStyle w:val="UMP-podpis"/>
+        <w:ind w:left="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B830D4">
+        <w:t>Do wiadomości:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005E5BF3" w:rsidRPr="00B830D4" w:rsidRDefault="005E5BF3" w:rsidP="005E5BF3">
+      <w:pPr>
+        <w:pStyle w:val="UMP-podpis"/>
+        <w:ind w:left="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B830D4">
+        <w:t>Przewodniczący Rady Miasta</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="005E5BF3" w:rsidRPr="00B830D4" w:rsidSect="002D6D83">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
-      <w:pgMar w:top="1560" w:right="1418" w:bottom="1701" w:left="1418" w:header="454" w:footer="567" w:gutter="0"/>
+      <w:pgMar w:top="1701" w:right="1418" w:bottom="1843" w:left="1418" w:header="454" w:footer="567" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:formProt w:val="0"/>
       <w:noEndnote/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00064830" w:rsidRDefault="00064830">
+    <w:p w:rsidR="00674ED9" w:rsidRDefault="00674ED9">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00064830" w:rsidRDefault="00064830">
+    <w:p w:rsidR="00674ED9" w:rsidRDefault="00674ED9">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="EE"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri Light">
-[...6 lines deleted...]
-  </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId2" w:fontKey="{B172149B-47B1-4E8A-8D3E-6C929823A90D}"/>
+    <w:embedRegular r:id="rId1" w:fontKey="{464552AC-E4FF-4661-9C01-5FAC61D5CE00}"/>
   </w:font>
   <w:font w:name="Free 3 of 9">
     <w:altName w:val="Arial Unicode MS"/>
     <w:panose1 w:val="00000009000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId3" w:fontKey="{90167C07-1509-4E8F-87D6-7F1BB4C879EC}"/>
+    <w:embedRegular r:id="rId2" w:fontKey="{80141E5D-3F0E-403C-BC2A-739BB34EDFC8}"/>
   </w:font>
   <w:font w:name="Liberation Serif">
     <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0000AFF" w:usb1="500078FF" w:usb2="00000021" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId4" w:fontKey="{27272195-C866-4A92-BE55-9A0E3BF91954}"/>
+    <w:embedRegular r:id="rId3" w:fontKey="{5D7E197D-E454-4D7F-B20C-B82D0F78ECAD}"/>
+  </w:font>
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
+    <w:charset w:val="EE"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId4" w:fontKey="{5D8EA00A-4578-4726-BEF3-F3459305FD68}"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId5" w:fontKey="{8BB41FA1-6A65-4D2B-AF0C-055B6F3F9DD0}"/>
+    <w:embedRegular r:id="rId5" w:fontKey="{6096E816-C842-4CD1-A320-32085EA4C2BA}"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="00D177F8" w:rsidRPr="00467E00" w:rsidRDefault="00AD47D5" w:rsidP="00D96A9B">
+  <w:p w:rsidR="00D177F8" w:rsidRPr="00467E00" w:rsidRDefault="00AD47D5" w:rsidP="00467E00">
     <w:pPr>
       <w:pStyle w:val="UMP-stopkanrstrony"/>
-      <w:spacing w:after="240"/>
     </w:pPr>
     <w:r>
       <w:t xml:space="preserve">Strona </w:t>
     </w:r>
     <w:r w:rsidR="006C0408" w:rsidRPr="006C0408">
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidR="006C0408" w:rsidRPr="006C0408">
       <w:instrText xml:space="preserve"> PAGE </w:instrText>
     </w:r>
     <w:r w:rsidR="006C0408" w:rsidRPr="006C0408">
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00934C0F">
+    <w:r w:rsidR="00C42776">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r w:rsidR="006C0408" w:rsidRPr="006C0408">
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:p w:rsidR="00FD1566" w:rsidRPr="00FD1566" w:rsidRDefault="00FD1566" w:rsidP="00FD1566">
     <w:pPr>
       <w:pStyle w:val="UMP-stopkastrony"/>
     </w:pPr>
     <w:r w:rsidRPr="0068607B">
       <w:t xml:space="preserve">Urząd Miasta Poznania, </w:t>
     </w:r>
     <w:r w:rsidR="00205541" w:rsidRPr="007A5FB5">
       <w:t xml:space="preserve">plac Kolegiacki 17, 61-841 </w:t>
     </w:r>
     <w:r w:rsidR="00205541" w:rsidRPr="002A70F3">
       <w:t>Poznań</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00175484" w:rsidRPr="005043D2" w:rsidRDefault="005043D2" w:rsidP="00CC4574">
+  <w:p w:rsidR="00175484" w:rsidRPr="005043D2" w:rsidRDefault="005043D2" w:rsidP="005043D2">
     <w:pPr>
       <w:pStyle w:val="UMP-stopkastrony"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="7227"/>
       </w:tabs>
-      <w:spacing w:after="240"/>
       <w:rPr>
         <w:lang w:val="en-US"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="008C6AF4">
       <w:rPr>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t xml:space="preserve">tel. +48 61 878 53 </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t>17</w:t>
     </w:r>
     <w:r w:rsidRPr="008C6AF4">
       <w:rPr>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t xml:space="preserve">, </w:t>
     </w:r>
     <w:proofErr w:type="spellStart"/>
     <w:r w:rsidRPr="008C6AF4">
       <w:rPr>
@@ -741,111 +520,89 @@
         <w:t>sekretariat_m.wisniewski@um.poznan.pl</w:t>
       </w:r>
     </w:hyperlink>
     <w:r w:rsidRPr="00F7474C">
       <w:rPr>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t xml:space="preserve">, </w:t>
     </w:r>
     <w:hyperlink r:id="rId2" w:history="1">
       <w:r w:rsidRPr="00E7320A">
         <w:rPr>
           <w:rStyle w:val="Hipercze"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>www.poznan.pl</w:t>
       </w:r>
     </w:hyperlink>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00064830" w:rsidRDefault="00064830">
+    <w:p w:rsidR="00674ED9" w:rsidRDefault="00674ED9">
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Liberation Serif"/>
           <w:kern w:val="0"/>
         </w:rPr>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00064830" w:rsidRDefault="00064830">
+    <w:p w:rsidR="00674ED9" w:rsidRDefault="00674ED9">
       <w:r>
         <w:continuationSeparator/>
-      </w:r>
-[...20 lines deleted...]
-        <w:t>Ustawa z dnia 21 marca 1985 r. o drogach publicznych (tj. Dz. U. 2024, poz. 320).</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:p w:rsidR="00EF2CB9" w:rsidRPr="008F6261" w:rsidRDefault="00355CA7" w:rsidP="004620CB">
     <w:pPr>
       <w:pStyle w:val="UMP-nagwekstrony"/>
       <w:rPr>
         <w:noProof/>
         <w:u w:val="single"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="000D51B6">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0">
           <wp:extent cx="1352550" cy="1228725"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
-          <wp:docPr id="2" name="Obraz 2" descr="Herb Miasta Poznania"/>
+          <wp:docPr id="2" name="Obraz 1" descr="Herb Miasta Poznania"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="Obraz 1" descr="Herb Miasta Poznania"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:srcRect/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
@@ -853,163 +610,50 @@
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1352550" cy="1228725"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="154F3E30"/>
-[...111 lines deleted...]
-  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1B2D4E82"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0AD4A0B0"/>
     <w:lvl w:ilvl="0" w:tplc="0415000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
@@ -1078,51 +722,51 @@
     <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1B7748B9"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="00000000"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
@@ -1191,65 +835,65 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1C36738D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="49DE5A2A"/>
-    <w:lvl w:ilvl="0" w:tplc="04150011">
+    <w:tmpl w:val="FFFFFFFF"/>
+    <w:lvl w:ilvl="0" w:tplc="DDC6945C">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="UMP-listanumerowana"/>
-      <w:lvlText w:val="%1)"/>
+      <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04150005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
@@ -1305,51 +949,51 @@
     <w:lvl w:ilvl="7" w:tplc="04150003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04150005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="26582D15"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="00000000"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
@@ -1418,51 +1062,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3ABD2CBA"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="00000000"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
@@ -1531,51 +1175,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="45964429"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A04C25C2"/>
     <w:lvl w:ilvl="0" w:tplc="C180E118">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="UMP-listawyroniona"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -1645,51 +1289,51 @@
     <w:lvl w:ilvl="7" w:tplc="04150003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04150005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4AE74C0B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="098227FA"/>
     <w:lvl w:ilvl="0" w:tplc="C180E118">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
@@ -1759,674 +1403,368 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04150005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="1"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:lvl w:ilvl="0">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%1)"/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:lvl w:ilvl="1">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="lowerLetter"/>
+        <w:lvlText w:val="%2)"/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:lvl w:ilvl="2">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="lowerRoman"/>
+        <w:lvlText w:val="%3)"/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:lvl w:ilvl="3">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="(%4)"/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:lvl w:ilvl="4">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="lowerLetter"/>
+        <w:lvlText w:val="(%5)"/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:lvl w:ilvl="5">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="lowerRoman"/>
+        <w:lvlText w:val="(%6)"/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:lvl w:ilvl="6">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%7."/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:lvl w:ilvl="7">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="lowerLetter"/>
+        <w:lvlText w:val="%8."/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:lvl w:ilvl="8">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="lowerRoman"/>
+        <w:lvlText w:val="%9."/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="4">
+    <w:abstractNumId w:val="1"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:lvl w:ilvl="0">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="upperRoman"/>
+        <w:lvlText w:val="%1."/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:lvl w:ilvl="1">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="upperLetter"/>
+        <w:lvlText w:val="%2."/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:lvl w:ilvl="2">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%3."/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:lvl w:ilvl="3">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="lowerLetter"/>
+        <w:lvlText w:val="%4)"/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:lvl w:ilvl="4">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="(%5)"/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:lvl w:ilvl="5">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="lowerLetter"/>
+        <w:lvlText w:val="(%6)"/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:lvl w:ilvl="6">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="lowerRoman"/>
+        <w:lvlText w:val="(%7)"/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:lvl w:ilvl="7">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="lowerLetter"/>
+        <w:lvlText w:val="(%8)"/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:lvl w:ilvl="8">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="lowerRoman"/>
+        <w:lvlText w:val="(%9)"/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="5">
+    <w:abstractNumId w:val="1"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:lvl w:ilvl="0">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%1."/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:lvl w:ilvl="1">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%1.%2."/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:lvl w:ilvl="2">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%1.%2.%3."/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:lvl w:ilvl="3">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%1.%2.%3.%4."/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:lvl w:ilvl="4">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:lvl w:ilvl="5">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:lvl w:ilvl="6">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:lvl w:ilvl="7">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:lvl w:ilvl="8">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="6">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="2">
-[...310 lines deleted...]
-  </w:num>
   <w:num w:numId="7">
-    <w:abstractNumId w:val="1"/>
+    <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="8">
-    <w:abstractNumId w:val="5"/>
-[...304 lines deleted...]
-  <w:num w:numId="11">
     <w:abstractNumId w:val="4"/>
     <w:lvlOverride w:ilvl="0">
       <w:lvl w:ilvl="0">
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
         <w:lvlText w:val="%1)"/>
         <w:lvlJc w:val="left"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:lvl w:ilvl="1">
         <w:start w:val="1"/>
         <w:numFmt w:val="lowerLetter"/>
         <w:lvlText w:val="%2)"/>
         <w:lvlJc w:val="left"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:lvl w:ilvl="2">
@@ -2484,51 +1822,51 @@
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:lvl w:ilvl="7">
         <w:start w:val="1"/>
         <w:numFmt w:val="lowerLetter"/>
         <w:lvlText w:val="%8."/>
         <w:lvlJc w:val="left"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:lvl w:ilvl="8">
         <w:start w:val="1"/>
         <w:numFmt w:val="lowerRoman"/>
         <w:lvlText w:val="%9."/>
         <w:lvlJc w:val="left"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="12">
+  <w:num w:numId="9">
     <w:abstractNumId w:val="4"/>
     <w:lvlOverride w:ilvl="0">
       <w:lvl w:ilvl="0">
         <w:start w:val="1"/>
         <w:numFmt w:val="upperRoman"/>
         <w:lvlText w:val="%1."/>
         <w:lvlJc w:val="left"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:lvl w:ilvl="1">
         <w:start w:val="1"/>
         <w:numFmt w:val="upperLetter"/>
         <w:lvlText w:val="%2."/>
         <w:lvlJc w:val="left"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:lvl w:ilvl="2">
@@ -2586,51 +1924,51 @@
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:lvl w:ilvl="7">
         <w:start w:val="1"/>
         <w:numFmt w:val="lowerLetter"/>
         <w:lvlText w:val="(%8)"/>
         <w:lvlJc w:val="left"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:lvl w:ilvl="8">
         <w:start w:val="1"/>
         <w:numFmt w:val="lowerRoman"/>
         <w:lvlText w:val="(%9)"/>
         <w:lvlJc w:val="left"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="13">
+  <w:num w:numId="10">
     <w:abstractNumId w:val="4"/>
     <w:lvlOverride w:ilvl="0">
       <w:lvl w:ilvl="0">
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
         <w:lvlText w:val="%1."/>
         <w:lvlJc w:val="left"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:lvl w:ilvl="1">
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
         <w:lvlText w:val="%1.%2."/>
         <w:lvlJc w:val="left"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:lvl w:ilvl="2">
@@ -2688,1509 +2026,1388 @@
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:lvl w:ilvl="7">
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
         <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
         <w:lvlJc w:val="left"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:lvl w:ilvl="8">
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
         <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
         <w:lvlJc w:val="left"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="14">
+  <w:num w:numId="11">
     <w:abstractNumId w:val="3"/>
     <w:lvlOverride w:ilvl="0">
-      <w:startOverride w:val="1"/>
+      <w:lvl w:ilvl="0">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%1)"/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:lvl w:ilvl="1">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="lowerLetter"/>
+        <w:lvlText w:val="%2)"/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:lvl w:ilvl="2">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="lowerRoman"/>
+        <w:lvlText w:val="%3)"/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:lvl w:ilvl="3">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="(%4)"/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:lvl w:ilvl="4">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="lowerLetter"/>
+        <w:lvlText w:val="(%5)"/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:lvl w:ilvl="5">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="lowerRoman"/>
+        <w:lvlText w:val="(%6)"/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:lvl w:ilvl="6">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%7."/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:lvl w:ilvl="7">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="lowerLetter"/>
+        <w:lvlText w:val="%8."/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:lvl w:ilvl="8">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="lowerRoman"/>
+        <w:lvlText w:val="%9."/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="15">
+  <w:num w:numId="12">
     <w:abstractNumId w:val="3"/>
     <w:lvlOverride w:ilvl="0">
-      <w:startOverride w:val="1"/>
+      <w:lvl w:ilvl="0">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="upperRoman"/>
+        <w:lvlText w:val="%1."/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:lvl w:ilvl="1">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="upperLetter"/>
+        <w:lvlText w:val="%2."/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:lvl w:ilvl="2">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%3."/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:lvl w:ilvl="3">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="lowerLetter"/>
+        <w:lvlText w:val="%4)"/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:lvl w:ilvl="4">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="(%5)"/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:lvl w:ilvl="5">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="lowerLetter"/>
+        <w:lvlText w:val="(%6)"/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:lvl w:ilvl="6">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="lowerRoman"/>
+        <w:lvlText w:val="(%7)"/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:lvl w:ilvl="7">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="lowerLetter"/>
+        <w:lvlText w:val="(%8)"/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:lvl w:ilvl="8">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="lowerRoman"/>
+        <w:lvlText w:val="(%9)"/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="16">
-    <w:abstractNumId w:val="0"/>
+  <w:num w:numId="13">
+    <w:abstractNumId w:val="3"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:lvl w:ilvl="0">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%1."/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:lvl w:ilvl="1">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%1.%2."/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:lvl w:ilvl="2">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%1.%2.%3."/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:lvl w:ilvl="3">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%1.%2.%3.%4."/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:lvl w:ilvl="4">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:lvl w:ilvl="5">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:lvl w:ilvl="6">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:lvl w:ilvl="7">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:lvl w:ilvl="8">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
   <w:embedTrueTypeFonts/>
   <w:bordersDoNotSurroundHeader/>
   <w:bordersDoNotSurroundFooter/>
   <w:proofState w:spelling="clean"/>
   <w:stylePaneFormatFilter w:val="3B01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:drawingGridVerticalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="3"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:characterSpacingControl w:val="compressPunctuation"/>
   <w:doNotValidateAgainstSchema/>
   <w:doNotDemarcateInvalidXml/>
-  <w:hdrShapeDefaults>
-[...1 lines deleted...]
-  </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:spaceForUL/>
     <w:balanceSingleByteDoubleByteWidth/>
     <w:doNotLeaveBackslashAlone/>
     <w:ulTrailSpace/>
     <w:doNotExpandShiftReturn/>
     <w:adjustLineHeightInTable/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="007B045F"/>
-    <w:rsid w:val="00000159"/>
     <w:rsid w:val="00003680"/>
-    <w:rsid w:val="000044FE"/>
     <w:rsid w:val="00005000"/>
     <w:rsid w:val="00005E22"/>
     <w:rsid w:val="000070A3"/>
-    <w:rsid w:val="00011FAB"/>
-    <w:rsid w:val="0001624F"/>
     <w:rsid w:val="000200F1"/>
     <w:rsid w:val="00020C0E"/>
     <w:rsid w:val="00022137"/>
     <w:rsid w:val="0002285E"/>
     <w:rsid w:val="00022D6A"/>
     <w:rsid w:val="00024522"/>
-    <w:rsid w:val="00025046"/>
     <w:rsid w:val="0002653A"/>
     <w:rsid w:val="00026E41"/>
     <w:rsid w:val="000335B4"/>
-    <w:rsid w:val="00033AF1"/>
-    <w:rsid w:val="000421BF"/>
     <w:rsid w:val="00042DC1"/>
-    <w:rsid w:val="00043357"/>
     <w:rsid w:val="0004545E"/>
     <w:rsid w:val="00051AA0"/>
     <w:rsid w:val="00051D3D"/>
     <w:rsid w:val="00051EAE"/>
     <w:rsid w:val="00053481"/>
-    <w:rsid w:val="00053B90"/>
     <w:rsid w:val="0005411F"/>
-    <w:rsid w:val="000571C5"/>
     <w:rsid w:val="00057913"/>
     <w:rsid w:val="00062EA5"/>
-    <w:rsid w:val="00064830"/>
     <w:rsid w:val="00066F08"/>
-    <w:rsid w:val="000711A1"/>
     <w:rsid w:val="00071D0E"/>
     <w:rsid w:val="00076400"/>
-    <w:rsid w:val="00082553"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00082EA0"/>
     <w:rsid w:val="000836CE"/>
     <w:rsid w:val="00083830"/>
     <w:rsid w:val="00084640"/>
     <w:rsid w:val="000847E2"/>
-    <w:rsid w:val="0008594D"/>
     <w:rsid w:val="00087641"/>
     <w:rsid w:val="00087F13"/>
     <w:rsid w:val="00091D44"/>
-    <w:rsid w:val="00092511"/>
     <w:rsid w:val="00093CF1"/>
     <w:rsid w:val="00094A34"/>
     <w:rsid w:val="00097953"/>
-    <w:rsid w:val="000A4429"/>
     <w:rsid w:val="000A4F5A"/>
     <w:rsid w:val="000A53C4"/>
-    <w:rsid w:val="000A7712"/>
     <w:rsid w:val="000A7EE5"/>
     <w:rsid w:val="000B327E"/>
-    <w:rsid w:val="000B3F96"/>
     <w:rsid w:val="000B45F2"/>
     <w:rsid w:val="000B6536"/>
     <w:rsid w:val="000C13DD"/>
-    <w:rsid w:val="000C2BB1"/>
     <w:rsid w:val="000C39CD"/>
     <w:rsid w:val="000C56C9"/>
     <w:rsid w:val="000C7777"/>
     <w:rsid w:val="000D0915"/>
     <w:rsid w:val="000D09B5"/>
     <w:rsid w:val="000D0D37"/>
     <w:rsid w:val="000D1DBA"/>
     <w:rsid w:val="000D51B6"/>
     <w:rsid w:val="000E1AC2"/>
     <w:rsid w:val="000E2F66"/>
     <w:rsid w:val="000E491A"/>
     <w:rsid w:val="000E5B46"/>
     <w:rsid w:val="000E7048"/>
     <w:rsid w:val="000E7932"/>
-    <w:rsid w:val="000F211A"/>
     <w:rsid w:val="000F2651"/>
-    <w:rsid w:val="000F26C6"/>
     <w:rsid w:val="000F601C"/>
     <w:rsid w:val="00101AEE"/>
     <w:rsid w:val="001029A9"/>
     <w:rsid w:val="0010481A"/>
     <w:rsid w:val="00106ABE"/>
     <w:rsid w:val="001102C4"/>
-    <w:rsid w:val="001120FE"/>
     <w:rsid w:val="00114725"/>
     <w:rsid w:val="00116886"/>
     <w:rsid w:val="001177E5"/>
-    <w:rsid w:val="001239C1"/>
     <w:rsid w:val="00123F37"/>
     <w:rsid w:val="001250E9"/>
     <w:rsid w:val="00125F35"/>
-    <w:rsid w:val="00131421"/>
     <w:rsid w:val="0013266D"/>
     <w:rsid w:val="00133B19"/>
     <w:rsid w:val="00133FAD"/>
     <w:rsid w:val="00134B23"/>
     <w:rsid w:val="00136990"/>
-    <w:rsid w:val="001417DB"/>
     <w:rsid w:val="00143ADF"/>
     <w:rsid w:val="00144042"/>
     <w:rsid w:val="001507D9"/>
     <w:rsid w:val="00150E4D"/>
     <w:rsid w:val="001554B4"/>
-    <w:rsid w:val="0015616A"/>
     <w:rsid w:val="00156188"/>
     <w:rsid w:val="0016474B"/>
     <w:rsid w:val="00164CB9"/>
     <w:rsid w:val="0016666D"/>
     <w:rsid w:val="00166CA4"/>
     <w:rsid w:val="00166F1F"/>
     <w:rsid w:val="00170A40"/>
     <w:rsid w:val="00171F31"/>
     <w:rsid w:val="001723F3"/>
     <w:rsid w:val="00175484"/>
-    <w:rsid w:val="001754E2"/>
     <w:rsid w:val="0017615C"/>
     <w:rsid w:val="00176D87"/>
-    <w:rsid w:val="00177A97"/>
     <w:rsid w:val="00181070"/>
-    <w:rsid w:val="001816E5"/>
     <w:rsid w:val="0018286D"/>
     <w:rsid w:val="001829C9"/>
-    <w:rsid w:val="00185E23"/>
     <w:rsid w:val="001865F5"/>
-    <w:rsid w:val="00187886"/>
     <w:rsid w:val="00191D86"/>
-    <w:rsid w:val="001932F7"/>
     <w:rsid w:val="00193E61"/>
     <w:rsid w:val="00194ED6"/>
     <w:rsid w:val="001954E8"/>
     <w:rsid w:val="001958CF"/>
     <w:rsid w:val="00196358"/>
-    <w:rsid w:val="00197828"/>
-    <w:rsid w:val="001A21B0"/>
     <w:rsid w:val="001A21D1"/>
     <w:rsid w:val="001A2365"/>
     <w:rsid w:val="001A2A58"/>
     <w:rsid w:val="001A3983"/>
     <w:rsid w:val="001A475A"/>
     <w:rsid w:val="001A4A64"/>
     <w:rsid w:val="001A507E"/>
     <w:rsid w:val="001A5D5E"/>
     <w:rsid w:val="001A7391"/>
     <w:rsid w:val="001B2503"/>
     <w:rsid w:val="001B29D2"/>
-    <w:rsid w:val="001B30D4"/>
-[...2 lines deleted...]
-    <w:rsid w:val="001C2089"/>
     <w:rsid w:val="001C23B1"/>
     <w:rsid w:val="001C3F32"/>
     <w:rsid w:val="001C4E78"/>
     <w:rsid w:val="001C57E5"/>
-    <w:rsid w:val="001C77EF"/>
     <w:rsid w:val="001D1557"/>
     <w:rsid w:val="001D2763"/>
     <w:rsid w:val="001D3065"/>
-    <w:rsid w:val="001D552C"/>
-    <w:rsid w:val="001D5A3F"/>
     <w:rsid w:val="001D60BD"/>
     <w:rsid w:val="001D6740"/>
-    <w:rsid w:val="001E05D5"/>
-[...1 lines deleted...]
-    <w:rsid w:val="001E3868"/>
     <w:rsid w:val="001E3C2E"/>
     <w:rsid w:val="001E3C55"/>
     <w:rsid w:val="001F0E41"/>
     <w:rsid w:val="001F2424"/>
     <w:rsid w:val="001F464F"/>
     <w:rsid w:val="001F4AE5"/>
     <w:rsid w:val="001F5A12"/>
-    <w:rsid w:val="001F7190"/>
-    <w:rsid w:val="001F72C7"/>
     <w:rsid w:val="00205541"/>
-    <w:rsid w:val="0021007E"/>
-    <w:rsid w:val="00210224"/>
     <w:rsid w:val="002108B9"/>
     <w:rsid w:val="002127D3"/>
-    <w:rsid w:val="002154F6"/>
     <w:rsid w:val="00221665"/>
     <w:rsid w:val="00221B75"/>
-    <w:rsid w:val="0022297C"/>
-[...1 lines deleted...]
-    <w:rsid w:val="002275E4"/>
     <w:rsid w:val="00233F7D"/>
     <w:rsid w:val="00234D4C"/>
     <w:rsid w:val="00241329"/>
-    <w:rsid w:val="00241D2C"/>
-    <w:rsid w:val="0024364E"/>
     <w:rsid w:val="00243A5E"/>
     <w:rsid w:val="002458BE"/>
     <w:rsid w:val="00245C4E"/>
-    <w:rsid w:val="00246531"/>
-    <w:rsid w:val="00250C73"/>
     <w:rsid w:val="00251EF3"/>
-    <w:rsid w:val="00252093"/>
     <w:rsid w:val="002521EB"/>
     <w:rsid w:val="00254BF6"/>
-    <w:rsid w:val="00257461"/>
     <w:rsid w:val="00262475"/>
     <w:rsid w:val="0026275D"/>
-    <w:rsid w:val="002632E8"/>
-[...1 lines deleted...]
-    <w:rsid w:val="002671BA"/>
     <w:rsid w:val="00273D4F"/>
     <w:rsid w:val="00275AA8"/>
     <w:rsid w:val="00283DF3"/>
     <w:rsid w:val="00284828"/>
-    <w:rsid w:val="00284AD7"/>
     <w:rsid w:val="00284BEB"/>
     <w:rsid w:val="0028547A"/>
     <w:rsid w:val="00285C8F"/>
     <w:rsid w:val="0028616B"/>
     <w:rsid w:val="00286E99"/>
     <w:rsid w:val="00287CAC"/>
     <w:rsid w:val="00287D0E"/>
     <w:rsid w:val="00291E27"/>
     <w:rsid w:val="002A5D16"/>
     <w:rsid w:val="002A70F3"/>
     <w:rsid w:val="002B0C1D"/>
     <w:rsid w:val="002B1A0C"/>
     <w:rsid w:val="002B5B0A"/>
     <w:rsid w:val="002B6481"/>
     <w:rsid w:val="002B74C1"/>
     <w:rsid w:val="002B7B8E"/>
     <w:rsid w:val="002C0700"/>
     <w:rsid w:val="002C09DF"/>
     <w:rsid w:val="002C4F8D"/>
-    <w:rsid w:val="002C7B15"/>
     <w:rsid w:val="002D0561"/>
     <w:rsid w:val="002D349B"/>
     <w:rsid w:val="002D673F"/>
     <w:rsid w:val="002D6C8D"/>
     <w:rsid w:val="002D6D83"/>
     <w:rsid w:val="002E3599"/>
     <w:rsid w:val="002E4766"/>
-    <w:rsid w:val="002F0643"/>
-    <w:rsid w:val="002F1224"/>
     <w:rsid w:val="002F2C6E"/>
-    <w:rsid w:val="002F2ED0"/>
-[...1 lines deleted...]
-    <w:rsid w:val="002F61CA"/>
     <w:rsid w:val="002F6F2E"/>
     <w:rsid w:val="002F6FB3"/>
-    <w:rsid w:val="003009FD"/>
     <w:rsid w:val="00300FF2"/>
     <w:rsid w:val="0030432A"/>
-    <w:rsid w:val="003044E1"/>
     <w:rsid w:val="003056C8"/>
     <w:rsid w:val="003062E8"/>
     <w:rsid w:val="003108D1"/>
     <w:rsid w:val="00310BC1"/>
     <w:rsid w:val="0031264B"/>
-    <w:rsid w:val="0031305A"/>
-    <w:rsid w:val="00313923"/>
     <w:rsid w:val="00313A09"/>
+    <w:rsid w:val="003164A1"/>
     <w:rsid w:val="003176A7"/>
     <w:rsid w:val="00317E5A"/>
     <w:rsid w:val="00321C93"/>
-    <w:rsid w:val="00331052"/>
     <w:rsid w:val="00331757"/>
-    <w:rsid w:val="00332710"/>
     <w:rsid w:val="00333A29"/>
     <w:rsid w:val="00335124"/>
-    <w:rsid w:val="003405CB"/>
     <w:rsid w:val="003455F1"/>
     <w:rsid w:val="003459D9"/>
     <w:rsid w:val="00345A48"/>
-    <w:rsid w:val="00350A00"/>
     <w:rsid w:val="00350F21"/>
-    <w:rsid w:val="003511B9"/>
-[...1 lines deleted...]
-    <w:rsid w:val="0035194A"/>
     <w:rsid w:val="00352079"/>
     <w:rsid w:val="00355CA7"/>
     <w:rsid w:val="00360E0D"/>
-    <w:rsid w:val="003612AA"/>
     <w:rsid w:val="00362C66"/>
-    <w:rsid w:val="0036561C"/>
-    <w:rsid w:val="00366A2F"/>
     <w:rsid w:val="00366A31"/>
-    <w:rsid w:val="003735B2"/>
     <w:rsid w:val="003744DA"/>
     <w:rsid w:val="00374C75"/>
     <w:rsid w:val="003769C7"/>
     <w:rsid w:val="003816C0"/>
-    <w:rsid w:val="0038435E"/>
     <w:rsid w:val="00387B7D"/>
     <w:rsid w:val="00391224"/>
     <w:rsid w:val="003926CD"/>
-    <w:rsid w:val="003935CD"/>
     <w:rsid w:val="00394166"/>
-    <w:rsid w:val="0039560B"/>
     <w:rsid w:val="003956A1"/>
     <w:rsid w:val="003959C5"/>
     <w:rsid w:val="003965B1"/>
-    <w:rsid w:val="003A177B"/>
     <w:rsid w:val="003A2985"/>
-    <w:rsid w:val="003A3B3B"/>
     <w:rsid w:val="003A3E0F"/>
     <w:rsid w:val="003A6738"/>
     <w:rsid w:val="003A751C"/>
     <w:rsid w:val="003B250B"/>
     <w:rsid w:val="003B5F19"/>
     <w:rsid w:val="003B66E4"/>
     <w:rsid w:val="003B7741"/>
     <w:rsid w:val="003C07F8"/>
-    <w:rsid w:val="003C17C3"/>
     <w:rsid w:val="003C30FD"/>
     <w:rsid w:val="003C49B6"/>
     <w:rsid w:val="003C52C6"/>
     <w:rsid w:val="003D0F8F"/>
     <w:rsid w:val="003D110A"/>
-    <w:rsid w:val="003D3721"/>
-[...1 lines deleted...]
-    <w:rsid w:val="003D4BC7"/>
     <w:rsid w:val="003E04CF"/>
-    <w:rsid w:val="003E0F47"/>
-    <w:rsid w:val="003E12A5"/>
     <w:rsid w:val="003E293A"/>
-    <w:rsid w:val="003E2C9A"/>
-    <w:rsid w:val="003E2F3C"/>
     <w:rsid w:val="003E4E38"/>
     <w:rsid w:val="003F1585"/>
     <w:rsid w:val="003F1EA1"/>
     <w:rsid w:val="003F2E38"/>
-    <w:rsid w:val="003F4690"/>
     <w:rsid w:val="003F48DE"/>
     <w:rsid w:val="003F6EAF"/>
-    <w:rsid w:val="004003F1"/>
-    <w:rsid w:val="00401EAB"/>
     <w:rsid w:val="004076B6"/>
-    <w:rsid w:val="00407A0D"/>
     <w:rsid w:val="00407F0D"/>
     <w:rsid w:val="0041095D"/>
     <w:rsid w:val="00411FD3"/>
     <w:rsid w:val="004123E3"/>
     <w:rsid w:val="004128BB"/>
     <w:rsid w:val="00414868"/>
-    <w:rsid w:val="0041666E"/>
     <w:rsid w:val="0042265A"/>
     <w:rsid w:val="00422B22"/>
     <w:rsid w:val="00424B22"/>
-    <w:rsid w:val="0042643E"/>
     <w:rsid w:val="00427AD3"/>
-    <w:rsid w:val="0043301D"/>
     <w:rsid w:val="004359E5"/>
     <w:rsid w:val="00437831"/>
-    <w:rsid w:val="0043787C"/>
     <w:rsid w:val="0044064A"/>
+    <w:rsid w:val="00440F5C"/>
     <w:rsid w:val="00441AF5"/>
     <w:rsid w:val="0044234F"/>
     <w:rsid w:val="004473AC"/>
     <w:rsid w:val="00450DD7"/>
     <w:rsid w:val="00450E98"/>
     <w:rsid w:val="00451341"/>
-    <w:rsid w:val="004520B1"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00452470"/>
     <w:rsid w:val="00453241"/>
-    <w:rsid w:val="00453523"/>
-[...2 lines deleted...]
-    <w:rsid w:val="0045441B"/>
     <w:rsid w:val="00456561"/>
     <w:rsid w:val="004576C4"/>
     <w:rsid w:val="00457E39"/>
-    <w:rsid w:val="004604CC"/>
     <w:rsid w:val="00461187"/>
     <w:rsid w:val="004620CB"/>
     <w:rsid w:val="004640F5"/>
     <w:rsid w:val="00464675"/>
     <w:rsid w:val="004673BB"/>
     <w:rsid w:val="00467E00"/>
     <w:rsid w:val="00470AD7"/>
-    <w:rsid w:val="00470E04"/>
     <w:rsid w:val="00474F40"/>
     <w:rsid w:val="004767F3"/>
     <w:rsid w:val="004776E1"/>
-    <w:rsid w:val="00477AF8"/>
     <w:rsid w:val="00483F6F"/>
-    <w:rsid w:val="00484B5D"/>
     <w:rsid w:val="00484D05"/>
     <w:rsid w:val="00487293"/>
     <w:rsid w:val="00490405"/>
     <w:rsid w:val="00490B14"/>
-    <w:rsid w:val="00492AB9"/>
     <w:rsid w:val="00495713"/>
     <w:rsid w:val="00495DC9"/>
     <w:rsid w:val="004968FD"/>
     <w:rsid w:val="004A03F8"/>
     <w:rsid w:val="004A0632"/>
     <w:rsid w:val="004A2F8D"/>
-    <w:rsid w:val="004A5BE7"/>
     <w:rsid w:val="004A7A43"/>
-    <w:rsid w:val="004A7F0C"/>
-    <w:rsid w:val="004B045E"/>
     <w:rsid w:val="004B0FE6"/>
-    <w:rsid w:val="004B2264"/>
-[...2 lines deleted...]
-    <w:rsid w:val="004B3AB0"/>
     <w:rsid w:val="004B3CC3"/>
     <w:rsid w:val="004B4DD8"/>
     <w:rsid w:val="004B5B52"/>
     <w:rsid w:val="004C1163"/>
     <w:rsid w:val="004C1DFB"/>
     <w:rsid w:val="004C24B7"/>
-    <w:rsid w:val="004C4D6B"/>
     <w:rsid w:val="004C4E8E"/>
-    <w:rsid w:val="004C6C12"/>
-    <w:rsid w:val="004D03E9"/>
     <w:rsid w:val="004D0C6B"/>
-    <w:rsid w:val="004D0E7F"/>
-    <w:rsid w:val="004D18BC"/>
     <w:rsid w:val="004D1D3E"/>
     <w:rsid w:val="004D4190"/>
     <w:rsid w:val="004D4AE4"/>
     <w:rsid w:val="004D4ECD"/>
-    <w:rsid w:val="004D545B"/>
-    <w:rsid w:val="004D7944"/>
     <w:rsid w:val="004D7953"/>
     <w:rsid w:val="004E0B84"/>
     <w:rsid w:val="004E19D3"/>
     <w:rsid w:val="004E4EFB"/>
-    <w:rsid w:val="004E53DF"/>
     <w:rsid w:val="004E689E"/>
-    <w:rsid w:val="004E7643"/>
     <w:rsid w:val="004F34FE"/>
     <w:rsid w:val="004F3C99"/>
-    <w:rsid w:val="004F7180"/>
-    <w:rsid w:val="0050117D"/>
+    <w:rsid w:val="004F5DEC"/>
     <w:rsid w:val="00503904"/>
     <w:rsid w:val="00503CE5"/>
     <w:rsid w:val="005043D2"/>
     <w:rsid w:val="00505EF3"/>
     <w:rsid w:val="00507947"/>
     <w:rsid w:val="005103B0"/>
     <w:rsid w:val="00511D12"/>
     <w:rsid w:val="00511DE4"/>
-    <w:rsid w:val="00513CB9"/>
-    <w:rsid w:val="00516380"/>
     <w:rsid w:val="00517945"/>
     <w:rsid w:val="00520E68"/>
     <w:rsid w:val="00522831"/>
     <w:rsid w:val="005232CE"/>
-    <w:rsid w:val="00523516"/>
     <w:rsid w:val="00524BFA"/>
     <w:rsid w:val="0052584F"/>
     <w:rsid w:val="0052614F"/>
     <w:rsid w:val="0052622D"/>
-    <w:rsid w:val="00527174"/>
     <w:rsid w:val="00527B28"/>
-    <w:rsid w:val="00530C3B"/>
-    <w:rsid w:val="00531F24"/>
     <w:rsid w:val="00532177"/>
     <w:rsid w:val="00533E58"/>
-    <w:rsid w:val="0053471E"/>
     <w:rsid w:val="005377CA"/>
-    <w:rsid w:val="0054054B"/>
     <w:rsid w:val="005407A1"/>
-    <w:rsid w:val="00541197"/>
     <w:rsid w:val="00542343"/>
-    <w:rsid w:val="005438F1"/>
     <w:rsid w:val="00543DA3"/>
     <w:rsid w:val="005454F3"/>
     <w:rsid w:val="005474E9"/>
-    <w:rsid w:val="00555F3C"/>
-[...2 lines deleted...]
-    <w:rsid w:val="005631C6"/>
     <w:rsid w:val="00563C0D"/>
-    <w:rsid w:val="00566AE1"/>
     <w:rsid w:val="00571EE9"/>
-    <w:rsid w:val="005721CD"/>
-    <w:rsid w:val="00573F64"/>
     <w:rsid w:val="00575F05"/>
-    <w:rsid w:val="005771F1"/>
     <w:rsid w:val="00582273"/>
-    <w:rsid w:val="005848C2"/>
-    <w:rsid w:val="00584958"/>
     <w:rsid w:val="00584E4E"/>
     <w:rsid w:val="00584F8D"/>
     <w:rsid w:val="00585CEA"/>
-    <w:rsid w:val="00590954"/>
+    <w:rsid w:val="00586E88"/>
     <w:rsid w:val="00594303"/>
     <w:rsid w:val="005969CC"/>
-    <w:rsid w:val="005A2320"/>
-    <w:rsid w:val="005A2A89"/>
     <w:rsid w:val="005A31EC"/>
-    <w:rsid w:val="005A7015"/>
+    <w:rsid w:val="005A5945"/>
     <w:rsid w:val="005B07DD"/>
     <w:rsid w:val="005B2C04"/>
     <w:rsid w:val="005C27D7"/>
     <w:rsid w:val="005D07EA"/>
-    <w:rsid w:val="005D1086"/>
-[...1 lines deleted...]
-    <w:rsid w:val="005D6362"/>
     <w:rsid w:val="005D6C8E"/>
     <w:rsid w:val="005E099D"/>
-    <w:rsid w:val="005E0F05"/>
     <w:rsid w:val="005E1688"/>
     <w:rsid w:val="005E1800"/>
-    <w:rsid w:val="005E1A47"/>
     <w:rsid w:val="005E2724"/>
     <w:rsid w:val="005E290F"/>
     <w:rsid w:val="005E5BF3"/>
     <w:rsid w:val="005E6B8C"/>
     <w:rsid w:val="005E7DBE"/>
-    <w:rsid w:val="005F4269"/>
     <w:rsid w:val="005F42C1"/>
-    <w:rsid w:val="005F75A1"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00607A8F"/>
     <w:rsid w:val="006109B1"/>
     <w:rsid w:val="00610CB2"/>
-    <w:rsid w:val="0061183D"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00612C8B"/>
     <w:rsid w:val="006130AE"/>
     <w:rsid w:val="00613404"/>
     <w:rsid w:val="00614A9D"/>
     <w:rsid w:val="00614AD5"/>
-    <w:rsid w:val="0062001B"/>
     <w:rsid w:val="006200A2"/>
     <w:rsid w:val="00620329"/>
-    <w:rsid w:val="00620572"/>
+    <w:rsid w:val="00620BD0"/>
     <w:rsid w:val="00621182"/>
     <w:rsid w:val="00623A06"/>
     <w:rsid w:val="00625E9E"/>
     <w:rsid w:val="0062658A"/>
     <w:rsid w:val="00632AF4"/>
-    <w:rsid w:val="00633363"/>
-    <w:rsid w:val="0063763C"/>
     <w:rsid w:val="00640DF5"/>
-    <w:rsid w:val="00641752"/>
-    <w:rsid w:val="00642186"/>
+    <w:rsid w:val="00641CFE"/>
     <w:rsid w:val="0064244B"/>
     <w:rsid w:val="006440F5"/>
     <w:rsid w:val="006476DD"/>
-    <w:rsid w:val="00647E72"/>
     <w:rsid w:val="00650090"/>
     <w:rsid w:val="00650207"/>
-    <w:rsid w:val="00650404"/>
     <w:rsid w:val="006546A5"/>
     <w:rsid w:val="00655553"/>
-    <w:rsid w:val="00657E98"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00667CBC"/>
+    <w:rsid w:val="006669D1"/>
     <w:rsid w:val="006722F1"/>
     <w:rsid w:val="00672638"/>
     <w:rsid w:val="006736F5"/>
     <w:rsid w:val="006741D9"/>
-    <w:rsid w:val="00676438"/>
+    <w:rsid w:val="00674ED9"/>
     <w:rsid w:val="00677763"/>
     <w:rsid w:val="00685FA1"/>
     <w:rsid w:val="0068607B"/>
     <w:rsid w:val="0068779B"/>
     <w:rsid w:val="00690160"/>
     <w:rsid w:val="00690B68"/>
     <w:rsid w:val="0069470E"/>
-    <w:rsid w:val="00694C68"/>
     <w:rsid w:val="006A19B8"/>
     <w:rsid w:val="006A490B"/>
-    <w:rsid w:val="006A5E83"/>
     <w:rsid w:val="006B0066"/>
     <w:rsid w:val="006B0A34"/>
     <w:rsid w:val="006B22B7"/>
-    <w:rsid w:val="006B2EBC"/>
     <w:rsid w:val="006B62A2"/>
     <w:rsid w:val="006B7424"/>
     <w:rsid w:val="006C0408"/>
     <w:rsid w:val="006C1876"/>
-    <w:rsid w:val="006C2CC0"/>
     <w:rsid w:val="006C7BC5"/>
     <w:rsid w:val="006D228F"/>
     <w:rsid w:val="006D4C0E"/>
     <w:rsid w:val="006D5804"/>
     <w:rsid w:val="006E07E3"/>
-    <w:rsid w:val="006E3A82"/>
     <w:rsid w:val="006E3C84"/>
     <w:rsid w:val="006E4CA8"/>
     <w:rsid w:val="006E6FD2"/>
     <w:rsid w:val="006F0F4F"/>
     <w:rsid w:val="006F1932"/>
     <w:rsid w:val="006F355F"/>
     <w:rsid w:val="006F502B"/>
     <w:rsid w:val="006F5F6D"/>
     <w:rsid w:val="007002C5"/>
     <w:rsid w:val="00705167"/>
     <w:rsid w:val="0070663E"/>
-    <w:rsid w:val="00706A51"/>
-    <w:rsid w:val="00707FC5"/>
     <w:rsid w:val="007106FB"/>
     <w:rsid w:val="0071377D"/>
     <w:rsid w:val="00713F39"/>
     <w:rsid w:val="007217D7"/>
     <w:rsid w:val="0072284B"/>
-    <w:rsid w:val="00724605"/>
     <w:rsid w:val="00725971"/>
     <w:rsid w:val="0072632B"/>
     <w:rsid w:val="00727DAE"/>
     <w:rsid w:val="0073170E"/>
     <w:rsid w:val="00731E75"/>
     <w:rsid w:val="007354F9"/>
     <w:rsid w:val="00736C11"/>
     <w:rsid w:val="00740376"/>
     <w:rsid w:val="00742F86"/>
     <w:rsid w:val="00743602"/>
-    <w:rsid w:val="00747244"/>
     <w:rsid w:val="00750431"/>
-    <w:rsid w:val="00752064"/>
     <w:rsid w:val="00753C09"/>
-    <w:rsid w:val="007545EB"/>
     <w:rsid w:val="00755002"/>
     <w:rsid w:val="00756A91"/>
     <w:rsid w:val="00756FE6"/>
     <w:rsid w:val="00760435"/>
     <w:rsid w:val="007632C9"/>
     <w:rsid w:val="00763F63"/>
     <w:rsid w:val="00765F79"/>
     <w:rsid w:val="00767AA4"/>
-    <w:rsid w:val="007722AF"/>
-    <w:rsid w:val="0077255A"/>
     <w:rsid w:val="00775365"/>
     <w:rsid w:val="007770D0"/>
     <w:rsid w:val="0078018F"/>
     <w:rsid w:val="007815C7"/>
     <w:rsid w:val="00782073"/>
     <w:rsid w:val="00782F97"/>
     <w:rsid w:val="00783192"/>
     <w:rsid w:val="00783C12"/>
     <w:rsid w:val="00783D46"/>
     <w:rsid w:val="00784297"/>
     <w:rsid w:val="007850E9"/>
-    <w:rsid w:val="00785531"/>
-    <w:rsid w:val="00785D91"/>
     <w:rsid w:val="007875A4"/>
-    <w:rsid w:val="00791AB9"/>
     <w:rsid w:val="00793378"/>
     <w:rsid w:val="00796355"/>
     <w:rsid w:val="00796942"/>
     <w:rsid w:val="00796D25"/>
     <w:rsid w:val="007A0B8B"/>
-    <w:rsid w:val="007A2723"/>
     <w:rsid w:val="007A4D03"/>
     <w:rsid w:val="007A5FB5"/>
     <w:rsid w:val="007A723A"/>
-    <w:rsid w:val="007B0082"/>
     <w:rsid w:val="007B045F"/>
     <w:rsid w:val="007B142B"/>
     <w:rsid w:val="007B1D76"/>
     <w:rsid w:val="007B2FC5"/>
     <w:rsid w:val="007B59AC"/>
-    <w:rsid w:val="007B7041"/>
     <w:rsid w:val="007C2906"/>
     <w:rsid w:val="007C6A32"/>
-    <w:rsid w:val="007C7036"/>
     <w:rsid w:val="007C7E29"/>
     <w:rsid w:val="007D0CCF"/>
-    <w:rsid w:val="007D140E"/>
     <w:rsid w:val="007D19CA"/>
-    <w:rsid w:val="007D2432"/>
     <w:rsid w:val="007D3287"/>
     <w:rsid w:val="007D34CF"/>
     <w:rsid w:val="007D62D2"/>
-    <w:rsid w:val="007D72F6"/>
     <w:rsid w:val="007D79CC"/>
     <w:rsid w:val="007E0B82"/>
     <w:rsid w:val="007E0BF3"/>
     <w:rsid w:val="007E1027"/>
-    <w:rsid w:val="007E166D"/>
     <w:rsid w:val="007E1B51"/>
-    <w:rsid w:val="007E390A"/>
     <w:rsid w:val="007E3910"/>
     <w:rsid w:val="007E39D6"/>
     <w:rsid w:val="007E47FA"/>
     <w:rsid w:val="007E6CFB"/>
     <w:rsid w:val="007E6F13"/>
     <w:rsid w:val="007F0D7E"/>
-    <w:rsid w:val="007F32B7"/>
     <w:rsid w:val="007F6CE0"/>
     <w:rsid w:val="007F71A5"/>
     <w:rsid w:val="008007DA"/>
-    <w:rsid w:val="00802FC4"/>
     <w:rsid w:val="00805158"/>
     <w:rsid w:val="008052FA"/>
-    <w:rsid w:val="00810B06"/>
-[...3 lines deleted...]
-    <w:rsid w:val="008200AE"/>
     <w:rsid w:val="008221AE"/>
-    <w:rsid w:val="00825829"/>
     <w:rsid w:val="00826E9F"/>
-    <w:rsid w:val="00831891"/>
-    <w:rsid w:val="00832049"/>
     <w:rsid w:val="008335C2"/>
     <w:rsid w:val="0084007A"/>
     <w:rsid w:val="00840624"/>
-    <w:rsid w:val="00842D19"/>
     <w:rsid w:val="00843233"/>
     <w:rsid w:val="00843D04"/>
     <w:rsid w:val="00843F52"/>
     <w:rsid w:val="0084607E"/>
     <w:rsid w:val="008463EC"/>
-    <w:rsid w:val="00852E20"/>
     <w:rsid w:val="008531B7"/>
     <w:rsid w:val="008548B9"/>
     <w:rsid w:val="00854E9C"/>
     <w:rsid w:val="0085656B"/>
     <w:rsid w:val="00857D11"/>
-    <w:rsid w:val="0086028F"/>
-[...2 lines deleted...]
-    <w:rsid w:val="0086354B"/>
     <w:rsid w:val="00863A7B"/>
     <w:rsid w:val="00863ACB"/>
     <w:rsid w:val="00865E8E"/>
-    <w:rsid w:val="00866E95"/>
-    <w:rsid w:val="00871125"/>
     <w:rsid w:val="00871399"/>
-    <w:rsid w:val="00874617"/>
     <w:rsid w:val="00877220"/>
-    <w:rsid w:val="00877A90"/>
     <w:rsid w:val="0088225B"/>
     <w:rsid w:val="00882CD0"/>
     <w:rsid w:val="00885059"/>
     <w:rsid w:val="008860CA"/>
-    <w:rsid w:val="00886277"/>
     <w:rsid w:val="008865AF"/>
     <w:rsid w:val="00891816"/>
-    <w:rsid w:val="008918A1"/>
     <w:rsid w:val="00891FA1"/>
-    <w:rsid w:val="00892DB0"/>
     <w:rsid w:val="008A29FC"/>
     <w:rsid w:val="008A3C17"/>
     <w:rsid w:val="008B011F"/>
-    <w:rsid w:val="008B1313"/>
     <w:rsid w:val="008B32E9"/>
-    <w:rsid w:val="008B4C9D"/>
     <w:rsid w:val="008B4DC4"/>
     <w:rsid w:val="008B4EEA"/>
-    <w:rsid w:val="008B5197"/>
-    <w:rsid w:val="008C16AE"/>
     <w:rsid w:val="008C5290"/>
     <w:rsid w:val="008C573D"/>
-    <w:rsid w:val="008C591D"/>
     <w:rsid w:val="008C5E6A"/>
     <w:rsid w:val="008C6AF4"/>
     <w:rsid w:val="008D19D8"/>
     <w:rsid w:val="008D2905"/>
-    <w:rsid w:val="008D31DB"/>
     <w:rsid w:val="008D43B7"/>
     <w:rsid w:val="008D43EE"/>
     <w:rsid w:val="008D4B45"/>
-    <w:rsid w:val="008D5079"/>
     <w:rsid w:val="008D57A2"/>
     <w:rsid w:val="008E1E7C"/>
     <w:rsid w:val="008E231F"/>
-    <w:rsid w:val="008E6131"/>
-    <w:rsid w:val="008E64B1"/>
     <w:rsid w:val="008E6A10"/>
     <w:rsid w:val="008F44C5"/>
     <w:rsid w:val="008F5DA6"/>
     <w:rsid w:val="008F6261"/>
-    <w:rsid w:val="008F691B"/>
     <w:rsid w:val="00901051"/>
     <w:rsid w:val="009033CE"/>
     <w:rsid w:val="00905B1A"/>
     <w:rsid w:val="00905C92"/>
     <w:rsid w:val="0090677D"/>
     <w:rsid w:val="00907370"/>
-    <w:rsid w:val="009100AF"/>
     <w:rsid w:val="009101E2"/>
     <w:rsid w:val="00910294"/>
     <w:rsid w:val="00910B42"/>
     <w:rsid w:val="009166FE"/>
     <w:rsid w:val="00916D28"/>
     <w:rsid w:val="0092358A"/>
     <w:rsid w:val="00924A82"/>
     <w:rsid w:val="00925894"/>
     <w:rsid w:val="00926FBF"/>
-    <w:rsid w:val="009275AC"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00934704"/>
     <w:rsid w:val="00934A4A"/>
-    <w:rsid w:val="00934C0F"/>
     <w:rsid w:val="00940142"/>
     <w:rsid w:val="009415BE"/>
-    <w:rsid w:val="00944D47"/>
     <w:rsid w:val="00945055"/>
     <w:rsid w:val="00945A13"/>
     <w:rsid w:val="0094608F"/>
     <w:rsid w:val="009463D1"/>
-    <w:rsid w:val="00946537"/>
     <w:rsid w:val="00947628"/>
     <w:rsid w:val="00950AF1"/>
     <w:rsid w:val="0095237D"/>
     <w:rsid w:val="009532F0"/>
-    <w:rsid w:val="0095339F"/>
     <w:rsid w:val="0095375A"/>
     <w:rsid w:val="00953B4A"/>
-    <w:rsid w:val="00955941"/>
     <w:rsid w:val="00956EAE"/>
     <w:rsid w:val="009574C1"/>
     <w:rsid w:val="00957776"/>
     <w:rsid w:val="009611A4"/>
     <w:rsid w:val="00961B4D"/>
     <w:rsid w:val="00963B88"/>
     <w:rsid w:val="00964402"/>
     <w:rsid w:val="009653A2"/>
     <w:rsid w:val="009659C7"/>
     <w:rsid w:val="00966EFF"/>
     <w:rsid w:val="00971B7B"/>
     <w:rsid w:val="009723E1"/>
     <w:rsid w:val="00976FC7"/>
     <w:rsid w:val="00980CF0"/>
     <w:rsid w:val="00982D9E"/>
-    <w:rsid w:val="00985608"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00991708"/>
     <w:rsid w:val="00992423"/>
     <w:rsid w:val="009938E0"/>
-    <w:rsid w:val="009943A4"/>
     <w:rsid w:val="0099780A"/>
     <w:rsid w:val="00997A39"/>
-    <w:rsid w:val="009A0FDA"/>
-[...1 lines deleted...]
-    <w:rsid w:val="009A4344"/>
     <w:rsid w:val="009A7884"/>
-    <w:rsid w:val="009B081D"/>
     <w:rsid w:val="009B32EC"/>
     <w:rsid w:val="009B5D33"/>
-    <w:rsid w:val="009B76D8"/>
-    <w:rsid w:val="009C0A01"/>
     <w:rsid w:val="009C2F4C"/>
     <w:rsid w:val="009C3942"/>
     <w:rsid w:val="009C414C"/>
     <w:rsid w:val="009C56B2"/>
-    <w:rsid w:val="009D05A3"/>
-[...1 lines deleted...]
-    <w:rsid w:val="009D1E26"/>
     <w:rsid w:val="009D36D4"/>
     <w:rsid w:val="009D4EB2"/>
     <w:rsid w:val="009D6709"/>
-    <w:rsid w:val="009D692E"/>
     <w:rsid w:val="009E0AC4"/>
-    <w:rsid w:val="009E29D7"/>
     <w:rsid w:val="009E71C1"/>
-    <w:rsid w:val="009E7E45"/>
     <w:rsid w:val="009F0567"/>
     <w:rsid w:val="009F1261"/>
     <w:rsid w:val="009F16AC"/>
     <w:rsid w:val="009F41AC"/>
-    <w:rsid w:val="009F4CAF"/>
-    <w:rsid w:val="009F5609"/>
     <w:rsid w:val="00A07574"/>
     <w:rsid w:val="00A10977"/>
     <w:rsid w:val="00A1111F"/>
     <w:rsid w:val="00A11EA2"/>
     <w:rsid w:val="00A17D11"/>
-    <w:rsid w:val="00A221D9"/>
     <w:rsid w:val="00A23735"/>
     <w:rsid w:val="00A24FD1"/>
-    <w:rsid w:val="00A25223"/>
     <w:rsid w:val="00A32256"/>
     <w:rsid w:val="00A326F2"/>
     <w:rsid w:val="00A32C89"/>
-    <w:rsid w:val="00A33F05"/>
+    <w:rsid w:val="00A35131"/>
     <w:rsid w:val="00A36764"/>
     <w:rsid w:val="00A439A0"/>
     <w:rsid w:val="00A43A27"/>
     <w:rsid w:val="00A46C03"/>
     <w:rsid w:val="00A473E0"/>
     <w:rsid w:val="00A479AC"/>
     <w:rsid w:val="00A52AC3"/>
     <w:rsid w:val="00A55A80"/>
     <w:rsid w:val="00A5698D"/>
     <w:rsid w:val="00A61E74"/>
     <w:rsid w:val="00A64AB4"/>
     <w:rsid w:val="00A6714D"/>
     <w:rsid w:val="00A73468"/>
     <w:rsid w:val="00A740B0"/>
     <w:rsid w:val="00A76117"/>
-    <w:rsid w:val="00A80B43"/>
     <w:rsid w:val="00A8170B"/>
     <w:rsid w:val="00A81BF5"/>
     <w:rsid w:val="00A83330"/>
-    <w:rsid w:val="00A85189"/>
     <w:rsid w:val="00A8711F"/>
     <w:rsid w:val="00A912DE"/>
     <w:rsid w:val="00A9202B"/>
-    <w:rsid w:val="00A92C41"/>
     <w:rsid w:val="00A94346"/>
     <w:rsid w:val="00AA1103"/>
     <w:rsid w:val="00AA3B8A"/>
     <w:rsid w:val="00AA4E86"/>
     <w:rsid w:val="00AA5236"/>
     <w:rsid w:val="00AA58DE"/>
-    <w:rsid w:val="00AA6452"/>
     <w:rsid w:val="00AA6561"/>
-    <w:rsid w:val="00AA69D9"/>
     <w:rsid w:val="00AA6B54"/>
     <w:rsid w:val="00AB0192"/>
-    <w:rsid w:val="00AB0303"/>
     <w:rsid w:val="00AB17AB"/>
-    <w:rsid w:val="00AB2A05"/>
     <w:rsid w:val="00AB5082"/>
+    <w:rsid w:val="00AB5AA3"/>
     <w:rsid w:val="00AB5F8A"/>
     <w:rsid w:val="00AB62B7"/>
-    <w:rsid w:val="00AB75DF"/>
+    <w:rsid w:val="00AC1549"/>
     <w:rsid w:val="00AC524B"/>
-    <w:rsid w:val="00AC6A4C"/>
-    <w:rsid w:val="00AD1AAA"/>
+    <w:rsid w:val="00AC5501"/>
     <w:rsid w:val="00AD47D5"/>
-    <w:rsid w:val="00AD47D8"/>
-    <w:rsid w:val="00AD51CA"/>
     <w:rsid w:val="00AD59C6"/>
     <w:rsid w:val="00AE1F4B"/>
     <w:rsid w:val="00AE21BE"/>
     <w:rsid w:val="00AE459F"/>
-    <w:rsid w:val="00AE4FCA"/>
-    <w:rsid w:val="00AE54E4"/>
     <w:rsid w:val="00AE5666"/>
     <w:rsid w:val="00AE5FE9"/>
     <w:rsid w:val="00AF2B02"/>
     <w:rsid w:val="00AF3ED3"/>
     <w:rsid w:val="00AF4BDA"/>
-    <w:rsid w:val="00AF51F0"/>
     <w:rsid w:val="00AF5D3D"/>
-    <w:rsid w:val="00AF600F"/>
     <w:rsid w:val="00AF6387"/>
-    <w:rsid w:val="00AF7646"/>
     <w:rsid w:val="00B0535B"/>
     <w:rsid w:val="00B055CE"/>
     <w:rsid w:val="00B059AF"/>
     <w:rsid w:val="00B05C40"/>
-    <w:rsid w:val="00B06C5A"/>
     <w:rsid w:val="00B10DC0"/>
     <w:rsid w:val="00B1201D"/>
     <w:rsid w:val="00B21712"/>
-    <w:rsid w:val="00B237B4"/>
     <w:rsid w:val="00B24974"/>
+    <w:rsid w:val="00B249B2"/>
     <w:rsid w:val="00B266D1"/>
     <w:rsid w:val="00B32E52"/>
     <w:rsid w:val="00B35CB1"/>
-    <w:rsid w:val="00B36ACC"/>
     <w:rsid w:val="00B37C03"/>
     <w:rsid w:val="00B4143C"/>
     <w:rsid w:val="00B41873"/>
-    <w:rsid w:val="00B43A3D"/>
-    <w:rsid w:val="00B447EE"/>
+    <w:rsid w:val="00B45322"/>
     <w:rsid w:val="00B46B0E"/>
     <w:rsid w:val="00B472F7"/>
     <w:rsid w:val="00B47FBC"/>
     <w:rsid w:val="00B507DC"/>
-    <w:rsid w:val="00B50D45"/>
     <w:rsid w:val="00B51B85"/>
     <w:rsid w:val="00B53C08"/>
-    <w:rsid w:val="00B54816"/>
     <w:rsid w:val="00B55122"/>
     <w:rsid w:val="00B56D27"/>
     <w:rsid w:val="00B57182"/>
-    <w:rsid w:val="00B608BA"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00B61E48"/>
     <w:rsid w:val="00B6298A"/>
     <w:rsid w:val="00B64DEF"/>
-    <w:rsid w:val="00B67004"/>
+    <w:rsid w:val="00B65530"/>
     <w:rsid w:val="00B714CB"/>
     <w:rsid w:val="00B71FE3"/>
     <w:rsid w:val="00B72B2C"/>
     <w:rsid w:val="00B72F3A"/>
     <w:rsid w:val="00B7370F"/>
+    <w:rsid w:val="00B75C7A"/>
     <w:rsid w:val="00B7655D"/>
     <w:rsid w:val="00B77C0B"/>
-    <w:rsid w:val="00B808B1"/>
     <w:rsid w:val="00B81AEB"/>
     <w:rsid w:val="00B81D02"/>
     <w:rsid w:val="00B828BC"/>
     <w:rsid w:val="00B830D4"/>
-    <w:rsid w:val="00B85C2E"/>
-    <w:rsid w:val="00B86E92"/>
     <w:rsid w:val="00B90714"/>
     <w:rsid w:val="00B93A3D"/>
     <w:rsid w:val="00B968B4"/>
     <w:rsid w:val="00B972F9"/>
     <w:rsid w:val="00B97543"/>
     <w:rsid w:val="00B976E9"/>
-    <w:rsid w:val="00BA17C6"/>
     <w:rsid w:val="00BA186D"/>
     <w:rsid w:val="00BA1C4B"/>
     <w:rsid w:val="00BA2484"/>
-    <w:rsid w:val="00BA249A"/>
-    <w:rsid w:val="00BA38E1"/>
     <w:rsid w:val="00BA5AA3"/>
     <w:rsid w:val="00BA5C52"/>
     <w:rsid w:val="00BB1552"/>
-    <w:rsid w:val="00BB341C"/>
     <w:rsid w:val="00BB4000"/>
     <w:rsid w:val="00BB5DFF"/>
-    <w:rsid w:val="00BB725B"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00BC08E4"/>
     <w:rsid w:val="00BC1492"/>
     <w:rsid w:val="00BC1BAF"/>
     <w:rsid w:val="00BC1FE6"/>
     <w:rsid w:val="00BC4BBC"/>
     <w:rsid w:val="00BC4D95"/>
-    <w:rsid w:val="00BC5881"/>
     <w:rsid w:val="00BD1EED"/>
     <w:rsid w:val="00BD50A3"/>
     <w:rsid w:val="00BD57F7"/>
-    <w:rsid w:val="00BD652C"/>
-    <w:rsid w:val="00BD74F0"/>
     <w:rsid w:val="00BD750F"/>
-    <w:rsid w:val="00BE15CA"/>
     <w:rsid w:val="00BE2751"/>
     <w:rsid w:val="00BE5438"/>
     <w:rsid w:val="00BE606A"/>
     <w:rsid w:val="00BE62B9"/>
     <w:rsid w:val="00BF1F84"/>
-    <w:rsid w:val="00BF2911"/>
     <w:rsid w:val="00BF2960"/>
     <w:rsid w:val="00BF3992"/>
     <w:rsid w:val="00BF4D9C"/>
     <w:rsid w:val="00BF4E35"/>
     <w:rsid w:val="00BF52FC"/>
-    <w:rsid w:val="00C00C21"/>
     <w:rsid w:val="00C00F8A"/>
     <w:rsid w:val="00C01D35"/>
     <w:rsid w:val="00C021E7"/>
-    <w:rsid w:val="00C02BDF"/>
     <w:rsid w:val="00C0356A"/>
     <w:rsid w:val="00C03CF9"/>
     <w:rsid w:val="00C0407E"/>
     <w:rsid w:val="00C04430"/>
     <w:rsid w:val="00C05A7B"/>
     <w:rsid w:val="00C12035"/>
-    <w:rsid w:val="00C211F2"/>
-    <w:rsid w:val="00C21B3D"/>
     <w:rsid w:val="00C21D37"/>
     <w:rsid w:val="00C22510"/>
-    <w:rsid w:val="00C23DED"/>
     <w:rsid w:val="00C25074"/>
-    <w:rsid w:val="00C264CE"/>
     <w:rsid w:val="00C324FA"/>
     <w:rsid w:val="00C34C69"/>
     <w:rsid w:val="00C3795D"/>
     <w:rsid w:val="00C37C73"/>
     <w:rsid w:val="00C40134"/>
+    <w:rsid w:val="00C42776"/>
     <w:rsid w:val="00C440CF"/>
     <w:rsid w:val="00C44A81"/>
-    <w:rsid w:val="00C458C8"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00C50DFC"/>
     <w:rsid w:val="00C518AC"/>
-    <w:rsid w:val="00C52809"/>
     <w:rsid w:val="00C531C5"/>
     <w:rsid w:val="00C54E8A"/>
     <w:rsid w:val="00C569BB"/>
     <w:rsid w:val="00C57009"/>
     <w:rsid w:val="00C57195"/>
-    <w:rsid w:val="00C61490"/>
+    <w:rsid w:val="00C617A2"/>
     <w:rsid w:val="00C62D4E"/>
     <w:rsid w:val="00C634CE"/>
     <w:rsid w:val="00C63DB6"/>
-    <w:rsid w:val="00C6461D"/>
     <w:rsid w:val="00C707BD"/>
     <w:rsid w:val="00C76670"/>
     <w:rsid w:val="00C85E40"/>
     <w:rsid w:val="00C865CD"/>
     <w:rsid w:val="00C91863"/>
     <w:rsid w:val="00C919C3"/>
     <w:rsid w:val="00C91B2A"/>
     <w:rsid w:val="00C93F02"/>
+    <w:rsid w:val="00C955D1"/>
     <w:rsid w:val="00C96024"/>
     <w:rsid w:val="00C96138"/>
     <w:rsid w:val="00C966B0"/>
     <w:rsid w:val="00C97206"/>
-    <w:rsid w:val="00C97437"/>
-    <w:rsid w:val="00CA0838"/>
     <w:rsid w:val="00CA08C3"/>
-    <w:rsid w:val="00CA15E0"/>
     <w:rsid w:val="00CA1C67"/>
     <w:rsid w:val="00CA253A"/>
-    <w:rsid w:val="00CA2577"/>
     <w:rsid w:val="00CA3F0C"/>
-    <w:rsid w:val="00CA4348"/>
     <w:rsid w:val="00CA450D"/>
     <w:rsid w:val="00CB0598"/>
     <w:rsid w:val="00CB1592"/>
-    <w:rsid w:val="00CB4216"/>
+    <w:rsid w:val="00CB58E4"/>
     <w:rsid w:val="00CB7CEA"/>
     <w:rsid w:val="00CC12E7"/>
-    <w:rsid w:val="00CC4574"/>
     <w:rsid w:val="00CC7A65"/>
     <w:rsid w:val="00CC7C2D"/>
-    <w:rsid w:val="00CD021A"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00CD73BD"/>
     <w:rsid w:val="00CD7777"/>
-    <w:rsid w:val="00CE0D88"/>
     <w:rsid w:val="00CE14B8"/>
-    <w:rsid w:val="00CE274D"/>
-    <w:rsid w:val="00CE5024"/>
+    <w:rsid w:val="00CE22BB"/>
     <w:rsid w:val="00CE5431"/>
     <w:rsid w:val="00CE63CE"/>
-    <w:rsid w:val="00CE694A"/>
     <w:rsid w:val="00CE6D3A"/>
-    <w:rsid w:val="00CE6F33"/>
     <w:rsid w:val="00CE7182"/>
-    <w:rsid w:val="00CF2DB1"/>
-    <w:rsid w:val="00CF3190"/>
     <w:rsid w:val="00CF450B"/>
     <w:rsid w:val="00CF4DC2"/>
     <w:rsid w:val="00CF6900"/>
     <w:rsid w:val="00CF7CD2"/>
     <w:rsid w:val="00D00956"/>
-    <w:rsid w:val="00D038F6"/>
-    <w:rsid w:val="00D062AD"/>
+    <w:rsid w:val="00D067D0"/>
     <w:rsid w:val="00D0793B"/>
     <w:rsid w:val="00D12462"/>
     <w:rsid w:val="00D12CCE"/>
     <w:rsid w:val="00D14807"/>
     <w:rsid w:val="00D177F8"/>
-    <w:rsid w:val="00D2014D"/>
     <w:rsid w:val="00D20864"/>
-    <w:rsid w:val="00D2114D"/>
-    <w:rsid w:val="00D2252C"/>
     <w:rsid w:val="00D23947"/>
     <w:rsid w:val="00D244C1"/>
     <w:rsid w:val="00D25C87"/>
     <w:rsid w:val="00D2636D"/>
     <w:rsid w:val="00D274FE"/>
     <w:rsid w:val="00D2772B"/>
     <w:rsid w:val="00D27EAF"/>
-    <w:rsid w:val="00D32A86"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00D35152"/>
     <w:rsid w:val="00D3705E"/>
     <w:rsid w:val="00D46EAC"/>
     <w:rsid w:val="00D471AB"/>
     <w:rsid w:val="00D528A2"/>
-    <w:rsid w:val="00D52B60"/>
-    <w:rsid w:val="00D53FAD"/>
     <w:rsid w:val="00D545E2"/>
     <w:rsid w:val="00D5669F"/>
-    <w:rsid w:val="00D57236"/>
     <w:rsid w:val="00D623B8"/>
     <w:rsid w:val="00D65D40"/>
     <w:rsid w:val="00D67E5E"/>
-    <w:rsid w:val="00D713FE"/>
     <w:rsid w:val="00D72631"/>
-    <w:rsid w:val="00D728E4"/>
-    <w:rsid w:val="00D73DE2"/>
+    <w:rsid w:val="00D733A6"/>
     <w:rsid w:val="00D7441A"/>
     <w:rsid w:val="00D756BC"/>
     <w:rsid w:val="00D75EFC"/>
     <w:rsid w:val="00D76FF7"/>
     <w:rsid w:val="00D80D6F"/>
-    <w:rsid w:val="00D80E27"/>
     <w:rsid w:val="00D81888"/>
-    <w:rsid w:val="00D81D44"/>
     <w:rsid w:val="00D82B36"/>
-    <w:rsid w:val="00D8716A"/>
     <w:rsid w:val="00D8728D"/>
     <w:rsid w:val="00D9046C"/>
     <w:rsid w:val="00D90D0C"/>
-    <w:rsid w:val="00D95F8F"/>
-    <w:rsid w:val="00D96A9B"/>
     <w:rsid w:val="00D97C6B"/>
     <w:rsid w:val="00DA0A3D"/>
-    <w:rsid w:val="00DA3228"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00DA5667"/>
     <w:rsid w:val="00DA68EB"/>
-    <w:rsid w:val="00DA7F3C"/>
-    <w:rsid w:val="00DB1146"/>
     <w:rsid w:val="00DB60BA"/>
     <w:rsid w:val="00DB683D"/>
     <w:rsid w:val="00DC3448"/>
     <w:rsid w:val="00DC3BD3"/>
     <w:rsid w:val="00DC3C34"/>
     <w:rsid w:val="00DD0B48"/>
     <w:rsid w:val="00DD12F9"/>
     <w:rsid w:val="00DD1566"/>
     <w:rsid w:val="00DD4683"/>
     <w:rsid w:val="00DD4CBF"/>
-    <w:rsid w:val="00DD5AC6"/>
     <w:rsid w:val="00DD684C"/>
-    <w:rsid w:val="00DE6F71"/>
     <w:rsid w:val="00DE7879"/>
     <w:rsid w:val="00DF034A"/>
-    <w:rsid w:val="00DF110C"/>
     <w:rsid w:val="00DF2421"/>
     <w:rsid w:val="00DF25BC"/>
-    <w:rsid w:val="00DF33DF"/>
     <w:rsid w:val="00DF3895"/>
-    <w:rsid w:val="00DF3A41"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00E010DF"/>
     <w:rsid w:val="00E012F9"/>
-    <w:rsid w:val="00E0309B"/>
-    <w:rsid w:val="00E04217"/>
     <w:rsid w:val="00E0671E"/>
     <w:rsid w:val="00E10E7C"/>
     <w:rsid w:val="00E11825"/>
     <w:rsid w:val="00E14401"/>
     <w:rsid w:val="00E14BB8"/>
-    <w:rsid w:val="00E173DD"/>
-    <w:rsid w:val="00E17892"/>
     <w:rsid w:val="00E22C39"/>
     <w:rsid w:val="00E2335C"/>
     <w:rsid w:val="00E2599A"/>
     <w:rsid w:val="00E25B76"/>
     <w:rsid w:val="00E25E61"/>
     <w:rsid w:val="00E3045B"/>
-    <w:rsid w:val="00E31482"/>
     <w:rsid w:val="00E3432A"/>
     <w:rsid w:val="00E34765"/>
     <w:rsid w:val="00E3700E"/>
     <w:rsid w:val="00E438AD"/>
     <w:rsid w:val="00E50378"/>
-    <w:rsid w:val="00E50753"/>
-[...6 lines deleted...]
-    <w:rsid w:val="00E64845"/>
     <w:rsid w:val="00E64CE1"/>
-    <w:rsid w:val="00E71446"/>
     <w:rsid w:val="00E73139"/>
     <w:rsid w:val="00E7320A"/>
     <w:rsid w:val="00E74FC7"/>
-    <w:rsid w:val="00E76A2D"/>
     <w:rsid w:val="00E76A3D"/>
     <w:rsid w:val="00E77401"/>
     <w:rsid w:val="00E77929"/>
     <w:rsid w:val="00E80AC5"/>
     <w:rsid w:val="00E872D7"/>
-    <w:rsid w:val="00E90361"/>
     <w:rsid w:val="00E91368"/>
-    <w:rsid w:val="00E920E6"/>
     <w:rsid w:val="00E928B5"/>
-    <w:rsid w:val="00E9338C"/>
-    <w:rsid w:val="00E949C6"/>
     <w:rsid w:val="00E95167"/>
     <w:rsid w:val="00E956E7"/>
     <w:rsid w:val="00EA1963"/>
-    <w:rsid w:val="00EA300F"/>
     <w:rsid w:val="00EA3AD7"/>
     <w:rsid w:val="00EA4E2A"/>
-    <w:rsid w:val="00EA7210"/>
-    <w:rsid w:val="00EB1DF7"/>
     <w:rsid w:val="00EB2831"/>
     <w:rsid w:val="00EB5B88"/>
-    <w:rsid w:val="00EB7A0F"/>
     <w:rsid w:val="00EC3442"/>
     <w:rsid w:val="00EC363A"/>
     <w:rsid w:val="00EC4400"/>
     <w:rsid w:val="00EC5131"/>
     <w:rsid w:val="00EC56E9"/>
     <w:rsid w:val="00EC594D"/>
     <w:rsid w:val="00EC59A4"/>
     <w:rsid w:val="00EC66FE"/>
-    <w:rsid w:val="00EC67CF"/>
     <w:rsid w:val="00EC702F"/>
     <w:rsid w:val="00EC7919"/>
     <w:rsid w:val="00ED621E"/>
     <w:rsid w:val="00ED7AC3"/>
     <w:rsid w:val="00EE07E5"/>
-    <w:rsid w:val="00EE0E6A"/>
-    <w:rsid w:val="00EE11BB"/>
     <w:rsid w:val="00EE11CD"/>
-    <w:rsid w:val="00EE4529"/>
-    <w:rsid w:val="00EE50E5"/>
     <w:rsid w:val="00EE5839"/>
-    <w:rsid w:val="00EE5C6E"/>
     <w:rsid w:val="00EE7F75"/>
     <w:rsid w:val="00EF2CB9"/>
     <w:rsid w:val="00EF37DD"/>
     <w:rsid w:val="00EF3BBA"/>
     <w:rsid w:val="00EF3D47"/>
     <w:rsid w:val="00EF41B9"/>
     <w:rsid w:val="00EF6810"/>
     <w:rsid w:val="00EF7444"/>
     <w:rsid w:val="00F00A8C"/>
-    <w:rsid w:val="00F01677"/>
     <w:rsid w:val="00F0388D"/>
-    <w:rsid w:val="00F040FA"/>
     <w:rsid w:val="00F0440D"/>
     <w:rsid w:val="00F04F80"/>
     <w:rsid w:val="00F05AF6"/>
-    <w:rsid w:val="00F108AC"/>
-    <w:rsid w:val="00F1116A"/>
+    <w:rsid w:val="00F10DBE"/>
     <w:rsid w:val="00F12D5A"/>
     <w:rsid w:val="00F16F4E"/>
     <w:rsid w:val="00F21A04"/>
     <w:rsid w:val="00F2483A"/>
     <w:rsid w:val="00F2528F"/>
     <w:rsid w:val="00F2642C"/>
     <w:rsid w:val="00F30B02"/>
     <w:rsid w:val="00F328A8"/>
-    <w:rsid w:val="00F3462E"/>
     <w:rsid w:val="00F347AC"/>
     <w:rsid w:val="00F43518"/>
     <w:rsid w:val="00F441E2"/>
+    <w:rsid w:val="00F465AD"/>
     <w:rsid w:val="00F52228"/>
-    <w:rsid w:val="00F546F8"/>
     <w:rsid w:val="00F57054"/>
+    <w:rsid w:val="00F57D72"/>
     <w:rsid w:val="00F61ADA"/>
-    <w:rsid w:val="00F61C86"/>
     <w:rsid w:val="00F63132"/>
     <w:rsid w:val="00F736FB"/>
-    <w:rsid w:val="00F73CE0"/>
     <w:rsid w:val="00F7474C"/>
     <w:rsid w:val="00F77A41"/>
-    <w:rsid w:val="00F87342"/>
     <w:rsid w:val="00F97517"/>
     <w:rsid w:val="00FA226B"/>
     <w:rsid w:val="00FA2F5E"/>
-    <w:rsid w:val="00FA2FA6"/>
     <w:rsid w:val="00FA335D"/>
-    <w:rsid w:val="00FA73FE"/>
-[...4 lines deleted...]
-    <w:rsid w:val="00FB434A"/>
     <w:rsid w:val="00FC2D74"/>
-    <w:rsid w:val="00FC3D3F"/>
     <w:rsid w:val="00FC409F"/>
     <w:rsid w:val="00FC517A"/>
+    <w:rsid w:val="00FC5243"/>
     <w:rsid w:val="00FC6F93"/>
-    <w:rsid w:val="00FD0267"/>
-    <w:rsid w:val="00FD12A9"/>
     <w:rsid w:val="00FD1566"/>
     <w:rsid w:val="00FD15BA"/>
     <w:rsid w:val="00FD1B40"/>
     <w:rsid w:val="00FD3416"/>
-    <w:rsid w:val="00FE241A"/>
+    <w:rsid w:val="00FD7516"/>
     <w:rsid w:val="00FE2FBB"/>
-    <w:rsid w:val="00FE312C"/>
-    <w:rsid w:val="00FE3253"/>
     <w:rsid w:val="00FE4C5B"/>
     <w:rsid w:val="00FE5C56"/>
-    <w:rsid w:val="00FE6014"/>
     <w:rsid w:val="00FE68AB"/>
     <w:rsid w:val="00FF0A56"/>
     <w:rsid w:val="00FF2DDA"/>
     <w:rsid w:val="00FF479D"/>
     <w:rsid w:val="00FF4CE9"/>
-    <w:rsid w:val="00FF5D92"/>
     <w:rsid w:val="00FF5D96"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pl-PL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="320F4468"/>
   <w14:defaultImageDpi w14:val="0"/>
   <w15:docId w15:val="{16AB1ADF-3B85-4E56-B3B7-867AAC3D00C9}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
         <w:kern w:val="24"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="pl-PL" w:eastAsia="pl-PL" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:locked="1" w:uiPriority="0"/>
@@ -4570,74 +3787,50 @@
     <w:rsid w:val="00062EA5"/>
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Nagwek1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normalny"/>
     <w:next w:val="Normalny"/>
     <w:link w:val="Nagwek1Znak"/>
     <w:uiPriority w:val="9"/>
     <w:locked/>
     <w:rsid w:val="002108B9"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:after="240" w:line="288" w:lineRule="auto"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cs="Times New Roman"/>
       <w:szCs w:val="32"/>
-    </w:rPr>
-[...22 lines deleted...]
-      <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Domylnaczcionkaakapitu">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Standardowy">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Bezlisty">
     <w:name w:val="No List"/>
@@ -5102,242 +4295,118 @@
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:locked/>
     <w:rsid w:val="00D12CCE"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TematkomentarzaZnak">
     <w:name w:val="Temat komentarza Znak"/>
     <w:basedOn w:val="TekstkomentarzaZnak"/>
     <w:link w:val="Tematkomentarza"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rsid w:val="00D12CCE"/>
     <w:rPr>
       <w:rFonts w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Tekstzastpczy">
-[...84 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:divs>
-    <w:div w:id="920990669">
-[...49 lines deleted...]
-    </w:div>
     <w:div w:id="1179659133">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1179659134">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1179659135">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1179659136">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1179659137">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1660882928">
+      <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/fontTable.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font3.odttf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font2.odttf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font1.odttf"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font5.odttf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font4.odttf"/></Relationships>
 </file>
@@ -5632,82 +4701,82 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A1A6A066-BBEC-4C46-A9FE-0C44A9ED7B2F}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5508282B-F9B8-4EF2-A9B6-35D0F2721C86}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>2580</Characters>
+  <Pages>1</Pages>
+  <Words>117</Words>
+  <Characters>704</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>21</Lines>
-  <Paragraphs>6</Paragraphs>
+  <Lines>5</Lines>
+  <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Tytuł</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>odpowiedź na interpelację nr 74/2024 w sprawie objęcia łazarskich ulic, sąsiadujących z terenem Międzynarodowych Targów Poznańskich, Śródmiejską Strefą Płatnego Parkowania</vt:lpstr>
+      <vt:lpstr>sygnalizacja do interpelacji nr 74/2024 w sprawie objęcia łazarskich ulic, sąsiadujących z terenem Międzynarodowych Targów Poznańskich, Śródmiejską Strefą Płatnego Parkowania</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>ump</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3004</CharactersWithSpaces>
+  <CharactersWithSpaces>820</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>odpowiedź na interpelację nr 74/2024 w sprawie objęcia łazarskich ulic, sąsiadujących z terenem Międzynarodowych Targów Poznańskich, Śródmiejską Strefą Płatnego Parkowania</dc:title>
+  <dc:title>sygnalizacja do interpelacji nr 74/2024 w sprawie objęcia łazarskich ulic, sąsiadujących z terenem Międzynarodowych Targów Poznańskich, Śródmiejską Strefą Płatnego Parkowania</dc:title>
   <dc:subject/>
   <dc:creator>Urząd Miasta Poznania</dc:creator>
   <cp:keywords>Łazarz, Międzynarodowe Targi Poznańskie, Śródmiejska Strefa Płatnego Parkowania, odpowiedź na interpelację</cp:keywords>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>