--- v0 (2025-11-10)
+++ v1 (2025-12-29)
@@ -1,4205 +1,655 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Default Extension="odttf" ContentType="application/vnd.openxmlformats-officedocument.obfuscatedFont"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
-  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
-[...3 lines deleted...]
-  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w:rsidR="003C30FD" w:rsidRDefault="003C30FD" w:rsidP="00D9046C">
+    <w:p w:rsidR="006360A3" w:rsidRPr="009D6092" w:rsidRDefault="006360A3" w:rsidP="009D6092">
       <w:pPr>
-        <w:pStyle w:val="UMP-data-znak-UID-za-prowadzi"/>
-[...11 lines deleted...]
-        </w:sectPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_Hlk101266255"/>
+      <w:r w:rsidRPr="009D6092">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Poznań, dnia </w:t>
+      </w:r>
+      <w:r w:rsidR="004C6ADD" w:rsidRPr="009D6092">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2 kwietnia</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D6092">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2024</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00742F86" w:rsidRPr="00D80D6F" w:rsidRDefault="00742F86" w:rsidP="00D73ABB">
+    <w:p w:rsidR="006360A3" w:rsidRPr="009D6092" w:rsidRDefault="006360A3" w:rsidP="009D6092">
       <w:pPr>
-        <w:pStyle w:val="UMP-data-znak-UID-za-prowadzi"/>
-        <w:spacing w:before="240"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D80D6F">
-[...2 lines deleted...]
-      <w:r w:rsidR="00B76B9D">
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:p w:rsidR="006360A3" w:rsidRPr="009D6092" w:rsidRDefault="006360A3" w:rsidP="009D6092">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009D6092">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Sz.P</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009D6092">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006360A3" w:rsidRPr="009D6092" w:rsidRDefault="006360A3" w:rsidP="009D6092">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009D6092">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Prezydent Miasta Poznania</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006360A3" w:rsidRPr="009D6092" w:rsidRDefault="006360A3" w:rsidP="009D6092">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009D6092">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Jacek Jaśkowiak</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006360A3" w:rsidRPr="009D6092" w:rsidRDefault="00324A99" w:rsidP="009D6092">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009D6092">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Michał Grześ – radny Miasta Poznania</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C6ADD" w:rsidRPr="009D6092" w:rsidRDefault="00D33045" w:rsidP="009D6092">
+      <w:pPr>
+        <w:pStyle w:val="Nagwek2"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009D6092">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Dotyczy: </w:t>
+      </w:r>
+      <w:r w:rsidR="00324A99" w:rsidRPr="009D6092">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00AD5D9E">
-[...14 lines deleted...]
-      <w:r w:rsidR="004B5B52">
+      <w:r w:rsidR="004C6ADD" w:rsidRPr="009D6092">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>zatajania informacji o działaniach Wydział Urbanistyki i Architektury przed wyborami</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C6ADD" w:rsidRPr="009D6092" w:rsidRDefault="004C6ADD" w:rsidP="009D6092">
+      <w:pPr>
+        <w:pStyle w:val="Nagwek2"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009D6092">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Strona na poznan.pl  o nazwie ”Wydział Urbanistyki i Architektury - wnioski i decyzje Pozwolenia na budowę i rozbiórkę oraz na realizację inwestycji drogowych od 01.01.2009r.” </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D6092">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>od 6 września 2023 roku nie jest uzupełniana</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D6092">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. Ewidentnie jest to utajnianie przed mieszkańcami w okresie przedwyborczym działań urzędu w tej dziedzinie. Nieświadomy w</w:t>
+      </w:r>
+      <w:r w:rsidR="00C03C14" w:rsidRPr="009D6092">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>y</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D6092">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>borca to dobry w</w:t>
+      </w:r>
+      <w:r w:rsidR="00C03C14" w:rsidRPr="009D6092">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>y</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D6092">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>borca.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004C6ADD" w:rsidRPr="009D6092" w:rsidRDefault="00C03C14" w:rsidP="009D6092">
+      <w:pPr>
+        <w:pStyle w:val="Nagwek2"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009D6092">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nie wierzę, że przez pół roku nie wpłynęły do Wydziału żadne wnioski, że nie wydano żadnej decyzji. </w:t>
+      </w:r>
+      <w:r w:rsidR="004C6ADD" w:rsidRPr="009D6092">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>W obecnym okresie trwa wzmożona działalność Wydziału Urbanistyki i Architektury, jednak została ona utajniona, takie działanie można nazwać manipulacją prze</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D6092">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidR="004C6ADD" w:rsidRPr="009D6092">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>w</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D6092">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>yborczą.</w:t>
+      </w:r>
+      <w:r w:rsidR="004C6ADD" w:rsidRPr="009D6092">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D80D6F">
-[...3 lines deleted...]
-        <w:t>oku</w:t>
+      <w:r w:rsidRPr="009D6092">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Czy wielu mieszkańców Poznania czeka po wyborach totalna zabudowa najbliższej okolicy wieżowcami?</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007B045F" w:rsidRPr="00D80D6F" w:rsidRDefault="00DD684C" w:rsidP="00D9046C">
+    <w:p w:rsidR="00D33045" w:rsidRPr="009D6092" w:rsidRDefault="00D33045" w:rsidP="009D6092">
       <w:pPr>
-        <w:pStyle w:val="UMP-data-znak-UID-za-prowadzi"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D80D6F">
-[...19 lines deleted...]
-      </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
-    <w:p w:rsidR="00C634CE" w:rsidRPr="00BB4000" w:rsidRDefault="00C634CE" w:rsidP="00D73ABB">
+    <w:p w:rsidR="00D33045" w:rsidRPr="009D6092" w:rsidRDefault="00D33045" w:rsidP="009D6092">
       <w:pPr>
-        <w:pStyle w:val="UMP-data-znak-UID-za-prowadzi"/>
-        <w:spacing w:before="240"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BB4000">
-[...4 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="005E5BF3" w:rsidRPr="005E5BF3" w:rsidRDefault="005E5BF3" w:rsidP="00FB4660">
-[...697 lines deleted...]
-      <w:pgMar w:top="1418" w:right="1418" w:bottom="1701" w:left="1418" w:header="454" w:footer="567" w:gutter="0"/>
+    <w:sectPr w:rsidR="00D33045" w:rsidRPr="009D6092">
+      <w:pgSz w:w="11906" w:h="16838"/>
+      <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
-      <w:formProt w:val="0"/>
-      <w:noEndnote/>
+      <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
-<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-[...17 lines deleted...]
-
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="EE"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
-    <w:pitch w:val="variable"/>
-[...26 lines deleted...]
-    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId1" w:fontKey="{B2CDA15F-3CEE-4AFB-99B6-E2714ADA2853}"/>
-[...33 lines deleted...]
-    <w:embedRegular r:id="rId5" w:fontKey="{AF6DCD4A-759A-4B94-9C5E-CCA2831DCB9A}"/>
   </w:font>
 </w:fonts>
-</file>
-[...1819 lines deleted...]
-</w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
-  <w:embedTrueTypeFonts/>
-[...1 lines deleted...]
-  <w:bordersDoNotSurroundFooter/>
   <w:proofState w:spelling="clean"/>
-  <w:stylePaneFormatFilter w:val="3B01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
-  <w:drawingGridHorizontalSpacing w:val="120"/>
-[...17 lines deleted...]
-  </w:endnotePr>
+  <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
-    <w:spaceForUL/>
-[...4 lines deleted...]
-    <w:adjustLineHeightInTable/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="007B045F"/>
-[...1174 lines deleted...]
-    <w:rsid w:val="00FF5A78"/>
+    <w:rsidRoot w:val="000C11F4"/>
+    <w:rsid w:val="000C11F4"/>
+    <w:rsid w:val="002A3EEF"/>
+    <w:rsid w:val="00324A99"/>
+    <w:rsid w:val="00376A05"/>
+    <w:rsid w:val="003C3946"/>
+    <w:rsid w:val="004C6ADD"/>
+    <w:rsid w:val="006360A3"/>
+    <w:rsid w:val="007E2733"/>
+    <w:rsid w:val="007F276F"/>
+    <w:rsid w:val="00851F14"/>
+    <w:rsid w:val="009D6092"/>
+    <w:rsid w:val="00B263F8"/>
+    <w:rsid w:val="00C03C14"/>
+    <w:rsid w:val="00C23E03"/>
+    <w:rsid w:val="00D33045"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pl-PL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
-  <w:doNotIncludeSubdocsInStats/>
-  <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="4925D0BF"/>
-[...1 lines deleted...]
-  <w15:docId w15:val="{28E1A133-0D1D-4E08-B2CF-17CD9453B034}"/>
+  <w15:chartTrackingRefBased/>
+  <w15:docId w15:val="{B0049C3E-19F0-48C2-A7A0-43ADDFD2FFCE}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-        <w:kern w:val="24"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="pl-PL" w:eastAsia="pl-PL" w:bidi="ar-SA"/>
+        <w:lang w:val="pl-PL" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
-    <w:lsdException w:name="Normal" w:locked="1" w:uiPriority="0"/>
-[...154 lines deleted...]
-    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
@@ -4374,1147 +824,309 @@
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normalny">
     <w:name w:val="Normal"/>
-    <w:rsid w:val="00062EA5"/>
-[...24 lines deleted...]
-    </w:rPr>
+    <w:qFormat/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Nagwek2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normalny"/>
+    <w:link w:val="Nagwek2Znak"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="004C6ADD"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="36"/>
+      <w:szCs w:val="36"/>
+      <w:lang w:eastAsia="pl-PL"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Nagwek3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="Normalny"/>
     <w:next w:val="Normalny"/>
-    <w:link w:val="Nagwek2Znak"/>
+    <w:link w:val="Nagwek3Znak"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:locked/>
-    <w:rsid w:val="00D820B7"/>
+    <w:rsid w:val="004C6ADD"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
-      <w:spacing w:before="40"/>
-      <w:outlineLvl w:val="1"/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-      <w:szCs w:val="26"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="1F4D78" w:themeColor="accent1" w:themeShade="7F"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Domylnaczcionkaakapitu">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Standardowy">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Bezlisty">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Nagwek1Znak">
-    <w:name w:val="Nagłówek 1 Znak"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="hgkelc">
+    <w:name w:val="hgkelc"/>
     <w:basedOn w:val="Domylnaczcionkaakapitu"/>
-    <w:link w:val="Nagwek1"/>
-[...7 lines deleted...]
-    </w:rPr>
+    <w:rsid w:val="007F276F"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Nagwek2Znak">
     <w:name w:val="Nagłówek 2 Znak"/>
     <w:basedOn w:val="Domylnaczcionkaakapitu"/>
     <w:link w:val="Nagwek2"/>
     <w:uiPriority w:val="9"/>
-    <w:semiHidden/>
-[...1 lines deleted...]
-    <w:rsid w:val="00D820B7"/>
+    <w:rsid w:val="004C6ADD"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-      <w:szCs w:val="26"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="36"/>
+      <w:szCs w:val="36"/>
+      <w:lang w:eastAsia="pl-PL"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="UMP-stopkastrony">
-[...6 lines deleted...]
-    </w:pPr>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Nagwek3Znak">
+    <w:name w:val="Nagłówek 3 Znak"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:link w:val="Nagwek3"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="004C6ADD"/>
     <w:rPr>
-      <w:sz w:val="18"/>
-[...86 lines deleted...]
-      <w:rFonts w:cs="Times New Roman"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="1F4D78" w:themeColor="accent1" w:themeShade="7F"/>
       <w:sz w:val="24"/>
-    </w:rPr>
-[...96 lines deleted...]
-      <w:sz w:val="40"/>
       <w:szCs w:val="24"/>
-      <w:lang w:val="en-US"/>
-[...290 lines deleted...]
-      <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:divs>
-    <w:div w:id="2090423554">
-[...113 lines deleted...]
-    <w:div w:id="2090423565">
+    <w:div w:id="1602713620">
+      <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="2090423566">
+    <w:div w:id="1628469139">
+      <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="2090423567">
-[...186 lines deleted...]
-    </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
-  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.bip.poznan.pl/bip/wykaz-wydanych-decyzji-o-lokalizacji-inwestycji-celu-publicznego,doc,3444/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sip.poznan.pl/sip/decyzje_wuia/decyzje" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.bip.poznan.pl/bip/wykazy-wydanych-decyzji-o-pozwoleniu-na-budowe-i-rozbiorke-oraz-decyzji-na-realizacje-inwestycji-drogowych,doc,2759/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.poznan.pl/osiedla" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.poznan.pl" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.bip.poznan.pl/bip/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.poznan.pl" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.bip.poznan.pl/bip/wykaz-wydanych-decyzji-o-warunkach-zabudowy,doc,3442/" TargetMode="External"/></Relationships>
-[...11 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motyw pakietu Office">
   <a:themeElements>
     <a:clrScheme name="Pakiet Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Pakiet Office">
       <a:majorFont>
-        <a:latin typeface="Calibri Light"/>
+        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Pakiet Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
@@ -5621,91 +1233,74 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
-<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...14 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>2655</Characters>
+  <Pages>1</Pages>
+  <Words>134</Words>
+  <Characters>810</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>22</Lines>
-  <Paragraphs>6</Paragraphs>
+  <Lines>6</Lines>
+  <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Tytuł</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>odpowiedź na interpelację nr 86/2024 w sprawie publikowania wykazu wniosków i decyzji o pozwoleniu na budowę</vt:lpstr>
+      <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
-  <Company>ump</Company>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3091</CharactersWithSpaces>
+  <CharactersWithSpaces>943</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>odpowiedź na interpelację nr 86/2024 w sprawie publikowania wykazu wniosków i decyzji o pozwoleniu na budowę</dc:title>
+  <dc:title/>
   <dc:subject/>
-  <dc:creator>Urząd Miasta Poznania</dc:creator>
-  <cp:keywords>Biuletyn Informacji Publicznej, wykaz wniosków i decyzji o pozwoleniu na budowę, odpowiedź na interpelację</cp:keywords>
+  <dc:creator>Łukasz Andrzejewski</dc:creator>
+  <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>