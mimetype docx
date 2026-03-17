--- v0 (2025-11-07)
+++ v1 (2026-03-17)
@@ -2,5758 +2,7459 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
-    <w:p w:rsidR="00E35C55" w:rsidRDefault="001A420A">
-[...12 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="TableGrid"/>
-[...1 lines deleted...]
-        <w:tblInd w:w="-14" w:type="dxa"/>
+        <w:tblW w:w="9553" w:type="dxa"/>
+        <w:tblInd w:w="-425" w:type="dxa"/>
         <w:tblCellMar>
-          <w:top w:w="53" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:right w:w="6" w:type="dxa"/>
+          <w:top w:w="28" w:type="dxa"/>
+          <w:left w:w="26" w:type="dxa"/>
+          <w:bottom w:w="7" w:type="dxa"/>
+          <w:right w:w="115" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4481"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="1339"/>
+        <w:gridCol w:w="1553"/>
+        <w:gridCol w:w="1698"/>
+        <w:gridCol w:w="1698"/>
+        <w:gridCol w:w="1698"/>
+        <w:gridCol w:w="1698"/>
+        <w:gridCol w:w="1230"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E35C55" w:rsidRPr="006746EB">
+      <w:tr w:rsidR="009E22F5" w:rsidRPr="009E22F5" w:rsidTr="00B8055F">
         <w:trPr>
-          <w:trHeight w:val="1032"/>
+          <w:trHeight w:val="720"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4481" w:type="dxa"/>
-[...4 lines deleted...]
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            <w:tcW w:w="2324" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00E35C55" w:rsidRPr="006746EB" w:rsidRDefault="001A420A">
-[...12 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009E22F5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D55335">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Osiedle </w:t>
-[...10 lines deleted...]
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:t>Osiedle</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1584" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009E22F5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D55335">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Okręg nr I</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009E22F5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D55335">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Liczba zarejestrowanych kandydatów</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1490" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009E22F5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D55335">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Okręg nr II</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009E22F5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D55335">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Liczba zarejestrowanych kandydatów</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1490" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009E22F5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D55335">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Okręg nr III</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009E22F5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D55335">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Liczba zarejestrowanych kandydatów</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1490" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009E22F5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D55335">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Okręg nr IV</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009E22F5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D55335">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Liczba zarejestrowanych kandydatów</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1174" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00E35C55" w:rsidRPr="006746EB" w:rsidRDefault="001A420A">
-[...12 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009E22F5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D55335">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Liczba osób uprawnionych do głosowania </w:t>
-[...25 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:t>SUMA ZGŁOSZEŃ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009E22F5" w:rsidRPr="009E22F5" w:rsidTr="009F7938">
+        <w:trPr>
+          <w:trHeight w:val="187"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2324" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009E22F5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D55335">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Antoninek-Zieliniec-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55335">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Kobylepole</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1584" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009F7938">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D55335">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1490" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009F7938">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D55335">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1490" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009F7938">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1490" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009F7938">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1174" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009F7938">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D55335">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Liczba wydanych kart do głosowania </w:t>
-[...26 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:t>29</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009E22F5" w:rsidRPr="009E22F5" w:rsidTr="00B8055F">
+        <w:trPr>
+          <w:trHeight w:val="187"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2324" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009E22F5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55335">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Chartowo</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1584" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009F7938">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D55335">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1490" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009F7938">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D55335">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1490" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009F7938">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D55335">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1490" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009F7938">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D55335">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1174" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009F7938">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D55335">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Frekwencja</w:t>
-            </w:r>
+              <w:t>25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009E22F5" w:rsidRPr="009E22F5" w:rsidTr="009F7938">
+        <w:trPr>
+          <w:trHeight w:val="187"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2324" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009E22F5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55335">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Fabianowo-Kotowo</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1584" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009F7938">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D55335">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1490" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009F7938">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1490" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009F7938">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1490" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009F7938">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1174" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009F7938">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D55335">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009E22F5" w:rsidRPr="009E22F5" w:rsidTr="009F7938">
+        <w:trPr>
+          <w:trHeight w:val="187"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2324" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009E22F5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D55335">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Główna</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1584" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009F7938">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D55335">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1490" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009F7938">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1490" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009F7938">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1490" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009F7938">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1174" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009F7938">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D55335">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009E22F5" w:rsidRPr="009E22F5" w:rsidTr="009F7938">
+        <w:trPr>
+          <w:trHeight w:val="187"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2324" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009E22F5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D55335">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Głuszyna</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1584" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009F7938">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D55335">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>19</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1490" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009F7938">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1490" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009F7938">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1490" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009F7938">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1174" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009F7938">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D55335">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>19</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009E22F5" w:rsidRPr="009E22F5" w:rsidTr="009F7938">
+        <w:trPr>
+          <w:trHeight w:val="187"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2324" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009E22F5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D55335">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Górczyn</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1584" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009F7938">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D55335">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1490" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009F7938">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D55335">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1490" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009F7938">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1490" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009F7938">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1174" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009F7938">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D55335">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>21</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009E22F5" w:rsidRPr="009E22F5" w:rsidTr="009F7938">
+        <w:trPr>
+          <w:trHeight w:val="187"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2324" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009E22F5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D55335">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Grunwald Południe</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1584" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009F7938">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D55335">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>19</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1490" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009F7938">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D55335">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1490" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009F7938">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D55335">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1490" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009F7938">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1174" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009F7938">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D55335">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>38</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009E22F5" w:rsidRPr="009E22F5" w:rsidTr="009F7938">
+        <w:trPr>
+          <w:trHeight w:val="187"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2324" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009E22F5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D55335">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Grunwald Północ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1584" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009F7938">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D55335">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1490" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009F7938">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D55335">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1490" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009F7938">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D55335">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1490" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009F7938">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1174" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009F7938">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D55335">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>19</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009E22F5" w:rsidRPr="009E22F5" w:rsidTr="009F7938">
+        <w:trPr>
+          <w:trHeight w:val="187"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2324" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009E22F5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D55335">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Jeżyce</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1584" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009F7938">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D55335">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>21</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1490" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009F7938">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1490" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009F7938">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1490" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009F7938">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1174" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009F7938">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D55335">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>21</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009E22F5" w:rsidRPr="009E22F5" w:rsidTr="009F7938">
+        <w:trPr>
+          <w:trHeight w:val="187"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2324" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009E22F5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55335">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Junikowo</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1584" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009F7938">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D55335">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1490" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009F7938">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D55335">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1490" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009F7938">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1490" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009F7938">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1174" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009F7938">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D55335">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>19</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009E22F5" w:rsidRPr="009E22F5" w:rsidTr="009F7938">
+        <w:trPr>
+          <w:trHeight w:val="187"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2324" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009E22F5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D55335">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Kiekrz</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1584" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009F7938">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D55335">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1490" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009F7938">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1490" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009F7938">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1490" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009F7938">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1174" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009F7938">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D55335">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009E22F5" w:rsidRPr="009E22F5" w:rsidTr="009F7938">
+        <w:trPr>
+          <w:trHeight w:val="187"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2324" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009E22F5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D55335">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Krzesiny-Pokrzywno-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55335">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Garaszewo</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1584" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009F7938">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D55335">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1490" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009F7938">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1490" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009F7938">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1490" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009F7938">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1174" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009F7938">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D55335">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009E22F5" w:rsidRPr="009E22F5" w:rsidTr="009F7938">
+        <w:trPr>
+          <w:trHeight w:val="187"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2324" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009E22F5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D55335">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Krzyżowniki-Smochowice</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1584" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009F7938">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D55335">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1490" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009F7938">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D55335">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1490" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009F7938">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D55335">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1490" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009F7938">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1174" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009F7938">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D55335">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>22</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009E22F5" w:rsidRPr="009E22F5" w:rsidTr="009F7938">
+        <w:trPr>
+          <w:trHeight w:val="187"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2324" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009E22F5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D55335">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Kwiatowe</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1584" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009F7938">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D55335">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1490" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009F7938">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1490" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009F7938">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1490" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009F7938">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1174" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009F7938">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D55335">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009E22F5" w:rsidRPr="009E22F5" w:rsidTr="009F7938">
+        <w:trPr>
+          <w:trHeight w:val="187"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2324" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009E22F5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D55335">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ławica</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1584" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009F7938">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D55335">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1490" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009F7938">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D55335">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1490" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009F7938">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1490" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009F7938">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1174" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009F7938">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D55335">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>24</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009E22F5" w:rsidRPr="009E22F5" w:rsidTr="009F7938">
+        <w:trPr>
+          <w:trHeight w:val="187"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2324" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009E22F5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55335">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Morasko-Radojewo</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1584" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009F7938">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D55335">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1490" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009F7938">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D55335">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1490" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009F7938">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1490" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009F7938">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1174" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009F7938">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D55335">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009E22F5" w:rsidRPr="009E22F5" w:rsidTr="009F7938">
+        <w:trPr>
+          <w:trHeight w:val="187"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2324" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009E22F5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D55335">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Nowe Winogrady Południe</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1584" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009F7938">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D55335">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1490" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009F7938">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1490" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009F7938">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D55335">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1490" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009F7938">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1174" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009F7938">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D55335">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009E22F5" w:rsidRPr="009E22F5" w:rsidTr="009F7938">
+        <w:trPr>
+          <w:trHeight w:val="187"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2324" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009E22F5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D55335">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Nowe Winogrady Północ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1584" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009F7938">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D55335">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1490" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009F7938">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D55335">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1490" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009F7938">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1490" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009F7938">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1174" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009F7938">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D55335">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>22</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009E22F5" w:rsidRPr="009E22F5" w:rsidTr="009F7938">
+        <w:trPr>
+          <w:trHeight w:val="187"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2324" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009E22F5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D55335">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Nowe Winogrady Wschód</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1584" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009F7938">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D55335">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1490" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009F7938">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D55335">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1490" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009F7938">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1490" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009F7938">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1174" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009F7938">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D55335">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009E22F5" w:rsidRPr="009E22F5" w:rsidTr="009F7938">
+        <w:trPr>
+          <w:trHeight w:val="187"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2324" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009E22F5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D55335">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Ogrody</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1584" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009F7938">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D55335">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1490" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009F7938">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1490" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009F7938">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1490" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009F7938">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1174" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009F7938">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D55335">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009E22F5" w:rsidRPr="009E22F5" w:rsidTr="009F7938">
+        <w:trPr>
+          <w:trHeight w:val="355"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2324" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009E22F5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D55335">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ostrów </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55335">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Tumski-Śródka-Zawady-Komandoria</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1584" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009F7938">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D55335">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1490" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009F7938">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D55335">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1490" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009F7938">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D55335">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1490" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009F7938">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1174" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009F7938">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D55335">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>22</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009E22F5" w:rsidRPr="009E22F5" w:rsidTr="009F7938">
+        <w:trPr>
+          <w:trHeight w:val="187"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2324" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009E22F5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D55335">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Piątkowo</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1584" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009F7938">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D55335">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1490" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009F7938">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D55335">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1490" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009F7938">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1490" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009F7938">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1174" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009F7938">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D55335">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>28</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009E22F5" w:rsidRPr="009E22F5" w:rsidTr="009F7938">
+        <w:trPr>
+          <w:trHeight w:val="187"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2324" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009E22F5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D55335">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Piątkowo Północ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1584" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009F7938">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D55335">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1490" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009F7938">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D55335">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1490" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009F7938">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1490" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009F7938">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1174" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009F7938">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D55335">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>22</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009E22F5" w:rsidRPr="009E22F5" w:rsidTr="009F7938">
+        <w:trPr>
+          <w:trHeight w:val="187"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2324" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009E22F5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D55335">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Podolany</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1584" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009F7938">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D55335">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1490" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009F7938">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D55335">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1490" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009F7938">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
             <w:bookmarkStart w:id="0" w:name="_GoBack"/>
             <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1490" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009F7938">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1174" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009F7938">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D55335">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E35C55" w:rsidRPr="006746EB">
+      <w:tr w:rsidR="009E22F5" w:rsidRPr="009E22F5" w:rsidTr="009F7938">
         <w:trPr>
-          <w:trHeight w:val="319"/>
+          <w:trHeight w:val="187"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4481" w:type="dxa"/>
-[...23 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2324" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009E22F5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D55335">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Rataje</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1584" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009F7938">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D55335">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1490" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009F7938">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D55335">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1490" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009F7938">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D55335">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1490" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009F7938">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1174" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009F7938">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D55335">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009E22F5" w:rsidRPr="009E22F5" w:rsidTr="009F7938">
+        <w:trPr>
+          <w:trHeight w:val="187"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2324" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009E22F5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="006746EB">
-[...5 lines deleted...]
-              <w:t>Kobylepole</w:t>
+            <w:r w:rsidRPr="00D55335">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Sołacz</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="006746EB">
-[...32 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1584" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009F7938">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D55335">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1490" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009F7938">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1490" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009F7938">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1490" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009F7938">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1174" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009F7938">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D55335">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">7708 </w:t>
-[...26 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:t>18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009E22F5" w:rsidRPr="009E22F5" w:rsidTr="009F7938">
+        <w:trPr>
+          <w:trHeight w:val="187"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2324" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009E22F5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D55335">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Stare Miasto</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1584" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009F7938">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D55335">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>29</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1490" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009F7938">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1490" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009F7938">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1490" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009F7938">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1174" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009F7938">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D55335">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">1185 </w:t>
-[...26 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:t>29</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009E22F5" w:rsidRPr="009E22F5" w:rsidTr="009F7938">
+        <w:trPr>
+          <w:trHeight w:val="187"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2324" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009E22F5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D55335">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Stare Winogrady</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1584" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009F7938">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D55335">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1490" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009F7938">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D55335">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1490" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009F7938">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1490" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009F7938">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1174" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009F7938">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D55335">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">15,37% </w:t>
+              <w:t>18</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E35C55" w:rsidRPr="006746EB">
+      <w:tr w:rsidR="009E22F5" w:rsidRPr="009E22F5" w:rsidTr="009F7938">
         <w:trPr>
-          <w:trHeight w:val="322"/>
+          <w:trHeight w:val="187"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4481" w:type="dxa"/>
-[...15 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="2324" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009E22F5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D55335">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Starołęka-Minikowo</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1584" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009F7938">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D55335">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1490" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009F7938">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D55335">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1490" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009F7938">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1490" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009F7938">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1174" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009F7938">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D55335">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>19</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009E22F5" w:rsidRPr="009E22F5" w:rsidTr="009F7938">
+        <w:trPr>
+          <w:trHeight w:val="187"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2324" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009E22F5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D55335">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Stary Grunwald</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1584" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009F7938">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D55335">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>22</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1490" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009F7938">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1490" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009F7938">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1490" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009F7938">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1174" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009F7938">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D55335">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>22</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009E22F5" w:rsidRPr="009E22F5" w:rsidTr="009F7938">
+        <w:trPr>
+          <w:trHeight w:val="187"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2324" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009E22F5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D55335">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Strzeszyn</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1584" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009F7938">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D55335">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1490" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009F7938">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D55335">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1490" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009F7938">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D55335">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1490" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009F7938">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1174" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009F7938">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D55335">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009E22F5" w:rsidRPr="009E22F5" w:rsidTr="009F7938">
+        <w:trPr>
+          <w:trHeight w:val="355"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2324" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009E22F5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D55335">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Szczepankowo-Spławie-</w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="006746EB">
-[...5 lines deleted...]
-              <w:t>Chartowo</w:t>
+            <w:r w:rsidRPr="00D55335">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Krzesinki</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="006746EB">
-[...32 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1584" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009F7938">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D55335">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1490" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009F7938">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D55335">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1490" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009F7938">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D55335">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1490" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009F7938">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1174" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009F7938">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D55335">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">16896 </w:t>
-[...26 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:t>19</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009E22F5" w:rsidRPr="009E22F5" w:rsidTr="009F7938">
+        <w:trPr>
+          <w:trHeight w:val="187"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2324" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009E22F5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D55335">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Św. Łazarz</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1584" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009F7938">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D55335">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>36</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1490" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009F7938">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1490" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009F7938">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1490" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009F7938">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1174" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009F7938">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D55335">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">1262 </w:t>
-[...26 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:t>36</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009E22F5" w:rsidRPr="009E22F5" w:rsidTr="009F7938">
+        <w:trPr>
+          <w:trHeight w:val="187"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2324" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009E22F5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D55335">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Świerczewo</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1584" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009F7938">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D55335">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1490" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009F7938">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D55335">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1490" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009F7938">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1490" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009F7938">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1174" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009F7938">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D55335">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">7,47% </w:t>
+              <w:t>18</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E35C55" w:rsidRPr="006746EB">
+      <w:tr w:rsidR="009E22F5" w:rsidRPr="009E22F5" w:rsidTr="009F7938">
         <w:trPr>
-          <w:trHeight w:val="319"/>
+          <w:trHeight w:val="187"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4481" w:type="dxa"/>
-[...9 lines deleted...]
-              <w:spacing w:after="0"/>
+            <w:tcW w:w="2324" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009E22F5">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="006746EB">
-[...5 lines deleted...]
-              <w:t>Fabianowo-Kotowo</w:t>
+            <w:r w:rsidRPr="00D55335">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Umultowo</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="006746EB">
-[...32 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1584" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009F7938">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D55335">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>21</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1490" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009F7938">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1490" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009F7938">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1490" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009F7938">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1174" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009F7938">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D55335">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">1448 </w:t>
-[...26 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:t>21</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009E22F5" w:rsidRPr="009E22F5" w:rsidTr="009F7938">
+        <w:trPr>
+          <w:trHeight w:val="187"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2324" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009E22F5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55335">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Warszawskie-Pomet-Maltańskie</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1584" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009F7938">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D55335">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1490" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009F7938">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D55335">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1490" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009F7938">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D55335">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1490" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009F7938">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1174" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009F7938">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D55335">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">288 </w:t>
-[...26 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:t>22</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009E22F5" w:rsidRPr="009E22F5" w:rsidTr="009F7938">
+        <w:trPr>
+          <w:trHeight w:val="187"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2324" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009E22F5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D55335">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Wilda</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1584" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009F7938">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D55335">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>24</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1490" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009F7938">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1490" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009F7938">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1490" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009F7938">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1174" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009F7938">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D55335">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">19,89% </w:t>
+              <w:t>24</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E35C55" w:rsidRPr="006746EB">
+      <w:tr w:rsidR="009E22F5" w:rsidRPr="009E22F5" w:rsidTr="009F7938">
         <w:trPr>
-          <w:trHeight w:val="319"/>
+          <w:trHeight w:val="187"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4481" w:type="dxa"/>
-[...49 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:tcW w:w="2324" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009E22F5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D55335">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Winiary</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1584" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009F7938">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D55335">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1490" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009F7938">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D55335">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1490" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009F7938">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1490" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009F7938">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1174" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009F7938">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D55335">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">3467 </w:t>
-[...26 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:t>17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009E22F5" w:rsidRPr="009E22F5" w:rsidTr="009F7938">
+        <w:trPr>
+          <w:trHeight w:val="187"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2324" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009E22F5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D55335">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Wola</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1584" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009F7938">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D55335">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1490" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009F7938">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D55335">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1490" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009F7938">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1490" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009F7938">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1174" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009F7938">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D55335">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">268 </w:t>
-[...26 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:t>19</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009E22F5" w:rsidRPr="009E22F5" w:rsidTr="009F7938">
+        <w:trPr>
+          <w:trHeight w:val="187"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2324" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009E22F5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D55335">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Zielony Dębiec</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1584" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009F7938">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D55335">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1490" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009F7938">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D55335">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1490" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009F7938">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1490" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009F7938">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1174" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009F7938">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D55335">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">7,73% </w:t>
+              <w:t>22</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E35C55" w:rsidRPr="006746EB">
+      <w:tr w:rsidR="009E22F5" w:rsidRPr="009E22F5" w:rsidTr="009F7938">
         <w:trPr>
-          <w:trHeight w:val="322"/>
+          <w:trHeight w:val="187"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4481" w:type="dxa"/>
-[...49 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:tcW w:w="2324" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009E22F5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D55335">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">2938 </w:t>
-[...26 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:t>RAZEM ZGŁOSZEŃ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1584" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009F7938">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D55335">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">692 </w:t>
-[...26 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:t>565</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1490" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009F7938">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D55335">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">23,55% </w:t>
-[...60 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:t>236</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1490" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009F7938">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D55335">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">9655 </w:t>
-[...26 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:t>75</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1490" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009F7938">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D55335">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">826 </w:t>
-[...26 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1174" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5" w:rsidP="009F7938">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D55335">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">8,56% </w:t>
-[...4526 lines deleted...]
-              <w:t xml:space="preserve">8,40% </w:t>
+              <w:t>882</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00E35C55" w:rsidRPr="006746EB" w:rsidRDefault="00E35C55">
-[...11 lines deleted...]
-    <w:sectPr w:rsidR="00E35C55" w:rsidRPr="006746EB">
+    <w:p w:rsidR="006058A0" w:rsidRDefault="006058A0"/>
+    <w:sectPr w:rsidR="006058A0">
       <w:headerReference w:type="default" r:id="rId6"/>
-      <w:pgSz w:w="11900" w:h="16840"/>
-      <w:pgMar w:top="470" w:right="1440" w:bottom="1864" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgSz w:w="11906" w:h="16838"/>
+      <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
+      <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="001A420A" w:rsidRDefault="001A420A" w:rsidP="006746EB">
+    <w:p w:rsidR="00071932" w:rsidRDefault="00071932" w:rsidP="009E22F5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="001A420A" w:rsidRDefault="001A420A" w:rsidP="006746EB">
+    <w:p w:rsidR="00071932" w:rsidRDefault="00071932" w:rsidP="009E22F5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
-    <w:altName w:val="Times New Roman PSMT"/>
+    <w:altName w:val="Times"/>
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:altName w:val="Arial"/>
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="A0002AEF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="001A420A" w:rsidRDefault="001A420A" w:rsidP="006746EB">
+    <w:p w:rsidR="00071932" w:rsidRDefault="00071932" w:rsidP="009E22F5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="001A420A" w:rsidRDefault="001A420A" w:rsidP="006746EB">
+    <w:p w:rsidR="00071932" w:rsidRDefault="00071932" w:rsidP="009E22F5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w:rsidR="006746EB" w:rsidRPr="006746EB" w:rsidRDefault="006746EB">
+  <w:p w:rsidR="009E22F5" w:rsidRPr="00D55335" w:rsidRDefault="009E22F5">
     <w:pPr>
       <w:pStyle w:val="Nagwek"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="006746EB">
+    <w:r w:rsidRPr="00D55335">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       </w:rPr>
-      <w:t>Załącznik nr 2</w:t>
+      <w:t>Załącznik nr 1</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="140"/>
   <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
-    <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00E35C55"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00E35C55"/>
+    <w:rsidRoot w:val="009E22F5"/>
+    <w:rsid w:val="00071932"/>
+    <w:rsid w:val="006058A0"/>
+    <w:rsid w:val="009E22F5"/>
+    <w:rsid w:val="009F7938"/>
+    <w:rsid w:val="00D55335"/>
+    <w:rsid w:val="00D97CDB"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pl-PL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="3DA2B8FF"/>
-  <w15:docId w15:val="{B47A1981-A64D-4638-ABA8-323C4D727F4E}"/>
+  <w15:chartTrackingRefBased/>
+  <w15:docId w15:val="{6B9DB439-A6DC-445E-BD20-7302E6059ABF}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="pl-PL" w:eastAsia="pl-PL" w:bidi="ar-SA"/>
+        <w:lang w:val="pl-PL" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -6098,153 +7799,130 @@
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normalny">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rPr>
-[...2 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Domylnaczcionkaakapitu">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Standardowy">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Bezlisty">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="TableGrid">
-[...12 lines deleted...]
-  </w:style>
   <w:style w:type="paragraph" w:styleId="Nagwek">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normalny"/>
     <w:link w:val="NagwekZnak"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="006746EB"/>
+    <w:rsid w:val="009E22F5"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="NagwekZnak">
     <w:name w:val="Nagłówek Znak"/>
     <w:basedOn w:val="Domylnaczcionkaakapitu"/>
     <w:link w:val="Nagwek"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="006746EB"/>
-[...3 lines deleted...]
-    </w:rPr>
+    <w:rsid w:val="009E22F5"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Stopka">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normalny"/>
     <w:link w:val="StopkaZnak"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="006746EB"/>
+    <w:rsid w:val="009E22F5"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="StopkaZnak">
     <w:name w:val="Stopka Znak"/>
     <w:basedOn w:val="Domylnaczcionkaakapitu"/>
     <w:link w:val="Stopka"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="006746EB"/>
-[...3 lines deleted...]
-    </w:rPr>
+    <w:rsid w:val="009E22F5"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid"/>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+  <w:optimizeForBrowser/>
+  <w:allowPNG/>
+</w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motyw pakietu Office">
   <a:themeElements>
     <a:clrScheme name="Pakiet Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
@@ -6507,68 +8185,69 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>218</Words>
-  <Characters>1310</Characters>
+  <Words>180</Words>
+  <Characters>1086</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>10</Lines>
-  <Paragraphs>3</Paragraphs>
+  <Lines>9</Lines>
+  <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Tytuł</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>frekwencja_calosc</vt:lpstr>
+      <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>ump</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1525</CharactersWithSpaces>
+  <CharactersWithSpaces>1264</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>frekwencja_calosc</dc:title>
+  <dc:title/>
   <dc:subject/>
-  <dc:creator>joagaw</dc:creator>
+  <dc:creator>Paulina Sowińska</dc:creator>
   <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>