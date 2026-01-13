--- v0 (2025-11-07)
+++ v1 (2026-01-13)
@@ -2,8658 +2,5746 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
-    <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00A64E4B">
+    <w:p w:rsidR="00E35C55" w:rsidRDefault="001A420A">
       <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="-24"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="9053" w:type="dxa"/>
+        <w:tblInd w:w="-14" w:type="dxa"/>
+        <w:tblCellMar>
+          <w:top w:w="53" w:type="dxa"/>
+          <w:left w:w="72" w:type="dxa"/>
+          <w:bottom w:w="14" w:type="dxa"/>
+          <w:right w:w="6" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4481"/>
+        <w:gridCol w:w="1769"/>
+        <w:gridCol w:w="1464"/>
+        <w:gridCol w:w="1339"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00E35C55" w:rsidRPr="006746EB">
+        <w:trPr>
+          <w:trHeight w:val="1032"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4481" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E35C55" w:rsidRPr="006746EB" w:rsidRDefault="001A420A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="59"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006746EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Osiedle </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E35C55" w:rsidRPr="006746EB" w:rsidRDefault="001A420A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:firstLine="10"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006746EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Liczba osób uprawnionych do głosowania </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1464" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E35C55" w:rsidRPr="006746EB" w:rsidRDefault="001A420A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006746EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Liczba wydanych kart do głosowania </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1339" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E35C55" w:rsidRPr="006746EB" w:rsidRDefault="001A420A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006746EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Frekwencja</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E35C55" w:rsidRPr="006746EB">
+        <w:trPr>
+          <w:trHeight w:val="319"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4481" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E35C55" w:rsidRPr="006746EB" w:rsidRDefault="001A420A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006746EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Antoninek-Zieliniec-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006746EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Kobylepole</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006746EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E35C55" w:rsidRPr="006746EB" w:rsidRDefault="001A420A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="63"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006746EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">7708 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1464" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E35C55" w:rsidRPr="006746EB" w:rsidRDefault="001A420A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="66"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006746EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1185 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1339" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E35C55" w:rsidRPr="006746EB" w:rsidRDefault="001A420A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="62"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006746EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">15,37% </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E35C55" w:rsidRPr="006746EB">
+        <w:trPr>
+          <w:trHeight w:val="322"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4481" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E35C55" w:rsidRPr="006746EB" w:rsidRDefault="001A420A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006746EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Chartowo</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006746EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E35C55" w:rsidRPr="006746EB" w:rsidRDefault="001A420A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="61"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006746EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">16896 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1464" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E35C55" w:rsidRPr="006746EB" w:rsidRDefault="001A420A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="66"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006746EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1262 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1339" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E35C55" w:rsidRPr="006746EB" w:rsidRDefault="001A420A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006746EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">7,47% </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E35C55" w:rsidRPr="006746EB">
+        <w:trPr>
+          <w:trHeight w:val="319"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4481" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E35C55" w:rsidRPr="006746EB" w:rsidRDefault="001A420A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006746EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Fabianowo-Kotowo</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006746EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E35C55" w:rsidRPr="006746EB" w:rsidRDefault="001A420A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="63"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006746EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1448 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1464" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E35C55" w:rsidRPr="006746EB" w:rsidRDefault="001A420A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="63"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006746EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">288 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1339" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E35C55" w:rsidRPr="006746EB" w:rsidRDefault="001A420A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="62"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006746EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">19,89% </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E35C55" w:rsidRPr="006746EB">
+        <w:trPr>
+          <w:trHeight w:val="319"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4481" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E35C55" w:rsidRPr="006746EB" w:rsidRDefault="001A420A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006746EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Główna </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E35C55" w:rsidRPr="006746EB" w:rsidRDefault="001A420A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="63"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006746EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3467 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1464" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E35C55" w:rsidRPr="006746EB" w:rsidRDefault="001A420A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="63"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006746EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">268 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1339" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E35C55" w:rsidRPr="006746EB" w:rsidRDefault="001A420A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006746EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">7,73% </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E35C55" w:rsidRPr="006746EB">
+        <w:trPr>
+          <w:trHeight w:val="322"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4481" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E35C55" w:rsidRPr="006746EB" w:rsidRDefault="001A420A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006746EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Głuszyna </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E35C55" w:rsidRPr="006746EB" w:rsidRDefault="001A420A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="63"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006746EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2938 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1464" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E35C55" w:rsidRPr="006746EB" w:rsidRDefault="001A420A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="63"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006746EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">692 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1339" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E35C55" w:rsidRPr="006746EB" w:rsidRDefault="001A420A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="62"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006746EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">23,55% </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E35C55" w:rsidRPr="006746EB">
+        <w:trPr>
+          <w:trHeight w:val="319"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4481" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E35C55" w:rsidRPr="006746EB" w:rsidRDefault="001A420A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006746EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Górczyn </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E35C55" w:rsidRPr="006746EB" w:rsidRDefault="001A420A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="63"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006746EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">9655 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1464" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E35C55" w:rsidRPr="006746EB" w:rsidRDefault="001A420A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="63"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006746EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">826 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1339" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E35C55" w:rsidRPr="006746EB" w:rsidRDefault="001A420A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006746EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">8,56% </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E35C55" w:rsidRPr="006746EB">
+        <w:trPr>
+          <w:trHeight w:val="319"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4481" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E35C55" w:rsidRPr="006746EB" w:rsidRDefault="001A420A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006746EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Grunwald Południe </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E35C55" w:rsidRPr="006746EB" w:rsidRDefault="001A420A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="61"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006746EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">17930 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1464" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E35C55" w:rsidRPr="006746EB" w:rsidRDefault="001A420A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="66"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006746EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1488 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1339" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E35C55" w:rsidRPr="006746EB" w:rsidRDefault="001A420A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006746EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">8,30% </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E35C55" w:rsidRPr="006746EB">
+        <w:trPr>
+          <w:trHeight w:val="322"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4481" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E35C55" w:rsidRPr="006746EB" w:rsidRDefault="001A420A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006746EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Grunwald Północ </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E35C55" w:rsidRPr="006746EB" w:rsidRDefault="001A420A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="63"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006746EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">9351 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1464" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E35C55" w:rsidRPr="006746EB" w:rsidRDefault="001A420A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="63"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006746EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">361 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1339" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E35C55" w:rsidRPr="006746EB" w:rsidRDefault="001A420A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006746EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3,86% </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E35C55" w:rsidRPr="006746EB">
+        <w:trPr>
+          <w:trHeight w:val="319"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4481" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E35C55" w:rsidRPr="006746EB" w:rsidRDefault="001A420A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006746EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Jeżyce  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E35C55" w:rsidRPr="006746EB" w:rsidRDefault="001A420A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="61"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006746EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">15791 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1464" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E35C55" w:rsidRPr="006746EB" w:rsidRDefault="001A420A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="63"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006746EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">651 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1339" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E35C55" w:rsidRPr="006746EB" w:rsidRDefault="001A420A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006746EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4,12% </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E35C55" w:rsidRPr="006746EB">
+        <w:trPr>
+          <w:trHeight w:val="319"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4481" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E35C55" w:rsidRPr="006746EB" w:rsidRDefault="001A420A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006746EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Junikowo</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006746EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E35C55" w:rsidRPr="006746EB" w:rsidRDefault="001A420A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="63"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006746EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">8168 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1464" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E35C55" w:rsidRPr="006746EB" w:rsidRDefault="001A420A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="63"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006746EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">854 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1339" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E35C55" w:rsidRPr="006746EB" w:rsidRDefault="001A420A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="62"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006746EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10,46% </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E35C55" w:rsidRPr="006746EB">
+        <w:trPr>
+          <w:trHeight w:val="322"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4481" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E35C55" w:rsidRPr="006746EB" w:rsidRDefault="001A420A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006746EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Kiekrz </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E35C55" w:rsidRPr="006746EB" w:rsidRDefault="001A420A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="63"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006746EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1604 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1464" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E35C55" w:rsidRPr="006746EB" w:rsidRDefault="001A420A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="63"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006746EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">481 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1339" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E35C55" w:rsidRPr="006746EB" w:rsidRDefault="001A420A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="62"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006746EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">29,99% </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E35C55" w:rsidRPr="006746EB">
+        <w:trPr>
+          <w:trHeight w:val="319"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4481" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E35C55" w:rsidRPr="006746EB" w:rsidRDefault="001A420A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006746EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Krzesiny-Pokrzywno-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006746EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Garaszewo</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006746EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E35C55" w:rsidRPr="006746EB" w:rsidRDefault="001A420A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="63"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006746EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1886 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1464" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E35C55" w:rsidRPr="006746EB" w:rsidRDefault="001A420A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="63"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006746EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">710 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1339" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E35C55" w:rsidRPr="006746EB" w:rsidRDefault="001A420A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="62"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006746EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">37,65% </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E35C55" w:rsidRPr="006746EB">
+        <w:trPr>
+          <w:trHeight w:val="319"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4481" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E35C55" w:rsidRPr="006746EB" w:rsidRDefault="001A420A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006746EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Krzyżowniki-Smochowice </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E35C55" w:rsidRPr="006746EB" w:rsidRDefault="001A420A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="63"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006746EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">6183 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1464" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E35C55" w:rsidRPr="006746EB" w:rsidRDefault="001A420A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="66"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006746EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1134 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1339" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E35C55" w:rsidRPr="006746EB" w:rsidRDefault="001A420A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="62"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006746EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">18,34% </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E35C55" w:rsidRPr="006746EB">
+        <w:trPr>
+          <w:trHeight w:val="322"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4481" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E35C55" w:rsidRPr="006746EB" w:rsidRDefault="001A420A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006746EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Kwiatowe </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E35C55" w:rsidRPr="006746EB" w:rsidRDefault="001A420A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="63"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006746EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3554 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1464" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E35C55" w:rsidRPr="006746EB" w:rsidRDefault="001A420A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="63"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006746EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">294 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1339" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E35C55" w:rsidRPr="006746EB" w:rsidRDefault="001A420A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006746EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">8,27% </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E35C55" w:rsidRPr="006746EB">
+        <w:trPr>
+          <w:trHeight w:val="319"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4481" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E35C55" w:rsidRPr="006746EB" w:rsidRDefault="001A420A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006746EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ławica </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E35C55" w:rsidRPr="006746EB" w:rsidRDefault="001A420A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="63"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006746EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">6951 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1464" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E35C55" w:rsidRPr="006746EB" w:rsidRDefault="001A420A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="66"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006746EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1074 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1339" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E35C55" w:rsidRPr="006746EB" w:rsidRDefault="001A420A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="62"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006746EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">15,45% </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E35C55" w:rsidRPr="006746EB">
+        <w:trPr>
+          <w:trHeight w:val="319"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4481" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E35C55" w:rsidRPr="006746EB" w:rsidRDefault="001A420A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006746EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Morasko-Radojewo</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006746EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E35C55" w:rsidRPr="006746EB" w:rsidRDefault="001A420A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="63"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006746EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2471 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1464" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E35C55" w:rsidRPr="006746EB" w:rsidRDefault="001A420A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="63"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006746EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">426 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1339" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E35C55" w:rsidRPr="006746EB" w:rsidRDefault="001A420A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="62"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006746EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">17,24% </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E35C55" w:rsidRPr="006746EB">
+        <w:trPr>
+          <w:trHeight w:val="322"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4481" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E35C55" w:rsidRPr="006746EB" w:rsidRDefault="001A420A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006746EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Nowe Winogrady Południe </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E35C55" w:rsidRPr="006746EB" w:rsidRDefault="001A420A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="63"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006746EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">6450 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1464" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E35C55" w:rsidRPr="006746EB" w:rsidRDefault="001A420A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="63"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006746EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">325 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1339" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E35C55" w:rsidRPr="006746EB" w:rsidRDefault="001A420A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006746EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5,04% </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E35C55" w:rsidRPr="006746EB">
+        <w:trPr>
+          <w:trHeight w:val="319"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4481" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E35C55" w:rsidRPr="006746EB" w:rsidRDefault="001A420A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006746EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Nowe Winogrady Północ </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E35C55" w:rsidRPr="006746EB" w:rsidRDefault="001A420A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="61"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006746EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">11671 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1464" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E35C55" w:rsidRPr="006746EB" w:rsidRDefault="001A420A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="66"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006746EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1665 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1339" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E35C55" w:rsidRPr="006746EB" w:rsidRDefault="001A420A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="62"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006746EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">14,27% </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E35C55" w:rsidRPr="006746EB">
+        <w:trPr>
+          <w:trHeight w:val="319"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4481" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E35C55" w:rsidRPr="006746EB" w:rsidRDefault="001A420A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006746EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Nowe Winogrady Wschód </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E35C55" w:rsidRPr="006746EB" w:rsidRDefault="001A420A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="63"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006746EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4419 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1464" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E35C55" w:rsidRPr="006746EB" w:rsidRDefault="001A420A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="63"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006746EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">383 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1339" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E35C55" w:rsidRPr="006746EB" w:rsidRDefault="001A420A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006746EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">8,67% </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E35C55" w:rsidRPr="006746EB">
+        <w:trPr>
+          <w:trHeight w:val="322"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4481" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E35C55" w:rsidRPr="006746EB" w:rsidRDefault="001A420A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006746EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ogrody </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E35C55" w:rsidRPr="006746EB" w:rsidRDefault="001A420A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="63"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006746EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4481 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1464" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E35C55" w:rsidRPr="006746EB" w:rsidRDefault="001A420A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="63"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006746EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">249 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1339" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E35C55" w:rsidRPr="006746EB" w:rsidRDefault="001A420A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006746EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5,56% </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E35C55" w:rsidRPr="006746EB">
+        <w:trPr>
+          <w:trHeight w:val="319"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4481" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E35C55" w:rsidRPr="006746EB" w:rsidRDefault="001A420A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006746EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ostrów </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006746EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Tumski-Śródka-Zawady-Komandoria</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006746EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E35C55" w:rsidRPr="006746EB" w:rsidRDefault="001A420A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="63"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006746EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4346 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1464" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E35C55" w:rsidRPr="006746EB" w:rsidRDefault="001A420A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="63"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006746EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">383 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1339" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E35C55" w:rsidRPr="006746EB" w:rsidRDefault="001A420A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006746EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">8,81% </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E35C55" w:rsidRPr="006746EB">
+        <w:trPr>
+          <w:trHeight w:val="319"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4481" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E35C55" w:rsidRPr="006746EB" w:rsidRDefault="001A420A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006746EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Piątkowo </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E35C55" w:rsidRPr="006746EB" w:rsidRDefault="001A420A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="61"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006746EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">25632 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1464" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E35C55" w:rsidRPr="006746EB" w:rsidRDefault="001A420A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="66"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006746EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1126 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1339" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E35C55" w:rsidRPr="006746EB" w:rsidRDefault="001A420A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006746EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4,39% </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E35C55" w:rsidRPr="006746EB">
+        <w:trPr>
+          <w:trHeight w:val="322"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4481" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E35C55" w:rsidRPr="006746EB" w:rsidRDefault="001A420A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006746EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Piątkowo Północ </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E35C55" w:rsidRPr="006746EB" w:rsidRDefault="001A420A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="63"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006746EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">6926 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1464" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E35C55" w:rsidRPr="006746EB" w:rsidRDefault="001A420A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="63"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006746EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">873 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1339" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E35C55" w:rsidRPr="006746EB" w:rsidRDefault="001A420A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="62"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006746EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">12,60% </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E35C55" w:rsidRPr="006746EB">
+        <w:trPr>
+          <w:trHeight w:val="319"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4481" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E35C55" w:rsidRPr="006746EB" w:rsidRDefault="001A420A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006746EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Podolany </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E35C55" w:rsidRPr="006746EB" w:rsidRDefault="001A420A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="63"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006746EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">7392 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1464" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E35C55" w:rsidRPr="006746EB" w:rsidRDefault="001A420A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="63"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006746EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">980 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1339" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E35C55" w:rsidRPr="006746EB" w:rsidRDefault="001A420A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="62"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006746EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">13,26% </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E35C55" w:rsidRPr="006746EB">
+        <w:trPr>
+          <w:trHeight w:val="319"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4481" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E35C55" w:rsidRPr="006746EB" w:rsidRDefault="001A420A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006746EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Rataje </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E35C55" w:rsidRPr="006746EB" w:rsidRDefault="001A420A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="61"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006746EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">25459 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1464" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E35C55" w:rsidRPr="006746EB" w:rsidRDefault="001A420A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="66"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006746EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1758 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1339" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E35C55" w:rsidRPr="006746EB" w:rsidRDefault="001A420A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006746EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">6,91% </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E35C55" w:rsidRPr="006746EB">
+        <w:trPr>
+          <w:trHeight w:val="322"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4481" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E35C55" w:rsidRPr="006746EB" w:rsidRDefault="001A420A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006746EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Sołacz</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006746EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E35C55" w:rsidRPr="006746EB" w:rsidRDefault="001A420A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="63"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006746EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3471 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1464" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E35C55" w:rsidRPr="006746EB" w:rsidRDefault="001A420A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="63"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006746EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">173 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1339" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E35C55" w:rsidRPr="006746EB" w:rsidRDefault="001A420A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006746EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4,98% </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E35C55" w:rsidRPr="006746EB">
+        <w:trPr>
+          <w:trHeight w:val="319"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4481" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E35C55" w:rsidRPr="006746EB" w:rsidRDefault="001A420A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006746EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Stare Miasto </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E35C55" w:rsidRPr="006746EB" w:rsidRDefault="001A420A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="61"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006746EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">16814 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1464" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E35C55" w:rsidRPr="006746EB" w:rsidRDefault="001A420A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="63"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006746EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">759 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1339" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E35C55" w:rsidRPr="006746EB" w:rsidRDefault="001A420A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006746EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4,51% </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E35C55" w:rsidRPr="006746EB">
+        <w:trPr>
+          <w:trHeight w:val="319"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4481" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E35C55" w:rsidRPr="006746EB" w:rsidRDefault="001A420A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006746EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Stare Winogrady </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E35C55" w:rsidRPr="006746EB" w:rsidRDefault="001A420A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="63"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006746EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">6541 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1464" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E35C55" w:rsidRPr="006746EB" w:rsidRDefault="001A420A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="63"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006746EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">523 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1339" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E35C55" w:rsidRPr="006746EB" w:rsidRDefault="001A420A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006746EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">8,00% </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E35C55" w:rsidRPr="006746EB">
+        <w:trPr>
+          <w:trHeight w:val="322"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4481" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E35C55" w:rsidRPr="006746EB" w:rsidRDefault="001A420A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006746EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Starołęka-Minikowo </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E35C55" w:rsidRPr="006746EB" w:rsidRDefault="001A420A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="63"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006746EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">7933 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1464" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E35C55" w:rsidRPr="006746EB" w:rsidRDefault="001A420A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="63"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006746EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">908 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1339" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E35C55" w:rsidRPr="006746EB" w:rsidRDefault="001A420A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="62"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006746EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">11,45% </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E35C55" w:rsidRPr="006746EB">
+        <w:trPr>
+          <w:trHeight w:val="319"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4481" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E35C55" w:rsidRPr="006746EB" w:rsidRDefault="001A420A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006746EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Stary Grunwald </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E35C55" w:rsidRPr="006746EB" w:rsidRDefault="001A420A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="63"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006746EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2267 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1464" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E35C55" w:rsidRPr="006746EB" w:rsidRDefault="001A420A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="63"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006746EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">418 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1339" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E35C55" w:rsidRPr="006746EB" w:rsidRDefault="001A420A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="62"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006746EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">18,44% </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E35C55" w:rsidRPr="006746EB">
+        <w:trPr>
+          <w:trHeight w:val="319"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4481" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E35C55" w:rsidRPr="006746EB" w:rsidRDefault="001A420A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006746EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Strzeszyn </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E35C55" w:rsidRPr="006746EB" w:rsidRDefault="001A420A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="63"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006746EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">7427 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1464" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E35C55" w:rsidRPr="006746EB" w:rsidRDefault="001A420A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="66"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006746EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1288 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1339" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E35C55" w:rsidRPr="006746EB" w:rsidRDefault="001A420A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="62"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006746EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">17,34% </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E35C55" w:rsidRPr="006746EB">
+        <w:trPr>
+          <w:trHeight w:val="322"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4481" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E35C55" w:rsidRPr="006746EB" w:rsidRDefault="001A420A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006746EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Szczepankowo-Spławie-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006746EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Krzesinki</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006746EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E35C55" w:rsidRPr="006746EB" w:rsidRDefault="001A420A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="63"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006746EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">6189 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1464" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E35C55" w:rsidRPr="006746EB" w:rsidRDefault="001A420A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="63"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006746EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">693 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1339" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E35C55" w:rsidRPr="006746EB" w:rsidRDefault="001A420A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="62"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006746EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">11,20% </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E35C55" w:rsidRPr="006746EB">
+        <w:trPr>
+          <w:trHeight w:val="319"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4481" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E35C55" w:rsidRPr="006746EB" w:rsidRDefault="001A420A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006746EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Świerczewo </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E35C55" w:rsidRPr="006746EB" w:rsidRDefault="001A420A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="61"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006746EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10440 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1464" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E35C55" w:rsidRPr="006746EB" w:rsidRDefault="001A420A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="63"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006746EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">762 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1339" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E35C55" w:rsidRPr="006746EB" w:rsidRDefault="001A420A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006746EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">7,30% </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E35C55" w:rsidRPr="006746EB">
+        <w:trPr>
+          <w:trHeight w:val="319"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4481" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E35C55" w:rsidRPr="006746EB" w:rsidRDefault="001A420A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006746EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Święty Łazarz </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E35C55" w:rsidRPr="006746EB" w:rsidRDefault="001A420A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="61"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006746EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">22090 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1464" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E35C55" w:rsidRPr="006746EB" w:rsidRDefault="001A420A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="66"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006746EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1362 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1339" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E35C55" w:rsidRPr="006746EB" w:rsidRDefault="001A420A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006746EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">6,17% </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E35C55" w:rsidRPr="006746EB">
+        <w:trPr>
+          <w:trHeight w:val="322"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4481" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E35C55" w:rsidRPr="006746EB" w:rsidRDefault="001A420A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006746EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Umultowo</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006746EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E35C55" w:rsidRPr="006746EB" w:rsidRDefault="001A420A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="63"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006746EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3570 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1464" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E35C55" w:rsidRPr="006746EB" w:rsidRDefault="001A420A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="63"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006746EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">764 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1339" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E35C55" w:rsidRPr="006746EB" w:rsidRDefault="001A420A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="62"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006746EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">21,40% </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E35C55" w:rsidRPr="006746EB">
+        <w:trPr>
+          <w:trHeight w:val="319"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4481" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E35C55" w:rsidRPr="006746EB" w:rsidRDefault="001A420A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006746EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Warszawskie-Pomet-Maltańskie</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006746EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E35C55" w:rsidRPr="006746EB" w:rsidRDefault="001A420A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="63"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006746EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5190 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1464" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E35C55" w:rsidRPr="006746EB" w:rsidRDefault="001A420A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="63"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006746EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">665 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1339" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E35C55" w:rsidRPr="006746EB" w:rsidRDefault="001A420A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="62"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006746EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">12,81% </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E35C55" w:rsidRPr="006746EB">
+        <w:trPr>
+          <w:trHeight w:val="334"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4481" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E35C55" w:rsidRPr="006746EB" w:rsidRDefault="001A420A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006746EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Wilda </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E35C55" w:rsidRPr="006746EB" w:rsidRDefault="001A420A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="61"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006746EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">20261 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1464" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E35C55" w:rsidRPr="006746EB" w:rsidRDefault="001A420A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="66"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006746EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1340 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1339" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E35C55" w:rsidRPr="006746EB" w:rsidRDefault="001A420A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006746EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">6,61% </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E35C55" w:rsidRPr="006746EB">
+        <w:trPr>
+          <w:trHeight w:val="322"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4481" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E35C55" w:rsidRPr="006746EB" w:rsidRDefault="001A420A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006746EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Winiary </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E35C55" w:rsidRPr="006746EB" w:rsidRDefault="001A420A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="61"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006746EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10032 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1464" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E35C55" w:rsidRPr="006746EB" w:rsidRDefault="001A420A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="63"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006746EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">774 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1339" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E35C55" w:rsidRPr="006746EB" w:rsidRDefault="001A420A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006746EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">7,72% </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E35C55" w:rsidRPr="006746EB">
+        <w:trPr>
+          <w:trHeight w:val="319"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4481" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E35C55" w:rsidRPr="006746EB" w:rsidRDefault="001A420A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006746EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Wola </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E35C55" w:rsidRPr="006746EB" w:rsidRDefault="001A420A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="63"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006746EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4245 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1464" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E35C55" w:rsidRPr="006746EB" w:rsidRDefault="001A420A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="63"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006746EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">567 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1339" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E35C55" w:rsidRPr="006746EB" w:rsidRDefault="001A420A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="62"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006746EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">13,36% </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E35C55" w:rsidRPr="006746EB">
+        <w:trPr>
+          <w:trHeight w:val="322"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4481" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E35C55" w:rsidRPr="006746EB" w:rsidRDefault="001A420A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006746EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Zielony Dębiec </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E35C55" w:rsidRPr="006746EB" w:rsidRDefault="001A420A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="63"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006746EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">9270 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1464" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E35C55" w:rsidRPr="006746EB" w:rsidRDefault="001A420A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="63"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006746EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">779 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1339" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E35C55" w:rsidRPr="006746EB" w:rsidRDefault="001A420A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006746EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">8,40% </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00E35C55" w:rsidRPr="006746EB" w:rsidRDefault="00E35C55">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="-24"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-[...32 lines deleted...]
-      </w:r>
     </w:p>
-    <w:tbl>
-[...8387 lines deleted...]
-    <w:sectPr w:rsidR="00B32B9B">
+    <w:sectPr w:rsidR="00E35C55" w:rsidRPr="006746EB">
       <w:headerReference w:type="default" r:id="rId6"/>
       <w:pgSz w:w="11900" w:h="16840"/>
-      <w:pgMar w:top="1318" w:right="1440" w:bottom="1440" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="470" w:right="1440" w:bottom="1864" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00B90AC0" w:rsidRDefault="00B90AC0" w:rsidP="00A64E4B">
+    <w:p w:rsidR="001A420A" w:rsidRDefault="001A420A" w:rsidP="006746EB">
       <w:pPr>
-        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00B90AC0" w:rsidRDefault="00B90AC0" w:rsidP="00A64E4B">
+    <w:p w:rsidR="001A420A" w:rsidRDefault="001A420A" w:rsidP="006746EB">
       <w:pPr>
-        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
+    <w:altName w:val="Times New Roman PSMT"/>
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
+    <w:altName w:val="Arial"/>
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00B90AC0" w:rsidRDefault="00B90AC0" w:rsidP="00A64E4B">
+    <w:p w:rsidR="001A420A" w:rsidRDefault="001A420A" w:rsidP="006746EB">
       <w:pPr>
-        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00B90AC0" w:rsidRDefault="00B90AC0" w:rsidP="00A64E4B">
+    <w:p w:rsidR="001A420A" w:rsidRDefault="001A420A" w:rsidP="006746EB">
       <w:pPr>
-        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w:rsidR="00A64E4B" w:rsidRPr="00A64E4B" w:rsidRDefault="00A64E4B">
+  <w:p w:rsidR="006746EB" w:rsidRPr="006746EB" w:rsidRDefault="006746EB">
     <w:pPr>
       <w:pStyle w:val="Nagwek"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-        <w:b w:val="0"/>
-        <w:sz w:val="22"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="00A64E4B">
+    <w:r w:rsidRPr="006746EB">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-        <w:b w:val="0"/>
-        <w:sz w:val="22"/>
       </w:rPr>
-      <w:t>Załącznik nr 4</w:t>
+      <w:t>Załącznik nr 2</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="140"/>
   <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:hdrShapeDefaults>
-[...1 lines deleted...]
-  </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="002474C4"/>
-[...6 lines deleted...]
-    <w:rsid w:val="00EA3FDF"/>
+    <w:rsidRoot w:val="00E35C55"/>
+    <w:rsid w:val="001A420A"/>
+    <w:rsid w:val="006746EB"/>
+    <w:rsid w:val="00E35C55"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pl-PL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w15:docId w15:val="{7CD56506-629E-4760-A63A-DAF8AC450063}"/>
+  <w14:docId w14:val="3DA2B8FF"/>
+  <w15:docId w15:val="{B47A1981-A64D-4638-ABA8-323C4D727F4E}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="pl-PL" w:eastAsia="pl-PL" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -9010,156 +6098,146 @@
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normalny">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:pPr>
-[...2 lines deleted...]
-    </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-      <w:b/>
       <w:color w:val="000000"/>
-      <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Domylnaczcionkaakapitu">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Standardowy">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Bezlisty">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="TableGrid">
     <w:name w:val="TableGrid"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Nagwek">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normalny"/>
     <w:link w:val="NagwekZnak"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00A64E4B"/>
+    <w:rsid w:val="006746EB"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
-      <w:spacing w:line="240" w:lineRule="auto"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="NagwekZnak">
     <w:name w:val="Nagłówek Znak"/>
     <w:basedOn w:val="Domylnaczcionkaakapitu"/>
     <w:link w:val="Nagwek"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00A64E4B"/>
+    <w:rsid w:val="006746EB"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-      <w:b/>
       <w:color w:val="000000"/>
-      <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Stopka">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normalny"/>
     <w:link w:val="StopkaZnak"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00A64E4B"/>
+    <w:rsid w:val="006746EB"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
-      <w:spacing w:line="240" w:lineRule="auto"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="StopkaZnak">
     <w:name w:val="Stopka Znak"/>
     <w:basedOn w:val="Domylnaczcionkaakapitu"/>
     <w:link w:val="Stopka"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00A64E4B"/>
+    <w:rsid w:val="006746EB"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-      <w:b/>
       <w:color w:val="000000"/>
-      <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motyw pakietu Office">
   <a:themeElements>
     <a:clrScheme name="Pakiet Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
@@ -9429,53 +6507,68 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>407</Words>
-  <Characters>2442</Characters>
+  <Words>218</Words>
+  <Characters>1310</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>20</Lines>
-  <Paragraphs>5</Paragraphs>
+  <Lines>10</Lines>
+  <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Tytuł</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr>frekwencja_calosc</vt:lpstr>
+    </vt:vector>
+  </TitlesOfParts>
   <Company>ump</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2844</CharactersWithSpaces>
+  <CharactersWithSpaces>1525</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>Środki na 2024_KOREKTA</dc:title>
+  <dc:title>frekwencja_calosc</dc:title>
   <dc:subject/>
   <dc:creator>joagaw</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>