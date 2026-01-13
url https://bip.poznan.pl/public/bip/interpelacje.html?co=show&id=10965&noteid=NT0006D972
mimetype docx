--- v0 (2025-11-08)
+++ v1 (2026-01-13)
@@ -2,4884 +2,8658 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
-    <w:p w:rsidR="000E4E90" w:rsidRPr="00B06F8C" w:rsidRDefault="00E044BF">
+    <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00A64E4B">
       <w:pPr>
         <w:rPr>
-          <w:i w:val="0"/>
-          <w:sz w:val="22"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B06F8C">
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r>
         <w:rPr>
-          <w:i w:val="0"/>
-          <w:sz w:val="22"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>ŚRODKI FINANSOWE NA REMONTY W PLACÓWKACH OŚWIATOWYCH W RAMACH ZADAŃ POWIERZONYCH OSIEDLOM NA 2024 ROK</w:t>
+        <w:t>Środki na</w:t>
+      </w:r>
+      <w:r w:rsidR="00B32B9B" w:rsidRPr="00A64E4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>r</w:t>
+      </w:r>
+      <w:r w:rsidR="00B32B9B" w:rsidRPr="00A64E4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
-        <w:tblW w:w="9770" w:type="dxa"/>
-        <w:tblInd w:w="-548" w:type="dxa"/>
+        <w:tblW w:w="10046" w:type="dxa"/>
+        <w:tblInd w:w="-415" w:type="dxa"/>
         <w:tblCellMar>
           <w:top w:w="43" w:type="dxa"/>
-          <w:left w:w="43" w:type="dxa"/>
-          <w:right w:w="41" w:type="dxa"/>
+          <w:left w:w="31" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="478"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="3387"/>
+        <w:gridCol w:w="573"/>
+        <w:gridCol w:w="3182"/>
+        <w:gridCol w:w="1543"/>
+        <w:gridCol w:w="1454"/>
+        <w:gridCol w:w="1657"/>
+        <w:gridCol w:w="1637"/>
       </w:tblGrid>
-      <w:tr w:rsidR="000E4E90" w:rsidTr="00B06F8C">
+      <w:tr w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidTr="00EA3FDF">
         <w:trPr>
-          <w:trHeight w:val="1211"/>
+          <w:trHeight w:val="1478"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="478" w:type="dxa"/>
-[...4 lines deleted...]
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            <w:tcW w:w="573" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000E4E90" w:rsidRPr="00B06F8C" w:rsidRDefault="00E044BF">
-[...11 lines deleted...]
-                <w:i w:val="0"/>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0" w:right="17"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Lp.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5905" w:type="dxa"/>
-[...4 lines deleted...]
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            <w:tcW w:w="3182" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000E4E90" w:rsidRPr="00B06F8C" w:rsidRDefault="00B06F8C">
-[...2 lines deleted...]
-              <w:ind w:left="0" w:right="84" w:firstLine="0"/>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0" w:right="19"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:i w:val="0"/>
-[...37 lines deleted...]
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>O</w:t>
+            </w:r>
+            <w:r w:rsidR="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>siedle</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1543" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000E4E90" w:rsidRPr="00B06F8C" w:rsidRDefault="00B06F8C" w:rsidP="00B06F8C">
-[...2 lines deleted...]
-              <w:ind w:left="0" w:right="39" w:firstLine="0"/>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:spacing w:line="254" w:lineRule="auto"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:i w:val="0"/>
-[...16 lines deleted...]
-              <w:ind w:left="0" w:right="40" w:firstLine="0"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Środki naliczone proporcjonalnie do </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="23" w:hanging="11"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:i w:val="0"/>
-[...16 lines deleted...]
-              <w:ind w:left="0" w:right="39" w:firstLine="0"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>liczby ludności oraz powierzchni osiedla</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1454" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0" w:firstLine="11"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:i w:val="0"/>
-[...10 lines deleted...]
-              <w:t>/ w zł /</w:t>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Środki z tytułu udziału w podatku od nieruchomości </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1657" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="17" w:right="8"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Środki niewykorzystane z roku 2022</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1637" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B" w:rsidP="00A64E4B">
+            <w:pPr>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Środki ogółem na 2024 rok</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000E4E90" w:rsidTr="00B06F8C">
+      <w:tr w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidTr="00EA3FDF">
         <w:trPr>
-          <w:trHeight w:val="290"/>
+          <w:trHeight w:val="233"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="478" w:type="dxa"/>
-[...21 lines deleted...]
-                <w:i w:val="0"/>
+            <w:tcW w:w="573" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0" w:right="17"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5905" w:type="dxa"/>
-[...70 lines deleted...]
-              <w:t>116 566</w:t>
+            <w:tcW w:w="3182" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ANTONINEK-ZIELINIEC-KOBYLEPOLE</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1543" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0" w:right="32"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>160 269,00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1454" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0" w:right="32"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>870 028,00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1657" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0" w:right="31"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>4 690,00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1637" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0" w:right="31"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1 034 987,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000E4E90" w:rsidTr="00B06F8C">
+      <w:tr w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidTr="00EA3FDF">
         <w:trPr>
-          <w:trHeight w:val="290"/>
+          <w:trHeight w:val="233"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="478" w:type="dxa"/>
-[...21 lines deleted...]
-                <w:i w:val="0"/>
+            <w:tcW w:w="573" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0" w:right="17"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5905" w:type="dxa"/>
-[...61 lines deleted...]
-              <w:t>318 345</w:t>
+            <w:tcW w:w="3182" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">CHARTOWO </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1543" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0" w:right="32"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>194 236,00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1454" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0" w:right="32"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>505 983,00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1657" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0" w:right="31"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>171 626,00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1637" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0" w:right="31"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>871 845,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000E4E90" w:rsidTr="00B06F8C">
+      <w:tr w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidTr="00EA3FDF">
         <w:trPr>
-          <w:trHeight w:val="290"/>
+          <w:trHeight w:val="233"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="478" w:type="dxa"/>
-[...21 lines deleted...]
-                <w:i w:val="0"/>
+            <w:tcW w:w="573" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0" w:right="17"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5905" w:type="dxa"/>
-[...61 lines deleted...]
-              <w:t>0</w:t>
+            <w:tcW w:w="3182" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">FABIANOWO-KOTOWO </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1543" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0" w:right="32"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>42 541,00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1454" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0" w:right="32"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>338 250,00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1657" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0" w:right="31"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>15 954,00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1637" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0" w:right="31"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>396 745,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000E4E90" w:rsidTr="00B06F8C">
+      <w:tr w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidTr="00EA3FDF">
         <w:trPr>
-          <w:trHeight w:val="290"/>
+          <w:trHeight w:val="233"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="478" w:type="dxa"/>
-[...21 lines deleted...]
-                <w:i w:val="0"/>
+            <w:tcW w:w="573" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0" w:right="17"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5905" w:type="dxa"/>
-[...59 lines deleted...]
-              <w:t>53 653</w:t>
+            <w:tcW w:w="3182" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">GŁÓWNA </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1543" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0" w:right="32"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>64 374,00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1454" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0" w:right="32"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>623 172,00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1657" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0" w:right="31"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>20 520,00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1637" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0" w:right="31"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>708 066,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000E4E90" w:rsidTr="00B06F8C">
+      <w:tr w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidTr="00EA3FDF">
         <w:trPr>
-          <w:trHeight w:val="290"/>
+          <w:trHeight w:val="233"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="478" w:type="dxa"/>
-[...21 lines deleted...]
-                <w:i w:val="0"/>
+            <w:tcW w:w="573" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0" w:right="17"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5905" w:type="dxa"/>
-[...59 lines deleted...]
-              <w:t>51 329</w:t>
+            <w:tcW w:w="3182" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">GŁUSZYNA </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1543" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0" w:right="32"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>86 748,00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1454" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0" w:right="32"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>493 086,00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1657" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0" w:right="31"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>32 416,00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1637" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0" w:right="31"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>612 250,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000E4E90" w:rsidTr="00B06F8C">
+      <w:tr w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidTr="00EA3FDF">
         <w:trPr>
-          <w:trHeight w:val="290"/>
+          <w:trHeight w:val="233"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="478" w:type="dxa"/>
-[...21 lines deleted...]
-                <w:i w:val="0"/>
+            <w:tcW w:w="573" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0" w:right="17"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5905" w:type="dxa"/>
-[...59 lines deleted...]
-              <w:t>157 187</w:t>
+            <w:tcW w:w="3182" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">GÓRCZYN </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1543" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0" w:right="32"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>117 350,00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1454" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0" w:right="32"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>407 129,00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1657" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0" w:right="31"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>12 930,00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1637" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0" w:right="31"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>537 409,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000E4E90" w:rsidTr="00B06F8C">
+      <w:tr w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidTr="00EA3FDF">
         <w:trPr>
-          <w:trHeight w:val="290"/>
+          <w:trHeight w:val="233"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="478" w:type="dxa"/>
-[...21 lines deleted...]
-                <w:i w:val="0"/>
+            <w:tcW w:w="573" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0" w:right="17"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5905" w:type="dxa"/>
-[...59 lines deleted...]
-              <w:t>435 414</w:t>
+            <w:tcW w:w="3182" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">GRUNWALD POŁUDNIE </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1543" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0" w:right="32"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>204 183,00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1454" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0" w:right="31"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>485 918,00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1657" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0" w:right="31"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>26 740,00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1637" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0" w:right="31"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>716 841,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000E4E90" w:rsidTr="00B06F8C">
+      <w:tr w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidTr="00EA3FDF">
         <w:trPr>
-          <w:trHeight w:val="291"/>
+          <w:trHeight w:val="233"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="478" w:type="dxa"/>
-[...21 lines deleted...]
-                <w:i w:val="0"/>
+            <w:tcW w:w="573" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0" w:right="17"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5905" w:type="dxa"/>
-[...59 lines deleted...]
-              <w:t>134 003</w:t>
+            <w:tcW w:w="3182" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">GRUNWALD PÓŁNOC </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1543" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0" w:right="32"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>101 811,00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1454" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0" w:right="31"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>189 864,00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1657" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0" w:right="31"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6 065,00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1637" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0" w:right="31"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>297 740,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000E4E90" w:rsidTr="00B06F8C">
+      <w:tr w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidTr="00EA3FDF">
         <w:trPr>
-          <w:trHeight w:val="290"/>
+          <w:trHeight w:val="233"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="478" w:type="dxa"/>
-[...21 lines deleted...]
-                <w:i w:val="0"/>
+            <w:tcW w:w="573" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0" w:right="17"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5905" w:type="dxa"/>
-[...59 lines deleted...]
-              <w:t>192 858</w:t>
+            <w:tcW w:w="3182" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">JEŻYCE </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1543" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0" w:right="32"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>168 108,00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1454" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0" w:right="32"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>499 575,00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1657" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0" w:right="31"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>14 816,00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1637" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0" w:right="31"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>682 499,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000E4E90" w:rsidTr="00B06F8C">
+      <w:tr w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidTr="00EA3FDF">
         <w:trPr>
-          <w:trHeight w:val="290"/>
+          <w:trHeight w:val="233"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="478" w:type="dxa"/>
-[...21 lines deleted...]
-                <w:i w:val="0"/>
+            <w:tcW w:w="573" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0" w:right="17"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5905" w:type="dxa"/>
-[...61 lines deleted...]
-              <w:t>91 024</w:t>
+            <w:tcW w:w="3182" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">JUNIKOWO </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1543" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0" w:right="32"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>106 023,00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1454" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0" w:right="32"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>439 162,00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1657" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0" w:right="31"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>77 029,00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1637" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0" w:right="31"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>622 214,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000E4E90" w:rsidTr="00B06F8C">
+      <w:tr w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidTr="00EA3FDF">
         <w:trPr>
-          <w:trHeight w:val="290"/>
+          <w:trHeight w:val="221"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="478" w:type="dxa"/>
-[...21 lines deleted...]
-                <w:i w:val="0"/>
+            <w:tcW w:w="573" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0" w:right="17"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5905" w:type="dxa"/>
-[...59 lines deleted...]
-              <w:t>53 034</w:t>
+            <w:tcW w:w="3182" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">KIEKRZ </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1543" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0" w:right="32"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>55 039,00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1454" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0" w:right="32"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>283 746,00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1657" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0" w:right="32"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>14 546,00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1637" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0" w:right="32"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>353 331,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000E4E90" w:rsidTr="00B06F8C">
+      <w:tr w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidTr="00EA3FDF">
         <w:trPr>
-          <w:trHeight w:val="290"/>
+          <w:trHeight w:val="233"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="478" w:type="dxa"/>
-[...21 lines deleted...]
-                <w:i w:val="0"/>
+            <w:tcW w:w="573" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0" w:right="17"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5905" w:type="dxa"/>
-[...70 lines deleted...]
-              <w:t>73 242</w:t>
+            <w:tcW w:w="3182" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>KRZESINY-POKRZYWNO-GARASZEWO</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1543" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0" w:right="32"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>57 685,00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1454" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0" w:right="32"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>308 460,00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1657" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0" w:right="31"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>209 748,00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1637" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0" w:right="31"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>575 893,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000E4E90" w:rsidTr="00B06F8C">
+      <w:tr w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidTr="00EA3FDF">
         <w:trPr>
-          <w:trHeight w:val="290"/>
+          <w:trHeight w:val="233"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="478" w:type="dxa"/>
-[...21 lines deleted...]
-                <w:i w:val="0"/>
+            <w:tcW w:w="573" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0" w:right="17"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5905" w:type="dxa"/>
-[...59 lines deleted...]
-              <w:t>72 516</w:t>
+            <w:tcW w:w="3182" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>KRZYŻOWNIKI-SMOCHOWICE</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1543" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0" w:right="32"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>106 661,00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1454" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0" w:right="32"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>476 367,00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1657" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0" w:right="31"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>42 345,00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1637" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0" w:right="31"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>625 373,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000E4E90" w:rsidTr="00B06F8C">
+      <w:tr w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidTr="00EA3FDF">
         <w:trPr>
-          <w:trHeight w:val="290"/>
+          <w:trHeight w:val="233"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="478" w:type="dxa"/>
-[...21 lines deleted...]
-                <w:i w:val="0"/>
+            <w:tcW w:w="573" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0" w:right="17"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5905" w:type="dxa"/>
-[...59 lines deleted...]
-              <w:t>40 203</w:t>
+            <w:tcW w:w="3182" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">KWIATOWE </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1543" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0" w:right="32"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>46 962,00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1454" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0" w:right="32"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>142 143,00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1657" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0" w:right="31"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>31 089,00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1637" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0" w:right="31"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>220 194,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000E4E90" w:rsidTr="00B06F8C">
+      <w:tr w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidTr="00EA3FDF">
         <w:trPr>
-          <w:trHeight w:val="290"/>
+          <w:trHeight w:val="233"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="478" w:type="dxa"/>
-[...21 lines deleted...]
-                <w:i w:val="0"/>
+            <w:tcW w:w="573" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0" w:right="17"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5905" w:type="dxa"/>
-[...59 lines deleted...]
-              <w:t>85 697</w:t>
+            <w:tcW w:w="3182" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ŁAWICA </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1543" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0" w:right="32"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>124 988,00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1454" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0" w:right="32"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>618 592,00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1657" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0" w:right="31"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>12 797,00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1637" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0" w:right="31"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>756 377,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000E4E90" w:rsidTr="00B06F8C">
+      <w:tr w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidTr="00EA3FDF">
         <w:trPr>
-          <w:trHeight w:val="290"/>
+          <w:trHeight w:val="233"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="478" w:type="dxa"/>
-[...21 lines deleted...]
-                <w:i w:val="0"/>
+            <w:tcW w:w="573" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0" w:right="17"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5905" w:type="dxa"/>
-[...61 lines deleted...]
-              <w:t>7 412</w:t>
+            <w:tcW w:w="3182" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">MORASKO-RADOJEWO </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1543" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0" w:right="32"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>94 605,00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1454" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0" w:right="32"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>479 798,00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1657" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0" w:right="31"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>19 215,00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1637" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0" w:right="31"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>593 618,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000E4E90" w:rsidTr="00B06F8C">
+      <w:tr w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidTr="00EA3FDF">
         <w:trPr>
-          <w:trHeight w:val="290"/>
+          <w:trHeight w:val="233"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="478" w:type="dxa"/>
-[...21 lines deleted...]
-                <w:i w:val="0"/>
+            <w:tcW w:w="573" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0" w:right="17"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5905" w:type="dxa"/>
-[...59 lines deleted...]
-              <w:t>219 825</w:t>
+            <w:tcW w:w="3182" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">NARAMOWICE </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1543" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0" w:right="32"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>180 681,00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1454" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0" w:right="31"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>492 970,00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1657" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0" w:right="31"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>21 239,00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1637" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0" w:right="31"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>694 890,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000E4E90" w:rsidTr="00B06F8C">
+      <w:tr w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidTr="00EA3FDF">
         <w:trPr>
-          <w:trHeight w:val="291"/>
+          <w:trHeight w:val="233"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="478" w:type="dxa"/>
-[...21 lines deleted...]
-                <w:i w:val="0"/>
+            <w:tcW w:w="573" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0" w:right="17"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5905" w:type="dxa"/>
-[...59 lines deleted...]
-              <w:t>204 540</w:t>
+            <w:tcW w:w="3182" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>NOWE WINOGRADY POŁUDNIE</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1543" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0" w:right="32"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>109 300,00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1454" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0" w:right="31"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>247 115,00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1657" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0" w:right="31"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>9 739,00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1637" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0" w:right="31"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>366 154,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000E4E90" w:rsidTr="00B06F8C">
+      <w:tr w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidTr="00EA3FDF">
         <w:trPr>
-          <w:trHeight w:val="276"/>
+          <w:trHeight w:val="233"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="478" w:type="dxa"/>
-[...21 lines deleted...]
-                <w:i w:val="0"/>
+            <w:tcW w:w="573" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0" w:right="17"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>19</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5905" w:type="dxa"/>
-[...59 lines deleted...]
-              <w:t>165 108</w:t>
+            <w:tcW w:w="3182" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">NOWE WINOGRADY PÓŁNOC </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1543" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0" w:right="32"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>126 715,00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1454" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0" w:right="31"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>244 720,00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1657" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0" w:right="31"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>961,00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1637" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0" w:right="31"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>372 396,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000E4E90" w:rsidTr="00B06F8C">
+      <w:tr w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidTr="00EA3FDF">
         <w:trPr>
-          <w:trHeight w:val="290"/>
+          <w:trHeight w:val="233"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="478" w:type="dxa"/>
-[...21 lines deleted...]
-                <w:i w:val="0"/>
+            <w:tcW w:w="573" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0" w:right="17"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5905" w:type="dxa"/>
-[...59 lines deleted...]
-              <w:t>136 810</w:t>
+            <w:tcW w:w="3182" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">NOWE WINOGRADY WSCHÓD </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1543" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0" w:right="32"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>46 366,00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1454" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0" w:right="32"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>92 786,00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1657" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0" w:right="31"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>749,00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1637" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0" w:right="31"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>139 901,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000E4E90" w:rsidTr="00B06F8C">
+      <w:tr w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidTr="00EA3FDF">
         <w:trPr>
-          <w:trHeight w:val="290"/>
+          <w:trHeight w:val="233"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="478" w:type="dxa"/>
-[...21 lines deleted...]
-                <w:i w:val="0"/>
+            <w:tcW w:w="573" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0" w:right="17"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>21</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5905" w:type="dxa"/>
-[...59 lines deleted...]
-              <w:t>62 610</w:t>
+            <w:tcW w:w="3182" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">OGRODY </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1543" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0" w:right="32"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>54 413,00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1454" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0" w:right="32"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>161 338,00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1657" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0" w:right="31"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>163,00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1637" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0" w:right="31"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>215 914,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000E4E90" w:rsidTr="00B06F8C">
+      <w:tr w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidTr="00EA3FDF">
         <w:trPr>
-          <w:trHeight w:val="302"/>
+          <w:trHeight w:val="466"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="478" w:type="dxa"/>
-[...21 lines deleted...]
-                <w:i w:val="0"/>
+            <w:tcW w:w="573" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0" w:right="17"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>22</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5905" w:type="dxa"/>
-[...70 lines deleted...]
-              <w:t>49 297</w:t>
+            <w:tcW w:w="3182" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>OSTRÓW TUMSKI-ŚRÓDKA-ZAWADY-</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>KOMANDORIA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1543" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0" w:right="32"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>60 040,00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1454" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0" w:right="32"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>238 245,00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1657" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0" w:right="31"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>45 793,00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1637" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0" w:right="31"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>344 078,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000E4E90" w:rsidTr="00B06F8C">
+      <w:tr w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidTr="00EA3FDF">
         <w:trPr>
-          <w:trHeight w:val="290"/>
+          <w:trHeight w:val="233"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="478" w:type="dxa"/>
-[...21 lines deleted...]
-                <w:i w:val="0"/>
+            <w:tcW w:w="573" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0" w:right="17"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>23</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5905" w:type="dxa"/>
-[...59 lines deleted...]
-              <w:t>372 954</w:t>
+            <w:tcW w:w="3182" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">PIĄTKOWO </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1543" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0" w:right="32"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>291 185,00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1454" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0" w:right="32"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>604 672,00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1657" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0" w:right="31"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>42 705,00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1637" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0" w:right="31"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>938 562,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000E4E90" w:rsidTr="00B06F8C">
+      <w:tr w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidTr="00EA3FDF">
         <w:trPr>
-          <w:trHeight w:val="290"/>
+          <w:trHeight w:val="233"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="478" w:type="dxa"/>
-[...21 lines deleted...]
-                <w:i w:val="0"/>
+            <w:tcW w:w="573" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0" w:right="17"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>24</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5905" w:type="dxa"/>
-[...59 lines deleted...]
-              <w:t>156 885</w:t>
+            <w:tcW w:w="3182" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>PIĄTKOWO PÓŁNOC</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1543" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0" w:right="32"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>75 850,00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1454" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0" w:right="31"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>154 735,00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1657" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0" w:right="31"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6 658,00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1637" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0" w:right="31"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>237 243,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000E4E90" w:rsidTr="00B06F8C">
+      <w:tr w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidTr="00EA3FDF">
         <w:trPr>
-          <w:trHeight w:val="290"/>
+          <w:trHeight w:val="233"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="478" w:type="dxa"/>
-[...21 lines deleted...]
-                <w:i w:val="0"/>
+            <w:tcW w:w="573" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0" w:right="17"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5905" w:type="dxa"/>
-[...59 lines deleted...]
-              <w:t>118 050</w:t>
+            <w:tcW w:w="3182" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">PODOLANY </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1543" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0" w:right="32"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>98 246,00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1454" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0" w:right="32"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>522 993,00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1657" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0" w:right="31"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>7 960,00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1637" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0" w:right="31"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>629 199,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000E4E90" w:rsidTr="00B06F8C">
+      <w:tr w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidTr="00EA3FDF">
         <w:trPr>
-          <w:trHeight w:val="290"/>
+          <w:trHeight w:val="233"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="478" w:type="dxa"/>
-[...21 lines deleted...]
-                <w:i w:val="0"/>
+            <w:tcW w:w="573" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0" w:right="17"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>26</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5905" w:type="dxa"/>
-[...59 lines deleted...]
-              <w:t>435 196</w:t>
+            <w:tcW w:w="3182" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RATAJE </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1543" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0" w:right="32"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>285 097,00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1454" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0" w:right="32"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>857 966,00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1657" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0" w:right="31"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10 589,00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1637" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0" w:right="31"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1 153 652,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000E4E90" w:rsidTr="00B06F8C">
+      <w:tr w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidTr="00EA3FDF">
         <w:trPr>
-          <w:trHeight w:val="290"/>
+          <w:trHeight w:val="233"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="478" w:type="dxa"/>
-[...21 lines deleted...]
-                <w:i w:val="0"/>
+            <w:tcW w:w="573" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0" w:right="17"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>27</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5905" w:type="dxa"/>
-[...61 lines deleted...]
-              <w:t>25 413</w:t>
+            <w:tcW w:w="3182" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">SOŁACZ </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1543" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0" w:right="32"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>58 310,00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1454" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0" w:right="32"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>229 293,00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1657" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0" w:right="31"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>4 599,00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1637" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0" w:right="31"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>292 202,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000E4E90" w:rsidTr="00B06F8C">
+      <w:tr w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidTr="00EA3FDF">
         <w:trPr>
-          <w:trHeight w:val="291"/>
+          <w:trHeight w:val="233"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="478" w:type="dxa"/>
-[...21 lines deleted...]
-                <w:i w:val="0"/>
+            <w:tcW w:w="573" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0" w:right="17"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>28</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5905" w:type="dxa"/>
-[...59 lines deleted...]
-              <w:t>314 608</w:t>
+            <w:tcW w:w="3182" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">STARE MIASTO </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1543" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0" w:right="32"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>191 202,00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1454" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0" w:right="32"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>841 371,00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1657" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0" w:right="32"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>24 303,00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1637" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0" w:right="31"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1 056 876,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000E4E90" w:rsidTr="00B06F8C">
+      <w:tr w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidTr="00EA3FDF">
         <w:trPr>
-          <w:trHeight w:val="290"/>
+          <w:trHeight w:val="233"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="478" w:type="dxa"/>
-[...21 lines deleted...]
-                <w:i w:val="0"/>
+            <w:tcW w:w="573" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0" w:right="17"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>29</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5905" w:type="dxa"/>
-[...59 lines deleted...]
-              <w:t>92 993</w:t>
+            <w:tcW w:w="3182" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">STARE WINOGRADY </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1543" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0" w:right="32"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>83 900,00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1454" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0" w:right="32"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>284 955,00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1657" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0" w:right="31"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>20 112,00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1637" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0" w:right="31"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>388 967,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000E4E90" w:rsidTr="00B06F8C">
+      <w:tr w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidTr="00EA3FDF">
         <w:trPr>
-          <w:trHeight w:val="290"/>
+          <w:trHeight w:val="233"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="478" w:type="dxa"/>
-[...21 lines deleted...]
-                <w:i w:val="0"/>
+            <w:tcW w:w="573" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0" w:right="17"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5905" w:type="dxa"/>
-[...59 lines deleted...]
-              <w:t>25 240</w:t>
+            <w:tcW w:w="3182" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>STAROŁĘKA-MINIKOWO</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1543" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0" w:right="32"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>134 453,00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1454" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0" w:right="31"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>744 823,00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1657" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0" w:right="31"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>88 329,00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1637" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0" w:right="31"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>967 605,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000E4E90" w:rsidTr="00B06F8C">
+      <w:tr w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidTr="00EA3FDF">
         <w:trPr>
-          <w:trHeight w:val="290"/>
+          <w:trHeight w:val="233"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="478" w:type="dxa"/>
-[...21 lines deleted...]
-                <w:i w:val="0"/>
+            <w:tcW w:w="573" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0" w:right="17"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>31</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5905" w:type="dxa"/>
-[...59 lines deleted...]
-              <w:t>88 807</w:t>
+            <w:tcW w:w="3182" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">STARY GRUNWALD </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1543" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0" w:right="32"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>26 398,00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1454" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0" w:right="32"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>70 579,00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1657" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0" w:right="31"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>58,00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1637" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0" w:right="31"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>97 035,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000E4E90" w:rsidTr="00B06F8C">
+      <w:tr w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidTr="00EA3FDF">
         <w:trPr>
-          <w:trHeight w:val="290"/>
+          <w:trHeight w:val="233"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="478" w:type="dxa"/>
-[...21 lines deleted...]
-                <w:i w:val="0"/>
+            <w:tcW w:w="573" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0" w:right="17"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>32</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5905" w:type="dxa"/>
-[...59 lines deleted...]
-              <w:t>162 484</w:t>
+            <w:tcW w:w="3182" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">STRZESZYN </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1543" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0" w:right="32"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>124 917,00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1454" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0" w:right="32"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>427 115,00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1657" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0" w:right="31"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>36 230,00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1637" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0" w:right="31"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>588 262,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000E4E90" w:rsidTr="00B06F8C">
+      <w:tr w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidTr="00EA3FDF">
         <w:trPr>
-          <w:trHeight w:val="290"/>
+          <w:trHeight w:val="233"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="478" w:type="dxa"/>
-[...21 lines deleted...]
-                <w:i w:val="0"/>
+            <w:tcW w:w="573" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0" w:right="17"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>33</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5905" w:type="dxa"/>
-[...70 lines deleted...]
-              <w:t>101 266</w:t>
+            <w:tcW w:w="3182" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>SZCZEPANKOWO-SPŁAWIE-KRZESINKI</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1543" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0" w:right="32"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>137 650,00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1454" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0" w:right="31"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>621 212,00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1657" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0" w:right="31"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>140 088,00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1637" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0" w:right="31"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>898 950,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000E4E90" w:rsidTr="00B06F8C">
+      <w:tr w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidTr="00EA3FDF">
         <w:trPr>
-          <w:trHeight w:val="290"/>
+          <w:trHeight w:val="233"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="478" w:type="dxa"/>
-[...21 lines deleted...]
-                <w:i w:val="0"/>
+            <w:tcW w:w="573" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0" w:right="17"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>34</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5905" w:type="dxa"/>
-[...59 lines deleted...]
-              <w:t>102 183</w:t>
+            <w:tcW w:w="3182" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ŚW. ŁAZARZ </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1543" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0" w:right="32"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>248 119,00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1454" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0" w:right="32"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>720 392,00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1657" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0" w:right="31"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>25 417,00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1637" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0" w:right="31"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>993 928,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000E4E90" w:rsidTr="00B06F8C">
+      <w:tr w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidTr="00EA3FDF">
         <w:trPr>
-          <w:trHeight w:val="290"/>
+          <w:trHeight w:val="233"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="478" w:type="dxa"/>
-[...21 lines deleted...]
-                <w:i w:val="0"/>
+            <w:tcW w:w="573" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0" w:right="17"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>35</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5905" w:type="dxa"/>
-[...59 lines deleted...]
-              <w:t>368 912</w:t>
+            <w:tcW w:w="3182" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ŚWIERCZEWO </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1543" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0" w:right="32"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>127 265,00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1454" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0" w:right="32"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>320 972,00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1657" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0" w:right="31"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>98 972,00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1637" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0" w:right="31"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>547 209,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000E4E90" w:rsidTr="00B06F8C">
+      <w:tr w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidTr="00EA3FDF">
         <w:trPr>
-          <w:trHeight w:val="290"/>
+          <w:trHeight w:val="233"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="478" w:type="dxa"/>
-[...21 lines deleted...]
-                <w:i w:val="0"/>
+            <w:tcW w:w="573" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0" w:right="17"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>36</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5905" w:type="dxa"/>
-[...61 lines deleted...]
-              <w:t>100 566</w:t>
+            <w:tcW w:w="3182" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">UMULTOWO </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1543" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0" w:right="32"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>61 379,00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1454" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0" w:right="32"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>222 610,00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1657" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0" w:right="31"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>154 048,00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1637" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0" w:right="31"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>438 037,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000E4E90" w:rsidTr="00B06F8C">
+      <w:tr w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidTr="00EA3FDF">
         <w:trPr>
-          <w:trHeight w:val="290"/>
+          <w:trHeight w:val="233"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="478" w:type="dxa"/>
-[...21 lines deleted...]
-                <w:i w:val="0"/>
+            <w:tcW w:w="573" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0" w:right="17"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>37</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5905" w:type="dxa"/>
-[...61 lines deleted...]
-              <w:t>84 072</w:t>
+            <w:tcW w:w="3182" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>WARSZAWSKIE-POMET-MALTAŃSKIE</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1543" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0" w:right="32"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>79 227,00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1454" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0" w:right="32"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>453 168,00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1657" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0" w:right="31"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1 938,00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1637" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0" w:right="31"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>534 333,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000E4E90" w:rsidTr="00B06F8C">
+      <w:tr w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidTr="00EA3FDF">
         <w:trPr>
-          <w:trHeight w:val="290"/>
+          <w:trHeight w:val="233"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="478" w:type="dxa"/>
-[...21 lines deleted...]
-                <w:i w:val="0"/>
+            <w:tcW w:w="573" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0" w:right="17"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>38</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5905" w:type="dxa"/>
-[...59 lines deleted...]
-              <w:t>262 123</w:t>
+            <w:tcW w:w="3182" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">WILDA </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1543" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0" w:right="32"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>239 541,00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1454" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0" w:right="32"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>898 011,00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1657" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0" w:right="31"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>23 133,00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1637" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0" w:right="31"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1 160 685,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000E4E90" w:rsidTr="00B06F8C">
+      <w:tr w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidTr="00EA3FDF">
         <w:trPr>
-          <w:trHeight w:val="291"/>
+          <w:trHeight w:val="233"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="478" w:type="dxa"/>
-[...21 lines deleted...]
-                <w:i w:val="0"/>
+            <w:tcW w:w="573" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0" w:right="17"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>39</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5905" w:type="dxa"/>
-[...59 lines deleted...]
-              <w:t>119 817</w:t>
+            <w:tcW w:w="3182" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">WINIARY </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1543" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0" w:right="32"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>111 830,00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1454" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0" w:right="32"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>324 058,00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1657" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0" w:right="31"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1 998,00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1637" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0" w:right="31"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>437 886,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000E4E90" w:rsidTr="00B06F8C">
+      <w:tr w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidTr="00EA3FDF">
         <w:trPr>
-          <w:trHeight w:val="290"/>
+          <w:trHeight w:val="233"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="478" w:type="dxa"/>
-[...21 lines deleted...]
-                <w:i w:val="0"/>
+            <w:tcW w:w="573" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0" w:right="17"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>40</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5905" w:type="dxa"/>
-[...59 lines deleted...]
-              <w:t>52 342</w:t>
+            <w:tcW w:w="3182" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">WOLA </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1543" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0" w:right="32"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>56 570,00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1454" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0" w:right="32"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>221 169,00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1657" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0" w:right="31"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>44 891,00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1637" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0" w:right="31"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>322 630,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000E4E90" w:rsidTr="00B06F8C">
+      <w:tr w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidTr="00EA3FDF">
         <w:trPr>
-          <w:trHeight w:val="290"/>
+          <w:trHeight w:val="233"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="478" w:type="dxa"/>
-[...21 lines deleted...]
-                <w:i w:val="0"/>
+            <w:tcW w:w="573" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0" w:right="17"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>41</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5905" w:type="dxa"/>
-[...59 lines deleted...]
-              <w:t>217 204</w:t>
+            <w:tcW w:w="3182" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ZIELONY DĘBIEC </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1543" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0" w:right="32"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>112 811,00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1454" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0" w:right="32"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>334 275,00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1657" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0" w:right="32"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>78 158,00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1637" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0" w:right="31"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>525 244,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000E4E90" w:rsidTr="00B06F8C">
+      <w:tr w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidTr="00EA3FDF">
         <w:trPr>
-          <w:trHeight w:val="290"/>
+          <w:trHeight w:val="233"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="478" w:type="dxa"/>
-[...21 lines deleted...]
-                <w:i w:val="0"/>
+            <w:tcW w:w="573" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0" w:right="17"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>42</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5905" w:type="dxa"/>
-[...61 lines deleted...]
-              <w:t>189 940</w:t>
+            <w:tcW w:w="3182" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ŻEGRZE </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1543" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0" w:right="32"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>146 952,00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1454" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0" w:right="32"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>400 708,00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1657" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0" w:right="31"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>14 504,00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1637" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0" w:right="31"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>562 164,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000E4E90" w:rsidTr="00B06F8C">
+      <w:tr w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidTr="00EA3FDF">
         <w:trPr>
-          <w:trHeight w:val="302"/>
+          <w:trHeight w:val="233"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6383" w:type="dxa"/>
+            <w:tcW w:w="3755" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
-[...64 lines deleted...]
-              <w:t>6 111 728</w:t>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="002474C4">
+            <w:pPr>
+              <w:spacing w:after="160"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1543" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0" w:right="31"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5 000 000,00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1454" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0" w:right="30"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>17 893 524,00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1657" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0" w:right="30"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1 615 860,00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1637" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002474C4" w:rsidRPr="00A64E4B" w:rsidRDefault="00B32B9B">
+            <w:pPr>
+              <w:ind w:left="0" w:right="30"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A64E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>24 509 384,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00E044BF" w:rsidRDefault="00E044BF" w:rsidP="00B06F8C">
-[...6 lines deleted...]
-    <w:sectPr w:rsidR="00E044BF">
+    <w:p w:rsidR="00B32B9B" w:rsidRDefault="00B32B9B"/>
+    <w:sectPr w:rsidR="00B32B9B">
       <w:headerReference w:type="default" r:id="rId6"/>
-      <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1440" w:right="930" w:bottom="434" w:left="1738" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgSz w:w="11900" w:h="16840"/>
+      <w:pgMar w:top="1318" w:right="1440" w:bottom="1440" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00AB0FAD" w:rsidRDefault="00AB0FAD" w:rsidP="00B06F8C">
+    <w:p w:rsidR="00B90AC0" w:rsidRDefault="00B90AC0" w:rsidP="00A64E4B">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00AB0FAD" w:rsidRDefault="00AB0FAD" w:rsidP="00B06F8C">
+    <w:p w:rsidR="00B90AC0" w:rsidRDefault="00B90AC0" w:rsidP="00A64E4B">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00AB0FAD" w:rsidRDefault="00AB0FAD" w:rsidP="00B06F8C">
+    <w:p w:rsidR="00B90AC0" w:rsidRDefault="00B90AC0" w:rsidP="00A64E4B">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00AB0FAD" w:rsidRDefault="00AB0FAD" w:rsidP="00B06F8C">
+    <w:p w:rsidR="00B90AC0" w:rsidRDefault="00B90AC0" w:rsidP="00A64E4B">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w:rsidR="00B06F8C" w:rsidRPr="00B06F8C" w:rsidRDefault="00B06F8C">
+  <w:p w:rsidR="00A64E4B" w:rsidRPr="00A64E4B" w:rsidRDefault="00A64E4B">
     <w:pPr>
       <w:pStyle w:val="Nagwek"/>
       <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b w:val="0"/>
-        <w:i w:val="0"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="00B06F8C">
+    <w:r w:rsidRPr="00A64E4B">
       <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b w:val="0"/>
-        <w:i w:val="0"/>
         <w:sz w:val="22"/>
       </w:rPr>
-      <w:t>Załącznik nr 5</w:t>
+      <w:t>Załącznik nr 4</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="140"/>
   <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:hdrShapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+  </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="000E4E90"/>
-[...4 lines deleted...]
-    <w:rsid w:val="00E044BF"/>
+    <w:rsidRoot w:val="002474C4"/>
+    <w:rsid w:val="00003834"/>
+    <w:rsid w:val="002474C4"/>
+    <w:rsid w:val="007D46D0"/>
+    <w:rsid w:val="00A64E4B"/>
+    <w:rsid w:val="00B32B9B"/>
+    <w:rsid w:val="00B90AC0"/>
+    <w:rsid w:val="00EA3FDF"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pl-PL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w15:docId w15:val="{A01437CE-8338-4C99-BB14-8E2AE00F85F4}"/>
+  <w15:docId w15:val="{7CD56506-629E-4760-A63A-DAF8AC450063}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="pl-PL" w:eastAsia="pl-PL" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -5237,158 +9011,155 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normalny">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
-      <w:spacing w:after="314"/>
-      <w:ind w:left="518" w:hanging="518"/>
+      <w:spacing w:after="0"/>
+      <w:ind w:left="216"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:b/>
-      <w:i/>
       <w:color w:val="000000"/>
-      <w:sz w:val="27"/>
+      <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Domylnaczcionkaakapitu">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Standardowy">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Bezlisty">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="TableGrid">
     <w:name w:val="TableGrid"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Nagwek">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normalny"/>
     <w:link w:val="NagwekZnak"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00B06F8C"/>
+    <w:rsid w:val="00A64E4B"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="NagwekZnak">
     <w:name w:val="Nagłówek Znak"/>
     <w:basedOn w:val="Domylnaczcionkaakapitu"/>
     <w:link w:val="Nagwek"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00B06F8C"/>
+    <w:rsid w:val="00A64E4B"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:b/>
-      <w:i/>
       <w:color w:val="000000"/>
-      <w:sz w:val="27"/>
+      <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Stopka">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normalny"/>
     <w:link w:val="StopkaZnak"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00B06F8C"/>
+    <w:rsid w:val="00A64E4B"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="StopkaZnak">
     <w:name w:val="Stopka Znak"/>
     <w:basedOn w:val="Domylnaczcionkaakapitu"/>
     <w:link w:val="Stopka"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00B06F8C"/>
+    <w:rsid w:val="00A64E4B"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:b/>
-      <w:i/>
       <w:color w:val="000000"/>
-      <w:sz w:val="27"/>
+      <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motyw pakietu Office">
   <a:themeElements>
     <a:clrScheme name="Pakiet Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
@@ -5658,53 +9429,53 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>187</Words>
-  <Characters>1124</Characters>
+  <Words>407</Words>
+  <Characters>2442</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>9</Lines>
-  <Paragraphs>2</Paragraphs>
+  <Lines>20</Lines>
+  <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>ump</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1309</CharactersWithSpaces>
+  <CharactersWithSpaces>2844</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
+  <dc:title>Środki na 2024_KOREKTA</dc:title>
   <dc:subject/>
-  <dc:creator>UM</dc:creator>
+  <dc:creator>joagaw</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>