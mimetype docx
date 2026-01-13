--- v0 (2025-10-15)
+++ v1 (2026-01-13)
@@ -2,4884 +2,7470 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
-    <w:p w:rsidR="000E4E90" w:rsidRPr="00B06F8C" w:rsidRDefault="00E044BF">
+    <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="0036034D">
       <w:pPr>
+        <w:spacing w:after="199"/>
+        <w:ind w:right="3358"/>
+        <w:jc w:val="right"/>
         <w:rPr>
-          <w:i w:val="0"/>
-          <w:sz w:val="22"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B06F8C">
+      <w:r w:rsidRPr="0036034D">
         <w:rPr>
-          <w:i w:val="0"/>
-          <w:sz w:val="22"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
         </w:rPr>
-        <w:t>ŚRODKI FINANSOWE NA REMONTY W PLACÓWKACH OŚWIATOWYCH W RAMACH ZADAŃ POWIERZONYCH OSIEDLOM NA 2024 ROK</w:t>
+        <w:t>ŚRODKI CELOWE NA ROK 2024</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
-        <w:tblW w:w="9770" w:type="dxa"/>
-        <w:tblInd w:w="-548" w:type="dxa"/>
+        <w:tblW w:w="8993" w:type="dxa"/>
+        <w:tblInd w:w="12" w:type="dxa"/>
         <w:tblCellMar>
-          <w:top w:w="43" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:right w:w="41" w:type="dxa"/>
+          <w:top w:w="42" w:type="dxa"/>
+          <w:left w:w="34" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="36" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="478"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="3387"/>
+        <w:gridCol w:w="713"/>
+        <w:gridCol w:w="4063"/>
+        <w:gridCol w:w="1298"/>
+        <w:gridCol w:w="1298"/>
+        <w:gridCol w:w="1621"/>
       </w:tblGrid>
-      <w:tr w:rsidR="000E4E90" w:rsidTr="00B06F8C">
+      <w:tr w:rsidR="00175088" w:rsidTr="0036034D">
         <w:trPr>
-          <w:trHeight w:val="1211"/>
+          <w:trHeight w:val="2024"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="478" w:type="dxa"/>
+            <w:tcW w:w="713" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
-              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRDefault="00175088"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4063" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="1352"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Osiedle</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="104"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Długość dróg</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Pole powierzchni jezdni</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1621" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000E4E90" w:rsidRPr="00B06F8C" w:rsidRDefault="00E044BF">
-[...23 lines deleted...]
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="0036034D">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>P</w:t>
+            </w:r>
+            <w:r w:rsidR="008A64D2" w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>rzydzielone środki celowe</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00175088">
+        <w:trPr>
+          <w:trHeight w:val="341"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
-              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRDefault="00175088"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRDefault="00175088"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="18"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>[m]</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="4"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>[m2]</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1621" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
-[...4 lines deleted...]
-              <w:ind w:left="0" w:right="84" w:firstLine="0"/>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...35 lines deleted...]
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>[złoty]</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00175088" w:rsidTr="0036034D">
+        <w:trPr>
+          <w:trHeight w:val="228"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="713" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
-              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="16"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4063" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Stare Miasto</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="2"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>23 855</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="2"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>193 756</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1621" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
-[...4 lines deleted...]
-              <w:ind w:left="0" w:right="39" w:firstLine="0"/>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="1"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>230 734</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00175088" w:rsidTr="0036034D">
+        <w:trPr>
+          <w:trHeight w:val="228"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="713" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="16"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:i w:val="0"/>
-[...16 lines deleted...]
-              <w:ind w:left="0" w:right="40" w:firstLine="0"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4063" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Umultowo</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="2"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>27 326</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="2"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>127 256</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1621" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="1"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>112 302</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00175088" w:rsidTr="0036034D">
+        <w:trPr>
+          <w:trHeight w:val="228"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="713" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="16"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:i w:val="0"/>
-[...16 lines deleted...]
-              <w:ind w:left="0" w:right="39" w:firstLine="0"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4063" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Piątkowo</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="1"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>8 137</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="2"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>47 647</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1621" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>55 723</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00175088" w:rsidTr="0036034D">
+        <w:trPr>
+          <w:trHeight w:val="228"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="713" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="16"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:i w:val="0"/>
-[...10 lines deleted...]
-              <w:t>/ w zł /</w:t>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4063" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Nowe Winogrady Wschód</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="2"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2 599</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="2"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>16 680</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1621" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="1"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>19 373</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000E4E90" w:rsidTr="00B06F8C">
+      <w:tr w:rsidR="00175088" w:rsidTr="0036034D">
         <w:trPr>
-          <w:trHeight w:val="290"/>
+          <w:trHeight w:val="228"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="478" w:type="dxa"/>
-[...1 lines deleted...]
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            <w:tcW w:w="713" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
-              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="16"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4063" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Piątkowo Północ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="1"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1 090</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="1"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6 721</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1621" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-[...26 lines deleted...]
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00175088" w:rsidTr="0036034D">
+        <w:trPr>
+          <w:trHeight w:val="228"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="713" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
-              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="16"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4063" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Morasko-Radojewo</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="2"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>26 785</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="2"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>93 534</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1621" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-[...19 lines deleted...]
-            </w:r>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>86 736</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00175088" w:rsidTr="0036034D">
+        <w:trPr>
+          <w:trHeight w:val="228"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="713" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="16"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4063" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Naramowice</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="2"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>20 917</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="2"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>110 900</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1621" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>150 020</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00175088" w:rsidTr="0036034D">
+        <w:trPr>
+          <w:trHeight w:val="228"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="713" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="16"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4063" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Nowe Winogrady Południe</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="2"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1 155</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="2"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6 400</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1621" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="1"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00175088" w:rsidTr="0036034D">
+        <w:trPr>
+          <w:trHeight w:val="228"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="713" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="16"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4063" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Nowe Winogrady Północ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="2"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>278</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="2"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1 453</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1621" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00175088" w:rsidTr="0036034D">
+        <w:trPr>
+          <w:trHeight w:val="228"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="713" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="18"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4063" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Stare Winogrady</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="2"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>14 090</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="2"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>81 430</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1621" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>75 012</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00175088" w:rsidTr="0036034D">
+        <w:trPr>
+          <w:trHeight w:val="228"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="713" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="18"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4063" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00B06F8C">
-[...2 lines deleted...]
-                <w:i w:val="0"/>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Żegrze</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="2"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3 735</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="2"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>28 317</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1621" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="1"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>30 553</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00175088" w:rsidTr="0036034D">
+        <w:trPr>
+          <w:trHeight w:val="228"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="713" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="18"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4063" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Chartowo</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="2"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6 852</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="2"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>49 041</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1621" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="1"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>57 255</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00175088" w:rsidTr="0036034D">
+        <w:trPr>
+          <w:trHeight w:val="228"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="713" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="18"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4063" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Szczepankowo-Spławie-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Krzesinki</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="2"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>50 285</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="3"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>210 138</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1621" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="1"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>170 103</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00175088" w:rsidTr="0036034D">
+        <w:trPr>
+          <w:trHeight w:val="228"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="713" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="18"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4063" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Główna</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="1"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>8 595</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="2"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>59 390</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1621" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="1"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>48 328</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00175088" w:rsidTr="0036034D">
+        <w:trPr>
+          <w:trHeight w:val="228"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="713" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="18"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4063" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Krzesiny-Pokrzywno-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Garaszewo</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="2"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>21 088</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="2"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>90 523</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1621" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>76 336</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00175088" w:rsidTr="0036034D">
+        <w:trPr>
+          <w:trHeight w:val="228"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="713" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="18"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4063" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Głuszyna</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="1"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>7 535</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="2"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>31 893</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1621" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="1"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>26 693</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00175088" w:rsidTr="0036034D">
+        <w:trPr>
+          <w:trHeight w:val="228"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="713" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="18"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4063" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Antoninek-Zieliniec-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Kobylepole</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3387" w:type="dxa"/>
-[...1 lines deleted...]
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="1"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>42 180</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="2"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>198 022</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1621" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="1"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>223 354</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00175088" w:rsidTr="0036034D">
+        <w:trPr>
+          <w:trHeight w:val="228"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="713" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
-              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="18"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4063" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ostrów </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Tumski-Śródka-Zawady-Komandoria</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="1"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10 410</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="2"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>79 082</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1621" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-[...20 lines deleted...]
-              <w:t>116 566</w:t>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="1"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>78 431</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000E4E90" w:rsidTr="00B06F8C">
+      <w:tr w:rsidR="00175088" w:rsidTr="0036034D">
         <w:trPr>
-          <w:trHeight w:val="290"/>
+          <w:trHeight w:val="228"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="478" w:type="dxa"/>
-[...1 lines deleted...]
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            <w:tcW w:w="713" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
-              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="18"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>19</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4063" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Rataje</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="2"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>12 816</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="2"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>96 451</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1621" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-[...26 lines deleted...]
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>77 024</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00175088" w:rsidTr="0036034D">
+        <w:trPr>
+          <w:trHeight w:val="228"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="713" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
-              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="18"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4063" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Starołęka-Minikowo</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="2"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>40 258</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="1"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>179 388</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1621" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-[...6 lines deleted...]
-                <w:b w:val="0"/>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="1"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>147 407</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00175088" w:rsidTr="0036034D">
+        <w:trPr>
+          <w:trHeight w:val="228"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="713" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="18"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>21</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4063" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00B06F8C">
-[...6 lines deleted...]
-              <w:t>Chartowo</w:t>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Warszawskie-Pomet-Maltańskie</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3387" w:type="dxa"/>
-[...1 lines deleted...]
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="2"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>18 235</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="2"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>104 455</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1621" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="1"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>94 679</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00175088" w:rsidTr="0036034D">
+        <w:trPr>
+          <w:trHeight w:val="228"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="713" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
-              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="18"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>22</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4063" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Zielony Dębiec</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="2"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5 991</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="2"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>31 468</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1621" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-[...20 lines deleted...]
-              <w:t>318 345</w:t>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="1"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>26 918</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000E4E90" w:rsidTr="00B06F8C">
+      <w:tr w:rsidR="00175088" w:rsidTr="0036034D">
         <w:trPr>
-          <w:trHeight w:val="290"/>
+          <w:trHeight w:val="228"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="478" w:type="dxa"/>
-[...1 lines deleted...]
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            <w:tcW w:w="713" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
-              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="18"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>23</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4063" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Wilda</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="2"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>20 703</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="2"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>136 723</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1621" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-[...26 lines deleted...]
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>133 596</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00175088" w:rsidTr="0036034D">
+        <w:trPr>
+          <w:trHeight w:val="228"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="713" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
-              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="18"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>24</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4063" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Świerczewo</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="2"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>38 695</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="1"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>206 833</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1621" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-[...6 lines deleted...]
-                <w:b w:val="0"/>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="1"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>190 411</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00175088" w:rsidTr="0036034D">
+        <w:trPr>
+          <w:trHeight w:val="228"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="713" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="18"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4063" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00B06F8C">
-[...2 lines deleted...]
-                <w:i w:val="0"/>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Junikowo</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="2"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>27 712</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="1"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>163 640</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1621" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="1"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>182 513</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00175088" w:rsidTr="0036034D">
+        <w:trPr>
+          <w:trHeight w:val="228"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="713" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="18"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4063" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Fabianowo-Kotowo</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3387" w:type="dxa"/>
-[...1 lines deleted...]
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="2"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>11 795</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="2"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>81 465</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1621" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>61 660</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00175088" w:rsidTr="0036034D">
+        <w:trPr>
+          <w:trHeight w:val="228"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="713" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
-              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="18"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>27</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4063" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Grunwald Północ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="1"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3 495</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="2"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>26 192</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1621" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-[...20 lines deleted...]
-              <w:t>0</w:t>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="1"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>29 247</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000E4E90" w:rsidTr="00B06F8C">
+      <w:tr w:rsidR="00175088" w:rsidTr="0036034D">
         <w:trPr>
-          <w:trHeight w:val="290"/>
+          <w:trHeight w:val="228"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="478" w:type="dxa"/>
-[...1 lines deleted...]
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            <w:tcW w:w="713" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
-              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="18"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>28</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4063" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Kwiatowe</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="2"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>16 673</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="2"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>94 176</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1621" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-[...26 lines deleted...]
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="1"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>106 573</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00175088" w:rsidTr="0036034D">
+        <w:trPr>
+          <w:trHeight w:val="228"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="713" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
-              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="18"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>29</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4063" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Grunwald Południe</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="4"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>20 312</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="2"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>122 185</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1621" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-[...26 lines deleted...]
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="2"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>110 706</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00175088" w:rsidTr="0036034D">
+        <w:trPr>
+          <w:trHeight w:val="228"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="713" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
-              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="18"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4063" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ławica</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="2"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>28 823</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="1"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>164 912</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1621" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-[...20 lines deleted...]
-              <w:t>53 653</w:t>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="1"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>189 707</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000E4E90" w:rsidTr="00B06F8C">
+      <w:tr w:rsidR="00175088" w:rsidTr="0036034D">
         <w:trPr>
-          <w:trHeight w:val="290"/>
+          <w:trHeight w:val="228"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="478" w:type="dxa"/>
-[...1 lines deleted...]
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            <w:tcW w:w="713" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
-              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="18"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>31</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4063" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Stary Grunwald</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="1"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5 765</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="2"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>30 069</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1621" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-[...26 lines deleted...]
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="1"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>22 655</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00175088" w:rsidTr="0036034D">
+        <w:trPr>
+          <w:trHeight w:val="228"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="713" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
-              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="18"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>32</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4063" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Górczyn</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="2"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>25 326</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="2"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>138 911</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1621" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-[...26 lines deleted...]
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>118 029</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00175088" w:rsidTr="0036034D">
+        <w:trPr>
+          <w:trHeight w:val="228"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="713" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
-              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="18"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>33</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4063" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Św. Łazarz</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="2"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>16 471</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="2"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>119 051</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1621" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-[...20 lines deleted...]
-              <w:t>51 329</w:t>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>104 541</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000E4E90" w:rsidTr="00B06F8C">
+      <w:tr w:rsidR="00175088" w:rsidTr="0036034D">
         <w:trPr>
-          <w:trHeight w:val="290"/>
+          <w:trHeight w:val="228"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="478" w:type="dxa"/>
-[...1 lines deleted...]
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            <w:tcW w:w="713" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
-              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="18"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>34</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4063" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Kiekrz</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="2"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>19 986</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="2"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>73 993</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1621" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-[...26 lines deleted...]
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>56 915</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00175088" w:rsidTr="0036034D">
+        <w:trPr>
+          <w:trHeight w:val="228"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="713" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
-              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="18"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>35</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4063" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Jeżyce</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="2"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10 305</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="2"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>75 704</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1621" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-[...26 lines deleted...]
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>66 519</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00175088" w:rsidTr="0036034D">
+        <w:trPr>
+          <w:trHeight w:val="228"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="713" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
-              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="18"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>36</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4063" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Strzeszyn</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="1"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>41 165</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="2"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>194 207</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1621" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-[...20 lines deleted...]
-              <w:t>157 187</w:t>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="2"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>234 755</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000E4E90" w:rsidTr="00B06F8C">
+      <w:tr w:rsidR="00175088" w:rsidTr="0036034D">
         <w:trPr>
-          <w:trHeight w:val="290"/>
+          <w:trHeight w:val="228"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="478" w:type="dxa"/>
-[...1 lines deleted...]
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            <w:tcW w:w="713" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
-              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="18"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>37</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4063" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ogrody</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="2"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>9 451</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="2"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>52 274</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1621" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-[...26 lines deleted...]
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="1"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>46 384</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00175088" w:rsidTr="0036034D">
+        <w:trPr>
+          <w:trHeight w:val="228"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="713" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
-              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="18"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>38</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4063" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Podolany</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="4"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>19 771</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="2"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>98 585</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1621" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-[...26 lines deleted...]
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="1"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>121 107</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00175088" w:rsidTr="0036034D">
+        <w:trPr>
+          <w:trHeight w:val="228"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="713" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
-              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="18"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>39</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4063" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Winiary</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="1"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>9 421</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="2"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>58 200</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1621" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-[...20 lines deleted...]
-              <w:t>435 414</w:t>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="1"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>62 954</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000E4E90" w:rsidTr="00B06F8C">
+      <w:tr w:rsidR="00175088" w:rsidTr="0036034D">
         <w:trPr>
-          <w:trHeight w:val="291"/>
+          <w:trHeight w:val="228"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="478" w:type="dxa"/>
-[...1 lines deleted...]
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            <w:tcW w:w="713" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
-              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="18"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>40</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4063" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Sołacz</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="2"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>11 287</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="2"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>66 479</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1621" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-[...26 lines deleted...]
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>67 459</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00175088" w:rsidTr="0036034D">
+        <w:trPr>
+          <w:trHeight w:val="228"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="713" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
-              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="18"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>41</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4063" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Wola</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="2"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>14 240</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="2"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>69 706</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1621" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-[...26 lines deleted...]
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>71 788</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00175088" w:rsidTr="0036034D">
+        <w:trPr>
+          <w:trHeight w:val="228"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="713" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
-              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="18"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>42</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4063" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Krzyżowniki-Smochowice</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="4"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>42 093</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="2"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>216 243</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1621" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-[...20 lines deleted...]
-              <w:t>134 003</w:t>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="2"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>235 498</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000E4E90" w:rsidTr="00B06F8C">
+      <w:tr w:rsidR="00175088" w:rsidTr="0036034D">
         <w:trPr>
-          <w:trHeight w:val="290"/>
+          <w:trHeight w:val="228"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="478" w:type="dxa"/>
-[...1 lines deleted...]
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            <w:tcW w:w="713" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
-              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="00175088">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4063" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="00175088">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="00175088">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="00175088">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1621" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-[...26 lines deleted...]
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="00175088">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00175088" w:rsidTr="0036034D">
+        <w:trPr>
+          <w:trHeight w:val="228"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="713" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
-              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="00175088">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4063" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Łącznie</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="2"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>747 701</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="2"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>4 033 493</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1621" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-[...3576 lines deleted...]
-              <w:t>6 111 728</w:t>
+          </w:tcPr>
+          <w:p w:rsidR="00175088" w:rsidRPr="0036034D" w:rsidRDefault="008A64D2">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="1"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0036034D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>4 000 000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00E044BF" w:rsidRDefault="00E044BF" w:rsidP="00B06F8C">
+    <w:p w:rsidR="00175088" w:rsidRDefault="00175088" w:rsidP="0036034D">
       <w:pPr>
-        <w:ind w:left="0" w:firstLine="0"/>
+        <w:spacing w:after="0"/>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:sectPr w:rsidR="00E044BF">
+    <w:sectPr w:rsidR="00175088">
       <w:headerReference w:type="default" r:id="rId6"/>
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1440" w:right="930" w:bottom="434" w:left="1738" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="1428" w:right="1440" w:bottom="1440" w:left="1438" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00AB0FAD" w:rsidRDefault="00AB0FAD" w:rsidP="00B06F8C">
+    <w:p w:rsidR="008A64D2" w:rsidRDefault="008A64D2" w:rsidP="0036034D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00AB0FAD" w:rsidRDefault="00AB0FAD" w:rsidP="00B06F8C">
+    <w:p w:rsidR="008A64D2" w:rsidRDefault="008A64D2" w:rsidP="0036034D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00AB0FAD" w:rsidRDefault="00AB0FAD" w:rsidP="00B06F8C">
+    <w:p w:rsidR="008A64D2" w:rsidRDefault="008A64D2" w:rsidP="0036034D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00AB0FAD" w:rsidRDefault="00AB0FAD" w:rsidP="00B06F8C">
+    <w:p w:rsidR="008A64D2" w:rsidRDefault="008A64D2" w:rsidP="0036034D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w:rsidR="00B06F8C" w:rsidRPr="00B06F8C" w:rsidRDefault="00B06F8C">
+  <w:p w:rsidR="0036034D" w:rsidRPr="0036034D" w:rsidRDefault="0036034D">
     <w:pPr>
       <w:pStyle w:val="Nagwek"/>
       <w:rPr>
-        <w:b w:val="0"/>
-[...1 lines deleted...]
-        <w:sz w:val="22"/>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="00B06F8C">
+    <w:r w:rsidRPr="0036034D">
       <w:rPr>
-        <w:b w:val="0"/>
-[...1 lines deleted...]
-        <w:sz w:val="22"/>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       </w:rPr>
-      <w:t>Załącznik nr 5</w:t>
+      <w:t>Załącznik nr 6</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="140"/>
   <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="000E4E90"/>
-[...4 lines deleted...]
-    <w:rsid w:val="00E044BF"/>
+    <w:rsidRoot w:val="00175088"/>
+    <w:rsid w:val="00175088"/>
+    <w:rsid w:val="0036034D"/>
+    <w:rsid w:val="008A64D2"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pl-PL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w15:docId w15:val="{A01437CE-8338-4C99-BB14-8E2AE00F85F4}"/>
+  <w14:docId w14:val="765F044E"/>
+  <w15:docId w15:val="{FD1E333D-F07B-4BE3-829B-00B74DE8A48A}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="pl-PL" w:eastAsia="pl-PL" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -5236,159 +7822,146 @@
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normalny">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:pPr>
-[...2 lines deleted...]
-    </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-      <w:i/>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:color w:val="000000"/>
-      <w:sz w:val="27"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Domylnaczcionkaakapitu">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Standardowy">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Bezlisty">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="TableGrid">
     <w:name w:val="TableGrid"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Nagwek">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normalny"/>
     <w:link w:val="NagwekZnak"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00B06F8C"/>
+    <w:rsid w:val="0036034D"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="NagwekZnak">
     <w:name w:val="Nagłówek Znak"/>
     <w:basedOn w:val="Domylnaczcionkaakapitu"/>
     <w:link w:val="Nagwek"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00B06F8C"/>
+    <w:rsid w:val="0036034D"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-      <w:i/>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:color w:val="000000"/>
-      <w:sz w:val="27"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Stopka">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normalny"/>
     <w:link w:val="StopkaZnak"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00B06F8C"/>
+    <w:rsid w:val="0036034D"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="StopkaZnak">
     <w:name w:val="Stopka Znak"/>
     <w:basedOn w:val="Domylnaczcionkaakapitu"/>
     <w:link w:val="Stopka"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00B06F8C"/>
+    <w:rsid w:val="0036034D"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-      <w:i/>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:color w:val="000000"/>
-      <w:sz w:val="27"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motyw pakietu Office">
   <a:themeElements>
     <a:clrScheme name="Pakiet Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
@@ -5658,53 +8231,53 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>187</Words>
-  <Characters>1124</Characters>
+  <Words>258</Words>
+  <Characters>1548</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>9</Lines>
-  <Paragraphs>2</Paragraphs>
+  <Lines>12</Lines>
+  <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>ump</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1309</CharactersWithSpaces>
+  <CharactersWithSpaces>1803</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
+  <dc:title>Zrodki celowe ZDM 2024.xlsx</dc:title>
   <dc:subject/>
-  <dc:creator>UM</dc:creator>
+  <dc:creator>sstec</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>