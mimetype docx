--- v0 (2025-10-14)
+++ v1 (2026-01-12)
@@ -1,4639 +1,1521 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="png" ContentType="image/png"/>
+  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Default Extension="odttf" ContentType="application/vnd.openxmlformats-officedocument.obfuscatedFont"/>
-[...12 lines deleted...]
-  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
+  <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
+  <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
-<file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-[...310 lines deleted...]
-</w:document>
+<file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
+  <fileVersion appName="xl" lastEdited="6" lowestEdited="6" rupBuild="14420"/>
+  <workbookPr defaultThemeVersion="164011"/>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice Requires="x15">
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\lukwie\Desktop\interpelacje\PRZEDŁUŻONA - 241 - M. Rozmiarek - budowy posir\"/>
+    </mc:Choice>
+  </mc:AlternateContent>
+  <bookViews>
+    <workbookView xWindow="0" yWindow="0" windowWidth="16380" windowHeight="8190" tabRatio="500"/>
+  </bookViews>
+  <sheets>
+    <sheet name="Arkusz1" sheetId="1" r:id="rId1"/>
+  </sheets>
+  <definedNames>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">Arkusz1!$A$1:$G$42</definedName>
+    <definedName name="_xlnm.Print_Titles" localSheetId="0">Arkusz1!$4:$5</definedName>
+  </definedNames>
+  <calcPr calcId="162913"/>
+  <extLst>
+    <ext xmlns:loext="http://schemas.libreoffice.org/" uri="{7626C862-2A13-11E5-B345-FEFF819CDC9F}">
+      <loext:extCalcPr stringRefSyntax="CalcA1"/>
+    </ext>
+  </extLst>
+</workbook>
 </file>
 
-<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-[...15 lines deleted...]
-</w:endnotes>
+<file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="189" uniqueCount="174">
+  <si>
+    <t xml:space="preserve">Nr zadania </t>
+  </si>
+  <si>
+    <t>Nazwa zadania</t>
+  </si>
+  <si>
+    <t>Zakres rzeczowy</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Zakres rzeczowy </t>
+  </si>
+  <si>
+    <t>SP/P/001</t>
+  </si>
+  <si>
+    <t>Modernizacja Hotelu Camping Malta</t>
+  </si>
+  <si>
+    <t>SP/P/002</t>
+  </si>
+  <si>
+    <t>Modernizacja pływalni w Parku Kasprowicza wraz z otoczeniem i zapleczem</t>
+  </si>
+  <si>
+    <t>- modernizacja stacji uzdatniania wody</t>
+  </si>
+  <si>
+    <t>SP/P/003</t>
+  </si>
+  <si>
+    <t>Młodzieżowy Ośrodek Sportowy - modernizacje</t>
+  </si>
+  <si>
+    <t>- prace projektowe modernizacji budynku A</t>
+  </si>
+  <si>
+    <t>- budowa placu zabaw</t>
+  </si>
+  <si>
+    <t>- wymiana sztucznej nawierzchni boiska piłkarskiego</t>
+  </si>
+  <si>
+    <t>SP/P/004</t>
+  </si>
+  <si>
+    <t>Modernizacja obiektów kompleksu Chwiałka</t>
+  </si>
+  <si>
+    <t>SP/P/005</t>
+  </si>
+  <si>
+    <t>Modernizacja Toru Regatowego Malta oraz kompleksu Malta</t>
+  </si>
+  <si>
+    <t>- modernizacja wieży sędziowskiej, budynku multimedialnego, wioślarskich pomostów startowych, infrastruktury toru regatowego oraz wykonanie prac projektowych budowy hangarów</t>
+  </si>
+  <si>
+    <t>SP/P/007</t>
+  </si>
+  <si>
+    <t>Wielobranżowa modernizacja obiektów kompleksu Golęcin</t>
+  </si>
+  <si>
+    <t>- zadaszenie boiska treningowego systemem balonowym
+- prace modernizacyjne na dwóch stadionach związane z ich funkcjonowaniem</t>
+  </si>
+  <si>
+    <t>SP/P/009</t>
+  </si>
+  <si>
+    <t>Pływalnia kryta na Ratajach - modernizacje</t>
+  </si>
+  <si>
+    <t>SP/P/012</t>
+  </si>
+  <si>
+    <t>Budowa basenu na Os. Zwycięstwa</t>
+  </si>
+  <si>
+    <t>SP/P/013</t>
+  </si>
+  <si>
+    <t>Modernizacja Ośrodka Przywodnego Rataje</t>
+  </si>
+  <si>
+    <t>SP/P/014</t>
+  </si>
+  <si>
+    <t>Modernizacja kąpieliska Strzeszynek wraz z otoczeniem i zapleczem</t>
+  </si>
+  <si>
+    <t>SP/P/015</t>
+  </si>
+  <si>
+    <t>Budowa hali lekkoatletycznej przy ul. Warmińskiej 1</t>
+  </si>
+  <si>
+    <t>SP/P/016</t>
+  </si>
+  <si>
+    <t>Centrum Sportów Wrotkarskich</t>
+  </si>
+  <si>
+    <t>- wykonanie dokumentacji projektowej toru wrotkarskiego</t>
+  </si>
+  <si>
+    <t>- projekt budowy toru wrotkarskiego</t>
+  </si>
+  <si>
+    <t>- prace projektowe budowy centrum sportów wrotkarskich</t>
+  </si>
+  <si>
+    <t>- prace projektowe budowy toru wrotkarskiego</t>
+  </si>
+  <si>
+    <t>- prace projektowe</t>
+  </si>
+  <si>
+    <t>SP/P/017</t>
+  </si>
+  <si>
+    <t>Budowa skateparków</t>
+  </si>
+  <si>
+    <t>- budowa skateparku na osiedlu Tysiąclecia (PBO)
+- budowa skateparku Rampa Malty na Kobylimpolu (PBO)</t>
+  </si>
+  <si>
+    <t>- budowa skateparku na osiedlu Tysiąclecia
+- budowa skateparku na osiedlu Świerczewo
+- budowa skateparku Rampa Malty na Kobylimpolu</t>
+  </si>
+  <si>
+    <t>- budowa skateparku na Świerczewie</t>
+  </si>
+  <si>
+    <t>SP/P/019</t>
+  </si>
+  <si>
+    <t>Modernizacja infrastruktury kompleksu Rusałka</t>
+  </si>
+  <si>
+    <t>- wykonanie slipu i pomostu do cumowania
+- budowa infrastruktury sportowo-rekreacyjnej nad Jeziorem Rusałka "Sport, woda i rodzina nad Jeziorem Rusałka" (PBO)</t>
+  </si>
+  <si>
+    <t>- wykonanie monitoringu obiektu oraz slipu</t>
+  </si>
+  <si>
+    <t>SP/P/020</t>
+  </si>
+  <si>
+    <t>Budowa boiska, placu zabaw i siłowni zwnętrznej na Kobylimpolu</t>
+  </si>
+  <si>
+    <t>SP/P/023</t>
+  </si>
+  <si>
+    <t>Budowa boiska przy ul. Głównej (Nadolnik)</t>
+  </si>
+  <si>
+    <t>- wykonanie boiska sportowego na Nadolniku</t>
+  </si>
+  <si>
+    <t>SP/P/024</t>
+  </si>
+  <si>
+    <t>Modernizacja obiektów kompleksu Termy Maltańskie</t>
+  </si>
+  <si>
+    <t>SP/P/025</t>
+  </si>
+  <si>
+    <t>Modernizacja kąpieliska Krzyżowniki i terenów przyległych</t>
+  </si>
+  <si>
+    <t>- zagospodarowanie terenu ośrodka</t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+SP/P/027</t>
+  </si>
+  <si>
+    <t>- budowa infrastruktury sportowej i rekrecyjnej na os. Szczepankowo-Spławie-Krzesinki "Rekreacja pod chmurką" (PBO)</t>
+  </si>
+  <si>
+    <t>SP/P/030</t>
+  </si>
+  <si>
+    <t>Modernizacja stadionu przy ul. Harcerskiej</t>
+  </si>
+  <si>
+    <t>- wykonanie boiska treningowego wraz z infrastrukturą</t>
+  </si>
+  <si>
+    <t>- modernizacja zaplecza boisk sportowych</t>
+  </si>
+  <si>
+    <t>SP/P/031</t>
+  </si>
+  <si>
+    <t>Park rekreacji - Starołęka Mała</t>
+  </si>
+  <si>
+    <t>SP/P/032</t>
+  </si>
+  <si>
+    <t>Plaża w Kiekrzu przy ul. Ks. Nawrota</t>
+  </si>
+  <si>
+    <t>- modernizacja małej architektury na plaży</t>
+  </si>
+  <si>
+    <t>SP/P/033</t>
+  </si>
+  <si>
+    <t>Budowa pływalni krytej w Parku Kasprowicza</t>
+  </si>
+  <si>
+    <t>- budowa krytej pływalni 25 metrowej o charakterze sportowo-rekreacyjnym</t>
+  </si>
+  <si>
+    <t>- projekt budowy krytej pływalni 25 metrowej o charakterze sportowo-rekreacyjnym</t>
+  </si>
+  <si>
+    <t>SP/P/034</t>
+  </si>
+  <si>
+    <t>Budowa hali sportowej przy ul. Droga Dębińska</t>
+  </si>
+  <si>
+    <t>- wykonanie projektu hali</t>
+  </si>
+  <si>
+    <t>SP/P/035</t>
+  </si>
+  <si>
+    <t>Modernizacja kąpieliska w Kiekrzu oraz terenów przyległych</t>
+  </si>
+  <si>
+    <t>- wykonanie ogólnomiejskiej plaży z kąpieliskiem w Kiekrzu (PBO)</t>
+  </si>
+  <si>
+    <t>- wykonanie ogólnomiejskiej plaży z kąpieliskiem w Kiekrzu</t>
+  </si>
+  <si>
+    <t>- prace projektowe dwóch pomostów pływających</t>
+  </si>
+  <si>
+    <t>SP/P/036</t>
+  </si>
+  <si>
+    <t>Budowa Toru BMX Racing</t>
+  </si>
+  <si>
+    <t>- budowa toru rowerowego do dyscypliny BMX Racing na północnym brzegu jeziora Malta</t>
+  </si>
+  <si>
+    <t>SP/P/038</t>
+  </si>
+  <si>
+    <t>Plażojada-2 park wodny i miejsce spotkań</t>
+  </si>
+  <si>
+    <t>- budowa wodnej strefy sportu i rekreacji (PBO)</t>
+  </si>
+  <si>
+    <t>- budowa wodnej strefy sportu i rekreacji</t>
+  </si>
+  <si>
+    <t>SP/P/039</t>
+  </si>
+  <si>
+    <t>Modernizacja hali sportowej przy ul. Chojnickiej</t>
+  </si>
+  <si>
+    <t>- remont budynku hali umożliwiający jej wykorzystanie na potrzeby treningowe</t>
+  </si>
+  <si>
+    <t>SP/P/040</t>
+  </si>
+  <si>
+    <t>Modernizacja stadionu przy ul. Droga Dębińska</t>
+  </si>
+  <si>
+    <t>- modernizacja infrastruktury obiektu</t>
+  </si>
+  <si>
+    <t>SP/P/041</t>
+  </si>
+  <si>
+    <t>Budowa torów łuczniczych</t>
+  </si>
+  <si>
+    <t>- prace projektowe budowy torów łuczniczych</t>
+  </si>
+  <si>
+    <t>SP/P/042</t>
+  </si>
+  <si>
+    <t>- prace projektowe budowy pływalni krytej</t>
+  </si>
+  <si>
+    <t>SP/P/044</t>
+  </si>
+  <si>
+    <t>Modernizacja Stadionu Miejskiego</t>
+  </si>
+  <si>
+    <t>SP/P/045</t>
+  </si>
+  <si>
+    <t>Modernizacja Pływalni Miejskiej Atlantis</t>
+  </si>
+  <si>
+    <t>SP/P/046</t>
+  </si>
+  <si>
+    <t>Świetlica sportowo- rekreacyjna w Kiekrzu</t>
+  </si>
+  <si>
+    <t>SP/P/049</t>
+  </si>
+  <si>
+    <t>Modernizacja Pływalni Miejskiej Winogrady</t>
+  </si>
+  <si>
+    <t>SP/P/050</t>
+  </si>
+  <si>
+    <t>Budowa podziemnych koszy na odpady - gospodarowanie odpadami komunalnymi</t>
+  </si>
+  <si>
+    <t>SP/P/051</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Budowa boiska wielofunkcyjnego wraz z zadaszeniem - hala sportów walki
+</t>
+  </si>
+  <si>
+    <t>- prace projektowe budowy hali sportów walki</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">- modernizacja otoczenia, małej architektury oraz oświetlenia *
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color rgb="FF2E8B57"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+        <charset val="238"/>
+      </rPr>
+      <t>(zastosowanie energooszczędnego oświetlenia ledowego)</t>
+    </r>
+  </si>
+  <si>
+    <t>- modernizacja i rozbudowa sieci internetowej
+światłowodowej</t>
+  </si>
+  <si>
+    <t>- modernizacja i rozbudowa sieci internetowej
+światłowodowej
+- wykonanie systemu parkingowego</t>
+  </si>
+  <si>
+    <t>- wymiana ogrodzenia wraz z przebudową kas oraz zagospodarowaniem otoczenia</t>
+  </si>
+  <si>
+    <t>- projekt oświetlenia ledowego boiska piłkarskiego i bieżni lekkoatletycznej
+- wykonanie systemu parkingowego</t>
+  </si>
+  <si>
+    <t>- modernizacja basenów letnich wraz z otoczeniem i zapleczem szatniowo- socjalnym
+- przebudowa pomieszczeń w budynku Chwiałka
+- wykonanie automatycznego systemu parkingowego</t>
+  </si>
+  <si>
+    <t>- doposażenie pomieszczeń w budynku Chwiałka
+- modernizacja pomieszczenia magazynowego</t>
+  </si>
+  <si>
+    <t>- wykonanie projektu instalacji fotowoltaicznej na dachu budynku
+- modernizacja kompleksu Chwiałka
+- modernizacja instalacji wentylacji na dużym i małym basenie
+- wykonanie projektu lodowiska</t>
+  </si>
+  <si>
+    <t>- modernizacja urządzeń toru regatowego wraz z modernizacją obiektów inżynieryjnych
+- modernizacja budynku wieży sędziowskiej
+- modernizacja budynku multimedialnego
+modernizacja trybun głównych - III etap
+- wykonanie dokumentacji technicznej ścieżki pieszo- rowerowej po północnej stronie jeziora</t>
+  </si>
+  <si>
+    <t>- prace torowe, modernizacja maszyn startowych kajakowych
+- wykonanie projektu modernizacji pomieszczeń dekoracyjnych i centrum prasowego
+- wykonanie projektu podbudowy lodowiska wraz z mediami
+- wykonanie projektu modernizacji tarasu tablicy wyników
+- wykonanie projektu budowy hangarów
+- oczyszczanie Jeziora Maltańskiego
+- rozbiórka budynków i przygotowanie placu eventowego na obszarze Komandoria
+- dostawa i montaż agregatu klimatyzacji
+- dostawa i montaż lin torowych</t>
+  </si>
+  <si>
+    <t>- rozbiórka budynków i przygotowanie placu eventowego na obszarze Komandoria
+- dostawa maszyn startowych wioślarskich
+- rozbudowa systemu monitoringu
+- modernizacja toalet w budynku obsługi toru regatowego
+- wykonanie projektu organizacji ruchu na Malcie</t>
+  </si>
+  <si>
+    <t>- Sportowy Golaj - budowa obiektów Golęcińskiej Strefy Sportu i Rekreacji (PBO)
+- wykonanie nowego profilu toru żużlowego
+- modernizacja stadionu LA,
+- modernizacja drogi łączącej jezioro Rusałka z ul. Warmińską
+- modernizacja pomieszczeń w budynku administracyjnym
+- budowa boiska sportowego wraz z bieżnią lekkoatletyczną</t>
+  </si>
+  <si>
+    <t>- budowa boiska sportowego wraz z bieżnią lekkoatletyczną
+- modernizacja pomieszczeń w budynku administracyjnym
+- wymiana nawierzchni na stadionie LA
+- wymiana kabla łączącego trafostację z rozdzielnią budynku głównego,
+- dostosowanie oświetlenia awaryjnego do 5 lux zgodnie z ekspertyzą straży pożarnej
+- Zagospodarowanie terenu wokół nowobudowanego boiska piłkarskiego z bieżnią lekkoatletyczną,
+- modernizacja ogrodzenia wokół Oddziału Golęcin w przestrzeni nowobudowanego boiska piłkarskiego z bieżnią lekkoatletyczną</t>
+  </si>
+  <si>
+    <t>- zadaszenie boiska treningowego systemem balonowym
+- prace projektowe budowy trybuny wraz z zadaszeniem
+- projekt monitoringu kompleksu Golęcin
+- wykonanie modernizacji toru żużlowego</t>
+  </si>
+  <si>
+    <t>- modernizacja toru żużlowego
+- projekt wykonania trybuny wraz z zadaszeniem
+- zagospodarowanie terenu i modernizacja obiektu
+- montaż budynku kontenerowego</t>
+  </si>
+  <si>
+    <t>- modernizacja budynku głównego z szatniami zgodnie z decyzją PINB
+- modernizacja skateparku</t>
+  </si>
+  <si>
+    <t>- modernizacja budynku głównego z szatniami zgodnie z decyzją PINB
+- modernizacja boiska wielofunkcyjnego "Orlik"</t>
+  </si>
+  <si>
+    <t>- prace projektowe budowy kompleksu boisk do siatkówki plażowej
+- montaż systemu sztucznego nawadniania kortów
+- budowa kortu tenisowego wraz z zadaszeniem
+- rozbiórka nieczynnych budynków wraz z budową parkingu i urządzeniem terenu</t>
+  </si>
+  <si>
+    <t>- prace projektowe budowy slipu wraz z drogą dojazdową
+- prace modernizacyjne obiektu przy ul. Koszalińskiej 15</t>
+  </si>
+  <si>
+    <t>- prace projektowe budowy slipu wraz z drogą dojazdową
+- prace modernizacyjne obiektu przy ul. Koszalińskiej</t>
+  </si>
+  <si>
+    <t>- budowa treningowej hali lekkoatletycznej z okólną bieżnią 200 metrową</t>
+  </si>
+  <si>
+    <t>- prace projektowe budowy ścieżki wraz z oświetleniem łączącej Szkołę Podstawową nr 55 z ul. Stalową, przylegającej do nowo powstałych obiektów sportowych</t>
+  </si>
+  <si>
+    <t>- wymiana drzwi w szatniach sportowych
+- zakup desek do trampolin
+- zakup siatki na batut gimnastyczny EURO TRAMP
+- zakup pasa do lonży obrotowy
+- zakup trampoliny przestawnej 1 m
+- zakup systemu elektronicznego grafiku na tablicach
+- zakup wzmacniacza wraz z głośnikami podwodnymi
+- zakup auto lidera do ustalania trenującym tempa pływania
+- montaż falownika do pomp obiegowych wody Basenowej</t>
+  </si>
+  <si>
+    <t>- rearanżacja holu głównego
+- projekt i modernizacja trafostacji
+- modernizacja dźwiękowego systemu ostrzegania</t>
+  </si>
+  <si>
+    <t xml:space="preserve">- rearanżacja holu głównego
+- wymiana windy towarowej podbasenia
+</t>
+  </si>
+  <si>
+    <t>Rekreacja pod chmurką - budowa infrastruktury sportowej i rekreacyjnej</t>
+  </si>
+  <si>
+    <t>- modernizacja stadionu wraz z budową boiska treningowego oraz zaplecza sanitarno- szatniowego</t>
+  </si>
+  <si>
+    <t>- wykonanie boiska treningowego wraz z infrastrukturą
+- budowa zaplecza boisk sportowych</t>
+  </si>
+  <si>
+    <t>- budowa parku rekreacji z boiskami oraz placem zabaw, siłownią zewnętrzną i małą architekturą</t>
+  </si>
+  <si>
+    <t>- wykonanie przebieralni na terenia plaży Smoczej i Parkowej</t>
+  </si>
+  <si>
+    <t>- zakup pierwszego wyposażenia - maszyn i urządzeń do bieżącego funkcjonowania hali
+- modernizacja zewnętrznego boiska sportowego przy hali</t>
+  </si>
+  <si>
+    <t>- modernizacja hali sportowej i boiska zewnętrznego</t>
+  </si>
+  <si>
+    <t>- modernizacja infrastruktury obiektu
+- budowa hali szermierczej
+- budowa boiska pikarskiego ze sztuczną nawierzchnią
+- budowa boiska piłkarskiego z naturalną podgrzewaną nawierzchnią</t>
+  </si>
+  <si>
+    <t>Budowa pływalni krytej wraz halą sportów walki</t>
+  </si>
+  <si>
+    <t>- prace projektowe budowy pływalni krytej wraz
+z halą judo i halą sportów walki</t>
+  </si>
+  <si>
+    <t>- modernizacja posadzek żywicznych, instalacji wodnej, systemu IT
+docieplenie ścian zewnętrznych pomieszczeń sanitarnych na II
+trybunie</t>
+  </si>
+  <si>
+    <t>- modernizacja posadzek żywicznych
+- modernizacja instalacji wodnej
+- modernizacja I trybuny w zakresie wykonania dylatacji i położenia płytek podłogowych
+- modernizacja systemu IT
+- modernizacja klatek schodowych
+- modernizacja dźwigów osobowych
+- modernizacja konstrukcji Trybuny III
+- modernizacja systemu monitorowania konstrukcji dachu
+- wykonanie ociepleń ścian toalet na IV trybunie</t>
+  </si>
+  <si>
+    <t>- modernizacja posadzek żywicznych
+- modernizacja infrastruktury obiektu
+- wykonanie dylatacji i położenie płytek podłogowych
+- modernizacja systemu oddymiającego ciągi komunikacyjne
+- modernizacja systemu monitoringu dachu
+- modernizacja elementów konstrukcji stadionu</t>
+  </si>
+  <si>
+    <t>- modernizacja pokrycia i konstrukcji dachowych, hali basenowej i przebieralni oraz pomieszczeń podbasenia</t>
+  </si>
+  <si>
+    <t>- modernizacja szatni damskiej, męskiej, rodzinnej wraz z wprowadzeniem nowoczesnego systemu otwierania</t>
+  </si>
+  <si>
+    <t>- budowa podziemnych koszy na odpady na terenie Malty
+- budowa podziemnych koszy na odpady na terenie Golęcina
+- budowa podziemnych koszy na odpady na terenie kąpieliska w Kiekrzu</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">- modernizacja basenów letnich wraz z otoczeniem i zapleczem sanitarnym
+- wykonanie projektu przebudowy sauny oraz pomieszczeń obsługi pływalni krytej
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF2E8B57"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+        <charset val="238"/>
+      </rPr>
+      <t xml:space="preserve">- modernizacja oświetlenia lodowiska na system energooszczędny *
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color rgb="FF2E8B57"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+        <charset val="238"/>
+      </rPr>
+      <t xml:space="preserve">(zastosowanie energooszczędnego oświetlenia ledowego)
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+        <charset val="238"/>
+      </rPr>
+      <t>- wykonanie projektu rozbudowy lodowiska o nową taflę
+- rozbiórka starego budynku biurowego wraz z budową parkingu
+- doposażenie pomieszczeń budynku Chwiałka</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">- wykonanie projektu przebudowy sauny oraz pomieszczeń obsługi pływalni krytej
+- prace projektowe rozbudowy lodowiska o nową taflę
+- modernizacja serwerowni wraz z urządzeniemi
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF2E8B57"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+        <charset val="238"/>
+      </rPr>
+      <t xml:space="preserve">- montaż paneli fotowoltaicznych na dachu budynku *
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color rgb="FF2E8B57"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+        <charset val="238"/>
+      </rPr>
+      <t xml:space="preserve">(montaż instalacji fotowoltaicznej, umożliwiającej korzystanie z tzw. „czystej” energii słonecznej)
+</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF228B22"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+        <charset val="238"/>
+      </rPr>
+      <t xml:space="preserve">- wykonanie oświetlenia alejek spacerowych *
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color rgb="FF2E8B57"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+        <charset val="238"/>
+      </rPr>
+      <t xml:space="preserve">(zastosowanie energooszczędnego oświetlenia ledowego)
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+        <charset val="238"/>
+      </rPr>
+      <t>- modernizacja hangarów
+- budowa placu eventowego wraz z rozbiórką budynku przy ul. Komandoria</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">- rozbiórka starej i budowa nowej pływalni * 
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color rgb="FF2E8B57"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+        <charset val="238"/>
+      </rPr>
+      <t>(zastosowanie nowoczesnych rozwiązań w budownictwie, z wykorzystaniem energooszczędnych materiałów budowlanych)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">- budowa krytej pływalni 25 metrowej o charakterze sportowo-rekreacyjnym *
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color rgb="FF2E8B57"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+        <charset val="238"/>
+      </rPr>
+      <t>(zastosowanie nowoczesnych rozwiązań w budownictwie, z wykorzystaniem energooszczędnych materiałów budowlanych wraz z montażem instalacji fotowoltaicznej, umożliwiającej korzystanie z tzw. „czystej” energii słonecznej)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">-  budowa krytej pływalni 25 metrowej o charakterze sportowo-rekreacyjnym *
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color rgb="FF2E8B57"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+        <charset val="238"/>
+      </rPr>
+      <t>(zastosowanie nowoczesnych rozwiązań w budownictwie, z wykorzystaniem energooszczędnych materiałów budowlanych wraz z montażem instalacji fotowoltaicznej, umożliwiającej korzystanie z tzw. „czystej” energii słonecznej)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">- budowa krytej pływalni 25 metrowej o charakterze sportowo-rekreacyjnym *
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color rgb="FF2E8B57"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+        <charset val="238"/>
+      </rPr>
+      <t>(zastosowanie nowoczesnych rozwiązań w budownictwie, z wykorzystaniem energooszczędnych materiałów budowlanych wraz z montażem instalacji fotowoltaicznej, umożliwiającej korzystanie z tzw. „czystej” energii słonecznej)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">- rozprowadzenie sieci elektrycznej na terenie ośrodka
+- budowa murku oporowego przy boisku do koszykówki
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF2E8B57"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+        <charset val="238"/>
+      </rPr>
+      <t xml:space="preserve">- montaż paneli fotowoltaicznych na budynku głównym *
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color rgb="FF2E8B57"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+        <charset val="238"/>
+      </rPr>
+      <t xml:space="preserve">(montaż instalacji fotowoltaicznej, umożliwiającej korzystanie z tzw. „czystej” energii słonecznej)
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF2E8B57"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+        <charset val="238"/>
+      </rPr>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+        <charset val="238"/>
+      </rPr>
+      <t>- rozbiórka nieczynnych budynków wraz z budową parkingu i urządzeniem terenu
+- budowa kortu tenisowego z zadaszeniem</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF2E8B57"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+        <charset val="238"/>
+      </rPr>
+      <t xml:space="preserve">- prace projektowe zagospodarowania wód opadowych na terenie obiektu *
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+        <charset val="238"/>
+      </rPr>
+      <t xml:space="preserve">- modernizacja boiska piłkarskiego
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF228B22"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+        <charset val="238"/>
+      </rPr>
+      <t xml:space="preserve">- termomodernizacja kortów tenisowych * 
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color rgb="FF228B22"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+        <charset val="238"/>
+      </rPr>
+      <t>(zastosowanie materiału styropianowego, w celu docieplenia obiektu, pozwalającego na zmniejszenie strat ciepła)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">- prace modernizacyjne obiektu przy ul. Koszalińskiej
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF228B22"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+        <charset val="238"/>
+      </rPr>
+      <t xml:space="preserve">- modernizacja instalacji elektrycznych *
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color rgb="FF228B22"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+        <charset val="238"/>
+      </rPr>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color rgb="FF2E8B57"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+        <charset val="238"/>
+      </rPr>
+      <t>(zastosowanie energooszczędnego oświetlenia ledowego)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">- budowa ścieżki wraz z oświetleniem łączącej Szkołę Podstawową nr 55 z ul. Stalową, przylegającej do nowo powstałych obiektów sportowych *
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color rgb="FF2E8B57"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+        <charset val="238"/>
+      </rPr>
+      <t>(zastosowanie energooszczędnego oświetlenia ledowego)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">- wykonanie dokumentów na potrzeby wprowadzenia systemów optymalizujących zużycie mediów
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+        <charset val="238"/>
+      </rPr>
+      <t>- wykonanie zejścia z trybun na niecki basenowe
+- montaż elektrycznego napędu pomostu dzielącego niecki basenu olimpijskiego
+- wykonanie szklanej ścianki z drzwiami we wnęce holu administracyjnego w celu wydzielenia pomieszczenia</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">- wymiana falowników,
+- projekt i modernizacja trafostacji,
+- modernizacja dźwiekowego systemu ostrzegania,
+- projekt modernizacji holu głównego,
+- zakup nowego telebimu,
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF2E8B57"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+        <charset val="238"/>
+      </rPr>
+      <t xml:space="preserve">- wymiana oświetlenia na ledowe *
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color rgb="FF2E8B57"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+        <charset val="238"/>
+      </rPr>
+      <t>(zastosowanie energooszczędnego oświetlenia ledowego)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">- wymiana poszycia dachowego hali sportowej
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF2E8B57"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+        <charset val="238"/>
+      </rPr>
+      <t xml:space="preserve">- modernizacja oświetlenia hali sportowej i boiska zewnętrznego *
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color rgb="FF2E8B57"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+        <charset val="238"/>
+      </rPr>
+      <t>(zastosowanie energooszczędnego oświetlenia ledowego)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">- budowa sztucznego oświetlenia stadionu *
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color rgb="FF2E8B57"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+        <charset val="238"/>
+      </rPr>
+      <t>(zastosowanie energooszczędnego oświetlenia ledowego)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">- budowa sztucznego oświetlenia stadionu *
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color rgb="FF2E8B57"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+        <charset val="238"/>
+      </rPr>
+      <t xml:space="preserve">(zastosowanie energooszczędnego oświetlenia ledowego)
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+        <charset val="238"/>
+      </rPr>
+      <t>montaż systemu podgrzewania murawy
+- modernizacja infrastruktury obiektu</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">- wykonanie projektu instalacji fotowoltaicznej
+na dachu budynku wraz z modernizacją pokrycia dachowego *
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color rgb="FF2E8B57"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+        <charset val="238"/>
+      </rPr>
+      <t xml:space="preserve">(montaż instalacji fotowoltaicznej, umożliwiającej korzystanie z tzw. „czystej” energii słonecznej)
+</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">- budowa świetlicy sportowo-rekreacyjnej przy ul. Wilków Morskich 31 *
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color rgb="FF2E8B57"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+        <charset val="238"/>
+      </rPr>
+      <t xml:space="preserve">(zastosowanie nowoczesnych rozwiązań w budownictwie, z wykorzystaniem energooszczędnych materiałów budowlanych wraz z montażem instalacji fotowoltaicznej, umożliwiającej korzystanie z tzw. „czystej” energii słonecznej)
+</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">- montaż paneli fotowoltaicznych na budynku pływalni *
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color rgb="FF2E8B57"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+        <charset val="238"/>
+      </rPr>
+      <t xml:space="preserve">(montaż instalacji fotowoltaicznej, umożliwiającej korzystanie z tzw. „czystej” energii słonecznej)
+</t>
+    </r>
+  </si>
+  <si>
+    <t>załącznik do odpowiedzi na interpelację nr 241/2024</t>
+  </si>
+  <si>
+    <t>Wykaz inwestycji realizowanych w latach 2019-2023 przez Poznańskie Ośrodki Sportu i Rekreacji</t>
+  </si>
+</sst>
 </file>
 
-<file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-[...78 lines deleted...]
-</w:fonts>
+<file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
+  <fonts count="11" x14ac:knownFonts="1">
+    <font>
+      <sz val="10"/>
+      <name val="Arial"/>
+      <family val="2"/>
+      <charset val="238"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <name val="Arial"/>
+      <family val="2"/>
+      <charset val="238"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <name val="Arial"/>
+      <family val="2"/>
+      <charset val="238"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <color rgb="FF2E8B57"/>
+      <name val="Arial"/>
+      <family val="2"/>
+      <charset val="238"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color rgb="FF2E8B57"/>
+      <name val="Arial"/>
+      <family val="2"/>
+      <charset val="238"/>
+    </font>
+    <font>
+      <i/>
+      <sz val="11"/>
+      <color rgb="FF2E8B57"/>
+      <name val="Arial"/>
+      <family val="2"/>
+      <charset val="238"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color rgb="FF228B22"/>
+      <name val="Arial"/>
+      <family val="2"/>
+      <charset val="238"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <color rgb="FF228B22"/>
+      <name val="Arial"/>
+      <family val="2"/>
+      <charset val="238"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color rgb="FF000000"/>
+      <name val="Arial"/>
+      <family val="2"/>
+      <charset val="238"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="18"/>
+      <name val="Arial"/>
+      <family val="2"/>
+      <charset val="238"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="12"/>
+      <name val="Arial"/>
+      <family val="2"/>
+      <charset val="238"/>
+    </font>
+  </fonts>
+  <fills count="2">
+    <fill>
+      <patternFill patternType="none"/>
+    </fill>
+    <fill>
+      <patternFill patternType="gray125"/>
+    </fill>
+  </fills>
+  <borders count="2">
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color auto="1"/>
+      </left>
+      <right style="thin">
+        <color auto="1"/>
+      </right>
+      <top style="thin">
+        <color auto="1"/>
+      </top>
+      <bottom style="thin">
+        <color auto="1"/>
+      </bottom>
+      <diagonal/>
+    </border>
+  </borders>
+  <cellStyleXfs count="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
+  </cellStyleXfs>
+  <cellXfs count="17">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="justify" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+  </cellXfs>
+  <cellStyles count="1">
+    <cellStyle name="Normalny" xfId="0" builtinId="0"/>
+  </cellStyles>
+  <dxfs count="0"/>
+  <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
+  <colors>
+    <indexedColors>
+      <rgbColor rgb="FF000000"/>
+      <rgbColor rgb="FFFFFFFF"/>
+      <rgbColor rgb="FFFF0000"/>
+      <rgbColor rgb="FF00FF00"/>
+      <rgbColor rgb="FF0000FF"/>
+      <rgbColor rgb="FFFFFF00"/>
+      <rgbColor rgb="FFFF00FF"/>
+      <rgbColor rgb="FF00FFFF"/>
+      <rgbColor rgb="FF800000"/>
+      <rgbColor rgb="FF228B22"/>
+      <rgbColor rgb="FF000080"/>
+      <rgbColor rgb="FF808000"/>
+      <rgbColor rgb="FF800080"/>
+      <rgbColor rgb="FF008080"/>
+      <rgbColor rgb="FFC0C0C0"/>
+      <rgbColor rgb="FF808080"/>
+      <rgbColor rgb="FF9999FF"/>
+      <rgbColor rgb="FF993366"/>
+      <rgbColor rgb="FFFFFFCC"/>
+      <rgbColor rgb="FFCCFFFF"/>
+      <rgbColor rgb="FF660066"/>
+      <rgbColor rgb="FFFF8080"/>
+      <rgbColor rgb="FF0066CC"/>
+      <rgbColor rgb="FFCCCCFF"/>
+      <rgbColor rgb="FF000080"/>
+      <rgbColor rgb="FFFF00FF"/>
+      <rgbColor rgb="FFFFFF00"/>
+      <rgbColor rgb="FF00FFFF"/>
+      <rgbColor rgb="FF800080"/>
+      <rgbColor rgb="FF800000"/>
+      <rgbColor rgb="FF008080"/>
+      <rgbColor rgb="FF0000FF"/>
+      <rgbColor rgb="FF00CCFF"/>
+      <rgbColor rgb="FFCCFFFF"/>
+      <rgbColor rgb="FFCCFFCC"/>
+      <rgbColor rgb="FFFFFF99"/>
+      <rgbColor rgb="FF99CCFF"/>
+      <rgbColor rgb="FFFF99CC"/>
+      <rgbColor rgb="FFCC99FF"/>
+      <rgbColor rgb="FFFFCC99"/>
+      <rgbColor rgb="FF3366FF"/>
+      <rgbColor rgb="FF33CCCC"/>
+      <rgbColor rgb="FF99CC00"/>
+      <rgbColor rgb="FFFFCC00"/>
+      <rgbColor rgb="FFFF9900"/>
+      <rgbColor rgb="FFFF6600"/>
+      <rgbColor rgb="FF666699"/>
+      <rgbColor rgb="FF969696"/>
+      <rgbColor rgb="FF003366"/>
+      <rgbColor rgb="FF2E8B57"/>
+      <rgbColor rgb="FF003300"/>
+      <rgbColor rgb="FF333300"/>
+      <rgbColor rgb="FF993300"/>
+      <rgbColor rgb="FF993366"/>
+      <rgbColor rgb="FF333399"/>
+      <rgbColor rgb="FF333333"/>
+      <rgbColor rgb="00003366"/>
+      <rgbColor rgb="00339966"/>
+      <rgbColor rgb="00003300"/>
+      <rgbColor rgb="00333300"/>
+      <rgbColor rgb="00993300"/>
+      <rgbColor rgb="00993366"/>
+      <rgbColor rgb="00333399"/>
+      <rgbColor rgb="00333333"/>
+    </indexedColors>
+  </colors>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
+      <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
+    </ext>
+    <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
+      <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
+    </ext>
+  </extLst>
+</styleSheet>
 </file>
 
-<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-[...27 lines deleted...]
-</w:ftr>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
-<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-[...3993 lines deleted...]
-<file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motyw pakietu Office">
   <a:themeElements>
     <a:clrScheme name="Pakiet Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Pakiet Office">
       <a:majorFont>
-        <a:latin typeface="Calibri Light"/>
+        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
-        <a:font script="Thai" typeface="Angsana New"/>
+        <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游明朝"/>
+        <a:font script="Jpan" typeface="游ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
-        <a:font script="Thai" typeface="Cordia New"/>
+        <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Pakiet Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
@@ -4740,91 +1622,871 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
-<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
-<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-</ds:datastoreItem>
+<file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+  <dimension ref="A1:G44"/>
+  <sheetViews>
+    <sheetView tabSelected="1" topLeftCell="C1" zoomScaleNormal="100" zoomScalePageLayoutView="70" workbookViewId="0">
+      <selection activeCell="E14" sqref="E14"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultColWidth="11.5703125" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
+  <cols>
+    <col min="1" max="1" width="11.5703125" style="3"/>
+    <col min="2" max="2" width="21.85546875" style="2" customWidth="1"/>
+    <col min="3" max="3" width="50.85546875" style="2" customWidth="1"/>
+    <col min="4" max="4" width="49.7109375" style="2" customWidth="1"/>
+    <col min="5" max="5" width="51" style="2" customWidth="1"/>
+    <col min="6" max="6" width="48.28515625" style="2" customWidth="1"/>
+    <col min="7" max="7" width="49.85546875" style="2" customWidth="1"/>
+    <col min="8" max="16384" width="11.5703125" style="3"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:7" ht="21" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1" s="1"/>
+      <c r="B1" s="1"/>
+      <c r="G1" s="13" t="s">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="2" spans="1:7" ht="23.25" x14ac:dyDescent="0.2">
+      <c r="B2" s="1"/>
+      <c r="D2" s="11" t="s">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="3" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A3" s="1"/>
+      <c r="B3" s="1"/>
+    </row>
+    <row r="4" spans="1:7" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A4" s="16" t="s">
+        <v>0</v>
+      </c>
+      <c r="B4" s="16" t="s">
+        <v>1</v>
+      </c>
+      <c r="C4" s="12" t="s">
+        <v>2</v>
+      </c>
+      <c r="D4" s="12" t="s">
+        <v>2</v>
+      </c>
+      <c r="E4" s="12" t="s">
+        <v>2</v>
+      </c>
+      <c r="F4" s="12" t="s">
+        <v>3</v>
+      </c>
+      <c r="G4" s="12" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="5" spans="1:7" ht="18.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A5" s="16"/>
+      <c r="B5" s="16"/>
+      <c r="C5" s="12">
+        <v>2019</v>
+      </c>
+      <c r="D5" s="12">
+        <v>2020</v>
+      </c>
+      <c r="E5" s="12">
+        <v>2021</v>
+      </c>
+      <c r="F5" s="12">
+        <v>2022</v>
+      </c>
+      <c r="G5" s="12">
+        <v>2023</v>
+      </c>
+    </row>
+    <row r="6" spans="1:7" ht="47.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A6" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="B6" s="5" t="s">
+        <v>5</v>
+      </c>
+      <c r="C6" s="4"/>
+      <c r="D6" s="4"/>
+      <c r="E6" s="4"/>
+      <c r="F6" s="5" t="s">
+        <v>113</v>
+      </c>
+      <c r="G6" s="6" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="7" spans="1:7" ht="57" x14ac:dyDescent="0.2">
+      <c r="A7" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="B7" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="C7" s="6" t="s">
+        <v>115</v>
+      </c>
+      <c r="D7" s="6"/>
+      <c r="E7" s="6"/>
+      <c r="F7" s="6"/>
+      <c r="G7" s="6" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="8" spans="1:7" ht="49.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A8" s="5" t="s">
+        <v>9</v>
+      </c>
+      <c r="B8" s="5" t="s">
+        <v>10</v>
+      </c>
+      <c r="C8" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="D8" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="E8" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="F8" s="6" t="s">
+        <v>116</v>
+      </c>
+      <c r="G8" s="6"/>
+    </row>
+    <row r="9" spans="1:7" ht="225.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A9" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="B9" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="C9" s="6" t="s">
+        <v>117</v>
+      </c>
+      <c r="D9" s="6" t="s">
+        <v>118</v>
+      </c>
+      <c r="E9" s="6" t="s">
+        <v>153</v>
+      </c>
+      <c r="F9" s="6" t="s">
+        <v>154</v>
+      </c>
+      <c r="G9" s="6" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="10" spans="1:7" ht="215.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A10" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="B10" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="C10" s="6" t="s">
+        <v>120</v>
+      </c>
+      <c r="D10" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="E10" s="6" t="s">
+        <v>121</v>
+      </c>
+      <c r="F10" s="6" t="s">
+        <v>122</v>
+      </c>
+      <c r="G10" s="6" t="s">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="11" spans="1:7" ht="222.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A11" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="B11" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="C11" s="6" t="s">
+        <v>123</v>
+      </c>
+      <c r="D11" s="6" t="s">
+        <v>124</v>
+      </c>
+      <c r="E11" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="F11" s="6" t="s">
+        <v>125</v>
+      </c>
+      <c r="G11" s="6" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="12" spans="1:7" ht="84.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A12" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="B12" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="C12" s="9" t="s">
+        <v>156</v>
+      </c>
+      <c r="D12" s="6"/>
+      <c r="E12" s="6"/>
+      <c r="F12" s="6"/>
+      <c r="G12" s="6"/>
+    </row>
+    <row r="13" spans="1:7" ht="168.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A13" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="B13" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="C13" s="9" t="s">
+        <v>157</v>
+      </c>
+      <c r="D13" s="9" t="s">
+        <v>158</v>
+      </c>
+      <c r="E13" s="9" t="s">
+        <v>159</v>
+      </c>
+      <c r="F13" s="6"/>
+      <c r="G13" s="6"/>
+    </row>
+    <row r="14" spans="1:7" ht="220.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A14" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="B14" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="C14" s="6" t="s">
+        <v>127</v>
+      </c>
+      <c r="D14" s="6" t="s">
+        <v>128</v>
+      </c>
+      <c r="E14" s="6" t="s">
+        <v>160</v>
+      </c>
+      <c r="F14" s="6" t="s">
+        <v>129</v>
+      </c>
+      <c r="G14" s="6" t="s">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="15" spans="1:7" ht="95.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A15" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="B15" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="C15" s="6"/>
+      <c r="D15" s="6"/>
+      <c r="E15" s="6" t="s">
+        <v>130</v>
+      </c>
+      <c r="F15" s="6" t="s">
+        <v>131</v>
+      </c>
+      <c r="G15" s="6" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="16" spans="1:7" ht="42.75" x14ac:dyDescent="0.2">
+      <c r="A16" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="B16" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="C16" s="6" t="s">
+        <v>132</v>
+      </c>
+      <c r="D16" s="6"/>
+      <c r="E16" s="6"/>
+      <c r="F16" s="6"/>
+      <c r="G16" s="6"/>
+    </row>
+    <row r="17" spans="1:7" ht="37.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A17" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="B17" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="C17" s="6" t="s">
+        <v>34</v>
+      </c>
+      <c r="D17" s="6" t="s">
+        <v>35</v>
+      </c>
+      <c r="E17" s="6" t="s">
+        <v>36</v>
+      </c>
+      <c r="F17" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="G17" s="6" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="18" spans="1:7" ht="54.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A18" s="5" t="s">
+        <v>39</v>
+      </c>
+      <c r="B18" s="6" t="s">
+        <v>40</v>
+      </c>
+      <c r="C18" s="6" t="s">
+        <v>41</v>
+      </c>
+      <c r="D18" s="6" t="s">
+        <v>42</v>
+      </c>
+      <c r="E18" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="F18" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="G18" s="6" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="19" spans="1:7" ht="81" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A19" s="5" t="s">
+        <v>44</v>
+      </c>
+      <c r="B19" s="6" t="s">
+        <v>45</v>
+      </c>
+      <c r="C19" s="14" t="s">
+        <v>46</v>
+      </c>
+      <c r="D19" s="6" t="s">
+        <v>47</v>
+      </c>
+      <c r="E19" s="9" t="s">
+        <v>112</v>
+      </c>
+      <c r="F19" s="6"/>
+      <c r="G19" s="6"/>
+    </row>
+    <row r="20" spans="1:7" ht="108.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A20" s="5" t="s">
+        <v>48</v>
+      </c>
+      <c r="B20" s="6" t="s">
+        <v>49</v>
+      </c>
+      <c r="C20" s="6" t="s">
+        <v>133</v>
+      </c>
+      <c r="D20" s="9" t="s">
+        <v>163</v>
+      </c>
+      <c r="E20" s="6"/>
+      <c r="F20" s="6"/>
+      <c r="G20" s="6"/>
+    </row>
+    <row r="21" spans="1:7" ht="48.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A21" s="5" t="s">
+        <v>50</v>
+      </c>
+      <c r="B21" s="6" t="s">
+        <v>51</v>
+      </c>
+      <c r="C21" s="6" t="s">
+        <v>52</v>
+      </c>
+      <c r="D21" s="6"/>
+      <c r="E21" s="6"/>
+      <c r="F21" s="6"/>
+      <c r="G21" s="6"/>
+    </row>
+    <row r="22" spans="1:7" ht="199.5" x14ac:dyDescent="0.2">
+      <c r="A22" s="5" t="s">
+        <v>53</v>
+      </c>
+      <c r="B22" s="6" t="s">
+        <v>54</v>
+      </c>
+      <c r="C22" s="15" t="s">
+        <v>164</v>
+      </c>
+      <c r="D22" s="6" t="s">
+        <v>134</v>
+      </c>
+      <c r="E22" s="6" t="s">
+        <v>165</v>
+      </c>
+      <c r="F22" s="6" t="s">
+        <v>135</v>
+      </c>
+      <c r="G22" s="6" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="23" spans="1:7" ht="82.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A23" s="5" t="s">
+        <v>55</v>
+      </c>
+      <c r="B23" s="6" t="s">
+        <v>56</v>
+      </c>
+      <c r="C23" s="6" t="s">
+        <v>57</v>
+      </c>
+      <c r="D23" s="6"/>
+      <c r="E23" s="6"/>
+      <c r="F23" s="6"/>
+      <c r="G23" s="6"/>
+    </row>
+    <row r="24" spans="1:7" ht="88.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A24" s="5" t="s">
+        <v>58</v>
+      </c>
+      <c r="B24" s="6" t="s">
+        <v>137</v>
+      </c>
+      <c r="C24" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="D24" s="6"/>
+      <c r="E24" s="6"/>
+      <c r="F24" s="6"/>
+      <c r="G24" s="6"/>
+    </row>
+    <row r="25" spans="1:7" ht="49.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A25" s="5" t="s">
+        <v>60</v>
+      </c>
+      <c r="B25" s="6" t="s">
+        <v>61</v>
+      </c>
+      <c r="C25" s="6" t="s">
+        <v>138</v>
+      </c>
+      <c r="D25" s="6"/>
+      <c r="E25" s="6" t="s">
+        <v>62</v>
+      </c>
+      <c r="F25" s="6" t="s">
+        <v>139</v>
+      </c>
+      <c r="G25" s="6" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="26" spans="1:7" ht="39" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A26" s="5" t="s">
+        <v>64</v>
+      </c>
+      <c r="B26" s="6" t="s">
+        <v>65</v>
+      </c>
+      <c r="C26" s="6" t="s">
+        <v>140</v>
+      </c>
+      <c r="D26" s="6" t="s">
+        <v>140</v>
+      </c>
+      <c r="E26" s="6"/>
+      <c r="F26" s="6"/>
+      <c r="G26" s="6"/>
+    </row>
+    <row r="27" spans="1:7" ht="28.5" x14ac:dyDescent="0.2">
+      <c r="A27" s="5" t="s">
+        <v>66</v>
+      </c>
+      <c r="B27" s="6" t="s">
+        <v>67</v>
+      </c>
+      <c r="C27" s="6"/>
+      <c r="D27" s="6"/>
+      <c r="E27" s="6" t="s">
+        <v>68</v>
+      </c>
+      <c r="F27" s="6" t="s">
+        <v>68</v>
+      </c>
+      <c r="G27" s="6"/>
+    </row>
+    <row r="28" spans="1:7" ht="48" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A28" s="5" t="s">
+        <v>69</v>
+      </c>
+      <c r="B28" s="6" t="s">
+        <v>70</v>
+      </c>
+      <c r="C28" s="6" t="s">
+        <v>71</v>
+      </c>
+      <c r="D28" s="6" t="s">
+        <v>72</v>
+      </c>
+      <c r="E28" s="6"/>
+      <c r="F28" s="6"/>
+      <c r="G28" s="6"/>
+    </row>
+    <row r="29" spans="1:7" ht="42.75" x14ac:dyDescent="0.2">
+      <c r="A29" s="5" t="s">
+        <v>73</v>
+      </c>
+      <c r="B29" s="6" t="s">
+        <v>74</v>
+      </c>
+      <c r="C29" s="6" t="s">
+        <v>75</v>
+      </c>
+      <c r="D29" s="6"/>
+      <c r="E29" s="6"/>
+      <c r="F29" s="6"/>
+      <c r="G29" s="6"/>
+    </row>
+    <row r="30" spans="1:7" ht="57" x14ac:dyDescent="0.2">
+      <c r="A30" s="5" t="s">
+        <v>76</v>
+      </c>
+      <c r="B30" s="6" t="s">
+        <v>77</v>
+      </c>
+      <c r="C30" s="6" t="s">
+        <v>78</v>
+      </c>
+      <c r="D30" s="6" t="s">
+        <v>79</v>
+      </c>
+      <c r="E30" s="6" t="s">
+        <v>80</v>
+      </c>
+      <c r="F30" s="6" t="s">
+        <v>80</v>
+      </c>
+      <c r="G30" s="6"/>
+    </row>
+    <row r="31" spans="1:7" ht="35.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A31" s="5" t="s">
+        <v>81</v>
+      </c>
+      <c r="B31" s="6" t="s">
+        <v>82</v>
+      </c>
+      <c r="C31" s="6" t="s">
+        <v>83</v>
+      </c>
+      <c r="D31" s="6"/>
+      <c r="E31" s="6"/>
+      <c r="F31" s="6"/>
+      <c r="G31" s="6"/>
+    </row>
+    <row r="32" spans="1:7" ht="46.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A32" s="5" t="s">
+        <v>84</v>
+      </c>
+      <c r="B32" s="6" t="s">
+        <v>85</v>
+      </c>
+      <c r="C32" s="6" t="s">
+        <v>86</v>
+      </c>
+      <c r="D32" s="6" t="s">
+        <v>87</v>
+      </c>
+      <c r="E32" s="6"/>
+      <c r="F32" s="6" t="s">
+        <v>87</v>
+      </c>
+      <c r="G32" s="6" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="33" spans="1:7" ht="96" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A33" s="5" t="s">
+        <v>88</v>
+      </c>
+      <c r="B33" s="6" t="s">
+        <v>89</v>
+      </c>
+      <c r="C33" s="6" t="s">
+        <v>90</v>
+      </c>
+      <c r="D33" s="6" t="s">
+        <v>90</v>
+      </c>
+      <c r="E33" s="6" t="s">
+        <v>142</v>
+      </c>
+      <c r="F33" s="6" t="s">
+        <v>166</v>
+      </c>
+      <c r="G33" s="6" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="34" spans="1:7" ht="116.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A34" s="5" t="s">
+        <v>91</v>
+      </c>
+      <c r="B34" s="6" t="s">
+        <v>92</v>
+      </c>
+      <c r="C34" s="9" t="s">
+        <v>167</v>
+      </c>
+      <c r="D34" s="9" t="s">
+        <v>168</v>
+      </c>
+      <c r="E34" s="6" t="s">
+        <v>93</v>
+      </c>
+      <c r="F34" s="6" t="s">
+        <v>93</v>
+      </c>
+      <c r="G34" s="6" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="35" spans="1:7" ht="35.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A35" s="6" t="s">
+        <v>94</v>
+      </c>
+      <c r="B35" s="6" t="s">
+        <v>95</v>
+      </c>
+      <c r="C35" s="6"/>
+      <c r="D35" s="6" t="s">
+        <v>96</v>
+      </c>
+      <c r="E35" s="6" t="s">
+        <v>38</v>
+      </c>
+      <c r="F35" s="6"/>
+      <c r="G35" s="6"/>
+    </row>
+    <row r="36" spans="1:7" ht="48.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A36" s="6" t="s">
+        <v>97</v>
+      </c>
+      <c r="B36" s="6" t="s">
+        <v>145</v>
+      </c>
+      <c r="C36" s="6"/>
+      <c r="D36" s="6" t="s">
+        <v>146</v>
+      </c>
+      <c r="E36" s="6" t="s">
+        <v>98</v>
+      </c>
+      <c r="F36" s="15" t="s">
+        <v>98</v>
+      </c>
+      <c r="G36" s="6" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="37" spans="1:7" ht="168.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A37" s="10" t="s">
+        <v>99</v>
+      </c>
+      <c r="B37" s="6" t="s">
+        <v>100</v>
+      </c>
+      <c r="C37" s="7"/>
+      <c r="D37" s="7"/>
+      <c r="E37" s="6" t="s">
+        <v>147</v>
+      </c>
+      <c r="F37" s="6" t="s">
+        <v>148</v>
+      </c>
+      <c r="G37" s="6" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="38" spans="1:7" ht="120.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A38" s="10" t="s">
+        <v>101</v>
+      </c>
+      <c r="B38" s="6" t="s">
+        <v>102</v>
+      </c>
+      <c r="C38" s="7"/>
+      <c r="D38" s="7"/>
+      <c r="E38" s="6" t="s">
+        <v>150</v>
+      </c>
+      <c r="F38" s="6" t="s">
+        <v>151</v>
+      </c>
+      <c r="G38" s="9" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="39" spans="1:7" ht="155.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A39" s="6" t="s">
+        <v>103</v>
+      </c>
+      <c r="B39" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="C39" s="7"/>
+      <c r="D39" s="7"/>
+      <c r="E39" s="7"/>
+      <c r="F39" s="9" t="s">
+        <v>170</v>
+      </c>
+      <c r="G39" s="9" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="40" spans="1:7" ht="105.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A40" s="6" t="s">
+        <v>105</v>
+      </c>
+      <c r="B40" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="C40" s="6"/>
+      <c r="D40" s="6"/>
+      <c r="E40" s="6"/>
+      <c r="F40" s="6"/>
+      <c r="G40" s="9" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="41" spans="1:7" ht="93" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A41" s="6" t="s">
+        <v>107</v>
+      </c>
+      <c r="B41" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="C41" s="6"/>
+      <c r="D41" s="6"/>
+      <c r="E41" s="6"/>
+      <c r="F41" s="6"/>
+      <c r="G41" s="6" t="s">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="42" spans="1:7" ht="71.25" x14ac:dyDescent="0.2">
+      <c r="A42" s="6" t="s">
+        <v>109</v>
+      </c>
+      <c r="B42" s="6" t="s">
+        <v>110</v>
+      </c>
+      <c r="C42" s="6"/>
+      <c r="D42" s="6"/>
+      <c r="E42" s="6"/>
+      <c r="F42" s="6"/>
+      <c r="G42" s="6" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="44" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A44" s="8"/>
+    </row>
+  </sheetData>
+  <mergeCells count="2">
+    <mergeCell ref="A4:A5"/>
+    <mergeCell ref="B4:B5"/>
+  </mergeCells>
+  <printOptions horizontalCentered="1"/>
+  <pageMargins left="0.11811023622047245" right="0.11811023622047245" top="0.15748031496062992" bottom="0.39370078740157483" header="0.51181102362204722" footer="0.11811023622047245"/>
+  <pageSetup paperSize="8" scale="74" orientation="landscape" useFirstPageNumber="1" r:id="rId1"/>
+  <headerFooter>
+    <oddFooter>&amp;L&amp;14&amp;K09+000* Inwestycje, podczas realizacji których zastosowano współczesny trend dotyczący ekologicznego budownictwa&amp;C&amp;"Times New Roman,Normalny"&amp;12Strona &amp;P</oddFooter>
+  </headerFooter>
+</worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template/>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...2 lines deleted...]
-  <Application>Microsoft Office Word</Application>
+  <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>5</Lines>
-  <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="2" baseType="variant">
+    <vt:vector size="4" baseType="variant">
       <vt:variant>
-        <vt:lpstr>Tytuł</vt:lpstr>
+        <vt:lpstr>Arkusze</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
+      <vt:variant>
+        <vt:lpstr>Zakresy nazwane</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>2</vt:i4>
+      </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>sygnalizacja do interpelacji nr 241/2024 w sprawie uwzględnienia zasad budownictwa ekologicznego w inwestycjach infrastrukturalnych poznańskich obiektów sportowo-rekreacyjnych</vt:lpstr>
+    <vt:vector size="3" baseType="lpstr">
+      <vt:lpstr>Arkusz1</vt:lpstr>
+      <vt:lpstr>Arkusz1!Obszar_wydruku</vt:lpstr>
+      <vt:lpstr>Arkusz1!Tytuły_wydruku</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
-  <Company>ump</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>800</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>sygnalizacja do interpelacji nr 241/2024 w sprawie uwzględnienia zasad budownictwa ekologicznego w inwestycjach infrastrukturalnych poznańskich obiektów sportowo-rekreacyjnych</dc:title>
+  <dc:title/>
   <dc:subject/>
-  <dc:creator>Urząd Miasta Poznania</dc:creator>
-  <cp:keywords>POSiR, budownictwo ekologiczne, odpowiedź na interpelację</cp:keywords>
+  <dc:creator>POSIR</dc:creator>
+  <cp:keywords>załącznik do odpowiedzi na interpelację nr 241_2024 ws. uwzględnienia zasad budownictwa ekologicznego w inwestycjach obiektów sportowo-rekreacyjnych</cp:keywords>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
+  <cp:category>POSiR, budownictwo ekologiczne, odpowiedź na interpelację</cp:category>
+  <dc:language>pl-PL</dc:language>
 </cp:coreProperties>
 </file>