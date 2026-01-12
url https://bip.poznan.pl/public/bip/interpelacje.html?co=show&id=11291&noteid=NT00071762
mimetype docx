--- v0 (2025-11-06)
+++ v1 (2026-01-12)
@@ -1,4603 +1,1476 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Default Extension="odttf" ContentType="application/vnd.openxmlformats-officedocument.obfuscatedFont"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
-  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
-[...3 lines deleted...]
-  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w14:paraId="47BA36ED" w14:textId="77777777" w:rsidR="003C30FD" w:rsidRPr="005C32BD" w:rsidRDefault="003C30FD" w:rsidP="00D9046C">
-[...39 lines deleted...]
-      <w:r w:rsidR="004B5B52" w:rsidRPr="005C32BD">
+    <w:p w:rsidR="006E117E" w:rsidRPr="000B07BE" w:rsidRDefault="006E117E" w:rsidP="000B07BE">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:r w:rsidRPr="000B07BE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ewa Jemielity</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B07BE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="000B07BE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="000B07BE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="000B07BE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="000B07BE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="000B07BE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="000B07BE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">     Poznań, 22 listopada 2024 r. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006E117E" w:rsidRPr="000B07BE" w:rsidRDefault="006E117E" w:rsidP="000B07BE">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B07BE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Radna Rady Miasta Poznania</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006E117E" w:rsidRPr="000B07BE" w:rsidRDefault="006E117E" w:rsidP="000B07BE">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B07BE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ewa_jemielity@um.poznan.pl</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006E117E" w:rsidRPr="000B07BE" w:rsidRDefault="006E117E" w:rsidP="000B07BE">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B07BE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Tel. 603-776-775</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006E117E" w:rsidRPr="000B07BE" w:rsidRDefault="006E117E" w:rsidP="000B07BE">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006E117E" w:rsidRPr="000B07BE" w:rsidRDefault="006E117E" w:rsidP="000B07BE">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006E117E" w:rsidRPr="000B07BE" w:rsidRDefault="006E117E" w:rsidP="000B07BE">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="1416" w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B07BE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Sz. P. Jacek Jaśkowiak</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006E117E" w:rsidRPr="000B07BE" w:rsidRDefault="006E117E" w:rsidP="000B07BE">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B07BE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="000B07BE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="000B07BE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Prezydent Miasta Poznania </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006E117E" w:rsidRPr="000B07BE" w:rsidRDefault="006E117E" w:rsidP="000B07BE">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B07BE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="000B07BE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="000B07BE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">za pośrednictwem </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006E117E" w:rsidRPr="000B07BE" w:rsidRDefault="006E117E" w:rsidP="000B07BE">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B07BE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="000B07BE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="000B07BE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Przewodniczącego Rady Miasta Poznania</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006E117E" w:rsidRPr="000B07BE" w:rsidRDefault="006E117E" w:rsidP="000B07BE">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0048381E" w:rsidRPr="000B07BE" w:rsidRDefault="006E117E" w:rsidP="000B07BE">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="2832" w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B07BE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>INTERPELACJA</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006E117E" w:rsidRPr="000B07BE" w:rsidRDefault="006E117E" w:rsidP="000B07BE">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006E117E" w:rsidRPr="000B07BE" w:rsidRDefault="006E117E" w:rsidP="000B07BE">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B07BE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>W związku z pismem skierowanym do radnych, a dotyczącym kosztów funkcjonowania Systemu Gospodarki Odpadami Komunalnymi, proszę o szczegółową odpowiedź na następujące kwestie</w:t>
+      </w:r>
+      <w:r w:rsidR="003409C8" w:rsidRPr="000B07BE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003409C8" w:rsidRPr="000B07BE" w:rsidRDefault="006E117E" w:rsidP="000B07BE">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B07BE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Środki pochodzące z opłat wnoszonych przez mieszkańców mogą być wykorzystywane wyłącznie na ten cel i być wydane na wąski katalog działań opisany w art. 6r ust. 2 ustawy o utrzymaniu czystości i</w:t>
+      </w:r>
+      <w:r w:rsidR="008F6058" w:rsidRPr="000B07BE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00742F86" w:rsidRPr="005C32BD">
-[...13 lines deleted...]
-      <w:r w:rsidR="00194ED6" w:rsidRPr="005C32BD">
+      <w:r w:rsidRPr="000B07BE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>porządku</w:t>
+      </w:r>
+      <w:r w:rsidR="003409C8" w:rsidRPr="000B07BE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="004B5B52" w:rsidRPr="005C32BD">
-[...45 lines deleted...]
-        <w:t xml:space="preserve">Ewa </w:t>
+      <w:r w:rsidRPr="000B07BE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>w gminach.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003409C8" w:rsidRPr="000B07BE" w:rsidRDefault="006E117E" w:rsidP="000B07BE">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B07BE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">W 2022 roku wpływy z tytułu opłat za zagospodarowanie odpadami komunalnymi wyniosły 213,9 mln zł, przy wydatkach 163 mln zł. W 2023 roku, odpowiednio - 240 mln zł oraz 183 mln zł. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B07BE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Lwią część wydatków stanowi odbiór i transport odpadów komunalnych. Nowe umowy obejmujące tę dziedzinę zostały podpisane na kwotę znacznie mniejszą niż pierwotne oszacowanie WGK - 38,5 mln zł</w:t>
+      </w:r>
+      <w:r w:rsidR="003409C8" w:rsidRPr="000B07BE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B07BE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> co stanowi około 8% mniej niż ten sam szacunek.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003409C8" w:rsidRPr="000B07BE" w:rsidRDefault="006E117E" w:rsidP="000B07BE">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B07BE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Czy mając na uwadze ogromne nadwyżki w latach ubiegłych oraz prognozowane jeszcze większe nadwyżki w roku bieżącym i przyszłym, Rada Miasta planuje obniżyć wysokość stawek dla mieszkańców Poznania?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003409C8" w:rsidRPr="000B07BE" w:rsidRDefault="006E117E" w:rsidP="000B07BE">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B07BE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Co stało się z nadwyżkami z lat ubiegłych, jak widać niewykorzystanymi w kolejnym roku kalendarzowym przypadającym po roku, w którym powstały nadwyżki? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006E117E" w:rsidRPr="000B07BE" w:rsidRDefault="006E117E" w:rsidP="000B07BE">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B07BE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Jaki jest cel przekazywania środków uzyskanych od mieszkańców na "wyposażenie terenów przeznaczonych do użytku publicznego w pojemniki przeznaczone do zbierania odpadów komunalnych, ich opróżnianie oraz utrzymywanie w odpowiednim </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B07BE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>stanie sanitarnym, porządkowym i technicznym" miejskim jednostkom organizacyjnym (zgodnie z informacją udzieloną przez WGK)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B07BE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006E117E" w:rsidRPr="000B07BE" w:rsidRDefault="006E117E" w:rsidP="000B07BE">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B07BE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>W 2023 roku było to 9 mln zł.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B07BE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006E117E" w:rsidRPr="000B07BE" w:rsidRDefault="006E117E" w:rsidP="000B07BE">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B07BE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Czy te jednostki nie mają w swoich budżetach środków na opróżnianie pojemników? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003409C8" w:rsidRPr="000B07BE" w:rsidRDefault="006E117E" w:rsidP="000B07BE">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B07BE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Czy budżet tych jednostek (prawdopodobnie chodzi o Zarząd Zieleni Miejskiej, Zarząd Dróg Miejskich, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="005C32BD">
-        <w:t>Jemielity</w:t>
+      <w:r w:rsidRPr="000B07BE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>POSiR</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-    </w:p>
-[...42 lines deleted...]
-      <w:r w:rsidR="00A037DF" w:rsidRPr="005C32BD">
+      <w:r w:rsidRPr="000B07BE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, Palmiarnię Poznańską) został faktycznie powiększony o dotacje z WGK, czy pozostał bez zmian?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006E117E" w:rsidRPr="000B07BE" w:rsidRDefault="006E117E" w:rsidP="000B07BE">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B07BE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">W zestawieniu kosztów funkcjonowania Systemu Gospodarowania Odpadami Komunalnymi pojawia się również informacja o "Przychodach jednostek samorządu terytorialnego z niewykorzystanych środków pieniężnych na rachunku bieżącym budżetu". </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006E117E" w:rsidRPr="000B07BE" w:rsidRDefault="006E117E" w:rsidP="000B07BE">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B07BE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">W 2023 roku było to 21,4 mln zł.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006E117E" w:rsidRPr="000B07BE" w:rsidRDefault="006E117E" w:rsidP="000B07BE">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B07BE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Dlaczego JST, przy tak wysokich nadwyżkach środków, jeszcze dokłada się do Systemu? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006E117E" w:rsidRPr="000B07BE" w:rsidRDefault="006E117E" w:rsidP="000B07BE">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B07BE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Jednocześnie proszę o przygotowanie wszelkiej dokumentacji (w formie papierowej i cyfrowej) potwierdzającej prawidłowe wykorzystanie środków</w:t>
+      </w:r>
+      <w:r w:rsidR="003409C8" w:rsidRPr="000B07BE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="005C161E" w:rsidRPr="005C32BD">
-[...1676 lines deleted...]
-      <w:pgMar w:top="1418" w:right="1418" w:bottom="1134" w:left="1418" w:header="454" w:footer="567" w:gutter="0"/>
+      <w:r w:rsidRPr="000B07BE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>zgodnie z ustawą o utrzymaniu czystości i porządku w gminach. W najbliższym czasie zamierzam rozpocząć kontrolę radnego w tej sprawie.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006E117E" w:rsidRPr="000B07BE" w:rsidRDefault="006E117E" w:rsidP="000B07BE">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006E117E" w:rsidRPr="000B07BE" w:rsidRDefault="006E117E" w:rsidP="000B07BE">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006E117E" w:rsidRPr="000B07BE" w:rsidRDefault="006E117E" w:rsidP="000B07BE">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="4956" w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B07BE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Z poważaniem</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006E117E" w:rsidRPr="000B07BE" w:rsidRDefault="00447797" w:rsidP="000B07BE">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="4956" w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B07BE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="006E117E" w:rsidRPr="000B07BE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ewa Jemielity</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:sectPr w:rsidR="006E117E" w:rsidRPr="000B07BE">
+      <w:pgSz w:w="11906" w:h="16838"/>
+      <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
-      <w:formProt w:val="0"/>
-      <w:noEndnote/>
+      <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
-<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-[...17 lines deleted...]
-
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="EE"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Arial">
-[...22 lines deleted...]
-  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId3" w:fontKey="{B07DF594-E149-444B-9A0D-B3B983DE76B4}"/>
-[...9 lines deleted...]
-    <w:embedRegular r:id="rId5" w:fontKey="{A7AD3569-60C4-4B93-A1FE-804D3138798B}"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId6" w:fontKey="{BDB5987F-EAB6-4037-BF71-807B62708FFD}"/>
   </w:font>
 </w:fonts>
 </file>
 
-<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-[...228 lines deleted...]
-
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0E1F5DBF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="FFFFFFFF"/>
+    <w:tmpl w:val="BA98D9E2"/>
     <w:lvl w:ilvl="0" w:tplc="04150001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04150005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04150001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04150003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04150005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04150001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04150003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04150005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="1C36738D"/>
+    <w:nsid w:val="2B257705"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="FFFFFFFF"/>
-[...10 lines deleted...]
-        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+    <w:tmpl w:val="0926778A"/>
+    <w:lvl w:ilvl="0" w:tplc="04150001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04150005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04150001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04150003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04150005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04150001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04150003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04150005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="1C663424"/>
+    <w:nsid w:val="39FA5E10"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="FFFFFFFF"/>
+    <w:tmpl w:val="936E90C8"/>
     <w:lvl w:ilvl="0" w:tplc="04150001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="780" w:hanging="360"/>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1500" w:hanging="360"/>
-[...2 lines deleted...]
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04150005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2220" w:hanging="360"/>
+        <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04150001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2940" w:hanging="360"/>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04150003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3660" w:hanging="360"/>
-[...2 lines deleted...]
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04150005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4380" w:hanging="360"/>
+        <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04150001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5100" w:hanging="360"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04150003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5820" w:hanging="360"/>
-[...111 lines deleted...]
-      <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
-[...565 lines deleted...]
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04150005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
-    <w:abstractNumId w:val="6"/>
+    <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2">
-    <w:abstractNumId w:val="1"/>
+    <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3">
-    <w:abstractNumId w:val="4"/>
-[...316 lines deleted...]
-  <w:num w:numId="10">
     <w:abstractNumId w:val="0"/>
-  </w:num>
-[...7 lines deleted...]
-    <w:abstractNumId w:val="6"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
-  <w:embedTrueTypeFonts/>
-[...1 lines deleted...]
-  <w:bordersDoNotSurroundFooter/>
   <w:proofState w:spelling="clean"/>
-  <w:stylePaneFormatFilter w:val="3B01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
-  <w:drawingGridHorizontalSpacing w:val="120"/>
-[...14 lines deleted...]
-  </w:endnotePr>
+  <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
-    <w:spaceForUL/>
-[...4 lines deleted...]
-    <w:adjustLineHeightInTable/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="007B045F"/>
-[...759 lines deleted...]
-    <w:rsid w:val="00FF600A"/>
+    <w:rsidRoot w:val="006E117E"/>
+    <w:rsid w:val="000B07BE"/>
+    <w:rsid w:val="003409C8"/>
+    <w:rsid w:val="00447797"/>
+    <w:rsid w:val="0048381E"/>
+    <w:rsid w:val="006E117E"/>
+    <w:rsid w:val="008F6058"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pl-PL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
-  <w:doNotIncludeSubdocsInStats/>
-  <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="1A4BCAC3"/>
-[...1 lines deleted...]
-  <w15:docId w15:val="{6C65FAD3-AF59-47EA-B910-2D5A5ADF6E9A}"/>
+  <w15:chartTrackingRefBased/>
+  <w15:docId w15:val="{126A8144-CE3B-4BFA-AE75-7F7860F9C984}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-        <w:kern w:val="24"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
+        <w:lang w:val="pl-PL" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
-[...155 lines deleted...]
-    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
@@ -4769,837 +1642,151 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
-    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...2 lines deleted...]
-    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normalny">
     <w:name w:val="Normal"/>
-    <w:rsid w:val="00062EA5"/>
-[...27 lines deleted...]
-    </w:rPr>
+    <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Domylnaczcionkaakapitu">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Standardowy">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Bezlisty">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="UMP-stopkastrony">
-[...472 lines deleted...]
-  </w:style>
   <w:style w:type="paragraph" w:styleId="Akapitzlist">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normalny"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="00E679A4"/>
+    <w:rsid w:val="003409C8"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="TematkomentarzaZnak">
-[...55 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
-[...109 lines deleted...]
-  </w:divs>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:optimizeForBrowser/>
-  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sip.lex.pl/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
-[...11 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motyw pakietu Office">
   <a:themeElements>
     <a:clrScheme name="Pakiet Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Pakiet Office">
       <a:majorFont>
-        <a:latin typeface="Calibri Light"/>
+        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
@@ -5607,51 +1794,51 @@
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
@@ -5807,91 +1994,74 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
-<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...14 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>5</Pages>
-[...1 lines deleted...]
-  <Characters>11199</Characters>
+  <Pages>2</Pages>
+  <Words>392</Words>
+  <Characters>2358</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>93</Lines>
-  <Paragraphs>26</Paragraphs>
+  <Lines>19</Lines>
+  <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Tytuł</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>odpowiedź na interpelację 292.24 ws. kosztów systemu gospodarki odpadami komunalnymi</vt:lpstr>
+      <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>ump</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>13039</CharactersWithSpaces>
+  <CharactersWithSpaces>2745</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>odpowiedź na interpelację 292.24 ws. kosztów systemu gospodarki odpadami komunalnymi</dc:title>
+  <dc:title/>
   <dc:subject/>
-  <dc:creator>Urząd Miasta Poznania</dc:creator>
-  <cp:keywords>interpelacja; sygnalizacja; odpady; system gospodarki odpadami</cp:keywords>
+  <dc:creator>Ewa Jemielity</dc:creator>
+  <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>