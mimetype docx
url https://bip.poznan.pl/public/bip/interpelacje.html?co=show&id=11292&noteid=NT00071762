--- v0 (2025-10-15)
+++ v1 (2026-01-12)
@@ -1,1476 +1,4603 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
+  <Default Extension="odttf" ContentType="application/vnd.openxmlformats-officedocument.obfuscatedFont"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
-    <w:p w:rsidR="006E117E" w:rsidRPr="000B07BE" w:rsidRDefault="006E117E" w:rsidP="000B07BE">
-[...1 lines deleted...]
-        <w:spacing w:line="276" w:lineRule="auto"/>
+    <w:p w14:paraId="47BA36ED" w14:textId="77777777" w:rsidR="003C30FD" w:rsidRPr="005C32BD" w:rsidRDefault="003C30FD" w:rsidP="00D9046C">
+      <w:pPr>
+        <w:pStyle w:val="UMP-data-znak-UID-za-prowadzi"/>
+        <w:sectPr w:rsidR="003C30FD" w:rsidRPr="005C32BD" w:rsidSect="003C30FD">
+          <w:footerReference w:type="default" r:id="rId8"/>
+          <w:headerReference w:type="first" r:id="rId9"/>
+          <w:footerReference w:type="first" r:id="rId10"/>
+          <w:type w:val="continuous"/>
+          <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
+          <w:pgMar w:top="2835" w:right="1418" w:bottom="1985" w:left="1418" w:header="567" w:footer="737" w:gutter="0"/>
+          <w:cols w:space="708"/>
+          <w:formProt w:val="0"/>
+          <w:noEndnote/>
+          <w:titlePg/>
+        </w:sectPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_Hlk101266255"/>
+    </w:p>
+    <w:p w14:paraId="4DD9F471" w14:textId="036CBD09" w:rsidR="00742F86" w:rsidRPr="005C32BD" w:rsidRDefault="005A2909" w:rsidP="00D9046C">
+      <w:pPr>
+        <w:pStyle w:val="UMP-data-znak-UID-za-prowadzi"/>
+      </w:pPr>
+      <w:r w:rsidRPr="005C32BD">
+        <w:t>Poznań,</w:t>
+      </w:r>
+      <w:r w:rsidR="00553804">
+        <w:t xml:space="preserve"> 14</w:t>
+      </w:r>
+      <w:r w:rsidR="00A037DF" w:rsidRPr="005C32BD">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="009F1DB3">
+        <w:t>01</w:t>
+      </w:r>
+      <w:r w:rsidR="004B5B52" w:rsidRPr="005C32BD">
+        <w:t>.202</w:t>
+      </w:r>
+      <w:r w:rsidR="009F1DB3">
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="004B5B52" w:rsidRPr="005C32BD">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00742F86" w:rsidRPr="005C32BD">
+        <w:t>r</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF5D3D" w:rsidRPr="005C32BD">
+        <w:t>oku</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D8384CB" w14:textId="77777777" w:rsidR="007B045F" w:rsidRPr="005C32BD" w:rsidRDefault="00DD684C" w:rsidP="00D9046C">
+      <w:pPr>
+        <w:pStyle w:val="UMP-data-znak-UID-za-prowadzi"/>
+      </w:pPr>
+      <w:r w:rsidRPr="005C32BD">
+        <w:t>Znak sprawy:</w:t>
+      </w:r>
+      <w:r w:rsidR="00194ED6" w:rsidRPr="005C32BD">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004B5B52" w:rsidRPr="005C32BD">
+        <w:t>Or-II.0003.1.</w:t>
+      </w:r>
+      <w:r w:rsidR="00E76D83" w:rsidRPr="005C32BD">
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00A037DF" w:rsidRPr="005C32BD">
+        <w:t>92</w:t>
+      </w:r>
+      <w:r w:rsidR="004B5B52" w:rsidRPr="005C32BD">
+        <w:t>.202</w:t>
+      </w:r>
+      <w:r w:rsidR="00446E96" w:rsidRPr="005C32BD">
+        <w:t>4</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p w14:paraId="798A2F3E" w14:textId="14D94A4F" w:rsidR="00C634CE" w:rsidRPr="005C32BD" w:rsidRDefault="00C634CE" w:rsidP="001F2424">
+      <w:pPr>
+        <w:pStyle w:val="UMP-data-znak-UID-za-prowadzi"/>
+      </w:pPr>
+      <w:r w:rsidRPr="005C32BD">
+        <w:t xml:space="preserve">Nr rej.: </w:t>
+      </w:r>
+      <w:r w:rsidR="00013C77">
+        <w:t>140125-8465</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="1" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="1"/>
+    </w:p>
+    <w:p w14:paraId="45435303" w14:textId="77777777" w:rsidR="007636F6" w:rsidRPr="005C32BD" w:rsidRDefault="007636F6" w:rsidP="007636F6">
+      <w:pPr>
+        <w:pStyle w:val="UMP-odbiorca"/>
+      </w:pPr>
+      <w:r w:rsidRPr="005C32BD">
+        <w:t>Pan</w:t>
+      </w:r>
+      <w:r w:rsidR="00A037DF" w:rsidRPr="005C32BD">
+        <w:t>i</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42D46CBC" w14:textId="77777777" w:rsidR="007636F6" w:rsidRPr="005C32BD" w:rsidRDefault="00A037DF" w:rsidP="007636F6">
+      <w:pPr>
+        <w:pStyle w:val="UMP-odbiorca"/>
+      </w:pPr>
+      <w:r w:rsidRPr="005C32BD">
+        <w:t xml:space="preserve">Ewa </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C32BD">
+        <w:t>Jemielity</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="6A5C4F8C" w14:textId="77777777" w:rsidR="007636F6" w:rsidRPr="005C32BD" w:rsidRDefault="007636F6" w:rsidP="00E76D83">
+      <w:pPr>
+        <w:pStyle w:val="UMP-odbiorca"/>
+        <w:spacing w:line="600" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="005C32BD">
+        <w:t>Radn</w:t>
+      </w:r>
+      <w:r w:rsidR="00A037DF" w:rsidRPr="005C32BD">
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C32BD">
+        <w:t xml:space="preserve"> Miasta Poznania</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7264933C" w14:textId="77777777" w:rsidR="007636F6" w:rsidRPr="005C32BD" w:rsidRDefault="007636F6" w:rsidP="007636F6">
+      <w:pPr>
+        <w:pStyle w:val="UMP-zwrotszanowni"/>
+      </w:pPr>
+      <w:r w:rsidRPr="005C32BD">
+        <w:t>Szanown</w:t>
+      </w:r>
+      <w:r w:rsidR="00A037DF" w:rsidRPr="005C32BD">
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C32BD">
+        <w:t xml:space="preserve"> Pani Radn</w:t>
+      </w:r>
+      <w:r w:rsidR="00A037DF" w:rsidRPr="005C32BD">
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C32BD">
+        <w:t>,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17715BC9" w14:textId="77777777" w:rsidR="00A5721B" w:rsidRPr="005C32BD" w:rsidRDefault="00AA16EF" w:rsidP="00A5721B">
+      <w:pPr>
+        <w:pStyle w:val="UMP-tekstpodstawowy"/>
+      </w:pPr>
+      <w:r w:rsidRPr="005C32BD">
+        <w:t>odpowiadając</w:t>
+      </w:r>
+      <w:r w:rsidR="00A037DF" w:rsidRPr="005C32BD">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005C161E" w:rsidRPr="005C32BD">
+        <w:t>na otrzymaną</w:t>
+      </w:r>
+      <w:r w:rsidR="00A5721B" w:rsidRPr="005C32BD">
+        <w:t xml:space="preserve"> za pośrednictwem Przewodniczącego Rady Miasta pismem z </w:t>
+      </w:r>
+      <w:r w:rsidR="00A037DF" w:rsidRPr="005C32BD">
+        <w:t>25 listopada</w:t>
+      </w:r>
+      <w:r w:rsidR="00A5721B" w:rsidRPr="005C32BD">
+        <w:t xml:space="preserve"> 2024 r. i przekazan</w:t>
+      </w:r>
+      <w:r w:rsidR="005C161E" w:rsidRPr="005C32BD">
+        <w:t xml:space="preserve">ą </w:t>
+      </w:r>
+      <w:r w:rsidR="00A5721B" w:rsidRPr="005C32BD">
+        <w:t>mi przez Prezydenta Miasta do rozpatrzenia interpelacj</w:t>
+      </w:r>
+      <w:r w:rsidR="005C161E" w:rsidRPr="005C32BD">
+        <w:t xml:space="preserve">ę </w:t>
+      </w:r>
+      <w:r w:rsidR="00A5721B" w:rsidRPr="005C32BD">
+        <w:t>Pan</w:t>
+      </w:r>
+      <w:r w:rsidR="00A037DF" w:rsidRPr="005C32BD">
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidR="00A5721B" w:rsidRPr="005C32BD">
+        <w:t xml:space="preserve"> Radne</w:t>
+      </w:r>
+      <w:r w:rsidR="00A037DF" w:rsidRPr="005C32BD">
+        <w:t>j</w:t>
+      </w:r>
+      <w:r w:rsidR="00A5721B" w:rsidRPr="005C32BD">
+        <w:t xml:space="preserve"> w sprawie </w:t>
+      </w:r>
+      <w:r w:rsidR="00A037DF" w:rsidRPr="005C32BD">
+        <w:t>kosztów funkcjonowania systemu gospodarki odpadami komunalnymi</w:t>
+      </w:r>
+      <w:r w:rsidR="00A5721B" w:rsidRPr="005C32BD">
+        <w:t>, uprzejmie informuję</w:t>
+      </w:r>
+      <w:r w:rsidR="005C161E" w:rsidRPr="005C32BD">
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72DAF293" w14:textId="6CDAC834" w:rsidR="005C161E" w:rsidRPr="005C32BD" w:rsidRDefault="005C161E" w:rsidP="005C161E">
+      <w:pPr>
+        <w:pStyle w:val="UMP-tekstpodstawowy"/>
+      </w:pPr>
+      <w:r w:rsidRPr="005C32BD">
+        <w:t>Od 1 stycznia 2022 r. po wystąpieniu ze Związku Międzygminnego „Gospodarka Odpadami Aglomeracji Poznańskiej” Miasto Poznań samodzielnie realizuje zadania z zakresu gospodarki odpadami. Na potrzeby tworzonego od podstaw nowego systemu gospodarki odpadami Rada Miasta podjęła szereg uchwał niezbędnych do realizowania zadań ustawowych gminy</w:t>
+      </w:r>
+      <w:r w:rsidR="008C1535" w:rsidRPr="005C32BD">
+        <w:t xml:space="preserve"> z tego zakresu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C32BD">
+        <w:t xml:space="preserve"> (m.in. uchwałę w sprawie wyboru metody ustalenia opłaty za gospodarowanie odpadami komunalnymi, ustalenia wysokości stawki takiej opłaty od mieszkańców oraz stawki opłaty za pojemnik lub worek o określonej pojemności dla nieruchomości prowadzących działalność gospodarczą). Zaznaczyć należy, że były one podejmowane z uwzględnieniem szacowanych danych o kosztach systemu i liczbie mieszkańców</w:t>
+      </w:r>
+      <w:r w:rsidR="00347EFC">
+        <w:t xml:space="preserve"> – przy</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE36A6" w:rsidRPr="005C32BD">
+        <w:t xml:space="preserve"> założeniu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C32BD">
+        <w:t xml:space="preserve">, że konieczne jest zabezpieczenie nieprzerwanej realizacji usług odbioru odpadów w </w:t>
+      </w:r>
+      <w:r w:rsidR="00347EFC">
+        <w:t>m</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C32BD">
+        <w:t>ieście oraz utrzymanie dotychczasowej wysokości opłat dla mieszkańców. Kluczowym było zebranie</w:t>
+      </w:r>
+      <w:r w:rsidR="008C1535" w:rsidRPr="005C32BD">
+        <w:t xml:space="preserve"> od mieszkańców</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C32BD">
+        <w:t xml:space="preserve"> szacowanych 50 tys. pierwszych deklaracji</w:t>
+      </w:r>
+      <w:r w:rsidR="008C1535" w:rsidRPr="005C32BD">
+        <w:t xml:space="preserve"> o </w:t>
+      </w:r>
+      <w:r w:rsidR="001474ED" w:rsidRPr="005C32BD">
+        <w:t xml:space="preserve">wysokości </w:t>
+      </w:r>
+      <w:r w:rsidR="008C1535" w:rsidRPr="005C32BD">
+        <w:t>opła</w:t>
+      </w:r>
+      <w:r w:rsidR="001474ED" w:rsidRPr="005C32BD">
+        <w:t>ty</w:t>
+      </w:r>
+      <w:r w:rsidR="008C1535" w:rsidRPr="005C32BD">
+        <w:t xml:space="preserve"> za gospodarowanie odpadami komunalnymi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C32BD">
+        <w:t xml:space="preserve"> w</w:t>
+      </w:r>
+      <w:r w:rsidR="008D43EF" w:rsidRPr="005C32BD">
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C32BD">
+        <w:t>okresie od października 2021 r. do maja 2022 r.</w:t>
+      </w:r>
+      <w:r w:rsidR="008C1535" w:rsidRPr="005C32BD">
+        <w:t xml:space="preserve"> Deklaracje te bowiem</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C32BD">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008C1535" w:rsidRPr="005C32BD">
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C32BD">
+        <w:t>tanowią podstawę zarówno do właściwej realizacji usługi odbioru odpadów, jak i określają wysokość dochodu z tytułu opłaty za gospodarowanie odpadami komunalnymi w danym roku. Pierwsze dwa lata funkcjonowania poznańskiego systemu (2022 i 2023</w:t>
+      </w:r>
+      <w:r w:rsidR="00347EFC">
+        <w:t xml:space="preserve"> rok</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C32BD">
+        <w:t xml:space="preserve">) zostały zamknięte dodatnim wynikiem finansowym. Było to spowodowane wieloma czynnikami, których nie było można przewidzieć i których wystąpienie w większości miało charakter incydentalny lub krótkoterminowy. Można tutaj wymienić m.in. takie elementy, jak: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5498F952" w14:textId="599BA978" w:rsidR="005C161E" w:rsidRPr="005C32BD" w:rsidRDefault="0055067C" w:rsidP="005C161E">
+      <w:pPr>
+        <w:pStyle w:val="UMP-listawyroniona"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0055067C">
+        <w:lastRenderedPageBreak/>
+        <w:t>korzystniejsze ceny za zagospodarowanie odpadów w instalacji termicznego przetwarzania odpadów komunalnych w 2022 r</w:t>
+      </w:r>
+      <w:r w:rsidR="004F7E10">
+        <w:t>oku</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0055067C">
+        <w:t xml:space="preserve"> w stosunku do roku 2021</w:t>
+      </w:r>
+      <w:r w:rsidR="004F7E10">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0055067C">
+        <w:t>m.in. z uwagi na wysokie ceny energii elektrycznej, która pomniejsza opłatę za 1 tonę zagospodarowanych odpadów w tej instalacji</w:t>
+      </w:r>
+      <w:r w:rsidR="005C161E" w:rsidRPr="005C32BD">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0BA1ABAA" w14:textId="77777777" w:rsidR="005C161E" w:rsidRPr="005C32BD" w:rsidRDefault="005C161E" w:rsidP="005C161E">
+      <w:pPr>
+        <w:pStyle w:val="UMP-listawyroniona"/>
+      </w:pPr>
+      <w:r w:rsidRPr="005C32BD">
+        <w:t>dokonanie w 2022 r</w:t>
+      </w:r>
+      <w:r w:rsidR="001512DA" w:rsidRPr="005C32BD">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C32BD">
+        <w:t xml:space="preserve"> jedenastu zamiast dwunastu płatności za odbiór, transport i zagospodarowanie odpadów komunalnych (</w:t>
+      </w:r>
+      <w:r w:rsidR="008C1535" w:rsidRPr="005C32BD">
+        <w:t xml:space="preserve">tj. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C32BD">
+        <w:t>za miesiące styczeń – listopad) z uwagi na fakt, że był to pierwszy bazowy rok funkcjonowania systemu,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5443494F" w14:textId="77777777" w:rsidR="005C161E" w:rsidRPr="005C32BD" w:rsidRDefault="005C161E" w:rsidP="005C161E">
+      <w:pPr>
+        <w:pStyle w:val="UMP-listawyroniona"/>
+      </w:pPr>
+      <w:r w:rsidRPr="005C32BD">
+        <w:t>korzystn</w:t>
+      </w:r>
+      <w:r w:rsidR="008C1535" w:rsidRPr="005C32BD">
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C32BD">
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidR="008C1535" w:rsidRPr="005C32BD">
+        <w:t>jsze</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C32BD">
+        <w:t xml:space="preserve"> rozstrzygnięcie przetargu na odbiór i zagospodarowanie odpadów w 2022 r.</w:t>
+      </w:r>
+      <w:r w:rsidR="001512DA" w:rsidRPr="005C32BD">
+        <w:t>,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34605083" w14:textId="77777777" w:rsidR="005C161E" w:rsidRPr="005C32BD" w:rsidRDefault="005C161E" w:rsidP="005C161E">
+      <w:pPr>
+        <w:pStyle w:val="UMP-listawyroniona"/>
+      </w:pPr>
+      <w:r w:rsidRPr="005C32BD">
+        <w:t>zmienność mas odpadów poszczególnych frakcji</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA4934" w:rsidRPr="005C32BD">
+        <w:t>,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6DFD923F" w14:textId="77777777" w:rsidR="005C161E" w:rsidRPr="005C32BD" w:rsidRDefault="005C161E" w:rsidP="005C161E">
+      <w:pPr>
+        <w:pStyle w:val="UMP-listawyroniona"/>
+      </w:pPr>
+      <w:r w:rsidRPr="005C32BD">
+        <w:t>podniesienie wysokości stawek opłat za gospodarowanie odpadami komunalnymi dla właścicieli nieruchomości niezamieszkanych od lipca 2022 r.,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33E060DD" w14:textId="77777777" w:rsidR="005C161E" w:rsidRPr="005C32BD" w:rsidRDefault="005C161E" w:rsidP="005C161E">
+      <w:pPr>
+        <w:pStyle w:val="UMP-listawyroniona"/>
+      </w:pPr>
+      <w:r w:rsidRPr="005C32BD">
+        <w:t>systematyczne prace nad uszczelnianiem systemu gospodarki odpadami.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41F0E05E" w14:textId="77777777" w:rsidR="005C161E" w:rsidRPr="005C32BD" w:rsidRDefault="005C161E" w:rsidP="005C161E">
+      <w:pPr>
+        <w:pStyle w:val="UMP-tekstpodstawowy"/>
+      </w:pPr>
+      <w:r w:rsidRPr="005C32BD">
+        <w:t xml:space="preserve">Jednak mając na uwadze konieczność planowania budżetu oraz szacowania kosztów na kolejne lata, środki te zostały zabezpieczone na poczet planowanych kosztów systemu gospodarki odpadami na lata następne.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50DC4712" w14:textId="15E2FEF9" w:rsidR="005C161E" w:rsidRPr="005C32BD" w:rsidRDefault="005C161E" w:rsidP="005C161E">
+      <w:pPr>
+        <w:pStyle w:val="UMP-tekstpodstawowy"/>
+      </w:pPr>
+      <w:r w:rsidRPr="005C32BD">
+        <w:t>Przy ogólnokrajowej tendencji wzrostu kosztów w sektorze gospodarki odpadami, podczas planowania szacowanej wartości ogłoszonego w 2023 r. drugiego</w:t>
+      </w:r>
+      <w:r w:rsidR="00347EFC">
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="004A1B54" w:rsidRPr="005C32BD">
+        <w:t>organizowanego przez Miasto</w:t>
+      </w:r>
+      <w:r w:rsidR="00347EFC">
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C32BD">
+        <w:t xml:space="preserve"> postępowania przetargowego na odbiór, transport i zagospodarowanie odpadów na kolejne 3 lata </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA4934" w:rsidRPr="005C32BD">
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C32BD">
+        <w:t>tj. na okres od lipca 2024 r. do czerwca 2027 r.</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA4934" w:rsidRPr="005C32BD">
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C32BD">
+        <w:t xml:space="preserve"> uwzględniono powstały za 2022 r</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA4934" w:rsidRPr="005C32BD">
+        <w:t>ok</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C32BD">
+        <w:t xml:space="preserve"> dodatni wynik finansowy. Kwotę</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA4934" w:rsidRPr="005C32BD">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C32BD">
+        <w:t>jaką Miasto zamierzało przeznaczyć na sfinansowanie tego zamówienia oszacowano na 482 500 000,00 zł brutto. 27 września 2024 r. </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA4934" w:rsidRPr="005C32BD">
+        <w:t>wybrano ostatniego wykonawcę</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C32BD">
+        <w:t>. Łączn</w:t>
+      </w:r>
+      <w:r w:rsidR="000E4AE1" w:rsidRPr="005C32BD">
+        <w:t xml:space="preserve">a wartość </w:t>
+      </w:r>
+      <w:r w:rsidR="00FB0E5E" w:rsidRPr="005C32BD">
+        <w:t xml:space="preserve">zawartych </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C32BD">
+        <w:t>umów dla</w:t>
+      </w:r>
+      <w:r w:rsidR="000E4AE1" w:rsidRPr="005C32BD">
+        <w:t xml:space="preserve"> wszystkich</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C32BD">
+        <w:t xml:space="preserve"> ośmiu sektorów </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA4934" w:rsidRPr="005C32BD">
+        <w:t>w</w:t>
+      </w:r>
+      <w:r w:rsidR="008D43EF" w:rsidRPr="005C32BD">
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA4934" w:rsidRPr="005C32BD">
+        <w:t>Poznaniu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C32BD">
+        <w:t xml:space="preserve"> do 30 czerwca 2027 r. wynosi 412 367 212,44 zł brutto</w:t>
+      </w:r>
+      <w:r w:rsidR="004A1B54" w:rsidRPr="005C32BD">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB285B" w:rsidRPr="005C32BD">
+        <w:t>(bez</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C32BD">
+        <w:t xml:space="preserve"> uwzględni</w:t>
+      </w:r>
+      <w:r w:rsidR="00347EFC">
+        <w:t>enia</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C32BD">
+        <w:t xml:space="preserve"> waloryzacji wynagrodzenia </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA4934" w:rsidRPr="005C32BD">
+        <w:t>w</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C32BD">
+        <w:t>ykonawcy</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB285B" w:rsidRPr="005C32BD">
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA4934" w:rsidRPr="005C32BD">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D9F5DF9" w14:textId="7A4B61AB" w:rsidR="005C161E" w:rsidRPr="005C32BD" w:rsidRDefault="005C161E" w:rsidP="005C161E">
+      <w:pPr>
+        <w:pStyle w:val="UMP-tekstpodstawowy"/>
+      </w:pPr>
+      <w:r w:rsidRPr="005C32BD">
+        <w:t>Biorąc pod uwagę brak stabilności cen na rynku gospodarki odpadami i zakładany wstępny szacunek wartości nowych umów przetargowych</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE41DA" w:rsidRPr="005C32BD">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C32BD">
+        <w:t xml:space="preserve">kalkulowany już w połowie 2023 roku, środki niewykorzystane w poprzednich latach zapewniły stabilność opłat </w:t>
+      </w:r>
+      <w:r w:rsidR="001474ED" w:rsidRPr="005C32BD">
+        <w:t>pobieranych od właścicieli nieruchomości</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C32BD">
+        <w:t xml:space="preserve"> przy rozpoczynającej się procedurze przetargowej. Po podsumowaniu wpływów i wydatków za rok 2023</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE41DA" w:rsidRPr="005C32BD">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C32BD">
+        <w:t>odnotowano również dodatni bilans finansowy dla tego zadania</w:t>
+      </w:r>
+      <w:r w:rsidR="004A1B54" w:rsidRPr="005C32BD">
+        <w:t>, jak w przypadku roku 2022</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C32BD">
+        <w:t>. Natomiast ostateczny bilans zamknięcia wydatków za rok 2024</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE41DA" w:rsidRPr="005C32BD">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C32BD">
+        <w:t>będzie znany dopiero po pełnym rozliczeniu wszystkich usług zrealizowanych w </w:t>
+      </w:r>
+      <w:r w:rsidR="00FE41DA" w:rsidRPr="005C32BD">
+        <w:t>tym roku</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C32BD">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="001474ED" w:rsidRPr="005C32BD">
+        <w:t>Jednakże</w:t>
+      </w:r>
+      <w:r w:rsidR="00267A2D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001474ED" w:rsidRPr="005C32BD">
+        <w:t>w</w:t>
+      </w:r>
+      <w:r w:rsidR="00D749F1" w:rsidRPr="005C32BD">
+        <w:t>stępna a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C32BD">
+        <w:t>naliza wykonania dochodów i</w:t>
+      </w:r>
+      <w:r w:rsidR="004A1B54" w:rsidRPr="005C32BD">
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C32BD">
+        <w:t xml:space="preserve">wydatków </w:t>
+      </w:r>
+      <w:r w:rsidR="00776706" w:rsidRPr="005C32BD">
+        <w:t xml:space="preserve">systemu za 2024 r. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C32BD">
+        <w:t>wskazuje, że różnica pomiędzy dochodami a wydatkami będzie niższa niż w latach ubiegłych</w:t>
+      </w:r>
+      <w:r w:rsidR="00D21FFA" w:rsidRPr="005C32BD">
+        <w:t xml:space="preserve"> i wyniesie ok</w:t>
+      </w:r>
+      <w:r w:rsidR="00267A2D">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00D21FFA" w:rsidRPr="005C32BD">
+        <w:t xml:space="preserve"> 16 mln zł</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C32BD">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00D749F1" w:rsidRPr="005C32BD">
+        <w:t xml:space="preserve"> Szacuje się, że rok 2024 jest ostatnim</w:t>
+      </w:r>
+      <w:r w:rsidR="00F55F59" w:rsidRPr="005C32BD">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00D749F1" w:rsidRPr="005C32BD">
+        <w:t xml:space="preserve"> w którym </w:t>
+      </w:r>
+      <w:r w:rsidR="006F1A03" w:rsidRPr="005C32BD">
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="00D749F1" w:rsidRPr="005C32BD">
+        <w:t xml:space="preserve">ystem </w:t>
+      </w:r>
+      <w:r w:rsidR="006F1A03" w:rsidRPr="005C32BD">
+        <w:t>g</w:t>
+      </w:r>
+      <w:r w:rsidR="00D749F1" w:rsidRPr="005C32BD">
+        <w:t xml:space="preserve">ospodarowania </w:t>
+      </w:r>
+      <w:r w:rsidR="006F1A03" w:rsidRPr="005C32BD">
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidR="00D749F1" w:rsidRPr="005C32BD">
+        <w:t>dpadami wygenerował nad</w:t>
+      </w:r>
+      <w:r w:rsidR="00D21FFA" w:rsidRPr="005C32BD">
+        <w:t>w</w:t>
+      </w:r>
+      <w:r w:rsidR="00D749F1" w:rsidRPr="005C32BD">
+        <w:t>yżkę</w:t>
+      </w:r>
+      <w:r w:rsidR="004A1B54" w:rsidRPr="005C32BD">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="007D4C1C" w:rsidRPr="005C32BD">
+        <w:t xml:space="preserve"> w dodatku kilkukrotnie niższą niż w latach ubiegłych</w:t>
+      </w:r>
+      <w:r w:rsidR="008814C0" w:rsidRPr="005C32BD">
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE6B4E" w:rsidRPr="005C32BD">
+        <w:t>50 mln zł za 2022 r. oraz 5</w:t>
+      </w:r>
+      <w:r w:rsidR="00096416" w:rsidRPr="005C32BD">
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE6B4E" w:rsidRPr="005C32BD">
+        <w:t xml:space="preserve"> m</w:t>
+      </w:r>
+      <w:r w:rsidR="00CC701B" w:rsidRPr="005C32BD">
+        <w:t>ln</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE6B4E" w:rsidRPr="005C32BD">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00912957" w:rsidRPr="005C32BD">
+        <w:t>z</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE6B4E" w:rsidRPr="005C32BD">
+        <w:t>ł za 2023 r.</w:t>
+      </w:r>
+      <w:r w:rsidR="008814C0" w:rsidRPr="005C32BD">
+        <w:t>).</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE6B4E" w:rsidRPr="005C32BD">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55E4EA87" w14:textId="77777777" w:rsidR="005C161E" w:rsidRPr="005C32BD" w:rsidRDefault="005C161E" w:rsidP="005C161E">
+      <w:pPr>
+        <w:pStyle w:val="UMP-tekstpodstawowy"/>
+      </w:pPr>
+      <w:r w:rsidRPr="005C32BD">
+        <w:t xml:space="preserve">Ponadto </w:t>
+      </w:r>
+      <w:r w:rsidR="00F619D9" w:rsidRPr="005C32BD">
+        <w:t xml:space="preserve">z </w:t>
+      </w:r>
+      <w:r w:rsidR="00220FB0" w:rsidRPr="005C32BD">
+        <w:t xml:space="preserve">planu </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C32BD">
+        <w:t>budżetu na 2025 r</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE41DA" w:rsidRPr="005C32BD">
+        <w:t>ok</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C32BD">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F619D9" w:rsidRPr="005C32BD">
+        <w:t>wynika</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C32BD">
+        <w:t>, iż gdyby Miasto nie dysponowało środkami pochodzącymi z dodatniego bilansu lat ubiegłych, to dochody osiągane z</w:t>
+      </w:r>
+      <w:r w:rsidR="004A1B54" w:rsidRPr="005C32BD">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C32BD">
+        <w:t>tytułu opłaty za gospodarowanie odpadami w roku 2025 nie pokryłyby już wydatków systemu gospodarki odpadami</w:t>
+      </w:r>
+      <w:r w:rsidR="00F55F59" w:rsidRPr="005C32BD">
+        <w:t xml:space="preserve"> za ten rok</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE41DA" w:rsidRPr="005C32BD">
+        <w:t>. S</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C32BD">
+        <w:t>kutkowałoby</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE41DA" w:rsidRPr="005C32BD">
+        <w:t xml:space="preserve"> to tym, że</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C32BD">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB285B" w:rsidRPr="005C32BD">
+        <w:t xml:space="preserve">już </w:t>
+      </w:r>
+      <w:r w:rsidR="00F619D9" w:rsidRPr="005C32BD">
+        <w:t xml:space="preserve">w 2025 r. </w:t>
+      </w:r>
+      <w:r w:rsidR="00F55F59" w:rsidRPr="005C32BD">
+        <w:t xml:space="preserve">mógłby powstać </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C32BD">
+        <w:t>deficyt budżetow</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE41DA" w:rsidRPr="005C32BD">
+        <w:t>y</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C32BD">
+        <w:t xml:space="preserve"> na poziomie </w:t>
+      </w:r>
+      <w:r w:rsidR="00F55F59" w:rsidRPr="005C32BD">
+        <w:t>nawet ok.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C32BD">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00096416" w:rsidRPr="005C32BD">
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C32BD">
+        <w:t xml:space="preserve">0 mln zł. Dodatkowo należy wskazać, że gdyby wysokość zawartych umów na odbiór i zagospodarowanie odpadów na kolejne trzy lata była </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C32BD">
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">wyższa, </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB285B" w:rsidRPr="005C32BD">
+        <w:t xml:space="preserve">czyli </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C32BD">
+        <w:t>tak</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB285B" w:rsidRPr="005C32BD">
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C32BD">
+        <w:t xml:space="preserve"> jak pierwotnie szacowano, deficyt ten mógłby być większy. </w:t>
+      </w:r>
+      <w:r w:rsidR="00FE41DA" w:rsidRPr="005C32BD">
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C32BD">
+        <w:t>ystem gospodarki odpadami musi się samofinansować, a ewentualne deficyty mogą być pokryte tylko poprzez podniesienie stawki opłaty lub dopłaty do systemu na podstawie uchwały rady gminy</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB285B" w:rsidRPr="005C32BD">
+        <w:t xml:space="preserve"> kosztem innych zadań budżetowych</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C32BD">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A062B69" w14:textId="3E11A173" w:rsidR="005C161E" w:rsidRPr="005C32BD" w:rsidRDefault="005C161E" w:rsidP="005C161E">
+      <w:pPr>
+        <w:pStyle w:val="UMP-tekstpodstawowy"/>
+      </w:pPr>
+      <w:r w:rsidRPr="005C32BD">
+        <w:t>W tym miejscu należy zaznaczyć, że Poznań nie może być porównywany z innymi dużymi miastami w Polsce, gdyż nadal kształtujący się system gospodarki odpadami jest bardziej podatny na czynniki zewnętrzne</w:t>
+      </w:r>
+      <w:r w:rsidR="00267A2D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C32BD">
+        <w:t>niż ugruntowane systemy gminne funkcjonujące już od ponad dekady. Zbudowanie bowiem</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE41DA" w:rsidRPr="005C32BD">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C32BD">
+        <w:t>od samych podstaw w tak krótkim czasie (w okresie 6</w:t>
+      </w:r>
+      <w:r w:rsidR="008D43EF" w:rsidRPr="005C32BD">
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C32BD">
+        <w:t>miesięcy) samofinansującego się systemu gospodarki odpadami</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE41DA" w:rsidRPr="005C32BD">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C32BD">
+        <w:t>bez zmiany opłaty to duży sukces Poznania</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE41DA" w:rsidRPr="005C32BD">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00FF2ED4" w:rsidRPr="005C32BD">
+        <w:t xml:space="preserve">Tym bardziej, że zmiana systemu </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C32BD">
+        <w:t>miała miejsce w trakcie pandemii COVID-19 oraz w obliczu podwyżek opłat za odpady w skali całego kraju</w:t>
+      </w:r>
+      <w:r w:rsidR="00B000F6" w:rsidRPr="005C32BD">
+        <w:t>, która to tendencja trwa do dzisiaj</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C32BD">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00523734" w:rsidRPr="005C32BD">
+        <w:t xml:space="preserve"> O</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C32BD">
+        <w:t>becna sytuacj</w:t>
+      </w:r>
+      <w:r w:rsidR="00523734" w:rsidRPr="005C32BD">
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C32BD">
+        <w:t xml:space="preserve"> finansowa systemu, przy tak krótkim czasie jego trwania</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB285B" w:rsidRPr="005C32BD">
+        <w:t xml:space="preserve"> (3</w:t>
+      </w:r>
+      <w:r w:rsidR="00B000F6" w:rsidRPr="005C32BD">
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB285B" w:rsidRPr="005C32BD">
+        <w:t>lata)</w:t>
+      </w:r>
+      <w:r w:rsidR="00523734" w:rsidRPr="005C32BD">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C32BD">
+        <w:t>uchroniła mieszkańców przed podwyżkami</w:t>
+      </w:r>
+      <w:r w:rsidR="00523734" w:rsidRPr="005C32BD">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C32BD">
+        <w:t>jakie zapewne dotknęłyby Poznań, gdyby pozostał członkiem ZM GOAP</w:t>
+      </w:r>
+      <w:r w:rsidR="00523734" w:rsidRPr="005C32BD">
+        <w:t xml:space="preserve">. Potwierdzają to </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C32BD">
+        <w:t>wysokoś</w:t>
+      </w:r>
+      <w:r w:rsidR="00523734" w:rsidRPr="005C32BD">
+        <w:t>ci</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C32BD">
+        <w:t xml:space="preserve"> stawek opłat za gospodarowanie odpadami w gminach</w:t>
+      </w:r>
+      <w:r w:rsidR="00523734" w:rsidRPr="005C32BD">
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="777CB45C" w14:textId="06E50784" w:rsidR="004A1B54" w:rsidRPr="005C32BD" w:rsidRDefault="00BA1DEF" w:rsidP="00347EFC">
+      <w:pPr>
+        <w:pStyle w:val="UMP-listanumerowana"/>
+      </w:pPr>
+      <w:r w:rsidRPr="005C32BD">
+        <w:t xml:space="preserve">Poznań </w:t>
+      </w:r>
+      <w:r w:rsidR="004A1B54" w:rsidRPr="005C32BD">
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C32BD">
+        <w:t xml:space="preserve"> 25 zł lub 28 zł (stawką 25 zł objętych jest około 78% mieszkańców Poznania);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06201593" w14:textId="77777777" w:rsidR="00BA1DEF" w:rsidRPr="005C32BD" w:rsidRDefault="00BA1DEF" w:rsidP="00BA1DEF">
+      <w:pPr>
+        <w:pStyle w:val="UMP-listanumerowana"/>
+      </w:pPr>
+      <w:r w:rsidRPr="005C32BD">
+        <w:t>Gminy ZM GOAP:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17E86E50" w14:textId="77777777" w:rsidR="00BA1DEF" w:rsidRPr="00347EFC" w:rsidRDefault="00BA1DEF" w:rsidP="00347EFC">
+      <w:pPr>
+        <w:pStyle w:val="UMP-listawyroniona"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00347EFC">
+        <w:t>Pobiedziska – 39 zł,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4ADCB898" w14:textId="77777777" w:rsidR="00BA1DEF" w:rsidRPr="00347EFC" w:rsidRDefault="00BA1DEF" w:rsidP="00347EFC">
+      <w:pPr>
+        <w:pStyle w:val="UMP-listawyroniona"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00347EFC">
+        <w:t>Oborniki – 38 zł,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10A28EA4" w14:textId="77777777" w:rsidR="00BA1DEF" w:rsidRPr="00347EFC" w:rsidRDefault="00BA1DEF" w:rsidP="00347EFC">
+      <w:pPr>
+        <w:pStyle w:val="UMP-listawyroniona"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00347EFC">
+        <w:t>Buk – 35 zł,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4746E0E0" w14:textId="77777777" w:rsidR="00BA1DEF" w:rsidRPr="00347EFC" w:rsidRDefault="00BA1DEF" w:rsidP="00347EFC">
+      <w:pPr>
+        <w:pStyle w:val="UMP-listawyroniona"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00347EFC">
+        <w:t>Murowana Goślina – 38 zł,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="052DCD2B" w14:textId="77777777" w:rsidR="00BA1DEF" w:rsidRPr="00347EFC" w:rsidRDefault="00BA1DEF" w:rsidP="00347EFC">
+      <w:pPr>
+        <w:pStyle w:val="UMP-listawyroniona"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00347EFC">
+        <w:t>Kleszczewo – 35 zł,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49248B4A" w14:textId="77777777" w:rsidR="00BA1DEF" w:rsidRPr="00347EFC" w:rsidRDefault="00BA1DEF" w:rsidP="00347EFC">
+      <w:pPr>
+        <w:pStyle w:val="UMP-listawyroniona"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00347EFC">
+        <w:t>Swarzędz – 34 zł,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A007738" w14:textId="77777777" w:rsidR="00BA1DEF" w:rsidRPr="00347EFC" w:rsidRDefault="00BA1DEF" w:rsidP="00347EFC">
+      <w:pPr>
+        <w:pStyle w:val="UMP-listawyroniona"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00347EFC">
+        <w:t>Kostrzyn – 31 zł lub 29 zł,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1EEA50F3" w14:textId="77777777" w:rsidR="00BA1DEF" w:rsidRPr="00347EFC" w:rsidRDefault="00BA1DEF" w:rsidP="00347EFC">
+      <w:pPr>
+        <w:pStyle w:val="UMP-listawyroniona"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00347EFC">
+        <w:t>Czerwonak – 38 zł;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E303732" w14:textId="77777777" w:rsidR="00BA1DEF" w:rsidRPr="005C32BD" w:rsidRDefault="00BA1DEF" w:rsidP="00BA1DEF">
+      <w:pPr>
+        <w:pStyle w:val="UMP-listanumerowana"/>
+      </w:pPr>
+      <w:r w:rsidRPr="005C32BD">
+        <w:t>Gminy aglomeracji poznańskiej:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3AC2467E" w14:textId="77777777" w:rsidR="00BA1DEF" w:rsidRPr="00347EFC" w:rsidRDefault="00BA1DEF" w:rsidP="00347EFC">
+      <w:pPr>
+        <w:pStyle w:val="UMP-listawyroniona"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00347EFC">
+        <w:t>Suchy Las – 33 zł,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A1714A2" w14:textId="77777777" w:rsidR="00BA1DEF" w:rsidRPr="00347EFC" w:rsidRDefault="00BA1DEF" w:rsidP="00347EFC">
+      <w:pPr>
+        <w:pStyle w:val="UMP-listawyroniona"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00347EFC">
+        <w:t>Tarnowo Podgórne – 29 zł,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="727F61EA" w14:textId="77777777" w:rsidR="00BA1DEF" w:rsidRPr="00347EFC" w:rsidRDefault="00BA1DEF" w:rsidP="00347EFC">
+      <w:pPr>
+        <w:pStyle w:val="UMP-listawyroniona"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00347EFC">
+        <w:t>Luboń – 38 zł,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BDC50C3" w14:textId="77777777" w:rsidR="00BA1DEF" w:rsidRPr="00347EFC" w:rsidRDefault="00BA2F96" w:rsidP="00347EFC">
+      <w:pPr>
+        <w:pStyle w:val="UMP-listawyroniona"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00347EFC">
+        <w:t>Dopiewo – 35 zł,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E12FAF7" w14:textId="77777777" w:rsidR="00BA2F96" w:rsidRPr="00347EFC" w:rsidRDefault="00BA2F96" w:rsidP="00347EFC">
+      <w:pPr>
+        <w:pStyle w:val="UMP-listawyroniona"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00347EFC">
+        <w:t>Komorniki – 35 zł,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6932C36C" w14:textId="77777777" w:rsidR="00BA2F96" w:rsidRPr="00347EFC" w:rsidRDefault="00BA2F96" w:rsidP="00347EFC">
+      <w:pPr>
+        <w:pStyle w:val="UMP-listawyroniona"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00347EFC">
+        <w:t xml:space="preserve">Mosina </w:t>
+      </w:r>
+      <w:r w:rsidR="00962A54" w:rsidRPr="00347EFC">
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00347EFC">
+        <w:t xml:space="preserve"> 39</w:t>
+      </w:r>
+      <w:r w:rsidR="00962A54" w:rsidRPr="00347EFC">
+        <w:t xml:space="preserve"> zł </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="2" w:name="_Hlk184632070"/>
+      <w:r w:rsidR="00962A54" w:rsidRPr="00347EFC">
+        <w:t>(dla budynków powyżej 8 lokali obowiązuje inna metoda),</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="2"/>
+    </w:p>
+    <w:p w14:paraId="5B800370" w14:textId="77777777" w:rsidR="00962A54" w:rsidRPr="00347EFC" w:rsidRDefault="00962A54" w:rsidP="00347EFC">
+      <w:pPr>
+        <w:pStyle w:val="UMP-listawyroniona"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00347EFC">
+        <w:t>Rokietnica – 26 zł;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5910CD88" w14:textId="77777777" w:rsidR="00962A54" w:rsidRPr="005C32BD" w:rsidRDefault="00962A54" w:rsidP="00962A54">
+      <w:pPr>
+        <w:pStyle w:val="UMP-listanumerowana"/>
+      </w:pPr>
+      <w:r w:rsidRPr="005C32BD">
+        <w:t>Inne miasta:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74A9BF2F" w14:textId="77777777" w:rsidR="00962A54" w:rsidRPr="00347EFC" w:rsidRDefault="00962A54" w:rsidP="00347EFC">
+      <w:pPr>
+        <w:pStyle w:val="UMP-listawyroniona"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00347EFC">
+        <w:t>Kraków – 27 zł,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F1853AE" w14:textId="77777777" w:rsidR="00962A54" w:rsidRPr="00347EFC" w:rsidRDefault="00962A54" w:rsidP="00347EFC">
+      <w:pPr>
+        <w:pStyle w:val="UMP-listawyroniona"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00347EFC">
+        <w:t>Rzeszów – 27 zł/32 zł,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="534EF960" w14:textId="77777777" w:rsidR="00962A54" w:rsidRPr="00347EFC" w:rsidRDefault="00962A54" w:rsidP="00347EFC">
+      <w:pPr>
+        <w:pStyle w:val="UMP-listawyroniona"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00347EFC">
+        <w:t>Bydgoszcz – 27 zł,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17C1B670" w14:textId="77777777" w:rsidR="00962A54" w:rsidRPr="00347EFC" w:rsidRDefault="00962A54" w:rsidP="00347EFC">
+      <w:pPr>
+        <w:pStyle w:val="UMP-listawyroniona"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00347EFC">
+        <w:t>Lublin – 29,50 zł/33,50 zł,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D80A300" w14:textId="77777777" w:rsidR="00962A54" w:rsidRPr="00347EFC" w:rsidRDefault="00962A54" w:rsidP="00347EFC">
+      <w:pPr>
+        <w:pStyle w:val="UMP-listawyroniona"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00347EFC">
+        <w:t>Łódź – 34 zł (dla budynków powyżej 8 lokali obowiązuje inna metoda),</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4AFA3FAB" w14:textId="77777777" w:rsidR="005C161E" w:rsidRPr="00347EFC" w:rsidRDefault="00962A54" w:rsidP="00347EFC">
+      <w:pPr>
+        <w:pStyle w:val="UMP-listawyroniona"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00347EFC">
+        <w:t>Konin – 2</w:t>
+      </w:r>
+      <w:r w:rsidR="006436EE" w:rsidRPr="00347EFC">
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00347EFC">
+        <w:t xml:space="preserve"> zł</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D6968F2" w14:textId="429C718C" w:rsidR="005C161E" w:rsidRPr="005C32BD" w:rsidRDefault="005C161E" w:rsidP="005C161E">
+      <w:pPr>
+        <w:pStyle w:val="UMP-tekstpodstawowy"/>
+      </w:pPr>
+      <w:r w:rsidRPr="005C32BD">
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">System gospodarowania odpadami komunalnymi to złożony proces, uzależniony od wielu trudnych do przewidzenia </w:t>
+      </w:r>
+      <w:r w:rsidR="0017723C" w:rsidRPr="005C32BD">
+        <w:t xml:space="preserve">i </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C32BD">
+        <w:t>zmiennych w czasie</w:t>
+      </w:r>
+      <w:r w:rsidR="0017723C" w:rsidRPr="005C32BD">
+        <w:t xml:space="preserve"> czynników</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C32BD">
+        <w:t>, takich jak m.in.: masy generowanych odpadów, koszty zagospodarowania odpadów, koszty osobowe, koszty paliwa, energii, ogólna sytuacja geopolityczna, inflacja, a przede wszystkim niestabilność przepisów prawa (</w:t>
+      </w:r>
+      <w:r w:rsidR="0017723C" w:rsidRPr="005C32BD">
+        <w:t xml:space="preserve">np. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C32BD">
+        <w:t>planowane zmiany do</w:t>
+      </w:r>
+      <w:r w:rsidR="0017723C" w:rsidRPr="005C32BD">
+        <w:t>tyczące w</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C32BD">
+        <w:t>prowadzenia systemu kaucyjnego i</w:t>
+      </w:r>
+      <w:r w:rsidR="008D43EF" w:rsidRPr="005C32BD">
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C32BD">
+        <w:t>rozszerzonej odpowiedzialnoś</w:t>
+      </w:r>
+      <w:r w:rsidR="00267A2D">
+        <w:t>ci</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C32BD">
+        <w:t xml:space="preserve"> producentów). Obecnie w Poznaniu możemy mówić o</w:t>
+      </w:r>
+      <w:r w:rsidR="008D43EF" w:rsidRPr="005C32BD">
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C32BD">
+        <w:t xml:space="preserve">stabilizacji cen za gospodarkę odpadami z uwagi </w:t>
+      </w:r>
+      <w:r w:rsidR="00F440D0" w:rsidRPr="005C32BD">
+        <w:t>m.in.</w:t>
+      </w:r>
+      <w:r w:rsidR="00B000F6" w:rsidRPr="005C32BD">
+        <w:t xml:space="preserve"> na</w:t>
+      </w:r>
+      <w:r w:rsidR="00F440D0" w:rsidRPr="005C32BD">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C32BD">
+        <w:t xml:space="preserve">zawarte trzyletnie umowy na odbiór, transport i zagospodarowanie odpadów, </w:t>
+      </w:r>
+      <w:r w:rsidR="008D43EF" w:rsidRPr="005C32BD">
+        <w:t>niezależność Miasta w zakresie</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C32BD">
+        <w:t xml:space="preserve"> zagospodarowania odpadów zmieszanych w spalarni (jedne z niższych kosztów w skali kraju) i bioodpadów w</w:t>
+      </w:r>
+      <w:r w:rsidR="00F364CC" w:rsidRPr="005C32BD">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C32BD">
+        <w:t>biokompostown</w:t>
+      </w:r>
+      <w:r w:rsidR="006436EE" w:rsidRPr="005C32BD">
+        <w:t>i</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C32BD">
+        <w:t>, a także mając na uwadze niewykorzystane środki z</w:t>
+      </w:r>
+      <w:r w:rsidR="008D43EF" w:rsidRPr="005C32BD">
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C32BD">
+        <w:t xml:space="preserve">lat ubiegłych. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FEC0659" w14:textId="49B34A0E" w:rsidR="005C161E" w:rsidRPr="005C32BD" w:rsidRDefault="00C076A2" w:rsidP="005C161E">
+      <w:pPr>
+        <w:pStyle w:val="UMP-tekstpodstawowy"/>
+      </w:pPr>
+      <w:r w:rsidRPr="005C32BD">
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidR="005C161E" w:rsidRPr="005C32BD">
+        <w:t xml:space="preserve">rzy założeniu, iż koszty będą systematycznie wzrastały (np. waloryzacje wynagrodzeń wykonawców, rozbudowa sieci PSZOK, inflacja, zmiany w prawie) stabilizacja ta jest czasowa i </w:t>
+      </w:r>
+      <w:r w:rsidR="00E90797" w:rsidRPr="005C32BD">
+        <w:t>zapewnia</w:t>
+      </w:r>
+      <w:r w:rsidR="005C161E" w:rsidRPr="005C32BD">
+        <w:t xml:space="preserve"> samofinansowani</w:t>
+      </w:r>
+      <w:r w:rsidR="000831A0" w:rsidRPr="005C32BD">
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidR="005C161E" w:rsidRPr="005C32BD">
+        <w:t xml:space="preserve"> się systemu do momentu wyczerpania</w:t>
+      </w:r>
+      <w:r w:rsidR="000831A0" w:rsidRPr="005C32BD">
+        <w:t xml:space="preserve"> środków </w:t>
+      </w:r>
+      <w:r w:rsidR="005C161E" w:rsidRPr="005C32BD">
+        <w:t>wygenerowanych w poprzednich latach</w:t>
+      </w:r>
+      <w:r w:rsidR="000831A0" w:rsidRPr="005C32BD">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="003D1CF1" w:rsidRPr="005C32BD">
+        <w:t xml:space="preserve"> Przeprowadzona analiza wskazuje, że w kolejnych latach deficyt </w:t>
+      </w:r>
+      <w:r w:rsidR="00897407" w:rsidRPr="005C32BD">
+        <w:t>strukturalny</w:t>
+      </w:r>
+      <w:r w:rsidR="00905616" w:rsidRPr="005C32BD">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003D1CF1" w:rsidRPr="005C32BD">
+        <w:t>będzie się pogłębiał</w:t>
+      </w:r>
+      <w:r w:rsidR="00D4112E" w:rsidRPr="005C32BD">
+        <w:t>. Szacuje</w:t>
+      </w:r>
+      <w:r w:rsidR="00267A2D">
+        <w:t xml:space="preserve"> się</w:t>
+      </w:r>
+      <w:r w:rsidR="00D4112E" w:rsidRPr="005C32BD">
+        <w:t>, że</w:t>
+      </w:r>
+      <w:r w:rsidR="005171BF" w:rsidRPr="005C32BD">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D4112E" w:rsidRPr="005C32BD">
+        <w:t xml:space="preserve">wygenerowana </w:t>
+      </w:r>
+      <w:r w:rsidR="006F5EC3" w:rsidRPr="005C32BD">
+        <w:t xml:space="preserve">nadwyżka </w:t>
+      </w:r>
+      <w:r w:rsidR="00D4112E" w:rsidRPr="005C32BD">
+        <w:t xml:space="preserve">wyczerpie się </w:t>
+      </w:r>
+      <w:r w:rsidR="00E308BC" w:rsidRPr="005C32BD">
+        <w:t>do</w:t>
+      </w:r>
+      <w:r w:rsidR="003D1CF1" w:rsidRPr="005C32BD">
+        <w:t xml:space="preserve"> 2027 r., chociaż</w:t>
+      </w:r>
+      <w:r w:rsidR="004F3709" w:rsidRPr="005C32BD">
+        <w:t xml:space="preserve"> należy mieć na uwadze, że </w:t>
+      </w:r>
+      <w:r w:rsidR="002402A5" w:rsidRPr="005C32BD">
+        <w:t>wpływ na to ma szereg</w:t>
+      </w:r>
+      <w:r w:rsidR="001D5E7A" w:rsidRPr="005C32BD">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00251F84" w:rsidRPr="005C32BD">
+        <w:t>uwarunkowań</w:t>
+      </w:r>
+      <w:r w:rsidR="001D5E7A" w:rsidRPr="005C32BD">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008203D8" w:rsidRPr="005C32BD">
+        <w:t>zewnętrznych</w:t>
+      </w:r>
+      <w:r w:rsidR="00981381" w:rsidRPr="005C32BD">
+        <w:t xml:space="preserve"> niezależnych od Miasta</w:t>
+      </w:r>
+      <w:r w:rsidR="008203D8" w:rsidRPr="005C32BD">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2CBC5688" w14:textId="188FB9F9" w:rsidR="004A1B54" w:rsidRPr="005C32BD" w:rsidRDefault="003772A1" w:rsidP="005C161E">
+      <w:pPr>
+        <w:pStyle w:val="UMP-tekstpodstawowy"/>
+      </w:pPr>
+      <w:r w:rsidRPr="005C32BD">
+        <w:t xml:space="preserve">Po </w:t>
+      </w:r>
+      <w:r w:rsidR="00D4112E" w:rsidRPr="005C32BD">
+        <w:t>całkowitym wydatkowaniu środków z lat ubiegłych</w:t>
+      </w:r>
+      <w:r w:rsidR="00F1446E" w:rsidRPr="005C32BD">
+        <w:t xml:space="preserve">, gdy </w:t>
+      </w:r>
+      <w:r w:rsidR="00D4112E" w:rsidRPr="005C32BD">
+        <w:t xml:space="preserve">wpływy </w:t>
+      </w:r>
+      <w:r w:rsidR="00F1446E" w:rsidRPr="005C32BD">
+        <w:t>pozyskiwane z opłat za gospodarowanie odpadami komunalnymi okażą się niewystarczające na pokrycie kosztów funkcjonowania systemu</w:t>
+      </w:r>
+      <w:r w:rsidR="00E309A4" w:rsidRPr="005C32BD">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00F1446E" w:rsidRPr="005C32BD">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B000F6" w:rsidRPr="005C32BD">
+        <w:t>niezbędne będzie</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C32BD">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E309A4" w:rsidRPr="005C32BD">
+        <w:t>prze</w:t>
+      </w:r>
+      <w:r w:rsidR="00D4112E" w:rsidRPr="005C32BD">
+        <w:t>analiz</w:t>
+      </w:r>
+      <w:r w:rsidR="00E309A4" w:rsidRPr="005C32BD">
+        <w:t>owanie</w:t>
+      </w:r>
+      <w:r w:rsidR="00D4112E" w:rsidRPr="005C32BD">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00472AFE" w:rsidRPr="005C32BD">
+        <w:t>potrzeby</w:t>
+      </w:r>
+      <w:r w:rsidR="00E309A4" w:rsidRPr="005C32BD">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005C32BD" w:rsidRPr="005C32BD">
+        <w:t>zmiany</w:t>
+      </w:r>
+      <w:r w:rsidR="00D4112E" w:rsidRPr="005C32BD">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F2489B" w:rsidRPr="005C32BD">
+        <w:t>wysokości</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE15A5" w:rsidRPr="005C32BD">
+        <w:t xml:space="preserve"> opłaty</w:t>
+      </w:r>
+      <w:r w:rsidR="00E309A4" w:rsidRPr="005C32BD">
+        <w:t xml:space="preserve">. Innym rozwiązaniem </w:t>
+      </w:r>
+      <w:r w:rsidR="005C32BD" w:rsidRPr="005C32BD">
+        <w:t>może</w:t>
+      </w:r>
+      <w:r w:rsidR="00E309A4" w:rsidRPr="005C32BD">
+        <w:t xml:space="preserve"> być pokrycie </w:t>
+      </w:r>
+      <w:r w:rsidR="001B5ACF" w:rsidRPr="005C32BD">
+        <w:t xml:space="preserve">części </w:t>
+      </w:r>
+      <w:r w:rsidR="00E309A4" w:rsidRPr="005C32BD">
+        <w:t xml:space="preserve">wydatków </w:t>
+      </w:r>
+      <w:r w:rsidR="001B5ACF" w:rsidRPr="005C32BD">
+        <w:t xml:space="preserve">z dochodów </w:t>
+      </w:r>
+      <w:r w:rsidR="001F15B3" w:rsidRPr="005C32BD">
+        <w:t>własnych Miasta</w:t>
+      </w:r>
+      <w:r w:rsidR="00267A2D">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="005B156D" w:rsidRPr="005C32BD">
+        <w:t>niepochodzących z opłaty za gospodarowanie odpadami komunalnym</w:t>
+      </w:r>
+      <w:r w:rsidR="00444EF0" w:rsidRPr="005C32BD">
+        <w:t xml:space="preserve"> (zgodnie z </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId11" w:anchor="/document/16797931?unitId=art(6(r))ust(2(da))pkt(1)&amp;cm=DOCUMENT" w:history="1">
+        <w:r w:rsidR="00444EF0" w:rsidRPr="00267A2D">
+          <w:rPr>
+            <w:rStyle w:val="Hipercze"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+          <w:t>art. 6r ust. 2da pkt 1</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00267A2D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00444EF0" w:rsidRPr="005C32BD">
+        <w:t>ustawy o utrzymaniu czystości i porządku w gminach)</w:t>
+      </w:r>
+      <w:r w:rsidR="001F15B3" w:rsidRPr="005C32BD">
+        <w:t>, co</w:t>
+      </w:r>
+      <w:r w:rsidR="00E309A4" w:rsidRPr="005C32BD">
+        <w:t xml:space="preserve"> jednak musiałoby </w:t>
+      </w:r>
+      <w:r w:rsidR="001F15B3" w:rsidRPr="005C32BD">
+        <w:t>się odbyć kosztem innych zadań</w:t>
+      </w:r>
+      <w:r w:rsidR="005B156D" w:rsidRPr="005C32BD">
+        <w:t xml:space="preserve"> Miasta</w:t>
+      </w:r>
+      <w:r w:rsidR="001F15B3" w:rsidRPr="005C32BD">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00E309A4" w:rsidRPr="005C32BD">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005C32BD" w:rsidRPr="005C32BD">
+        <w:t>Zatem</w:t>
+      </w:r>
+      <w:r w:rsidR="00267A2D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005C32BD" w:rsidRPr="005C32BD">
+        <w:t>w</w:t>
+      </w:r>
+      <w:r w:rsidR="00E309A4" w:rsidRPr="005C32BD">
+        <w:t xml:space="preserve"> tym kontekście obniżenie stawki wydaje się niezasadne.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50505CD9" w14:textId="4AF60EC4" w:rsidR="00536669" w:rsidRPr="005C32BD" w:rsidRDefault="00536669" w:rsidP="005C161E">
+      <w:pPr>
+        <w:pStyle w:val="UMP-tekstpodstawowy"/>
+      </w:pPr>
+      <w:r w:rsidRPr="005C32BD">
+        <w:t>Jednocześnie należy podkreślić, że utrzymanie na obecnym poziomie stawki opłaty za gospodarowanie odpadami komunalnymi przez okres aż 7 lat, przy niestabilnym rynku gospodarki odpadami oraz wysokiej inflacji, stanowi wyjątkowe osiągnięcie Miasta Poznania. Dodatkowo warto zauważyć, że obowiązujące w Poznaniu opłaty</w:t>
+      </w:r>
+      <w:r w:rsidR="00267A2D">
+        <w:t xml:space="preserve"> (25</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C32BD">
+        <w:t xml:space="preserve"> zł i 28 zł na osobę</w:t>
+      </w:r>
+      <w:r w:rsidR="00267A2D">
+        <w:t xml:space="preserve">) są </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C32BD">
+        <w:t>dwukrotnie niższe od maksymalnej, dopuszczonej przez ustawodawcę stawki, którą gmina mogłaby pobierać. Ta obecnie wynosi 53,56 zł w przypadku metody naliczania opłaty od osoby.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3606C893" w14:textId="4BC89761" w:rsidR="005C161E" w:rsidRPr="005C32BD" w:rsidRDefault="007A2010" w:rsidP="005C161E">
+      <w:pPr>
+        <w:pStyle w:val="UMP-tekstpodstawowy"/>
+      </w:pPr>
+      <w:r w:rsidRPr="005C32BD">
+        <w:t>Podsumowując powyższe, informuję, że ś</w:t>
+      </w:r>
+      <w:r w:rsidR="005C161E" w:rsidRPr="005C32BD">
+        <w:t xml:space="preserve">rodki niewykorzystane w ostatnich dwóch lat wynikające z rozliczenia dochodów i wydatków w ramach systemu gospodarki odpadami stanowią </w:t>
+      </w:r>
+      <w:r w:rsidR="000831A0" w:rsidRPr="005C32BD">
+        <w:t xml:space="preserve">zgodnie z przepisami </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C32BD">
+        <w:t xml:space="preserve">prawa </w:t>
+      </w:r>
+      <w:r w:rsidR="005C161E" w:rsidRPr="005C32BD">
+        <w:t xml:space="preserve">przychody Miasta ujmowane w pozycji </w:t>
+      </w:r>
+      <w:r w:rsidR="000407A5" w:rsidRPr="005C32BD">
+        <w:t>pn. „</w:t>
+      </w:r>
+      <w:r w:rsidR="005C161E" w:rsidRPr="005C32BD">
+        <w:t>niewykorzystane środki pieniężne na rachunku bieżącym budżetu</w:t>
+      </w:r>
+      <w:r w:rsidR="000407A5" w:rsidRPr="005C32BD">
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidR="000831A0" w:rsidRPr="005C32BD">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="005C161E" w:rsidRPr="005C32BD">
+        <w:t xml:space="preserve">Wprowadzone do budżetu Miasta Poznania na 2023 </w:t>
+      </w:r>
+      <w:r w:rsidR="000831A0" w:rsidRPr="005C32BD">
+        <w:t xml:space="preserve">i </w:t>
+      </w:r>
+      <w:r w:rsidR="005C161E" w:rsidRPr="005C32BD">
+        <w:t>2024 r</w:t>
+      </w:r>
+      <w:r w:rsidR="000831A0" w:rsidRPr="005C32BD">
+        <w:t>ok</w:t>
+      </w:r>
+      <w:r w:rsidR="005C161E" w:rsidRPr="005C32BD">
+        <w:t xml:space="preserve"> oraz do </w:t>
+      </w:r>
+      <w:r w:rsidR="000831A0" w:rsidRPr="005C32BD">
+        <w:t>w</w:t>
+      </w:r>
+      <w:r w:rsidR="005C161E" w:rsidRPr="005C32BD">
+        <w:t xml:space="preserve">ieloletniej </w:t>
+      </w:r>
+      <w:r w:rsidR="000831A0" w:rsidRPr="005C32BD">
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidR="005C161E" w:rsidRPr="005C32BD">
+        <w:t xml:space="preserve">rognozy </w:t>
+      </w:r>
+      <w:r w:rsidR="000831A0" w:rsidRPr="005C32BD">
+        <w:t>finansowej</w:t>
+      </w:r>
+      <w:r w:rsidR="005C161E" w:rsidRPr="005C32BD">
+        <w:t xml:space="preserve"> niewykorzystane środki </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C32BD">
+        <w:t xml:space="preserve">z lat ubiegłych </w:t>
+      </w:r>
+      <w:r w:rsidR="005C161E" w:rsidRPr="005C32BD">
+        <w:t>przeznaczone zostały na finansowanie następujących zadań</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C32BD">
+        <w:t xml:space="preserve"> wynikających z</w:t>
+      </w:r>
+      <w:r w:rsidR="005C161E" w:rsidRPr="005C32BD">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000831A0" w:rsidRPr="005C32BD">
+        <w:t>ustaw</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C32BD">
+        <w:t>y</w:t>
+      </w:r>
+      <w:r w:rsidR="000831A0" w:rsidRPr="005C32BD">
+        <w:t xml:space="preserve"> o utrzymaniu czystości i</w:t>
+      </w:r>
+      <w:r w:rsidR="008D43EF" w:rsidRPr="005C32BD">
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="000831A0" w:rsidRPr="005C32BD">
+        <w:t>porządku</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C32BD">
+        <w:t xml:space="preserve"> w gminie</w:t>
+      </w:r>
+      <w:r w:rsidR="00267A2D">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="000831A0" w:rsidRPr="005C32BD">
+        <w:t>tj.:</w:t>
+      </w:r>
+      <w:r w:rsidR="005C161E" w:rsidRPr="005C32BD">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D497DC7" w14:textId="77777777" w:rsidR="005C161E" w:rsidRPr="005C32BD" w:rsidRDefault="005C161E" w:rsidP="000831A0">
+      <w:pPr>
+        <w:pStyle w:val="UMP-listawyroniona"/>
+      </w:pPr>
+      <w:r w:rsidRPr="005C32BD">
+        <w:t>odbiór, transport i zagospodarowanie odpadów komunalnych w latach 2024-2027</w:t>
+      </w:r>
+      <w:r w:rsidR="000831A0" w:rsidRPr="005C32BD">
+        <w:t>,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="476B14FB" w14:textId="77777777" w:rsidR="005C161E" w:rsidRPr="005C32BD" w:rsidRDefault="005C161E" w:rsidP="000831A0">
+      <w:pPr>
+        <w:pStyle w:val="UMP-listawyroniona"/>
+      </w:pPr>
+      <w:r w:rsidRPr="005C32BD">
+        <w:t xml:space="preserve">budowę punktu selektywnego zbierania odpadów komunalnych (przedsięwzięcie </w:t>
+      </w:r>
+      <w:r w:rsidR="000831A0" w:rsidRPr="005C32BD">
+        <w:t>ujęte w</w:t>
+      </w:r>
+      <w:r w:rsidR="008D43EF" w:rsidRPr="005C32BD">
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="000831A0" w:rsidRPr="005C32BD">
+        <w:t>WPF do realizacji</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C32BD">
+        <w:t xml:space="preserve"> w latach 2025-2028)</w:t>
+      </w:r>
+      <w:r w:rsidR="000831A0" w:rsidRPr="005C32BD">
+        <w:t>,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7210CB48" w14:textId="77777777" w:rsidR="005C161E" w:rsidRPr="005C32BD" w:rsidRDefault="005C161E" w:rsidP="000831A0">
+      <w:pPr>
+        <w:pStyle w:val="UMP-listawyroniona"/>
+      </w:pPr>
+      <w:r w:rsidRPr="005C32BD">
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">edukację ekologiczną mieszkańców w zakresie prawidłowego postępowania </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C32BD">
+        <w:br/>
+        <w:t>z odpadami komunalnymi</w:t>
+      </w:r>
+      <w:r w:rsidR="000831A0" w:rsidRPr="005C32BD">
+        <w:t>,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09536ACB" w14:textId="77777777" w:rsidR="005C161E" w:rsidRPr="005C32BD" w:rsidRDefault="005C161E" w:rsidP="000831A0">
+      <w:pPr>
+        <w:pStyle w:val="UMP-listawyroniona"/>
+      </w:pPr>
+      <w:r w:rsidRPr="005C32BD">
+        <w:t>obsługę administracyjną systemu,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="603494EF" w14:textId="77777777" w:rsidR="005C161E" w:rsidRPr="005C32BD" w:rsidRDefault="005C161E" w:rsidP="000831A0">
+      <w:pPr>
+        <w:pStyle w:val="UMP-listawyroniona"/>
+      </w:pPr>
+      <w:r w:rsidRPr="005C32BD">
+        <w:t>pokrycie kosztów wyposażenia terenów przeznaczonych do użytku publicznego w pojemniki lub worki</w:t>
+      </w:r>
+      <w:r w:rsidR="000831A0" w:rsidRPr="005C32BD">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C32BD">
+        <w:t xml:space="preserve">przeznaczone do zbierania odpadów komunalnych, ich opróżnianie oraz utrzymywanie tych pojemników w odpowiednim stanie sanitarnym, porządkowym i technicznym oraz utrzymania w odpowiednim stanie sanitarnym i porządkowym miejsc gromadzenia odpadów w latach 2023-2024 </w:t>
+      </w:r>
+      <w:r w:rsidR="000831A0" w:rsidRPr="005C32BD">
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C32BD">
+        <w:t>zadanie realizowane przez miejskie jednostki: Zarząd Dróg Miejskich, Zarząd Transportu Miejskiego, Zarząd Zieleni Miejskiej, Zakład Lasów Poznańskich, Poznańskie Ośrodki Sportu i Rekreacji, Estrada Poznańska, Palmiarnia Poznańska oraz Wydział Gospodarki Nieruchomościami</w:t>
+      </w:r>
+      <w:r w:rsidR="000831A0" w:rsidRPr="005C32BD">
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C426E96" w14:textId="77777777" w:rsidR="000468C6" w:rsidRPr="005C32BD" w:rsidRDefault="000468C6" w:rsidP="005C161E">
+      <w:pPr>
+        <w:pStyle w:val="UMP-tekstpodstawowy"/>
+      </w:pPr>
+      <w:r w:rsidRPr="005C32BD">
+        <w:t xml:space="preserve">Środki przekazywane są miejskim jednostkom w celu utrzymania czystości i porządku w przestrzeni publicznej na terenie Poznania. Poza realizacją ustawowych obowiązków gminy w tym zakresie, powyższe działania są odpowiedzią na szereg problemów zidentyfikowanych i zgłaszanych zarówno przez mieszkańców, jak i radnych w zakresie porządku w mieście. Szczególnie dotyczy to miejsc mających strategiczne znaczenie dla wizerunku Poznania. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B99618E" w14:textId="77777777" w:rsidR="005C161E" w:rsidRPr="005C32BD" w:rsidRDefault="005C161E" w:rsidP="005C161E">
+      <w:pPr>
+        <w:pStyle w:val="UMP-tekstpodstawowy"/>
+      </w:pPr>
+      <w:r w:rsidRPr="005C32BD">
+        <w:t xml:space="preserve">Kwota 21,4 mln zł, o której </w:t>
+      </w:r>
+      <w:r w:rsidR="000831A0" w:rsidRPr="005C32BD">
+        <w:t>wspomina Pani Radna w interpelacji to</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C32BD">
+        <w:t xml:space="preserve"> nic innego jak część środków niewykorzystanych w 2022 roku, które zostały wprowadzone do budżetu na rok 2023</w:t>
+      </w:r>
+      <w:r w:rsidR="000831A0" w:rsidRPr="005C32BD">
+        <w:t>. Takie podejście</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C32BD">
+        <w:t xml:space="preserve"> jest zgodne z przepisami prawa</w:t>
+      </w:r>
+      <w:r w:rsidR="000831A0" w:rsidRPr="005C32BD">
+        <w:t xml:space="preserve">, w tym </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C32BD">
+        <w:t>z opinią Regionalnej Izby Obrachunkowej w Warszawie</w:t>
+      </w:r>
+      <w:r w:rsidR="000831A0" w:rsidRPr="005C32BD">
+        <w:t xml:space="preserve">, która wskazuje, że </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C32BD">
+        <w:t xml:space="preserve">„niewydatkowane w opiniowanym okresie środki z opłaty na cele związane </w:t>
+      </w:r>
+      <w:r w:rsidR="00616856" w:rsidRPr="005C32BD">
+        <w:t xml:space="preserve">z </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C32BD">
+        <w:t>funkcjonowaniem systemu gospodarowania odpadami komunalnymi należy zaplanować w roku następnym z zastosowaniem w/w przepisów ustawy o utrzymaniu czystości i porządku w gminach oraz art. 217 ust. 2 pkt 8 ustawy o finansach publicznych</w:t>
+      </w:r>
+      <w:r w:rsidR="000F0CA6" w:rsidRPr="005C32BD">
+        <w:t>”.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46408876" w14:textId="77777777" w:rsidR="005C161E" w:rsidRPr="005C32BD" w:rsidRDefault="005C161E" w:rsidP="005C161E">
+      <w:pPr>
+        <w:pStyle w:val="UMP-tekstpodstawowy"/>
+      </w:pPr>
+      <w:r w:rsidRPr="005C32BD">
+        <w:t xml:space="preserve">Środki z opłaty za gospodarowanie odpadami komunalnymi nie mogą więc być przeznaczone na cele niezwiązane z pokrywaniem kosztów funkcjonowania systemu gospodarowania odpadami komunalnymi. Miasto nie ma zatem swobody w ich wykorzystywaniu. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40B6361E" w14:textId="3522F2E0" w:rsidR="005C6199" w:rsidRPr="005C32BD" w:rsidRDefault="007C123E" w:rsidP="008A11F3">
+      <w:pPr>
+        <w:pStyle w:val="UMP-tekstpodstawowy"/>
+      </w:pPr>
+      <w:r w:rsidRPr="005C32BD">
+        <w:t xml:space="preserve">Równocześnie </w:t>
+      </w:r>
+      <w:r w:rsidR="00E705B7" w:rsidRPr="005C32BD">
+        <w:t>uprzejmie informuj</w:t>
+      </w:r>
+      <w:r w:rsidR="00267A2D">
+        <w:t>ę</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF5D31" w:rsidRPr="005C32BD">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00E705B7" w:rsidRPr="005C32BD">
+        <w:t xml:space="preserve"> iż </w:t>
+      </w:r>
+      <w:r w:rsidR="00DF5D31" w:rsidRPr="005C32BD">
+        <w:t>wydłużenie terminu</w:t>
+      </w:r>
+      <w:r w:rsidR="00E705B7" w:rsidRPr="005C32BD">
+        <w:t xml:space="preserve"> odpowied</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF5D31" w:rsidRPr="005C32BD">
+        <w:t>zi</w:t>
+      </w:r>
+      <w:r w:rsidR="00E04ECF" w:rsidRPr="005C32BD">
+        <w:t xml:space="preserve"> na interpelację</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF5D31" w:rsidRPr="005C32BD">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E04ECF" w:rsidRPr="005C32BD">
+        <w:t>podyktowane było</w:t>
+      </w:r>
+      <w:r w:rsidR="00981E47" w:rsidRPr="005C32BD">
+        <w:t xml:space="preserve"> pozyskaniem najbardziej aktualnych danych</w:t>
+      </w:r>
+      <w:r w:rsidR="00E705B7" w:rsidRPr="005C32BD">
+        <w:t xml:space="preserve"> związanych z</w:t>
+      </w:r>
+      <w:r w:rsidR="00F364CC" w:rsidRPr="005C32BD">
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E705B7" w:rsidRPr="005C32BD">
+        <w:t>ostatecznym rozliczeniem roku 202</w:t>
+      </w:r>
+      <w:r w:rsidR="008D6B12" w:rsidRPr="005C32BD">
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="002A5404" w:rsidRPr="005C32BD">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00BF1392">
+        <w:t xml:space="preserve"> W</w:t>
+      </w:r>
+      <w:r w:rsidR="003F2318" w:rsidRPr="005C32BD">
+        <w:t xml:space="preserve"> kwestii udostępnienia dokumentacji </w:t>
+      </w:r>
+      <w:r w:rsidR="00C04C70" w:rsidRPr="005C32BD">
+        <w:t xml:space="preserve">poszczególne </w:t>
+      </w:r>
+      <w:r w:rsidR="00B12120" w:rsidRPr="005C32BD">
+        <w:t>Wydział</w:t>
+      </w:r>
+      <w:r w:rsidR="00C04C70" w:rsidRPr="005C32BD">
+        <w:t>y</w:t>
+      </w:r>
+      <w:r w:rsidR="00B12120" w:rsidRPr="005C32BD">
+        <w:t xml:space="preserve"> pozostaj</w:t>
+      </w:r>
+      <w:r w:rsidR="00C04C70" w:rsidRPr="005C32BD">
+        <w:t xml:space="preserve">ą </w:t>
+      </w:r>
+      <w:r w:rsidR="00B12120" w:rsidRPr="005C32BD">
+        <w:t>do dyspozycji Pani Radnej</w:t>
+      </w:r>
+      <w:r w:rsidR="003F2318" w:rsidRPr="005C32BD">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00B12120" w:rsidRPr="005C32BD">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="013F9276" w14:textId="77777777" w:rsidR="00553804" w:rsidRPr="00553804" w:rsidRDefault="00553804" w:rsidP="00553804">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:adjustRightInd/>
+        <w:spacing w:before="240" w:after="120" w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="4961"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00553804">
+        <w:t>Z wyrazami szacunku</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7EE26E83" w14:textId="77777777" w:rsidR="00553804" w:rsidRPr="00553804" w:rsidRDefault="00553804" w:rsidP="00553804">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:adjustRightInd/>
+        <w:spacing w:after="480" w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="4961"/>
+        <w:contextualSpacing/>
+      </w:pPr>
+      <w:r w:rsidRPr="00553804">
+        <w:t>Z up. PREZYDENTA MIASTA</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FB699E4" w14:textId="77777777" w:rsidR="00553804" w:rsidRPr="00553804" w:rsidRDefault="00553804" w:rsidP="00553804">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:adjustRightInd/>
+        <w:spacing w:after="480" w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="4961"/>
+        <w:contextualSpacing/>
+      </w:pPr>
+      <w:r w:rsidRPr="00553804">
+        <w:t xml:space="preserve">(-) Natalia </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00553804">
+        <w:t>Weremczuk</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="4015CA31" w14:textId="77777777" w:rsidR="00553804" w:rsidRDefault="00553804" w:rsidP="00553804">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:adjustRightInd/>
+        <w:spacing w:after="480" w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="4961"/>
+        <w:contextualSpacing/>
+      </w:pPr>
+      <w:r w:rsidRPr="00553804">
+        <w:t>ZASTĘPCZYNI</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2946FD7C" w14:textId="666B5E84" w:rsidR="008C6012" w:rsidRPr="005C32BD" w:rsidRDefault="00553804" w:rsidP="00553804">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:adjustRightInd/>
+        <w:spacing w:after="480" w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="4961"/>
+        <w:contextualSpacing/>
+      </w:pPr>
+      <w:r w:rsidRPr="00553804">
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:kern w:val="0"/>
         </w:rPr>
-      </w:pPr>
-[...785 lines deleted...]
-      <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
+        <w:t>PREZYDENTA MIASTA POZNANIA</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="237736B2" w14:textId="77777777" w:rsidR="007636F6" w:rsidRPr="005C32BD" w:rsidRDefault="007636F6" w:rsidP="007636F6">
+      <w:pPr>
+        <w:pStyle w:val="UMP-podpis"/>
+        <w:ind w:left="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="005C32BD">
+        <w:t>Do wiadomości:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F7A0A6E" w14:textId="77777777" w:rsidR="007636F6" w:rsidRPr="005C32BD" w:rsidRDefault="007636F6" w:rsidP="007636F6">
+      <w:pPr>
+        <w:pStyle w:val="UMP-podpis"/>
+        <w:ind w:left="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="005C32BD">
+        <w:t>Przewodniczący Rady Miasta</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="007636F6" w:rsidRPr="005C32BD" w:rsidSect="004A1B54">
+      <w:type w:val="continuous"/>
+      <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
+      <w:pgMar w:top="1418" w:right="1418" w:bottom="1134" w:left="1418" w:header="454" w:footer="567" w:gutter="0"/>
       <w:cols w:space="708"/>
-      <w:docGrid w:linePitch="360"/>
+      <w:formProt w:val="0"/>
+      <w:noEndnote/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:endnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="30CF712A" w14:textId="77777777" w:rsidR="00982965" w:rsidRDefault="00982965">
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="0C7D0C8C" w14:textId="77777777" w:rsidR="00982965" w:rsidRDefault="00982965">
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+</w:endnotes>
+</file>
+
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="EE"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="EE"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Segoe UI">
+    <w:panose1 w:val="020B0502040204020203"/>
+    <w:charset w:val="EE"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId1" w:fontKey="{4C787BB9-7031-46D3-8B9C-1F92F19EC09E}"/>
+  </w:font>
+  <w:font w:name="Free 3 of 9">
+    <w:altName w:val="Arial Unicode MS"/>
+    <w:panose1 w:val="00000009000000000000"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId2" w:fontKey="{C73DD90E-490C-4429-9CC0-C92CB6304BB9}"/>
+  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId3" w:fontKey="{B07DF594-E149-444B-9A0D-B3B983DE76B4}"/>
+    <w:embedBold r:id="rId4" w:fontKey="{E3F01E4A-EB5E-49BF-A2F6-4AAB16A5DE93}"/>
+  </w:font>
+  <w:font w:name="Liberation Serif">
+    <w:altName w:val="Times New Roman"/>
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="EE"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0000AFF" w:usb1="500078FF" w:usb2="00000021" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId5" w:fontKey="{A7AD3569-60C4-4B93-A1FE-804D3138798B}"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId6" w:fontKey="{BDB5987F-EAB6-4037-BF71-807B62708FFD}"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:p w14:paraId="744437B9" w14:textId="77777777" w:rsidR="00D177F8" w:rsidRPr="00467E00" w:rsidRDefault="00AD47D5" w:rsidP="00467E00">
+    <w:pPr>
+      <w:pStyle w:val="UMP-stopkanrstrony"/>
+    </w:pPr>
+    <w:r>
+      <w:t xml:space="preserve">Strona </w:t>
+    </w:r>
+    <w:r w:rsidR="006C0408" w:rsidRPr="006C0408">
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r w:rsidR="006C0408" w:rsidRPr="006C0408">
+      <w:instrText xml:space="preserve"> PAGE </w:instrText>
+    </w:r>
+    <w:r w:rsidR="006C0408" w:rsidRPr="006C0408">
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r w:rsidR="007964FE">
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:t>2</w:t>
+    </w:r>
+    <w:r w:rsidR="006C0408" w:rsidRPr="006C0408">
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:p w14:paraId="4837ECAC" w14:textId="77777777" w:rsidR="00FD1566" w:rsidRPr="00FD1566" w:rsidRDefault="00FD1566" w:rsidP="00FD1566">
+    <w:pPr>
+      <w:pStyle w:val="UMP-stopkastrony"/>
+    </w:pPr>
+    <w:r w:rsidRPr="0068607B">
+      <w:t xml:space="preserve">Urząd Miasta Poznania, </w:t>
+    </w:r>
+    <w:r w:rsidR="00205541" w:rsidRPr="007A5FB5">
+      <w:t xml:space="preserve">plac Kolegiacki 17, 61-841 </w:t>
+    </w:r>
+    <w:r w:rsidR="00205541" w:rsidRPr="002A70F3">
+      <w:t>Poznań</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="247F6877" w14:textId="77777777" w:rsidR="00175484" w:rsidRPr="00FD1566" w:rsidRDefault="003F3F58" w:rsidP="003F3F58">
+    <w:pPr>
+      <w:pStyle w:val="UMP-stopkastrony"/>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="7227"/>
+      </w:tabs>
+      <w:rPr>
+        <w:lang w:val="en-US"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidRPr="008C6AF4">
+      <w:rPr>
+        <w:lang w:val="en-US"/>
+      </w:rPr>
+      <w:t xml:space="preserve">tel. +48 61 878 53 </w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:lang w:val="en-US"/>
+      </w:rPr>
+      <w:t>16</w:t>
+    </w:r>
+    <w:r w:rsidRPr="008C6AF4">
+      <w:rPr>
+        <w:lang w:val="en-US"/>
+      </w:rPr>
+      <w:t xml:space="preserve">, </w:t>
+    </w:r>
+    <w:proofErr w:type="spellStart"/>
+    <w:r w:rsidRPr="008C6AF4">
+      <w:rPr>
+        <w:lang w:val="en-US"/>
+      </w:rPr>
+      <w:t>fa</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:lang w:val="en-US"/>
+      </w:rPr>
+      <w:t>ks</w:t>
+    </w:r>
+    <w:proofErr w:type="spellEnd"/>
+    <w:r w:rsidRPr="008C6AF4">
+      <w:rPr>
+        <w:lang w:val="en-US"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> +48 61 </w:t>
+    </w:r>
+    <w:r w:rsidRPr="00925894">
+      <w:rPr>
+        <w:lang w:val="en-US"/>
+      </w:rPr>
+      <w:t xml:space="preserve">852 </w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:lang w:val="en-US"/>
+      </w:rPr>
+      <w:t>53 84</w:t>
+    </w:r>
+    <w:r w:rsidRPr="000E2F66">
+      <w:rPr>
+        <w:lang w:val="en-US"/>
+      </w:rPr>
+      <w:t xml:space="preserve">, </w:t>
+    </w:r>
+    <w:hyperlink r:id="rId1" w:history="1">
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Hipercze"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>sekretariat_n.weremczuk@um.poznan.pl</w:t>
+      </w:r>
+    </w:hyperlink>
+    <w:r w:rsidRPr="00F7474C">
+      <w:rPr>
+        <w:lang w:val="en-US"/>
+      </w:rPr>
+      <w:t xml:space="preserve">, </w:t>
+    </w:r>
+    <w:hyperlink r:id="rId2" w:history="1">
+      <w:r w:rsidRPr="00E7320A">
+        <w:rPr>
+          <w:rStyle w:val="Hipercze"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>www.poznan.pl</w:t>
+      </w:r>
+    </w:hyperlink>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:footnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="3778F410" w14:textId="77777777" w:rsidR="00982965" w:rsidRDefault="00982965">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Liberation Serif"/>
+          <w:kern w:val="0"/>
+        </w:rPr>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="171D06C0" w14:textId="77777777" w:rsidR="00982965" w:rsidRDefault="00982965">
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+</w:footnotes>
+</file>
+
+<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:p w14:paraId="2F4682D5" w14:textId="77777777" w:rsidR="00EF2CB9" w:rsidRPr="00DD1566" w:rsidRDefault="004772D5" w:rsidP="004620CB">
+    <w:pPr>
+      <w:pStyle w:val="UMP-nagwekstrony"/>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidRPr="005B0FBD">
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:drawing>
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1F7EA212" wp14:editId="581C5D3C">
+          <wp:extent cx="1314450" cy="1181100"/>
+          <wp:effectExtent l="0" t="0" r="0" b="0"/>
+          <wp:docPr id="2" name="Obraz 1" descr="Herb Miasta Poznania"/>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="0" name="Obraz 1" descr="Herb Miasta Poznania"/>
+                  <pic:cNvPicPr>
+                    <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                  </pic:cNvPicPr>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:srcRect/>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr bwMode="auto">
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="1314450" cy="1181100"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                  <a:noFill/>
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+        </wp:inline>
+      </w:drawing>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0E1F5DBF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="BA98D9E2"/>
+    <w:tmpl w:val="FFFFFFFF"/>
     <w:lvl w:ilvl="0" w:tplc="04150001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04150005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04150001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04150003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04150005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04150001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04150003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04150005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="2B257705"/>
+    <w:nsid w:val="1C36738D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="0926778A"/>
-    <w:lvl w:ilvl="0" w:tplc="04150001">
+    <w:tmpl w:val="FFFFFFFF"/>
+    <w:lvl w:ilvl="0" w:tplc="DDC6945C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="UMP-listanumerowana"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04150003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04150005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04150001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="720" w:hanging="360"/>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04150003" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="04150003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="360"/>
-[...5 lines deleted...]
-    <w:lvl w:ilvl="2" w:tplc="04150005" w:tentative="1">
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04150005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="360"/>
+        <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="04150001" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="04150001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04150003" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="04150003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
-[...34 lines deleted...]
-      <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04150005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="39FA5E10"/>
+    <w:nsid w:val="1C663424"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="936E90C8"/>
+    <w:tmpl w:val="FFFFFFFF"/>
     <w:lvl w:ilvl="0" w:tplc="04150001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:ind w:left="780" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04150003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1500" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04150005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2220" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04150001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2940" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04150003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3660" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04150005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4380" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04150001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5100" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04150003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5820" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04150005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6540" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="274D013A"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="FFFFFFFF"/>
+    <w:lvl w:ilvl="0" w:tplc="04150001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04150005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04150001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04150003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04150005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04150001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04150003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04150005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="29695718"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="FFFFFFFF"/>
+    <w:lvl w:ilvl="0" w:tplc="04150001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04150003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04150005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04150001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04150003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04150005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04150001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04150003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04150005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7200" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="35651FAC"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="FFFFFFFF"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="(%4)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="(%5)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="(%6)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="45964429"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="FFFFFFFF"/>
+    <w:lvl w:ilvl="0" w:tplc="34981E00">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:pStyle w:val="UMP-listawyroniona"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04150003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04150005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04150001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04150003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04150005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04150001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04150003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04150005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="52FD76DA"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="FFFFFFFF"/>
+    <w:lvl w:ilvl="0" w:tplc="9F38A8B0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04150003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04150005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04150001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04150003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04150005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04150001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04150003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04150005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7E5C671A"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="FFFFFFFF"/>
+    <w:lvl w:ilvl="0" w:tplc="04150001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04150003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04150005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04150001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04150003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04150005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04150001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04150003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04150005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="2">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="4">
+    <w:abstractNumId w:val="5"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:lvl w:ilvl="0">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%1)"/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:lvl w:ilvl="1">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="lowerLetter"/>
+        <w:lvlText w:val="%2)"/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:lvl w:ilvl="2">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="lowerRoman"/>
+        <w:lvlText w:val="%3)"/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:lvl w:ilvl="3">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="(%4)"/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:lvl w:ilvl="4">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="lowerLetter"/>
+        <w:lvlText w:val="(%5)"/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:lvl w:ilvl="5">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="lowerRoman"/>
+        <w:lvlText w:val="(%6)"/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:lvl w:ilvl="6">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%7."/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:lvl w:ilvl="7">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="lowerLetter"/>
+        <w:lvlText w:val="%8."/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:lvl w:ilvl="8">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="lowerRoman"/>
+        <w:lvlText w:val="%9."/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="5">
+    <w:abstractNumId w:val="5"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:lvl w:ilvl="0">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="upperRoman"/>
+        <w:lvlText w:val="%1."/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:lvl w:ilvl="1">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="upperLetter"/>
+        <w:lvlText w:val="%2."/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:lvl w:ilvl="2">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%3."/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:lvl w:ilvl="3">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="lowerLetter"/>
+        <w:lvlText w:val="%4)"/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:lvl w:ilvl="4">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="(%5)"/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:lvl w:ilvl="5">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="lowerLetter"/>
+        <w:lvlText w:val="(%6)"/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:lvl w:ilvl="6">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="lowerRoman"/>
+        <w:lvlText w:val="(%7)"/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:lvl w:ilvl="7">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="lowerLetter"/>
+        <w:lvlText w:val="(%8)"/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:lvl w:ilvl="8">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="lowerRoman"/>
+        <w:lvlText w:val="(%9)"/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="6">
+    <w:abstractNumId w:val="5"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:lvl w:ilvl="0">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%1."/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:lvl w:ilvl="1">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%1.%2."/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:lvl w:ilvl="2">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%1.%2.%3."/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:lvl w:ilvl="3">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%1.%2.%3.%4."/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:lvl w:ilvl="4">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:lvl w:ilvl="5">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:lvl w:ilvl="6">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:lvl w:ilvl="7">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:lvl w:ilvl="8">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="7">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="8">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="9">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="10">
     <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="11">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="12">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="13">
+    <w:abstractNumId w:val="6"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100"/>
+  <w:embedTrueTypeFonts/>
+  <w:bordersDoNotSurroundHeader/>
+  <w:bordersDoNotSurroundFooter/>
   <w:proofState w:spelling="clean"/>
+  <w:stylePaneFormatFilter w:val="3B01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
-  <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:drawingGridHorizontalSpacing w:val="120"/>
+  <w:drawingGridVerticalSpacing w:val="120"/>
+  <w:displayHorizontalDrawingGridEvery w:val="0"/>
+  <w:displayVerticalDrawingGridEvery w:val="3"/>
+  <w:doNotUseMarginsForDrawingGridOrigin/>
+  <w:characterSpacingControl w:val="compressPunctuation"/>
+  <w:doNotValidateAgainstSchema/>
+  <w:doNotDemarcateInvalidXml/>
+  <w:footnotePr>
+    <w:footnote w:id="-1"/>
+    <w:footnote w:id="0"/>
+  </w:footnotePr>
+  <w:endnotePr>
+    <w:endnote w:id="-1"/>
+    <w:endnote w:id="0"/>
+  </w:endnotePr>
   <w:compat>
+    <w:spaceForUL/>
+    <w:balanceSingleByteDoubleByteWidth/>
+    <w:doNotLeaveBackslashAlone/>
+    <w:ulTrailSpace/>
+    <w:doNotExpandShiftReturn/>
+    <w:adjustLineHeightInTable/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="006E117E"/>
-[...5 lines deleted...]
-    <w:rsid w:val="008F6058"/>
+    <w:rsidRoot w:val="007B045F"/>
+    <w:rsid w:val="00003680"/>
+    <w:rsid w:val="00013C77"/>
+    <w:rsid w:val="000200F1"/>
+    <w:rsid w:val="00020C0E"/>
+    <w:rsid w:val="00024522"/>
+    <w:rsid w:val="0002653A"/>
+    <w:rsid w:val="00026973"/>
+    <w:rsid w:val="000407A5"/>
+    <w:rsid w:val="000417CE"/>
+    <w:rsid w:val="00042DC1"/>
+    <w:rsid w:val="000468C6"/>
+    <w:rsid w:val="00047FA9"/>
+    <w:rsid w:val="00053B9B"/>
+    <w:rsid w:val="0005411F"/>
+    <w:rsid w:val="00055EFC"/>
+    <w:rsid w:val="00061A15"/>
+    <w:rsid w:val="00062EA5"/>
+    <w:rsid w:val="00067834"/>
+    <w:rsid w:val="00071D0E"/>
+    <w:rsid w:val="00076400"/>
+    <w:rsid w:val="000831A0"/>
+    <w:rsid w:val="00083830"/>
+    <w:rsid w:val="00084640"/>
+    <w:rsid w:val="00091D44"/>
+    <w:rsid w:val="00094A34"/>
+    <w:rsid w:val="00096416"/>
+    <w:rsid w:val="00097953"/>
+    <w:rsid w:val="000A7EE5"/>
+    <w:rsid w:val="000B0DE0"/>
+    <w:rsid w:val="000B45F2"/>
+    <w:rsid w:val="000B54D0"/>
+    <w:rsid w:val="000C13DD"/>
+    <w:rsid w:val="000C1A42"/>
+    <w:rsid w:val="000C39CD"/>
+    <w:rsid w:val="000C56C9"/>
+    <w:rsid w:val="000D0915"/>
+    <w:rsid w:val="000E1892"/>
+    <w:rsid w:val="000E1AC2"/>
+    <w:rsid w:val="000E2F66"/>
+    <w:rsid w:val="000E491A"/>
+    <w:rsid w:val="000E4AE1"/>
+    <w:rsid w:val="000E7048"/>
+    <w:rsid w:val="000F0CA6"/>
+    <w:rsid w:val="000F2651"/>
+    <w:rsid w:val="00101AEE"/>
+    <w:rsid w:val="001029A9"/>
+    <w:rsid w:val="00104034"/>
+    <w:rsid w:val="00106ABE"/>
+    <w:rsid w:val="0011087E"/>
+    <w:rsid w:val="001111F7"/>
+    <w:rsid w:val="001154BD"/>
+    <w:rsid w:val="001171E4"/>
+    <w:rsid w:val="001177E5"/>
+    <w:rsid w:val="00123F37"/>
+    <w:rsid w:val="001310A2"/>
+    <w:rsid w:val="0013266D"/>
+    <w:rsid w:val="00136990"/>
+    <w:rsid w:val="00143459"/>
+    <w:rsid w:val="001474ED"/>
+    <w:rsid w:val="00147F94"/>
+    <w:rsid w:val="001507D9"/>
+    <w:rsid w:val="00150B76"/>
+    <w:rsid w:val="001512DA"/>
+    <w:rsid w:val="0016214B"/>
+    <w:rsid w:val="0016474B"/>
+    <w:rsid w:val="0016666D"/>
+    <w:rsid w:val="00166F1F"/>
+    <w:rsid w:val="001745F7"/>
+    <w:rsid w:val="00175484"/>
+    <w:rsid w:val="0017597E"/>
+    <w:rsid w:val="00176D87"/>
+    <w:rsid w:val="0017723C"/>
+    <w:rsid w:val="00181070"/>
+    <w:rsid w:val="0018296D"/>
+    <w:rsid w:val="00190754"/>
+    <w:rsid w:val="00194ED6"/>
+    <w:rsid w:val="001958CF"/>
+    <w:rsid w:val="00196358"/>
+    <w:rsid w:val="001A3983"/>
+    <w:rsid w:val="001A507E"/>
+    <w:rsid w:val="001A5D5E"/>
+    <w:rsid w:val="001A66FA"/>
+    <w:rsid w:val="001B29D2"/>
+    <w:rsid w:val="001B5ACF"/>
+    <w:rsid w:val="001C3F32"/>
+    <w:rsid w:val="001C57E5"/>
+    <w:rsid w:val="001D2763"/>
+    <w:rsid w:val="001D5E7A"/>
+    <w:rsid w:val="001E2EB8"/>
+    <w:rsid w:val="001E3C2E"/>
+    <w:rsid w:val="001E3C55"/>
+    <w:rsid w:val="001F0E41"/>
+    <w:rsid w:val="001F15B3"/>
+    <w:rsid w:val="001F208E"/>
+    <w:rsid w:val="001F2424"/>
+    <w:rsid w:val="001F29D6"/>
+    <w:rsid w:val="001F464F"/>
+    <w:rsid w:val="001F5A12"/>
+    <w:rsid w:val="00205541"/>
+    <w:rsid w:val="002127D3"/>
+    <w:rsid w:val="00217D41"/>
+    <w:rsid w:val="00220FB0"/>
+    <w:rsid w:val="00221665"/>
+    <w:rsid w:val="00221B75"/>
+    <w:rsid w:val="00225C92"/>
+    <w:rsid w:val="002366EB"/>
+    <w:rsid w:val="002402A5"/>
+    <w:rsid w:val="00245C4E"/>
+    <w:rsid w:val="00247CBE"/>
+    <w:rsid w:val="00251F84"/>
+    <w:rsid w:val="0025317B"/>
+    <w:rsid w:val="00254BF6"/>
+    <w:rsid w:val="00262475"/>
+    <w:rsid w:val="00267A2D"/>
+    <w:rsid w:val="00273D4F"/>
+    <w:rsid w:val="0027455F"/>
+    <w:rsid w:val="00277355"/>
+    <w:rsid w:val="00283DF3"/>
+    <w:rsid w:val="0028547A"/>
+    <w:rsid w:val="002876BB"/>
+    <w:rsid w:val="00287CAC"/>
+    <w:rsid w:val="00287D0E"/>
+    <w:rsid w:val="002A489B"/>
+    <w:rsid w:val="002A5404"/>
+    <w:rsid w:val="002A70F3"/>
+    <w:rsid w:val="002B4917"/>
+    <w:rsid w:val="002B6481"/>
+    <w:rsid w:val="002B77E7"/>
+    <w:rsid w:val="002C0700"/>
+    <w:rsid w:val="002C09DF"/>
+    <w:rsid w:val="002C5086"/>
+    <w:rsid w:val="002D0561"/>
+    <w:rsid w:val="002D349B"/>
+    <w:rsid w:val="002E3022"/>
+    <w:rsid w:val="002E4766"/>
+    <w:rsid w:val="002F2C6E"/>
+    <w:rsid w:val="002F4AFA"/>
+    <w:rsid w:val="002F6F2E"/>
+    <w:rsid w:val="0030432A"/>
+    <w:rsid w:val="003056C8"/>
+    <w:rsid w:val="003108D1"/>
+    <w:rsid w:val="0031264B"/>
+    <w:rsid w:val="003176A7"/>
+    <w:rsid w:val="00317E5A"/>
+    <w:rsid w:val="00321C93"/>
+    <w:rsid w:val="00331757"/>
+    <w:rsid w:val="00333A29"/>
+    <w:rsid w:val="00337C96"/>
+    <w:rsid w:val="00342F58"/>
+    <w:rsid w:val="00345475"/>
+    <w:rsid w:val="00345A48"/>
+    <w:rsid w:val="00347EFC"/>
+    <w:rsid w:val="00350F21"/>
+    <w:rsid w:val="00352079"/>
+    <w:rsid w:val="0035312C"/>
+    <w:rsid w:val="00357A29"/>
+    <w:rsid w:val="00360E0D"/>
+    <w:rsid w:val="003628D7"/>
+    <w:rsid w:val="00362C66"/>
+    <w:rsid w:val="003659BE"/>
+    <w:rsid w:val="00366795"/>
+    <w:rsid w:val="00372103"/>
+    <w:rsid w:val="00374C75"/>
+    <w:rsid w:val="003772A1"/>
+    <w:rsid w:val="003816C0"/>
+    <w:rsid w:val="0038789E"/>
+    <w:rsid w:val="003926CD"/>
+    <w:rsid w:val="003A2985"/>
+    <w:rsid w:val="003A5588"/>
+    <w:rsid w:val="003A6738"/>
+    <w:rsid w:val="003A751C"/>
+    <w:rsid w:val="003B5F19"/>
+    <w:rsid w:val="003C30FD"/>
+    <w:rsid w:val="003C52C6"/>
+    <w:rsid w:val="003D110A"/>
+    <w:rsid w:val="003D1CF1"/>
+    <w:rsid w:val="003E04CF"/>
+    <w:rsid w:val="003E4E38"/>
+    <w:rsid w:val="003F03DF"/>
+    <w:rsid w:val="003F1EA1"/>
+    <w:rsid w:val="003F2318"/>
+    <w:rsid w:val="003F3F58"/>
+    <w:rsid w:val="003F48DE"/>
+    <w:rsid w:val="004071D2"/>
+    <w:rsid w:val="00407F0D"/>
+    <w:rsid w:val="0041095D"/>
+    <w:rsid w:val="004128BB"/>
+    <w:rsid w:val="00414305"/>
+    <w:rsid w:val="00420256"/>
+    <w:rsid w:val="00422B22"/>
+    <w:rsid w:val="00427AD3"/>
+    <w:rsid w:val="00440B16"/>
+    <w:rsid w:val="00441AF5"/>
+    <w:rsid w:val="00444EF0"/>
+    <w:rsid w:val="00446E96"/>
+    <w:rsid w:val="004473AC"/>
+    <w:rsid w:val="00450E98"/>
+    <w:rsid w:val="00451341"/>
+    <w:rsid w:val="004620CB"/>
+    <w:rsid w:val="00462D2B"/>
+    <w:rsid w:val="00464675"/>
+    <w:rsid w:val="004673BB"/>
+    <w:rsid w:val="00467E00"/>
+    <w:rsid w:val="00470AD7"/>
+    <w:rsid w:val="00472AFE"/>
+    <w:rsid w:val="004743B1"/>
+    <w:rsid w:val="004772D5"/>
+    <w:rsid w:val="004776EA"/>
+    <w:rsid w:val="00484D05"/>
+    <w:rsid w:val="00487293"/>
+    <w:rsid w:val="00493074"/>
+    <w:rsid w:val="004935FC"/>
+    <w:rsid w:val="00495713"/>
+    <w:rsid w:val="00495DC9"/>
+    <w:rsid w:val="004A0632"/>
+    <w:rsid w:val="004A1274"/>
+    <w:rsid w:val="004A1B54"/>
+    <w:rsid w:val="004B0FE6"/>
+    <w:rsid w:val="004B4DD8"/>
+    <w:rsid w:val="004B5B52"/>
+    <w:rsid w:val="004B6D04"/>
+    <w:rsid w:val="004C1163"/>
+    <w:rsid w:val="004C24B7"/>
+    <w:rsid w:val="004C4E8E"/>
+    <w:rsid w:val="004D2660"/>
+    <w:rsid w:val="004D4190"/>
+    <w:rsid w:val="004E4EFB"/>
+    <w:rsid w:val="004F2BA6"/>
+    <w:rsid w:val="004F34FE"/>
+    <w:rsid w:val="004F3709"/>
+    <w:rsid w:val="004F3C99"/>
+    <w:rsid w:val="004F7E10"/>
+    <w:rsid w:val="005171BF"/>
+    <w:rsid w:val="00517945"/>
+    <w:rsid w:val="00520E68"/>
+    <w:rsid w:val="005232CE"/>
+    <w:rsid w:val="00523734"/>
+    <w:rsid w:val="00524BFA"/>
+    <w:rsid w:val="0052614F"/>
+    <w:rsid w:val="0052622D"/>
+    <w:rsid w:val="005272AB"/>
+    <w:rsid w:val="00531F48"/>
+    <w:rsid w:val="00532177"/>
+    <w:rsid w:val="00536669"/>
+    <w:rsid w:val="005377CA"/>
+    <w:rsid w:val="00537CB7"/>
+    <w:rsid w:val="00542343"/>
+    <w:rsid w:val="00546C5F"/>
+    <w:rsid w:val="005474E9"/>
+    <w:rsid w:val="0055067C"/>
+    <w:rsid w:val="00553804"/>
+    <w:rsid w:val="00567676"/>
+    <w:rsid w:val="005712E3"/>
+    <w:rsid w:val="00582273"/>
+    <w:rsid w:val="00584E4E"/>
+    <w:rsid w:val="00585CEA"/>
+    <w:rsid w:val="00595528"/>
+    <w:rsid w:val="005969CC"/>
+    <w:rsid w:val="005A2909"/>
+    <w:rsid w:val="005B07DD"/>
+    <w:rsid w:val="005B0FBD"/>
+    <w:rsid w:val="005B156D"/>
+    <w:rsid w:val="005B4FAB"/>
+    <w:rsid w:val="005C161E"/>
+    <w:rsid w:val="005C27D7"/>
+    <w:rsid w:val="005C32BD"/>
+    <w:rsid w:val="005C6199"/>
+    <w:rsid w:val="005D07EA"/>
+    <w:rsid w:val="005E099D"/>
+    <w:rsid w:val="005E1384"/>
+    <w:rsid w:val="005E643B"/>
+    <w:rsid w:val="005E7DBE"/>
+    <w:rsid w:val="005F42C1"/>
+    <w:rsid w:val="00606245"/>
+    <w:rsid w:val="00610CB2"/>
+    <w:rsid w:val="00613404"/>
+    <w:rsid w:val="00616856"/>
+    <w:rsid w:val="0061774A"/>
+    <w:rsid w:val="006200A2"/>
+    <w:rsid w:val="00621182"/>
+    <w:rsid w:val="00625E9E"/>
+    <w:rsid w:val="0062658A"/>
+    <w:rsid w:val="00631637"/>
+    <w:rsid w:val="00632AF4"/>
+    <w:rsid w:val="00634729"/>
+    <w:rsid w:val="0064244B"/>
+    <w:rsid w:val="0064345C"/>
+    <w:rsid w:val="006436EE"/>
+    <w:rsid w:val="006440F5"/>
+    <w:rsid w:val="00650090"/>
+    <w:rsid w:val="00650207"/>
+    <w:rsid w:val="0065230B"/>
+    <w:rsid w:val="006546A5"/>
+    <w:rsid w:val="00655365"/>
+    <w:rsid w:val="00655553"/>
+    <w:rsid w:val="0066502E"/>
+    <w:rsid w:val="006722F1"/>
+    <w:rsid w:val="00672638"/>
+    <w:rsid w:val="00673646"/>
+    <w:rsid w:val="006736F5"/>
+    <w:rsid w:val="006741D9"/>
+    <w:rsid w:val="00676D5A"/>
+    <w:rsid w:val="006826C2"/>
+    <w:rsid w:val="00685FA1"/>
+    <w:rsid w:val="0068607B"/>
+    <w:rsid w:val="006A490B"/>
+    <w:rsid w:val="006C0408"/>
+    <w:rsid w:val="006C092B"/>
+    <w:rsid w:val="006C7BC5"/>
+    <w:rsid w:val="006C7C73"/>
+    <w:rsid w:val="006D07AC"/>
+    <w:rsid w:val="006D4C0E"/>
+    <w:rsid w:val="006D5804"/>
+    <w:rsid w:val="006E2F4A"/>
+    <w:rsid w:val="006E3E20"/>
+    <w:rsid w:val="006E3E8F"/>
+    <w:rsid w:val="006E44A4"/>
+    <w:rsid w:val="006F0F4F"/>
+    <w:rsid w:val="006F1932"/>
+    <w:rsid w:val="006F1A03"/>
+    <w:rsid w:val="006F355F"/>
+    <w:rsid w:val="006F502B"/>
+    <w:rsid w:val="006F5EC3"/>
+    <w:rsid w:val="006F5F6D"/>
+    <w:rsid w:val="006F6019"/>
+    <w:rsid w:val="007002C5"/>
+    <w:rsid w:val="00707487"/>
+    <w:rsid w:val="0071377D"/>
+    <w:rsid w:val="00713F39"/>
+    <w:rsid w:val="00720D6B"/>
+    <w:rsid w:val="00724B4A"/>
+    <w:rsid w:val="00725971"/>
+    <w:rsid w:val="0072632B"/>
+    <w:rsid w:val="00727DAE"/>
+    <w:rsid w:val="0073170E"/>
+    <w:rsid w:val="00742F86"/>
+    <w:rsid w:val="00743602"/>
+    <w:rsid w:val="00750431"/>
+    <w:rsid w:val="00753093"/>
+    <w:rsid w:val="007534FD"/>
+    <w:rsid w:val="00755002"/>
+    <w:rsid w:val="00756A91"/>
+    <w:rsid w:val="00756FE6"/>
+    <w:rsid w:val="00760435"/>
+    <w:rsid w:val="00762DD2"/>
+    <w:rsid w:val="00762FFD"/>
+    <w:rsid w:val="007636F6"/>
+    <w:rsid w:val="0076534F"/>
+    <w:rsid w:val="00776706"/>
+    <w:rsid w:val="007815C7"/>
+    <w:rsid w:val="00782073"/>
+    <w:rsid w:val="00783D46"/>
+    <w:rsid w:val="00784297"/>
+    <w:rsid w:val="007850E9"/>
+    <w:rsid w:val="00785FBD"/>
+    <w:rsid w:val="007875A4"/>
+    <w:rsid w:val="007918F4"/>
+    <w:rsid w:val="0079233F"/>
+    <w:rsid w:val="00793378"/>
+    <w:rsid w:val="00796355"/>
+    <w:rsid w:val="007964FE"/>
+    <w:rsid w:val="00796942"/>
+    <w:rsid w:val="00796D25"/>
+    <w:rsid w:val="007A199A"/>
+    <w:rsid w:val="007A2010"/>
+    <w:rsid w:val="007A4D03"/>
+    <w:rsid w:val="007A5FB5"/>
+    <w:rsid w:val="007B045F"/>
+    <w:rsid w:val="007B2FC5"/>
+    <w:rsid w:val="007B59AC"/>
+    <w:rsid w:val="007C123E"/>
+    <w:rsid w:val="007C62FC"/>
+    <w:rsid w:val="007C7E29"/>
+    <w:rsid w:val="007D3287"/>
+    <w:rsid w:val="007D34CF"/>
+    <w:rsid w:val="007D4C1C"/>
+    <w:rsid w:val="007D62D2"/>
+    <w:rsid w:val="007D7669"/>
+    <w:rsid w:val="007D79CC"/>
+    <w:rsid w:val="007E0BF3"/>
+    <w:rsid w:val="007E1027"/>
+    <w:rsid w:val="007E1B51"/>
+    <w:rsid w:val="007E3910"/>
+    <w:rsid w:val="007E679E"/>
+    <w:rsid w:val="007E6F13"/>
+    <w:rsid w:val="007E7EF8"/>
+    <w:rsid w:val="007F0D7E"/>
+    <w:rsid w:val="007F27D9"/>
+    <w:rsid w:val="007F3A85"/>
+    <w:rsid w:val="007F3A8B"/>
+    <w:rsid w:val="007F4730"/>
+    <w:rsid w:val="008052FA"/>
+    <w:rsid w:val="00811B20"/>
+    <w:rsid w:val="008203D8"/>
+    <w:rsid w:val="008221AE"/>
+    <w:rsid w:val="008371D8"/>
+    <w:rsid w:val="00844FF0"/>
+    <w:rsid w:val="0084607E"/>
+    <w:rsid w:val="008548B9"/>
+    <w:rsid w:val="00854E9C"/>
+    <w:rsid w:val="00857D11"/>
+    <w:rsid w:val="00863ACB"/>
+    <w:rsid w:val="00865E8E"/>
+    <w:rsid w:val="00871399"/>
+    <w:rsid w:val="00880C97"/>
+    <w:rsid w:val="008814C0"/>
+    <w:rsid w:val="008865AF"/>
+    <w:rsid w:val="00894A78"/>
+    <w:rsid w:val="00897407"/>
+    <w:rsid w:val="008A11F3"/>
+    <w:rsid w:val="008A3C17"/>
+    <w:rsid w:val="008A4601"/>
+    <w:rsid w:val="008B32E9"/>
+    <w:rsid w:val="008C1535"/>
+    <w:rsid w:val="008C1DEA"/>
+    <w:rsid w:val="008C2220"/>
+    <w:rsid w:val="008C573D"/>
+    <w:rsid w:val="008C6012"/>
+    <w:rsid w:val="008C6AF4"/>
+    <w:rsid w:val="008D2905"/>
+    <w:rsid w:val="008D4297"/>
+    <w:rsid w:val="008D43EF"/>
+    <w:rsid w:val="008D4B45"/>
+    <w:rsid w:val="008D57A2"/>
+    <w:rsid w:val="008D6B12"/>
+    <w:rsid w:val="008E231F"/>
+    <w:rsid w:val="008E6A10"/>
+    <w:rsid w:val="008F3F97"/>
+    <w:rsid w:val="008F4369"/>
+    <w:rsid w:val="008F44C5"/>
+    <w:rsid w:val="008F5DA6"/>
+    <w:rsid w:val="00901051"/>
+    <w:rsid w:val="0090125F"/>
+    <w:rsid w:val="009033CE"/>
+    <w:rsid w:val="00905616"/>
+    <w:rsid w:val="00905B1A"/>
+    <w:rsid w:val="00910B42"/>
+    <w:rsid w:val="00912957"/>
+    <w:rsid w:val="00916495"/>
+    <w:rsid w:val="009166FE"/>
+    <w:rsid w:val="00925894"/>
+    <w:rsid w:val="00925EF0"/>
+    <w:rsid w:val="00926FBF"/>
+    <w:rsid w:val="00931800"/>
+    <w:rsid w:val="00935E4D"/>
+    <w:rsid w:val="00940142"/>
+    <w:rsid w:val="009415BE"/>
+    <w:rsid w:val="00945055"/>
+    <w:rsid w:val="00950AF1"/>
+    <w:rsid w:val="00950FC3"/>
+    <w:rsid w:val="00951019"/>
+    <w:rsid w:val="0095237D"/>
+    <w:rsid w:val="0095375A"/>
+    <w:rsid w:val="00953B4A"/>
+    <w:rsid w:val="00962A54"/>
+    <w:rsid w:val="009659C7"/>
+    <w:rsid w:val="00971B7B"/>
+    <w:rsid w:val="00976FC7"/>
+    <w:rsid w:val="00980CF0"/>
+    <w:rsid w:val="00981381"/>
+    <w:rsid w:val="00981E47"/>
+    <w:rsid w:val="00982965"/>
+    <w:rsid w:val="00985CD7"/>
+    <w:rsid w:val="00987203"/>
+    <w:rsid w:val="00992423"/>
+    <w:rsid w:val="009A7884"/>
+    <w:rsid w:val="009B44AE"/>
+    <w:rsid w:val="009C3942"/>
+    <w:rsid w:val="009C414C"/>
+    <w:rsid w:val="009D2E1C"/>
+    <w:rsid w:val="009D36D4"/>
+    <w:rsid w:val="009D4EB2"/>
+    <w:rsid w:val="009D5A46"/>
+    <w:rsid w:val="009E3393"/>
+    <w:rsid w:val="009E3D13"/>
+    <w:rsid w:val="009E71C1"/>
+    <w:rsid w:val="009F10D4"/>
+    <w:rsid w:val="009F16AC"/>
+    <w:rsid w:val="009F1DB3"/>
+    <w:rsid w:val="00A037DF"/>
+    <w:rsid w:val="00A17542"/>
+    <w:rsid w:val="00A24FD1"/>
+    <w:rsid w:val="00A31E8F"/>
+    <w:rsid w:val="00A36221"/>
+    <w:rsid w:val="00A36764"/>
+    <w:rsid w:val="00A439A0"/>
+    <w:rsid w:val="00A43A27"/>
+    <w:rsid w:val="00A46C03"/>
+    <w:rsid w:val="00A473E0"/>
+    <w:rsid w:val="00A52AC3"/>
+    <w:rsid w:val="00A53416"/>
+    <w:rsid w:val="00A55A80"/>
+    <w:rsid w:val="00A5721B"/>
+    <w:rsid w:val="00A61E74"/>
+    <w:rsid w:val="00A64AB4"/>
+    <w:rsid w:val="00A6714D"/>
+    <w:rsid w:val="00A76117"/>
+    <w:rsid w:val="00A819CA"/>
+    <w:rsid w:val="00A8711F"/>
+    <w:rsid w:val="00A87E19"/>
+    <w:rsid w:val="00A92BF7"/>
+    <w:rsid w:val="00A94346"/>
+    <w:rsid w:val="00AA16EF"/>
+    <w:rsid w:val="00AA24BF"/>
+    <w:rsid w:val="00AA3288"/>
+    <w:rsid w:val="00AA5236"/>
+    <w:rsid w:val="00AA58DE"/>
+    <w:rsid w:val="00AA5D8A"/>
+    <w:rsid w:val="00AA6B54"/>
+    <w:rsid w:val="00AB0192"/>
+    <w:rsid w:val="00AB17AB"/>
+    <w:rsid w:val="00AB5082"/>
+    <w:rsid w:val="00AB6C2B"/>
+    <w:rsid w:val="00AC4B7F"/>
+    <w:rsid w:val="00AC524B"/>
+    <w:rsid w:val="00AC68DF"/>
+    <w:rsid w:val="00AD47D5"/>
+    <w:rsid w:val="00AD5332"/>
+    <w:rsid w:val="00AD6187"/>
+    <w:rsid w:val="00AE5666"/>
+    <w:rsid w:val="00AF5035"/>
+    <w:rsid w:val="00AF5D3D"/>
+    <w:rsid w:val="00AF6387"/>
+    <w:rsid w:val="00B000F6"/>
+    <w:rsid w:val="00B055CE"/>
+    <w:rsid w:val="00B056ED"/>
+    <w:rsid w:val="00B10DC0"/>
+    <w:rsid w:val="00B1201D"/>
+    <w:rsid w:val="00B12120"/>
+    <w:rsid w:val="00B21712"/>
+    <w:rsid w:val="00B24974"/>
+    <w:rsid w:val="00B35CB1"/>
+    <w:rsid w:val="00B4143C"/>
+    <w:rsid w:val="00B41873"/>
+    <w:rsid w:val="00B472F7"/>
+    <w:rsid w:val="00B507DC"/>
+    <w:rsid w:val="00B53C08"/>
+    <w:rsid w:val="00B55122"/>
+    <w:rsid w:val="00B56D27"/>
+    <w:rsid w:val="00B6298A"/>
+    <w:rsid w:val="00B64DEF"/>
+    <w:rsid w:val="00B714CB"/>
+    <w:rsid w:val="00B71FE3"/>
+    <w:rsid w:val="00B74887"/>
+    <w:rsid w:val="00B755D6"/>
+    <w:rsid w:val="00B77C0B"/>
+    <w:rsid w:val="00B81AEB"/>
+    <w:rsid w:val="00B828BC"/>
+    <w:rsid w:val="00B90686"/>
+    <w:rsid w:val="00B90714"/>
+    <w:rsid w:val="00B93A3D"/>
+    <w:rsid w:val="00B955A7"/>
+    <w:rsid w:val="00B968B4"/>
+    <w:rsid w:val="00B972F9"/>
+    <w:rsid w:val="00B97543"/>
+    <w:rsid w:val="00BA1DEF"/>
+    <w:rsid w:val="00BA2F96"/>
+    <w:rsid w:val="00BA4934"/>
+    <w:rsid w:val="00BA5AA3"/>
+    <w:rsid w:val="00BA5D38"/>
+    <w:rsid w:val="00BB1552"/>
+    <w:rsid w:val="00BB4000"/>
+    <w:rsid w:val="00BB5DFF"/>
+    <w:rsid w:val="00BC1492"/>
+    <w:rsid w:val="00BC1BAF"/>
+    <w:rsid w:val="00BC1F2E"/>
+    <w:rsid w:val="00BC1FE6"/>
+    <w:rsid w:val="00BD50A3"/>
+    <w:rsid w:val="00BE07DA"/>
+    <w:rsid w:val="00BE15A5"/>
+    <w:rsid w:val="00BE2751"/>
+    <w:rsid w:val="00BE36A6"/>
+    <w:rsid w:val="00BE5438"/>
+    <w:rsid w:val="00BE5626"/>
+    <w:rsid w:val="00BE62B9"/>
+    <w:rsid w:val="00BE6F38"/>
+    <w:rsid w:val="00BF05FA"/>
+    <w:rsid w:val="00BF1392"/>
+    <w:rsid w:val="00BF2960"/>
+    <w:rsid w:val="00BF3992"/>
+    <w:rsid w:val="00BF4D9C"/>
+    <w:rsid w:val="00C021E7"/>
+    <w:rsid w:val="00C0407E"/>
+    <w:rsid w:val="00C04430"/>
+    <w:rsid w:val="00C04609"/>
+    <w:rsid w:val="00C04C70"/>
+    <w:rsid w:val="00C05A7B"/>
+    <w:rsid w:val="00C076A2"/>
+    <w:rsid w:val="00C07F8F"/>
+    <w:rsid w:val="00C21D37"/>
+    <w:rsid w:val="00C22510"/>
+    <w:rsid w:val="00C266DB"/>
+    <w:rsid w:val="00C32209"/>
+    <w:rsid w:val="00C37C73"/>
+    <w:rsid w:val="00C43E3A"/>
+    <w:rsid w:val="00C518AC"/>
+    <w:rsid w:val="00C55ACA"/>
+    <w:rsid w:val="00C62D4E"/>
+    <w:rsid w:val="00C634CE"/>
+    <w:rsid w:val="00C707BD"/>
+    <w:rsid w:val="00C73EBA"/>
+    <w:rsid w:val="00C85E40"/>
+    <w:rsid w:val="00C919C3"/>
+    <w:rsid w:val="00C91B2A"/>
+    <w:rsid w:val="00C93F02"/>
+    <w:rsid w:val="00C96138"/>
+    <w:rsid w:val="00C97206"/>
+    <w:rsid w:val="00CA1C67"/>
+    <w:rsid w:val="00CA253A"/>
+    <w:rsid w:val="00CB0598"/>
+    <w:rsid w:val="00CB1592"/>
+    <w:rsid w:val="00CB285B"/>
+    <w:rsid w:val="00CB32B0"/>
+    <w:rsid w:val="00CC4F96"/>
+    <w:rsid w:val="00CC535D"/>
+    <w:rsid w:val="00CC701B"/>
+    <w:rsid w:val="00CD07D5"/>
+    <w:rsid w:val="00CD35D9"/>
+    <w:rsid w:val="00CD4A2F"/>
+    <w:rsid w:val="00CE5431"/>
+    <w:rsid w:val="00CE63CE"/>
+    <w:rsid w:val="00CE6D3A"/>
+    <w:rsid w:val="00CF01EF"/>
+    <w:rsid w:val="00CF450B"/>
+    <w:rsid w:val="00CF4DC2"/>
+    <w:rsid w:val="00CF6900"/>
+    <w:rsid w:val="00CF7F1B"/>
+    <w:rsid w:val="00D00956"/>
+    <w:rsid w:val="00D14807"/>
+    <w:rsid w:val="00D177F8"/>
+    <w:rsid w:val="00D21FFA"/>
+    <w:rsid w:val="00D2636D"/>
+    <w:rsid w:val="00D311EF"/>
+    <w:rsid w:val="00D337B8"/>
+    <w:rsid w:val="00D374C4"/>
+    <w:rsid w:val="00D4112E"/>
+    <w:rsid w:val="00D46EAC"/>
+    <w:rsid w:val="00D50D8F"/>
+    <w:rsid w:val="00D528A2"/>
+    <w:rsid w:val="00D545E2"/>
+    <w:rsid w:val="00D5669F"/>
+    <w:rsid w:val="00D6019B"/>
+    <w:rsid w:val="00D63667"/>
+    <w:rsid w:val="00D7441A"/>
+    <w:rsid w:val="00D749F1"/>
+    <w:rsid w:val="00D74AF1"/>
+    <w:rsid w:val="00D75EFC"/>
+    <w:rsid w:val="00D80D6F"/>
+    <w:rsid w:val="00D9046C"/>
+    <w:rsid w:val="00D90D0C"/>
+    <w:rsid w:val="00D97C6B"/>
+    <w:rsid w:val="00DA68EB"/>
+    <w:rsid w:val="00DC25E6"/>
+    <w:rsid w:val="00DC3BD3"/>
+    <w:rsid w:val="00DC3C34"/>
+    <w:rsid w:val="00DC484A"/>
+    <w:rsid w:val="00DD0B48"/>
+    <w:rsid w:val="00DD12F9"/>
+    <w:rsid w:val="00DD1566"/>
+    <w:rsid w:val="00DD4683"/>
+    <w:rsid w:val="00DD4A3C"/>
+    <w:rsid w:val="00DD4CBF"/>
+    <w:rsid w:val="00DD684C"/>
+    <w:rsid w:val="00DE6B4E"/>
+    <w:rsid w:val="00DF0A37"/>
+    <w:rsid w:val="00DF5D31"/>
+    <w:rsid w:val="00E012F9"/>
+    <w:rsid w:val="00E017A9"/>
+    <w:rsid w:val="00E04ECF"/>
+    <w:rsid w:val="00E10E7C"/>
+    <w:rsid w:val="00E240A8"/>
+    <w:rsid w:val="00E27B5B"/>
+    <w:rsid w:val="00E308BC"/>
+    <w:rsid w:val="00E309A4"/>
+    <w:rsid w:val="00E3359B"/>
+    <w:rsid w:val="00E35440"/>
+    <w:rsid w:val="00E36F40"/>
+    <w:rsid w:val="00E3700E"/>
+    <w:rsid w:val="00E45297"/>
+    <w:rsid w:val="00E56D67"/>
+    <w:rsid w:val="00E65B15"/>
+    <w:rsid w:val="00E679A4"/>
+    <w:rsid w:val="00E705B7"/>
+    <w:rsid w:val="00E73139"/>
+    <w:rsid w:val="00E7320A"/>
+    <w:rsid w:val="00E76D83"/>
+    <w:rsid w:val="00E77401"/>
+    <w:rsid w:val="00E77929"/>
+    <w:rsid w:val="00E85FA5"/>
+    <w:rsid w:val="00E90797"/>
+    <w:rsid w:val="00E923B1"/>
+    <w:rsid w:val="00EA4A80"/>
+    <w:rsid w:val="00EA6157"/>
+    <w:rsid w:val="00EB3837"/>
+    <w:rsid w:val="00EC5696"/>
+    <w:rsid w:val="00EC56E9"/>
+    <w:rsid w:val="00EC64A6"/>
+    <w:rsid w:val="00EC7919"/>
+    <w:rsid w:val="00ED621E"/>
+    <w:rsid w:val="00ED7AC3"/>
+    <w:rsid w:val="00EE07E5"/>
+    <w:rsid w:val="00EE11CD"/>
+    <w:rsid w:val="00EE3658"/>
+    <w:rsid w:val="00EE5839"/>
+    <w:rsid w:val="00EE7F75"/>
+    <w:rsid w:val="00EF2CB9"/>
+    <w:rsid w:val="00EF3BBA"/>
+    <w:rsid w:val="00EF3D47"/>
+    <w:rsid w:val="00EF41B9"/>
+    <w:rsid w:val="00EF6810"/>
+    <w:rsid w:val="00EF7444"/>
+    <w:rsid w:val="00EF7897"/>
+    <w:rsid w:val="00F00A8C"/>
+    <w:rsid w:val="00F0388D"/>
+    <w:rsid w:val="00F04F80"/>
+    <w:rsid w:val="00F05AF6"/>
+    <w:rsid w:val="00F12D5A"/>
+    <w:rsid w:val="00F1446E"/>
+    <w:rsid w:val="00F16F4E"/>
+    <w:rsid w:val="00F21A04"/>
+    <w:rsid w:val="00F2483A"/>
+    <w:rsid w:val="00F2489B"/>
+    <w:rsid w:val="00F2528F"/>
+    <w:rsid w:val="00F2642C"/>
+    <w:rsid w:val="00F2799D"/>
+    <w:rsid w:val="00F328A8"/>
+    <w:rsid w:val="00F347AC"/>
+    <w:rsid w:val="00F364CC"/>
+    <w:rsid w:val="00F41E0D"/>
+    <w:rsid w:val="00F421D6"/>
+    <w:rsid w:val="00F43518"/>
+    <w:rsid w:val="00F440D0"/>
+    <w:rsid w:val="00F47A92"/>
+    <w:rsid w:val="00F52228"/>
+    <w:rsid w:val="00F54F81"/>
+    <w:rsid w:val="00F55F59"/>
+    <w:rsid w:val="00F619D9"/>
+    <w:rsid w:val="00F63132"/>
+    <w:rsid w:val="00F70C1B"/>
+    <w:rsid w:val="00F7474C"/>
+    <w:rsid w:val="00F77A41"/>
+    <w:rsid w:val="00F860ED"/>
+    <w:rsid w:val="00F96255"/>
+    <w:rsid w:val="00F97517"/>
+    <w:rsid w:val="00F97AC0"/>
+    <w:rsid w:val="00FA226B"/>
+    <w:rsid w:val="00FB022D"/>
+    <w:rsid w:val="00FB0E5E"/>
+    <w:rsid w:val="00FD1566"/>
+    <w:rsid w:val="00FD15BA"/>
+    <w:rsid w:val="00FD15DA"/>
+    <w:rsid w:val="00FD3416"/>
+    <w:rsid w:val="00FD654F"/>
+    <w:rsid w:val="00FE189C"/>
+    <w:rsid w:val="00FE2FBB"/>
+    <w:rsid w:val="00FE41DA"/>
+    <w:rsid w:val="00FF0A56"/>
+    <w:rsid w:val="00FF2ED4"/>
+    <w:rsid w:val="00FF4CE9"/>
+    <w:rsid w:val="00FF600A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pl-PL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:doNotIncludeSubdocsInStats/>
+  <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{126A8144-CE3B-4BFA-AE75-7F7860F9C984}"/>
+  <w14:docId w14:val="1A4BCAC3"/>
+  <w14:defaultImageDpi w14:val="0"/>
+  <w15:docId w15:val="{6C65FAD3-AF59-47EA-B910-2D5A5ADF6E9A}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:kern w:val="24"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="pl-PL" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
-[...155 lines deleted...]
-    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
+    <w:lsdException w:name="Normal" w:locked="1" w:uiPriority="0"/>
+    <w:lsdException w:name="heading 1" w:locked="1" w:uiPriority="9"/>
+    <w:lsdException w:name="heading 2" w:locked="1" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:locked="1" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:locked="1" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:locked="1" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:locked="1" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:locked="1" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:locked="1" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:locked="1" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:locked="1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:locked="1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:locked="1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:locked="1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:locked="1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:locked="1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:locked="1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:locked="1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:locked="1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:locked="1" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:locked="1" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:locked="1" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:locked="1" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:locked="1" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:locked="1" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:locked="1" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
@@ -1642,151 +4769,837 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normalny">
     <w:name w:val="Normal"/>
-    <w:qFormat/>
+    <w:rsid w:val="00062EA5"/>
+    <w:pPr>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:adjustRightInd w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:lang w:val="pl-PL" w:eastAsia="pl-PL"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Nagwek1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:next w:val="Normalny"/>
+    <w:link w:val="Nagwek1Znak"/>
+    <w:uiPriority w:val="9"/>
+    <w:locked/>
+    <w:rsid w:val="007534FD"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:after="240" w:line="288" w:lineRule="auto"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cs="Times New Roman"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Domylnaczcionkaakapitu">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Standardowy">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Bezlisty">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="UMP-stopkastrony">
+    <w:name w:val="UMP - stopka strony"/>
+    <w:basedOn w:val="UMP-tekstpodstawowy"/>
+    <w:qFormat/>
+    <w:rsid w:val="00D528A2"/>
+    <w:pPr>
+      <w:spacing w:after="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Nagwek1Znak">
+    <w:name w:val="Nagłówek 1 Znak"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:link w:val="Nagwek1"/>
+    <w:uiPriority w:val="9"/>
+    <w:locked/>
+    <w:rsid w:val="007534FD"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cs="Times New Roman"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="UMP-zwrotszanowni">
+    <w:name w:val="UMP - zwrot szanowni"/>
+    <w:basedOn w:val="UMP-tekstpodstawowy"/>
+    <w:next w:val="UMP-tekstpodstawowy"/>
+    <w:rsid w:val="00EE07E5"/>
+    <w:pPr>
+      <w:spacing w:before="360"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="UMP-dotyczy">
+    <w:name w:val="UMP - dotyczy"/>
+    <w:basedOn w:val="UMP-tekstpodstawowy"/>
+    <w:next w:val="UMP-tekstpodstawowy"/>
+    <w:rsid w:val="0013266D"/>
+    <w:pPr>
+      <w:spacing w:before="480" w:after="480"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="UMP-stopkanrstrony">
+    <w:name w:val="UMP - stopka nr strony"/>
+    <w:basedOn w:val="UMP-stopkastrony"/>
+    <w:qFormat/>
+    <w:rsid w:val="00D528A2"/>
+    <w:pPr>
+      <w:jc w:val="center"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Tabela-Siatka">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="Standardowy"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="000A7EE5"/>
+    <w:pPr>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:adjustRightInd w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="pl-PL" w:eastAsia="pl-PL"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Tekstpodstawowywcity2">
+    <w:name w:val="Body Text Indent 2"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:link w:val="Tekstpodstawowywcity2Znak"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:locked/>
+    <w:rsid w:val="001C57E5"/>
+    <w:pPr>
+      <w:autoSpaceDE/>
+      <w:autoSpaceDN/>
+      <w:adjustRightInd/>
+      <w:spacing w:line="360" w:lineRule="auto"/>
+      <w:ind w:firstLine="709"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:hAnsi="Times New Roman"/>
+      <w:kern w:val="0"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Tekstdymka">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:link w:val="TekstdymkaZnak"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:locked/>
+    <w:rsid w:val="002C09DF"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Tekstpodstawowywcity2Znak">
+    <w:name w:val="Tekst podstawowy wcięty 2 Znak"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:link w:val="Tekstpodstawowywcity2"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:locked/>
+    <w:rsid w:val="001C57E5"/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="UMP-tekstpodstawowy">
+    <w:name w:val="UMP - tekst podstawowy"/>
+    <w:qFormat/>
+    <w:rsid w:val="00B35CB1"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="240" w:line="288" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:lang w:val="pl-PL" w:eastAsia="pl-PL"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TekstdymkaZnak">
+    <w:name w:val="Tekst dymka Znak"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:link w:val="Tekstdymka"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:locked/>
+    <w:rsid w:val="002C09DF"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:kern w:val="1"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="UMP-data-znak-UID-za-prowadzi">
+    <w:name w:val="UMP - data - znak - UID - zał - prowadzi"/>
+    <w:basedOn w:val="UMP-tekstpodstawowy"/>
+    <w:qFormat/>
+    <w:rsid w:val="00A46C03"/>
+    <w:pPr>
+      <w:spacing w:after="360"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="UMP-podpis">
+    <w:name w:val="UMP - podpis"/>
+    <w:basedOn w:val="UMP-tekstpodstawowy"/>
+    <w:rsid w:val="00464675"/>
+    <w:pPr>
+      <w:spacing w:after="480"/>
+      <w:ind w:left="4961"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="UMP-zwrotzpowaaniem">
+    <w:name w:val="UMP - zwrot z poważaniem"/>
+    <w:basedOn w:val="UMP-tekstpodstawowy"/>
+    <w:next w:val="UMP-podpis"/>
+    <w:qFormat/>
+    <w:rsid w:val="007F0D7E"/>
+    <w:pPr>
+      <w:spacing w:before="240" w:after="600"/>
+      <w:ind w:left="4961"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="UMP-odbiorca">
+    <w:name w:val="UMP - odbiorca"/>
+    <w:basedOn w:val="UMP-tekstpodstawowy"/>
+    <w:qFormat/>
+    <w:rsid w:val="00D14807"/>
+    <w:pPr>
+      <w:spacing w:after="0"/>
+      <w:ind w:left="4961"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="UMP-kodkreskowy">
+    <w:name w:val="UMP - kod kreskowy"/>
+    <w:next w:val="UMP-nrdziennika"/>
+    <w:qFormat/>
+    <w:rsid w:val="00B21712"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="4961"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Free 3 of 9" w:hAnsi="Free 3 of 9"/>
+      <w:kern w:val="40"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="pl-PL"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="UMP-nrdziennika">
+    <w:name w:val="UMP - nr dziennika"/>
+    <w:basedOn w:val="UMP-tekstpodstawowy"/>
+    <w:next w:val="UMP-odbiorca"/>
+    <w:qFormat/>
+    <w:rsid w:val="00EF7444"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+      <w:ind w:left="4961"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="UMP-nagwekstrony">
+    <w:name w:val="UMP - nagłówek strony"/>
+    <w:basedOn w:val="UMP-tekstpodstawowy"/>
+    <w:qFormat/>
+    <w:rsid w:val="00D528A2"/>
+    <w:pPr>
+      <w:spacing w:after="0"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="UMP-klauzularodotytu">
+    <w:name w:val="UMP - klauzula rodo tytuł"/>
+    <w:basedOn w:val="UMP-klauzularodotre"/>
+    <w:next w:val="UMP-klauzularodotre"/>
+    <w:qFormat/>
+    <w:rsid w:val="00520E68"/>
+    <w:pPr>
+      <w:pageBreakBefore/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="UMP-listawyroniona">
+    <w:name w:val="UMP - lista wyrożniona"/>
+    <w:basedOn w:val="UMP-tekstpodstawowy"/>
+    <w:rsid w:val="006546A5"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="1"/>
+      </w:numPr>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="UMP-listanumerowana">
+    <w:name w:val="UMP - lista numerowana"/>
+    <w:basedOn w:val="UMP-tekstpodstawowy"/>
+    <w:rsid w:val="00B21712"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="2"/>
+      </w:numPr>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Nagwek">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:link w:val="NagwekZnak"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:locked/>
+    <w:rsid w:val="00A52AC3"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4536"/>
+        <w:tab w:val="right" w:pos="9072"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Stopka">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:link w:val="StopkaZnak"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:locked/>
+    <w:rsid w:val="00A52AC3"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4536"/>
+        <w:tab w:val="right" w:pos="9072"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="NagwekZnak">
+    <w:name w:val="Nagłówek Znak"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:link w:val="Nagwek"/>
+    <w:uiPriority w:val="99"/>
+    <w:locked/>
+    <w:rsid w:val="00A52AC3"/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Hipercze">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:locked/>
+    <w:rsid w:val="00E7320A"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
+      <w:color w:val="auto"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="StopkaZnak">
+    <w:name w:val="Stopka Znak"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:link w:val="Stopka"/>
+    <w:uiPriority w:val="99"/>
+    <w:locked/>
+    <w:rsid w:val="00A52AC3"/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="UMP-klauzularodotre">
+    <w:name w:val="UMP - klauzula rodo treść"/>
+    <w:basedOn w:val="UMP-tekstpodstawowy"/>
+    <w:rsid w:val="004B0FE6"/>
+    <w:rPr>
+      <w:spacing w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Nierozpoznanawzmianka">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="002A70F3"/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="UMP-informacja">
+    <w:name w:val="UMP - informacja"/>
+    <w:basedOn w:val="UMP-tekstpodstawowy"/>
+    <w:rsid w:val="007A4D03"/>
+    <w:pPr>
+      <w:spacing w:before="480" w:after="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:spacing w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Tekstprzypisudolnego">
+    <w:name w:val="footnote text"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:link w:val="TekstprzypisudolnegoZnak"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:locked/>
+    <w:rsid w:val="00E017A9"/>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Odwoanieprzypisudolnego">
+    <w:name w:val="footnote reference"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:uiPriority w:val="99"/>
+    <w:locked/>
+    <w:rsid w:val="00E017A9"/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+      <w:vertAlign w:val="superscript"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TekstprzypisudolnegoZnak">
+    <w:name w:val="Tekst przypisu dolnego Znak"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:link w:val="Tekstprzypisudolnego"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:locked/>
+    <w:rsid w:val="00E017A9"/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="UyteHipercze">
+    <w:name w:val="FollowedHyperlink"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:locked/>
+    <w:rsid w:val="00B74887"/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+      <w:color w:val="954F72" w:themeColor="followedHyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Tekstkomentarza">
+    <w:name w:val="annotation text"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:link w:val="TekstkomentarzaZnak"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:locked/>
+    <w:rsid w:val="00372103"/>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Tematkomentarza">
+    <w:name w:val="annotation subject"/>
+    <w:basedOn w:val="Tekstkomentarza"/>
+    <w:next w:val="Tekstkomentarza"/>
+    <w:link w:val="TematkomentarzaZnak"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:locked/>
+    <w:rsid w:val="00372103"/>
+    <w:pPr>
+      <w:autoSpaceDE/>
+      <w:autoSpaceDN/>
+      <w:adjustRightInd/>
+      <w:spacing w:after="160"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:kern w:val="0"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TekstkomentarzaZnak">
+    <w:name w:val="Tekst komentarza Znak"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:link w:val="Tekstkomentarza"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:locked/>
+    <w:rsid w:val="00372103"/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="paragraph" w:styleId="Akapitzlist">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normalny"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="003409C8"/>
+    <w:rsid w:val="00E679A4"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TematkomentarzaZnak">
+    <w:name w:val="Temat komentarza Znak"/>
+    <w:basedOn w:val="TekstkomentarzaZnak"/>
+    <w:link w:val="Tematkomentarza"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:locked/>
+    <w:rsid w:val="00372103"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="x-none" w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Tabela-Elegancki">
+    <w:name w:val="Table Elegant"/>
+    <w:basedOn w:val="Standardowy"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00523734"/>
+    <w:pPr>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:adjustRightInd w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:lang w:val="pl-PL" w:eastAsia="pl-PL"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="double" w:sz="6" w:space="0" w:color="000000"/>
+        <w:left w:val="double" w:sz="6" w:space="0" w:color="000000"/>
+        <w:bottom w:val="double" w:sz="6" w:space="0" w:color="000000"/>
+        <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
+        <w:insideH w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+        <w:insideV w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:cs="Arial"/>
+        <w:caps/>
+        <w:color w:val="auto"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:tl2br w:val="none" w:sz="6" w:space="0" w:color="auto"/>
+          <w:tr2bl w:val="none" w:sz="6" w:space="0" w:color="auto"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+  <w:divs>
+    <w:div w:id="1493257544">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1493257545">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1493257546">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1493257547">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1493257548">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1493257549">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1493257550">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1493257551">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1493257552">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sip.lex.pl/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
+</file>
+
+<file path=word/_rels/fontTable.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font3.odttf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font2.odttf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font1.odttf"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font6.odttf"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font5.odttf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font4.odttf"/></Relationships>
+</file>
+
+<file path=word/_rels/footer2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.poznan.pl/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sekretariat_n.weremczuk@um.poznan.pl" TargetMode="External"/></Relationships>
+</file>
+
+<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motyw pakietu Office">
   <a:themeElements>
     <a:clrScheme name="Pakiet Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Pakiet Office">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Calibri Light"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
@@ -1794,51 +5607,51 @@
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
@@ -1994,74 +5807,91 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5460436B-6527-4F1C-AC7A-362FAF780A52}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>2358</Characters>
+  <Pages>5</Pages>
+  <Words>1866</Words>
+  <Characters>11199</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>19</Lines>
-  <Paragraphs>5</Paragraphs>
+  <Lines>93</Lines>
+  <Paragraphs>26</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Tytuł</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr/>
+      <vt:lpstr>odpowiedź na interpelację 292.24 ws. kosztów systemu gospodarki odpadami komunalnymi</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>ump</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2745</CharactersWithSpaces>
+  <CharactersWithSpaces>13039</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
+  <dc:title>odpowiedź na interpelację 292.24 ws. kosztów systemu gospodarki odpadami komunalnymi</dc:title>
   <dc:subject/>
-  <dc:creator>Ewa Jemielity</dc:creator>
-  <cp:keywords/>
+  <dc:creator>Urząd Miasta Poznania</dc:creator>
+  <cp:keywords>interpelacja; sygnalizacja; odpady; system gospodarki odpadami</cp:keywords>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>