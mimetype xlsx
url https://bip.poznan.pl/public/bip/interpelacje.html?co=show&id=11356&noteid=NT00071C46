--- v0 (2025-11-07)
+++ v1 (2026-01-12)
@@ -1,4566 +1,437 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="20416"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\bartwo\Desktop\Interpelacje i zapytania - stare\2024 interpelacje i zapytania\321 - Czerwiński i\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{9D8D0D9F-DCA8-4F9A-9D96-B7DD85456B4A}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{4BDF0E4B-5698-43A7-8013-23B53C37016C}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="Własność" sheetId="1" r:id="rId1"/>
+    <sheet name="Sieci" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Własność!$A$1:$C$2434</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Sieci!$A$1:$E$110</definedName>
   </definedNames>
-  <calcPr calcId="0"/>
+  <calcPr calcId="191029"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="7297" uniqueCount="1487">
-[...8 lines deleted...]
-  </si>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="341" uniqueCount="105">
   <si>
     <t>Andrychowska</t>
   </si>
   <si>
-    <t>11/39/12</t>
-[...137 lines deleted...]
-    <t>11/40/24</t>
+    <t>MB</t>
+  </si>
+  <si>
+    <t>brak sieci</t>
   </si>
   <si>
     <t>Arkońska</t>
   </si>
   <si>
-    <t>2/12/96/2</t>
-[...14 lines deleted...]
-    <t>2/12/52</t>
+    <t>Barwicka</t>
+  </si>
+  <si>
+    <t>KP</t>
+  </si>
+  <si>
+    <t>kanalizacja</t>
+  </si>
+  <si>
+    <t>wodociąg</t>
+  </si>
+  <si>
+    <t>gazociąg</t>
+  </si>
+  <si>
+    <t>Berylowa</t>
+  </si>
+  <si>
+    <t>Beskidzka</t>
+  </si>
+  <si>
+    <t>Bronisława</t>
+  </si>
+  <si>
+    <t>Brzoskwiniowa</t>
+  </si>
+  <si>
+    <t>Karola Buczka</t>
+  </si>
+  <si>
+    <t>telekomunikacja</t>
+  </si>
+  <si>
+    <t>Budzisława</t>
+  </si>
+  <si>
+    <t>Chrzanowska</t>
   </si>
   <si>
     <t>Augusta Cieszkowskiego</t>
   </si>
   <si>
-    <t>25/16/24/10</t>
-[...53 lines deleted...]
-    <t>25/16/24/45</t>
+    <t>Cieszyńska</t>
+  </si>
+  <si>
+    <t>Romana Dmowskiego</t>
   </si>
   <si>
     <t>Augusta Emila Fieldorfa</t>
   </si>
   <si>
-    <t>25/07/3/169</t>
-[...608 lines deleted...]
-    <t>60/21/133</t>
+    <t>Garaszewo</t>
+  </si>
+  <si>
+    <t>Witolda Gombrowicza</t>
+  </si>
+  <si>
+    <t>Gorzyńska</t>
+  </si>
+  <si>
+    <t>Gorzysława</t>
+  </si>
+  <si>
+    <t>Gospodarska</t>
+  </si>
+  <si>
+    <t>Gryfińska</t>
+  </si>
+  <si>
+    <t>Iłżańska</t>
+  </si>
+  <si>
+    <t>Karola Irzykowskiego</t>
+  </si>
+  <si>
+    <t>Jabłonkowska</t>
+  </si>
+  <si>
+    <t>Jarowa</t>
+  </si>
+  <si>
+    <t>Jędrzejowska</t>
+  </si>
+  <si>
+    <t>Juranda</t>
+  </si>
+  <si>
+    <t>PB</t>
+  </si>
+  <si>
+    <t>Kaczeńcowa</t>
+  </si>
+  <si>
+    <t>Kłosowa</t>
+  </si>
+  <si>
+    <t>Konarzewska</t>
+  </si>
+  <si>
+    <t>Gertrudy Konatkowskiej</t>
+  </si>
+  <si>
+    <t>Koralowa</t>
+  </si>
+  <si>
+    <t>Tadeusza Kotarbińskiego</t>
+  </si>
+  <si>
+    <t>Stanisława Kunickiego</t>
+  </si>
+  <si>
+    <t>Leśnych Skrzatów</t>
+  </si>
+  <si>
+    <t>Lubieńska</t>
+  </si>
+  <si>
+    <t>Łopianowa</t>
+  </si>
+  <si>
+    <t>Magnoliowa</t>
+  </si>
+  <si>
+    <t>Michałowo</t>
+  </si>
+  <si>
+    <t>Miedziana</t>
+  </si>
+  <si>
+    <t>Mielecka</t>
+  </si>
+  <si>
+    <t>Międzyleska</t>
+  </si>
+  <si>
+    <t>Międzyzdrojska</t>
+  </si>
+  <si>
+    <t>Miętowa</t>
+  </si>
+  <si>
+    <t>Mikołowska</t>
+  </si>
+  <si>
+    <t>Miśnieńska</t>
+  </si>
+  <si>
+    <t>Nałęczowska</t>
+  </si>
+  <si>
+    <t>Niska</t>
+  </si>
+  <si>
+    <t>Obrzańska</t>
+  </si>
+  <si>
+    <t>Oławska</t>
+  </si>
+  <si>
+    <t>Witolda Pileckiego</t>
+  </si>
+  <si>
+    <t>Piołunowa</t>
+  </si>
+  <si>
+    <t>BR</t>
+  </si>
+  <si>
+    <t>Policka</t>
+  </si>
+  <si>
+    <t>Haliny Poświatowskiej</t>
+  </si>
+  <si>
+    <t>Prusimska</t>
+  </si>
+  <si>
+    <t>Pszczyńska</t>
+  </si>
+  <si>
+    <t>Rabczańska</t>
   </si>
   <si>
     <t>Edwarda Raczyńskiego</t>
   </si>
   <si>
-    <t>28/03/106</t>
-[...392 lines deleted...]
-    <t>25/07/5/515</t>
+    <t>Radłowa</t>
+  </si>
+  <si>
+    <t>Mariana Rejewskiego</t>
+  </si>
+  <si>
+    <t>Rozwadowska</t>
+  </si>
+  <si>
+    <t>Równa</t>
+  </si>
+  <si>
+    <t>Stefana Różyckiego</t>
+  </si>
+  <si>
+    <t>Rubież</t>
   </si>
   <si>
     <t>Heleny Rzepeckiej</t>
   </si>
   <si>
-    <t>28/03/47</t>
-[...8 lines deleted...]
-    <t>28/03/46</t>
+    <t>Sanocka</t>
+  </si>
+  <si>
+    <t>Sierpowa</t>
+  </si>
+  <si>
+    <t>Sowice</t>
+  </si>
+  <si>
+    <t>Starogardzka</t>
   </si>
   <si>
     <t>Henryka Sucharskiego</t>
   </si>
   <si>
-    <t>60/23/181</t>
-[...2197 lines deleted...]
-  <si>
     <t>Śliska</t>
   </si>
   <si>
-    <t>6/14/25/47</t>
-[...37 lines deleted...]
-  <si>
     <t>Świętowidzka</t>
   </si>
   <si>
-    <t>2/26/23/11</t>
-[...70 lines deleted...]
-  <si>
     <t>Templińska</t>
   </si>
   <si>
-    <t>38/04/172</t>
-[...34 lines deleted...]
-  <si>
     <t>Terespolska</t>
   </si>
   <si>
-    <t>1/30/236/4</t>
-[...31 lines deleted...]
-  <si>
     <t>Tyska</t>
   </si>
   <si>
-    <t>20/02/38/3</t>
-[...40 lines deleted...]
-  <si>
     <t>Ustrzycka</t>
   </si>
   <si>
-    <t>9/15/4/12</t>
-[...46 lines deleted...]
-  <si>
     <t>Wadowicka</t>
   </si>
   <si>
-    <t>11/40/20/6</t>
-[...64 lines deleted...]
-  <si>
     <t>Wagrowska</t>
   </si>
   <si>
-    <t>6/13/35/1</t>
-[...32 lines deleted...]
-    <t>6/13/34/2</t>
+    <t>Wałecka</t>
+  </si>
+  <si>
+    <t>Wilków Morskich</t>
+  </si>
+  <si>
+    <t>Witnicka</t>
+  </si>
+  <si>
+    <t>Wołkowyska</t>
   </si>
   <si>
     <t>Walerego Wróblewskiego</t>
   </si>
   <si>
-    <t>60/29/8</t>
-[...511 lines deleted...]
-  <si>
     <t>Wybieg</t>
   </si>
   <si>
     <t>Zagajnikowa</t>
   </si>
   <si>
-    <t>56/22/14/98</t>
-[...50 lines deleted...]
-    <t>56/22/14/96</t>
+    <t>Zygmunta Zaleskiego</t>
   </si>
   <si>
     <t>Zwrotnicza</t>
   </si>
   <si>
-    <t>Zygmunta Zaleskiego</t>
-[...17 lines deleted...]
-    <t>28/03/145</t>
+    <t>Legenda</t>
+  </si>
+  <si>
+    <t>nawierzchnia brukowcowa</t>
+  </si>
+  <si>
+    <t>nawierzchnia z kostki prefabrykowanej</t>
+  </si>
+  <si>
+    <t>nawierzchnia bitumiczna</t>
+  </si>
+  <si>
+    <t>nawierzchnia z prefabrykatów betonowych</t>
+  </si>
+  <si>
+    <t>NAZWA ULICY</t>
+  </si>
+  <si>
+    <t>PRZEWAŻAJĄCY RODZAJ NAWIERZCHNI</t>
+  </si>
+  <si>
+    <t>LICZBA PUNKTÓW ADRESOWYCH</t>
+  </si>
+  <si>
+    <t>RODZAJ SIECI</t>
+  </si>
+  <si>
+    <t>DLUGOŚĆ DROGI O NIEUTWARDZONEJ NAWIERZCHNI</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="1" x14ac:knownFonts="1">
+  <fonts count="2">
     <font>
       <sz val="11"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <name val="Dialog"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="1">
+  <cellXfs count="5">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normalny" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motyw pakietu Office">
   <a:themeElements>
     <a:clrScheme name="Pakiet Office">
@@ -4833,26844 +704,1990 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
+</file>
+
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:C2434"/>
+  <dimension ref="A1:J110"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="N11" sqref="N11"/>
+      <pane ySplit="1" topLeftCell="A74" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="D100" sqref="D100"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="24.28515625" bestFit="1" customWidth="1"/>
-    <col min="2" max="2" width="13.7109375" bestFit="1" customWidth="1"/>
-    <col min="3" max="3" width="20.7109375" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="22.5703125" customWidth="1"/>
+    <col min="3" max="3" width="25.140625" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="22" style="3" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="15.85546875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A1" t="s">
+    <row r="1" spans="1:10" ht="45">
+      <c r="A1" s="2" t="s">
+        <v>100</v>
+      </c>
+      <c r="B1" s="2" t="s">
+        <v>104</v>
+      </c>
+      <c r="C1" t="s">
+        <v>102</v>
+      </c>
+      <c r="D1" s="4" t="s">
+        <v>101</v>
+      </c>
+      <c r="E1" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="2" spans="1:10">
+      <c r="A2" t="s">
         <v>0</v>
       </c>
-      <c r="B1" t="s">
-[...17 lines deleted...]
-    <row r="3" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="B2" s="1">
+        <v>297</v>
+      </c>
+      <c r="C2" s="1">
+        <v>64</v>
+      </c>
+      <c r="D2" s="3" t="s">
+        <v>1</v>
+      </c>
+      <c r="E2" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="3" spans="1:10">
       <c r="A3" t="s">
         <v>3</v>
       </c>
-      <c r="B3" t="s">
+      <c r="B3" s="1">
+        <v>82</v>
+      </c>
+      <c r="C3" s="1">
+        <v>28</v>
+      </c>
+      <c r="D3" s="3" t="s">
+        <v>1</v>
+      </c>
+      <c r="E3" t="s">
+        <v>2</v>
+      </c>
+      <c r="I3" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="4" spans="1:10">
+      <c r="A4" t="s">
+        <v>4</v>
+      </c>
+      <c r="B4" s="1">
+        <v>113</v>
+      </c>
+      <c r="C4" s="1">
+        <v>24</v>
+      </c>
+      <c r="D4" s="3" t="s">
+        <v>5</v>
+      </c>
+      <c r="E4" t="s">
         <v>6</v>
       </c>
-      <c r="C3" t="s">
-[...4 lines deleted...]
-      <c r="A4" t="s">
+      <c r="I4" t="s">
+        <v>59</v>
+      </c>
+      <c r="J4" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="5" spans="1:10">
+      <c r="A5" t="s">
+        <v>4</v>
+      </c>
+      <c r="B5" s="1">
+        <v>113</v>
+      </c>
+      <c r="C5" s="1">
+        <v>24</v>
+      </c>
+      <c r="D5" s="3" t="s">
+        <v>5</v>
+      </c>
+      <c r="E5" t="s">
+        <v>7</v>
+      </c>
+      <c r="I5" t="s">
+        <v>5</v>
+      </c>
+      <c r="J5" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="6" spans="1:10">
+      <c r="A6" t="s">
+        <v>4</v>
+      </c>
+      <c r="B6" s="1">
+        <v>113</v>
+      </c>
+      <c r="C6" s="1">
+        <v>24</v>
+      </c>
+      <c r="D6" s="3" t="s">
+        <v>5</v>
+      </c>
+      <c r="E6" t="s">
+        <v>8</v>
+      </c>
+      <c r="I6" t="s">
+        <v>1</v>
+      </c>
+      <c r="J6" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="7" spans="1:10">
+      <c r="A7" t="s">
+        <v>9</v>
+      </c>
+      <c r="B7" s="1">
+        <v>28</v>
+      </c>
+      <c r="C7" s="1">
+        <v>4</v>
+      </c>
+      <c r="D7" s="3" t="s">
+        <v>5</v>
+      </c>
+      <c r="E7" t="s">
+        <v>7</v>
+      </c>
+      <c r="I7" t="s">
+        <v>33</v>
+      </c>
+      <c r="J7" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="8" spans="1:10">
+      <c r="A8" t="s">
+        <v>10</v>
+      </c>
+      <c r="B8" s="1">
+        <v>1637</v>
+      </c>
+      <c r="C8" s="1">
+        <v>52</v>
+      </c>
+      <c r="D8" s="3" t="s">
+        <v>1</v>
+      </c>
+      <c r="E8" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="9" spans="1:10">
+      <c r="A9" t="s">
+        <v>11</v>
+      </c>
+      <c r="B9" s="1">
+        <v>125</v>
+      </c>
+      <c r="C9" s="1">
+        <v>4</v>
+      </c>
+      <c r="D9" s="3" t="s">
+        <v>1</v>
+      </c>
+      <c r="E9" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="10" spans="1:10">
+      <c r="A10" t="s">
+        <v>12</v>
+      </c>
+      <c r="B10" s="1">
+        <v>162</v>
+      </c>
+      <c r="C10" s="1">
+        <v>22</v>
+      </c>
+      <c r="D10" s="3" t="s">
+        <v>1</v>
+      </c>
+      <c r="E10" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="11" spans="1:10">
+      <c r="A11" t="s">
+        <v>12</v>
+      </c>
+      <c r="B11" s="1">
+        <v>162</v>
+      </c>
+      <c r="C11" s="1">
+        <v>22</v>
+      </c>
+      <c r="D11" s="3" t="s">
+        <v>1</v>
+      </c>
+      <c r="E11" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="12" spans="1:10">
+      <c r="A12" t="s">
+        <v>12</v>
+      </c>
+      <c r="B12" s="1">
+        <v>162</v>
+      </c>
+      <c r="C12" s="1">
+        <v>22</v>
+      </c>
+      <c r="D12" s="3" t="s">
+        <v>1</v>
+      </c>
+      <c r="E12" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="13" spans="1:10">
+      <c r="A13" t="s">
+        <v>13</v>
+      </c>
+      <c r="B13" s="1">
+        <v>227</v>
+      </c>
+      <c r="C13" s="1">
+        <v>29</v>
+      </c>
+      <c r="D13" s="3" t="s">
+        <v>1</v>
+      </c>
+      <c r="E13" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="14" spans="1:10">
+      <c r="A14" t="s">
+        <v>13</v>
+      </c>
+      <c r="B14" s="1">
+        <v>227</v>
+      </c>
+      <c r="C14" s="1">
+        <v>29</v>
+      </c>
+      <c r="D14" s="3" t="s">
+        <v>1</v>
+      </c>
+      <c r="E14" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="15" spans="1:10">
+      <c r="A15" t="s">
+        <v>15</v>
+      </c>
+      <c r="B15" s="1">
+        <v>56</v>
+      </c>
+      <c r="C15" s="1">
+        <v>16</v>
+      </c>
+      <c r="D15" s="3" t="s">
+        <v>5</v>
+      </c>
+      <c r="E15" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="16" spans="1:10">
+      <c r="A16" t="s">
+        <v>16</v>
+      </c>
+      <c r="B16" s="1">
+        <v>141</v>
+      </c>
+      <c r="C16" s="1">
+        <v>31</v>
+      </c>
+      <c r="D16" s="3" t="s">
+        <v>1</v>
+      </c>
+      <c r="E16" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="17" spans="1:5">
+      <c r="A17" t="s">
+        <v>17</v>
+      </c>
+      <c r="B17" s="1">
+        <v>281</v>
+      </c>
+      <c r="C17" s="1">
+        <v>99</v>
+      </c>
+      <c r="D17" s="3" t="s">
+        <v>5</v>
+      </c>
+      <c r="E17" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="18" spans="1:5">
+      <c r="A18" t="s">
+        <v>17</v>
+      </c>
+      <c r="B18" s="1">
+        <v>281</v>
+      </c>
+      <c r="C18" s="1">
+        <v>99</v>
+      </c>
+      <c r="D18" s="3" t="s">
+        <v>5</v>
+      </c>
+      <c r="E18" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="19" spans="1:5">
+      <c r="A19" t="s">
+        <v>17</v>
+      </c>
+      <c r="B19" s="1">
+        <v>281</v>
+      </c>
+      <c r="C19" s="1">
+        <v>99</v>
+      </c>
+      <c r="D19" s="3" t="s">
+        <v>5</v>
+      </c>
+      <c r="E19" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="20" spans="1:5">
+      <c r="A20" t="s">
+        <v>18</v>
+      </c>
+      <c r="B20" s="1">
+        <v>245</v>
+      </c>
+      <c r="C20" s="1">
+        <v>29</v>
+      </c>
+      <c r="D20" s="3" t="s">
+        <v>1</v>
+      </c>
+      <c r="E20" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="21" spans="1:5">
+      <c r="A21" t="s">
+        <v>19</v>
+      </c>
+      <c r="B21" s="1">
+        <v>258</v>
+      </c>
+      <c r="C21" s="1">
+        <v>84</v>
+      </c>
+      <c r="D21" s="3" t="s">
+        <v>1</v>
+      </c>
+      <c r="E21" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="22" spans="1:5">
+      <c r="A22" t="s">
+        <v>20</v>
+      </c>
+      <c r="B22" s="1">
+        <v>394</v>
+      </c>
+      <c r="C22" s="1">
+        <v>8</v>
+      </c>
+      <c r="D22" s="3" t="s">
+        <v>1</v>
+      </c>
+      <c r="E22" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="23" spans="1:5">
+      <c r="A23" t="s">
+        <v>21</v>
+      </c>
+      <c r="B23" s="1">
+        <v>920</v>
+      </c>
+      <c r="C23" s="1">
+        <v>55</v>
+      </c>
+      <c r="D23" s="3" t="s">
+        <v>1</v>
+      </c>
+      <c r="E23" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="24" spans="1:5">
+      <c r="A24" t="s">
+        <v>22</v>
+      </c>
+      <c r="B24" s="1">
+        <v>62</v>
+      </c>
+      <c r="C24" s="1">
+        <v>38</v>
+      </c>
+      <c r="D24" s="3" t="s">
+        <v>5</v>
+      </c>
+      <c r="E24" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="25" spans="1:5">
+      <c r="A25" t="s">
+        <v>23</v>
+      </c>
+      <c r="B25" s="1">
+        <v>45</v>
+      </c>
+      <c r="C25" s="1">
+        <v>26</v>
+      </c>
+      <c r="D25" s="3" t="s">
+        <v>5</v>
+      </c>
+      <c r="E25" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="26" spans="1:5">
+      <c r="A26" t="s">
+        <v>24</v>
+      </c>
+      <c r="B26" s="1">
+        <v>234</v>
+      </c>
+      <c r="C26" s="1">
+        <v>28</v>
+      </c>
+      <c r="D26" s="3" t="s">
+        <v>1</v>
+      </c>
+      <c r="E26" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="27" spans="1:5">
+      <c r="A27" t="s">
+        <v>25</v>
+      </c>
+      <c r="B27" s="1">
+        <v>889</v>
+      </c>
+      <c r="C27" s="1">
+        <v>45</v>
+      </c>
+      <c r="D27" s="3" t="s">
+        <v>1</v>
+      </c>
+      <c r="E27" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="28" spans="1:5">
+      <c r="A28" t="s">
+        <v>26</v>
+      </c>
+      <c r="B28" s="1">
+        <v>115</v>
+      </c>
+      <c r="C28" s="1">
+        <v>26</v>
+      </c>
+      <c r="D28" s="3" t="s">
+        <v>5</v>
+      </c>
+      <c r="E28" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="29" spans="1:5">
+      <c r="A29" t="s">
+        <v>26</v>
+      </c>
+      <c r="B29" s="1">
+        <v>115</v>
+      </c>
+      <c r="C29" s="1">
+        <v>26</v>
+      </c>
+      <c r="D29" s="3" t="s">
+        <v>5</v>
+      </c>
+      <c r="E29" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="30" spans="1:5">
+      <c r="A30" t="s">
+        <v>27</v>
+      </c>
+      <c r="B30" s="1">
+        <v>146</v>
+      </c>
+      <c r="C30" s="1">
+        <v>25</v>
+      </c>
+      <c r="D30" s="3" t="s">
+        <v>1</v>
+      </c>
+      <c r="E30" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="31" spans="1:5">
+      <c r="A31" t="s">
+        <v>28</v>
+      </c>
+      <c r="B31" s="1">
+        <v>134</v>
+      </c>
+      <c r="C31" s="1">
+        <v>10</v>
+      </c>
+      <c r="D31" s="3" t="s">
+        <v>5</v>
+      </c>
+      <c r="E31" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="32" spans="1:5">
+      <c r="A32" t="s">
+        <v>28</v>
+      </c>
+      <c r="B32" s="1">
+        <v>134</v>
+      </c>
+      <c r="C32" s="1">
+        <v>10</v>
+      </c>
+      <c r="D32" s="3" t="s">
+        <v>5</v>
+      </c>
+      <c r="E32" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="33" spans="1:5">
+      <c r="A33" t="s">
+        <v>29</v>
+      </c>
+      <c r="B33" s="1">
+        <v>67</v>
+      </c>
+      <c r="C33" s="1">
+        <v>46</v>
+      </c>
+      <c r="D33" s="3" t="s">
+        <v>1</v>
+      </c>
+      <c r="E33" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="34" spans="1:5">
+      <c r="A34" t="s">
+        <v>30</v>
+      </c>
+      <c r="B34" s="1">
+        <v>197</v>
+      </c>
+      <c r="C34" s="1">
+        <v>44</v>
+      </c>
+      <c r="D34" s="3" t="s">
+        <v>1</v>
+      </c>
+      <c r="E34" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="35" spans="1:5">
+      <c r="A35" t="s">
+        <v>30</v>
+      </c>
+      <c r="B35" s="1">
+        <v>197</v>
+      </c>
+      <c r="C35" s="1">
+        <v>44</v>
+      </c>
+      <c r="D35" s="3" t="s">
+        <v>1</v>
+      </c>
+      <c r="E35" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="36" spans="1:5">
+      <c r="A36" t="s">
+        <v>31</v>
+      </c>
+      <c r="B36" s="1">
+        <v>566</v>
+      </c>
+      <c r="C36" s="1">
+        <v>50</v>
+      </c>
+      <c r="D36" s="3" t="s">
+        <v>1</v>
+      </c>
+      <c r="E36" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="37" spans="1:5">
+      <c r="A37" t="s">
+        <v>32</v>
+      </c>
+      <c r="B37" s="1">
+        <v>148</v>
+      </c>
+      <c r="C37" s="1">
+        <v>6</v>
+      </c>
+      <c r="D37" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E37" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="38" spans="1:5">
+      <c r="A38" t="s">
+        <v>34</v>
+      </c>
+      <c r="B38" s="1">
+        <v>207</v>
+      </c>
+      <c r="C38" s="1">
+        <v>44</v>
+      </c>
+      <c r="D38" s="3" t="s">
+        <v>5</v>
+      </c>
+      <c r="E38" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="39" spans="1:5">
+      <c r="A39" t="s">
+        <v>35</v>
+      </c>
+      <c r="B39" s="1">
+        <v>45</v>
+      </c>
+      <c r="C39" s="1">
+        <v>19</v>
+      </c>
+      <c r="D39" s="3" t="s">
+        <v>5</v>
+      </c>
+      <c r="E39" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="40" spans="1:5">
+      <c r="A40" t="s">
+        <v>36</v>
+      </c>
+      <c r="B40" s="1">
+        <v>54</v>
+      </c>
+      <c r="C40" s="1">
+        <v>32</v>
+      </c>
+      <c r="D40" s="3" t="s">
+        <v>1</v>
+      </c>
+      <c r="E40" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="41" spans="1:5">
+      <c r="A41" t="s">
+        <v>37</v>
+      </c>
+      <c r="B41" s="1">
+        <v>52</v>
+      </c>
+      <c r="C41" s="1">
+        <v>46</v>
+      </c>
+      <c r="D41" s="3" t="s">
+        <v>5</v>
+      </c>
+      <c r="E41" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="42" spans="1:5">
+      <c r="A42" t="s">
+        <v>38</v>
+      </c>
+      <c r="B42" s="1">
+        <v>68</v>
+      </c>
+      <c r="C42" s="1">
         <v>3</v>
       </c>
-      <c r="B4" t="s">
+      <c r="D42" s="3" t="s">
+        <v>5</v>
+      </c>
+      <c r="E42" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="43" spans="1:5">
+      <c r="A43" t="s">
+        <v>39</v>
+      </c>
+      <c r="B43" s="1">
+        <v>21</v>
+      </c>
+      <c r="C43" s="1">
+        <v>4</v>
+      </c>
+      <c r="D43" s="3" t="s">
+        <v>5</v>
+      </c>
+      <c r="E43" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="44" spans="1:5">
+      <c r="A44" t="s">
+        <v>39</v>
+      </c>
+      <c r="B44" s="1">
+        <v>21</v>
+      </c>
+      <c r="C44" s="1">
+        <v>4</v>
+      </c>
+      <c r="D44" s="3" t="s">
+        <v>5</v>
+      </c>
+      <c r="E44" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="45" spans="1:5">
+      <c r="A45" t="s">
+        <v>40</v>
+      </c>
+      <c r="B45" s="1">
+        <v>106</v>
+      </c>
+      <c r="C45" s="1">
+        <v>39</v>
+      </c>
+      <c r="D45" s="3" t="s">
+        <v>5</v>
+      </c>
+      <c r="E45" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="46" spans="1:5">
+      <c r="A46" t="s">
+        <v>41</v>
+      </c>
+      <c r="B46" s="1">
+        <v>1293</v>
+      </c>
+      <c r="C46" s="1">
+        <v>0</v>
+      </c>
+      <c r="D46" s="3" t="s">
+        <v>1</v>
+      </c>
+      <c r="E46" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="47" spans="1:5">
+      <c r="A47" t="s">
+        <v>42</v>
+      </c>
+      <c r="B47" s="1">
+        <v>65</v>
+      </c>
+      <c r="C47" s="1">
+        <v>16</v>
+      </c>
+      <c r="D47" s="3" t="s">
+        <v>1</v>
+      </c>
+      <c r="E47" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="48" spans="1:5">
+      <c r="A48" t="s">
+        <v>43</v>
+      </c>
+      <c r="B48" s="1">
+        <v>188</v>
+      </c>
+      <c r="C48" s="1">
+        <v>30</v>
+      </c>
+      <c r="D48" s="3" t="s">
+        <v>5</v>
+      </c>
+      <c r="E48" t="s">
         <v>7</v>
       </c>
-      <c r="C4" t="s">
+    </row>
+    <row r="49" spans="1:5">
+      <c r="A49" t="s">
+        <v>44</v>
+      </c>
+      <c r="B49" s="1">
+        <v>206</v>
+      </c>
+      <c r="C49" s="1">
+        <v>34</v>
+      </c>
+      <c r="D49" s="3" t="s">
+        <v>1</v>
+      </c>
+      <c r="E49" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="50" spans="1:5">
+      <c r="A50" t="s">
+        <v>45</v>
+      </c>
+      <c r="B50" s="1">
+        <v>1194</v>
+      </c>
+      <c r="C50" s="1">
+        <v>0</v>
+      </c>
+      <c r="D50" s="3" t="s">
+        <v>1</v>
+      </c>
+      <c r="E50" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="51" spans="1:5">
+      <c r="A51" t="s">
+        <v>46</v>
+      </c>
+      <c r="B51" s="1">
+        <v>134</v>
+      </c>
+      <c r="C51" s="1">
+        <v>2</v>
+      </c>
+      <c r="D51" s="3" t="s">
+        <v>5</v>
+      </c>
+      <c r="E51" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="52" spans="1:5">
+      <c r="A52" t="s">
+        <v>47</v>
+      </c>
+      <c r="B52" s="1">
+        <v>70</v>
+      </c>
+      <c r="C52" s="1">
+        <v>9</v>
+      </c>
+      <c r="D52" s="3" t="s">
+        <v>1</v>
+      </c>
+      <c r="E52" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="53" spans="1:5">
+      <c r="A53" t="s">
+        <v>47</v>
+      </c>
+      <c r="B53" s="1">
+        <v>70</v>
+      </c>
+      <c r="C53" s="1">
+        <v>9</v>
+      </c>
+      <c r="D53" s="3" t="s">
+        <v>1</v>
+      </c>
+      <c r="E53" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="5" spans="1:3" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="B5" t="s">
+    <row r="54" spans="1:5">
+      <c r="A54" t="s">
+        <v>47</v>
+      </c>
+      <c r="B54" s="1">
+        <v>70</v>
+      </c>
+      <c r="C54" s="1">
         <v>9</v>
       </c>
-      <c r="C5" t="s">
-[...51 lines deleted...]
-      <c r="B10" t="s">
+      <c r="D54" s="3" t="s">
+        <v>1</v>
+      </c>
+      <c r="E54" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="55" spans="1:5">
+      <c r="A55" t="s">
+        <v>48</v>
+      </c>
+      <c r="B55" s="1">
+        <v>164</v>
+      </c>
+      <c r="C55" s="1">
+        <v>35</v>
+      </c>
+      <c r="D55" s="3" t="s">
+        <v>5</v>
+      </c>
+      <c r="E55" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="56" spans="1:5">
+      <c r="A56" t="s">
+        <v>49</v>
+      </c>
+      <c r="B56" s="1">
+        <v>373</v>
+      </c>
+      <c r="C56" s="1">
+        <v>36</v>
+      </c>
+      <c r="D56" s="3" t="s">
+        <v>5</v>
+      </c>
+      <c r="E56" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="57" spans="1:5">
+      <c r="A57" t="s">
+        <v>50</v>
+      </c>
+      <c r="B57" s="1">
+        <v>552</v>
+      </c>
+      <c r="C57" s="1">
+        <v>48</v>
+      </c>
+      <c r="D57" s="3" t="s">
+        <v>1</v>
+      </c>
+      <c r="E57" t="s">
         <v>14</v>
       </c>
-      <c r="C10" t="s">
-[...520 lines deleted...]
-    <row r="58" spans="1:3" x14ac:dyDescent="0.25">
+    </row>
+    <row r="58" spans="1:5">
       <c r="A58" t="s">
         <v>51</v>
       </c>
-      <c r="B58" t="s">
+      <c r="B58" s="1">
+        <v>232</v>
+      </c>
+      <c r="C58" s="1">
+        <v>2</v>
+      </c>
+      <c r="D58" s="3" t="s">
+        <v>1</v>
+      </c>
+      <c r="E58" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="59" spans="1:5">
+      <c r="A59" t="s">
         <v>52</v>
       </c>
-      <c r="C58" t="s">
+      <c r="B59" s="1">
+        <v>389</v>
+      </c>
+      <c r="C59" s="1">
+        <v>37</v>
+      </c>
+      <c r="D59" s="3" t="s">
+        <v>1</v>
+      </c>
+      <c r="E59" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="60" spans="1:5">
+      <c r="A60" t="s">
+        <v>52</v>
+      </c>
+      <c r="B60" s="1">
+        <v>389</v>
+      </c>
+      <c r="C60" s="1">
+        <v>37</v>
+      </c>
+      <c r="D60" s="3" t="s">
+        <v>1</v>
+      </c>
+      <c r="E60" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="61" spans="1:5">
+      <c r="A61" t="s">
+        <v>53</v>
+      </c>
+      <c r="B61" s="1">
+        <v>279</v>
+      </c>
+      <c r="C61" s="1">
+        <v>98</v>
+      </c>
+      <c r="D61" s="3" t="s">
+        <v>1</v>
+      </c>
+      <c r="E61" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="62" spans="1:5">
+      <c r="A62" t="s">
+        <v>54</v>
+      </c>
+      <c r="B62" s="1">
+        <v>134</v>
+      </c>
+      <c r="C62" s="1">
+        <v>2</v>
+      </c>
+      <c r="D62" s="3" t="s">
+        <v>1</v>
+      </c>
+      <c r="E62" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="63" spans="1:5">
+      <c r="A63" t="s">
+        <v>55</v>
+      </c>
+      <c r="B63" s="1">
+        <v>81</v>
+      </c>
+      <c r="C63" s="1">
+        <v>11</v>
+      </c>
+      <c r="D63" s="3" t="s">
+        <v>1</v>
+      </c>
+      <c r="E63" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="64" spans="1:5">
+      <c r="A64" t="s">
+        <v>56</v>
+      </c>
+      <c r="B64" s="1">
+        <v>219</v>
+      </c>
+      <c r="C64" s="1">
+        <v>1</v>
+      </c>
+      <c r="D64" s="3" t="s">
+        <v>1</v>
+      </c>
+      <c r="E64" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="65" spans="1:5">
+      <c r="A65" t="s">
+        <v>57</v>
+      </c>
+      <c r="B65" s="1">
+        <v>257</v>
+      </c>
+      <c r="C65" s="1">
+        <v>18</v>
+      </c>
+      <c r="D65" s="3" t="s">
+        <v>1</v>
+      </c>
+      <c r="E65" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="59" spans="1:3" x14ac:dyDescent="0.25">
-[...36 lines deleted...]
-      <c r="B62" t="s">
+    <row r="66" spans="1:5">
+      <c r="A66" t="s">
         <v>57</v>
       </c>
-      <c r="C62" t="s">
-[...7 lines deleted...]
-      <c r="B63" t="s">
+      <c r="B66" s="1">
+        <v>257</v>
+      </c>
+      <c r="C66" s="1">
+        <v>18</v>
+      </c>
+      <c r="D66" s="3" t="s">
+        <v>1</v>
+      </c>
+      <c r="E66" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="67" spans="1:5">
+      <c r="A67" t="s">
         <v>57</v>
       </c>
-      <c r="C63" t="s">
-[...47 lines deleted...]
-    <row r="68" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="B67" s="1">
+        <v>257</v>
+      </c>
+      <c r="C67" s="1">
+        <v>18</v>
+      </c>
+      <c r="D67" s="3" t="s">
+        <v>1</v>
+      </c>
+      <c r="E67" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="68" spans="1:5">
       <c r="A68" t="s">
         <v>58</v>
       </c>
-      <c r="B68" t="s">
+      <c r="B68" s="1">
+        <v>243</v>
+      </c>
+      <c r="C68" s="1">
+        <v>22</v>
+      </c>
+      <c r="D68" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="E68" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="69" spans="1:5">
+      <c r="A69" t="s">
+        <v>60</v>
+      </c>
+      <c r="B69" s="1">
+        <v>76</v>
+      </c>
+      <c r="C69" s="1">
+        <v>0</v>
+      </c>
+      <c r="D69" s="3" t="s">
+        <v>1</v>
+      </c>
+      <c r="E69" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="70" spans="1:5">
+      <c r="A70" t="s">
+        <v>60</v>
+      </c>
+      <c r="B70" s="1">
+        <v>76</v>
+      </c>
+      <c r="C70" s="1">
+        <v>0</v>
+      </c>
+      <c r="D70" s="3" t="s">
+        <v>1</v>
+      </c>
+      <c r="E70" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="71" spans="1:5">
+      <c r="A71" t="s">
+        <v>61</v>
+      </c>
+      <c r="B71" s="1">
+        <v>129</v>
+      </c>
+      <c r="C71" s="1">
+        <v>13</v>
+      </c>
+      <c r="D71" s="3" t="s">
+        <v>1</v>
+      </c>
+      <c r="E71" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="72" spans="1:5">
+      <c r="A72" t="s">
+        <v>62</v>
+      </c>
+      <c r="B72" s="1">
+        <v>38</v>
+      </c>
+      <c r="C72" s="1">
+        <v>0</v>
+      </c>
+      <c r="D72" s="3" t="s">
+        <v>1</v>
+      </c>
+      <c r="E72" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="73" spans="1:5">
+      <c r="A73" t="s">
         <v>63</v>
       </c>
-      <c r="C68" t="s">
-[...7 lines deleted...]
-      <c r="B69" t="s">
+      <c r="B73" s="1">
+        <v>392</v>
+      </c>
+      <c r="C73" s="1">
+        <v>72</v>
+      </c>
+      <c r="D73" s="3" t="s">
+        <v>5</v>
+      </c>
+      <c r="E73" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="74" spans="1:5">
+      <c r="A74" t="s">
         <v>64</v>
       </c>
-      <c r="C69" t="s">
-[...7 lines deleted...]
-      <c r="B70" t="s">
+      <c r="B74" s="1">
+        <v>75</v>
+      </c>
+      <c r="C74" s="1">
+        <v>11</v>
+      </c>
+      <c r="D74" s="3" t="s">
+        <v>1</v>
+      </c>
+      <c r="E74" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="75" spans="1:5">
+      <c r="A75" t="s">
         <v>65</v>
       </c>
-      <c r="C70" t="s">
-[...7 lines deleted...]
-      <c r="B71" t="s">
+      <c r="B75" s="1">
+        <v>98</v>
+      </c>
+      <c r="C75" s="1">
+        <v>97</v>
+      </c>
+      <c r="D75" s="3" t="s">
+        <v>1</v>
+      </c>
+      <c r="E75" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="76" spans="1:5">
+      <c r="A76" t="s">
         <v>66</v>
       </c>
-      <c r="C71" t="s">
-[...7 lines deleted...]
-      <c r="B72" t="s">
+      <c r="B76" s="1">
+        <v>432</v>
+      </c>
+      <c r="C76" s="1">
+        <v>30</v>
+      </c>
+      <c r="D76" s="3" t="s">
+        <v>1</v>
+      </c>
+      <c r="E76" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="77" spans="1:5">
+      <c r="A77" t="s">
         <v>67</v>
       </c>
-      <c r="C72" t="s">
-[...7 lines deleted...]
-      <c r="B73" t="s">
+      <c r="B77" s="1">
+        <v>287</v>
+      </c>
+      <c r="C77" s="1">
+        <v>31</v>
+      </c>
+      <c r="D77" s="3" t="s">
+        <v>1</v>
+      </c>
+      <c r="E77" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="78" spans="1:5">
+      <c r="A78" t="s">
         <v>68</v>
       </c>
-      <c r="C73" t="s">
-[...7 lines deleted...]
-      <c r="B74" t="s">
+      <c r="B78" s="1">
+        <v>939</v>
+      </c>
+      <c r="C78" s="1">
+        <v>55</v>
+      </c>
+      <c r="D78" s="3" t="s">
+        <v>1</v>
+      </c>
+      <c r="E78" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="79" spans="1:5">
+      <c r="A79" t="s">
         <v>69</v>
       </c>
-      <c r="C74" t="s">
+      <c r="B79" s="1">
+        <v>65</v>
+      </c>
+      <c r="C79" s="1">
+        <v>18</v>
+      </c>
+      <c r="D79" s="3" t="s">
+        <v>1</v>
+      </c>
+      <c r="E79" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="80" spans="1:5">
+      <c r="A80" t="s">
+        <v>70</v>
+      </c>
+      <c r="B80" s="1">
+        <v>48</v>
+      </c>
+      <c r="C80" s="1">
+        <v>7</v>
+      </c>
+      <c r="D80" s="3" t="s">
+        <v>5</v>
+      </c>
+      <c r="E80" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="81" spans="1:5">
+      <c r="A81" t="s">
+        <v>71</v>
+      </c>
+      <c r="B81" s="1">
+        <v>512</v>
+      </c>
+      <c r="C81" s="1">
+        <v>112</v>
+      </c>
+      <c r="D81" s="3" t="s">
+        <v>1</v>
+      </c>
+      <c r="E81" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="82" spans="1:5">
+      <c r="A82" t="s">
+        <v>72</v>
+      </c>
+      <c r="B82" s="1">
+        <v>65</v>
+      </c>
+      <c r="C82" s="1">
+        <v>88</v>
+      </c>
+      <c r="D82" s="3" t="s">
+        <v>5</v>
+      </c>
+      <c r="E82" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="83" spans="1:5">
+      <c r="A83" t="s">
+        <v>73</v>
+      </c>
+      <c r="B83" s="1">
+        <v>210</v>
+      </c>
+      <c r="C83" s="1">
+        <v>61</v>
+      </c>
+      <c r="D83" s="3" t="s">
+        <v>1</v>
+      </c>
+      <c r="E83" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="84" spans="1:5">
+      <c r="A84" t="s">
+        <v>74</v>
+      </c>
+      <c r="B84" s="1">
+        <v>328</v>
+      </c>
+      <c r="C84" s="1">
+        <v>51</v>
+      </c>
+      <c r="D84" s="3" t="s">
+        <v>1</v>
+      </c>
+      <c r="E84" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="85" spans="1:5">
+      <c r="A85" t="s">
+        <v>75</v>
+      </c>
+      <c r="B85" s="1">
+        <v>1148</v>
+      </c>
+      <c r="C85" s="1">
+        <v>68</v>
+      </c>
+      <c r="D85" s="3" t="s">
+        <v>1</v>
+      </c>
+      <c r="E85" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="86" spans="1:5">
+      <c r="A86" t="s">
+        <v>76</v>
+      </c>
+      <c r="B86" s="1">
+        <v>113</v>
+      </c>
+      <c r="C86" s="1">
+        <v>44</v>
+      </c>
+      <c r="D86" s="3" t="s">
+        <v>1</v>
+      </c>
+      <c r="E86" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="87" spans="1:5">
+      <c r="A87" t="s">
+        <v>77</v>
+      </c>
+      <c r="B87" s="1">
+        <v>179</v>
+      </c>
+      <c r="C87" s="1">
+        <v>36</v>
+      </c>
+      <c r="D87" s="3" t="s">
+        <v>1</v>
+      </c>
+      <c r="E87" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="75" spans="1:3" x14ac:dyDescent="0.25">
-[...80 lines deleted...]
-      <c r="B82" t="s">
+    <row r="88" spans="1:5">
+      <c r="A88" t="s">
         <v>77</v>
       </c>
-      <c r="C82" t="s">
-[...69 lines deleted...]
-    <row r="89" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="B88" s="1">
+        <v>179</v>
+      </c>
+      <c r="C88" s="1">
+        <v>36</v>
+      </c>
+      <c r="D88" s="3" t="s">
+        <v>1</v>
+      </c>
+      <c r="E88" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="89" spans="1:5">
       <c r="A89" t="s">
         <v>78</v>
       </c>
-      <c r="B89" t="s">
+      <c r="B89" s="1">
+        <v>236</v>
+      </c>
+      <c r="C89" s="1">
+        <v>17</v>
+      </c>
+      <c r="D89" s="3" t="s">
+        <v>1</v>
+      </c>
+      <c r="E89" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="90" spans="1:5">
+      <c r="A90" t="s">
+        <v>79</v>
+      </c>
+      <c r="B90" s="1">
+        <v>305</v>
+      </c>
+      <c r="C90" s="1">
+        <v>25</v>
+      </c>
+      <c r="D90" s="3" t="s">
+        <v>5</v>
+      </c>
+      <c r="E90" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="91" spans="1:5">
+      <c r="A91" t="s">
+        <v>80</v>
+      </c>
+      <c r="B91" s="1">
+        <v>187</v>
+      </c>
+      <c r="C91" s="1">
+        <v>67</v>
+      </c>
+      <c r="D91" s="3" t="s">
+        <v>1</v>
+      </c>
+      <c r="E91" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="92" spans="1:5">
+      <c r="A92" t="s">
+        <v>80</v>
+      </c>
+      <c r="B92" s="1">
+        <v>187</v>
+      </c>
+      <c r="C92" s="1">
+        <v>67</v>
+      </c>
+      <c r="D92" s="3" t="s">
+        <v>1</v>
+      </c>
+      <c r="E92" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="93" spans="1:5">
+      <c r="A93" t="s">
+        <v>81</v>
+      </c>
+      <c r="B93" s="1">
+        <v>88</v>
+      </c>
+      <c r="C93" s="1">
+        <v>10</v>
+      </c>
+      <c r="D93" s="3" t="s">
+        <v>1</v>
+      </c>
+      <c r="E93" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="94" spans="1:5">
+      <c r="A94" t="s">
+        <v>82</v>
+      </c>
+      <c r="B94" s="1">
         <v>85</v>
       </c>
-      <c r="C89" t="s">
+      <c r="C94" s="1">
+        <v>1</v>
+      </c>
+      <c r="D94" s="3" t="s">
+        <v>5</v>
+      </c>
+      <c r="E94" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="95" spans="1:5">
+      <c r="A95" t="s">
+        <v>83</v>
+      </c>
+      <c r="B95" s="1">
+        <v>197</v>
+      </c>
+      <c r="C95" s="1">
+        <v>17</v>
+      </c>
+      <c r="D95" s="3" t="s">
+        <v>1</v>
+      </c>
+      <c r="E95" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="96" spans="1:5">
+      <c r="A96" t="s">
+        <v>83</v>
+      </c>
+      <c r="B96" s="1">
+        <v>197</v>
+      </c>
+      <c r="C96" s="1">
+        <v>17</v>
+      </c>
+      <c r="D96" s="3" t="s">
+        <v>1</v>
+      </c>
+      <c r="E96" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="97" spans="1:5">
+      <c r="A97" t="s">
+        <v>83</v>
+      </c>
+      <c r="B97" s="1">
+        <v>197</v>
+      </c>
+      <c r="C97" s="1">
+        <v>17</v>
+      </c>
+      <c r="D97" s="3" t="s">
+        <v>1</v>
+      </c>
+      <c r="E97" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="90" spans="1:3" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="B90" t="s">
+    <row r="98" spans="1:5">
+      <c r="A98" t="s">
+        <v>84</v>
+      </c>
+      <c r="B98" s="1">
+        <v>534</v>
+      </c>
+      <c r="C98" s="1">
+        <v>51</v>
+      </c>
+      <c r="D98" s="3" t="s">
+        <v>1</v>
+      </c>
+      <c r="E98" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="99" spans="1:5">
+      <c r="A99" t="s">
+        <v>85</v>
+      </c>
+      <c r="B99" s="1">
+        <v>139</v>
+      </c>
+      <c r="C99" s="1">
+        <v>29</v>
+      </c>
+      <c r="D99" s="3" t="s">
+        <v>1</v>
+      </c>
+      <c r="E99" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="100" spans="1:5">
+      <c r="A100" t="s">
+        <v>85</v>
+      </c>
+      <c r="B100" s="1">
+        <v>139</v>
+      </c>
+      <c r="C100" s="1">
+        <v>29</v>
+      </c>
+      <c r="D100" s="3" t="s">
+        <v>1</v>
+      </c>
+      <c r="E100" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="101" spans="1:5">
+      <c r="A101" t="s">
         <v>86</v>
       </c>
-      <c r="C90" t="s">
-[...7 lines deleted...]
-      <c r="B91" t="s">
+      <c r="B101" s="1">
+        <v>1318</v>
+      </c>
+      <c r="C101" s="1">
+        <v>2</v>
+      </c>
+      <c r="D101" s="3" t="s">
+        <v>5</v>
+      </c>
+      <c r="E101" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="102" spans="1:5">
+      <c r="A102" t="s">
         <v>87</v>
       </c>
-      <c r="C91" t="s">
+      <c r="B102" s="1">
+        <v>337</v>
+      </c>
+      <c r="C102" s="1">
+        <v>63</v>
+      </c>
+      <c r="D102" s="3" t="s">
+        <v>1</v>
+      </c>
+      <c r="E102" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="92" spans="1:3" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="B92" t="s">
+    <row r="103" spans="1:5">
+      <c r="A103" t="s">
+        <v>87</v>
+      </c>
+      <c r="B103" s="1">
+        <v>337</v>
+      </c>
+      <c r="C103" s="1">
+        <v>63</v>
+      </c>
+      <c r="D103" s="3" t="s">
+        <v>1</v>
+      </c>
+      <c r="E103" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="104" spans="1:5">
+      <c r="A104" t="s">
         <v>88</v>
       </c>
-      <c r="C92" t="s">
-[...7 lines deleted...]
-      <c r="B93" t="s">
+      <c r="B104" s="1">
+        <v>98</v>
+      </c>
+      <c r="C104" s="1">
+        <v>2</v>
+      </c>
+      <c r="D104" s="3" t="s">
+        <v>1</v>
+      </c>
+      <c r="E104" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="105" spans="1:5">
+      <c r="A105" t="s">
         <v>89</v>
       </c>
-      <c r="C93" t="s">
-[...135 lines deleted...]
-    <row r="106" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="B105" s="1">
+        <v>141</v>
+      </c>
+      <c r="C105" s="1">
+        <v>27</v>
+      </c>
+      <c r="D105" s="3" t="s">
+        <v>1</v>
+      </c>
+      <c r="E105" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="106" spans="1:5">
       <c r="A106" t="s">
         <v>90</v>
       </c>
-      <c r="B106" t="s">
-[...6 lines deleted...]
-    <row r="107" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="B106" s="1">
+        <v>107</v>
+      </c>
+      <c r="C106" s="1">
+        <v>2</v>
+      </c>
+      <c r="D106" s="3" t="s">
+        <v>5</v>
+      </c>
+      <c r="E106" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="107" spans="1:5">
       <c r="A107" t="s">
-        <v>90</v>
-[...8 lines deleted...]
-    <row r="108" spans="1:3" x14ac:dyDescent="0.25">
+        <v>91</v>
+      </c>
+      <c r="B107" s="1">
+        <v>131</v>
+      </c>
+      <c r="C107" s="1">
+        <v>0</v>
+      </c>
+      <c r="D107" s="3" t="s">
+        <v>1</v>
+      </c>
+      <c r="E107" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="108" spans="1:5">
       <c r="A108" t="s">
-        <v>90</v>
-[...8 lines deleted...]
-    <row r="109" spans="1:3" x14ac:dyDescent="0.25">
+        <v>92</v>
+      </c>
+      <c r="B108" s="1">
+        <v>394</v>
+      </c>
+      <c r="C108" s="1">
+        <v>32</v>
+      </c>
+      <c r="D108" s="3" t="s">
+        <v>1</v>
+      </c>
+      <c r="E108" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="109" spans="1:5">
       <c r="A109" t="s">
-        <v>90</v>
-[...8 lines deleted...]
-    <row r="110" spans="1:3" x14ac:dyDescent="0.25">
+        <v>93</v>
+      </c>
+      <c r="B109" s="1">
+        <v>35</v>
+      </c>
+      <c r="C109" s="1">
+        <v>21</v>
+      </c>
+      <c r="D109" s="3" t="s">
+        <v>5</v>
+      </c>
+      <c r="E109" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="110" spans="1:5">
       <c r="A110" t="s">
-        <v>90</v>
-[...25554 lines deleted...]
-        <v>8</v>
+        <v>94</v>
+      </c>
+      <c r="B110" s="1">
+        <v>18</v>
+      </c>
+      <c r="C110" s="1">
+        <v>0</v>
+      </c>
+      <c r="D110" s="3" t="s">
+        <v>1</v>
+      </c>
+      <c r="E110" t="s">
+        <v>2</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:C2434" xr:uid="{00000000-0001-0000-0000-000000000000}"/>
+  <autoFilter ref="A1:E110" xr:uid="{00000000-0001-0000-0000-000000000000}"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" scale="45" orientation="portrait" horizontalDpi="1200" verticalDpi="1200" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Arkusze</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>Własność</vt:lpstr>
+      <vt:lpstr>Sieci</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Apache POI</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>