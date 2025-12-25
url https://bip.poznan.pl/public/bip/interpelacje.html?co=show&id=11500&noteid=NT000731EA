--- v0 (2025-10-14)
+++ v1 (2025-12-25)
@@ -14,146 +14,466 @@
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet11.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet12.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet13.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/charts/chart1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/style1.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/xl/charts/colors1.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-[...1 lines deleted...]
-  <workbookPr/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
+  <fileVersion appName="xl" lastEdited="6" lowestEdited="6" rupBuild="14420"/>
+  <workbookPr defaultThemeVersion="153222"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\user\Desktop\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\lukwie\Desktop\interpelacje\77 - Z. Czerwiński - schody kaponierne (kolejne poa 60_2025)\załączniki MPK\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{CAC0A545-CE9B-4FF6-B0C0-1F03B501DA18}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="3420" yWindow="3420" windowWidth="21600" windowHeight="12588" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720"/>
   </bookViews>
   <sheets>
     <sheet name="Wykres" sheetId="14" r:id="rId1"/>
-    <sheet name="01_2023" sheetId="1" r:id="rId2"/>
-[...10 lines deleted...]
-    <sheet name="12_2023" sheetId="12" r:id="rId13"/>
+    <sheet name="01_2024" sheetId="1" r:id="rId2"/>
+    <sheet name="02_2024" sheetId="2" r:id="rId3"/>
+    <sheet name="03_2024" sheetId="3" r:id="rId4"/>
+    <sheet name="04_2024" sheetId="4" r:id="rId5"/>
+    <sheet name="05_2024" sheetId="5" r:id="rId6"/>
+    <sheet name="06_2024" sheetId="6" r:id="rId7"/>
+    <sheet name="07_2024" sheetId="7" r:id="rId8"/>
+    <sheet name="08_2024" sheetId="8" r:id="rId9"/>
+    <sheet name="09_2024" sheetId="9" r:id="rId10"/>
+    <sheet name="10_2024" sheetId="10" r:id="rId11"/>
+    <sheet name="11_2024" sheetId="11" r:id="rId12"/>
+    <sheet name="12_2024" sheetId="12" r:id="rId13"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Wykres!$A$2:$B$27</definedName>
   </definedNames>
-  <calcPr calcId="191029"/>
+  <calcPr calcId="162913"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
+    </ext>
+    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
+      <xcalcf:calcFeatures>
+        <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
+        <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
+        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
+      </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="AG11" i="2" l="1"/>
+  <c r="AL3" i="12" l="1"/>
+  <c r="AL4" i="12"/>
+  <c r="AL5" i="12"/>
+  <c r="AL6" i="12"/>
+  <c r="AL7" i="12"/>
+  <c r="AL8" i="12"/>
+  <c r="AL9" i="12"/>
+  <c r="AL10" i="12"/>
+  <c r="AL11" i="12"/>
+  <c r="AL12" i="12"/>
+  <c r="AL13" i="12"/>
+  <c r="AL14" i="12"/>
+  <c r="AL15" i="12"/>
+  <c r="AL16" i="12"/>
+  <c r="AL17" i="12"/>
+  <c r="AL18" i="12"/>
+  <c r="AL19" i="12"/>
+  <c r="AL20" i="12"/>
+  <c r="AL21" i="12"/>
+  <c r="AL22" i="12"/>
+  <c r="AL23" i="12"/>
+  <c r="AL24" i="12"/>
+  <c r="AL25" i="12"/>
+  <c r="AL26" i="12"/>
+  <c r="AL27" i="12"/>
+  <c r="AL2" i="12"/>
+  <c r="AL3" i="11"/>
+  <c r="AL4" i="11"/>
+  <c r="AL5" i="11"/>
+  <c r="AL6" i="11"/>
+  <c r="AL7" i="11"/>
+  <c r="AL8" i="11"/>
+  <c r="AL9" i="11"/>
+  <c r="AL10" i="11"/>
+  <c r="AL11" i="11"/>
+  <c r="AL12" i="11"/>
+  <c r="AL13" i="11"/>
+  <c r="AL14" i="11"/>
+  <c r="AL15" i="11"/>
+  <c r="AL16" i="11"/>
+  <c r="AL17" i="11"/>
+  <c r="AL18" i="11"/>
+  <c r="AL19" i="11"/>
+  <c r="AL20" i="11"/>
+  <c r="AL21" i="11"/>
+  <c r="AL22" i="11"/>
+  <c r="AL23" i="11"/>
+  <c r="AL24" i="11"/>
+  <c r="AL25" i="11"/>
+  <c r="AL26" i="11"/>
+  <c r="AL27" i="11"/>
+  <c r="AL2" i="11"/>
+  <c r="AL3" i="10"/>
+  <c r="AL4" i="10"/>
+  <c r="AL5" i="10"/>
+  <c r="AL6" i="10"/>
+  <c r="AL7" i="10"/>
+  <c r="AL8" i="10"/>
+  <c r="AL9" i="10"/>
+  <c r="AL10" i="10"/>
+  <c r="AL11" i="10"/>
+  <c r="AL12" i="10"/>
+  <c r="AL13" i="10"/>
+  <c r="AL14" i="10"/>
+  <c r="AL15" i="10"/>
+  <c r="AL16" i="10"/>
+  <c r="AL17" i="10"/>
+  <c r="AL18" i="10"/>
+  <c r="AL19" i="10"/>
+  <c r="AL20" i="10"/>
+  <c r="AL21" i="10"/>
+  <c r="AL22" i="10"/>
+  <c r="AL23" i="10"/>
+  <c r="AL24" i="10"/>
+  <c r="AL25" i="10"/>
+  <c r="AL26" i="10"/>
+  <c r="AL2" i="10"/>
+  <c r="AL3" i="9"/>
+  <c r="AL4" i="9"/>
+  <c r="AL5" i="9"/>
+  <c r="AL6" i="9"/>
+  <c r="AL7" i="9"/>
+  <c r="AL8" i="9"/>
+  <c r="AL9" i="9"/>
+  <c r="AL10" i="9"/>
+  <c r="AL11" i="9"/>
+  <c r="AL12" i="9"/>
+  <c r="AL13" i="9"/>
+  <c r="AL14" i="9"/>
+  <c r="AL15" i="9"/>
+  <c r="AL16" i="9"/>
+  <c r="AL17" i="9"/>
+  <c r="AL18" i="9"/>
+  <c r="AL19" i="9"/>
+  <c r="AL20" i="9"/>
+  <c r="AL21" i="9"/>
+  <c r="AL22" i="9"/>
+  <c r="AL23" i="9"/>
+  <c r="AL24" i="9"/>
+  <c r="AL25" i="9"/>
+  <c r="AL26" i="9"/>
+  <c r="AL27" i="9"/>
+  <c r="AL2" i="9"/>
+  <c r="AL3" i="8"/>
+  <c r="AL4" i="8"/>
+  <c r="AL5" i="8"/>
+  <c r="AL6" i="8"/>
+  <c r="AL7" i="8"/>
+  <c r="AL8" i="8"/>
+  <c r="AL9" i="8"/>
+  <c r="AL10" i="8"/>
+  <c r="AL11" i="8"/>
+  <c r="AL12" i="8"/>
+  <c r="AL13" i="8"/>
+  <c r="AL14" i="8"/>
+  <c r="AL15" i="8"/>
+  <c r="AL16" i="8"/>
+  <c r="AL17" i="8"/>
+  <c r="AL18" i="8"/>
+  <c r="AL19" i="8"/>
+  <c r="AL20" i="8"/>
+  <c r="AL21" i="8"/>
+  <c r="AL22" i="8"/>
+  <c r="AL23" i="8"/>
+  <c r="AL24" i="8"/>
+  <c r="AL25" i="8"/>
+  <c r="AL26" i="8"/>
+  <c r="AL27" i="8"/>
+  <c r="AL2" i="8"/>
+  <c r="AL3" i="7"/>
+  <c r="AL4" i="7"/>
+  <c r="AL5" i="7"/>
+  <c r="AL6" i="7"/>
+  <c r="AL7" i="7"/>
+  <c r="AL8" i="7"/>
+  <c r="AL9" i="7"/>
+  <c r="AL10" i="7"/>
+  <c r="AL11" i="7"/>
+  <c r="AL12" i="7"/>
+  <c r="AL13" i="7"/>
+  <c r="AL14" i="7"/>
+  <c r="AL15" i="7"/>
+  <c r="AL16" i="7"/>
+  <c r="AL17" i="7"/>
+  <c r="AL18" i="7"/>
+  <c r="AL19" i="7"/>
+  <c r="AL20" i="7"/>
+  <c r="AL21" i="7"/>
+  <c r="AL22" i="7"/>
+  <c r="AL23" i="7"/>
+  <c r="AL24" i="7"/>
+  <c r="AL25" i="7"/>
+  <c r="AL26" i="7"/>
+  <c r="AL27" i="7"/>
+  <c r="AL2" i="7"/>
+  <c r="AL3" i="6"/>
+  <c r="AL4" i="6"/>
+  <c r="AL5" i="6"/>
+  <c r="AL6" i="6"/>
+  <c r="AL7" i="6"/>
+  <c r="AL8" i="6"/>
+  <c r="AL9" i="6"/>
+  <c r="AL10" i="6"/>
+  <c r="AL11" i="6"/>
+  <c r="AL12" i="6"/>
+  <c r="AL13" i="6"/>
+  <c r="AL14" i="6"/>
+  <c r="AL15" i="6"/>
+  <c r="AL16" i="6"/>
+  <c r="AL17" i="6"/>
+  <c r="AL18" i="6"/>
+  <c r="AL19" i="6"/>
+  <c r="AL20" i="6"/>
+  <c r="AL21" i="6"/>
+  <c r="AL22" i="6"/>
+  <c r="AL23" i="6"/>
+  <c r="AL24" i="6"/>
+  <c r="AL25" i="6"/>
+  <c r="AL26" i="6"/>
+  <c r="AL27" i="6"/>
+  <c r="AL2" i="6"/>
+  <c r="AL3" i="5"/>
+  <c r="AL4" i="5"/>
+  <c r="AL5" i="5"/>
+  <c r="AL6" i="5"/>
+  <c r="AL7" i="5"/>
+  <c r="AL8" i="5"/>
+  <c r="AL9" i="5"/>
+  <c r="AL10" i="5"/>
+  <c r="AL11" i="5"/>
+  <c r="AL12" i="5"/>
+  <c r="AL13" i="5"/>
+  <c r="AL14" i="5"/>
+  <c r="AL15" i="5"/>
+  <c r="AL16" i="5"/>
+  <c r="AL17" i="5"/>
+  <c r="AL18" i="5"/>
+  <c r="AL19" i="5"/>
+  <c r="AL20" i="5"/>
+  <c r="AL21" i="5"/>
+  <c r="AL22" i="5"/>
+  <c r="AL23" i="5"/>
+  <c r="AL24" i="5"/>
+  <c r="AL25" i="5"/>
+  <c r="AL26" i="5"/>
+  <c r="AL27" i="5"/>
+  <c r="AL2" i="5"/>
+  <c r="AL3" i="4"/>
+  <c r="AL4" i="4"/>
+  <c r="AL5" i="4"/>
+  <c r="AL6" i="4"/>
+  <c r="AL7" i="4"/>
+  <c r="AL8" i="4"/>
+  <c r="AL9" i="4"/>
+  <c r="AL10" i="4"/>
+  <c r="AL11" i="4"/>
+  <c r="AL12" i="4"/>
+  <c r="AL13" i="4"/>
+  <c r="AL14" i="4"/>
+  <c r="AL15" i="4"/>
+  <c r="AL16" i="4"/>
+  <c r="AL17" i="4"/>
+  <c r="AL18" i="4"/>
+  <c r="AL19" i="4"/>
+  <c r="AL20" i="4"/>
+  <c r="AL21" i="4"/>
+  <c r="AL22" i="4"/>
+  <c r="AL23" i="4"/>
+  <c r="AL24" i="4"/>
+  <c r="AL25" i="4"/>
+  <c r="AL26" i="4"/>
+  <c r="AL27" i="4"/>
+  <c r="AL2" i="4"/>
+  <c r="AL3" i="3"/>
+  <c r="AL4" i="3"/>
+  <c r="AL5" i="3"/>
+  <c r="AL6" i="3"/>
+  <c r="AL7" i="3"/>
+  <c r="AL8" i="3"/>
+  <c r="AL9" i="3"/>
+  <c r="AL10" i="3"/>
+  <c r="AL11" i="3"/>
+  <c r="AL12" i="3"/>
+  <c r="AL13" i="3"/>
+  <c r="AL14" i="3"/>
+  <c r="AL15" i="3"/>
+  <c r="AL16" i="3"/>
+  <c r="AL17" i="3"/>
+  <c r="AL18" i="3"/>
+  <c r="AL19" i="3"/>
+  <c r="AL20" i="3"/>
+  <c r="AL21" i="3"/>
+  <c r="AL22" i="3"/>
+  <c r="AL23" i="3"/>
+  <c r="AL24" i="3"/>
+  <c r="AL25" i="3"/>
+  <c r="AL26" i="3"/>
+  <c r="AL2" i="3"/>
+  <c r="AL3" i="2"/>
+  <c r="AL4" i="2"/>
+  <c r="AL5" i="2"/>
+  <c r="AL6" i="2"/>
+  <c r="AL7" i="2"/>
+  <c r="AL8" i="2"/>
+  <c r="AL9" i="2"/>
+  <c r="AL10" i="2"/>
+  <c r="AL11" i="2"/>
+  <c r="AL12" i="2"/>
+  <c r="AL13" i="2"/>
+  <c r="AL14" i="2"/>
+  <c r="AL15" i="2"/>
+  <c r="AL16" i="2"/>
+  <c r="AL17" i="2"/>
+  <c r="AL18" i="2"/>
+  <c r="AL19" i="2"/>
+  <c r="AL20" i="2"/>
+  <c r="AL21" i="2"/>
+  <c r="AL22" i="2"/>
+  <c r="AL23" i="2"/>
+  <c r="AL24" i="2"/>
+  <c r="AL25" i="2"/>
+  <c r="AL26" i="2"/>
+  <c r="AL27" i="2"/>
+  <c r="AL2" i="2"/>
+  <c r="AJ3" i="2"/>
+  <c r="AJ4" i="2"/>
+  <c r="AJ5" i="2"/>
+  <c r="AJ6" i="2"/>
+  <c r="AJ7" i="2"/>
+  <c r="AJ8" i="2"/>
+  <c r="AJ9" i="2"/>
+  <c r="AJ10" i="2"/>
+  <c r="AJ11" i="2"/>
+  <c r="AJ12" i="2"/>
+  <c r="AJ13" i="2"/>
+  <c r="AJ14" i="2"/>
+  <c r="AJ15" i="2"/>
+  <c r="AJ16" i="2"/>
+  <c r="AJ17" i="2"/>
+  <c r="AJ18" i="2"/>
+  <c r="AJ19" i="2"/>
+  <c r="AJ20" i="2"/>
+  <c r="AJ21" i="2"/>
+  <c r="AJ22" i="2"/>
+  <c r="AJ23" i="2"/>
+  <c r="AJ24" i="2"/>
+  <c r="AJ25" i="2"/>
+  <c r="AJ26" i="2"/>
+  <c r="AJ27" i="2"/>
+  <c r="AJ2" i="2"/>
+  <c r="AL3" i="1"/>
+  <c r="AL4" i="1"/>
+  <c r="AL5" i="1"/>
+  <c r="AL6" i="1"/>
+  <c r="AL7" i="1"/>
+  <c r="AL8" i="1"/>
+  <c r="AL9" i="1"/>
+  <c r="AL10" i="1"/>
+  <c r="AL11" i="1"/>
+  <c r="AL12" i="1"/>
+  <c r="AL13" i="1"/>
+  <c r="AL14" i="1"/>
+  <c r="AL15" i="1"/>
+  <c r="AL16" i="1"/>
+  <c r="AL17" i="1"/>
+  <c r="AL18" i="1"/>
+  <c r="AL19" i="1"/>
+  <c r="AL20" i="1"/>
+  <c r="AL21" i="1"/>
+  <c r="AL22" i="1"/>
+  <c r="AL23" i="1"/>
+  <c r="AL24" i="1"/>
+  <c r="AL25" i="1"/>
+  <c r="AL26" i="1"/>
+  <c r="AL27" i="1"/>
+  <c r="AL2" i="1"/>
   <c r="AJ3" i="1"/>
   <c r="AJ4" i="11"/>
   <c r="AJ5" i="11"/>
   <c r="AJ6" i="11"/>
   <c r="AJ7" i="11"/>
   <c r="AJ8" i="11"/>
   <c r="AJ9" i="11"/>
   <c r="AJ10" i="11"/>
   <c r="AJ11" i="11"/>
   <c r="AJ12" i="11"/>
   <c r="AJ13" i="11"/>
   <c r="AJ14" i="11"/>
   <c r="AJ15" i="11"/>
   <c r="AJ16" i="11"/>
   <c r="AJ17" i="11"/>
   <c r="AJ18" i="11"/>
   <c r="AJ19" i="11"/>
   <c r="AJ20" i="11"/>
   <c r="AJ21" i="11"/>
   <c r="AJ22" i="11"/>
   <c r="AJ23" i="11"/>
   <c r="AJ24" i="11"/>
   <c r="AJ25" i="11"/>
   <c r="AJ26" i="11"/>
   <c r="AJ27" i="11"/>
   <c r="AJ2" i="11"/>
   <c r="AJ3" i="11"/>
-  <c r="B19" i="14"/>
-[...25 lines deleted...]
-  <c r="B2" i="14" l="1"/>
+  <c r="B19" i="14" l="1"/>
+  <c r="B2" i="14"/>
   <c r="B25" i="14" l="1"/>
   <c r="B3" i="14"/>
   <c r="B15" i="14"/>
   <c r="B4" i="14"/>
   <c r="B17" i="14"/>
   <c r="B5" i="14"/>
   <c r="B16" i="14"/>
   <c r="B6" i="14"/>
   <c r="B18" i="14"/>
   <c r="B23" i="14"/>
   <c r="B7" i="14"/>
   <c r="B13" i="14"/>
   <c r="B24" i="14"/>
   <c r="B8" i="14"/>
   <c r="B20" i="14"/>
   <c r="B27" i="14"/>
   <c r="B14" i="14"/>
   <c r="B9" i="14"/>
   <c r="B10" i="14"/>
   <c r="B22" i="14"/>
   <c r="B26" i="14"/>
   <c r="B11" i="14"/>
   <c r="B12" i="14"/>
   <c r="B21" i="14"/>
   <c r="AJ18" i="1" l="1"/>
@@ -388,417 +708,395 @@
   <c r="AJ26" i="4"/>
   <c r="AJ27" i="4"/>
   <c r="AJ9" i="1"/>
   <c r="AJ17" i="1"/>
   <c r="AJ27" i="1"/>
   <c r="AJ26" i="1"/>
   <c r="AJ25" i="1"/>
   <c r="AJ23" i="1"/>
   <c r="AJ22" i="1"/>
   <c r="AJ21" i="1"/>
   <c r="AJ20" i="1"/>
   <c r="AJ19" i="1"/>
   <c r="AJ16" i="1"/>
   <c r="AJ15" i="1"/>
   <c r="AJ14" i="1"/>
   <c r="AJ13" i="1"/>
   <c r="AJ12" i="1"/>
   <c r="AJ11" i="1"/>
   <c r="AJ10" i="1"/>
   <c r="AJ8" i="1"/>
   <c r="AJ2" i="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2441" uniqueCount="71">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2266" uniqueCount="67">
   <si>
     <t>Kaponiera</t>
   </si>
   <si>
     <t xml:space="preserve">Schody </t>
   </si>
   <si>
     <t>SR1a</t>
   </si>
   <si>
     <t>SR1b</t>
   </si>
   <si>
     <t>p</t>
   </si>
   <si>
-    <t>Wyłączone z eksploatacji z powodu potrzeby wyregulowania płyty grzebieniowej</t>
-[...1 lines deleted...]
-  <si>
     <t>SR2a</t>
-  </si>
-[...20 lines deleted...]
-    </r>
   </si>
   <si>
     <t>SR2b</t>
   </si>
   <si>
-    <t xml:space="preserve">Urządzenie Sprawne -Wyłączone ze względów na przebudowę torowiska ( Kaponiera-Gwarna ) </t>
-[...1 lines deleted...]
-  <si>
     <t>SR3a</t>
-  </si>
-[...1 lines deleted...]
-    <t>Urządzenie Sprawne -Wyłączone ze względów na przebudowę torowiska ( Kaponiera-Gwarna )</t>
   </si>
   <si>
     <t>SR3b</t>
   </si>
   <si>
     <t>SR4a</t>
   </si>
   <si>
     <t>SR4b</t>
   </si>
   <si>
     <t>SR5a</t>
   </si>
   <si>
     <t>SR5b</t>
   </si>
   <si>
     <t>SR6a</t>
   </si>
   <si>
-    <t>Uszkodzona poręcz</t>
-[...1 lines deleted...]
-  <si>
     <t>SR6b</t>
-  </si>
-[...1 lines deleted...]
-    <t xml:space="preserve">Uszkodzone styczniki zasilania </t>
   </si>
   <si>
     <t>SR7a</t>
   </si>
   <si>
     <t>SR7b</t>
   </si>
   <si>
     <t>SR8a</t>
   </si>
   <si>
     <t>SR8b</t>
   </si>
   <si>
     <t>SR9a</t>
   </si>
   <si>
     <t>SR9b</t>
   </si>
   <si>
     <t>SR10a</t>
   </si>
   <si>
     <t>SR10b</t>
   </si>
   <si>
     <t>SR11a</t>
   </si>
   <si>
     <t>SR11b</t>
   </si>
   <si>
     <t>SR12a</t>
   </si>
   <si>
     <t>SR12b</t>
   </si>
   <si>
     <t>SR13a</t>
   </si>
   <si>
     <t>SR13b</t>
   </si>
   <si>
-    <t>Utracona Faza AB / Uszkodzenie poręczy</t>
-[...4 lines deleted...]
-  <si>
     <t>L.p</t>
   </si>
   <si>
     <t>Obiekt</t>
   </si>
   <si>
     <t>Rodzaj urządzenia</t>
   </si>
   <si>
     <t>Oznaczenie urządzenia</t>
   </si>
   <si>
     <t>Przyczyna przestoju</t>
   </si>
   <si>
-    <t>sklejenie hamulca</t>
-[...25 lines deleted...]
-  <si>
     <t>suma</t>
   </si>
   <si>
-    <t>Zwarcie w obwodzie zasilania</t>
-[...22 lines deleted...]
-  <si>
     <t>Uszkodzona poręcz – dewastacja</t>
-  </si>
-[...10 lines deleted...]
-    <t>Regulacja poręczy / zamarznięte poręcze</t>
   </si>
   <si>
     <t>Uszkodzony transformator</t>
   </si>
   <si>
     <t>Zamarznięte poręcze / woda w poręczach</t>
   </si>
   <si>
-    <t>Regulacja wlotów poręczy / zamarznięte poręcze / woda w poręczach</t>
+    <t>Dni przestoju</t>
   </si>
   <si>
-    <t>Regulacja poręczy / zamarznięte poręcze / woda w poręczach</t>
+    <t xml:space="preserve">p </t>
   </si>
   <si>
-    <t>Do wymiany płytka stabilizująca luzownik + styczniki zasilania </t>
+    <t>Uszkodzony zasilacz hamulca</t>
   </si>
   <si>
-    <t>Dni przestoju</t>
+    <t>konieczność regulacji łańcucha głównego napędowego</t>
+  </si>
+  <si>
+    <t>Weryfikacja Usterki</t>
+  </si>
+  <si>
+    <t>Błąd falownika</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Regulacja wszystkich stopni </t>
+  </si>
+  <si>
+    <t>Poręcze – zbyt wolny ich ruch</t>
+  </si>
+  <si>
+    <t xml:space="preserve">W kolejce na diagnozę </t>
+  </si>
+  <si>
+    <t>Uszkodzony falownik</t>
+  </si>
+  <si>
+    <t>Uszkodzone czujniki położenia koła</t>
+  </si>
+  <si>
+    <t>Zdiagnozowane w 16 tygodniu naprawa</t>
+  </si>
+  <si>
+    <t>konieczność regulacji łańcucha głównego napędowego – w kolejce na naprawę</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="238"/>
+      </rPr>
+      <t>Uszkodzenie</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color indexed="8"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="238"/>
+      </rPr>
+      <t xml:space="preserve"> bębna naciągu łańcuchów</t>
+    </r>
+  </si>
+  <si>
+    <t>Brak komunikacji pomiędzy szafami sterowymi</t>
+  </si>
+  <si>
+    <t>Regulacja łańcucha głównego napędowego</t>
+  </si>
+  <si>
+    <t>Uszkodzony kabel zasilający luzownik</t>
+  </si>
+  <si>
+    <t>Wymiana czujników położenia koła</t>
+  </si>
+  <si>
+    <t>Regulacja wszystkich stopni / regulacja płyty grzebieniowej</t>
+  </si>
+  <si>
+    <t>Regulacja naciągu poręczy</t>
+  </si>
+  <si>
+    <t>Wymiana poręczy/oczekiwanie na prowadnice poręczy od producenta</t>
+  </si>
+  <si>
+    <t>Uszkodzone 4 stopnie</t>
+  </si>
+  <si>
+    <t>oczekiwanie na prowadnice poręczy od producenta</t>
+  </si>
+  <si>
+    <t>czujnik obecności stopnia (dokładny przegląd urządzenia)</t>
+  </si>
+  <si>
+    <t>regulacja poręczy</t>
+  </si>
+  <si>
+    <t>uszkodzone stopnie</t>
+  </si>
+  <si>
+    <t>uszkodzone 4 stopnie</t>
+  </si>
+  <si>
+    <t>uszkodzony zasilacz hamulca dodatkowego</t>
+  </si>
+  <si>
+    <t>naprawa</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="18" x14ac:knownFonts="1">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
+  <fonts count="17" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color indexed="8"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="238"/>
     </font>
     <font>
       <i/>
       <sz val="10"/>
       <color indexed="8"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="238"/>
     </font>
     <font>
       <sz val="10"/>
       <color indexed="10"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="238"/>
     </font>
     <font>
       <sz val="10"/>
-      <color indexed="37"/>
-[...5 lines deleted...]
-      <sz val="10"/>
       <color indexed="8"/>
-      <name val="Times New Roman"/>
-[...5 lines deleted...]
-      <color indexed="60"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="1"/>
     </font>
     <font>
       <sz val="10"/>
       <color indexed="60"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="238"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color indexed="8"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="238"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="238"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="238"/>
     </font>
     <font>
-      <sz val="10"/>
-[...5 lines deleted...]
-    <font>
       <sz val="8"/>
       <color indexed="8"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="238"/>
     </font>
     <font>
       <sz val="9"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="238"/>
     </font>
     <font>
       <sz val="8"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
+      <charset val="238"/>
+    </font>
+    <font>
+      <sz val="10"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
+      <charset val="1"/>
+    </font>
+    <font>
+      <sz val="10"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="238"/>
     </font>
   </fonts>
   <fills count="5">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="9"/>
         <bgColor indexed="26"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="6" tint="0.59999389629810485"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
@@ -826,137 +1124,126 @@
       <top style="thin">
         <color indexed="8"/>
       </top>
       <bottom style="thin">
         <color indexed="8"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="8"/>
       </left>
       <right style="thin">
         <color indexed="8"/>
       </right>
       <top style="thin">
         <color indexed="8"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="44">
+  <cellXfs count="41">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="0" xfId="0" applyFill="1"/>
-    <xf numFmtId="0" fontId="5" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="5" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="4" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="7" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
-[...3 lines deleted...]
-    <xf numFmtId="0" fontId="9" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="1" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="2" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
-    <xf numFmtId="1" fontId="13" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="1" fontId="10" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="12" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="13" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="10" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
+    <xf numFmtId="0" fontId="11" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="15" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
-[...6 lines deleted...]
-    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normalny" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="13">
     <dxf>
       <fill>
         <patternFill>
           <bgColor rgb="FFFF9999"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor rgb="FFFF9999"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor rgb="FFFF9999"/>
         </patternFill>
       </fill>
@@ -1071,67 +1358,68 @@
       <c:style val="2"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <c:chart>
     <c:title>
       <c:tx>
         <c:rich>
           <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" spc="0" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="65000"/>
                     <a:lumOff val="35000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:pPr>
             <a:r>
               <a:rPr lang="pl-PL" b="1"/>
-              <a:t>Liczba dni przestojów awaryjnych w 2023 r.</a:t>
+              <a:t>Liczba dni przestojów awaryjnych w 2024 r.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:endParaRPr lang="pl-PL" b="1"/>
           </a:p>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:endParaRPr lang="pl-PL"/>
           </a:p>
         </c:rich>
       </c:tx>
+      <c:layout/>
       <c:overlay val="0"/>
       <c:spPr>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:effectLst/>
       </c:spPr>
       <c:txPr>
         <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
         <a:lstStyle/>
         <a:p>
           <a:pPr>
             <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" spc="0" baseline="0">
               <a:solidFill>
                 <a:schemeClr val="tx1">
                   <a:lumMod val="65000"/>
                   <a:lumOff val="35000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:defRPr>
           </a:pPr>
@@ -1243,294 +1531,294 @@
                 <c:pt idx="22">
                   <c:v>SR8a</c:v>
                 </c:pt>
                 <c:pt idx="23">
                   <c:v>SR1b</c:v>
                 </c:pt>
                 <c:pt idx="24">
                   <c:v>SR12b</c:v>
                 </c:pt>
                 <c:pt idx="25">
                   <c:v>SR9b</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>Wykres!$B$2:$B$27</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
                 <c:ptCount val="26"/>
                 <c:pt idx="0">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>0</c:v>
+                  <c:v>93</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>0</c:v>
+                  <c:v>57</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>0</c:v>
+                  <c:v>161</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>0</c:v>
+                  <c:v>70</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="8">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="9">
-                  <c:v>0</c:v>
+                  <c:v>83</c:v>
                 </c:pt>
                 <c:pt idx="10">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="11">
+                  <c:v>163</c:v>
+                </c:pt>
+                <c:pt idx="12">
+                  <c:v>39</c:v>
+                </c:pt>
+                <c:pt idx="13">
                   <c:v>0</c:v>
                 </c:pt>
-                <c:pt idx="12">
-[...4 lines deleted...]
-                </c:pt>
                 <c:pt idx="14">
-                  <c:v>20</c:v>
+                  <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="15">
-                  <c:v>28</c:v>
+                  <c:v>21</c:v>
                 </c:pt>
                 <c:pt idx="16">
+                  <c:v>0</c:v>
+                </c:pt>
+                <c:pt idx="17">
+                  <c:v>39</c:v>
+                </c:pt>
+                <c:pt idx="18">
+                  <c:v>3</c:v>
+                </c:pt>
+                <c:pt idx="19">
+                  <c:v>44</c:v>
+                </c:pt>
+                <c:pt idx="20">
+                  <c:v>8</c:v>
+                </c:pt>
+                <c:pt idx="21">
                   <c:v>30</c:v>
                 </c:pt>
-                <c:pt idx="17">
-[...13 lines deleted...]
-                </c:pt>
                 <c:pt idx="22">
-                  <c:v>99</c:v>
+                  <c:v>139</c:v>
                 </c:pt>
                 <c:pt idx="23">
-                  <c:v>104</c:v>
+                  <c:v>43</c:v>
                 </c:pt>
                 <c:pt idx="24">
-                  <c:v>116</c:v>
+                  <c:v>56</c:v>
                 </c:pt>
                 <c:pt idx="25">
-                  <c:v>273</c:v>
+                  <c:v>98</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000000-9B6B-47A8-A081-493CEE8B1D3A}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:gapWidth val="219"/>
         <c:overlap val="-27"/>
-        <c:axId val="107360048"/>
-        <c:axId val="107361680"/>
+        <c:axId val="454249296"/>
+        <c:axId val="454246944"/>
       </c:barChart>
       <c:catAx>
-        <c:axId val="107360048"/>
+        <c:axId val="454249296"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="none"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
           <a:noFill/>
           <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
             <a:solidFill>
               <a:schemeClr val="tx1">
                 <a:lumMod val="15000"/>
                 <a:lumOff val="85000"/>
               </a:schemeClr>
             </a:solidFill>
             <a:round/>
           </a:ln>
           <a:effectLst/>
         </c:spPr>
         <c:txPr>
           <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="1050" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="65000"/>
                     <a:lumOff val="35000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="pl-PL"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="107361680"/>
+        <c:crossAx val="454246944"/>
         <c:crosses val="autoZero"/>
         <c:auto val="1"/>
         <c:lblAlgn val="ctr"/>
         <c:lblOffset val="100"/>
         <c:noMultiLvlLbl val="0"/>
       </c:catAx>
       <c:valAx>
-        <c:axId val="107361680"/>
+        <c:axId val="454246944"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="l"/>
         <c:majorGridlines>
           <c:spPr>
             <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
               <a:solidFill>
                 <a:schemeClr val="tx1">
                   <a:lumMod val="15000"/>
                   <a:lumOff val="85000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:round/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
         </c:majorGridlines>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="none"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:effectLst/>
         </c:spPr>
         <c:txPr>
           <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="1100" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="65000"/>
                     <a:lumOff val="35000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Arial Black" panose="020B0A04020102020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="pl-PL"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="107360048"/>
+        <c:crossAx val="454249296"/>
         <c:crosses val="autoZero"/>
         <c:crossBetween val="between"/>
       </c:valAx>
       <c:spPr>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:effectLst/>
       </c:spPr>
     </c:plotArea>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
     <c:showDLblsOverMax val="0"/>
   </c:chart>
   <c:spPr>
     <a:solidFill>
       <a:schemeClr val="bg1"/>
     </a:solidFill>
     <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
       <a:solidFill>
         <a:schemeClr val="tx1">
           <a:lumMod val="15000"/>
           <a:lumOff val="85000"/>
         </a:schemeClr>
       </a:solidFill>
       <a:round/>
     </a:ln>
     <a:effectLst/>
   </c:spPr>
   <c:txPr>
     <a:bodyPr/>
     <a:lstStyle/>
     <a:p>
       <a:pPr>
         <a:defRPr/>
       </a:pPr>
       <a:endParaRPr lang="pl-PL"/>
     </a:p>
   </c:txPr>
   <c:printSettings>
     <c:headerFooter/>
     <c:pageMargins b="0.75" l="0.7" r="0.7" t="0.75" header="0.3" footer="0.3"/>
-    <c:pageSetup/>
+    <c:pageSetup orientation="portrait"/>
   </c:printSettings>
 </c:chartSpace>
 </file>
 
 <file path=xl/charts/colors1.xml><?xml version="1.0" encoding="utf-8"?>
 <cs:colorStyle xmlns:cs="http://schemas.microsoft.com/office/drawing/2012/chartStyle" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" meth="cycle" id="10">
   <a:schemeClr val="accent1"/>
   <a:schemeClr val="accent2"/>
   <a:schemeClr val="accent3"/>
   <a:schemeClr val="accent4"/>
   <a:schemeClr val="accent5"/>
   <a:schemeClr val="accent6"/>
   <cs:variation/>
   <cs:variation>
     <a:lumMod val="60000"/>
   </cs:variation>
   <cs:variation>
     <a:lumMod val="80000"/>
     <a:lumOff val="20000"/>
   </cs:variation>
   <cs:variation>
     <a:lumMod val="80000"/>
   </cs:variation>
   <cs:variation>
     <a:lumMod val="60000"/>
@@ -2344,21337 +2632,21648 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
+<file path=xl/worksheets/_rels/sheet10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings10.bin"/></Relationships>
+</file>
+
+<file path=xl/worksheets/_rels/sheet11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings11.bin"/></Relationships>
+</file>
+
 <file path=xl/worksheets/_rels/sheet12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings8.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings12.bin"/></Relationships>
+</file>
+
+<file path=xl/worksheets/_rels/sheet13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings13.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings6.bin"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings7.bin"/></Relationships>
 </file>
 
+<file path=xl/worksheets/_rels/sheet8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings8.bin"/></Relationships>
+</file>
+
+<file path=xl/worksheets/_rels/sheet9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings9.bin"/></Relationships>
+</file>
+
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+  <sheetPr>
+    <pageSetUpPr fitToPage="1"/>
+  </sheetPr>
   <dimension ref="A1:C35"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="A30" sqref="A30"/>
+    <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="B9" sqref="B9"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="19.44140625" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="19.42578125" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="15" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:2" x14ac:dyDescent="0.3">
-[...3 lines deleted...]
-      <c r="B1" s="39" t="s">
+    <row r="1" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A1" s="11" t="s">
+        <v>32</v>
+      </c>
+      <c r="B1" s="35" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="2" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A2" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="B2">
+        <f>SUM('01_2024:12_2024'!AL4)</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="3" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A3" s="2" t="s">
+        <v>6</v>
+      </c>
+      <c r="B3">
+        <f>SUM('01_2024:12_2024'!AL5)</f>
+        <v>93</v>
+      </c>
+    </row>
+    <row r="4" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A4" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4">
+        <f>SUM('01_2024:12_2024'!AL7)</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="5" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A5" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="B5">
+        <f>SUM('01_2024:12_2024'!AL9)</f>
+        <v>57</v>
+      </c>
+    </row>
+    <row r="6" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A6" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="B6">
+        <f>SUM('01_2024:12_2024'!AL11)</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="7" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A7" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="B7">
+        <f>SUM('01_2024:12_2024'!AL14)</f>
+        <v>161</v>
+      </c>
+    </row>
+    <row r="8" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A8" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="B8">
+        <f>SUM('01_2024:12_2024'!AL17)</f>
         <v>70</v>
       </c>
     </row>
-    <row r="2" spans="1:2" x14ac:dyDescent="0.3">
-[...36 lines deleted...]
-      <c r="A6" s="2" t="s">
+    <row r="9" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A9" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="B9">
+        <f>SUM('01_2024:12_2024'!AL22)</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="10" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A10" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="B10">
+        <f>SUM('01_2024:12_2024'!AL23)</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="11" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A11" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="B11">
+        <f>SUM('01_2024:12_2024'!AL26)</f>
+        <v>83</v>
+      </c>
+    </row>
+    <row r="12" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A12" s="2" t="s">
+        <v>28</v>
+      </c>
+      <c r="B12">
+        <f>SUM('01_2024:12_2024'!AL27)</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="13" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A13" s="2" t="s">
         <v>16</v>
       </c>
-      <c r="B6">
-[...5 lines deleted...]
-      <c r="A7" s="2" t="s">
+      <c r="B13">
+        <f>SUM('01_2024:12_2024'!AL15)</f>
+        <v>163</v>
+      </c>
+    </row>
+    <row r="14" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A14" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="B14">
+        <f>SUM('01_2024:12_2024'!AL21)</f>
+        <v>39</v>
+      </c>
+    </row>
+    <row r="15" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A15" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="B15">
+        <f>SUM('01_2024:12_2024'!AL6)</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="16" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A16" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="B16">
+        <f>SUM('01_2024:12_2024'!AL10)</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="17" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A17" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B17">
+        <f>SUM('01_2024:12_2024'!AL8)</f>
         <v>21</v>
       </c>
-      <c r="B7">
-[...86 lines deleted...]
-      <c r="A17" s="2" t="s">
+    </row>
+    <row r="18" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A18" s="2" t="s">
         <v>13</v>
       </c>
-      <c r="B17">
-[...7 lines deleted...]
-      </c>
       <c r="B18">
-        <f>SUM('01_2023:12_2023'!AL12)</f>
-[...3 lines deleted...]
-    <row r="19" spans="1:2" x14ac:dyDescent="0.3">
+        <f>SUM('01_2024:12_2024'!AL12)</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="19" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A19" s="2" t="s">
-        <v>27</v>
+        <v>21</v>
       </c>
       <c r="B19">
-        <f>SUM('01_2023:12_2023'!AL20)</f>
-[...3 lines deleted...]
-    <row r="20" spans="1:2" x14ac:dyDescent="0.3">
+        <f>SUM('01_2024:12_2024'!AL20)</f>
+        <v>39</v>
+      </c>
+    </row>
+    <row r="20" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A20" s="2" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="B20">
-        <f>SUM('01_2023:12_2023'!AL18)</f>
-[...3 lines deleted...]
-    <row r="21" spans="1:2" x14ac:dyDescent="0.3">
+        <f>SUM('01_2024:12_2024'!AL18)</f>
+        <v>3</v>
+      </c>
+    </row>
+    <row r="21" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A21" s="2" t="s">
         <v>2</v>
       </c>
       <c r="B21">
-        <f>SUM('01_2023:12_2023'!AL2)</f>
-[...3 lines deleted...]
-    <row r="22" spans="1:2" x14ac:dyDescent="0.3">
+        <f>SUM('01_2024:12_2024'!AL2)</f>
+        <v>44</v>
+      </c>
+    </row>
+    <row r="22" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A22" s="2" t="s">
-        <v>31</v>
+        <v>25</v>
       </c>
       <c r="B22">
-        <f>SUM('01_2023:12_2023'!AL24)</f>
-[...3 lines deleted...]
-    <row r="23" spans="1:2" x14ac:dyDescent="0.3">
+        <f>SUM('01_2024:12_2024'!AL24)</f>
+        <v>8</v>
+      </c>
+    </row>
+    <row r="23" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A23" s="2" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="B23">
-        <f>SUM('01_2023:12_2023'!AL13)</f>
-[...3 lines deleted...]
-    <row r="24" spans="1:2" x14ac:dyDescent="0.3">
+        <f>SUM('01_2024:12_2024'!AL13)</f>
+        <v>30</v>
+      </c>
+    </row>
+    <row r="24" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A24" s="2" t="s">
-        <v>23</v>
+        <v>17</v>
       </c>
       <c r="B24">
-        <f>SUM('01_2023:12_2023'!AL16)</f>
-[...3 lines deleted...]
-    <row r="25" spans="1:2" x14ac:dyDescent="0.3">
+        <f>SUM('01_2024:12_2024'!AL16)</f>
+        <v>139</v>
+      </c>
+    </row>
+    <row r="25" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A25" s="2" t="s">
         <v>3</v>
       </c>
       <c r="B25">
-        <f>SUM('01_2023:12_2023'!AL3)</f>
-[...3 lines deleted...]
-    <row r="26" spans="1:2" x14ac:dyDescent="0.3">
+        <f>SUM('01_2024:12_2024'!AL3)</f>
+        <v>43</v>
+      </c>
+    </row>
+    <row r="26" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A26" s="2" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="B26">
-        <f>SUM('01_2023:12_2023'!AL25)</f>
-[...3 lines deleted...]
-    <row r="27" spans="1:2" x14ac:dyDescent="0.3">
+        <f>SUM('01_2024:12_2024'!AL25)</f>
+        <v>56</v>
+      </c>
+    </row>
+    <row r="27" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A27" s="2" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="B27">
-        <f>SUM('01_2023:12_2023'!AL19)</f>
-[...4 lines deleted...]
-      <c r="C35" s="40"/>
+        <f>SUM('01_2024:12_2024'!AL19)</f>
+        <v>98</v>
+      </c>
+    </row>
+    <row r="35" spans="3:3" x14ac:dyDescent="0.25">
+      <c r="C35" s="36"/>
     </row>
   </sheetData>
   <sortState ref="A2:B27">
     <sortCondition ref="B27"/>
   </sortState>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
+  <pageSetup paperSize="9" scale="69" orientation="landscape" r:id="rId1"/>
+  <headerFooter>
+    <oddHeader>&amp;Rzałącznik do odpowiedzi na interpelację nr 77/2025</oddHeader>
+  </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0A00-000000000000}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+  <sheetPr>
+    <pageSetUpPr fitToPage="1"/>
+  </sheetPr>
   <dimension ref="A1:AL27"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
-      <selection activeCell="AL2" sqref="AL2:AL27"/>
+    <sheetView view="pageLayout" topLeftCell="E1" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="AN22" sqref="AN22"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="4.5546875" customWidth="1"/>
-[...7 lines deleted...]
-    <col min="38" max="38" width="5.33203125" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="4.5703125" customWidth="1"/>
+    <col min="2" max="2" width="14.7109375" customWidth="1"/>
+    <col min="3" max="3" width="15.42578125" customWidth="1"/>
+    <col min="4" max="4" width="26.42578125" customWidth="1"/>
+    <col min="5" max="34" width="2.5703125" customWidth="1"/>
+    <col min="35" max="35" width="5.28515625" hidden="1" customWidth="1"/>
+    <col min="36" max="36" width="5.28515625" bestFit="1" customWidth="1"/>
+    <col min="37" max="37" width="43.5703125" customWidth="1"/>
+    <col min="38" max="38" width="5.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:38" ht="26.4" x14ac:dyDescent="0.3">
-[...15 lines deleted...]
-      <c r="F1" s="11">
+    <row r="1" spans="1:38" x14ac:dyDescent="0.25">
+      <c r="A1" s="11" t="s">
+        <v>29</v>
+      </c>
+      <c r="B1" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="C1" s="11" t="s">
+        <v>31</v>
+      </c>
+      <c r="D1" s="11" t="s">
+        <v>32</v>
+      </c>
+      <c r="E1" s="10">
+        <v>1</v>
+      </c>
+      <c r="F1" s="10">
         <v>2</v>
       </c>
-      <c r="G1" s="11">
+      <c r="G1" s="10">
         <v>3</v>
       </c>
-      <c r="H1" s="11">
-[...2 lines deleted...]
-      <c r="I1" s="11">
+      <c r="H1" s="10">
+        <v>4</v>
+      </c>
+      <c r="I1" s="10">
         <v>5</v>
       </c>
-      <c r="J1" s="11">
+      <c r="J1" s="10">
         <v>6</v>
       </c>
-      <c r="K1" s="11">
+      <c r="K1" s="10">
         <v>7</v>
       </c>
-      <c r="L1" s="11">
+      <c r="L1" s="10">
         <v>8</v>
       </c>
-      <c r="M1" s="11">
+      <c r="M1" s="10">
         <v>9</v>
       </c>
-      <c r="N1" s="11">
+      <c r="N1" s="10">
         <v>10</v>
       </c>
-      <c r="O1" s="11">
+      <c r="O1" s="10">
         <v>11</v>
       </c>
-      <c r="P1" s="11">
+      <c r="P1" s="10">
         <v>12</v>
       </c>
-      <c r="Q1" s="11">
+      <c r="Q1" s="10">
         <v>13</v>
       </c>
-      <c r="R1" s="11">
+      <c r="R1" s="10">
         <v>14</v>
       </c>
-      <c r="S1" s="11">
+      <c r="S1" s="10">
         <v>15</v>
       </c>
-      <c r="T1" s="11">
+      <c r="T1" s="10">
         <v>16</v>
       </c>
-      <c r="U1" s="11">
+      <c r="U1" s="10">
         <v>17</v>
       </c>
-      <c r="V1" s="11">
+      <c r="V1" s="10">
         <v>18</v>
       </c>
-      <c r="W1" s="11">
+      <c r="W1" s="10">
         <v>19</v>
       </c>
-      <c r="X1" s="11">
+      <c r="X1" s="10">
         <v>20</v>
       </c>
-      <c r="Y1" s="11">
+      <c r="Y1" s="10">
         <v>21</v>
       </c>
-      <c r="Z1" s="11">
+      <c r="Z1" s="10">
         <v>22</v>
       </c>
-      <c r="AA1" s="11">
+      <c r="AA1" s="10">
         <v>23</v>
       </c>
-      <c r="AB1" s="11">
+      <c r="AB1" s="10">
         <v>24</v>
       </c>
-      <c r="AC1" s="11">
+      <c r="AC1" s="10">
         <v>25</v>
       </c>
-      <c r="AD1" s="11">
+      <c r="AD1" s="10">
         <v>26</v>
       </c>
-      <c r="AE1" s="11">
+      <c r="AE1" s="10">
         <v>27</v>
       </c>
-      <c r="AF1" s="11">
+      <c r="AF1" s="10">
         <v>28</v>
       </c>
-      <c r="AG1" s="11">
+      <c r="AG1" s="10">
         <v>29</v>
       </c>
-      <c r="AH1" s="11">
+      <c r="AH1" s="10">
         <v>30</v>
       </c>
-      <c r="AJ1" s="23" t="s">
-[...6 lines deleted...]
-    <row r="2" spans="1:38" x14ac:dyDescent="0.3">
+      <c r="AJ1" s="20" t="s">
+        <v>34</v>
+      </c>
+      <c r="AK1" s="19" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="2" spans="1:38" x14ac:dyDescent="0.25">
       <c r="A2" s="1">
         <v>1</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D2" s="2" t="s">
         <v>2</v>
       </c>
-      <c r="E2" s="3" t="s">
-[...88 lines deleted...]
-      </c>
+      <c r="E2" s="3"/>
+      <c r="F2" s="3"/>
+      <c r="G2" s="3"/>
+      <c r="H2" s="3"/>
+      <c r="I2" s="3"/>
+      <c r="J2" s="3"/>
+      <c r="K2" s="3"/>
+      <c r="L2" s="3"/>
+      <c r="M2" s="3"/>
+      <c r="N2" s="3"/>
+      <c r="O2" s="3"/>
+      <c r="P2" s="3"/>
+      <c r="Q2" s="3"/>
+      <c r="R2" s="3"/>
+      <c r="S2" s="3"/>
+      <c r="T2" s="4"/>
+      <c r="U2" s="24"/>
+      <c r="V2" s="3"/>
+      <c r="W2" s="3"/>
+      <c r="X2" s="3"/>
+      <c r="Y2" s="3"/>
+      <c r="Z2" s="3"/>
+      <c r="AA2" s="3"/>
+      <c r="AB2" s="3"/>
+      <c r="AC2" s="3"/>
+      <c r="AD2" s="3"/>
+      <c r="AE2" s="3"/>
+      <c r="AF2" s="3"/>
+      <c r="AG2" s="3"/>
+      <c r="AH2" s="3"/>
+      <c r="AI2" s="3"/>
       <c r="AJ2" s="5">
         <f t="shared" ref="AJ2:AJ23" si="0">COUNTA(E2:AH2)</f>
-        <v>30</v>
-[...8 lines deleted...]
-    <row r="3" spans="1:38" x14ac:dyDescent="0.3">
+        <v>0</v>
+      </c>
+      <c r="AK2" s="5"/>
+      <c r="AL2" s="32">
+        <f>AJ2</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="3" spans="1:38" x14ac:dyDescent="0.25">
       <c r="A3" s="1">
         <v>2</v>
       </c>
       <c r="B3" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>3</v>
       </c>
       <c r="E3" s="3"/>
       <c r="F3" s="3"/>
       <c r="G3" s="3"/>
       <c r="H3" s="3"/>
       <c r="I3" s="3"/>
       <c r="J3" s="3"/>
       <c r="K3" s="3"/>
       <c r="L3" s="3"/>
       <c r="M3" s="3"/>
       <c r="N3" s="3"/>
       <c r="O3" s="3"/>
       <c r="P3" s="3"/>
       <c r="Q3" s="3"/>
       <c r="R3" s="3"/>
       <c r="S3" s="3"/>
-      <c r="T3" s="3"/>
-[...1598 lines deleted...]
-      <c r="U3" s="3"/>
+      <c r="T3" s="4"/>
+      <c r="U3" s="24"/>
       <c r="V3" s="3"/>
       <c r="W3" s="3"/>
       <c r="X3" s="3"/>
       <c r="Y3" s="3"/>
       <c r="Z3" s="3"/>
       <c r="AA3" s="3"/>
       <c r="AB3" s="3"/>
       <c r="AC3" s="3"/>
       <c r="AD3" s="3"/>
       <c r="AE3" s="3"/>
       <c r="AF3" s="3"/>
       <c r="AG3" s="3"/>
       <c r="AH3" s="3"/>
       <c r="AI3" s="3"/>
       <c r="AJ3" s="5">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="AK3" s="5"/>
-      <c r="AL3" s="5">
-[...3 lines deleted...]
-    <row r="4" spans="1:38" x14ac:dyDescent="0.3">
+      <c r="AL3" s="32">
+        <f t="shared" ref="AL3:AL27" si="1">AJ3</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="4" spans="1:38" x14ac:dyDescent="0.25">
       <c r="A4" s="1">
         <v>3</v>
       </c>
       <c r="B4" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D4" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="E4" s="8"/>
+      <c r="F4" s="8"/>
+      <c r="G4" s="8"/>
+      <c r="H4" s="8"/>
+      <c r="I4" s="8"/>
+      <c r="J4" s="8"/>
+      <c r="K4" s="8"/>
+      <c r="L4" s="8"/>
+      <c r="M4" s="8"/>
+      <c r="N4" s="8"/>
+      <c r="O4" s="8"/>
+      <c r="P4" s="8"/>
+      <c r="Q4" s="8"/>
+      <c r="R4" s="8"/>
+      <c r="S4" s="8"/>
+      <c r="T4" s="8"/>
+      <c r="U4" s="8"/>
+      <c r="V4" s="8"/>
+      <c r="W4" s="8"/>
+      <c r="X4" s="8"/>
+      <c r="Y4" s="8"/>
+      <c r="Z4" s="8"/>
+      <c r="AA4" s="8"/>
+      <c r="AB4" s="8"/>
+      <c r="AC4" s="8"/>
+      <c r="AD4" s="8"/>
+      <c r="AE4" s="8"/>
+      <c r="AF4" s="8"/>
+      <c r="AG4" s="8"/>
+      <c r="AH4" s="8"/>
+      <c r="AI4" s="8"/>
+      <c r="AJ4" s="5">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="AK4" s="6"/>
+      <c r="AL4" s="32">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="5" spans="1:38" x14ac:dyDescent="0.25">
+      <c r="A5" s="1">
+        <v>4</v>
+      </c>
+      <c r="B5" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="C5" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="D5" s="2" t="s">
         <v>6</v>
-      </c>
-[...51 lines deleted...]
-        <v>8</v>
       </c>
       <c r="E5" s="3"/>
       <c r="F5" s="3"/>
       <c r="G5" s="3"/>
       <c r="H5" s="3"/>
       <c r="I5" s="3"/>
       <c r="J5" s="3"/>
       <c r="K5" s="3"/>
       <c r="L5" s="3"/>
       <c r="M5" s="3"/>
       <c r="N5" s="3"/>
       <c r="O5" s="3"/>
       <c r="P5" s="3"/>
       <c r="Q5" s="3"/>
       <c r="R5" s="3"/>
       <c r="S5" s="3"/>
       <c r="T5" s="4"/>
       <c r="U5" s="3"/>
       <c r="V5" s="3"/>
       <c r="W5" s="3"/>
       <c r="X5" s="3"/>
       <c r="Y5" s="3"/>
       <c r="Z5" s="3"/>
       <c r="AA5" s="3"/>
       <c r="AB5" s="3"/>
       <c r="AC5" s="3"/>
       <c r="AD5" s="3"/>
       <c r="AE5" s="3"/>
       <c r="AF5" s="3"/>
       <c r="AG5" s="3"/>
       <c r="AH5" s="3"/>
       <c r="AI5" s="3"/>
       <c r="AJ5" s="5">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="AK5" s="6"/>
-[...4 lines deleted...]
-    <row r="6" spans="1:38" x14ac:dyDescent="0.3">
+      <c r="AK5" s="40"/>
+      <c r="AL5" s="32">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="6" spans="1:38" x14ac:dyDescent="0.25">
       <c r="A6" s="1">
         <v>5</v>
       </c>
       <c r="B6" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D6" s="2" t="s">
-        <v>10</v>
-[...119 lines deleted...]
-      <c r="A8" s="1">
         <v>7</v>
-      </c>
-[...1565 lines deleted...]
-        <v>10</v>
       </c>
       <c r="E6" s="8"/>
       <c r="F6" s="8"/>
       <c r="G6" s="8"/>
       <c r="H6" s="8"/>
       <c r="I6" s="8"/>
       <c r="J6" s="8"/>
       <c r="K6" s="8"/>
       <c r="L6" s="8"/>
       <c r="M6" s="8"/>
       <c r="N6" s="8"/>
       <c r="O6" s="8"/>
       <c r="P6" s="8"/>
       <c r="Q6" s="8"/>
       <c r="R6" s="8"/>
       <c r="S6" s="8"/>
       <c r="T6" s="8"/>
       <c r="U6" s="8"/>
       <c r="V6" s="8"/>
       <c r="W6" s="8"/>
       <c r="X6" s="8"/>
       <c r="Y6" s="8"/>
       <c r="Z6" s="8"/>
       <c r="AA6" s="8"/>
       <c r="AB6" s="8"/>
       <c r="AC6" s="8"/>
       <c r="AD6" s="8"/>
       <c r="AE6" s="8"/>
       <c r="AF6" s="8"/>
       <c r="AG6" s="8"/>
       <c r="AH6" s="8"/>
+      <c r="AI6" s="8"/>
       <c r="AJ6" s="5">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="AL6" s="34">
-[...3 lines deleted...]
-    <row r="7" spans="1:38" x14ac:dyDescent="0.3">
+      <c r="AK6" s="5"/>
+      <c r="AL6" s="32">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="7" spans="1:38" x14ac:dyDescent="0.25">
       <c r="A7" s="1">
         <v>6</v>
       </c>
       <c r="B7" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D7" s="2" t="s">
-        <v>12</v>
-[...30 lines deleted...]
-      <c r="AH7" s="29"/>
+        <v>8</v>
+      </c>
+      <c r="E7" s="25"/>
+      <c r="F7" s="25"/>
+      <c r="G7" s="25"/>
+      <c r="H7" s="25"/>
+      <c r="I7" s="25"/>
+      <c r="J7" s="25"/>
+      <c r="K7" s="25"/>
+      <c r="L7" s="25"/>
+      <c r="M7" s="25"/>
+      <c r="N7" s="25"/>
+      <c r="O7" s="25"/>
+      <c r="P7" s="25"/>
+      <c r="Q7" s="25"/>
+      <c r="R7" s="25"/>
+      <c r="S7" s="25"/>
+      <c r="T7" s="25"/>
+      <c r="U7" s="25"/>
+      <c r="V7" s="25"/>
+      <c r="W7" s="25"/>
+      <c r="X7" s="25"/>
+      <c r="Y7" s="25"/>
+      <c r="Z7" s="25"/>
+      <c r="AA7" s="25"/>
+      <c r="AB7" s="25"/>
+      <c r="AC7" s="25"/>
+      <c r="AD7" s="25"/>
+      <c r="AE7" s="25"/>
+      <c r="AF7" s="25"/>
+      <c r="AG7" s="25"/>
+      <c r="AH7" s="25"/>
+      <c r="AI7" s="25"/>
       <c r="AJ7" s="5">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="AL7" s="34">
-[...3 lines deleted...]
-    <row r="8" spans="1:38" x14ac:dyDescent="0.3">
+      <c r="AK7" s="6"/>
+      <c r="AL7" s="32">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="8" spans="1:38" x14ac:dyDescent="0.25">
       <c r="A8" s="1">
         <v>7</v>
       </c>
       <c r="B8" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D8" s="2" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E8" s="8"/>
       <c r="F8" s="8"/>
       <c r="G8" s="8"/>
       <c r="H8" s="8"/>
       <c r="I8" s="8"/>
       <c r="J8" s="8"/>
       <c r="K8" s="8"/>
       <c r="L8" s="8"/>
       <c r="M8" s="8"/>
       <c r="N8" s="8"/>
       <c r="O8" s="8"/>
       <c r="P8" s="8"/>
       <c r="Q8" s="8"/>
       <c r="R8" s="8"/>
       <c r="S8" s="8"/>
       <c r="T8" s="8"/>
       <c r="U8" s="8"/>
       <c r="V8" s="8"/>
       <c r="W8" s="8"/>
       <c r="X8" s="8"/>
       <c r="Y8" s="8"/>
       <c r="Z8" s="8"/>
-      <c r="AA8" s="8" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="AA8" s="8"/>
+      <c r="AB8" s="24"/>
+      <c r="AC8" s="8"/>
+      <c r="AD8" s="8"/>
+      <c r="AE8" s="8"/>
+      <c r="AF8" s="8"/>
+      <c r="AG8" s="8"/>
+      <c r="AH8" s="8"/>
+      <c r="AI8" s="8"/>
       <c r="AJ8" s="5">
         <f t="shared" si="0"/>
-        <v>8</v>
-[...8 lines deleted...]
-    <row r="9" spans="1:38" x14ac:dyDescent="0.3">
+        <v>0</v>
+      </c>
+      <c r="AK8" s="5"/>
+      <c r="AL8" s="32">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="9" spans="1:38" x14ac:dyDescent="0.25">
       <c r="A9" s="1">
         <v>8</v>
       </c>
       <c r="B9" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D9" s="2" t="s">
-        <v>14</v>
+        <v>10</v>
       </c>
       <c r="E9" s="3"/>
-      <c r="F9" s="28"/>
-[...23 lines deleted...]
-      <c r="AD9" s="28"/>
+      <c r="F9" s="24"/>
+      <c r="G9" s="24"/>
+      <c r="H9" s="24"/>
+      <c r="I9" s="24"/>
+      <c r="J9" s="24"/>
+      <c r="K9" s="24"/>
+      <c r="L9" s="24"/>
+      <c r="M9" s="24"/>
+      <c r="N9" s="24"/>
+      <c r="O9" s="24"/>
+      <c r="P9" s="24"/>
+      <c r="Q9" s="24"/>
+      <c r="R9" s="26"/>
+      <c r="S9" s="24"/>
+      <c r="T9" s="24"/>
+      <c r="U9" s="24"/>
+      <c r="V9" s="24"/>
+      <c r="W9" s="24"/>
+      <c r="X9" s="24"/>
+      <c r="Y9" s="24"/>
+      <c r="Z9" s="24"/>
+      <c r="AA9" s="24"/>
+      <c r="AB9" s="24"/>
+      <c r="AC9" s="24"/>
+      <c r="AD9" s="24"/>
       <c r="AE9" s="3"/>
       <c r="AF9" s="3"/>
       <c r="AG9" s="3"/>
       <c r="AH9" s="3"/>
+      <c r="AI9" s="3"/>
       <c r="AJ9" s="5">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="AK9" s="5"/>
-      <c r="AL9" s="34">
-[...3 lines deleted...]
-    <row r="10" spans="1:38" x14ac:dyDescent="0.3">
+      <c r="AL9" s="32">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="10" spans="1:38" x14ac:dyDescent="0.25">
       <c r="A10" s="1">
         <v>9</v>
       </c>
       <c r="B10" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D10" s="2" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="E10" s="3"/>
-      <c r="F10" s="28"/>
-[...23 lines deleted...]
-      <c r="AD10" s="28"/>
+      <c r="F10" s="24"/>
+      <c r="G10" s="24"/>
+      <c r="H10" s="24"/>
+      <c r="I10" s="24"/>
+      <c r="J10" s="24"/>
+      <c r="K10" s="24"/>
+      <c r="L10" s="24"/>
+      <c r="M10" s="24"/>
+      <c r="N10" s="24"/>
+      <c r="O10" s="24"/>
+      <c r="P10" s="24"/>
+      <c r="Q10" s="24"/>
+      <c r="R10" s="26"/>
+      <c r="S10" s="24"/>
+      <c r="T10" s="24"/>
+      <c r="U10" s="24"/>
+      <c r="V10" s="24"/>
+      <c r="W10" s="24"/>
+      <c r="X10" s="24"/>
+      <c r="Y10" s="24"/>
+      <c r="Z10" s="24"/>
+      <c r="AA10" s="24"/>
+      <c r="AB10" s="24"/>
+      <c r="AC10" s="24"/>
+      <c r="AD10" s="24"/>
       <c r="AE10" s="3"/>
       <c r="AF10" s="3"/>
       <c r="AG10" s="3"/>
       <c r="AH10" s="3"/>
+      <c r="AI10" s="3"/>
       <c r="AJ10" s="5">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="AK10" s="5"/>
-      <c r="AL10" s="34">
-[...3 lines deleted...]
-    <row r="11" spans="1:38" x14ac:dyDescent="0.3">
+      <c r="AL10" s="32">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="11" spans="1:38" x14ac:dyDescent="0.25">
       <c r="A11" s="1">
         <v>10</v>
       </c>
       <c r="B11" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C11" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D11" s="2" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="E11" s="3"/>
-      <c r="F11" s="28"/>
-[...23 lines deleted...]
-      <c r="AD11" s="28"/>
+      <c r="F11" s="24"/>
+      <c r="G11" s="24"/>
+      <c r="H11" s="24"/>
+      <c r="I11" s="24"/>
+      <c r="J11" s="24"/>
+      <c r="K11" s="24"/>
+      <c r="L11" s="24"/>
+      <c r="M11" s="24"/>
+      <c r="N11" s="24"/>
+      <c r="O11" s="24"/>
+      <c r="P11" s="24"/>
+      <c r="Q11" s="24"/>
+      <c r="R11" s="26"/>
+      <c r="S11" s="24"/>
+      <c r="T11" s="24"/>
+      <c r="U11" s="24"/>
+      <c r="V11" s="24"/>
+      <c r="W11" s="24"/>
+      <c r="X11" s="24"/>
+      <c r="Y11" s="24"/>
+      <c r="Z11" s="24"/>
+      <c r="AA11" s="24"/>
+      <c r="AB11" s="24"/>
+      <c r="AC11" s="24"/>
+      <c r="AD11" s="24"/>
       <c r="AE11" s="3"/>
       <c r="AF11" s="3"/>
       <c r="AG11" s="3"/>
       <c r="AH11" s="3"/>
+      <c r="AI11" s="3"/>
       <c r="AJ11" s="5">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="AK11" s="5"/>
-      <c r="AL11" s="34">
-[...3 lines deleted...]
-    <row r="12" spans="1:38" x14ac:dyDescent="0.3">
+      <c r="AL11" s="32">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="12" spans="1:38" x14ac:dyDescent="0.25">
       <c r="A12" s="1">
         <v>11</v>
       </c>
       <c r="B12" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C12" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D12" s="2" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="E12" s="3"/>
-      <c r="F12" s="28"/>
-[...23 lines deleted...]
-      <c r="AD12" s="28"/>
+      <c r="F12" s="24"/>
+      <c r="G12" s="24"/>
+      <c r="H12" s="24"/>
+      <c r="I12" s="24"/>
+      <c r="J12" s="24"/>
+      <c r="K12" s="24"/>
+      <c r="L12" s="24"/>
+      <c r="M12" s="24"/>
+      <c r="N12" s="24"/>
+      <c r="O12" s="24"/>
+      <c r="P12" s="24"/>
+      <c r="Q12" s="24"/>
+      <c r="R12" s="26"/>
+      <c r="S12" s="24"/>
+      <c r="T12" s="24"/>
+      <c r="U12" s="24"/>
+      <c r="V12" s="24"/>
+      <c r="W12" s="24"/>
+      <c r="X12" s="24"/>
+      <c r="Y12" s="24"/>
+      <c r="Z12" s="24"/>
+      <c r="AA12" s="24"/>
+      <c r="AB12" s="24"/>
+      <c r="AC12" s="24"/>
+      <c r="AD12" s="24"/>
       <c r="AE12" s="3"/>
       <c r="AF12" s="3"/>
       <c r="AG12" s="3"/>
       <c r="AH12" s="3"/>
+      <c r="AI12" s="3"/>
       <c r="AJ12" s="5">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="AK12" s="5"/>
-      <c r="AL12" s="34">
-[...3 lines deleted...]
-    <row r="13" spans="1:38" x14ac:dyDescent="0.3">
+      <c r="AL12" s="32">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="13" spans="1:38" x14ac:dyDescent="0.25">
       <c r="A13" s="1">
         <v>12</v>
       </c>
       <c r="B13" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C13" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D13" s="2" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="E13" s="3"/>
-      <c r="F13" s="28"/>
-[...23 lines deleted...]
-      <c r="AD13" s="28"/>
+      <c r="F13" s="24"/>
+      <c r="G13" s="24"/>
+      <c r="H13" s="24"/>
+      <c r="I13" s="24"/>
+      <c r="J13" s="24"/>
+      <c r="K13" s="24"/>
+      <c r="L13" s="24"/>
+      <c r="M13" s="24"/>
+      <c r="N13" s="24"/>
+      <c r="O13" s="24"/>
+      <c r="P13" s="24"/>
+      <c r="Q13" s="24"/>
+      <c r="R13" s="26"/>
+      <c r="S13" s="24"/>
+      <c r="T13" s="24"/>
+      <c r="U13" s="24"/>
+      <c r="V13" s="24"/>
+      <c r="W13" s="24"/>
+      <c r="X13" s="24"/>
+      <c r="Y13" s="24"/>
+      <c r="Z13" s="24"/>
+      <c r="AA13" s="24"/>
+      <c r="AB13" s="24"/>
+      <c r="AC13" s="24"/>
+      <c r="AD13" s="24"/>
       <c r="AE13" s="3"/>
       <c r="AF13" s="3"/>
       <c r="AG13" s="3"/>
       <c r="AH13" s="3"/>
+      <c r="AI13" s="3"/>
       <c r="AJ13" s="5">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="AK13" s="7"/>
-      <c r="AL13" s="34">
-[...3 lines deleted...]
-    <row r="14" spans="1:38" x14ac:dyDescent="0.3">
+      <c r="AL13" s="32">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="14" spans="1:38" x14ac:dyDescent="0.25">
       <c r="A14" s="1">
         <v>13</v>
       </c>
       <c r="B14" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C14" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D14" s="2" t="s">
-        <v>21</v>
+        <v>15</v>
       </c>
       <c r="E14" s="3"/>
-      <c r="F14" s="28"/>
-[...23 lines deleted...]
-      <c r="AD14" s="28"/>
+      <c r="F14" s="24"/>
+      <c r="G14" s="24"/>
+      <c r="H14" s="24"/>
+      <c r="I14" s="24"/>
+      <c r="J14" s="24"/>
+      <c r="K14" s="24"/>
+      <c r="L14" s="24"/>
+      <c r="M14" s="24"/>
+      <c r="N14" s="24"/>
+      <c r="O14" s="24"/>
+      <c r="P14" s="24"/>
+      <c r="Q14" s="24"/>
+      <c r="R14" s="26"/>
+      <c r="S14" s="24"/>
+      <c r="T14" s="24"/>
+      <c r="U14" s="24"/>
+      <c r="V14" s="24"/>
+      <c r="W14" s="24"/>
+      <c r="X14" s="24"/>
+      <c r="Y14" s="24"/>
+      <c r="Z14" s="24"/>
+      <c r="AA14" s="24"/>
+      <c r="AB14" s="24"/>
+      <c r="AC14" s="24"/>
+      <c r="AD14" s="24"/>
       <c r="AE14" s="3"/>
       <c r="AF14" s="3"/>
       <c r="AG14" s="3"/>
-      <c r="AH14" s="3"/>
+      <c r="AH14" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="AI14" s="3"/>
       <c r="AJ14" s="5">
         <f t="shared" si="0"/>
-        <v>0</v>
-[...6 lines deleted...]
-    <row r="15" spans="1:38" x14ac:dyDescent="0.3">
+        <v>1</v>
+      </c>
+      <c r="AK14" s="5" t="s">
+        <v>59</v>
+      </c>
+      <c r="AL14" s="32">
+        <f t="shared" si="1"/>
+        <v>1</v>
+      </c>
+    </row>
+    <row r="15" spans="1:38" x14ac:dyDescent="0.25">
       <c r="A15" s="1">
         <v>14</v>
       </c>
       <c r="B15" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C15" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D15" s="2" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="E15" s="3"/>
-      <c r="F15" s="28"/>
-[...23 lines deleted...]
-      <c r="AD15" s="28"/>
+      <c r="F15" s="24"/>
+      <c r="G15" s="24"/>
+      <c r="H15" s="24"/>
+      <c r="I15" s="24"/>
+      <c r="J15" s="24"/>
+      <c r="K15" s="24"/>
+      <c r="L15" s="24"/>
+      <c r="M15" s="24"/>
+      <c r="N15" s="24"/>
+      <c r="O15" s="24"/>
+      <c r="P15" s="24"/>
+      <c r="Q15" s="24"/>
+      <c r="R15" s="26"/>
+      <c r="S15" s="24"/>
+      <c r="T15" s="24"/>
+      <c r="U15" s="24"/>
+      <c r="V15" s="24"/>
+      <c r="W15" s="24"/>
+      <c r="X15" s="24"/>
+      <c r="Y15" s="24"/>
+      <c r="Z15" s="24"/>
+      <c r="AA15" s="24"/>
+      <c r="AB15" s="24"/>
+      <c r="AC15" s="24"/>
+      <c r="AD15" s="24"/>
       <c r="AE15" s="3"/>
       <c r="AF15" s="3"/>
       <c r="AG15" s="3"/>
       <c r="AH15" s="3"/>
+      <c r="AI15" s="3"/>
       <c r="AJ15" s="5">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="AK15" s="5"/>
-[...4 lines deleted...]
-    <row r="16" spans="1:38" x14ac:dyDescent="0.3">
+      <c r="AK15" s="7"/>
+      <c r="AL15" s="32">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="16" spans="1:38" x14ac:dyDescent="0.25">
       <c r="A16" s="1">
         <v>15</v>
       </c>
       <c r="B16" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C16" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D16" s="2" t="s">
-        <v>23</v>
-[...30 lines deleted...]
-      <c r="AH16" s="28"/>
+        <v>17</v>
+      </c>
+      <c r="E16" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="F16" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="G16" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="H16" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="I16" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="J16" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="K16" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="L16" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="M16" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="N16" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="O16" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="P16" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="Q16" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="R16" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="S16" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="T16" s="26" t="s">
+        <v>4</v>
+      </c>
+      <c r="U16" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="V16" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="W16" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="X16" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="Y16" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="Z16" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="AA16" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="AB16" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="AC16" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="AD16" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="AE16" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="AF16" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="AG16" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="AH16" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="AI16" s="24"/>
       <c r="AJ16" s="5">
         <f t="shared" si="0"/>
-        <v>0</v>
-[...6 lines deleted...]
-    <row r="17" spans="1:38" x14ac:dyDescent="0.3">
+        <v>30</v>
+      </c>
+      <c r="AK16" s="5" t="s">
+        <v>60</v>
+      </c>
+      <c r="AL16" s="32">
+        <f t="shared" si="1"/>
+        <v>30</v>
+      </c>
+    </row>
+    <row r="17" spans="1:38" x14ac:dyDescent="0.25">
       <c r="A17" s="1">
         <v>16</v>
       </c>
       <c r="B17" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C17" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D17" s="2" t="s">
-        <v>24</v>
-[...30 lines deleted...]
-      <c r="AH17" s="28"/>
+        <v>18</v>
+      </c>
+      <c r="E17" s="24"/>
+      <c r="F17" s="24"/>
+      <c r="G17" s="24"/>
+      <c r="H17" s="24"/>
+      <c r="I17" s="24"/>
+      <c r="J17" s="24"/>
+      <c r="K17" s="24"/>
+      <c r="L17" s="24"/>
+      <c r="M17" s="24"/>
+      <c r="N17" s="24"/>
+      <c r="O17" s="24"/>
+      <c r="P17" s="24"/>
+      <c r="Q17" s="24"/>
+      <c r="R17" s="24"/>
+      <c r="S17" s="24"/>
+      <c r="T17" s="26"/>
+      <c r="U17" s="24"/>
+      <c r="V17" s="24"/>
+      <c r="W17" s="24"/>
+      <c r="X17" s="24"/>
+      <c r="Y17" s="24"/>
+      <c r="Z17" s="24"/>
+      <c r="AA17" s="24"/>
+      <c r="AB17" s="24"/>
+      <c r="AC17" s="24"/>
+      <c r="AD17" s="24"/>
+      <c r="AE17" s="24"/>
+      <c r="AF17" s="24"/>
+      <c r="AG17" s="24"/>
+      <c r="AH17" s="24"/>
+      <c r="AI17" s="24"/>
       <c r="AJ17" s="5">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="AK17" s="5"/>
-      <c r="AL17" s="34">
-[...3 lines deleted...]
-    <row r="18" spans="1:38" x14ac:dyDescent="0.3">
+      <c r="AL17" s="32">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="18" spans="1:38" x14ac:dyDescent="0.25">
       <c r="A18" s="1">
         <v>17</v>
       </c>
       <c r="B18" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C18" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D18" s="2" t="s">
-        <v>25</v>
-[...52 lines deleted...]
-      </c>
+        <v>19</v>
+      </c>
+      <c r="E18" s="24"/>
+      <c r="F18" s="24"/>
+      <c r="G18" s="24"/>
+      <c r="H18" s="24"/>
+      <c r="I18" s="24"/>
+      <c r="J18" s="24"/>
+      <c r="K18" s="24"/>
+      <c r="L18" s="24"/>
+      <c r="M18" s="24"/>
+      <c r="N18" s="24"/>
+      <c r="O18" s="24"/>
+      <c r="P18" s="24"/>
+      <c r="Q18" s="24"/>
+      <c r="R18" s="24"/>
+      <c r="S18" s="24"/>
+      <c r="T18" s="24"/>
+      <c r="U18" s="24"/>
+      <c r="V18" s="24"/>
+      <c r="W18" s="24"/>
+      <c r="X18" s="24"/>
+      <c r="Y18" s="24"/>
+      <c r="Z18" s="24"/>
+      <c r="AA18" s="24"/>
+      <c r="AB18" s="24"/>
+      <c r="AC18" s="24"/>
+      <c r="AD18" s="24"/>
+      <c r="AE18" s="24"/>
+      <c r="AF18" s="24"/>
+      <c r="AG18" s="24"/>
+      <c r="AH18" s="24"/>
+      <c r="AI18" s="24"/>
       <c r="AJ18" s="5">
         <f t="shared" si="0"/>
-        <v>11</v>
-[...8 lines deleted...]
-    <row r="19" spans="1:38" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
+        <v>0</v>
+      </c>
+      <c r="AK18" s="5"/>
+      <c r="AL18" s="32">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="19" spans="1:38" x14ac:dyDescent="0.25">
       <c r="A19" s="1">
         <v>18</v>
       </c>
       <c r="B19" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C19" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D19" s="2" t="s">
-        <v>26</v>
-[...46 lines deleted...]
-      <c r="AH19" s="28"/>
+        <v>20</v>
+      </c>
+      <c r="E19" s="24"/>
+      <c r="F19" s="24"/>
+      <c r="G19" s="24"/>
+      <c r="H19" s="24"/>
+      <c r="I19" s="24"/>
+      <c r="J19" s="24"/>
+      <c r="K19" s="24"/>
+      <c r="L19" s="24"/>
+      <c r="M19" s="24"/>
+      <c r="N19" s="24"/>
+      <c r="O19" s="24"/>
+      <c r="P19" s="24"/>
+      <c r="Q19" s="24"/>
+      <c r="R19" s="24"/>
+      <c r="S19" s="24"/>
+      <c r="T19" s="24"/>
+      <c r="U19" s="24"/>
+      <c r="V19" s="24"/>
+      <c r="W19" s="24"/>
+      <c r="X19" s="24"/>
+      <c r="Y19" s="24"/>
+      <c r="Z19" s="24"/>
+      <c r="AA19" s="24"/>
+      <c r="AB19" s="24"/>
+      <c r="AC19" s="24"/>
+      <c r="AD19" s="24"/>
+      <c r="AE19" s="24"/>
+      <c r="AF19" s="24"/>
+      <c r="AG19" s="24"/>
+      <c r="AH19" s="24"/>
+      <c r="AI19" s="24"/>
       <c r="AJ19" s="5">
         <f t="shared" si="0"/>
-        <v>8</v>
-[...8 lines deleted...]
-    <row r="20" spans="1:38" x14ac:dyDescent="0.3">
+        <v>0</v>
+      </c>
+      <c r="AK19" s="7"/>
+      <c r="AL19" s="32">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="20" spans="1:38" x14ac:dyDescent="0.25">
       <c r="A20" s="1">
         <v>19</v>
       </c>
       <c r="B20" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C20" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D20" s="2" t="s">
-        <v>27</v>
-[...48 lines deleted...]
-      </c>
+        <v>21</v>
+      </c>
+      <c r="E20" s="24"/>
+      <c r="F20" s="24"/>
+      <c r="G20" s="24"/>
+      <c r="H20" s="24"/>
+      <c r="I20" s="24"/>
+      <c r="J20" s="24"/>
+      <c r="K20" s="24"/>
+      <c r="L20" s="24"/>
+      <c r="M20" s="24"/>
+      <c r="N20" s="24"/>
+      <c r="O20" s="24"/>
+      <c r="P20" s="24"/>
+      <c r="Q20" s="24"/>
+      <c r="R20" s="24"/>
+      <c r="S20" s="24"/>
+      <c r="T20" s="26"/>
+      <c r="U20" s="24"/>
+      <c r="V20" s="24"/>
+      <c r="W20" s="24"/>
+      <c r="X20" s="24"/>
+      <c r="Y20" s="24"/>
+      <c r="Z20" s="24"/>
+      <c r="AA20" s="24"/>
+      <c r="AB20" s="24"/>
+      <c r="AC20" s="24"/>
+      <c r="AD20" s="24"/>
+      <c r="AE20" s="24"/>
+      <c r="AF20" s="24"/>
+      <c r="AG20" s="24"/>
+      <c r="AH20" s="24"/>
+      <c r="AI20" s="24"/>
       <c r="AJ20" s="5">
         <f t="shared" si="0"/>
-        <v>9</v>
-[...8 lines deleted...]
-    <row r="21" spans="1:38" x14ac:dyDescent="0.3">
+        <v>0</v>
+      </c>
+      <c r="AK20" s="5"/>
+      <c r="AL20" s="32">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="21" spans="1:38" x14ac:dyDescent="0.25">
       <c r="A21" s="1">
         <v>20</v>
       </c>
       <c r="B21" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C21" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D21" s="2" t="s">
-        <v>28</v>
-[...30 lines deleted...]
-      <c r="AH21" s="28"/>
+        <v>22</v>
+      </c>
+      <c r="E21" s="24"/>
+      <c r="F21" s="24"/>
+      <c r="G21" s="24"/>
+      <c r="H21" s="24"/>
+      <c r="I21" s="24"/>
+      <c r="J21" s="24"/>
+      <c r="K21" s="24"/>
+      <c r="L21" s="24"/>
+      <c r="M21" s="24"/>
+      <c r="N21" s="24"/>
+      <c r="O21" s="24"/>
+      <c r="P21" s="24"/>
+      <c r="Q21" s="24"/>
+      <c r="R21" s="24"/>
+      <c r="S21" s="24"/>
+      <c r="T21" s="26"/>
+      <c r="U21" s="24"/>
+      <c r="V21" s="24"/>
+      <c r="W21" s="24"/>
+      <c r="X21" s="24"/>
+      <c r="Y21" s="24"/>
+      <c r="Z21" s="24"/>
+      <c r="AA21" s="24"/>
+      <c r="AB21" s="24"/>
+      <c r="AC21" s="24"/>
+      <c r="AD21" s="24"/>
+      <c r="AE21" s="24"/>
+      <c r="AF21" s="24"/>
+      <c r="AG21" s="24"/>
+      <c r="AH21" s="24"/>
+      <c r="AI21" s="24"/>
       <c r="AJ21" s="5">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="AK21" s="5"/>
-      <c r="AL21" s="34">
-[...3 lines deleted...]
-    <row r="22" spans="1:38" x14ac:dyDescent="0.3">
+      <c r="AL21" s="32">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="22" spans="1:38" x14ac:dyDescent="0.25">
       <c r="A22" s="1">
         <v>21</v>
       </c>
       <c r="B22" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C22" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D22" s="2" t="s">
-        <v>29</v>
-[...30 lines deleted...]
-      <c r="AH22" s="28"/>
+        <v>23</v>
+      </c>
+      <c r="E22" s="24"/>
+      <c r="F22" s="24"/>
+      <c r="G22" s="24"/>
+      <c r="H22" s="24"/>
+      <c r="I22" s="24"/>
+      <c r="J22" s="24"/>
+      <c r="K22" s="24"/>
+      <c r="L22" s="24"/>
+      <c r="M22" s="24"/>
+      <c r="N22" s="24"/>
+      <c r="O22" s="24"/>
+      <c r="P22" s="24"/>
+      <c r="Q22" s="24"/>
+      <c r="R22" s="24"/>
+      <c r="S22" s="24"/>
+      <c r="T22" s="26"/>
+      <c r="U22" s="24"/>
+      <c r="V22" s="24"/>
+      <c r="W22" s="24"/>
+      <c r="X22" s="24"/>
+      <c r="Y22" s="24"/>
+      <c r="Z22" s="24"/>
+      <c r="AA22" s="24"/>
+      <c r="AB22" s="24"/>
+      <c r="AC22" s="24"/>
+      <c r="AD22" s="24"/>
+      <c r="AE22" s="24"/>
+      <c r="AF22" s="24"/>
+      <c r="AG22" s="24"/>
+      <c r="AH22" s="24"/>
+      <c r="AI22" s="24"/>
       <c r="AJ22" s="5">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="AK22" s="5"/>
-      <c r="AL22" s="34">
-[...3 lines deleted...]
-    <row r="23" spans="1:38" x14ac:dyDescent="0.3">
+      <c r="AL22" s="32">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="23" spans="1:38" x14ac:dyDescent="0.25">
       <c r="A23" s="1">
         <v>22</v>
       </c>
       <c r="B23" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C23" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D23" s="2" t="s">
-        <v>30</v>
-[...30 lines deleted...]
-      <c r="AH23" s="28"/>
+        <v>24</v>
+      </c>
+      <c r="E23" s="24"/>
+      <c r="F23" s="24"/>
+      <c r="G23" s="24"/>
+      <c r="H23" s="24"/>
+      <c r="I23" s="24"/>
+      <c r="J23" s="24"/>
+      <c r="K23" s="24"/>
+      <c r="L23" s="24"/>
+      <c r="M23" s="24"/>
+      <c r="N23" s="24"/>
+      <c r="O23" s="24"/>
+      <c r="P23" s="24"/>
+      <c r="Q23" s="24"/>
+      <c r="R23" s="24"/>
+      <c r="S23" s="24"/>
+      <c r="T23" s="24"/>
+      <c r="U23" s="24"/>
+      <c r="V23" s="24"/>
+      <c r="W23" s="24"/>
+      <c r="X23" s="24"/>
+      <c r="Y23" s="24"/>
+      <c r="Z23" s="24"/>
+      <c r="AA23" s="24"/>
+      <c r="AB23" s="24"/>
+      <c r="AC23" s="24"/>
+      <c r="AD23" s="24"/>
+      <c r="AE23" s="24"/>
+      <c r="AF23" s="24"/>
+      <c r="AG23" s="24"/>
+      <c r="AH23" s="24"/>
+      <c r="AI23" s="24"/>
       <c r="AJ23" s="5">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="AK23" s="5"/>
-      <c r="AL23" s="34">
-[...3 lines deleted...]
-    <row r="24" spans="1:38" x14ac:dyDescent="0.3">
+      <c r="AL23" s="32">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="24" spans="1:38" x14ac:dyDescent="0.25">
       <c r="A24" s="1">
         <v>23</v>
       </c>
       <c r="B24" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C24" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D24" s="2" t="s">
-        <v>31</v>
-[...90 lines deleted...]
-      </c>
+        <v>25</v>
+      </c>
+      <c r="E24" s="24"/>
+      <c r="F24" s="24"/>
+      <c r="G24" s="24"/>
+      <c r="H24" s="24"/>
+      <c r="I24" s="24"/>
+      <c r="J24" s="24"/>
+      <c r="K24" s="24"/>
+      <c r="L24" s="24"/>
+      <c r="M24" s="24"/>
+      <c r="N24" s="24"/>
+      <c r="O24" s="24"/>
+      <c r="P24" s="24"/>
+      <c r="Q24" s="24"/>
+      <c r="R24" s="24"/>
+      <c r="S24" s="24"/>
+      <c r="T24" s="26"/>
+      <c r="U24" s="24"/>
+      <c r="V24" s="24"/>
+      <c r="W24" s="24"/>
+      <c r="X24" s="24"/>
+      <c r="Y24" s="24"/>
+      <c r="Z24" s="24"/>
+      <c r="AA24" s="24"/>
+      <c r="AB24" s="24"/>
+      <c r="AC24" s="24"/>
+      <c r="AD24" s="24"/>
+      <c r="AE24" s="24"/>
+      <c r="AF24" s="24"/>
+      <c r="AG24" s="24"/>
+      <c r="AH24" s="24"/>
+      <c r="AI24" s="24"/>
       <c r="AJ24" s="5">
-        <f t="shared" si="0"/>
-[...9 lines deleted...]
-    <row r="25" spans="1:38" x14ac:dyDescent="0.3">
+        <v>0</v>
+      </c>
+      <c r="AK24" s="5"/>
+      <c r="AL24" s="32">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="25" spans="1:38" x14ac:dyDescent="0.25">
       <c r="A25" s="1">
         <v>24</v>
       </c>
       <c r="B25" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C25" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D25" s="2" t="s">
-        <v>32</v>
-[...90 lines deleted...]
-      </c>
+        <v>26</v>
+      </c>
+      <c r="E25" s="24"/>
+      <c r="F25" s="24"/>
+      <c r="G25" s="24"/>
+      <c r="H25" s="24"/>
+      <c r="I25" s="24"/>
+      <c r="J25" s="24"/>
+      <c r="K25" s="24"/>
+      <c r="L25" s="24"/>
+      <c r="M25" s="24"/>
+      <c r="N25" s="24"/>
+      <c r="O25" s="24"/>
+      <c r="P25" s="24"/>
+      <c r="Q25" s="24"/>
+      <c r="R25" s="24"/>
+      <c r="S25" s="24"/>
+      <c r="T25" s="26"/>
+      <c r="U25" s="24"/>
+      <c r="V25" s="24"/>
+      <c r="W25" s="24"/>
+      <c r="X25" s="24"/>
+      <c r="Y25" s="24"/>
+      <c r="Z25" s="24"/>
+      <c r="AA25" s="24"/>
+      <c r="AB25" s="24"/>
+      <c r="AC25" s="24"/>
+      <c r="AD25" s="24"/>
+      <c r="AE25" s="24"/>
+      <c r="AF25" s="24"/>
+      <c r="AG25" s="24"/>
+      <c r="AH25" s="24"/>
+      <c r="AI25" s="24"/>
       <c r="AJ25" s="5">
-        <f t="shared" si="0"/>
-[...9 lines deleted...]
-    <row r="26" spans="1:38" x14ac:dyDescent="0.3">
+        <f>COUNTA(E25:AH25)</f>
+        <v>0</v>
+      </c>
+      <c r="AK25" s="5"/>
+      <c r="AL25" s="32">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="26" spans="1:38" x14ac:dyDescent="0.25">
       <c r="A26" s="1">
         <v>25</v>
       </c>
       <c r="B26" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C26" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D26" s="2" t="s">
-        <v>33</v>
+        <v>27</v>
       </c>
       <c r="E26" s="3"/>
       <c r="F26" s="3"/>
       <c r="G26" s="3"/>
       <c r="H26" s="3"/>
       <c r="I26" s="3"/>
       <c r="J26" s="3"/>
       <c r="K26" s="3"/>
       <c r="L26" s="3"/>
       <c r="M26" s="3"/>
       <c r="N26" s="3"/>
       <c r="O26" s="3"/>
       <c r="P26" s="3"/>
       <c r="Q26" s="3"/>
       <c r="R26" s="3"/>
       <c r="S26" s="3"/>
       <c r="T26" s="4"/>
-      <c r="U26" s="28"/>
+      <c r="U26" s="24"/>
       <c r="V26" s="3"/>
       <c r="W26" s="3"/>
       <c r="X26" s="3"/>
       <c r="Y26" s="3"/>
       <c r="Z26" s="3"/>
       <c r="AA26" s="3"/>
       <c r="AB26" s="3"/>
       <c r="AC26" s="3"/>
       <c r="AD26" s="3"/>
       <c r="AE26" s="3"/>
       <c r="AF26" s="3"/>
       <c r="AG26" s="3"/>
       <c r="AH26" s="3"/>
+      <c r="AI26" s="3"/>
       <c r="AJ26" s="5">
-        <f t="shared" si="0"/>
-[...6 lines deleted...]
-    <row r="27" spans="1:38" x14ac:dyDescent="0.3">
+        <f>COUNTA(E26:AH26)</f>
+        <v>0</v>
+      </c>
+      <c r="AK26" s="39"/>
+      <c r="AL26" s="32">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="27" spans="1:38" x14ac:dyDescent="0.25">
       <c r="A27" s="1">
         <v>26</v>
       </c>
       <c r="B27" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C27" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D27" s="2" t="s">
-        <v>34</v>
+        <v>28</v>
       </c>
       <c r="E27" s="3"/>
       <c r="F27" s="3"/>
       <c r="G27" s="3"/>
       <c r="H27" s="3"/>
       <c r="I27" s="3"/>
       <c r="J27" s="3"/>
       <c r="K27" s="3"/>
       <c r="L27" s="3"/>
       <c r="M27" s="3"/>
       <c r="N27" s="3"/>
       <c r="O27" s="3"/>
       <c r="P27" s="3"/>
       <c r="Q27" s="3"/>
       <c r="R27" s="3"/>
       <c r="S27" s="3"/>
       <c r="T27" s="3"/>
-      <c r="U27" s="28"/>
+      <c r="U27" s="24"/>
       <c r="V27" s="3"/>
       <c r="W27" s="3"/>
       <c r="X27" s="3"/>
       <c r="Y27" s="3"/>
       <c r="Z27" s="3"/>
       <c r="AA27" s="3"/>
       <c r="AB27" s="3"/>
       <c r="AC27" s="3"/>
       <c r="AD27" s="3"/>
       <c r="AE27" s="3"/>
       <c r="AF27" s="3"/>
       <c r="AG27" s="3"/>
       <c r="AH27" s="3"/>
+      <c r="AI27" s="3"/>
       <c r="AJ27" s="5">
-        <f t="shared" si="0"/>
-[...2 lines deleted...]
-      <c r="AL27" s="34">
+        <f>COUNTA(E27:AH27)</f>
+        <v>0</v>
+      </c>
+      <c r="AK27" s="9"/>
+      <c r="AL27" s="32">
+        <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
+  <pageSetup paperSize="9" scale="68" orientation="landscape" horizontalDpi="1200" verticalDpi="1200" r:id="rId1"/>
+  <headerFooter>
+    <oddHeader>&amp;Cwrzesień 2024 r.</oddHeader>
+  </headerFooter>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{78C0D931-6437-407d-A8EE-F0AAD7539E65}">
       <x14:conditionalFormattings>
         <x14:conditionalFormatting xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
-          <x14:cfRule type="containsText" priority="1" operator="containsText" id="{5EA8CAA5-15FE-4B58-975C-81DF6C8227CD}">
-[...1 lines deleted...]
-            <xm:f>$AA$8</xm:f>
+          <x14:cfRule type="containsText" priority="1" operator="containsText" id="{28FCDAA7-10FE-4FBA-9E3A-FE46F1358080}">
+            <xm:f>NOT(ISERROR(SEARCH($E$16,E2)))</xm:f>
+            <xm:f>$E$16</xm:f>
             <x14:dxf>
               <fill>
                 <patternFill>
                   <bgColor rgb="FFFF9999"/>
                 </patternFill>
               </fill>
             </x14:dxf>
           </x14:cfRule>
           <xm:sqref>E2:AH27</xm:sqref>
         </x14:conditionalFormatting>
       </x14:conditionalFormattings>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0D00-000000000000}">
+<file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+  <sheetPr>
+    <pageSetUpPr fitToPage="1"/>
+  </sheetPr>
   <dimension ref="A1:AL27"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
-      <selection activeCell="C36" sqref="C36"/>
+    <sheetView view="pageLayout" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="AL2" sqref="AL2:AL26"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="3.6640625" customWidth="1"/>
-[...6 lines deleted...]
-    <col min="38" max="38" width="4.88671875" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="3.85546875" customWidth="1"/>
+    <col min="2" max="2" width="14.7109375" customWidth="1"/>
+    <col min="3" max="3" width="15.42578125" customWidth="1"/>
+    <col min="4" max="4" width="26.42578125" customWidth="1"/>
+    <col min="5" max="35" width="2.5703125" customWidth="1"/>
+    <col min="36" max="36" width="5.28515625" bestFit="1" customWidth="1"/>
+    <col min="37" max="37" width="65.5703125" bestFit="1" customWidth="1"/>
+    <col min="38" max="38" width="2.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:38" ht="26.4" x14ac:dyDescent="0.3">
-[...15 lines deleted...]
-      <c r="F1" s="11">
+    <row r="1" spans="1:38" x14ac:dyDescent="0.25">
+      <c r="A1" s="11" t="s">
+        <v>29</v>
+      </c>
+      <c r="B1" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="C1" s="11" t="s">
+        <v>31</v>
+      </c>
+      <c r="D1" s="11" t="s">
+        <v>32</v>
+      </c>
+      <c r="E1" s="10">
+        <v>1</v>
+      </c>
+      <c r="F1" s="10">
         <v>2</v>
       </c>
-      <c r="G1" s="11">
+      <c r="G1" s="10">
         <v>3</v>
       </c>
-      <c r="H1" s="11">
-[...2 lines deleted...]
-      <c r="I1" s="11">
+      <c r="H1" s="10">
+        <v>4</v>
+      </c>
+      <c r="I1" s="10">
         <v>5</v>
       </c>
-      <c r="J1" s="11">
+      <c r="J1" s="10">
         <v>6</v>
       </c>
-      <c r="K1" s="11">
+      <c r="K1" s="10">
         <v>7</v>
       </c>
-      <c r="L1" s="11">
+      <c r="L1" s="10">
         <v>8</v>
       </c>
-      <c r="M1" s="11">
+      <c r="M1" s="10">
         <v>9</v>
       </c>
-      <c r="N1" s="11">
+      <c r="N1" s="10">
         <v>10</v>
       </c>
-      <c r="O1" s="11">
+      <c r="O1" s="10">
         <v>11</v>
       </c>
-      <c r="P1" s="11">
+      <c r="P1" s="10">
         <v>12</v>
       </c>
-      <c r="Q1" s="11">
+      <c r="Q1" s="10">
         <v>13</v>
       </c>
-      <c r="R1" s="11">
+      <c r="R1" s="10">
         <v>14</v>
       </c>
-      <c r="S1" s="11">
+      <c r="S1" s="10">
         <v>15</v>
       </c>
-      <c r="T1" s="11">
+      <c r="T1" s="10">
         <v>16</v>
       </c>
-      <c r="U1" s="11">
+      <c r="U1" s="10">
         <v>17</v>
       </c>
-      <c r="V1" s="11">
+      <c r="V1" s="10">
         <v>18</v>
       </c>
-      <c r="W1" s="11">
+      <c r="W1" s="10">
         <v>19</v>
       </c>
-      <c r="X1" s="11">
+      <c r="X1" s="10">
         <v>20</v>
       </c>
-      <c r="Y1" s="11">
+      <c r="Y1" s="10">
         <v>21</v>
       </c>
-      <c r="Z1" s="11">
+      <c r="Z1" s="10">
         <v>22</v>
       </c>
-      <c r="AA1" s="11">
+      <c r="AA1" s="10">
         <v>23</v>
       </c>
-      <c r="AB1" s="11">
+      <c r="AB1" s="10">
         <v>24</v>
       </c>
-      <c r="AC1" s="11">
+      <c r="AC1" s="10">
         <v>25</v>
       </c>
-      <c r="AD1" s="11">
+      <c r="AD1" s="10">
         <v>26</v>
       </c>
-      <c r="AE1" s="11">
+      <c r="AE1" s="10">
         <v>27</v>
       </c>
-      <c r="AF1" s="11">
+      <c r="AF1" s="10">
         <v>28</v>
       </c>
-      <c r="AG1" s="11">
+      <c r="AG1" s="10">
         <v>29</v>
       </c>
-      <c r="AH1" s="11">
+      <c r="AH1" s="10">
         <v>30</v>
       </c>
-      <c r="AI1" s="11">
+      <c r="AI1" s="10">
         <v>31</v>
       </c>
-      <c r="AJ1" s="27" t="s">
-[...6 lines deleted...]
-    <row r="2" spans="1:38" x14ac:dyDescent="0.3">
+      <c r="AJ1" s="23" t="s">
+        <v>34</v>
+      </c>
+      <c r="AK1" s="19" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="2" spans="1:38" x14ac:dyDescent="0.25">
       <c r="A2" s="1">
         <v>1</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D2" s="2" t="s">
         <v>2</v>
       </c>
       <c r="E2" s="3"/>
       <c r="F2" s="3"/>
       <c r="G2" s="3"/>
       <c r="H2" s="3"/>
       <c r="I2" s="3"/>
       <c r="J2" s="3"/>
       <c r="K2" s="3"/>
       <c r="L2" s="3"/>
       <c r="M2" s="3"/>
       <c r="N2" s="3"/>
       <c r="O2" s="3"/>
       <c r="P2" s="3"/>
       <c r="Q2" s="3"/>
       <c r="R2" s="3"/>
-      <c r="S2" s="3"/>
-[...13 lines deleted...]
-      <c r="AG2" s="3"/>
+      <c r="S2" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="T2" s="4" t="s">
+        <v>4</v>
+      </c>
+      <c r="U2" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="V2" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="W2" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="X2" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="Y2" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="Z2" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="AA2" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="AB2" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="AC2" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="AD2" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="AE2" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="AF2" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="AG2" s="3" t="s">
+        <v>4</v>
+      </c>
       <c r="AH2" s="3"/>
       <c r="AI2" s="3"/>
       <c r="AJ2" s="5">
-        <f t="shared" ref="AJ2:AJ27" si="0">COUNTA(E2:AI2)</f>
-[...7 lines deleted...]
-    <row r="3" spans="1:38" x14ac:dyDescent="0.3">
+        <f t="shared" ref="AJ2:AJ23" si="0">COUNTA(E2:AI2)</f>
+        <v>15</v>
+      </c>
+      <c r="AK2" s="5" t="s">
+        <v>61</v>
+      </c>
+      <c r="AL2" s="5">
+        <f>AJ2</f>
+        <v>15</v>
+      </c>
+    </row>
+    <row r="3" spans="1:38" x14ac:dyDescent="0.25">
       <c r="A3" s="1">
         <v>2</v>
       </c>
       <c r="B3" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>3</v>
       </c>
       <c r="E3" s="3"/>
       <c r="F3" s="3"/>
       <c r="G3" s="3"/>
       <c r="H3" s="3"/>
       <c r="I3" s="3"/>
       <c r="J3" s="3"/>
       <c r="K3" s="3"/>
       <c r="L3" s="3"/>
       <c r="M3" s="3"/>
       <c r="N3" s="3"/>
       <c r="O3" s="3"/>
       <c r="P3" s="3"/>
       <c r="Q3" s="3"/>
       <c r="R3" s="3"/>
       <c r="S3" s="3"/>
       <c r="T3" s="4"/>
-      <c r="U3" s="28"/>
+      <c r="U3" s="24"/>
       <c r="V3" s="3"/>
       <c r="W3" s="3"/>
       <c r="X3" s="3"/>
       <c r="Y3" s="3"/>
       <c r="Z3" s="3"/>
-      <c r="AA3" s="3"/>
-[...5 lines deleted...]
-      <c r="AG3" s="3"/>
+      <c r="AA3" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="AB3" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="AC3" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="AD3" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="AE3" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="AF3" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="AG3" s="3" t="s">
+        <v>4</v>
+      </c>
       <c r="AH3" s="3"/>
       <c r="AI3" s="3"/>
       <c r="AJ3" s="5">
         <f t="shared" si="0"/>
-        <v>0</v>
-[...6 lines deleted...]
-    <row r="4" spans="1:38" x14ac:dyDescent="0.3">
+        <v>7</v>
+      </c>
+      <c r="AK3" s="5" t="s">
+        <v>62</v>
+      </c>
+      <c r="AL3" s="5">
+        <f t="shared" ref="AL3:AL26" si="1">AJ3</f>
+        <v>7</v>
+      </c>
+    </row>
+    <row r="4" spans="1:38" x14ac:dyDescent="0.25">
       <c r="A4" s="1">
         <v>3</v>
       </c>
       <c r="B4" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D4" s="2" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="E4" s="8"/>
       <c r="F4" s="8"/>
       <c r="G4" s="8"/>
       <c r="H4" s="8"/>
       <c r="I4" s="8"/>
       <c r="J4" s="8"/>
       <c r="K4" s="8"/>
       <c r="L4" s="8"/>
       <c r="M4" s="8"/>
       <c r="N4" s="8"/>
       <c r="O4" s="8"/>
       <c r="P4" s="8"/>
       <c r="Q4" s="8"/>
       <c r="R4" s="8"/>
       <c r="S4" s="8"/>
       <c r="T4" s="8"/>
       <c r="U4" s="8"/>
       <c r="V4" s="8"/>
       <c r="W4" s="8"/>
       <c r="X4" s="8"/>
       <c r="Y4" s="8"/>
       <c r="Z4" s="8"/>
       <c r="AA4" s="8"/>
       <c r="AB4" s="8"/>
       <c r="AC4" s="8"/>
       <c r="AD4" s="8"/>
       <c r="AE4" s="8"/>
       <c r="AF4" s="8"/>
       <c r="AG4" s="8"/>
       <c r="AH4" s="8"/>
       <c r="AI4" s="8"/>
       <c r="AJ4" s="5">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="AK4" s="5"/>
-[...4 lines deleted...]
-    <row r="5" spans="1:38" x14ac:dyDescent="0.3">
+      <c r="AK4" s="6"/>
+      <c r="AL4" s="5">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="5" spans="1:38" x14ac:dyDescent="0.25">
       <c r="A5" s="1">
         <v>4</v>
       </c>
       <c r="B5" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D5" s="2" t="s">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="E5" s="3"/>
       <c r="F5" s="3"/>
       <c r="G5" s="3"/>
       <c r="H5" s="3"/>
       <c r="I5" s="3"/>
       <c r="J5" s="3"/>
       <c r="K5" s="3"/>
       <c r="L5" s="3"/>
       <c r="M5" s="3"/>
       <c r="N5" s="3"/>
       <c r="O5" s="3"/>
       <c r="P5" s="3"/>
       <c r="Q5" s="3"/>
       <c r="R5" s="3"/>
       <c r="S5" s="3"/>
       <c r="T5" s="4"/>
       <c r="U5" s="3"/>
       <c r="V5" s="3"/>
       <c r="W5" s="3"/>
       <c r="X5" s="3"/>
       <c r="Y5" s="3"/>
       <c r="Z5" s="3"/>
       <c r="AA5" s="3"/>
       <c r="AB5" s="3"/>
       <c r="AC5" s="3"/>
       <c r="AD5" s="3"/>
       <c r="AE5" s="3"/>
       <c r="AF5" s="3"/>
       <c r="AG5" s="3"/>
       <c r="AH5" s="3"/>
       <c r="AI5" s="3"/>
       <c r="AJ5" s="5">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="AK5" s="5"/>
-[...4 lines deleted...]
-    <row r="6" spans="1:38" x14ac:dyDescent="0.3">
+      <c r="AK5" s="40"/>
+      <c r="AL5" s="5">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="6" spans="1:38" x14ac:dyDescent="0.25">
       <c r="A6" s="1">
         <v>5</v>
       </c>
       <c r="B6" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D6" s="2" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="E6" s="8"/>
       <c r="F6" s="8"/>
       <c r="G6" s="8"/>
       <c r="H6" s="8"/>
       <c r="I6" s="8"/>
       <c r="J6" s="8"/>
       <c r="K6" s="8"/>
       <c r="L6" s="8"/>
       <c r="M6" s="8"/>
       <c r="N6" s="8"/>
       <c r="O6" s="8"/>
       <c r="P6" s="8"/>
       <c r="Q6" s="8"/>
       <c r="R6" s="8"/>
       <c r="S6" s="8"/>
       <c r="T6" s="8"/>
       <c r="U6" s="8"/>
       <c r="V6" s="8"/>
       <c r="W6" s="8"/>
       <c r="X6" s="8"/>
       <c r="Y6" s="8"/>
       <c r="Z6" s="8"/>
       <c r="AA6" s="8"/>
       <c r="AB6" s="8"/>
       <c r="AC6" s="8"/>
       <c r="AD6" s="8"/>
       <c r="AE6" s="8"/>
       <c r="AF6" s="8"/>
       <c r="AG6" s="8"/>
       <c r="AH6" s="8"/>
       <c r="AI6" s="8"/>
       <c r="AJ6" s="5">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="AK6" s="5"/>
-      <c r="AL6" s="32">
-[...3 lines deleted...]
-    <row r="7" spans="1:38" x14ac:dyDescent="0.3">
+      <c r="AL6" s="5">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="7" spans="1:38" x14ac:dyDescent="0.25">
       <c r="A7" s="1">
         <v>6</v>
       </c>
       <c r="B7" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D7" s="2" t="s">
-        <v>12</v>
-[...31 lines deleted...]
-      <c r="AI7" s="29"/>
+        <v>8</v>
+      </c>
+      <c r="E7" s="25"/>
+      <c r="F7" s="25"/>
+      <c r="G7" s="25"/>
+      <c r="H7" s="25"/>
+      <c r="I7" s="25"/>
+      <c r="J7" s="25"/>
+      <c r="K7" s="25"/>
+      <c r="L7" s="25"/>
+      <c r="M7" s="25"/>
+      <c r="N7" s="25"/>
+      <c r="O7" s="25"/>
+      <c r="P7" s="25"/>
+      <c r="Q7" s="25"/>
+      <c r="R7" s="25"/>
+      <c r="S7" s="25"/>
+      <c r="T7" s="25"/>
+      <c r="U7" s="25"/>
+      <c r="V7" s="25"/>
+      <c r="W7" s="25"/>
+      <c r="X7" s="25"/>
+      <c r="Y7" s="25"/>
+      <c r="Z7" s="25"/>
+      <c r="AA7" s="25"/>
+      <c r="AB7" s="25"/>
+      <c r="AC7" s="25"/>
+      <c r="AD7" s="25"/>
+      <c r="AE7" s="25"/>
+      <c r="AF7" s="25"/>
+      <c r="AG7" s="25"/>
+      <c r="AH7" s="25"/>
+      <c r="AI7" s="25"/>
       <c r="AJ7" s="5">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="AK7" s="5"/>
-[...4 lines deleted...]
-    <row r="8" spans="1:38" x14ac:dyDescent="0.3">
+      <c r="AK7" s="6"/>
+      <c r="AL7" s="5">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="8" spans="1:38" x14ac:dyDescent="0.25">
       <c r="A8" s="1">
         <v>7</v>
       </c>
       <c r="B8" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D8" s="2" t="s">
-        <v>13</v>
-[...60 lines deleted...]
-      </c>
+        <v>9</v>
+      </c>
+      <c r="E8" s="8"/>
+      <c r="F8" s="8"/>
+      <c r="G8" s="8"/>
+      <c r="H8" s="8"/>
+      <c r="I8" s="8"/>
+      <c r="J8" s="8"/>
+      <c r="K8" s="8"/>
+      <c r="L8" s="8"/>
+      <c r="M8" s="8"/>
+      <c r="N8" s="8"/>
+      <c r="O8" s="8"/>
+      <c r="P8" s="8"/>
+      <c r="Q8" s="8"/>
+      <c r="R8" s="8"/>
+      <c r="S8" s="8"/>
+      <c r="T8" s="8"/>
+      <c r="U8" s="8"/>
+      <c r="V8" s="8"/>
+      <c r="W8" s="8"/>
+      <c r="X8" s="8"/>
       <c r="Y8" s="8"/>
       <c r="Z8" s="8"/>
       <c r="AA8" s="8"/>
-      <c r="AB8" s="28"/>
-[...6 lines deleted...]
-      <c r="AI8" s="8"/>
+      <c r="AB8" s="24"/>
+      <c r="AC8" s="8" t="s">
+        <v>4</v>
+      </c>
+      <c r="AD8" s="8" t="s">
+        <v>4</v>
+      </c>
+      <c r="AE8" s="8" t="s">
+        <v>4</v>
+      </c>
+      <c r="AF8" s="8" t="s">
+        <v>4</v>
+      </c>
+      <c r="AG8" s="8" t="s">
+        <v>4</v>
+      </c>
+      <c r="AH8" s="8" t="s">
+        <v>4</v>
+      </c>
+      <c r="AI8" s="8" t="s">
+        <v>4</v>
+      </c>
       <c r="AJ8" s="5">
         <f t="shared" si="0"/>
-        <v>20</v>
+        <v>7</v>
       </c>
       <c r="AK8" s="5" t="s">
-        <v>59</v>
-[...5 lines deleted...]
-    <row r="9" spans="1:38" x14ac:dyDescent="0.3">
+        <v>63</v>
+      </c>
+      <c r="AL8" s="5">
+        <f t="shared" si="1"/>
+        <v>7</v>
+      </c>
+    </row>
+    <row r="9" spans="1:38" x14ac:dyDescent="0.25">
       <c r="A9" s="1">
         <v>8</v>
       </c>
       <c r="B9" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D9" s="2" t="s">
-        <v>14</v>
+        <v>10</v>
       </c>
       <c r="E9" s="3"/>
-      <c r="F9" s="28"/>
-[...23 lines deleted...]
-      <c r="AD9" s="28"/>
+      <c r="F9" s="24"/>
+      <c r="G9" s="24"/>
+      <c r="H9" s="24"/>
+      <c r="I9" s="24"/>
+      <c r="J9" s="24"/>
+      <c r="K9" s="24"/>
+      <c r="L9" s="24"/>
+      <c r="M9" s="24"/>
+      <c r="N9" s="24"/>
+      <c r="O9" s="24"/>
+      <c r="P9" s="24"/>
+      <c r="Q9" s="24"/>
+      <c r="R9" s="26"/>
+      <c r="S9" s="24"/>
+      <c r="T9" s="24"/>
+      <c r="U9" s="24"/>
+      <c r="V9" s="24"/>
+      <c r="W9" s="24"/>
+      <c r="X9" s="24"/>
+      <c r="Y9" s="24"/>
+      <c r="Z9" s="24"/>
+      <c r="AA9" s="24"/>
+      <c r="AB9" s="24"/>
+      <c r="AC9" s="24"/>
+      <c r="AD9" s="24"/>
       <c r="AE9" s="3"/>
       <c r="AF9" s="3"/>
       <c r="AG9" s="3"/>
       <c r="AH9" s="3"/>
       <c r="AI9" s="3"/>
       <c r="AJ9" s="5">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="AK9" s="5"/>
-      <c r="AL9" s="32">
-[...3 lines deleted...]
-    <row r="10" spans="1:38" x14ac:dyDescent="0.3">
+      <c r="AL9" s="5">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="10" spans="1:38" x14ac:dyDescent="0.25">
       <c r="A10" s="1">
         <v>9</v>
       </c>
       <c r="B10" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D10" s="2" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="E10" s="3"/>
-      <c r="F10" s="28"/>
-[...23 lines deleted...]
-      <c r="AD10" s="28"/>
+      <c r="F10" s="24"/>
+      <c r="G10" s="24"/>
+      <c r="H10" s="24"/>
+      <c r="I10" s="24"/>
+      <c r="J10" s="24"/>
+      <c r="K10" s="24"/>
+      <c r="L10" s="24"/>
+      <c r="M10" s="24"/>
+      <c r="N10" s="24"/>
+      <c r="O10" s="24"/>
+      <c r="P10" s="24"/>
+      <c r="Q10" s="24"/>
+      <c r="R10" s="26"/>
+      <c r="S10" s="24"/>
+      <c r="T10" s="24"/>
+      <c r="U10" s="24"/>
+      <c r="V10" s="24"/>
+      <c r="W10" s="24"/>
+      <c r="X10" s="24"/>
+      <c r="Y10" s="24"/>
+      <c r="Z10" s="24"/>
+      <c r="AA10" s="24"/>
+      <c r="AB10" s="24"/>
+      <c r="AC10" s="24"/>
+      <c r="AD10" s="24"/>
       <c r="AE10" s="3"/>
       <c r="AF10" s="3"/>
       <c r="AG10" s="3"/>
       <c r="AH10" s="3"/>
       <c r="AI10" s="3"/>
       <c r="AJ10" s="5">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="AK10" s="5"/>
-      <c r="AL10" s="32">
-[...3 lines deleted...]
-    <row r="11" spans="1:38" x14ac:dyDescent="0.3">
+      <c r="AL10" s="5">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="11" spans="1:38" x14ac:dyDescent="0.25">
       <c r="A11" s="1">
         <v>10</v>
       </c>
       <c r="B11" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C11" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D11" s="2" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="E11" s="3"/>
-      <c r="F11" s="28"/>
-[...23 lines deleted...]
-      <c r="AD11" s="28"/>
+      <c r="F11" s="24"/>
+      <c r="G11" s="24"/>
+      <c r="H11" s="24"/>
+      <c r="I11" s="24"/>
+      <c r="J11" s="24"/>
+      <c r="K11" s="24"/>
+      <c r="L11" s="24"/>
+      <c r="M11" s="24"/>
+      <c r="N11" s="24"/>
+      <c r="O11" s="24"/>
+      <c r="P11" s="24"/>
+      <c r="Q11" s="24"/>
+      <c r="R11" s="26"/>
+      <c r="S11" s="24"/>
+      <c r="T11" s="24"/>
+      <c r="U11" s="24"/>
+      <c r="V11" s="24"/>
+      <c r="W11" s="24"/>
+      <c r="X11" s="24"/>
+      <c r="Y11" s="24"/>
+      <c r="Z11" s="24"/>
+      <c r="AA11" s="24"/>
+      <c r="AB11" s="24"/>
+      <c r="AC11" s="24"/>
+      <c r="AD11" s="24"/>
       <c r="AE11" s="3"/>
       <c r="AF11" s="3"/>
       <c r="AG11" s="3"/>
       <c r="AH11" s="3"/>
       <c r="AI11" s="3"/>
       <c r="AJ11" s="5">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="AK11" s="5"/>
-      <c r="AL11" s="32">
-[...3 lines deleted...]
-    <row r="12" spans="1:38" x14ac:dyDescent="0.3">
+      <c r="AL11" s="5">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="12" spans="1:38" x14ac:dyDescent="0.25">
       <c r="A12" s="1">
         <v>11</v>
       </c>
       <c r="B12" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C12" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D12" s="2" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="E12" s="3"/>
-      <c r="F12" s="28"/>
-[...23 lines deleted...]
-      <c r="AD12" s="28"/>
+      <c r="F12" s="24"/>
+      <c r="G12" s="24"/>
+      <c r="H12" s="24"/>
+      <c r="I12" s="24"/>
+      <c r="J12" s="24"/>
+      <c r="K12" s="24"/>
+      <c r="L12" s="24"/>
+      <c r="M12" s="24"/>
+      <c r="N12" s="24"/>
+      <c r="O12" s="24"/>
+      <c r="P12" s="24"/>
+      <c r="Q12" s="24"/>
+      <c r="R12" s="26"/>
+      <c r="S12" s="24"/>
+      <c r="T12" s="24"/>
+      <c r="U12" s="24"/>
+      <c r="V12" s="24"/>
+      <c r="W12" s="24"/>
+      <c r="X12" s="24"/>
+      <c r="Y12" s="24"/>
+      <c r="Z12" s="24"/>
+      <c r="AA12" s="24"/>
+      <c r="AB12" s="24"/>
+      <c r="AC12" s="24"/>
+      <c r="AD12" s="24"/>
       <c r="AE12" s="3"/>
       <c r="AF12" s="3"/>
       <c r="AG12" s="3"/>
       <c r="AH12" s="3"/>
       <c r="AI12" s="3"/>
       <c r="AJ12" s="5">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="AK12" s="5"/>
-      <c r="AL12" s="32">
-[...3 lines deleted...]
-    <row r="13" spans="1:38" x14ac:dyDescent="0.3">
+      <c r="AL12" s="5">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="13" spans="1:38" x14ac:dyDescent="0.25">
       <c r="A13" s="1">
         <v>12</v>
       </c>
       <c r="B13" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C13" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D13" s="2" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="E13" s="3"/>
-      <c r="F13" s="28"/>
-[...23 lines deleted...]
-      <c r="AD13" s="28"/>
+      <c r="F13" s="24"/>
+      <c r="G13" s="24"/>
+      <c r="H13" s="24"/>
+      <c r="I13" s="24"/>
+      <c r="J13" s="24"/>
+      <c r="K13" s="24"/>
+      <c r="L13" s="24"/>
+      <c r="M13" s="24"/>
+      <c r="N13" s="24"/>
+      <c r="O13" s="24"/>
+      <c r="P13" s="24"/>
+      <c r="Q13" s="24"/>
+      <c r="R13" s="26"/>
+      <c r="S13" s="24"/>
+      <c r="T13" s="24"/>
+      <c r="U13" s="24"/>
+      <c r="V13" s="24"/>
+      <c r="W13" s="24"/>
+      <c r="X13" s="24"/>
+      <c r="Y13" s="24"/>
+      <c r="Z13" s="24"/>
+      <c r="AA13" s="24"/>
+      <c r="AB13" s="24"/>
+      <c r="AC13" s="24"/>
+      <c r="AD13" s="24"/>
       <c r="AE13" s="3"/>
       <c r="AF13" s="3"/>
       <c r="AG13" s="3"/>
       <c r="AH13" s="3"/>
       <c r="AI13" s="3"/>
       <c r="AJ13" s="5">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="AK13" s="5"/>
-[...4 lines deleted...]
-    <row r="14" spans="1:38" x14ac:dyDescent="0.3">
+      <c r="AK13" s="7"/>
+      <c r="AL13" s="5">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="14" spans="1:38" x14ac:dyDescent="0.25">
       <c r="A14" s="1">
         <v>13</v>
       </c>
       <c r="B14" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C14" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D14" s="2" t="s">
-        <v>21</v>
-[...31 lines deleted...]
-      <c r="AI14" s="3"/>
+        <v>15</v>
+      </c>
+      <c r="E14" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="F14" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="G14" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="H14" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="I14" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="J14" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="K14" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="L14" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="M14" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="N14" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="O14" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="P14" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="Q14" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="R14" s="26" t="s">
+        <v>4</v>
+      </c>
+      <c r="S14" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="T14" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="U14" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="V14" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="W14" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="X14" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="Y14" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="Z14" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="AA14" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="AB14" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="AC14" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="AD14" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="AE14" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="AF14" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="AG14" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="AH14" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="AI14" s="3" t="s">
+        <v>4</v>
+      </c>
       <c r="AJ14" s="5">
         <f t="shared" si="0"/>
-        <v>0</v>
-[...6 lines deleted...]
-    <row r="15" spans="1:38" x14ac:dyDescent="0.3">
+        <v>31</v>
+      </c>
+      <c r="AK14" s="5" t="s">
+        <v>64</v>
+      </c>
+      <c r="AL14" s="5">
+        <f t="shared" si="1"/>
+        <v>31</v>
+      </c>
+    </row>
+    <row r="15" spans="1:38" x14ac:dyDescent="0.25">
       <c r="A15" s="1">
         <v>14</v>
       </c>
       <c r="B15" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C15" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D15" s="2" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="E15" s="3"/>
-      <c r="F15" s="28"/>
-[...23 lines deleted...]
-      <c r="AD15" s="28"/>
+      <c r="F15" s="24"/>
+      <c r="G15" s="24"/>
+      <c r="H15" s="24"/>
+      <c r="I15" s="24"/>
+      <c r="J15" s="24"/>
+      <c r="K15" s="24"/>
+      <c r="L15" s="24"/>
+      <c r="M15" s="24"/>
+      <c r="N15" s="24"/>
+      <c r="O15" s="24"/>
+      <c r="P15" s="24"/>
+      <c r="Q15" s="24"/>
+      <c r="R15" s="26"/>
+      <c r="S15" s="24"/>
+      <c r="T15" s="24"/>
+      <c r="U15" s="24"/>
+      <c r="V15" s="24"/>
+      <c r="W15" s="24"/>
+      <c r="X15" s="24"/>
+      <c r="Y15" s="24"/>
+      <c r="Z15" s="24"/>
+      <c r="AA15" s="24"/>
+      <c r="AB15" s="24"/>
+      <c r="AC15" s="24"/>
+      <c r="AD15" s="24"/>
       <c r="AE15" s="3"/>
       <c r="AF15" s="3"/>
       <c r="AG15" s="3"/>
       <c r="AH15" s="3"/>
       <c r="AI15" s="3"/>
       <c r="AJ15" s="5">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="AK15" s="5"/>
-[...4 lines deleted...]
-    <row r="16" spans="1:38" x14ac:dyDescent="0.3">
+      <c r="AK15" s="7"/>
+      <c r="AL15" s="5">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="16" spans="1:38" x14ac:dyDescent="0.25">
       <c r="A16" s="1">
         <v>15</v>
       </c>
       <c r="B16" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C16" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D16" s="2" t="s">
-        <v>23</v>
-[...31 lines deleted...]
-      <c r="AI16" s="28"/>
+        <v>17</v>
+      </c>
+      <c r="E16" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="F16" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="G16" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="H16" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="I16" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="J16" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="K16" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="L16" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="M16" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="N16" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="O16" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="P16" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="Q16" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="R16" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="S16" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="T16" s="26" t="s">
+        <v>4</v>
+      </c>
+      <c r="U16" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="V16" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="W16" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="X16" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="Y16" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="Z16" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="AA16" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="AB16" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="AC16" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="AD16" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="AE16" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="AF16" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="AG16" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="AH16" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="AI16" s="24" t="s">
+        <v>4</v>
+      </c>
       <c r="AJ16" s="5">
         <f t="shared" si="0"/>
-        <v>0</v>
-[...6 lines deleted...]
-    <row r="17" spans="1:38" x14ac:dyDescent="0.3">
+        <v>31</v>
+      </c>
+      <c r="AK16" s="5" t="s">
+        <v>60</v>
+      </c>
+      <c r="AL16" s="5">
+        <f t="shared" si="1"/>
+        <v>31</v>
+      </c>
+    </row>
+    <row r="17" spans="1:38" x14ac:dyDescent="0.25">
       <c r="A17" s="1">
         <v>16</v>
       </c>
       <c r="B17" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C17" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D17" s="2" t="s">
-        <v>24</v>
-[...31 lines deleted...]
-      <c r="AI17" s="28"/>
+        <v>18</v>
+      </c>
+      <c r="E17" s="24"/>
+      <c r="F17" s="24"/>
+      <c r="G17" s="24"/>
+      <c r="H17" s="24"/>
+      <c r="I17" s="24"/>
+      <c r="J17" s="24"/>
+      <c r="K17" s="24"/>
+      <c r="L17" s="24"/>
+      <c r="M17" s="24"/>
+      <c r="N17" s="24"/>
+      <c r="O17" s="24"/>
+      <c r="P17" s="24"/>
+      <c r="Q17" s="24"/>
+      <c r="R17" s="24"/>
+      <c r="S17" s="24"/>
+      <c r="T17" s="26"/>
+      <c r="U17" s="24"/>
+      <c r="V17" s="24"/>
+      <c r="W17" s="24"/>
+      <c r="X17" s="24"/>
+      <c r="Y17" s="24"/>
+      <c r="Z17" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="AA17" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="AB17" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="AC17" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="AD17" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="AE17" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="AF17" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="AG17" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="AH17" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="AI17" s="24" t="s">
+        <v>4</v>
+      </c>
       <c r="AJ17" s="5">
         <f t="shared" si="0"/>
-        <v>0</v>
-[...6 lines deleted...]
-    <row r="18" spans="1:38" x14ac:dyDescent="0.3">
+        <v>10</v>
+      </c>
+      <c r="AK17" s="5" t="s">
+        <v>65</v>
+      </c>
+      <c r="AL17" s="5">
+        <f t="shared" si="1"/>
+        <v>10</v>
+      </c>
+    </row>
+    <row r="18" spans="1:38" x14ac:dyDescent="0.25">
       <c r="A18" s="1">
         <v>17</v>
       </c>
       <c r="B18" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C18" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D18" s="2" t="s">
-        <v>25</v>
-[...93 lines deleted...]
-      </c>
+        <v>19</v>
+      </c>
+      <c r="E18" s="24"/>
+      <c r="F18" s="24"/>
+      <c r="G18" s="24"/>
+      <c r="H18" s="24"/>
+      <c r="I18" s="24"/>
+      <c r="J18" s="24"/>
+      <c r="K18" s="24"/>
+      <c r="L18" s="24"/>
+      <c r="M18" s="24"/>
+      <c r="N18" s="24"/>
+      <c r="O18" s="24"/>
+      <c r="P18" s="24"/>
+      <c r="Q18" s="24"/>
+      <c r="R18" s="24"/>
+      <c r="S18" s="24"/>
+      <c r="T18" s="24"/>
+      <c r="U18" s="24"/>
+      <c r="V18" s="24"/>
+      <c r="W18" s="24"/>
+      <c r="X18" s="24"/>
+      <c r="Y18" s="24"/>
+      <c r="Z18" s="24"/>
+      <c r="AA18" s="24"/>
+      <c r="AB18" s="24"/>
+      <c r="AC18" s="24"/>
+      <c r="AD18" s="24"/>
+      <c r="AE18" s="24"/>
+      <c r="AF18" s="24"/>
+      <c r="AG18" s="24"/>
+      <c r="AH18" s="24"/>
+      <c r="AI18" s="24"/>
       <c r="AJ18" s="5">
         <f t="shared" si="0"/>
-        <v>31</v>
-[...8 lines deleted...]
-    <row r="19" spans="1:38" x14ac:dyDescent="0.3">
+        <v>0</v>
+      </c>
+      <c r="AK18" s="5"/>
+      <c r="AL18" s="5">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="19" spans="1:38" x14ac:dyDescent="0.25">
       <c r="A19" s="1">
         <v>18</v>
       </c>
       <c r="B19" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C19" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D19" s="2" t="s">
-        <v>26</v>
-[...79 lines deleted...]
-      </c>
+        <v>20</v>
+      </c>
+      <c r="E19" s="24"/>
+      <c r="F19" s="24"/>
+      <c r="G19" s="24"/>
+      <c r="H19" s="24"/>
+      <c r="I19" s="24"/>
+      <c r="J19" s="24"/>
+      <c r="K19" s="24"/>
+      <c r="L19" s="24"/>
+      <c r="M19" s="24"/>
+      <c r="N19" s="24"/>
+      <c r="O19" s="24"/>
+      <c r="P19" s="24"/>
+      <c r="Q19" s="24"/>
+      <c r="R19" s="24"/>
+      <c r="S19" s="24"/>
+      <c r="T19" s="24"/>
+      <c r="U19" s="24"/>
+      <c r="V19" s="24"/>
+      <c r="W19" s="24"/>
+      <c r="X19" s="24"/>
+      <c r="Y19" s="24"/>
+      <c r="Z19" s="24"/>
+      <c r="AA19" s="24"/>
+      <c r="AB19" s="24"/>
+      <c r="AC19" s="24"/>
+      <c r="AD19" s="24"/>
+      <c r="AE19" s="24"/>
+      <c r="AF19" s="24"/>
+      <c r="AG19" s="24"/>
+      <c r="AH19" s="24"/>
+      <c r="AI19" s="24"/>
       <c r="AJ19" s="5">
         <f t="shared" si="0"/>
-        <v>24</v>
-[...8 lines deleted...]
-    <row r="20" spans="1:38" x14ac:dyDescent="0.3">
+        <v>0</v>
+      </c>
+      <c r="AK19" s="7"/>
+      <c r="AL19" s="5">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="20" spans="1:38" x14ac:dyDescent="0.25">
       <c r="A20" s="1">
         <v>19</v>
       </c>
       <c r="B20" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C20" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D20" s="2" t="s">
-        <v>27</v>
-[...79 lines deleted...]
-      </c>
+        <v>21</v>
+      </c>
+      <c r="E20" s="24"/>
+      <c r="F20" s="24"/>
+      <c r="G20" s="24"/>
+      <c r="H20" s="24"/>
+      <c r="I20" s="24"/>
+      <c r="J20" s="24"/>
+      <c r="K20" s="24"/>
+      <c r="L20" s="24"/>
+      <c r="M20" s="24"/>
+      <c r="N20" s="24"/>
+      <c r="O20" s="24"/>
+      <c r="P20" s="24"/>
+      <c r="Q20" s="24"/>
+      <c r="R20" s="24"/>
+      <c r="S20" s="24"/>
+      <c r="T20" s="26"/>
+      <c r="U20" s="24"/>
+      <c r="V20" s="24"/>
+      <c r="W20" s="24"/>
+      <c r="X20" s="24"/>
+      <c r="Y20" s="24"/>
+      <c r="Z20" s="24"/>
+      <c r="AA20" s="24"/>
+      <c r="AB20" s="24"/>
+      <c r="AC20" s="24"/>
+      <c r="AD20" s="24"/>
+      <c r="AE20" s="24"/>
+      <c r="AF20" s="24"/>
+      <c r="AG20" s="24"/>
+      <c r="AH20" s="24"/>
+      <c r="AI20" s="24"/>
       <c r="AJ20" s="5">
         <f t="shared" si="0"/>
-        <v>24</v>
-[...8 lines deleted...]
-    <row r="21" spans="1:38" x14ac:dyDescent="0.3">
+        <v>0</v>
+      </c>
+      <c r="AK20" s="5"/>
+      <c r="AL20" s="5">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="21" spans="1:38" x14ac:dyDescent="0.25">
       <c r="A21" s="1">
         <v>20</v>
       </c>
       <c r="B21" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C21" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D21" s="2" t="s">
-        <v>28</v>
-[...41 lines deleted...]
-      </c>
+        <v>22</v>
+      </c>
+      <c r="E21" s="24"/>
+      <c r="F21" s="24"/>
+      <c r="G21" s="24"/>
+      <c r="H21" s="24"/>
+      <c r="I21" s="24"/>
+      <c r="J21" s="24"/>
+      <c r="K21" s="24"/>
+      <c r="L21" s="24"/>
+      <c r="M21" s="24"/>
+      <c r="N21" s="24"/>
+      <c r="O21" s="24"/>
+      <c r="P21" s="24"/>
+      <c r="Q21" s="24"/>
+      <c r="R21" s="24"/>
+      <c r="S21" s="24"/>
+      <c r="T21" s="26"/>
+      <c r="U21" s="24"/>
+      <c r="V21" s="24"/>
+      <c r="W21" s="24"/>
+      <c r="X21" s="24"/>
+      <c r="Y21" s="24"/>
+      <c r="Z21" s="24"/>
+      <c r="AA21" s="24"/>
+      <c r="AB21" s="24"/>
+      <c r="AC21" s="24"/>
+      <c r="AD21" s="24"/>
+      <c r="AE21" s="24"/>
+      <c r="AF21" s="24"/>
+      <c r="AG21" s="24"/>
+      <c r="AH21" s="24"/>
+      <c r="AI21" s="24"/>
       <c r="AJ21" s="5">
         <f t="shared" si="0"/>
-        <v>5</v>
-[...8 lines deleted...]
-    <row r="22" spans="1:38" x14ac:dyDescent="0.3">
+        <v>0</v>
+      </c>
+      <c r="AK21" s="5"/>
+      <c r="AL21" s="5">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="22" spans="1:38" x14ac:dyDescent="0.25">
       <c r="A22" s="1">
         <v>21</v>
       </c>
       <c r="B22" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C22" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D22" s="2" t="s">
-        <v>29</v>
-[...31 lines deleted...]
-      <c r="AI22" s="28"/>
+        <v>23</v>
+      </c>
+      <c r="E22" s="24"/>
+      <c r="F22" s="24"/>
+      <c r="G22" s="24"/>
+      <c r="H22" s="24"/>
+      <c r="I22" s="24"/>
+      <c r="J22" s="24"/>
+      <c r="K22" s="24"/>
+      <c r="L22" s="24"/>
+      <c r="M22" s="24"/>
+      <c r="N22" s="24"/>
+      <c r="O22" s="24"/>
+      <c r="P22" s="24"/>
+      <c r="Q22" s="24"/>
+      <c r="R22" s="24"/>
+      <c r="S22" s="24"/>
+      <c r="T22" s="26"/>
+      <c r="U22" s="24"/>
+      <c r="V22" s="24"/>
+      <c r="W22" s="24"/>
+      <c r="X22" s="24"/>
+      <c r="Y22" s="24"/>
+      <c r="Z22" s="24"/>
+      <c r="AA22" s="24"/>
+      <c r="AB22" s="24"/>
+      <c r="AC22" s="24"/>
+      <c r="AD22" s="24"/>
+      <c r="AE22" s="24"/>
+      <c r="AF22" s="24"/>
+      <c r="AG22" s="24"/>
+      <c r="AH22" s="24"/>
+      <c r="AI22" s="24"/>
       <c r="AJ22" s="5">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="AK22" s="5"/>
-      <c r="AL22" s="32">
-[...3 lines deleted...]
-    <row r="23" spans="1:38" x14ac:dyDescent="0.3">
+      <c r="AL22" s="5">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="23" spans="1:38" x14ac:dyDescent="0.25">
       <c r="A23" s="1">
         <v>22</v>
       </c>
       <c r="B23" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C23" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D23" s="2" t="s">
-        <v>30</v>
-[...31 lines deleted...]
-      <c r="AI23" s="28"/>
+        <v>24</v>
+      </c>
+      <c r="E23" s="24"/>
+      <c r="F23" s="24"/>
+      <c r="G23" s="24"/>
+      <c r="H23" s="24"/>
+      <c r="I23" s="24"/>
+      <c r="J23" s="24"/>
+      <c r="K23" s="24"/>
+      <c r="L23" s="24"/>
+      <c r="M23" s="24"/>
+      <c r="N23" s="24"/>
+      <c r="O23" s="24"/>
+      <c r="P23" s="24"/>
+      <c r="Q23" s="24"/>
+      <c r="R23" s="24"/>
+      <c r="S23" s="24"/>
+      <c r="T23" s="24"/>
+      <c r="U23" s="24"/>
+      <c r="V23" s="24"/>
+      <c r="W23" s="24"/>
+      <c r="X23" s="24"/>
+      <c r="Y23" s="24"/>
+      <c r="Z23" s="24"/>
+      <c r="AA23" s="24"/>
+      <c r="AB23" s="24"/>
+      <c r="AC23" s="24"/>
+      <c r="AD23" s="24"/>
+      <c r="AE23" s="24"/>
+      <c r="AF23" s="24"/>
+      <c r="AG23" s="24"/>
+      <c r="AH23" s="24"/>
+      <c r="AI23" s="24"/>
       <c r="AJ23" s="5">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="AK23" s="5"/>
-      <c r="AL23" s="32">
-[...3 lines deleted...]
-    <row r="24" spans="1:38" ht="27" x14ac:dyDescent="0.3">
+      <c r="AL23" s="5">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="24" spans="1:38" x14ac:dyDescent="0.25">
       <c r="A24" s="1">
         <v>23</v>
       </c>
       <c r="B24" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C24" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D24" s="2" t="s">
-        <v>31</v>
-[...69 lines deleted...]
-      <c r="AI24" s="28"/>
+        <v>25</v>
+      </c>
+      <c r="E24" s="24"/>
+      <c r="F24" s="24"/>
+      <c r="G24" s="24"/>
+      <c r="H24" s="24"/>
+      <c r="I24" s="24"/>
+      <c r="J24" s="24"/>
+      <c r="K24" s="24"/>
+      <c r="L24" s="24"/>
+      <c r="M24" s="24"/>
+      <c r="N24" s="24"/>
+      <c r="O24" s="24"/>
+      <c r="P24" s="24"/>
+      <c r="Q24" s="24"/>
+      <c r="R24" s="24"/>
+      <c r="S24" s="24"/>
+      <c r="T24" s="26"/>
+      <c r="U24" s="24"/>
+      <c r="V24" s="24"/>
+      <c r="W24" s="24"/>
+      <c r="X24" s="24"/>
+      <c r="Y24" s="24"/>
+      <c r="Z24" s="24"/>
+      <c r="AA24" s="24"/>
+      <c r="AB24" s="24"/>
+      <c r="AC24" s="24"/>
+      <c r="AD24" s="24"/>
+      <c r="AE24" s="24"/>
+      <c r="AF24" s="24"/>
+      <c r="AG24" s="24"/>
+      <c r="AH24" s="24"/>
+      <c r="AI24" s="24"/>
       <c r="AJ24" s="5">
-        <f t="shared" si="0"/>
-[...9 lines deleted...]
-    <row r="25" spans="1:38" x14ac:dyDescent="0.3">
+        <v>0</v>
+      </c>
+      <c r="AK24" s="5"/>
+      <c r="AL24" s="5">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="25" spans="1:38" x14ac:dyDescent="0.25">
       <c r="A25" s="1">
         <v>24</v>
       </c>
       <c r="B25" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C25" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D25" s="2" t="s">
-        <v>32</v>
-[...79 lines deleted...]
-      </c>
+        <v>26</v>
+      </c>
+      <c r="E25" s="24"/>
+      <c r="F25" s="24"/>
+      <c r="G25" s="24"/>
+      <c r="H25" s="24"/>
+      <c r="I25" s="24"/>
+      <c r="J25" s="24"/>
+      <c r="K25" s="24"/>
+      <c r="L25" s="24"/>
+      <c r="M25" s="24"/>
+      <c r="N25" s="24"/>
+      <c r="O25" s="24"/>
+      <c r="P25" s="24"/>
+      <c r="Q25" s="24"/>
+      <c r="R25" s="24"/>
+      <c r="S25" s="24"/>
+      <c r="T25" s="26"/>
+      <c r="U25" s="24"/>
+      <c r="V25" s="24"/>
+      <c r="W25" s="24"/>
+      <c r="X25" s="24"/>
+      <c r="Y25" s="24"/>
+      <c r="Z25" s="24"/>
+      <c r="AA25" s="24"/>
+      <c r="AB25" s="24"/>
+      <c r="AC25" s="24"/>
+      <c r="AD25" s="24"/>
+      <c r="AE25" s="24"/>
+      <c r="AF25" s="24"/>
+      <c r="AG25" s="24"/>
+      <c r="AH25" s="24"/>
+      <c r="AI25" s="24"/>
       <c r="AJ25" s="5">
-        <f t="shared" si="0"/>
-[...9 lines deleted...]
-    <row r="26" spans="1:38" x14ac:dyDescent="0.3">
+        <f t="shared" ref="AJ25:AJ26" si="2">COUNTA(E25:AI25)</f>
+        <v>0</v>
+      </c>
+      <c r="AK25" s="5"/>
+      <c r="AL25" s="5">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="26" spans="1:38" x14ac:dyDescent="0.25">
       <c r="A26" s="1">
         <v>25</v>
       </c>
       <c r="B26" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C26" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D26" s="2" t="s">
-        <v>33</v>
+        <v>27</v>
       </c>
       <c r="E26" s="3"/>
       <c r="F26" s="3"/>
       <c r="G26" s="3"/>
       <c r="H26" s="3"/>
       <c r="I26" s="3"/>
       <c r="J26" s="3"/>
       <c r="K26" s="3"/>
       <c r="L26" s="3"/>
       <c r="M26" s="3"/>
       <c r="N26" s="3"/>
       <c r="O26" s="3"/>
       <c r="P26" s="3"/>
       <c r="Q26" s="3"/>
       <c r="R26" s="3"/>
       <c r="S26" s="3"/>
       <c r="T26" s="4"/>
-      <c r="U26" s="28"/>
+      <c r="U26" s="24"/>
       <c r="V26" s="3"/>
       <c r="W26" s="3"/>
       <c r="X26" s="3"/>
       <c r="Y26" s="3"/>
       <c r="Z26" s="3"/>
       <c r="AA26" s="3"/>
       <c r="AB26" s="3"/>
       <c r="AC26" s="3"/>
       <c r="AD26" s="3"/>
       <c r="AE26" s="3"/>
       <c r="AF26" s="3"/>
       <c r="AG26" s="3"/>
       <c r="AH26" s="3"/>
       <c r="AI26" s="3"/>
       <c r="AJ26" s="5">
-        <f t="shared" si="0"/>
-[...19 lines deleted...]
-      </c>
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+      <c r="AK26" s="39"/>
+      <c r="AL26" s="5">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="27" spans="1:38" x14ac:dyDescent="0.25">
       <c r="E27" s="3"/>
       <c r="F27" s="3"/>
       <c r="G27" s="3"/>
       <c r="H27" s="3"/>
       <c r="I27" s="3"/>
       <c r="J27" s="3"/>
       <c r="K27" s="3"/>
       <c r="L27" s="3"/>
       <c r="M27" s="3"/>
       <c r="N27" s="3"/>
       <c r="O27" s="3"/>
       <c r="P27" s="3"/>
       <c r="Q27" s="3"/>
       <c r="R27" s="3"/>
       <c r="S27" s="3"/>
       <c r="T27" s="3"/>
-      <c r="U27" s="28"/>
+      <c r="U27" s="24"/>
       <c r="V27" s="3"/>
       <c r="W27" s="3"/>
       <c r="X27" s="3"/>
       <c r="Y27" s="3"/>
       <c r="Z27" s="3"/>
       <c r="AA27" s="3"/>
       <c r="AB27" s="3"/>
       <c r="AC27" s="3"/>
       <c r="AD27" s="3"/>
       <c r="AE27" s="3"/>
       <c r="AF27" s="3"/>
       <c r="AG27" s="3"/>
       <c r="AH27" s="3"/>
       <c r="AI27" s="3"/>
-      <c r="AJ27" s="5">
-[...6 lines deleted...]
-      </c>
+      <c r="AK27" s="9"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" scale="62" orientation="landscape" horizontalDpi="1200" verticalDpi="1200" r:id="rId1"/>
+  <headerFooter>
+    <oddHeader>&amp;Cpaździernik 2024 r.</oddHeader>
+  </headerFooter>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{78C0D931-6437-407d-A8EE-F0AAD7539E65}">
       <x14:conditionalFormattings>
         <x14:conditionalFormatting xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
-          <x14:cfRule type="containsText" priority="1" operator="containsText" id="{0159CAC8-284C-44EF-B1DF-DD4F4E800F86}">
-[...1 lines deleted...]
-            <xm:f>$E$8</xm:f>
+          <x14:cfRule type="containsText" priority="1" operator="containsText" id="{17944DEA-CF69-4E77-B2E0-4C64660500F5}">
+            <xm:f>NOT(ISERROR(SEARCH($X$6,E2)))</xm:f>
+            <xm:f>$X$6</xm:f>
             <x14:dxf>
               <fill>
                 <patternFill>
                   <bgColor rgb="FFFF9999"/>
                 </patternFill>
               </fill>
             </x14:dxf>
           </x14:cfRule>
-          <xm:sqref>E2:AI27</xm:sqref>
+          <xm:sqref>E2:AI26</xm:sqref>
         </x14:conditionalFormatting>
       </x14:conditionalFormattings>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
+<file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+  <sheetPr>
+    <pageSetUpPr fitToPage="1"/>
+  </sheetPr>
   <dimension ref="A1:AL27"/>
   <sheetViews>
-    <sheetView zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="AK36" sqref="AK36"/>
+    <sheetView view="pageLayout" topLeftCell="E1" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="AL2" sqref="AL2:AL27"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="3.44140625" bestFit="1" customWidth="1"/>
-[...6 lines deleted...]
-    <col min="38" max="38" width="7" customWidth="1"/>
+    <col min="1" max="1" width="4.5703125" customWidth="1"/>
+    <col min="2" max="2" width="14.7109375" customWidth="1"/>
+    <col min="3" max="3" width="15.42578125" customWidth="1"/>
+    <col min="4" max="4" width="26.42578125" customWidth="1"/>
+    <col min="5" max="34" width="2.5703125" customWidth="1"/>
+    <col min="35" max="35" width="5.28515625" hidden="1" customWidth="1"/>
+    <col min="36" max="36" width="4.42578125" customWidth="1"/>
+    <col min="37" max="37" width="64.42578125" customWidth="1"/>
+    <col min="38" max="38" width="4.42578125" style="29" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:38" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
-[...15 lines deleted...]
-      <c r="F1" s="11">
+    <row r="1" spans="1:38" x14ac:dyDescent="0.25">
+      <c r="A1" s="11" t="s">
+        <v>29</v>
+      </c>
+      <c r="B1" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="C1" s="11" t="s">
+        <v>31</v>
+      </c>
+      <c r="D1" s="11" t="s">
+        <v>32</v>
+      </c>
+      <c r="E1" s="10">
+        <v>1</v>
+      </c>
+      <c r="F1" s="10">
         <v>2</v>
       </c>
-      <c r="G1" s="11">
+      <c r="G1" s="10">
         <v>3</v>
       </c>
-      <c r="H1" s="11">
-[...2 lines deleted...]
-      <c r="I1" s="11">
+      <c r="H1" s="10">
+        <v>4</v>
+      </c>
+      <c r="I1" s="10">
         <v>5</v>
       </c>
-      <c r="J1" s="11">
+      <c r="J1" s="10">
         <v>6</v>
       </c>
-      <c r="K1" s="11">
+      <c r="K1" s="10">
         <v>7</v>
       </c>
-      <c r="L1" s="11">
+      <c r="L1" s="10">
         <v>8</v>
       </c>
-      <c r="M1" s="11">
+      <c r="M1" s="10">
         <v>9</v>
       </c>
-      <c r="N1" s="11">
+      <c r="N1" s="10">
         <v>10</v>
       </c>
-      <c r="O1" s="11">
+      <c r="O1" s="10">
         <v>11</v>
       </c>
-      <c r="P1" s="11">
+      <c r="P1" s="10">
         <v>12</v>
       </c>
-      <c r="Q1" s="11">
+      <c r="Q1" s="10">
         <v>13</v>
       </c>
-      <c r="R1" s="11">
+      <c r="R1" s="10">
         <v>14</v>
       </c>
-      <c r="S1" s="11">
+      <c r="S1" s="10">
         <v>15</v>
       </c>
-      <c r="T1" s="11">
+      <c r="T1" s="10">
         <v>16</v>
       </c>
-      <c r="U1" s="11">
+      <c r="U1" s="10">
         <v>17</v>
       </c>
-      <c r="V1" s="11">
+      <c r="V1" s="10">
         <v>18</v>
       </c>
-      <c r="W1" s="11">
+      <c r="W1" s="10">
         <v>19</v>
       </c>
-      <c r="X1" s="11">
+      <c r="X1" s="10">
         <v>20</v>
       </c>
-      <c r="Y1" s="11">
+      <c r="Y1" s="10">
         <v>21</v>
       </c>
-      <c r="Z1" s="11">
+      <c r="Z1" s="10">
         <v>22</v>
       </c>
-      <c r="AA1" s="11">
+      <c r="AA1" s="10">
         <v>23</v>
       </c>
-      <c r="AB1" s="11">
+      <c r="AB1" s="10">
         <v>24</v>
       </c>
-      <c r="AC1" s="11">
+      <c r="AC1" s="10">
         <v>25</v>
       </c>
-      <c r="AD1" s="11">
+      <c r="AD1" s="10">
         <v>26</v>
       </c>
-      <c r="AE1" s="11">
+      <c r="AE1" s="10">
         <v>27</v>
       </c>
-      <c r="AF1" s="11">
+      <c r="AF1" s="10">
         <v>28</v>
       </c>
-      <c r="AG1" s="11">
+      <c r="AG1" s="10">
         <v>29</v>
       </c>
-      <c r="AH1" s="11">
+      <c r="AH1" s="10">
         <v>30</v>
       </c>
-      <c r="AI1" s="11">
-[...10 lines deleted...]
-    <row r="2" spans="1:38" x14ac:dyDescent="0.3">
+      <c r="AJ1" s="20" t="s">
+        <v>34</v>
+      </c>
+      <c r="AK1" s="19" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="2" spans="1:38" x14ac:dyDescent="0.25">
       <c r="A2" s="1">
         <v>1</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D2" s="2" t="s">
         <v>2</v>
       </c>
       <c r="E2" s="3"/>
       <c r="F2" s="3"/>
       <c r="G2" s="3"/>
       <c r="H2" s="3"/>
       <c r="I2" s="3"/>
       <c r="J2" s="3"/>
       <c r="K2" s="3"/>
       <c r="L2" s="3"/>
       <c r="M2" s="3"/>
       <c r="N2" s="3"/>
       <c r="O2" s="3"/>
       <c r="P2" s="3"/>
       <c r="Q2" s="3"/>
       <c r="R2" s="3"/>
       <c r="S2" s="3"/>
       <c r="T2" s="4"/>
-      <c r="U2" s="3"/>
+      <c r="U2" s="24"/>
       <c r="V2" s="3"/>
       <c r="W2" s="3"/>
       <c r="X2" s="3"/>
       <c r="Y2" s="3"/>
       <c r="Z2" s="3"/>
       <c r="AA2" s="3"/>
       <c r="AB2" s="3"/>
       <c r="AC2" s="3"/>
       <c r="AD2" s="3"/>
       <c r="AE2" s="3"/>
       <c r="AF2" s="3"/>
       <c r="AG2" s="3"/>
       <c r="AH2" s="3"/>
       <c r="AI2" s="3"/>
       <c r="AJ2" s="5">
-        <f t="shared" ref="AJ2:AJ7" si="0">COUNTA(E2:AI2)</f>
+        <f>COUNTA(E2:AH2)</f>
         <v>0</v>
       </c>
       <c r="AK2" s="5"/>
-      <c r="AL2" s="37">
-[...3 lines deleted...]
-    <row r="3" spans="1:38" x14ac:dyDescent="0.3">
+      <c r="AL2" s="30">
+        <f>AJ2</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="3" spans="1:38" x14ac:dyDescent="0.25">
       <c r="A3" s="1">
         <v>2</v>
       </c>
       <c r="B3" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>3</v>
       </c>
-      <c r="E3" s="3" t="s">
-[...31 lines deleted...]
-      </c>
+      <c r="E3" s="3"/>
+      <c r="F3" s="3"/>
+      <c r="G3" s="3"/>
+      <c r="H3" s="3"/>
+      <c r="I3" s="3"/>
+      <c r="J3" s="3"/>
+      <c r="K3" s="3"/>
+      <c r="L3" s="3"/>
+      <c r="M3" s="3"/>
+      <c r="N3" s="3"/>
+      <c r="O3" s="3"/>
       <c r="P3" s="3"/>
       <c r="Q3" s="3"/>
       <c r="R3" s="3"/>
       <c r="S3" s="3"/>
-      <c r="T3" s="3"/>
-      <c r="U3" s="3"/>
+      <c r="T3" s="4"/>
+      <c r="U3" s="24"/>
       <c r="V3" s="3"/>
       <c r="W3" s="3"/>
       <c r="X3" s="3"/>
       <c r="Y3" s="3"/>
       <c r="Z3" s="3"/>
       <c r="AA3" s="3"/>
       <c r="AB3" s="3"/>
       <c r="AC3" s="3"/>
       <c r="AD3" s="3"/>
       <c r="AE3" s="3"/>
       <c r="AF3" s="3"/>
       <c r="AG3" s="3"/>
       <c r="AH3" s="3"/>
       <c r="AI3" s="3"/>
       <c r="AJ3" s="5">
-        <f>COUNTA(E3:AI3)</f>
-[...9 lines deleted...]
-    <row r="4" spans="1:38" x14ac:dyDescent="0.3">
+        <f>COUNTA(E3:AH3)</f>
+        <v>0</v>
+      </c>
+      <c r="AK3" s="5"/>
+      <c r="AL3" s="30">
+        <f t="shared" ref="AL3:AL27" si="0">AJ3</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="4" spans="1:38" x14ac:dyDescent="0.25">
       <c r="A4" s="1">
         <v>3</v>
       </c>
       <c r="B4" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D4" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="E4" s="8"/>
+      <c r="F4" s="8"/>
+      <c r="G4" s="8"/>
+      <c r="H4" s="8"/>
+      <c r="I4" s="8"/>
+      <c r="J4" s="8"/>
+      <c r="K4" s="8"/>
+      <c r="L4" s="8"/>
+      <c r="M4" s="8"/>
+      <c r="N4" s="8"/>
+      <c r="O4" s="8"/>
+      <c r="P4" s="8"/>
+      <c r="Q4" s="8"/>
+      <c r="R4" s="8"/>
+      <c r="S4" s="8"/>
+      <c r="T4" s="8"/>
+      <c r="U4" s="8"/>
+      <c r="V4" s="8"/>
+      <c r="W4" s="8"/>
+      <c r="X4" s="8"/>
+      <c r="Y4" s="8"/>
+      <c r="Z4" s="8"/>
+      <c r="AA4" s="8"/>
+      <c r="AB4" s="8"/>
+      <c r="AC4" s="8"/>
+      <c r="AD4" s="8"/>
+      <c r="AE4" s="8"/>
+      <c r="AF4" s="8"/>
+      <c r="AG4" s="8"/>
+      <c r="AH4" s="8"/>
+      <c r="AI4" s="8"/>
+      <c r="AJ4" s="5">
+        <f t="shared" ref="AJ4:AJ27" si="1">COUNTA(E4:AH4)</f>
+        <v>0</v>
+      </c>
+      <c r="AK4" s="6"/>
+      <c r="AL4" s="30">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="5" spans="1:38" x14ac:dyDescent="0.25">
+      <c r="A5" s="1">
+        <v>4</v>
+      </c>
+      <c r="B5" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="C5" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="D5" s="2" t="s">
         <v>6</v>
-      </c>
-[...7269 lines deleted...]
-        <v>8</v>
       </c>
       <c r="E5" s="3"/>
       <c r="F5" s="3"/>
       <c r="G5" s="3"/>
       <c r="H5" s="3"/>
       <c r="I5" s="3"/>
       <c r="J5" s="3"/>
       <c r="K5" s="3"/>
       <c r="L5" s="3"/>
       <c r="M5" s="3"/>
       <c r="N5" s="3"/>
       <c r="O5" s="3"/>
       <c r="P5" s="3"/>
       <c r="Q5" s="3"/>
       <c r="R5" s="3"/>
       <c r="S5" s="3"/>
       <c r="T5" s="4"/>
       <c r="U5" s="3"/>
       <c r="V5" s="3"/>
       <c r="W5" s="3"/>
       <c r="X5" s="3"/>
       <c r="Y5" s="3"/>
       <c r="Z5" s="3"/>
       <c r="AA5" s="3"/>
       <c r="AB5" s="3"/>
       <c r="AC5" s="3"/>
       <c r="AD5" s="3"/>
       <c r="AE5" s="3"/>
       <c r="AF5" s="3"/>
       <c r="AG5" s="3"/>
       <c r="AH5" s="3"/>
       <c r="AI5" s="3"/>
       <c r="AJ5" s="5">
-        <f t="shared" si="0"/>
-[...7 lines deleted...]
-    <row r="6" spans="1:38" x14ac:dyDescent="0.3">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="AK5" s="40"/>
+      <c r="AL5" s="30">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="6" spans="1:38" x14ac:dyDescent="0.25">
       <c r="A6" s="1">
         <v>5</v>
       </c>
       <c r="B6" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D6" s="2" t="s">
-        <v>10</v>
-[...31 lines deleted...]
-      <c r="AI6" s="3"/>
+        <v>7</v>
+      </c>
+      <c r="E6" s="8"/>
+      <c r="F6" s="8"/>
+      <c r="G6" s="8"/>
+      <c r="H6" s="8"/>
+      <c r="I6" s="8"/>
+      <c r="J6" s="8"/>
+      <c r="K6" s="8"/>
+      <c r="L6" s="8"/>
+      <c r="M6" s="8"/>
+      <c r="N6" s="8"/>
+      <c r="O6" s="8"/>
+      <c r="P6" s="8"/>
+      <c r="Q6" s="8"/>
+      <c r="R6" s="8"/>
+      <c r="S6" s="8"/>
+      <c r="T6" s="8"/>
+      <c r="U6" s="8"/>
+      <c r="V6" s="8"/>
+      <c r="W6" s="8"/>
+      <c r="X6" s="8"/>
+      <c r="Y6" s="8"/>
+      <c r="Z6" s="8"/>
+      <c r="AA6" s="8"/>
+      <c r="AB6" s="8"/>
+      <c r="AC6" s="8"/>
+      <c r="AD6" s="8"/>
+      <c r="AE6" s="8"/>
+      <c r="AF6" s="8"/>
+      <c r="AG6" s="8"/>
+      <c r="AH6" s="8"/>
+      <c r="AI6" s="8"/>
       <c r="AJ6" s="5">
-        <f t="shared" si="0"/>
-[...7 lines deleted...]
-    <row r="7" spans="1:38" x14ac:dyDescent="0.3">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="AK6" s="5"/>
+      <c r="AL6" s="30">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="7" spans="1:38" x14ac:dyDescent="0.25">
       <c r="A7" s="1">
         <v>6</v>
       </c>
       <c r="B7" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D7" s="2" t="s">
-        <v>12</v>
-[...31 lines deleted...]
-      <c r="AI7" s="3"/>
+        <v>8</v>
+      </c>
+      <c r="E7" s="25"/>
+      <c r="F7" s="25"/>
+      <c r="G7" s="25"/>
+      <c r="H7" s="25"/>
+      <c r="I7" s="25"/>
+      <c r="J7" s="25"/>
+      <c r="K7" s="25"/>
+      <c r="L7" s="25"/>
+      <c r="M7" s="25"/>
+      <c r="N7" s="25"/>
+      <c r="O7" s="25"/>
+      <c r="P7" s="25"/>
+      <c r="Q7" s="25"/>
+      <c r="R7" s="25"/>
+      <c r="S7" s="25"/>
+      <c r="T7" s="25"/>
+      <c r="U7" s="25"/>
+      <c r="V7" s="25"/>
+      <c r="W7" s="25"/>
+      <c r="X7" s="25"/>
+      <c r="Y7" s="25"/>
+      <c r="Z7" s="25"/>
+      <c r="AA7" s="25"/>
+      <c r="AB7" s="25"/>
+      <c r="AC7" s="25"/>
+      <c r="AD7" s="25"/>
+      <c r="AE7" s="25"/>
+      <c r="AF7" s="25"/>
+      <c r="AG7" s="25"/>
+      <c r="AH7" s="25"/>
+      <c r="AI7" s="25"/>
       <c r="AJ7" s="5">
-        <f t="shared" si="0"/>
+        <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="AK7" s="6"/>
-      <c r="AL7">
-[...3 lines deleted...]
-    <row r="8" spans="1:38" x14ac:dyDescent="0.3">
+      <c r="AL7" s="30">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="8" spans="1:38" x14ac:dyDescent="0.25">
       <c r="A8" s="1">
         <v>7</v>
       </c>
       <c r="B8" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D8" s="2" t="s">
-        <v>13</v>
-[...31 lines deleted...]
-      <c r="AI8" s="3"/>
+        <v>9</v>
+      </c>
+      <c r="E8" s="8" t="s">
+        <v>4</v>
+      </c>
+      <c r="F8" s="8" t="s">
+        <v>4</v>
+      </c>
+      <c r="G8" s="8" t="s">
+        <v>4</v>
+      </c>
+      <c r="H8" s="8" t="s">
+        <v>4</v>
+      </c>
+      <c r="I8" s="8" t="s">
+        <v>4</v>
+      </c>
+      <c r="J8" s="8" t="s">
+        <v>4</v>
+      </c>
+      <c r="K8" s="8" t="s">
+        <v>4</v>
+      </c>
+      <c r="L8" s="8"/>
+      <c r="M8" s="8"/>
+      <c r="N8" s="8"/>
+      <c r="O8" s="8"/>
+      <c r="P8" s="8"/>
+      <c r="Q8" s="8"/>
+      <c r="R8" s="8"/>
+      <c r="S8" s="8"/>
+      <c r="T8" s="8"/>
+      <c r="U8" s="8"/>
+      <c r="V8" s="8"/>
+      <c r="W8" s="8"/>
+      <c r="X8" s="8"/>
+      <c r="Y8" s="8"/>
+      <c r="Z8" s="8"/>
+      <c r="AA8" s="8"/>
+      <c r="AB8" s="24"/>
+      <c r="AC8" s="8"/>
+      <c r="AD8" s="8"/>
+      <c r="AE8" s="8"/>
+      <c r="AF8" s="8"/>
+      <c r="AG8" s="8"/>
+      <c r="AH8" s="8"/>
+      <c r="AI8" s="8"/>
       <c r="AJ8" s="5">
-        <f t="shared" si="0"/>
-[...7 lines deleted...]
-    <row r="9" spans="1:38" x14ac:dyDescent="0.3">
+        <f t="shared" si="1"/>
+        <v>7</v>
+      </c>
+      <c r="AK8" s="5" t="s">
+        <v>63</v>
+      </c>
+      <c r="AL8" s="30">
+        <f t="shared" si="0"/>
+        <v>7</v>
+      </c>
+    </row>
+    <row r="9" spans="1:38" x14ac:dyDescent="0.25">
       <c r="A9" s="1">
         <v>8</v>
       </c>
       <c r="B9" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D9" s="2" t="s">
-        <v>14</v>
+        <v>10</v>
       </c>
       <c r="E9" s="3"/>
-      <c r="F9" s="3"/>
-[...23 lines deleted...]
-      <c r="AD9" s="3"/>
+      <c r="F9" s="24"/>
+      <c r="G9" s="24"/>
+      <c r="H9" s="24"/>
+      <c r="I9" s="24"/>
+      <c r="J9" s="24"/>
+      <c r="K9" s="24"/>
+      <c r="L9" s="24"/>
+      <c r="M9" s="24"/>
+      <c r="N9" s="24"/>
+      <c r="O9" s="24"/>
+      <c r="P9" s="24"/>
+      <c r="Q9" s="24"/>
+      <c r="R9" s="26"/>
+      <c r="S9" s="24"/>
+      <c r="T9" s="24"/>
+      <c r="U9" s="24"/>
+      <c r="V9" s="24"/>
+      <c r="W9" s="24"/>
+      <c r="X9" s="24"/>
+      <c r="Y9" s="24"/>
+      <c r="Z9" s="24"/>
+      <c r="AA9" s="24"/>
+      <c r="AB9" s="24"/>
+      <c r="AC9" s="24"/>
+      <c r="AD9" s="24"/>
       <c r="AE9" s="3"/>
       <c r="AF9" s="3"/>
       <c r="AG9" s="3"/>
       <c r="AH9" s="3"/>
       <c r="AI9" s="3"/>
       <c r="AJ9" s="5">
-        <f t="shared" si="0"/>
+        <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="AK9" s="5"/>
-      <c r="AL9">
-[...3 lines deleted...]
-    <row r="10" spans="1:38" x14ac:dyDescent="0.3">
+      <c r="AL9" s="30">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="10" spans="1:38" x14ac:dyDescent="0.25">
       <c r="A10" s="1">
         <v>9</v>
       </c>
       <c r="B10" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D10" s="2" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="E10" s="3"/>
-      <c r="F10" s="3"/>
-[...23 lines deleted...]
-      <c r="AD10" s="3"/>
+      <c r="F10" s="24"/>
+      <c r="G10" s="24"/>
+      <c r="H10" s="24"/>
+      <c r="I10" s="24"/>
+      <c r="J10" s="24"/>
+      <c r="K10" s="24"/>
+      <c r="L10" s="24"/>
+      <c r="M10" s="24"/>
+      <c r="N10" s="24"/>
+      <c r="O10" s="24"/>
+      <c r="P10" s="24"/>
+      <c r="Q10" s="24"/>
+      <c r="R10" s="26"/>
+      <c r="S10" s="24"/>
+      <c r="T10" s="24"/>
+      <c r="U10" s="24"/>
+      <c r="V10" s="24"/>
+      <c r="W10" s="24"/>
+      <c r="X10" s="24"/>
+      <c r="Y10" s="24"/>
+      <c r="Z10" s="24"/>
+      <c r="AA10" s="24"/>
+      <c r="AB10" s="24"/>
+      <c r="AC10" s="24"/>
+      <c r="AD10" s="24"/>
       <c r="AE10" s="3"/>
       <c r="AF10" s="3"/>
       <c r="AG10" s="3"/>
-      <c r="AH10" s="3" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="AH10" s="3"/>
+      <c r="AI10" s="3"/>
       <c r="AJ10" s="5">
-        <f t="shared" si="0"/>
-[...9 lines deleted...]
-    <row r="11" spans="1:38" x14ac:dyDescent="0.3">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="AK10" s="5"/>
+      <c r="AL10" s="30">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="11" spans="1:38" x14ac:dyDescent="0.25">
       <c r="A11" s="1">
         <v>10</v>
       </c>
       <c r="B11" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C11" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D11" s="2" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="E11" s="3"/>
-      <c r="F11" s="3"/>
-[...23 lines deleted...]
-      <c r="AD11" s="3"/>
+      <c r="F11" s="24"/>
+      <c r="G11" s="24"/>
+      <c r="H11" s="24"/>
+      <c r="I11" s="24"/>
+      <c r="J11" s="24"/>
+      <c r="K11" s="24"/>
+      <c r="L11" s="24"/>
+      <c r="M11" s="24"/>
+      <c r="N11" s="24"/>
+      <c r="O11" s="24"/>
+      <c r="P11" s="24"/>
+      <c r="Q11" s="24"/>
+      <c r="R11" s="26"/>
+      <c r="S11" s="24"/>
+      <c r="T11" s="24"/>
+      <c r="U11" s="24"/>
+      <c r="V11" s="24"/>
+      <c r="W11" s="24"/>
+      <c r="X11" s="24"/>
+      <c r="Y11" s="24"/>
+      <c r="Z11" s="24"/>
+      <c r="AA11" s="24"/>
+      <c r="AB11" s="24"/>
+      <c r="AC11" s="24"/>
+      <c r="AD11" s="24"/>
       <c r="AE11" s="3"/>
       <c r="AF11" s="3"/>
       <c r="AG11" s="3"/>
       <c r="AH11" s="3"/>
       <c r="AI11" s="3"/>
       <c r="AJ11" s="5">
-        <f t="shared" si="0"/>
+        <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="AK11" s="5"/>
-      <c r="AL11">
-[...3 lines deleted...]
-    <row r="12" spans="1:38" x14ac:dyDescent="0.3">
+      <c r="AL11" s="30">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="12" spans="1:38" x14ac:dyDescent="0.25">
       <c r="A12" s="1">
         <v>11</v>
       </c>
       <c r="B12" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C12" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D12" s="2" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="E12" s="3"/>
-      <c r="F12" s="3"/>
-[...23 lines deleted...]
-      <c r="AD12" s="3"/>
+      <c r="F12" s="24"/>
+      <c r="G12" s="24"/>
+      <c r="H12" s="24"/>
+      <c r="I12" s="24"/>
+      <c r="J12" s="24"/>
+      <c r="K12" s="24"/>
+      <c r="L12" s="24"/>
+      <c r="M12" s="24"/>
+      <c r="N12" s="24"/>
+      <c r="O12" s="24"/>
+      <c r="P12" s="24"/>
+      <c r="Q12" s="24"/>
+      <c r="R12" s="26"/>
+      <c r="S12" s="24"/>
+      <c r="T12" s="24"/>
+      <c r="U12" s="24"/>
+      <c r="V12" s="24"/>
+      <c r="W12" s="24"/>
+      <c r="X12" s="24"/>
+      <c r="Y12" s="24"/>
+      <c r="Z12" s="24"/>
+      <c r="AA12" s="24"/>
+      <c r="AB12" s="24"/>
+      <c r="AC12" s="24"/>
+      <c r="AD12" s="24"/>
       <c r="AE12" s="3"/>
       <c r="AF12" s="3"/>
       <c r="AG12" s="3"/>
       <c r="AH12" s="3"/>
       <c r="AI12" s="3"/>
       <c r="AJ12" s="5">
-        <f t="shared" si="0"/>
+        <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="AK12" s="5"/>
-      <c r="AL12">
-[...3 lines deleted...]
-    <row r="13" spans="1:38" x14ac:dyDescent="0.3">
+      <c r="AL12" s="30">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="13" spans="1:38" x14ac:dyDescent="0.25">
       <c r="A13" s="1">
         <v>12</v>
       </c>
       <c r="B13" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C13" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D13" s="2" t="s">
-        <v>19</v>
-[...93 lines deleted...]
-      </c>
+        <v>14</v>
+      </c>
+      <c r="E13" s="3"/>
+      <c r="F13" s="24"/>
+      <c r="G13" s="24"/>
+      <c r="H13" s="24"/>
+      <c r="I13" s="24"/>
+      <c r="J13" s="24"/>
+      <c r="K13" s="24"/>
+      <c r="L13" s="24"/>
+      <c r="M13" s="24"/>
+      <c r="N13" s="24"/>
+      <c r="O13" s="24"/>
+      <c r="P13" s="24"/>
+      <c r="Q13" s="24"/>
+      <c r="R13" s="26"/>
+      <c r="S13" s="24"/>
+      <c r="T13" s="24"/>
+      <c r="U13" s="24"/>
+      <c r="V13" s="24"/>
+      <c r="W13" s="24"/>
+      <c r="X13" s="24"/>
+      <c r="Y13" s="24"/>
+      <c r="Z13" s="24"/>
+      <c r="AA13" s="24"/>
+      <c r="AB13" s="24"/>
+      <c r="AC13" s="24"/>
+      <c r="AD13" s="24"/>
+      <c r="AE13" s="3"/>
+      <c r="AF13" s="3"/>
+      <c r="AG13" s="3"/>
+      <c r="AH13" s="3"/>
+      <c r="AI13" s="3"/>
       <c r="AJ13" s="5">
-        <f t="shared" si="0"/>
-[...9 lines deleted...]
-    <row r="14" spans="1:38" x14ac:dyDescent="0.3">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="AK13" s="7"/>
+      <c r="AL13" s="30">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="14" spans="1:38" x14ac:dyDescent="0.25">
       <c r="A14" s="1">
         <v>13</v>
       </c>
       <c r="B14" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C14" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D14" s="2" t="s">
-        <v>21</v>
-[...26 lines deleted...]
-      <c r="AD14" s="3"/>
+        <v>15</v>
+      </c>
+      <c r="E14" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="F14" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="G14" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="H14" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="I14" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="J14" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="K14" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="L14" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="M14" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="N14" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="O14" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="P14" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="Q14" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="R14" s="26" t="s">
+        <v>4</v>
+      </c>
+      <c r="S14" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="T14" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="U14" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="V14" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="W14" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="X14" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="Y14" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="Z14" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="AA14" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="AB14" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="AC14" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="AD14" s="24"/>
       <c r="AE14" s="3"/>
       <c r="AF14" s="3"/>
       <c r="AG14" s="3"/>
       <c r="AH14" s="3"/>
       <c r="AI14" s="3"/>
       <c r="AJ14" s="5">
-        <f t="shared" si="0"/>
-[...7 lines deleted...]
-    <row r="15" spans="1:38" x14ac:dyDescent="0.3">
+        <f t="shared" si="1"/>
+        <v>25</v>
+      </c>
+      <c r="AK14" s="5" t="s">
+        <v>64</v>
+      </c>
+      <c r="AL14" s="30">
+        <f t="shared" si="0"/>
+        <v>25</v>
+      </c>
+    </row>
+    <row r="15" spans="1:38" x14ac:dyDescent="0.25">
       <c r="A15" s="1">
         <v>14</v>
       </c>
       <c r="B15" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C15" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D15" s="2" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="E15" s="3"/>
-      <c r="F15" s="3"/>
-[...23 lines deleted...]
-      <c r="AD15" s="3"/>
+      <c r="F15" s="24"/>
+      <c r="G15" s="24"/>
+      <c r="H15" s="24"/>
+      <c r="I15" s="24"/>
+      <c r="J15" s="24"/>
+      <c r="K15" s="24"/>
+      <c r="L15" s="24"/>
+      <c r="M15" s="24"/>
+      <c r="N15" s="24"/>
+      <c r="O15" s="24"/>
+      <c r="P15" s="24"/>
+      <c r="Q15" s="24"/>
+      <c r="R15" s="26"/>
+      <c r="S15" s="24"/>
+      <c r="T15" s="24"/>
+      <c r="U15" s="24"/>
+      <c r="V15" s="24"/>
+      <c r="W15" s="24"/>
+      <c r="X15" s="24"/>
+      <c r="Y15" s="24"/>
+      <c r="Z15" s="24"/>
+      <c r="AA15" s="24"/>
+      <c r="AB15" s="24"/>
+      <c r="AC15" s="24"/>
+      <c r="AD15" s="24"/>
       <c r="AE15" s="3"/>
       <c r="AF15" s="3"/>
       <c r="AG15" s="3"/>
       <c r="AH15" s="3"/>
       <c r="AI15" s="3"/>
       <c r="AJ15" s="5">
-        <f t="shared" si="0"/>
-[...7 lines deleted...]
-    <row r="16" spans="1:38" x14ac:dyDescent="0.3">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="AK15" s="7"/>
+      <c r="AL15" s="30">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="16" spans="1:38" x14ac:dyDescent="0.25">
       <c r="A16" s="1">
         <v>15</v>
       </c>
       <c r="B16" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C16" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D16" s="2" t="s">
-        <v>23</v>
-[...31 lines deleted...]
-      <c r="AI16" s="3"/>
+        <v>17</v>
+      </c>
+      <c r="E16" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="F16" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="G16" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="H16" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="I16" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="J16" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="K16" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="L16" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="M16" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="N16" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="O16" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="P16" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="Q16" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="R16" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="S16" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="T16" s="26" t="s">
+        <v>4</v>
+      </c>
+      <c r="U16" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="V16" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="W16" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="X16" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="Y16" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="Z16" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="AA16" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="AB16" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="AC16" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="AD16" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="AE16" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="AF16" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="AG16" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="AH16" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="AI16" s="24"/>
       <c r="AJ16" s="5">
-        <f t="shared" si="0"/>
-[...7 lines deleted...]
-    <row r="17" spans="1:38" x14ac:dyDescent="0.3">
+        <f t="shared" si="1"/>
+        <v>30</v>
+      </c>
+      <c r="AK16" s="5" t="s">
+        <v>66</v>
+      </c>
+      <c r="AL16" s="30">
+        <f t="shared" si="0"/>
+        <v>30</v>
+      </c>
+    </row>
+    <row r="17" spans="1:38" x14ac:dyDescent="0.25">
       <c r="A17" s="1">
         <v>16</v>
       </c>
       <c r="B17" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C17" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D17" s="2" t="s">
-        <v>24</v>
-[...31 lines deleted...]
-      <c r="AI17" s="3"/>
+        <v>18</v>
+      </c>
+      <c r="E17" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="F17" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="G17" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="H17" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="I17" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="J17" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="K17" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="L17" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="M17" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="N17" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="O17" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="P17" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="Q17" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="R17" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="S17" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="T17" s="26" t="s">
+        <v>4</v>
+      </c>
+      <c r="U17" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="V17" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="W17" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="X17" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="Y17" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="Z17" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="AA17" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="AB17" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="AC17" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="AD17" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="AE17" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="AF17" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="AG17" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="AH17" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="AI17" s="24"/>
       <c r="AJ17" s="5">
-        <f t="shared" si="0"/>
-[...7 lines deleted...]
-    <row r="18" spans="1:38" x14ac:dyDescent="0.3">
+        <f t="shared" si="1"/>
+        <v>30</v>
+      </c>
+      <c r="AK17" s="5" t="s">
+        <v>65</v>
+      </c>
+      <c r="AL17" s="30">
+        <f t="shared" si="0"/>
+        <v>30</v>
+      </c>
+    </row>
+    <row r="18" spans="1:38" x14ac:dyDescent="0.25">
       <c r="A18" s="1">
         <v>17</v>
       </c>
       <c r="B18" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C18" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D18" s="2" t="s">
-        <v>25</v>
-[...31 lines deleted...]
-      <c r="AI18" s="3"/>
+        <v>19</v>
+      </c>
+      <c r="E18" s="24"/>
+      <c r="F18" s="24"/>
+      <c r="G18" s="24"/>
+      <c r="H18" s="24"/>
+      <c r="I18" s="24"/>
+      <c r="J18" s="24"/>
+      <c r="K18" s="24"/>
+      <c r="L18" s="24"/>
+      <c r="M18" s="24"/>
+      <c r="N18" s="24"/>
+      <c r="O18" s="24"/>
+      <c r="P18" s="24"/>
+      <c r="Q18" s="24"/>
+      <c r="R18" s="24"/>
+      <c r="S18" s="24"/>
+      <c r="T18" s="24"/>
+      <c r="U18" s="24"/>
+      <c r="V18" s="24"/>
+      <c r="W18" s="24"/>
+      <c r="X18" s="24"/>
+      <c r="Y18" s="24"/>
+      <c r="Z18" s="24"/>
+      <c r="AA18" s="24"/>
+      <c r="AB18" s="24"/>
+      <c r="AC18" s="24"/>
+      <c r="AD18" s="24"/>
+      <c r="AE18" s="24"/>
+      <c r="AF18" s="24"/>
+      <c r="AG18" s="24"/>
+      <c r="AH18" s="24"/>
+      <c r="AI18" s="24"/>
       <c r="AJ18" s="5">
-        <f t="shared" si="0"/>
+        <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="AK18" s="5"/>
-      <c r="AL18">
-[...3 lines deleted...]
-    <row r="19" spans="1:38" x14ac:dyDescent="0.3">
+      <c r="AL18" s="30">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="19" spans="1:38" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19" s="1">
         <v>18</v>
       </c>
       <c r="B19" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C19" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D19" s="2" t="s">
-        <v>26</v>
-[...93 lines deleted...]
-      </c>
+        <v>20</v>
+      </c>
+      <c r="E19" s="24"/>
+      <c r="F19" s="24"/>
+      <c r="G19" s="24"/>
+      <c r="H19" s="24"/>
+      <c r="I19" s="24"/>
+      <c r="J19" s="24"/>
+      <c r="K19" s="24"/>
+      <c r="L19" s="24"/>
+      <c r="M19" s="24"/>
+      <c r="N19" s="24"/>
+      <c r="O19" s="24"/>
+      <c r="P19" s="24"/>
+      <c r="Q19" s="24"/>
+      <c r="R19" s="24"/>
+      <c r="S19" s="24"/>
+      <c r="T19" s="24"/>
+      <c r="U19" s="24"/>
+      <c r="V19" s="24"/>
+      <c r="W19" s="24"/>
+      <c r="X19" s="24"/>
+      <c r="Y19" s="24"/>
+      <c r="Z19" s="24"/>
+      <c r="AA19" s="24"/>
+      <c r="AB19" s="24"/>
+      <c r="AC19" s="24"/>
+      <c r="AD19" s="24"/>
+      <c r="AE19" s="24"/>
+      <c r="AF19" s="24"/>
+      <c r="AG19" s="24"/>
+      <c r="AH19" s="24"/>
+      <c r="AI19" s="24"/>
       <c r="AJ19" s="5">
-        <f t="shared" si="0"/>
-[...9 lines deleted...]
-    <row r="20" spans="1:38" x14ac:dyDescent="0.3">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="AK19" s="7"/>
+      <c r="AL19" s="30">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="20" spans="1:38" x14ac:dyDescent="0.25">
       <c r="A20" s="1">
         <v>19</v>
       </c>
       <c r="B20" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C20" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D20" s="2" t="s">
-        <v>27</v>
-[...31 lines deleted...]
-      <c r="AI20" s="3"/>
+        <v>21</v>
+      </c>
+      <c r="E20" s="24"/>
+      <c r="F20" s="24"/>
+      <c r="G20" s="24"/>
+      <c r="H20" s="24"/>
+      <c r="I20" s="24"/>
+      <c r="J20" s="24"/>
+      <c r="K20" s="24"/>
+      <c r="L20" s="24"/>
+      <c r="M20" s="24"/>
+      <c r="N20" s="24"/>
+      <c r="O20" s="24"/>
+      <c r="P20" s="24"/>
+      <c r="Q20" s="24"/>
+      <c r="R20" s="24"/>
+      <c r="S20" s="24"/>
+      <c r="T20" s="26"/>
+      <c r="U20" s="24"/>
+      <c r="V20" s="24"/>
+      <c r="W20" s="24"/>
+      <c r="X20" s="24"/>
+      <c r="Y20" s="24"/>
+      <c r="Z20" s="24"/>
+      <c r="AA20" s="24"/>
+      <c r="AB20" s="24"/>
+      <c r="AC20" s="24"/>
+      <c r="AD20" s="24"/>
+      <c r="AE20" s="24"/>
+      <c r="AF20" s="24"/>
+      <c r="AG20" s="24"/>
+      <c r="AH20" s="24"/>
+      <c r="AI20" s="24"/>
       <c r="AJ20" s="5">
-        <f t="shared" si="0"/>
+        <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="AK20" s="5"/>
-      <c r="AL20">
-[...3 lines deleted...]
-    <row r="21" spans="1:38" x14ac:dyDescent="0.3">
+      <c r="AL20" s="30">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="21" spans="1:38" x14ac:dyDescent="0.25">
       <c r="A21" s="1">
         <v>20</v>
       </c>
       <c r="B21" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C21" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D21" s="2" t="s">
-        <v>28</v>
-[...31 lines deleted...]
-      <c r="AI21" s="3"/>
+        <v>22</v>
+      </c>
+      <c r="E21" s="24"/>
+      <c r="F21" s="24"/>
+      <c r="G21" s="24"/>
+      <c r="H21" s="24"/>
+      <c r="I21" s="24"/>
+      <c r="J21" s="24"/>
+      <c r="K21" s="24"/>
+      <c r="L21" s="24"/>
+      <c r="M21" s="24"/>
+      <c r="N21" s="24"/>
+      <c r="O21" s="24"/>
+      <c r="P21" s="24"/>
+      <c r="Q21" s="24"/>
+      <c r="R21" s="24"/>
+      <c r="S21" s="24"/>
+      <c r="T21" s="26"/>
+      <c r="U21" s="24"/>
+      <c r="V21" s="24"/>
+      <c r="W21" s="24"/>
+      <c r="X21" s="24"/>
+      <c r="Y21" s="24"/>
+      <c r="Z21" s="24"/>
+      <c r="AA21" s="24"/>
+      <c r="AB21" s="24"/>
+      <c r="AC21" s="24"/>
+      <c r="AD21" s="24"/>
+      <c r="AE21" s="24"/>
+      <c r="AF21" s="24"/>
+      <c r="AG21" s="24"/>
+      <c r="AH21" s="24"/>
+      <c r="AI21" s="24"/>
       <c r="AJ21" s="5">
-        <f t="shared" si="0"/>
+        <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="AK21" s="5"/>
-      <c r="AL21">
-[...3 lines deleted...]
-    <row r="22" spans="1:38" x14ac:dyDescent="0.3">
+      <c r="AL21" s="30">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="22" spans="1:38" x14ac:dyDescent="0.25">
       <c r="A22" s="1">
         <v>21</v>
       </c>
       <c r="B22" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C22" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D22" s="2" t="s">
-        <v>29</v>
-[...31 lines deleted...]
-      <c r="AI22" s="3"/>
+        <v>23</v>
+      </c>
+      <c r="E22" s="24"/>
+      <c r="F22" s="24"/>
+      <c r="G22" s="24"/>
+      <c r="H22" s="24"/>
+      <c r="I22" s="24"/>
+      <c r="J22" s="24"/>
+      <c r="K22" s="24"/>
+      <c r="L22" s="24"/>
+      <c r="M22" s="24"/>
+      <c r="N22" s="24"/>
+      <c r="O22" s="24"/>
+      <c r="P22" s="24"/>
+      <c r="Q22" s="24"/>
+      <c r="R22" s="24"/>
+      <c r="S22" s="24"/>
+      <c r="T22" s="26"/>
+      <c r="U22" s="24"/>
+      <c r="V22" s="24"/>
+      <c r="W22" s="24"/>
+      <c r="X22" s="24"/>
+      <c r="Y22" s="24"/>
+      <c r="Z22" s="24"/>
+      <c r="AA22" s="24"/>
+      <c r="AB22" s="24"/>
+      <c r="AC22" s="24"/>
+      <c r="AD22" s="24"/>
+      <c r="AE22" s="24"/>
+      <c r="AF22" s="24"/>
+      <c r="AG22" s="24"/>
+      <c r="AH22" s="24"/>
+      <c r="AI22" s="24"/>
       <c r="AJ22" s="5">
-        <f t="shared" si="0"/>
+        <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="AK22" s="5"/>
-      <c r="AL22">
-[...3 lines deleted...]
-    <row r="23" spans="1:38" x14ac:dyDescent="0.3">
+      <c r="AL22" s="30">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="23" spans="1:38" x14ac:dyDescent="0.25">
       <c r="A23" s="1">
         <v>22</v>
       </c>
       <c r="B23" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C23" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D23" s="2" t="s">
-        <v>30</v>
-[...31 lines deleted...]
-      <c r="AI23" s="3"/>
+        <v>24</v>
+      </c>
+      <c r="E23" s="24"/>
+      <c r="F23" s="24"/>
+      <c r="G23" s="24"/>
+      <c r="H23" s="24"/>
+      <c r="I23" s="24"/>
+      <c r="J23" s="24"/>
+      <c r="K23" s="24"/>
+      <c r="L23" s="24"/>
+      <c r="M23" s="24"/>
+      <c r="N23" s="24"/>
+      <c r="O23" s="24"/>
+      <c r="P23" s="24"/>
+      <c r="Q23" s="24"/>
+      <c r="R23" s="24"/>
+      <c r="S23" s="24"/>
+      <c r="T23" s="24"/>
+      <c r="U23" s="24"/>
+      <c r="V23" s="24"/>
+      <c r="W23" s="24"/>
+      <c r="X23" s="24"/>
+      <c r="Y23" s="24"/>
+      <c r="Z23" s="24"/>
+      <c r="AA23" s="24"/>
+      <c r="AB23" s="24"/>
+      <c r="AC23" s="24"/>
+      <c r="AD23" s="24"/>
+      <c r="AE23" s="24"/>
+      <c r="AF23" s="24"/>
+      <c r="AG23" s="24"/>
+      <c r="AH23" s="24"/>
+      <c r="AI23" s="24"/>
       <c r="AJ23" s="5">
-        <f t="shared" si="0"/>
+        <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="AK23" s="5"/>
-      <c r="AL23">
-[...3 lines deleted...]
-    <row r="24" spans="1:38" x14ac:dyDescent="0.3">
+      <c r="AL23" s="30">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="24" spans="1:38" x14ac:dyDescent="0.25">
       <c r="A24" s="1">
         <v>23</v>
       </c>
       <c r="B24" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C24" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D24" s="2" t="s">
-        <v>31</v>
-[...31 lines deleted...]
-      <c r="AI24" s="3"/>
+        <v>25</v>
+      </c>
+      <c r="E24" s="24"/>
+      <c r="F24" s="24"/>
+      <c r="G24" s="24"/>
+      <c r="H24" s="24"/>
+      <c r="I24" s="24"/>
+      <c r="J24" s="24"/>
+      <c r="K24" s="24"/>
+      <c r="L24" s="24"/>
+      <c r="M24" s="24"/>
+      <c r="N24" s="24"/>
+      <c r="O24" s="24"/>
+      <c r="P24" s="24"/>
+      <c r="Q24" s="24"/>
+      <c r="R24" s="24"/>
+      <c r="S24" s="24"/>
+      <c r="T24" s="26"/>
+      <c r="U24" s="24"/>
+      <c r="V24" s="24"/>
+      <c r="W24" s="24"/>
+      <c r="X24" s="24"/>
+      <c r="Y24" s="24"/>
+      <c r="Z24" s="24"/>
+      <c r="AA24" s="24"/>
+      <c r="AB24" s="24"/>
+      <c r="AC24" s="24"/>
+      <c r="AD24" s="24"/>
+      <c r="AE24" s="24"/>
+      <c r="AF24" s="24"/>
+      <c r="AG24" s="24"/>
+      <c r="AH24" s="24"/>
+      <c r="AI24" s="24"/>
       <c r="AJ24" s="5">
+        <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="AK24" s="5"/>
-      <c r="AL24">
-[...3 lines deleted...]
-    <row r="25" spans="1:38" x14ac:dyDescent="0.3">
+      <c r="AL24" s="30">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="25" spans="1:38" x14ac:dyDescent="0.25">
       <c r="A25" s="1">
         <v>24</v>
       </c>
       <c r="B25" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C25" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D25" s="2" t="s">
-        <v>32</v>
-[...31 lines deleted...]
-      <c r="AI25" s="3"/>
+        <v>26</v>
+      </c>
+      <c r="E25" s="24"/>
+      <c r="F25" s="24"/>
+      <c r="G25" s="24"/>
+      <c r="H25" s="24"/>
+      <c r="I25" s="24"/>
+      <c r="J25" s="24"/>
+      <c r="K25" s="24"/>
+      <c r="L25" s="24"/>
+      <c r="M25" s="24"/>
+      <c r="N25" s="24"/>
+      <c r="O25" s="24"/>
+      <c r="P25" s="24"/>
+      <c r="Q25" s="24"/>
+      <c r="R25" s="24"/>
+      <c r="S25" s="24"/>
+      <c r="T25" s="26"/>
+      <c r="U25" s="24"/>
+      <c r="V25" s="24"/>
+      <c r="W25" s="24"/>
+      <c r="X25" s="24"/>
+      <c r="Y25" s="24"/>
+      <c r="Z25" s="24"/>
+      <c r="AA25" s="24"/>
+      <c r="AB25" s="24"/>
+      <c r="AC25" s="24"/>
+      <c r="AD25" s="24"/>
+      <c r="AE25" s="24"/>
+      <c r="AF25" s="24"/>
+      <c r="AG25" s="24"/>
+      <c r="AH25" s="24"/>
+      <c r="AI25" s="24"/>
       <c r="AJ25" s="5">
-        <f t="shared" ref="AJ25:AJ27" si="1">COUNTA(E25:AI25)</f>
+        <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="AK25" s="5"/>
-      <c r="AL25">
-[...3 lines deleted...]
-    <row r="26" spans="1:38" x14ac:dyDescent="0.3">
+      <c r="AL25" s="30">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="26" spans="1:38" x14ac:dyDescent="0.25">
       <c r="A26" s="1">
         <v>25</v>
       </c>
       <c r="B26" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C26" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D26" s="2" t="s">
-        <v>33</v>
-[...31 lines deleted...]
-      <c r="AI26" s="8"/>
+        <v>27</v>
+      </c>
+      <c r="E26" s="3"/>
+      <c r="F26" s="3"/>
+      <c r="G26" s="3"/>
+      <c r="H26" s="3"/>
+      <c r="I26" s="3"/>
+      <c r="J26" s="3"/>
+      <c r="K26" s="3"/>
+      <c r="L26" s="3"/>
+      <c r="M26" s="3"/>
+      <c r="N26" s="3"/>
+      <c r="O26" s="3"/>
+      <c r="P26" s="3"/>
+      <c r="Q26" s="3"/>
+      <c r="R26" s="3"/>
+      <c r="S26" s="3"/>
+      <c r="T26" s="4"/>
+      <c r="U26" s="24"/>
+      <c r="V26" s="3"/>
+      <c r="W26" s="3"/>
+      <c r="X26" s="3"/>
+      <c r="Y26" s="3"/>
+      <c r="Z26" s="3"/>
+      <c r="AA26" s="3"/>
+      <c r="AB26" s="3"/>
+      <c r="AC26" s="3"/>
+      <c r="AD26" s="3"/>
+      <c r="AE26" s="3"/>
+      <c r="AF26" s="3"/>
+      <c r="AG26" s="3"/>
+      <c r="AH26" s="3"/>
+      <c r="AI26" s="3"/>
       <c r="AJ26" s="5">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="AK26" s="9"/>
-[...4 lines deleted...]
-    <row r="27" spans="1:38" x14ac:dyDescent="0.3">
+      <c r="AK26" s="39"/>
+      <c r="AL26" s="30">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="27" spans="1:38" x14ac:dyDescent="0.25">
       <c r="A27" s="1">
         <v>26</v>
       </c>
       <c r="B27" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C27" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D27" s="2" t="s">
-        <v>34</v>
+        <v>28</v>
       </c>
       <c r="E27" s="3"/>
       <c r="F27" s="3"/>
       <c r="G27" s="3"/>
       <c r="H27" s="3"/>
       <c r="I27" s="3"/>
       <c r="J27" s="3"/>
       <c r="K27" s="3"/>
       <c r="L27" s="3"/>
       <c r="M27" s="3"/>
       <c r="N27" s="3"/>
       <c r="O27" s="3"/>
       <c r="P27" s="3"/>
       <c r="Q27" s="3"/>
       <c r="R27" s="3"/>
       <c r="S27" s="3"/>
-      <c r="T27" s="4"/>
-      <c r="U27" s="3"/>
+      <c r="T27" s="3"/>
+      <c r="U27" s="24"/>
       <c r="V27" s="3"/>
       <c r="W27" s="3"/>
       <c r="X27" s="3"/>
       <c r="Y27" s="3"/>
       <c r="Z27" s="3"/>
       <c r="AA27" s="3"/>
       <c r="AB27" s="3"/>
       <c r="AC27" s="3"/>
       <c r="AD27" s="3"/>
       <c r="AE27" s="3"/>
       <c r="AF27" s="3"/>
       <c r="AG27" s="3"/>
       <c r="AH27" s="3"/>
       <c r="AI27" s="3"/>
       <c r="AJ27" s="5">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="AK27" s="10"/>
+      <c r="AK27" s="9"/>
+      <c r="AL27" s="30">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+    </row>
+  </sheetData>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" scale="62" orientation="landscape" r:id="rId1"/>
+  <headerFooter>
+    <oddHeader>&amp;Clistopad 2024 r.</oddHeader>
+  </headerFooter>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{78C0D931-6437-407d-A8EE-F0AAD7539E65}">
+      <x14:conditionalFormattings>
+        <x14:conditionalFormatting xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
+          <x14:cfRule type="containsText" priority="1" operator="containsText" id="{5EA8CAA5-15FE-4B58-975C-81DF6C8227CD}">
+            <xm:f>NOT(ISERROR(SEARCH($AA$8,E2)))</xm:f>
+            <xm:f>$AA$8</xm:f>
+            <x14:dxf>
+              <fill>
+                <patternFill>
+                  <bgColor rgb="FFFF9999"/>
+                </patternFill>
+              </fill>
+            </x14:dxf>
+          </x14:cfRule>
+          <xm:sqref>E2:AH27</xm:sqref>
+        </x14:conditionalFormatting>
+      </x14:conditionalFormattings>
+    </ext>
+  </extLst>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+  <sheetPr>
+    <pageSetUpPr fitToPage="1"/>
+  </sheetPr>
+  <dimension ref="A1:AL27"/>
+  <sheetViews>
+    <sheetView view="pageLayout" topLeftCell="E1" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="AD6" sqref="AD6"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="3.7109375" customWidth="1"/>
+    <col min="2" max="2" width="14.7109375" customWidth="1"/>
+    <col min="3" max="3" width="15.42578125" customWidth="1"/>
+    <col min="4" max="4" width="26.42578125" customWidth="1"/>
+    <col min="5" max="35" width="2.5703125" customWidth="1"/>
+    <col min="36" max="36" width="5.28515625" bestFit="1" customWidth="1"/>
+    <col min="37" max="37" width="53.42578125" customWidth="1"/>
+    <col min="38" max="38" width="4.85546875" bestFit="1" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:38" x14ac:dyDescent="0.25">
+      <c r="A1" s="11" t="s">
+        <v>29</v>
+      </c>
+      <c r="B1" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="C1" s="11" t="s">
+        <v>31</v>
+      </c>
+      <c r="D1" s="11" t="s">
+        <v>32</v>
+      </c>
+      <c r="E1" s="10">
+        <v>1</v>
+      </c>
+      <c r="F1" s="10">
+        <v>2</v>
+      </c>
+      <c r="G1" s="10">
+        <v>3</v>
+      </c>
+      <c r="H1" s="10">
+        <v>4</v>
+      </c>
+      <c r="I1" s="10">
+        <v>5</v>
+      </c>
+      <c r="J1" s="10">
+        <v>6</v>
+      </c>
+      <c r="K1" s="10">
+        <v>7</v>
+      </c>
+      <c r="L1" s="10">
+        <v>8</v>
+      </c>
+      <c r="M1" s="10">
+        <v>9</v>
+      </c>
+      <c r="N1" s="10">
+        <v>10</v>
+      </c>
+      <c r="O1" s="10">
+        <v>11</v>
+      </c>
+      <c r="P1" s="10">
+        <v>12</v>
+      </c>
+      <c r="Q1" s="10">
+        <v>13</v>
+      </c>
+      <c r="R1" s="10">
+        <v>14</v>
+      </c>
+      <c r="S1" s="10">
+        <v>15</v>
+      </c>
+      <c r="T1" s="10">
+        <v>16</v>
+      </c>
+      <c r="U1" s="10">
+        <v>17</v>
+      </c>
+      <c r="V1" s="10">
+        <v>18</v>
+      </c>
+      <c r="W1" s="10">
+        <v>19</v>
+      </c>
+      <c r="X1" s="10">
+        <v>20</v>
+      </c>
+      <c r="Y1" s="10">
+        <v>21</v>
+      </c>
+      <c r="Z1" s="10">
+        <v>22</v>
+      </c>
+      <c r="AA1" s="10">
+        <v>23</v>
+      </c>
+      <c r="AB1" s="10">
+        <v>24</v>
+      </c>
+      <c r="AC1" s="10">
+        <v>25</v>
+      </c>
+      <c r="AD1" s="10">
+        <v>26</v>
+      </c>
+      <c r="AE1" s="10">
+        <v>27</v>
+      </c>
+      <c r="AF1" s="10">
+        <v>28</v>
+      </c>
+      <c r="AG1" s="10">
+        <v>29</v>
+      </c>
+      <c r="AH1" s="10">
+        <v>30</v>
+      </c>
+      <c r="AI1" s="10">
+        <v>31</v>
+      </c>
+      <c r="AJ1" s="23" t="s">
+        <v>34</v>
+      </c>
+      <c r="AK1" s="27" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="2" spans="1:38" x14ac:dyDescent="0.25">
+      <c r="A2" s="1">
+        <v>1</v>
+      </c>
+      <c r="B2" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="C2" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="D2" s="2" t="s">
+        <v>2</v>
+      </c>
+      <c r="E2" s="3"/>
+      <c r="F2" s="3"/>
+      <c r="G2" s="3"/>
+      <c r="H2" s="3"/>
+      <c r="I2" s="3"/>
+      <c r="J2" s="3"/>
+      <c r="K2" s="3"/>
+      <c r="L2" s="3"/>
+      <c r="M2" s="3"/>
+      <c r="N2" s="3"/>
+      <c r="O2" s="3"/>
+      <c r="P2" s="3"/>
+      <c r="Q2" s="3"/>
+      <c r="R2" s="3"/>
+      <c r="S2" s="3"/>
+      <c r="T2" s="4"/>
+      <c r="U2" s="24"/>
+      <c r="V2" s="3"/>
+      <c r="W2" s="3"/>
+      <c r="X2" s="3"/>
+      <c r="Y2" s="3"/>
+      <c r="Z2" s="3"/>
+      <c r="AA2" s="3"/>
+      <c r="AB2" s="3"/>
+      <c r="AC2" s="3"/>
+      <c r="AD2" s="3"/>
+      <c r="AE2" s="3"/>
+      <c r="AF2" s="3"/>
+      <c r="AG2" s="3"/>
+      <c r="AH2" s="3"/>
+      <c r="AI2" s="3"/>
+      <c r="AJ2" s="5">
+        <f t="shared" ref="AJ2:AJ27" si="0">COUNTA(E2:AI2)</f>
+        <v>0</v>
+      </c>
+      <c r="AK2" s="5"/>
+      <c r="AL2" s="28">
+        <f>AJ2</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="3" spans="1:38" x14ac:dyDescent="0.25">
+      <c r="A3" s="1">
+        <v>2</v>
+      </c>
+      <c r="B3" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="C3" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="D3" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="E3" s="3"/>
+      <c r="F3" s="3"/>
+      <c r="G3" s="3"/>
+      <c r="H3" s="3"/>
+      <c r="I3" s="3"/>
+      <c r="J3" s="3"/>
+      <c r="K3" s="3"/>
+      <c r="L3" s="3"/>
+      <c r="M3" s="3"/>
+      <c r="N3" s="3"/>
+      <c r="O3" s="3"/>
+      <c r="P3" s="3"/>
+      <c r="Q3" s="3"/>
+      <c r="R3" s="3"/>
+      <c r="S3" s="3"/>
+      <c r="T3" s="4"/>
+      <c r="U3" s="24"/>
+      <c r="V3" s="3"/>
+      <c r="W3" s="3"/>
+      <c r="X3" s="3"/>
+      <c r="Y3" s="3"/>
+      <c r="Z3" s="3"/>
+      <c r="AA3" s="3"/>
+      <c r="AB3" s="3"/>
+      <c r="AC3" s="3"/>
+      <c r="AD3" s="3"/>
+      <c r="AE3" s="3"/>
+      <c r="AF3" s="3"/>
+      <c r="AG3" s="3"/>
+      <c r="AH3" s="3"/>
+      <c r="AI3" s="3"/>
+      <c r="AJ3" s="5">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="AK3" s="5"/>
+      <c r="AL3" s="28">
+        <f t="shared" ref="AL3:AL27" si="1">AJ3</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="4" spans="1:38" x14ac:dyDescent="0.25">
+      <c r="A4" s="1">
+        <v>3</v>
+      </c>
+      <c r="B4" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="C4" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="D4" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="E4" s="8"/>
+      <c r="F4" s="8"/>
+      <c r="G4" s="8"/>
+      <c r="H4" s="8"/>
+      <c r="I4" s="8"/>
+      <c r="J4" s="8"/>
+      <c r="K4" s="8"/>
+      <c r="L4" s="8"/>
+      <c r="M4" s="8"/>
+      <c r="N4" s="8"/>
+      <c r="O4" s="8"/>
+      <c r="P4" s="8"/>
+      <c r="Q4" s="8"/>
+      <c r="R4" s="8"/>
+      <c r="S4" s="8"/>
+      <c r="T4" s="8"/>
+      <c r="U4" s="8"/>
+      <c r="V4" s="8"/>
+      <c r="W4" s="8"/>
+      <c r="X4" s="8"/>
+      <c r="Y4" s="8"/>
+      <c r="Z4" s="8"/>
+      <c r="AA4" s="8"/>
+      <c r="AB4" s="8"/>
+      <c r="AC4" s="8"/>
+      <c r="AD4" s="8"/>
+      <c r="AE4" s="8"/>
+      <c r="AF4" s="8"/>
+      <c r="AG4" s="8"/>
+      <c r="AH4" s="8"/>
+      <c r="AI4" s="8"/>
+      <c r="AJ4" s="5">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="AK4" s="6"/>
+      <c r="AL4" s="28">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="5" spans="1:38" x14ac:dyDescent="0.25">
+      <c r="A5" s="1">
+        <v>4</v>
+      </c>
+      <c r="B5" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="C5" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="D5" s="2" t="s">
+        <v>6</v>
+      </c>
+      <c r="E5" s="3"/>
+      <c r="F5" s="3"/>
+      <c r="G5" s="3"/>
+      <c r="H5" s="3"/>
+      <c r="I5" s="3"/>
+      <c r="J5" s="3"/>
+      <c r="K5" s="3"/>
+      <c r="L5" s="3"/>
+      <c r="M5" s="3"/>
+      <c r="N5" s="3"/>
+      <c r="O5" s="3"/>
+      <c r="P5" s="3"/>
+      <c r="Q5" s="3"/>
+      <c r="R5" s="3"/>
+      <c r="S5" s="3"/>
+      <c r="T5" s="4"/>
+      <c r="U5" s="3"/>
+      <c r="V5" s="3"/>
+      <c r="W5" s="3"/>
+      <c r="X5" s="3"/>
+      <c r="Y5" s="3"/>
+      <c r="Z5" s="3"/>
+      <c r="AA5" s="3"/>
+      <c r="AB5" s="3"/>
+      <c r="AC5" s="3"/>
+      <c r="AD5" s="3"/>
+      <c r="AE5" s="3"/>
+      <c r="AF5" s="3"/>
+      <c r="AG5" s="3"/>
+      <c r="AH5" s="3"/>
+      <c r="AI5" s="3"/>
+      <c r="AJ5" s="5">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="AK5" s="40"/>
+      <c r="AL5" s="28">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="6" spans="1:38" x14ac:dyDescent="0.25">
+      <c r="A6" s="1">
+        <v>5</v>
+      </c>
+      <c r="B6" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="C6" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="D6" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="E6" s="8"/>
+      <c r="F6" s="8"/>
+      <c r="G6" s="8"/>
+      <c r="H6" s="8"/>
+      <c r="I6" s="8"/>
+      <c r="J6" s="8"/>
+      <c r="K6" s="8"/>
+      <c r="L6" s="8"/>
+      <c r="M6" s="8"/>
+      <c r="N6" s="8"/>
+      <c r="O6" s="8"/>
+      <c r="P6" s="8"/>
+      <c r="Q6" s="8"/>
+      <c r="R6" s="8"/>
+      <c r="S6" s="8"/>
+      <c r="T6" s="8"/>
+      <c r="U6" s="8"/>
+      <c r="V6" s="8"/>
+      <c r="W6" s="8"/>
+      <c r="X6" s="8"/>
+      <c r="Y6" s="8"/>
+      <c r="Z6" s="8"/>
+      <c r="AA6" s="8"/>
+      <c r="AB6" s="8"/>
+      <c r="AC6" s="8"/>
+      <c r="AD6" s="8"/>
+      <c r="AE6" s="8"/>
+      <c r="AF6" s="8"/>
+      <c r="AG6" s="8"/>
+      <c r="AH6" s="8"/>
+      <c r="AI6" s="8"/>
+      <c r="AJ6" s="5">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="AK6" s="5"/>
+      <c r="AL6" s="28">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="7" spans="1:38" x14ac:dyDescent="0.25">
+      <c r="A7" s="1">
+        <v>6</v>
+      </c>
+      <c r="B7" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="C7" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="D7" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="E7" s="25"/>
+      <c r="F7" s="25"/>
+      <c r="G7" s="25"/>
+      <c r="H7" s="25"/>
+      <c r="I7" s="25"/>
+      <c r="J7" s="25"/>
+      <c r="K7" s="25"/>
+      <c r="L7" s="25"/>
+      <c r="M7" s="25"/>
+      <c r="N7" s="25"/>
+      <c r="O7" s="25"/>
+      <c r="P7" s="25"/>
+      <c r="Q7" s="25"/>
+      <c r="R7" s="25"/>
+      <c r="S7" s="25"/>
+      <c r="T7" s="25"/>
+      <c r="U7" s="25"/>
+      <c r="V7" s="25"/>
+      <c r="W7" s="25"/>
+      <c r="X7" s="25"/>
+      <c r="Y7" s="25"/>
+      <c r="Z7" s="25"/>
+      <c r="AA7" s="25"/>
+      <c r="AB7" s="25"/>
+      <c r="AC7" s="25"/>
+      <c r="AD7" s="25"/>
+      <c r="AE7" s="25"/>
+      <c r="AF7" s="25"/>
+      <c r="AG7" s="25"/>
+      <c r="AH7" s="25"/>
+      <c r="AI7" s="25"/>
+      <c r="AJ7" s="5">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="AK7" s="6"/>
+      <c r="AL7" s="28">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="8" spans="1:38" x14ac:dyDescent="0.25">
+      <c r="A8" s="1">
+        <v>7</v>
+      </c>
+      <c r="B8" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="C8" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="D8" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E8" s="8" t="s">
+        <v>4</v>
+      </c>
+      <c r="F8" s="8" t="s">
+        <v>4</v>
+      </c>
+      <c r="G8" s="8" t="s">
+        <v>4</v>
+      </c>
+      <c r="H8" s="8" t="s">
+        <v>4</v>
+      </c>
+      <c r="I8" s="8" t="s">
+        <v>4</v>
+      </c>
+      <c r="J8" s="8" t="s">
+        <v>4</v>
+      </c>
+      <c r="K8" s="8" t="s">
+        <v>4</v>
+      </c>
+      <c r="L8" s="8"/>
+      <c r="M8" s="8"/>
+      <c r="N8" s="8"/>
+      <c r="O8" s="8"/>
+      <c r="P8" s="8"/>
+      <c r="Q8" s="8"/>
+      <c r="R8" s="8"/>
+      <c r="S8" s="8"/>
+      <c r="T8" s="8"/>
+      <c r="U8" s="8"/>
+      <c r="V8" s="8"/>
+      <c r="W8" s="8"/>
+      <c r="X8" s="8"/>
+      <c r="Y8" s="8"/>
+      <c r="Z8" s="8"/>
+      <c r="AA8" s="8"/>
+      <c r="AB8" s="24"/>
+      <c r="AC8" s="8"/>
+      <c r="AD8" s="8"/>
+      <c r="AE8" s="8"/>
+      <c r="AF8" s="8"/>
+      <c r="AG8" s="8"/>
+      <c r="AH8" s="8"/>
+      <c r="AI8" s="8"/>
+      <c r="AJ8" s="5">
+        <f t="shared" si="0"/>
+        <v>7</v>
+      </c>
+      <c r="AK8" s="5" t="s">
+        <v>63</v>
+      </c>
+      <c r="AL8" s="28">
+        <f t="shared" si="1"/>
+        <v>7</v>
+      </c>
+    </row>
+    <row r="9" spans="1:38" x14ac:dyDescent="0.25">
+      <c r="A9" s="1">
+        <v>8</v>
+      </c>
+      <c r="B9" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="C9" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="D9" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="E9" s="3"/>
+      <c r="F9" s="24"/>
+      <c r="G9" s="24"/>
+      <c r="H9" s="24"/>
+      <c r="I9" s="24"/>
+      <c r="J9" s="24"/>
+      <c r="K9" s="24"/>
+      <c r="L9" s="24"/>
+      <c r="M9" s="24"/>
+      <c r="N9" s="24"/>
+      <c r="O9" s="24"/>
+      <c r="P9" s="24"/>
+      <c r="Q9" s="24"/>
+      <c r="R9" s="26"/>
+      <c r="S9" s="24"/>
+      <c r="T9" s="24"/>
+      <c r="U9" s="24"/>
+      <c r="V9" s="24"/>
+      <c r="W9" s="24"/>
+      <c r="X9" s="24"/>
+      <c r="Y9" s="24"/>
+      <c r="Z9" s="24"/>
+      <c r="AA9" s="24"/>
+      <c r="AB9" s="24"/>
+      <c r="AC9" s="24"/>
+      <c r="AD9" s="24"/>
+      <c r="AE9" s="3"/>
+      <c r="AF9" s="3"/>
+      <c r="AG9" s="3"/>
+      <c r="AH9" s="3"/>
+      <c r="AI9" s="3"/>
+      <c r="AJ9" s="5">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="AK9" s="5"/>
+      <c r="AL9" s="28">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="10" spans="1:38" x14ac:dyDescent="0.25">
+      <c r="A10" s="1">
+        <v>9</v>
+      </c>
+      <c r="B10" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="C10" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="D10" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E10" s="3"/>
+      <c r="F10" s="24"/>
+      <c r="G10" s="24"/>
+      <c r="H10" s="24"/>
+      <c r="I10" s="24"/>
+      <c r="J10" s="24"/>
+      <c r="K10" s="24"/>
+      <c r="L10" s="24"/>
+      <c r="M10" s="24"/>
+      <c r="N10" s="24"/>
+      <c r="O10" s="24"/>
+      <c r="P10" s="24"/>
+      <c r="Q10" s="24"/>
+      <c r="R10" s="26"/>
+      <c r="S10" s="24"/>
+      <c r="T10" s="24"/>
+      <c r="U10" s="24"/>
+      <c r="V10" s="24"/>
+      <c r="W10" s="24"/>
+      <c r="X10" s="24"/>
+      <c r="Y10" s="24"/>
+      <c r="Z10" s="24"/>
+      <c r="AA10" s="24"/>
+      <c r="AB10" s="24"/>
+      <c r="AC10" s="24"/>
+      <c r="AD10" s="24"/>
+      <c r="AE10" s="3"/>
+      <c r="AF10" s="3"/>
+      <c r="AG10" s="3"/>
+      <c r="AH10" s="3"/>
+      <c r="AI10" s="3"/>
+      <c r="AJ10" s="5">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="AK10" s="5"/>
+      <c r="AL10" s="28">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="11" spans="1:38" x14ac:dyDescent="0.25">
+      <c r="A11" s="1">
+        <v>10</v>
+      </c>
+      <c r="B11" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="C11" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="D11" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E11" s="3"/>
+      <c r="F11" s="24"/>
+      <c r="G11" s="24"/>
+      <c r="H11" s="24"/>
+      <c r="I11" s="24"/>
+      <c r="J11" s="24"/>
+      <c r="K11" s="24"/>
+      <c r="L11" s="24"/>
+      <c r="M11" s="24"/>
+      <c r="N11" s="24"/>
+      <c r="O11" s="24"/>
+      <c r="P11" s="24"/>
+      <c r="Q11" s="24"/>
+      <c r="R11" s="26"/>
+      <c r="S11" s="24"/>
+      <c r="T11" s="24"/>
+      <c r="U11" s="24"/>
+      <c r="V11" s="24"/>
+      <c r="W11" s="24"/>
+      <c r="X11" s="24"/>
+      <c r="Y11" s="24"/>
+      <c r="Z11" s="24"/>
+      <c r="AA11" s="24"/>
+      <c r="AB11" s="24"/>
+      <c r="AC11" s="24"/>
+      <c r="AD11" s="24"/>
+      <c r="AE11" s="3"/>
+      <c r="AF11" s="3"/>
+      <c r="AG11" s="3"/>
+      <c r="AH11" s="3"/>
+      <c r="AI11" s="3"/>
+      <c r="AJ11" s="5">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="AK11" s="5"/>
+      <c r="AL11" s="28">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="12" spans="1:38" x14ac:dyDescent="0.25">
+      <c r="A12" s="1">
+        <v>11</v>
+      </c>
+      <c r="B12" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="C12" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="D12" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E12" s="3"/>
+      <c r="F12" s="24"/>
+      <c r="G12" s="24"/>
+      <c r="H12" s="24"/>
+      <c r="I12" s="24"/>
+      <c r="J12" s="24"/>
+      <c r="K12" s="24"/>
+      <c r="L12" s="24"/>
+      <c r="M12" s="24"/>
+      <c r="N12" s="24"/>
+      <c r="O12" s="24"/>
+      <c r="P12" s="24"/>
+      <c r="Q12" s="24"/>
+      <c r="R12" s="26"/>
+      <c r="S12" s="24"/>
+      <c r="T12" s="24"/>
+      <c r="U12" s="24"/>
+      <c r="V12" s="24"/>
+      <c r="W12" s="24"/>
+      <c r="X12" s="24"/>
+      <c r="Y12" s="24"/>
+      <c r="Z12" s="24"/>
+      <c r="AA12" s="24"/>
+      <c r="AB12" s="24"/>
+      <c r="AC12" s="24"/>
+      <c r="AD12" s="24"/>
+      <c r="AE12" s="3"/>
+      <c r="AF12" s="3"/>
+      <c r="AG12" s="3"/>
+      <c r="AH12" s="3"/>
+      <c r="AI12" s="3"/>
+      <c r="AJ12" s="5">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="AK12" s="5"/>
+      <c r="AL12" s="28">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="13" spans="1:38" x14ac:dyDescent="0.25">
+      <c r="A13" s="1">
+        <v>12</v>
+      </c>
+      <c r="B13" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="C13" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="D13" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="E13" s="3"/>
+      <c r="F13" s="24"/>
+      <c r="G13" s="24"/>
+      <c r="H13" s="24"/>
+      <c r="I13" s="24"/>
+      <c r="J13" s="24"/>
+      <c r="K13" s="24"/>
+      <c r="L13" s="24"/>
+      <c r="M13" s="24"/>
+      <c r="N13" s="24"/>
+      <c r="O13" s="24"/>
+      <c r="P13" s="24"/>
+      <c r="Q13" s="24"/>
+      <c r="R13" s="26"/>
+      <c r="S13" s="24"/>
+      <c r="T13" s="24"/>
+      <c r="U13" s="24"/>
+      <c r="V13" s="24"/>
+      <c r="W13" s="24"/>
+      <c r="X13" s="24"/>
+      <c r="Y13" s="24"/>
+      <c r="Z13" s="24"/>
+      <c r="AA13" s="24"/>
+      <c r="AB13" s="24"/>
+      <c r="AC13" s="24"/>
+      <c r="AD13" s="24"/>
+      <c r="AE13" s="3"/>
+      <c r="AF13" s="3"/>
+      <c r="AG13" s="3"/>
+      <c r="AH13" s="3"/>
+      <c r="AI13" s="3"/>
+      <c r="AJ13" s="5">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="AK13" s="7"/>
+      <c r="AL13" s="28">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="14" spans="1:38" x14ac:dyDescent="0.25">
+      <c r="A14" s="1">
+        <v>13</v>
+      </c>
+      <c r="B14" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="C14" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="D14" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="E14" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="F14" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="G14" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="H14" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="I14" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="J14" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="K14" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="L14" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="M14" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="N14" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="O14" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="P14" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="Q14" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="R14" s="26" t="s">
+        <v>4</v>
+      </c>
+      <c r="S14" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="T14" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="U14" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="V14" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="W14" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="X14" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="Y14" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="Z14" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="AA14" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="AB14" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="AC14" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="AD14" s="24"/>
+      <c r="AE14" s="3"/>
+      <c r="AF14" s="3"/>
+      <c r="AG14" s="3"/>
+      <c r="AH14" s="3"/>
+      <c r="AI14" s="3"/>
+      <c r="AJ14" s="5">
+        <f t="shared" si="0"/>
+        <v>25</v>
+      </c>
+      <c r="AK14" s="5" t="s">
+        <v>64</v>
+      </c>
+      <c r="AL14" s="28">
+        <f t="shared" si="1"/>
+        <v>25</v>
+      </c>
+    </row>
+    <row r="15" spans="1:38" x14ac:dyDescent="0.25">
+      <c r="A15" s="1">
+        <v>14</v>
+      </c>
+      <c r="B15" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="C15" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="D15" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="E15" s="3"/>
+      <c r="F15" s="24"/>
+      <c r="G15" s="24"/>
+      <c r="H15" s="24"/>
+      <c r="I15" s="24"/>
+      <c r="J15" s="24"/>
+      <c r="K15" s="24"/>
+      <c r="L15" s="24"/>
+      <c r="M15" s="24"/>
+      <c r="N15" s="24"/>
+      <c r="O15" s="24"/>
+      <c r="P15" s="24"/>
+      <c r="Q15" s="24"/>
+      <c r="R15" s="26"/>
+      <c r="S15" s="24"/>
+      <c r="T15" s="24"/>
+      <c r="U15" s="24"/>
+      <c r="V15" s="24"/>
+      <c r="W15" s="24"/>
+      <c r="X15" s="24"/>
+      <c r="Y15" s="24"/>
+      <c r="Z15" s="24"/>
+      <c r="AA15" s="24"/>
+      <c r="AB15" s="24"/>
+      <c r="AC15" s="24"/>
+      <c r="AD15" s="24"/>
+      <c r="AE15" s="3"/>
+      <c r="AF15" s="3"/>
+      <c r="AG15" s="3"/>
+      <c r="AH15" s="3"/>
+      <c r="AI15" s="3"/>
+      <c r="AJ15" s="5">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="AK15" s="7"/>
+      <c r="AL15" s="28">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="16" spans="1:38" x14ac:dyDescent="0.25">
+      <c r="A16" s="1">
+        <v>15</v>
+      </c>
+      <c r="B16" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="C16" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="D16" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E16" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="F16" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="G16" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="H16" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="I16" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="J16" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="K16" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="L16" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="M16" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="N16" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="O16" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="P16" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="Q16" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="R16" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="S16" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="T16" s="26" t="s">
+        <v>4</v>
+      </c>
+      <c r="U16" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="V16" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="W16" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="X16" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="Y16" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="Z16" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="AA16" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="AB16" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="AC16" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="AD16" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="AE16" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="AF16" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="AG16" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="AH16" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="AI16" s="24"/>
+      <c r="AJ16" s="5">
+        <f t="shared" si="0"/>
+        <v>30</v>
+      </c>
+      <c r="AK16" s="5" t="s">
+        <v>66</v>
+      </c>
+      <c r="AL16" s="28">
+        <f t="shared" si="1"/>
+        <v>30</v>
+      </c>
+    </row>
+    <row r="17" spans="1:38" x14ac:dyDescent="0.25">
+      <c r="A17" s="1">
+        <v>16</v>
+      </c>
+      <c r="B17" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="C17" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="D17" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="E17" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="F17" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="G17" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="H17" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="I17" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="J17" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="K17" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="L17" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="M17" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="N17" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="O17" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="P17" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="Q17" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="R17" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="S17" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="T17" s="26" t="s">
+        <v>4</v>
+      </c>
+      <c r="U17" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="V17" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="W17" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="X17" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="Y17" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="Z17" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="AA17" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="AB17" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="AC17" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="AD17" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="AE17" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="AF17" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="AG17" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="AH17" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="AI17" s="24"/>
+      <c r="AJ17" s="5">
+        <f t="shared" si="0"/>
+        <v>30</v>
+      </c>
+      <c r="AK17" s="5" t="s">
+        <v>65</v>
+      </c>
+      <c r="AL17" s="28">
+        <f t="shared" si="1"/>
+        <v>30</v>
+      </c>
+    </row>
+    <row r="18" spans="1:38" x14ac:dyDescent="0.25">
+      <c r="A18" s="1">
+        <v>17</v>
+      </c>
+      <c r="B18" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="C18" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="D18" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="E18" s="24"/>
+      <c r="F18" s="24"/>
+      <c r="G18" s="24"/>
+      <c r="H18" s="24"/>
+      <c r="I18" s="24"/>
+      <c r="J18" s="24"/>
+      <c r="K18" s="24"/>
+      <c r="L18" s="24"/>
+      <c r="M18" s="24"/>
+      <c r="N18" s="24"/>
+      <c r="O18" s="24"/>
+      <c r="P18" s="24"/>
+      <c r="Q18" s="24"/>
+      <c r="R18" s="24"/>
+      <c r="S18" s="24"/>
+      <c r="T18" s="24"/>
+      <c r="U18" s="24"/>
+      <c r="V18" s="24"/>
+      <c r="W18" s="24"/>
+      <c r="X18" s="24"/>
+      <c r="Y18" s="24"/>
+      <c r="Z18" s="24"/>
+      <c r="AA18" s="24"/>
+      <c r="AB18" s="24"/>
+      <c r="AC18" s="24"/>
+      <c r="AD18" s="24"/>
+      <c r="AE18" s="24"/>
+      <c r="AF18" s="24"/>
+      <c r="AG18" s="24"/>
+      <c r="AH18" s="24"/>
+      <c r="AI18" s="24"/>
+      <c r="AJ18" s="5">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="AK18" s="5"/>
+      <c r="AL18" s="28">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="19" spans="1:38" x14ac:dyDescent="0.25">
+      <c r="A19" s="1">
+        <v>18</v>
+      </c>
+      <c r="B19" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="C19" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="D19" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="E19" s="24"/>
+      <c r="F19" s="24"/>
+      <c r="G19" s="24"/>
+      <c r="H19" s="24"/>
+      <c r="I19" s="24"/>
+      <c r="J19" s="24"/>
+      <c r="K19" s="24"/>
+      <c r="L19" s="24"/>
+      <c r="M19" s="24"/>
+      <c r="N19" s="24"/>
+      <c r="O19" s="24"/>
+      <c r="P19" s="24"/>
+      <c r="Q19" s="24"/>
+      <c r="R19" s="24"/>
+      <c r="S19" s="24"/>
+      <c r="T19" s="24"/>
+      <c r="U19" s="24"/>
+      <c r="V19" s="24"/>
+      <c r="W19" s="24"/>
+      <c r="X19" s="24"/>
+      <c r="Y19" s="24"/>
+      <c r="Z19" s="24"/>
+      <c r="AA19" s="24"/>
+      <c r="AB19" s="24"/>
+      <c r="AC19" s="24"/>
+      <c r="AD19" s="24"/>
+      <c r="AE19" s="24"/>
+      <c r="AF19" s="24"/>
+      <c r="AG19" s="24"/>
+      <c r="AH19" s="24"/>
+      <c r="AI19" s="24"/>
+      <c r="AJ19" s="5">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="AK19" s="7"/>
+      <c r="AL19" s="28">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="20" spans="1:38" x14ac:dyDescent="0.25">
+      <c r="A20" s="1">
+        <v>19</v>
+      </c>
+      <c r="B20" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="C20" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="D20" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="E20" s="24"/>
+      <c r="F20" s="24"/>
+      <c r="G20" s="24"/>
+      <c r="H20" s="24"/>
+      <c r="I20" s="24"/>
+      <c r="J20" s="24"/>
+      <c r="K20" s="24"/>
+      <c r="L20" s="24"/>
+      <c r="M20" s="24"/>
+      <c r="N20" s="24"/>
+      <c r="O20" s="24"/>
+      <c r="P20" s="24"/>
+      <c r="Q20" s="24"/>
+      <c r="R20" s="24"/>
+      <c r="S20" s="24"/>
+      <c r="T20" s="26"/>
+      <c r="U20" s="24"/>
+      <c r="V20" s="24"/>
+      <c r="W20" s="24"/>
+      <c r="X20" s="24"/>
+      <c r="Y20" s="24"/>
+      <c r="Z20" s="24"/>
+      <c r="AA20" s="24"/>
+      <c r="AB20" s="24"/>
+      <c r="AC20" s="24"/>
+      <c r="AD20" s="24"/>
+      <c r="AE20" s="24"/>
+      <c r="AF20" s="24"/>
+      <c r="AG20" s="24"/>
+      <c r="AH20" s="24"/>
+      <c r="AI20" s="24"/>
+      <c r="AJ20" s="5">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="AK20" s="5"/>
+      <c r="AL20" s="28">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="21" spans="1:38" x14ac:dyDescent="0.25">
+      <c r="A21" s="1">
+        <v>20</v>
+      </c>
+      <c r="B21" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="C21" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="D21" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="E21" s="24"/>
+      <c r="F21" s="24"/>
+      <c r="G21" s="24"/>
+      <c r="H21" s="24"/>
+      <c r="I21" s="24"/>
+      <c r="J21" s="24"/>
+      <c r="K21" s="24"/>
+      <c r="L21" s="24"/>
+      <c r="M21" s="24"/>
+      <c r="N21" s="24"/>
+      <c r="O21" s="24"/>
+      <c r="P21" s="24"/>
+      <c r="Q21" s="24"/>
+      <c r="R21" s="24"/>
+      <c r="S21" s="24"/>
+      <c r="T21" s="26"/>
+      <c r="U21" s="24"/>
+      <c r="V21" s="24"/>
+      <c r="W21" s="24"/>
+      <c r="X21" s="24"/>
+      <c r="Y21" s="24"/>
+      <c r="Z21" s="24"/>
+      <c r="AA21" s="24"/>
+      <c r="AB21" s="24"/>
+      <c r="AC21" s="24"/>
+      <c r="AD21" s="24"/>
+      <c r="AE21" s="24"/>
+      <c r="AF21" s="24"/>
+      <c r="AG21" s="24"/>
+      <c r="AH21" s="24"/>
+      <c r="AI21" s="24"/>
+      <c r="AJ21" s="5">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="AK21" s="5"/>
+      <c r="AL21" s="28">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="22" spans="1:38" x14ac:dyDescent="0.25">
+      <c r="A22" s="1">
+        <v>21</v>
+      </c>
+      <c r="B22" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="C22" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="D22" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="E22" s="24"/>
+      <c r="F22" s="24"/>
+      <c r="G22" s="24"/>
+      <c r="H22" s="24"/>
+      <c r="I22" s="24"/>
+      <c r="J22" s="24"/>
+      <c r="K22" s="24"/>
+      <c r="L22" s="24"/>
+      <c r="M22" s="24"/>
+      <c r="N22" s="24"/>
+      <c r="O22" s="24"/>
+      <c r="P22" s="24"/>
+      <c r="Q22" s="24"/>
+      <c r="R22" s="24"/>
+      <c r="S22" s="24"/>
+      <c r="T22" s="26"/>
+      <c r="U22" s="24"/>
+      <c r="V22" s="24"/>
+      <c r="W22" s="24"/>
+      <c r="X22" s="24"/>
+      <c r="Y22" s="24"/>
+      <c r="Z22" s="24"/>
+      <c r="AA22" s="24"/>
+      <c r="AB22" s="24"/>
+      <c r="AC22" s="24"/>
+      <c r="AD22" s="24"/>
+      <c r="AE22" s="24"/>
+      <c r="AF22" s="24"/>
+      <c r="AG22" s="24"/>
+      <c r="AH22" s="24"/>
+      <c r="AI22" s="24"/>
+      <c r="AJ22" s="5">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="AK22" s="5"/>
+      <c r="AL22" s="28">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="23" spans="1:38" x14ac:dyDescent="0.25">
+      <c r="A23" s="1">
+        <v>22</v>
+      </c>
+      <c r="B23" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="C23" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="D23" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="E23" s="24"/>
+      <c r="F23" s="24"/>
+      <c r="G23" s="24"/>
+      <c r="H23" s="24"/>
+      <c r="I23" s="24"/>
+      <c r="J23" s="24"/>
+      <c r="K23" s="24"/>
+      <c r="L23" s="24"/>
+      <c r="M23" s="24"/>
+      <c r="N23" s="24"/>
+      <c r="O23" s="24"/>
+      <c r="P23" s="24"/>
+      <c r="Q23" s="24"/>
+      <c r="R23" s="24"/>
+      <c r="S23" s="24"/>
+      <c r="T23" s="24"/>
+      <c r="U23" s="24"/>
+      <c r="V23" s="24"/>
+      <c r="W23" s="24"/>
+      <c r="X23" s="24"/>
+      <c r="Y23" s="24"/>
+      <c r="Z23" s="24"/>
+      <c r="AA23" s="24"/>
+      <c r="AB23" s="24"/>
+      <c r="AC23" s="24"/>
+      <c r="AD23" s="24"/>
+      <c r="AE23" s="24"/>
+      <c r="AF23" s="24"/>
+      <c r="AG23" s="24"/>
+      <c r="AH23" s="24"/>
+      <c r="AI23" s="24"/>
+      <c r="AJ23" s="5">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="AK23" s="5"/>
+      <c r="AL23" s="28">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="24" spans="1:38" x14ac:dyDescent="0.25">
+      <c r="A24" s="1">
+        <v>23</v>
+      </c>
+      <c r="B24" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="C24" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="D24" s="2" t="s">
+        <v>25</v>
+      </c>
+      <c r="E24" s="24"/>
+      <c r="F24" s="24"/>
+      <c r="G24" s="24"/>
+      <c r="H24" s="24"/>
+      <c r="I24" s="24"/>
+      <c r="J24" s="24"/>
+      <c r="K24" s="24"/>
+      <c r="L24" s="24"/>
+      <c r="M24" s="24"/>
+      <c r="N24" s="24"/>
+      <c r="O24" s="24"/>
+      <c r="P24" s="24"/>
+      <c r="Q24" s="24"/>
+      <c r="R24" s="24"/>
+      <c r="S24" s="24"/>
+      <c r="T24" s="26"/>
+      <c r="U24" s="24"/>
+      <c r="V24" s="24"/>
+      <c r="W24" s="24"/>
+      <c r="X24" s="24"/>
+      <c r="Y24" s="24"/>
+      <c r="Z24" s="24"/>
+      <c r="AA24" s="24"/>
+      <c r="AB24" s="24"/>
+      <c r="AC24" s="24"/>
+      <c r="AD24" s="24"/>
+      <c r="AE24" s="24"/>
+      <c r="AF24" s="24"/>
+      <c r="AG24" s="24"/>
+      <c r="AH24" s="24"/>
+      <c r="AI24" s="24"/>
+      <c r="AJ24" s="5">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="AK24" s="5"/>
+      <c r="AL24" s="28">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="25" spans="1:38" x14ac:dyDescent="0.25">
+      <c r="A25" s="1">
+        <v>24</v>
+      </c>
+      <c r="B25" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="C25" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="D25" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="E25" s="24"/>
+      <c r="F25" s="24"/>
+      <c r="G25" s="24"/>
+      <c r="H25" s="24"/>
+      <c r="I25" s="24"/>
+      <c r="J25" s="24"/>
+      <c r="K25" s="24"/>
+      <c r="L25" s="24"/>
+      <c r="M25" s="24"/>
+      <c r="N25" s="24"/>
+      <c r="O25" s="24"/>
+      <c r="P25" s="24"/>
+      <c r="Q25" s="24"/>
+      <c r="R25" s="24"/>
+      <c r="S25" s="24"/>
+      <c r="T25" s="26"/>
+      <c r="U25" s="24"/>
+      <c r="V25" s="24"/>
+      <c r="W25" s="24"/>
+      <c r="X25" s="24"/>
+      <c r="Y25" s="24"/>
+      <c r="Z25" s="24"/>
+      <c r="AA25" s="24"/>
+      <c r="AB25" s="24"/>
+      <c r="AC25" s="24"/>
+      <c r="AD25" s="24"/>
+      <c r="AE25" s="24"/>
+      <c r="AF25" s="24"/>
+      <c r="AG25" s="24"/>
+      <c r="AH25" s="24"/>
+      <c r="AI25" s="24"/>
+      <c r="AJ25" s="5">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="AK25" s="5"/>
+      <c r="AL25" s="28">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="26" spans="1:38" x14ac:dyDescent="0.25">
+      <c r="A26" s="1">
+        <v>25</v>
+      </c>
+      <c r="B26" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="C26" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="D26" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="E26" s="3"/>
+      <c r="F26" s="3"/>
+      <c r="G26" s="3"/>
+      <c r="H26" s="3"/>
+      <c r="I26" s="3"/>
+      <c r="J26" s="3"/>
+      <c r="K26" s="3"/>
+      <c r="L26" s="3"/>
+      <c r="M26" s="3"/>
+      <c r="N26" s="3"/>
+      <c r="O26" s="3"/>
+      <c r="P26" s="3"/>
+      <c r="Q26" s="3"/>
+      <c r="R26" s="3"/>
+      <c r="S26" s="3"/>
+      <c r="T26" s="4"/>
+      <c r="U26" s="24"/>
+      <c r="V26" s="3"/>
+      <c r="W26" s="3"/>
+      <c r="X26" s="3"/>
+      <c r="Y26" s="3"/>
+      <c r="Z26" s="3"/>
+      <c r="AA26" s="3"/>
+      <c r="AB26" s="3"/>
+      <c r="AC26" s="3"/>
+      <c r="AD26" s="3"/>
+      <c r="AE26" s="3"/>
+      <c r="AF26" s="3"/>
+      <c r="AG26" s="3"/>
+      <c r="AH26" s="3"/>
+      <c r="AI26" s="3"/>
+      <c r="AJ26" s="5">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="AK26" s="39"/>
+      <c r="AL26" s="28">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="27" spans="1:38" x14ac:dyDescent="0.25">
+      <c r="A27" s="1">
+        <v>26</v>
+      </c>
+      <c r="B27" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="C27" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="D27" s="2" t="s">
+        <v>28</v>
+      </c>
+      <c r="E27" s="3"/>
+      <c r="F27" s="3"/>
+      <c r="G27" s="3"/>
+      <c r="H27" s="3"/>
+      <c r="I27" s="3"/>
+      <c r="J27" s="3"/>
+      <c r="K27" s="3"/>
+      <c r="L27" s="3"/>
+      <c r="M27" s="3"/>
+      <c r="N27" s="3"/>
+      <c r="O27" s="3"/>
+      <c r="P27" s="3"/>
+      <c r="Q27" s="3"/>
+      <c r="R27" s="3"/>
+      <c r="S27" s="3"/>
+      <c r="T27" s="3"/>
+      <c r="U27" s="24"/>
+      <c r="V27" s="3"/>
+      <c r="W27" s="3"/>
+      <c r="X27" s="3"/>
+      <c r="Y27" s="3"/>
+      <c r="Z27" s="3"/>
+      <c r="AA27" s="3"/>
+      <c r="AB27" s="3"/>
+      <c r="AC27" s="3"/>
+      <c r="AD27" s="3"/>
+      <c r="AE27" s="3"/>
+      <c r="AF27" s="3"/>
+      <c r="AG27" s="3"/>
+      <c r="AH27" s="3"/>
+      <c r="AI27" s="3"/>
+      <c r="AJ27" s="5">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="AK27" s="9"/>
+      <c r="AL27" s="28">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+  </sheetData>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" scale="65" orientation="landscape" horizontalDpi="1200" verticalDpi="1200" r:id="rId1"/>
+  <headerFooter>
+    <oddHeader>&amp;Cgrudzień 2024 r.</oddHeader>
+  </headerFooter>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{78C0D931-6437-407d-A8EE-F0AAD7539E65}">
+      <x14:conditionalFormattings>
+        <x14:conditionalFormatting xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
+          <x14:cfRule type="containsText" priority="1" operator="containsText" id="{0159CAC8-284C-44EF-B1DF-DD4F4E800F86}">
+            <xm:f>NOT(ISERROR(SEARCH($E$8,E2)))</xm:f>
+            <xm:f>$E$8</xm:f>
+            <x14:dxf>
+              <fill>
+                <patternFill>
+                  <bgColor rgb="FFFF9999"/>
+                </patternFill>
+              </fill>
+            </x14:dxf>
+          </x14:cfRule>
+          <xm:sqref>E2:AI27</xm:sqref>
+        </x14:conditionalFormatting>
+      </x14:conditionalFormattings>
+    </ext>
+  </extLst>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+  <sheetPr>
+    <pageSetUpPr fitToPage="1"/>
+  </sheetPr>
+  <dimension ref="A1:AL27"/>
+  <sheetViews>
+    <sheetView topLeftCell="R1" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="AN23" sqref="AN23"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="3.42578125" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="14.7109375" customWidth="1"/>
+    <col min="3" max="3" width="15.42578125" customWidth="1"/>
+    <col min="4" max="4" width="19.42578125" bestFit="1" customWidth="1"/>
+    <col min="5" max="35" width="2.5703125" customWidth="1"/>
+    <col min="36" max="36" width="4.85546875" customWidth="1"/>
+    <col min="37" max="37" width="73.42578125" customWidth="1"/>
+    <col min="38" max="38" width="7" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:38" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1" s="11" t="s">
+        <v>29</v>
+      </c>
+      <c r="B1" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="C1" s="11" t="s">
+        <v>31</v>
+      </c>
+      <c r="D1" s="11" t="s">
+        <v>32</v>
+      </c>
+      <c r="E1" s="10">
+        <v>1</v>
+      </c>
+      <c r="F1" s="10">
+        <v>2</v>
+      </c>
+      <c r="G1" s="10">
+        <v>3</v>
+      </c>
+      <c r="H1" s="10">
+        <v>4</v>
+      </c>
+      <c r="I1" s="10">
+        <v>5</v>
+      </c>
+      <c r="J1" s="10">
+        <v>6</v>
+      </c>
+      <c r="K1" s="10">
+        <v>7</v>
+      </c>
+      <c r="L1" s="10">
+        <v>8</v>
+      </c>
+      <c r="M1" s="10">
+        <v>9</v>
+      </c>
+      <c r="N1" s="10">
+        <v>10</v>
+      </c>
+      <c r="O1" s="10">
+        <v>11</v>
+      </c>
+      <c r="P1" s="10">
+        <v>12</v>
+      </c>
+      <c r="Q1" s="10">
+        <v>13</v>
+      </c>
+      <c r="R1" s="10">
+        <v>14</v>
+      </c>
+      <c r="S1" s="10">
+        <v>15</v>
+      </c>
+      <c r="T1" s="10">
+        <v>16</v>
+      </c>
+      <c r="U1" s="10">
+        <v>17</v>
+      </c>
+      <c r="V1" s="10">
+        <v>18</v>
+      </c>
+      <c r="W1" s="10">
+        <v>19</v>
+      </c>
+      <c r="X1" s="10">
+        <v>20</v>
+      </c>
+      <c r="Y1" s="10">
+        <v>21</v>
+      </c>
+      <c r="Z1" s="10">
+        <v>22</v>
+      </c>
+      <c r="AA1" s="10">
+        <v>23</v>
+      </c>
+      <c r="AB1" s="10">
+        <v>24</v>
+      </c>
+      <c r="AC1" s="10">
+        <v>25</v>
+      </c>
+      <c r="AD1" s="10">
+        <v>26</v>
+      </c>
+      <c r="AE1" s="10">
+        <v>27</v>
+      </c>
+      <c r="AF1" s="10">
+        <v>28</v>
+      </c>
+      <c r="AG1" s="10">
+        <v>29</v>
+      </c>
+      <c r="AH1" s="10">
+        <v>30</v>
+      </c>
+      <c r="AI1" s="10">
+        <v>31</v>
+      </c>
+      <c r="AJ1" s="13" t="s">
+        <v>34</v>
+      </c>
+      <c r="AK1" s="15" t="s">
+        <v>33</v>
+      </c>
+      <c r="AL1" s="14"/>
+    </row>
+    <row r="2" spans="1:38" x14ac:dyDescent="0.25">
+      <c r="A2" s="1">
+        <v>1</v>
+      </c>
+      <c r="B2" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="C2" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="D2" s="2" t="s">
+        <v>2</v>
+      </c>
+      <c r="E2" s="3"/>
+      <c r="F2" s="3"/>
+      <c r="G2" s="3"/>
+      <c r="H2" s="3"/>
+      <c r="I2" s="3"/>
+      <c r="J2" s="3"/>
+      <c r="K2" s="3"/>
+      <c r="L2" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="M2" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="N2" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="O2" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="P2" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="Q2" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="R2" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="S2" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="T2" s="4" t="s">
+        <v>4</v>
+      </c>
+      <c r="U2" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="V2" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="W2" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="X2" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="Y2" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="Z2" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="AA2" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="AB2" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="AC2" s="3"/>
+      <c r="AD2" s="3"/>
+      <c r="AE2" s="3"/>
+      <c r="AF2" s="3"/>
+      <c r="AG2" s="3"/>
+      <c r="AH2" s="3"/>
+      <c r="AI2" s="3"/>
+      <c r="AJ2" s="5">
+        <f t="shared" ref="AJ2:AJ7" si="0">COUNTA(E2:AI2)</f>
+        <v>17</v>
+      </c>
+      <c r="AK2" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="AL2" s="33">
+        <f>AJ2</f>
+        <v>17</v>
+      </c>
+    </row>
+    <row r="3" spans="1:38" x14ac:dyDescent="0.25">
+      <c r="A3" s="1">
+        <v>2</v>
+      </c>
+      <c r="B3" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="C3" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="D3" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="E3" s="3"/>
+      <c r="F3" s="3"/>
+      <c r="G3" s="3"/>
+      <c r="H3" s="3"/>
+      <c r="I3" s="3"/>
+      <c r="J3" s="3"/>
+      <c r="K3" s="3"/>
+      <c r="L3" s="3"/>
+      <c r="M3" s="3"/>
+      <c r="N3" s="3"/>
+      <c r="O3" s="3"/>
+      <c r="P3" s="3"/>
+      <c r="Q3" s="3"/>
+      <c r="R3" s="3"/>
+      <c r="S3" s="3"/>
+      <c r="T3" s="4"/>
+      <c r="U3" s="24"/>
+      <c r="V3" s="3"/>
+      <c r="W3" s="3"/>
+      <c r="X3" s="3"/>
+      <c r="Y3" s="3"/>
+      <c r="Z3" s="3"/>
+      <c r="AA3" s="3"/>
+      <c r="AB3" s="3"/>
+      <c r="AC3" s="3"/>
+      <c r="AD3" s="3"/>
+      <c r="AE3" s="3"/>
+      <c r="AF3" s="3"/>
+      <c r="AG3" s="3"/>
+      <c r="AH3" s="3"/>
+      <c r="AI3" s="3"/>
+      <c r="AJ3" s="5">
+        <f>COUNTA(E3:AI3)</f>
+        <v>0</v>
+      </c>
+      <c r="AK3" s="5"/>
+      <c r="AL3" s="33">
+        <f t="shared" ref="AL3:AL27" si="1">AJ3</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="4" spans="1:38" x14ac:dyDescent="0.25">
+      <c r="A4" s="1">
+        <v>3</v>
+      </c>
+      <c r="B4" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="C4" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="D4" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="E4" s="8"/>
+      <c r="F4" s="8"/>
+      <c r="G4" s="8"/>
+      <c r="H4" s="8"/>
+      <c r="I4" s="8"/>
+      <c r="J4" s="8"/>
+      <c r="K4" s="8"/>
+      <c r="L4" s="8"/>
+      <c r="M4" s="8"/>
+      <c r="N4" s="8"/>
+      <c r="O4" s="8"/>
+      <c r="P4" s="8"/>
+      <c r="Q4" s="8"/>
+      <c r="R4" s="8"/>
+      <c r="S4" s="8"/>
+      <c r="T4" s="8"/>
+      <c r="U4" s="8"/>
+      <c r="V4" s="8"/>
+      <c r="W4" s="8"/>
+      <c r="X4" s="8"/>
+      <c r="Y4" s="8"/>
+      <c r="Z4" s="8"/>
+      <c r="AA4" s="8"/>
+      <c r="AB4" s="8"/>
+      <c r="AC4" s="8"/>
+      <c r="AD4" s="8"/>
+      <c r="AE4" s="8"/>
+      <c r="AF4" s="8"/>
+      <c r="AG4" s="8"/>
+      <c r="AH4" s="8"/>
+      <c r="AI4" s="8"/>
+      <c r="AJ4" s="5">
+        <f>COUNTA(E4:AI4)</f>
+        <v>0</v>
+      </c>
+      <c r="AK4" s="6"/>
+      <c r="AL4" s="33">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="5" spans="1:38" x14ac:dyDescent="0.25">
+      <c r="A5" s="1">
+        <v>4</v>
+      </c>
+      <c r="B5" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="C5" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="D5" s="2" t="s">
+        <v>6</v>
+      </c>
+      <c r="E5" s="3"/>
+      <c r="F5" s="3"/>
+      <c r="G5" s="3"/>
+      <c r="H5" s="3"/>
+      <c r="I5" s="3"/>
+      <c r="J5" s="3"/>
+      <c r="K5" s="3"/>
+      <c r="L5" s="3"/>
+      <c r="M5" s="3"/>
+      <c r="N5" s="3"/>
+      <c r="O5" s="3"/>
+      <c r="P5" s="3"/>
+      <c r="Q5" s="3"/>
+      <c r="R5" s="3"/>
+      <c r="S5" s="3"/>
+      <c r="T5" s="4"/>
+      <c r="U5" s="3"/>
+      <c r="V5" s="3"/>
+      <c r="W5" s="3"/>
+      <c r="X5" s="3"/>
+      <c r="Y5" s="3"/>
+      <c r="Z5" s="3"/>
+      <c r="AA5" s="3"/>
+      <c r="AB5" s="3"/>
+      <c r="AC5" s="3"/>
+      <c r="AD5" s="3"/>
+      <c r="AE5" s="3"/>
+      <c r="AF5" s="3"/>
+      <c r="AG5" s="3"/>
+      <c r="AH5" s="3"/>
+      <c r="AI5" s="3"/>
+      <c r="AJ5" s="5">
+        <f>COUNTA(E5:AI5)</f>
+        <v>0</v>
+      </c>
+      <c r="AK5" s="6"/>
+      <c r="AL5" s="33">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="6" spans="1:38" x14ac:dyDescent="0.25">
+      <c r="A6" s="1">
+        <v>5</v>
+      </c>
+      <c r="B6" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="C6" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="D6" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="E6" s="8"/>
+      <c r="F6" s="8"/>
+      <c r="G6" s="8"/>
+      <c r="H6" s="8"/>
+      <c r="I6" s="8"/>
+      <c r="J6" s="8"/>
+      <c r="K6" s="8"/>
+      <c r="L6" s="8"/>
+      <c r="M6" s="8"/>
+      <c r="N6" s="8"/>
+      <c r="O6" s="8"/>
+      <c r="P6" s="8"/>
+      <c r="Q6" s="8"/>
+      <c r="R6" s="8"/>
+      <c r="S6" s="8"/>
+      <c r="T6" s="8"/>
+      <c r="U6" s="8"/>
+      <c r="V6" s="8"/>
+      <c r="W6" s="8"/>
+      <c r="X6" s="8"/>
+      <c r="Y6" s="8"/>
+      <c r="Z6" s="8"/>
+      <c r="AA6" s="8"/>
+      <c r="AB6" s="8"/>
+      <c r="AC6" s="8"/>
+      <c r="AD6" s="8"/>
+      <c r="AE6" s="8"/>
+      <c r="AF6" s="8"/>
+      <c r="AG6" s="8"/>
+      <c r="AH6" s="8"/>
+      <c r="AI6" s="8"/>
+      <c r="AJ6" s="5">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="AK6" s="5"/>
+      <c r="AL6" s="33">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="7" spans="1:38" x14ac:dyDescent="0.25">
+      <c r="A7" s="1">
+        <v>6</v>
+      </c>
+      <c r="B7" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="C7" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="D7" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="E7" s="25"/>
+      <c r="F7" s="25"/>
+      <c r="G7" s="25"/>
+      <c r="H7" s="25"/>
+      <c r="I7" s="25"/>
+      <c r="J7" s="25"/>
+      <c r="K7" s="25"/>
+      <c r="L7" s="25"/>
+      <c r="M7" s="25"/>
+      <c r="N7" s="25"/>
+      <c r="O7" s="25"/>
+      <c r="P7" s="25"/>
+      <c r="Q7" s="25"/>
+      <c r="R7" s="25"/>
+      <c r="S7" s="25"/>
+      <c r="T7" s="25"/>
+      <c r="U7" s="25"/>
+      <c r="V7" s="25"/>
+      <c r="W7" s="25"/>
+      <c r="X7" s="25"/>
+      <c r="Y7" s="25"/>
+      <c r="Z7" s="25"/>
+      <c r="AA7" s="25"/>
+      <c r="AB7" s="25"/>
+      <c r="AC7" s="25"/>
+      <c r="AD7" s="25"/>
+      <c r="AE7" s="25"/>
+      <c r="AF7" s="25"/>
+      <c r="AG7" s="25"/>
+      <c r="AH7" s="25"/>
+      <c r="AI7" s="25"/>
+      <c r="AJ7" s="5">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="AK7" s="6"/>
+      <c r="AL7" s="33">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="8" spans="1:38" x14ac:dyDescent="0.25">
+      <c r="A8" s="1">
+        <v>7</v>
+      </c>
+      <c r="B8" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="C8" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="D8" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E8" s="8"/>
+      <c r="F8" s="8"/>
+      <c r="G8" s="8"/>
+      <c r="H8" s="8"/>
+      <c r="I8" s="8"/>
+      <c r="J8" s="8"/>
+      <c r="K8" s="8"/>
+      <c r="L8" s="8"/>
+      <c r="M8" s="8"/>
+      <c r="N8" s="8"/>
+      <c r="O8" s="8"/>
+      <c r="P8" s="8"/>
+      <c r="Q8" s="8"/>
+      <c r="R8" s="8"/>
+      <c r="S8" s="8"/>
+      <c r="T8" s="8"/>
+      <c r="U8" s="8"/>
+      <c r="V8" s="8"/>
+      <c r="W8" s="8"/>
+      <c r="X8" s="8"/>
+      <c r="Y8" s="8"/>
+      <c r="Z8" s="8"/>
+      <c r="AA8" s="8"/>
+      <c r="AB8" s="24"/>
+      <c r="AC8" s="8"/>
+      <c r="AD8" s="8"/>
+      <c r="AE8" s="8"/>
+      <c r="AF8" s="8"/>
+      <c r="AG8" s="8"/>
+      <c r="AH8" s="8"/>
+      <c r="AI8" s="8"/>
+      <c r="AJ8" s="5">
+        <f t="shared" ref="AJ8:AJ23" si="2">COUNTA(E8:AI8)</f>
+        <v>0</v>
+      </c>
+      <c r="AK8" s="5"/>
+      <c r="AL8" s="33">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="9" spans="1:38" x14ac:dyDescent="0.25">
+      <c r="A9" s="1">
+        <v>8</v>
+      </c>
+      <c r="B9" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="C9" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="D9" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="E9" s="3"/>
+      <c r="F9" s="24"/>
+      <c r="G9" s="24"/>
+      <c r="H9" s="24"/>
+      <c r="I9" s="24"/>
+      <c r="J9" s="24"/>
+      <c r="K9" s="24"/>
+      <c r="L9" s="24"/>
+      <c r="M9" s="24"/>
+      <c r="N9" s="24"/>
+      <c r="O9" s="24"/>
+      <c r="P9" s="24"/>
+      <c r="Q9" s="24"/>
+      <c r="R9" s="26"/>
+      <c r="S9" s="24"/>
+      <c r="T9" s="24"/>
+      <c r="U9" s="24"/>
+      <c r="V9" s="24"/>
+      <c r="W9" s="24"/>
+      <c r="X9" s="24"/>
+      <c r="Y9" s="24"/>
+      <c r="Z9" s="24"/>
+      <c r="AA9" s="24"/>
+      <c r="AB9" s="24"/>
+      <c r="AC9" s="24"/>
+      <c r="AD9" s="24"/>
+      <c r="AE9" s="3"/>
+      <c r="AF9" s="3"/>
+      <c r="AG9" s="3"/>
+      <c r="AH9" s="3"/>
+      <c r="AI9" s="3"/>
+      <c r="AJ9" s="5">
+        <f>COUNTA(E9:AI9)</f>
+        <v>0</v>
+      </c>
+      <c r="AK9" s="5"/>
+      <c r="AL9" s="33">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="10" spans="1:38" x14ac:dyDescent="0.25">
+      <c r="A10" s="1">
+        <v>9</v>
+      </c>
+      <c r="B10" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="C10" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="D10" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E10" s="3"/>
+      <c r="F10" s="24"/>
+      <c r="G10" s="24"/>
+      <c r="H10" s="24"/>
+      <c r="I10" s="24"/>
+      <c r="J10" s="24"/>
+      <c r="K10" s="24"/>
+      <c r="L10" s="24"/>
+      <c r="M10" s="24"/>
+      <c r="N10" s="24"/>
+      <c r="O10" s="24"/>
+      <c r="P10" s="24"/>
+      <c r="Q10" s="24"/>
+      <c r="R10" s="26"/>
+      <c r="S10" s="24"/>
+      <c r="T10" s="24"/>
+      <c r="U10" s="24"/>
+      <c r="V10" s="24"/>
+      <c r="W10" s="24"/>
+      <c r="X10" s="24"/>
+      <c r="Y10" s="24"/>
+      <c r="Z10" s="24"/>
+      <c r="AA10" s="24"/>
+      <c r="AB10" s="24"/>
+      <c r="AC10" s="24"/>
+      <c r="AD10" s="24"/>
+      <c r="AE10" s="3"/>
+      <c r="AF10" s="3"/>
+      <c r="AG10" s="3"/>
+      <c r="AH10" s="3"/>
+      <c r="AI10" s="3"/>
+      <c r="AJ10" s="5">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+      <c r="AK10" s="5"/>
+      <c r="AL10" s="33">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="11" spans="1:38" x14ac:dyDescent="0.25">
+      <c r="A11" s="1">
+        <v>10</v>
+      </c>
+      <c r="B11" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="C11" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="D11" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E11" s="3"/>
+      <c r="F11" s="24"/>
+      <c r="G11" s="24"/>
+      <c r="H11" s="24"/>
+      <c r="I11" s="24"/>
+      <c r="J11" s="24"/>
+      <c r="K11" s="24"/>
+      <c r="L11" s="24"/>
+      <c r="M11" s="24"/>
+      <c r="N11" s="24"/>
+      <c r="O11" s="24"/>
+      <c r="P11" s="24"/>
+      <c r="Q11" s="24"/>
+      <c r="R11" s="26"/>
+      <c r="S11" s="24"/>
+      <c r="T11" s="24"/>
+      <c r="U11" s="24"/>
+      <c r="V11" s="24"/>
+      <c r="W11" s="24"/>
+      <c r="X11" s="24"/>
+      <c r="Y11" s="24"/>
+      <c r="Z11" s="24"/>
+      <c r="AA11" s="24"/>
+      <c r="AB11" s="24"/>
+      <c r="AC11" s="24"/>
+      <c r="AD11" s="24"/>
+      <c r="AE11" s="3"/>
+      <c r="AF11" s="3"/>
+      <c r="AG11" s="3"/>
+      <c r="AH11" s="3"/>
+      <c r="AI11" s="3"/>
+      <c r="AJ11" s="5">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+      <c r="AK11" s="5"/>
+      <c r="AL11" s="33">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="12" spans="1:38" x14ac:dyDescent="0.25">
+      <c r="A12" s="1">
+        <v>11</v>
+      </c>
+      <c r="B12" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="C12" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="D12" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E12" s="3"/>
+      <c r="F12" s="24"/>
+      <c r="G12" s="24"/>
+      <c r="H12" s="24"/>
+      <c r="I12" s="24"/>
+      <c r="J12" s="24"/>
+      <c r="K12" s="24"/>
+      <c r="L12" s="24"/>
+      <c r="M12" s="24"/>
+      <c r="N12" s="24"/>
+      <c r="O12" s="24"/>
+      <c r="P12" s="24"/>
+      <c r="Q12" s="24"/>
+      <c r="R12" s="26"/>
+      <c r="S12" s="24"/>
+      <c r="T12" s="24"/>
+      <c r="U12" s="24"/>
+      <c r="V12" s="24"/>
+      <c r="W12" s="24"/>
+      <c r="X12" s="24"/>
+      <c r="Y12" s="24"/>
+      <c r="Z12" s="24"/>
+      <c r="AA12" s="24"/>
+      <c r="AB12" s="24"/>
+      <c r="AC12" s="24"/>
+      <c r="AD12" s="24"/>
+      <c r="AE12" s="3"/>
+      <c r="AF12" s="3"/>
+      <c r="AG12" s="3"/>
+      <c r="AH12" s="3"/>
+      <c r="AI12" s="3"/>
+      <c r="AJ12" s="5">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+      <c r="AK12" s="5"/>
+      <c r="AL12" s="33">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="13" spans="1:38" x14ac:dyDescent="0.25">
+      <c r="A13" s="1">
+        <v>12</v>
+      </c>
+      <c r="B13" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="C13" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="D13" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="E13" s="3"/>
+      <c r="F13" s="24"/>
+      <c r="G13" s="24"/>
+      <c r="H13" s="24"/>
+      <c r="I13" s="24"/>
+      <c r="J13" s="24"/>
+      <c r="K13" s="24"/>
+      <c r="L13" s="24"/>
+      <c r="M13" s="24"/>
+      <c r="N13" s="24"/>
+      <c r="O13" s="24"/>
+      <c r="P13" s="24"/>
+      <c r="Q13" s="24"/>
+      <c r="R13" s="26"/>
+      <c r="S13" s="24"/>
+      <c r="T13" s="24"/>
+      <c r="U13" s="24"/>
+      <c r="V13" s="24"/>
+      <c r="W13" s="24"/>
+      <c r="X13" s="24"/>
+      <c r="Y13" s="24"/>
+      <c r="Z13" s="24"/>
+      <c r="AA13" s="24"/>
+      <c r="AB13" s="24"/>
+      <c r="AC13" s="24"/>
+      <c r="AD13" s="24"/>
+      <c r="AE13" s="3"/>
+      <c r="AF13" s="3"/>
+      <c r="AG13" s="3"/>
+      <c r="AH13" s="3"/>
+      <c r="AI13" s="3"/>
+      <c r="AJ13" s="5">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+      <c r="AK13" s="7"/>
+      <c r="AL13" s="33">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="14" spans="1:38" x14ac:dyDescent="0.25">
+      <c r="A14" s="1">
+        <v>13</v>
+      </c>
+      <c r="B14" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="C14" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="D14" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="E14" s="3"/>
+      <c r="F14" s="24"/>
+      <c r="G14" s="24"/>
+      <c r="H14" s="24"/>
+      <c r="I14" s="24"/>
+      <c r="J14" s="24"/>
+      <c r="K14" s="24"/>
+      <c r="L14" s="24"/>
+      <c r="M14" s="24"/>
+      <c r="N14" s="24"/>
+      <c r="O14" s="24"/>
+      <c r="P14" s="24"/>
+      <c r="Q14" s="24"/>
+      <c r="R14" s="26"/>
+      <c r="S14" s="24"/>
+      <c r="T14" s="24"/>
+      <c r="U14" s="24"/>
+      <c r="V14" s="24"/>
+      <c r="W14" s="24"/>
+      <c r="X14" s="24"/>
+      <c r="Y14" s="24"/>
+      <c r="Z14" s="24"/>
+      <c r="AA14" s="24"/>
+      <c r="AB14" s="24"/>
+      <c r="AC14" s="24"/>
+      <c r="AD14" s="24"/>
+      <c r="AE14" s="3"/>
+      <c r="AF14" s="3"/>
+      <c r="AG14" s="3"/>
+      <c r="AH14" s="3"/>
+      <c r="AI14" s="3"/>
+      <c r="AJ14" s="5">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+      <c r="AK14" s="5"/>
+      <c r="AL14" s="33">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="15" spans="1:38" x14ac:dyDescent="0.25">
+      <c r="A15" s="1">
+        <v>14</v>
+      </c>
+      <c r="B15" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="C15" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="D15" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="E15" s="3"/>
+      <c r="F15" s="24"/>
+      <c r="G15" s="24"/>
+      <c r="H15" s="24"/>
+      <c r="I15" s="24"/>
+      <c r="J15" s="24"/>
+      <c r="K15" s="24"/>
+      <c r="L15" s="24"/>
+      <c r="M15" s="24"/>
+      <c r="N15" s="24"/>
+      <c r="O15" s="24"/>
+      <c r="P15" s="24"/>
+      <c r="Q15" s="24"/>
+      <c r="R15" s="26"/>
+      <c r="S15" s="24"/>
+      <c r="T15" s="24"/>
+      <c r="U15" s="24"/>
+      <c r="V15" s="24"/>
+      <c r="W15" s="24"/>
+      <c r="X15" s="24"/>
+      <c r="Y15" s="24"/>
+      <c r="Z15" s="24"/>
+      <c r="AA15" s="24"/>
+      <c r="AB15" s="24"/>
+      <c r="AC15" s="24"/>
+      <c r="AD15" s="24"/>
+      <c r="AE15" s="3"/>
+      <c r="AF15" s="3"/>
+      <c r="AG15" s="3"/>
+      <c r="AH15" s="3"/>
+      <c r="AI15" s="3"/>
+      <c r="AJ15" s="5">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+      <c r="AK15" s="5"/>
+      <c r="AL15" s="33">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="16" spans="1:38" x14ac:dyDescent="0.25">
+      <c r="A16" s="1">
+        <v>15</v>
+      </c>
+      <c r="B16" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="C16" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="D16" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E16" s="24"/>
+      <c r="F16" s="24"/>
+      <c r="G16" s="24"/>
+      <c r="H16" s="24"/>
+      <c r="I16" s="24"/>
+      <c r="J16" s="24"/>
+      <c r="K16" s="24"/>
+      <c r="L16" s="24"/>
+      <c r="M16" s="24"/>
+      <c r="N16" s="24"/>
+      <c r="O16" s="24"/>
+      <c r="P16" s="24"/>
+      <c r="Q16" s="24"/>
+      <c r="R16" s="24"/>
+      <c r="S16" s="24"/>
+      <c r="T16" s="26"/>
+      <c r="U16" s="24"/>
+      <c r="V16" s="24"/>
+      <c r="W16" s="24"/>
+      <c r="X16" s="24"/>
+      <c r="Y16" s="24"/>
+      <c r="Z16" s="24"/>
+      <c r="AA16" s="24"/>
+      <c r="AB16" s="24"/>
+      <c r="AC16" s="24"/>
+      <c r="AD16" s="24"/>
+      <c r="AE16" s="24"/>
+      <c r="AF16" s="24"/>
+      <c r="AG16" s="24"/>
+      <c r="AH16" s="24"/>
+      <c r="AI16" s="24"/>
+      <c r="AJ16" s="5">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+      <c r="AK16" s="5"/>
+      <c r="AL16" s="33">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="17" spans="1:38" x14ac:dyDescent="0.25">
+      <c r="A17" s="1">
+        <v>16</v>
+      </c>
+      <c r="B17" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="C17" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="D17" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="E17" s="24"/>
+      <c r="F17" s="24"/>
+      <c r="G17" s="24"/>
+      <c r="H17" s="24"/>
+      <c r="I17" s="24"/>
+      <c r="J17" s="24"/>
+      <c r="K17" s="24"/>
+      <c r="L17" s="24"/>
+      <c r="M17" s="24"/>
+      <c r="N17" s="24"/>
+      <c r="O17" s="24"/>
+      <c r="P17" s="24"/>
+      <c r="Q17" s="24"/>
+      <c r="R17" s="24"/>
+      <c r="S17" s="24"/>
+      <c r="T17" s="26"/>
+      <c r="U17" s="24"/>
+      <c r="V17" s="24"/>
+      <c r="W17" s="24"/>
+      <c r="X17" s="24"/>
+      <c r="Y17" s="24"/>
+      <c r="Z17" s="24"/>
+      <c r="AA17" s="24"/>
+      <c r="AB17" s="24"/>
+      <c r="AC17" s="24"/>
+      <c r="AD17" s="24"/>
+      <c r="AE17" s="24"/>
+      <c r="AF17" s="24"/>
+      <c r="AG17" s="24"/>
+      <c r="AH17" s="24"/>
+      <c r="AI17" s="24"/>
+      <c r="AJ17" s="5">
+        <f>COUNTA(E17:AI17)</f>
+        <v>0</v>
+      </c>
+      <c r="AK17" s="5"/>
+      <c r="AL17" s="33">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="18" spans="1:38" x14ac:dyDescent="0.25">
+      <c r="A18" s="1">
+        <v>17</v>
+      </c>
+      <c r="B18" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="C18" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="D18" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="E18" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="F18" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="G18" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="H18" s="24"/>
+      <c r="I18" s="24"/>
+      <c r="J18" s="24"/>
+      <c r="K18" s="24"/>
+      <c r="L18" s="24"/>
+      <c r="M18" s="24"/>
+      <c r="N18" s="24"/>
+      <c r="O18" s="24"/>
+      <c r="P18" s="24"/>
+      <c r="Q18" s="24"/>
+      <c r="R18" s="24"/>
+      <c r="S18" s="24"/>
+      <c r="T18" s="24"/>
+      <c r="U18" s="24"/>
+      <c r="V18" s="24"/>
+      <c r="W18" s="24"/>
+      <c r="X18" s="24"/>
+      <c r="Y18" s="24"/>
+      <c r="Z18" s="24"/>
+      <c r="AA18" s="24"/>
+      <c r="AB18" s="24"/>
+      <c r="AC18" s="24"/>
+      <c r="AD18" s="24"/>
+      <c r="AE18" s="24"/>
+      <c r="AF18" s="24"/>
+      <c r="AG18" s="24"/>
+      <c r="AH18" s="24"/>
+      <c r="AI18" s="24"/>
+      <c r="AJ18" s="5">
+        <f>COUNTA(E18:AI18)</f>
+        <v>3</v>
+      </c>
+      <c r="AK18" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="AL18" s="33">
+        <f t="shared" si="1"/>
+        <v>3</v>
+      </c>
+    </row>
+    <row r="19" spans="1:38" x14ac:dyDescent="0.25">
+      <c r="A19" s="1">
+        <v>18</v>
+      </c>
+      <c r="B19" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="C19" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="D19" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="E19" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="F19" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="G19" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="H19" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="I19" s="24" t="s">
+        <v>39</v>
+      </c>
+      <c r="J19" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="K19" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="L19" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="M19" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="N19" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="O19" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="P19" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="Q19" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="R19" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="S19" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="T19" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="U19" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="V19" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="W19" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="X19" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="Y19" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="Z19" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="AA19" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="AB19" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="AC19" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="AD19" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="AE19" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="AF19" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="AG19" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="AH19" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="AI19" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="AJ19" s="5">
+        <f t="shared" si="2"/>
+        <v>31</v>
+      </c>
+      <c r="AK19" s="22" t="s">
+        <v>36</v>
+      </c>
+      <c r="AL19" s="33">
+        <f t="shared" si="1"/>
+        <v>31</v>
+      </c>
+    </row>
+    <row r="20" spans="1:38" x14ac:dyDescent="0.25">
+      <c r="A20" s="1">
+        <v>19</v>
+      </c>
+      <c r="B20" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="C20" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="D20" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="E20" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="F20" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="G20" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="H20" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="I20" s="24" t="s">
+        <v>39</v>
+      </c>
+      <c r="J20" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="K20" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="L20" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="M20" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="N20" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="O20" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="P20" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="Q20" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="R20" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="S20" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="T20" s="26" t="s">
+        <v>4</v>
+      </c>
+      <c r="U20" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="V20" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="W20" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="X20" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="Y20" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="Z20" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="AA20" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="AB20" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="AC20" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="AD20" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="AE20" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="AF20" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="AG20" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="AH20" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="AI20" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="AJ20" s="5">
+        <f t="shared" si="2"/>
+        <v>31</v>
+      </c>
+      <c r="AK20" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="AL20" s="33">
+        <f t="shared" si="1"/>
+        <v>31</v>
+      </c>
+    </row>
+    <row r="21" spans="1:38" x14ac:dyDescent="0.25">
+      <c r="A21" s="1">
+        <v>20</v>
+      </c>
+      <c r="B21" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="C21" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="D21" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="E21" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="F21" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="G21" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="H21" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="I21" s="24" t="s">
+        <v>39</v>
+      </c>
+      <c r="J21" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="K21" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="L21" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="M21" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="N21" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="O21" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="P21" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="Q21" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="R21" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="S21" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="T21" s="26" t="s">
+        <v>4</v>
+      </c>
+      <c r="U21" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="V21" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="W21" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="X21" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="Y21" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="Z21" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="AA21" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="AB21" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="AC21" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="AD21" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="AE21" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="AF21" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="AG21" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="AH21" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="AI21" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="AJ21" s="5">
+        <f t="shared" si="2"/>
+        <v>31</v>
+      </c>
+      <c r="AK21" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="AL21" s="33">
+        <f t="shared" si="1"/>
+        <v>31</v>
+      </c>
+    </row>
+    <row r="22" spans="1:38" x14ac:dyDescent="0.25">
+      <c r="A22" s="1">
+        <v>21</v>
+      </c>
+      <c r="B22" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="C22" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="D22" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="E22" s="24"/>
+      <c r="F22" s="24"/>
+      <c r="G22" s="24"/>
+      <c r="H22" s="24"/>
+      <c r="I22" s="24"/>
+      <c r="J22" s="24"/>
+      <c r="K22" s="24"/>
+      <c r="L22" s="24"/>
+      <c r="M22" s="24"/>
+      <c r="N22" s="24"/>
+      <c r="O22" s="24"/>
+      <c r="P22" s="24"/>
+      <c r="Q22" s="24"/>
+      <c r="R22" s="24"/>
+      <c r="S22" s="24"/>
+      <c r="T22" s="26"/>
+      <c r="U22" s="24"/>
+      <c r="V22" s="24"/>
+      <c r="W22" s="24"/>
+      <c r="X22" s="24"/>
+      <c r="Y22" s="24"/>
+      <c r="Z22" s="24"/>
+      <c r="AA22" s="24"/>
+      <c r="AB22" s="24"/>
+      <c r="AC22" s="24"/>
+      <c r="AD22" s="24"/>
+      <c r="AE22" s="24"/>
+      <c r="AF22" s="24"/>
+      <c r="AG22" s="24"/>
+      <c r="AH22" s="24"/>
+      <c r="AI22" s="24"/>
+      <c r="AJ22" s="5">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+      <c r="AK22" s="5"/>
+      <c r="AL22" s="33">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="23" spans="1:38" x14ac:dyDescent="0.25">
+      <c r="A23" s="1">
+        <v>22</v>
+      </c>
+      <c r="B23" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="C23" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="D23" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="E23" s="24"/>
+      <c r="F23" s="24"/>
+      <c r="G23" s="24"/>
+      <c r="H23" s="24"/>
+      <c r="I23" s="24"/>
+      <c r="J23" s="24"/>
+      <c r="K23" s="24"/>
+      <c r="L23" s="24"/>
+      <c r="M23" s="24"/>
+      <c r="N23" s="24"/>
+      <c r="O23" s="24"/>
+      <c r="P23" s="24"/>
+      <c r="Q23" s="24"/>
+      <c r="R23" s="24"/>
+      <c r="S23" s="24"/>
+      <c r="T23" s="24"/>
+      <c r="U23" s="24"/>
+      <c r="V23" s="24"/>
+      <c r="W23" s="24"/>
+      <c r="X23" s="24"/>
+      <c r="Y23" s="24"/>
+      <c r="Z23" s="24"/>
+      <c r="AA23" s="24"/>
+      <c r="AB23" s="24"/>
+      <c r="AC23" s="24"/>
+      <c r="AD23" s="24"/>
+      <c r="AE23" s="24"/>
+      <c r="AF23" s="24"/>
+      <c r="AG23" s="24"/>
+      <c r="AH23" s="24"/>
+      <c r="AI23" s="24"/>
+      <c r="AJ23" s="5">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+      <c r="AK23" s="5"/>
+      <c r="AL23" s="33">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="24" spans="1:38" x14ac:dyDescent="0.25">
+      <c r="A24" s="1">
+        <v>23</v>
+      </c>
+      <c r="B24" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="C24" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="D24" s="2" t="s">
+        <v>25</v>
+      </c>
+      <c r="E24" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="F24" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="G24" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="H24" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="I24" s="24" t="s">
+        <v>39</v>
+      </c>
+      <c r="J24" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="K24" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="L24" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="M24" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="N24" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="O24" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="P24" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="Q24" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="R24" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="S24" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="T24" s="26" t="s">
+        <v>4</v>
+      </c>
+      <c r="U24" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="V24" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="W24" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="X24" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="Y24" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="Z24" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="AA24" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="AB24" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="AC24" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="AD24" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="AE24" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="AF24" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="AG24" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="AH24" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="AI24" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="AJ24" s="5">
+        <v>0</v>
+      </c>
+      <c r="AK24" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="AL24" s="33">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="25" spans="1:38" x14ac:dyDescent="0.25">
+      <c r="A25" s="1">
+        <v>24</v>
+      </c>
+      <c r="B25" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="C25" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="D25" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="E25" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="F25" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="G25" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="H25" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="I25" s="24" t="s">
+        <v>39</v>
+      </c>
+      <c r="J25" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="K25" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="L25" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="M25" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="N25" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="O25" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="P25" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="Q25" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="R25" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="S25" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="T25" s="26" t="s">
+        <v>4</v>
+      </c>
+      <c r="U25" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="V25" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="W25" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="X25" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="Y25" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="Z25" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="AA25" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="AB25" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="AC25" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="AD25" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="AE25" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="AF25" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="AG25" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="AH25" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="AI25" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="AJ25" s="5">
+        <f t="shared" ref="AJ25:AJ27" si="3">COUNTA(E25:AI25)</f>
+        <v>31</v>
+      </c>
+      <c r="AK25" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="AL25" s="33">
+        <f t="shared" si="1"/>
+        <v>31</v>
+      </c>
+    </row>
+    <row r="26" spans="1:38" x14ac:dyDescent="0.25">
+      <c r="A26" s="1">
+        <v>25</v>
+      </c>
+      <c r="B26" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="C26" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="D26" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="E26" s="3"/>
+      <c r="F26" s="3"/>
+      <c r="G26" s="3"/>
+      <c r="H26" s="3"/>
+      <c r="I26" s="3"/>
+      <c r="J26" s="3"/>
+      <c r="K26" s="3"/>
+      <c r="L26" s="3"/>
+      <c r="M26" s="3"/>
+      <c r="N26" s="3"/>
+      <c r="O26" s="3"/>
+      <c r="P26" s="3"/>
+      <c r="Q26" s="3"/>
+      <c r="R26" s="3"/>
+      <c r="S26" s="3"/>
+      <c r="T26" s="4"/>
+      <c r="U26" s="24"/>
+      <c r="V26" s="3"/>
+      <c r="W26" s="3"/>
+      <c r="X26" s="3"/>
+      <c r="Y26" s="3"/>
+      <c r="Z26" s="3"/>
+      <c r="AA26" s="3"/>
+      <c r="AB26" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="AC26" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="AD26" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="AE26" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="AF26" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="AG26" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="AH26" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="AI26" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="AJ26" s="5">
+        <f t="shared" si="3"/>
+        <v>8</v>
+      </c>
+      <c r="AK26" s="39" t="s">
+        <v>41</v>
+      </c>
+      <c r="AL26" s="33">
+        <f t="shared" si="1"/>
+        <v>8</v>
+      </c>
+    </row>
+    <row r="27" spans="1:38" x14ac:dyDescent="0.25">
+      <c r="A27" s="1">
+        <v>26</v>
+      </c>
+      <c r="B27" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="C27" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="D27" s="2" t="s">
+        <v>28</v>
+      </c>
+      <c r="E27" s="3"/>
+      <c r="F27" s="3"/>
+      <c r="G27" s="3"/>
+      <c r="H27" s="3"/>
+      <c r="I27" s="3"/>
+      <c r="J27" s="3"/>
+      <c r="K27" s="3"/>
+      <c r="L27" s="3"/>
+      <c r="M27" s="3"/>
+      <c r="N27" s="3"/>
+      <c r="O27" s="3"/>
+      <c r="P27" s="3"/>
+      <c r="Q27" s="3"/>
+      <c r="R27" s="3"/>
+      <c r="S27" s="3"/>
+      <c r="T27" s="3"/>
+      <c r="U27" s="24"/>
+      <c r="V27" s="3"/>
+      <c r="W27" s="3"/>
+      <c r="X27" s="3"/>
+      <c r="Y27" s="3"/>
+      <c r="Z27" s="3"/>
+      <c r="AA27" s="3"/>
+      <c r="AB27" s="3"/>
+      <c r="AC27" s="3"/>
+      <c r="AD27" s="3"/>
+      <c r="AE27" s="3"/>
+      <c r="AF27" s="3"/>
+      <c r="AG27" s="3"/>
+      <c r="AH27" s="3"/>
+      <c r="AI27" s="3"/>
+      <c r="AJ27" s="5">
+        <f t="shared" si="3"/>
+        <v>0</v>
+      </c>
+      <c r="AK27" s="9"/>
+      <c r="AL27" s="33">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+  </sheetData>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" scale="60" orientation="landscape" r:id="rId1"/>
+  <headerFooter>
+    <oddHeader>&amp;Cstyczeń 2024 r.</oddHeader>
+  </headerFooter>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{78C0D931-6437-407d-A8EE-F0AAD7539E65}">
+      <x14:conditionalFormattings>
+        <x14:conditionalFormatting xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
+          <x14:cfRule type="containsText" priority="1" operator="containsText" id="{D0072D3E-23BB-48E4-81EE-9A3ED8A6C72B}">
+            <xm:f>NOT(ISERROR(SEARCH($E$3,E2)))</xm:f>
+            <xm:f>$E$3</xm:f>
+            <x14:dxf>
+              <fill>
+                <patternFill>
+                  <bgColor rgb="FFFF9999"/>
+                </patternFill>
+              </fill>
+            </x14:dxf>
+          </x14:cfRule>
+          <xm:sqref>E2:AI16 E17 G17:AI17 E18:AI27</xm:sqref>
+        </x14:conditionalFormatting>
+      </x14:conditionalFormattings>
+    </ext>
+  </extLst>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+  <sheetPr>
+    <pageSetUpPr fitToPage="1"/>
+  </sheetPr>
+  <dimension ref="A1:AO27"/>
+  <sheetViews>
+    <sheetView view="pageLayout" topLeftCell="F1" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="AL2" sqref="AL2:AL27"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="3.140625" customWidth="1"/>
+    <col min="2" max="2" width="14.7109375" customWidth="1"/>
+    <col min="3" max="3" width="15.42578125" customWidth="1"/>
+    <col min="4" max="4" width="19.42578125" bestFit="1" customWidth="1"/>
+    <col min="5" max="35" width="2.5703125" customWidth="1"/>
+    <col min="36" max="36" width="5" bestFit="1" customWidth="1"/>
+    <col min="37" max="37" width="74.85546875" bestFit="1" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:41" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1" s="11" t="s">
+        <v>29</v>
+      </c>
+      <c r="B1" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="C1" s="11" t="s">
+        <v>31</v>
+      </c>
+      <c r="D1" s="11" t="s">
+        <v>32</v>
+      </c>
+      <c r="E1" s="10">
+        <v>1</v>
+      </c>
+      <c r="F1" s="10">
+        <v>2</v>
+      </c>
+      <c r="G1" s="10">
+        <v>3</v>
+      </c>
+      <c r="H1" s="10">
+        <v>4</v>
+      </c>
+      <c r="I1" s="10">
+        <v>5</v>
+      </c>
+      <c r="J1" s="10">
+        <v>6</v>
+      </c>
+      <c r="K1" s="10">
+        <v>7</v>
+      </c>
+      <c r="L1" s="10">
+        <v>8</v>
+      </c>
+      <c r="M1" s="10">
+        <v>9</v>
+      </c>
+      <c r="N1" s="10">
+        <v>10</v>
+      </c>
+      <c r="O1" s="10">
+        <v>11</v>
+      </c>
+      <c r="P1" s="10">
+        <v>12</v>
+      </c>
+      <c r="Q1" s="10">
+        <v>13</v>
+      </c>
+      <c r="R1" s="10">
+        <v>14</v>
+      </c>
+      <c r="S1" s="10">
+        <v>15</v>
+      </c>
+      <c r="T1" s="10">
+        <v>16</v>
+      </c>
+      <c r="U1" s="10">
+        <v>17</v>
+      </c>
+      <c r="V1" s="10">
+        <v>18</v>
+      </c>
+      <c r="W1" s="10">
+        <v>19</v>
+      </c>
+      <c r="X1" s="10">
+        <v>20</v>
+      </c>
+      <c r="Y1" s="10">
+        <v>21</v>
+      </c>
+      <c r="Z1" s="10">
+        <v>22</v>
+      </c>
+      <c r="AA1" s="10">
+        <v>23</v>
+      </c>
+      <c r="AB1" s="10">
+        <v>24</v>
+      </c>
+      <c r="AC1" s="10">
+        <v>25</v>
+      </c>
+      <c r="AD1" s="10">
+        <v>26</v>
+      </c>
+      <c r="AE1" s="10">
+        <v>27</v>
+      </c>
+      <c r="AF1" s="10">
+        <v>28</v>
+      </c>
+      <c r="AG1" s="10">
+        <v>29</v>
+      </c>
+      <c r="AH1" s="10">
+        <v>30</v>
+      </c>
+      <c r="AI1" s="10">
+        <v>31</v>
+      </c>
+      <c r="AJ1" s="37" t="s">
+        <v>34</v>
+      </c>
+      <c r="AK1" s="15" t="s">
+        <v>33</v>
+      </c>
+      <c r="AO1" s="12"/>
+    </row>
+    <row r="2" spans="1:41" x14ac:dyDescent="0.25">
+      <c r="A2" s="1">
+        <v>1</v>
+      </c>
+      <c r="B2" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="C2" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="D2" s="2" t="s">
+        <v>2</v>
+      </c>
+      <c r="E2" s="3"/>
+      <c r="F2" s="3"/>
+      <c r="G2" s="3"/>
+      <c r="H2" s="3"/>
+      <c r="I2" s="3"/>
+      <c r="J2" s="3"/>
+      <c r="K2" s="3"/>
+      <c r="L2" s="3"/>
+      <c r="M2" s="3"/>
+      <c r="N2" s="3"/>
+      <c r="O2" s="3"/>
+      <c r="P2" s="3"/>
+      <c r="Q2" s="3"/>
+      <c r="R2" s="3"/>
+      <c r="S2" s="3"/>
+      <c r="T2" s="4"/>
+      <c r="U2" s="24"/>
+      <c r="V2" s="3"/>
+      <c r="W2" s="3"/>
+      <c r="X2" s="3"/>
+      <c r="Y2" s="3"/>
+      <c r="Z2" s="3"/>
+      <c r="AA2" s="3"/>
+      <c r="AB2" s="3"/>
+      <c r="AC2" s="3"/>
+      <c r="AD2" s="3"/>
+      <c r="AE2" s="3"/>
+      <c r="AF2" s="3"/>
+      <c r="AG2" s="3"/>
+      <c r="AH2" s="3"/>
+      <c r="AI2" s="3"/>
+      <c r="AJ2" s="3">
+        <f>COUNTA(E2:AI2)</f>
+        <v>0</v>
+      </c>
+      <c r="AK2" s="5"/>
+      <c r="AL2" s="3">
+        <f>AJ2</f>
+        <v>0</v>
+      </c>
+      <c r="AO2" s="32"/>
+    </row>
+    <row r="3" spans="1:41" x14ac:dyDescent="0.25">
+      <c r="A3" s="1">
+        <v>2</v>
+      </c>
+      <c r="B3" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="C3" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="D3" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="E3" s="3"/>
+      <c r="F3" s="3"/>
+      <c r="G3" s="3"/>
+      <c r="H3" s="3"/>
+      <c r="I3" s="3"/>
+      <c r="J3" s="3"/>
+      <c r="K3" s="3"/>
+      <c r="L3" s="3"/>
+      <c r="M3" s="3"/>
+      <c r="N3" s="3"/>
+      <c r="O3" s="3"/>
+      <c r="P3" s="3"/>
+      <c r="Q3" s="3"/>
+      <c r="R3" s="3"/>
+      <c r="S3" s="3"/>
+      <c r="T3" s="4"/>
+      <c r="U3" s="24"/>
+      <c r="V3" s="3"/>
+      <c r="W3" s="3"/>
+      <c r="X3" s="3"/>
+      <c r="Y3" s="3"/>
+      <c r="Z3" s="3"/>
+      <c r="AA3" s="3"/>
+      <c r="AB3" s="3"/>
+      <c r="AC3" s="3"/>
+      <c r="AD3" s="3"/>
+      <c r="AE3" s="3"/>
+      <c r="AF3" s="3"/>
+      <c r="AG3" s="3"/>
+      <c r="AH3" s="3"/>
+      <c r="AI3" s="3"/>
+      <c r="AJ3" s="3">
+        <f t="shared" ref="AJ3:AJ27" si="0">COUNTA(E3:AI3)</f>
+        <v>0</v>
+      </c>
+      <c r="AK3" s="5"/>
+      <c r="AL3" s="3">
+        <f t="shared" ref="AL3:AL27" si="1">AJ3</f>
+        <v>0</v>
+      </c>
+      <c r="AO3" s="32"/>
+    </row>
+    <row r="4" spans="1:41" x14ac:dyDescent="0.25">
+      <c r="A4" s="1">
+        <v>3</v>
+      </c>
+      <c r="B4" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="C4" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="D4" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="E4" s="8"/>
+      <c r="F4" s="8"/>
+      <c r="G4" s="8"/>
+      <c r="H4" s="8"/>
+      <c r="I4" s="8"/>
+      <c r="J4" s="8"/>
+      <c r="K4" s="8"/>
+      <c r="L4" s="8"/>
+      <c r="M4" s="8"/>
+      <c r="N4" s="8"/>
+      <c r="O4" s="8"/>
+      <c r="P4" s="8"/>
+      <c r="Q4" s="8"/>
+      <c r="R4" s="8"/>
+      <c r="S4" s="8"/>
+      <c r="T4" s="8"/>
+      <c r="U4" s="8"/>
+      <c r="V4" s="8"/>
+      <c r="W4" s="8"/>
+      <c r="X4" s="8"/>
+      <c r="Y4" s="8"/>
+      <c r="Z4" s="8"/>
+      <c r="AA4" s="8"/>
+      <c r="AB4" s="8"/>
+      <c r="AC4" s="8"/>
+      <c r="AD4" s="8"/>
+      <c r="AE4" s="8"/>
+      <c r="AF4" s="8"/>
+      <c r="AG4" s="8"/>
+      <c r="AH4" s="8"/>
+      <c r="AI4" s="8"/>
+      <c r="AJ4" s="3">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="AK4" s="6"/>
+      <c r="AL4" s="3">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="AO4" s="32"/>
+    </row>
+    <row r="5" spans="1:41" x14ac:dyDescent="0.25">
+      <c r="A5" s="1">
+        <v>4</v>
+      </c>
+      <c r="B5" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="C5" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="D5" s="2" t="s">
+        <v>6</v>
+      </c>
+      <c r="E5" s="3"/>
+      <c r="F5" s="3"/>
+      <c r="G5" s="3"/>
+      <c r="H5" s="3"/>
+      <c r="I5" s="3"/>
+      <c r="J5" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="K5" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="L5" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="M5" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="N5" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="O5" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="P5" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="Q5" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="R5" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="S5" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="T5" s="4" t="s">
+        <v>4</v>
+      </c>
+      <c r="U5" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="V5" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="W5" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="X5" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="Y5" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="Z5" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="AA5" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="AB5" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="AC5" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="AD5" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="AE5" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="AF5" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="AG5" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="AH5" s="3"/>
+      <c r="AI5" s="3"/>
+      <c r="AJ5" s="3">
+        <f t="shared" si="0"/>
+        <v>24</v>
+      </c>
+      <c r="AK5" s="40" t="s">
+        <v>42</v>
+      </c>
+      <c r="AL5" s="3">
+        <f t="shared" si="1"/>
+        <v>24</v>
+      </c>
+      <c r="AO5" s="32"/>
+    </row>
+    <row r="6" spans="1:41" x14ac:dyDescent="0.25">
+      <c r="A6" s="1">
+        <v>5</v>
+      </c>
+      <c r="B6" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="C6" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="D6" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="E6" s="8"/>
+      <c r="F6" s="8"/>
+      <c r="G6" s="8"/>
+      <c r="H6" s="8"/>
+      <c r="I6" s="8"/>
+      <c r="J6" s="8"/>
+      <c r="K6" s="8"/>
+      <c r="L6" s="8"/>
+      <c r="M6" s="8"/>
+      <c r="N6" s="8"/>
+      <c r="O6" s="8"/>
+      <c r="P6" s="8"/>
+      <c r="Q6" s="8"/>
+      <c r="R6" s="8"/>
+      <c r="S6" s="8"/>
+      <c r="T6" s="8"/>
+      <c r="U6" s="8"/>
+      <c r="V6" s="8"/>
+      <c r="W6" s="8"/>
+      <c r="X6" s="8"/>
+      <c r="Y6" s="8"/>
+      <c r="Z6" s="8"/>
+      <c r="AA6" s="8"/>
+      <c r="AB6" s="8"/>
+      <c r="AC6" s="8"/>
+      <c r="AD6" s="8"/>
+      <c r="AE6" s="8"/>
+      <c r="AF6" s="8"/>
+      <c r="AG6" s="8"/>
+      <c r="AH6" s="8"/>
+      <c r="AI6" s="8"/>
+      <c r="AJ6" s="3">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="AK6" s="5"/>
+      <c r="AL6" s="3">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="AO6" s="32"/>
+    </row>
+    <row r="7" spans="1:41" x14ac:dyDescent="0.25">
+      <c r="A7" s="1">
+        <v>6</v>
+      </c>
+      <c r="B7" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="C7" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="D7" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="E7" s="25"/>
+      <c r="F7" s="25"/>
+      <c r="G7" s="25"/>
+      <c r="H7" s="25"/>
+      <c r="I7" s="25"/>
+      <c r="J7" s="25"/>
+      <c r="K7" s="25"/>
+      <c r="L7" s="25"/>
+      <c r="M7" s="25"/>
+      <c r="N7" s="25"/>
+      <c r="O7" s="25"/>
+      <c r="P7" s="25"/>
+      <c r="Q7" s="25"/>
+      <c r="R7" s="25"/>
+      <c r="S7" s="25"/>
+      <c r="T7" s="25"/>
+      <c r="U7" s="25"/>
+      <c r="V7" s="25"/>
+      <c r="W7" s="25"/>
+      <c r="X7" s="25"/>
+      <c r="Y7" s="25"/>
+      <c r="Z7" s="25"/>
+      <c r="AA7" s="25"/>
+      <c r="AB7" s="25"/>
+      <c r="AC7" s="25"/>
+      <c r="AD7" s="25"/>
+      <c r="AE7" s="25"/>
+      <c r="AF7" s="25"/>
+      <c r="AG7" s="25"/>
+      <c r="AH7" s="25"/>
+      <c r="AI7" s="25"/>
+      <c r="AJ7" s="3">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="AK7" s="6"/>
+      <c r="AL7" s="3">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="AO7" s="32"/>
+    </row>
+    <row r="8" spans="1:41" x14ac:dyDescent="0.25">
+      <c r="A8" s="1">
+        <v>7</v>
+      </c>
+      <c r="B8" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="C8" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="D8" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E8" s="8"/>
+      <c r="F8" s="8"/>
+      <c r="G8" s="8"/>
+      <c r="H8" s="8"/>
+      <c r="I8" s="8"/>
+      <c r="J8" s="8"/>
+      <c r="K8" s="8"/>
+      <c r="L8" s="8"/>
+      <c r="M8" s="8"/>
+      <c r="N8" s="8"/>
+      <c r="O8" s="8"/>
+      <c r="P8" s="8"/>
+      <c r="Q8" s="8"/>
+      <c r="R8" s="8"/>
+      <c r="S8" s="8"/>
+      <c r="T8" s="8"/>
+      <c r="U8" s="8"/>
+      <c r="V8" s="8"/>
+      <c r="W8" s="8"/>
+      <c r="X8" s="8"/>
+      <c r="Y8" s="8"/>
+      <c r="Z8" s="8"/>
+      <c r="AA8" s="8"/>
+      <c r="AB8" s="24"/>
+      <c r="AC8" s="8"/>
+      <c r="AD8" s="8"/>
+      <c r="AE8" s="8"/>
+      <c r="AF8" s="8"/>
+      <c r="AG8" s="8"/>
+      <c r="AH8" s="8"/>
+      <c r="AI8" s="8"/>
+      <c r="AJ8" s="3">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="AK8" s="5"/>
+      <c r="AL8" s="3">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="AO8" s="32"/>
+    </row>
+    <row r="9" spans="1:41" x14ac:dyDescent="0.25">
+      <c r="A9" s="1">
+        <v>8</v>
+      </c>
+      <c r="B9" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="C9" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="D9" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="E9" s="3"/>
+      <c r="F9" s="24"/>
+      <c r="G9" s="24"/>
+      <c r="H9" s="24"/>
+      <c r="I9" s="24"/>
+      <c r="J9" s="24"/>
+      <c r="K9" s="24"/>
+      <c r="L9" s="24"/>
+      <c r="M9" s="24"/>
+      <c r="N9" s="24"/>
+      <c r="O9" s="24"/>
+      <c r="P9" s="24"/>
+      <c r="Q9" s="24"/>
+      <c r="R9" s="26"/>
+      <c r="S9" s="24"/>
+      <c r="T9" s="24"/>
+      <c r="U9" s="24"/>
+      <c r="V9" s="24"/>
+      <c r="W9" s="24"/>
+      <c r="X9" s="24"/>
+      <c r="Y9" s="24"/>
+      <c r="Z9" s="24"/>
+      <c r="AA9" s="24"/>
+      <c r="AB9" s="24"/>
+      <c r="AC9" s="24"/>
+      <c r="AD9" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="AE9" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="AF9" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="AG9" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="AH9" s="3"/>
+      <c r="AI9" s="3"/>
+      <c r="AJ9" s="3">
+        <f t="shared" si="0"/>
+        <v>4</v>
+      </c>
+      <c r="AK9" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="AL9" s="3">
+        <f t="shared" si="1"/>
+        <v>4</v>
+      </c>
+      <c r="AO9" s="32"/>
+    </row>
+    <row r="10" spans="1:41" x14ac:dyDescent="0.25">
+      <c r="A10" s="1">
+        <v>9</v>
+      </c>
+      <c r="B10" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="C10" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="D10" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E10" s="3"/>
+      <c r="F10" s="24"/>
+      <c r="G10" s="24"/>
+      <c r="H10" s="24"/>
+      <c r="I10" s="24"/>
+      <c r="J10" s="24"/>
+      <c r="K10" s="24"/>
+      <c r="L10" s="24"/>
+      <c r="M10" s="24"/>
+      <c r="N10" s="24"/>
+      <c r="O10" s="24"/>
+      <c r="P10" s="24"/>
+      <c r="Q10" s="24"/>
+      <c r="R10" s="26"/>
+      <c r="S10" s="24"/>
+      <c r="T10" s="24"/>
+      <c r="U10" s="24"/>
+      <c r="V10" s="24"/>
+      <c r="W10" s="24"/>
+      <c r="X10" s="24"/>
+      <c r="Y10" s="24"/>
+      <c r="Z10" s="24"/>
+      <c r="AA10" s="24"/>
+      <c r="AB10" s="24"/>
+      <c r="AC10" s="24"/>
+      <c r="AD10" s="24"/>
+      <c r="AE10" s="3"/>
+      <c r="AF10" s="3"/>
+      <c r="AG10" s="3"/>
+      <c r="AH10" s="3"/>
+      <c r="AI10" s="3"/>
+      <c r="AJ10" s="3">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="AK10" s="5"/>
+      <c r="AL10" s="3">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="AO10" s="32"/>
+    </row>
+    <row r="11" spans="1:41" x14ac:dyDescent="0.25">
+      <c r="A11" s="1">
+        <v>10</v>
+      </c>
+      <c r="B11" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="C11" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="D11" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E11" s="3"/>
+      <c r="F11" s="24"/>
+      <c r="G11" s="24"/>
+      <c r="H11" s="24"/>
+      <c r="I11" s="24"/>
+      <c r="J11" s="24"/>
+      <c r="K11" s="24"/>
+      <c r="L11" s="24"/>
+      <c r="M11" s="24"/>
+      <c r="N11" s="24"/>
+      <c r="O11" s="24"/>
+      <c r="P11" s="24"/>
+      <c r="Q11" s="24"/>
+      <c r="R11" s="26"/>
+      <c r="S11" s="24"/>
+      <c r="T11" s="24"/>
+      <c r="U11" s="24"/>
+      <c r="V11" s="24"/>
+      <c r="W11" s="24"/>
+      <c r="X11" s="24"/>
+      <c r="Y11" s="24"/>
+      <c r="Z11" s="24"/>
+      <c r="AA11" s="24"/>
+      <c r="AB11" s="24"/>
+      <c r="AC11" s="24"/>
+      <c r="AD11" s="24"/>
+      <c r="AE11" s="3"/>
+      <c r="AF11" s="3"/>
+      <c r="AG11" s="3"/>
+      <c r="AH11" s="3"/>
+      <c r="AI11" s="3"/>
+      <c r="AJ11" s="3">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="AK11" s="5"/>
+      <c r="AL11" s="3">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="AO11" s="32"/>
+    </row>
+    <row r="12" spans="1:41" x14ac:dyDescent="0.25">
+      <c r="A12" s="1">
+        <v>11</v>
+      </c>
+      <c r="B12" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="C12" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="D12" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E12" s="3"/>
+      <c r="F12" s="24"/>
+      <c r="G12" s="24"/>
+      <c r="H12" s="24"/>
+      <c r="I12" s="24"/>
+      <c r="J12" s="24"/>
+      <c r="K12" s="24"/>
+      <c r="L12" s="24"/>
+      <c r="M12" s="24"/>
+      <c r="N12" s="24"/>
+      <c r="O12" s="24"/>
+      <c r="P12" s="24"/>
+      <c r="Q12" s="24"/>
+      <c r="R12" s="26"/>
+      <c r="S12" s="24"/>
+      <c r="T12" s="24"/>
+      <c r="U12" s="24"/>
+      <c r="V12" s="24"/>
+      <c r="W12" s="24"/>
+      <c r="X12" s="24"/>
+      <c r="Y12" s="24"/>
+      <c r="Z12" s="24"/>
+      <c r="AA12" s="24"/>
+      <c r="AB12" s="24"/>
+      <c r="AC12" s="24"/>
+      <c r="AD12" s="24"/>
+      <c r="AE12" s="3"/>
+      <c r="AF12" s="3"/>
+      <c r="AG12" s="3"/>
+      <c r="AH12" s="3"/>
+      <c r="AI12" s="3"/>
+      <c r="AJ12" s="3">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="AK12" s="5"/>
+      <c r="AL12" s="3">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="AO12" s="32"/>
+    </row>
+    <row r="13" spans="1:41" x14ac:dyDescent="0.25">
+      <c r="A13" s="1">
+        <v>12</v>
+      </c>
+      <c r="B13" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="C13" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="D13" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="E13" s="3"/>
+      <c r="F13" s="24"/>
+      <c r="G13" s="24"/>
+      <c r="H13" s="24"/>
+      <c r="I13" s="24"/>
+      <c r="J13" s="24"/>
+      <c r="K13" s="24"/>
+      <c r="L13" s="24"/>
+      <c r="M13" s="24"/>
+      <c r="N13" s="24"/>
+      <c r="O13" s="24"/>
+      <c r="P13" s="24"/>
+      <c r="Q13" s="24"/>
+      <c r="R13" s="26"/>
+      <c r="S13" s="24"/>
+      <c r="T13" s="24"/>
+      <c r="U13" s="24"/>
+      <c r="V13" s="24"/>
+      <c r="W13" s="24"/>
+      <c r="X13" s="24"/>
+      <c r="Y13" s="24"/>
+      <c r="Z13" s="24"/>
+      <c r="AA13" s="24"/>
+      <c r="AB13" s="24"/>
+      <c r="AC13" s="24"/>
+      <c r="AD13" s="24"/>
+      <c r="AE13" s="3"/>
+      <c r="AF13" s="3"/>
+      <c r="AG13" s="3"/>
+      <c r="AH13" s="3"/>
+      <c r="AI13" s="3"/>
+      <c r="AJ13" s="3">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="AK13" s="7"/>
+      <c r="AL13" s="3">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="AO13" s="32"/>
+    </row>
+    <row r="14" spans="1:41" x14ac:dyDescent="0.25">
+      <c r="A14" s="1">
+        <v>13</v>
+      </c>
+      <c r="B14" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="C14" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="D14" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="E14" s="3"/>
+      <c r="F14" s="24"/>
+      <c r="G14" s="24"/>
+      <c r="H14" s="24"/>
+      <c r="I14" s="24"/>
+      <c r="J14" s="24"/>
+      <c r="K14" s="24"/>
+      <c r="L14" s="24"/>
+      <c r="M14" s="24"/>
+      <c r="N14" s="24"/>
+      <c r="O14" s="24"/>
+      <c r="P14" s="24"/>
+      <c r="Q14" s="24"/>
+      <c r="R14" s="26"/>
+      <c r="S14" s="24"/>
+      <c r="T14" s="24"/>
+      <c r="U14" s="24"/>
+      <c r="V14" s="24"/>
+      <c r="W14" s="24"/>
+      <c r="X14" s="24"/>
+      <c r="Y14" s="24"/>
+      <c r="Z14" s="24"/>
+      <c r="AA14" s="24"/>
+      <c r="AB14" s="24"/>
+      <c r="AC14" s="24"/>
+      <c r="AD14" s="24"/>
+      <c r="AE14" s="3"/>
+      <c r="AF14" s="3"/>
+      <c r="AG14" s="3"/>
+      <c r="AH14" s="3"/>
+      <c r="AI14" s="3"/>
+      <c r="AJ14" s="3">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="AK14" s="5"/>
+      <c r="AL14" s="3">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="AO14" s="32"/>
+    </row>
+    <row r="15" spans="1:41" x14ac:dyDescent="0.25">
+      <c r="A15" s="1">
+        <v>14</v>
+      </c>
+      <c r="B15" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="C15" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="D15" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="E15" s="3"/>
+      <c r="F15" s="24"/>
+      <c r="G15" s="24"/>
+      <c r="H15" s="24"/>
+      <c r="I15" s="24" t="s">
+        <v>39</v>
+      </c>
+      <c r="J15" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="K15" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="L15" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="M15" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="N15" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="O15" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="P15" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="Q15" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="R15" s="26" t="s">
+        <v>4</v>
+      </c>
+      <c r="S15" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="T15" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="U15" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="V15" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="W15" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="X15" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="Y15" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="Z15" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="AA15" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="AB15" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="AC15" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="AD15" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="AE15" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="AF15" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="AG15" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="AH15" s="3"/>
+      <c r="AI15" s="3"/>
+      <c r="AJ15" s="3">
+        <f t="shared" si="0"/>
+        <v>25</v>
+      </c>
+      <c r="AK15" s="5" t="s">
+        <v>44</v>
+      </c>
+      <c r="AL15" s="3">
+        <f t="shared" si="1"/>
+        <v>25</v>
+      </c>
+      <c r="AO15" s="32"/>
+    </row>
+    <row r="16" spans="1:41" x14ac:dyDescent="0.25">
+      <c r="A16" s="1">
+        <v>15</v>
+      </c>
+      <c r="B16" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="C16" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="D16" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E16" s="24"/>
+      <c r="F16" s="24"/>
+      <c r="G16" s="24"/>
+      <c r="H16" s="24"/>
+      <c r="I16" s="24"/>
+      <c r="J16" s="24"/>
+      <c r="K16" s="24"/>
+      <c r="L16" s="24"/>
+      <c r="M16" s="24"/>
+      <c r="N16" s="24"/>
+      <c r="O16" s="24"/>
+      <c r="P16" s="24"/>
+      <c r="Q16" s="24"/>
+      <c r="R16" s="24"/>
+      <c r="S16" s="24"/>
+      <c r="T16" s="26"/>
+      <c r="U16" s="24"/>
+      <c r="V16" s="24"/>
+      <c r="W16" s="24"/>
+      <c r="X16" s="24"/>
+      <c r="Y16" s="24"/>
+      <c r="Z16" s="24"/>
+      <c r="AA16" s="24"/>
+      <c r="AB16" s="24"/>
+      <c r="AC16" s="24"/>
+      <c r="AD16" s="24"/>
+      <c r="AE16" s="24"/>
+      <c r="AF16" s="24"/>
+      <c r="AG16" s="24"/>
+      <c r="AH16" s="24"/>
+      <c r="AI16" s="24"/>
+      <c r="AJ16" s="3">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="AK16" s="5"/>
+      <c r="AL16" s="3">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="AO16" s="32"/>
+    </row>
+    <row r="17" spans="1:41" x14ac:dyDescent="0.25">
+      <c r="A17" s="1">
+        <v>16</v>
+      </c>
+      <c r="B17" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="C17" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="D17" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="E17" s="24"/>
+      <c r="F17" s="24"/>
+      <c r="G17" s="24"/>
+      <c r="H17" s="24"/>
+      <c r="I17" s="24"/>
+      <c r="J17" s="24"/>
+      <c r="K17" s="24"/>
+      <c r="L17" s="24"/>
+      <c r="M17" s="24"/>
+      <c r="N17" s="24"/>
+      <c r="O17" s="24"/>
+      <c r="P17" s="24"/>
+      <c r="Q17" s="24"/>
+      <c r="R17" s="24"/>
+      <c r="S17" s="24"/>
+      <c r="T17" s="26"/>
+      <c r="U17" s="24"/>
+      <c r="V17" s="24"/>
+      <c r="W17" s="24"/>
+      <c r="X17" s="24"/>
+      <c r="Y17" s="24"/>
+      <c r="Z17" s="24"/>
+      <c r="AA17" s="24"/>
+      <c r="AB17" s="24"/>
+      <c r="AC17" s="24"/>
+      <c r="AD17" s="24"/>
+      <c r="AE17" s="24"/>
+      <c r="AF17" s="24"/>
+      <c r="AG17" s="24"/>
+      <c r="AH17" s="24"/>
+      <c r="AI17" s="24"/>
+      <c r="AJ17" s="3">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="AK17" s="5"/>
+      <c r="AL17" s="3">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="AO17" s="32"/>
+    </row>
+    <row r="18" spans="1:41" x14ac:dyDescent="0.25">
+      <c r="A18" s="1">
+        <v>17</v>
+      </c>
+      <c r="B18" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="C18" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="D18" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="E18" s="24"/>
+      <c r="F18" s="24"/>
+      <c r="G18" s="24"/>
+      <c r="H18" s="24"/>
+      <c r="I18" s="24"/>
+      <c r="J18" s="24"/>
+      <c r="K18" s="24"/>
+      <c r="L18" s="24"/>
+      <c r="M18" s="24"/>
+      <c r="N18" s="24"/>
+      <c r="O18" s="24"/>
+      <c r="P18" s="24"/>
+      <c r="Q18" s="24"/>
+      <c r="R18" s="24"/>
+      <c r="S18" s="24"/>
+      <c r="T18" s="24"/>
+      <c r="U18" s="24"/>
+      <c r="V18" s="24"/>
+      <c r="W18" s="24"/>
+      <c r="X18" s="24"/>
+      <c r="Y18" s="24"/>
+      <c r="Z18" s="24"/>
+      <c r="AA18" s="24"/>
+      <c r="AB18" s="24"/>
+      <c r="AC18" s="24"/>
+      <c r="AD18" s="24"/>
+      <c r="AE18" s="24"/>
+      <c r="AF18" s="24"/>
+      <c r="AG18" s="24"/>
+      <c r="AH18" s="24"/>
+      <c r="AI18" s="24"/>
+      <c r="AJ18" s="3">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="AK18" s="5"/>
+      <c r="AL18" s="3">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="AO18" s="32"/>
+    </row>
+    <row r="19" spans="1:41" x14ac:dyDescent="0.25">
+      <c r="A19" s="1">
+        <v>18</v>
+      </c>
+      <c r="B19" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="C19" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="D19" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="E19" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="F19" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="G19" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="H19" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="I19" s="24" t="s">
+        <v>39</v>
+      </c>
+      <c r="J19" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="K19" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="L19" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="M19" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="N19" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="O19" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="P19" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="Q19" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="R19" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="S19" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="T19" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="U19" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="V19" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="W19" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="X19" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="Y19" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="Z19" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="AA19" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="AB19" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="AC19" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="AD19" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="AE19" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="AF19" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="AG19" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="AH19" s="24"/>
+      <c r="AI19" s="24"/>
+      <c r="AJ19" s="3">
+        <f t="shared" si="0"/>
+        <v>29</v>
+      </c>
+      <c r="AK19" s="22" t="s">
+        <v>36</v>
+      </c>
+      <c r="AL19" s="3">
+        <f t="shared" si="1"/>
+        <v>29</v>
+      </c>
+      <c r="AO19" s="32"/>
+    </row>
+    <row r="20" spans="1:41" x14ac:dyDescent="0.25">
+      <c r="A20" s="1">
+        <v>19</v>
+      </c>
+      <c r="B20" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="C20" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="D20" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="E20" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="F20" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="G20" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="H20" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="I20" s="24" t="s">
+        <v>39</v>
+      </c>
+      <c r="J20" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="K20" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="L20" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="M20" s="24"/>
+      <c r="N20" s="24"/>
+      <c r="O20" s="24"/>
+      <c r="P20" s="24"/>
+      <c r="Q20" s="24"/>
+      <c r="R20" s="24"/>
+      <c r="S20" s="24"/>
+      <c r="T20" s="26"/>
+      <c r="U20" s="24"/>
+      <c r="V20" s="24"/>
+      <c r="W20" s="24"/>
+      <c r="X20" s="24"/>
+      <c r="Y20" s="24"/>
+      <c r="Z20" s="24"/>
+      <c r="AA20" s="24"/>
+      <c r="AB20" s="24"/>
+      <c r="AC20" s="24"/>
+      <c r="AD20" s="24"/>
+      <c r="AE20" s="24"/>
+      <c r="AF20" s="24"/>
+      <c r="AG20" s="24"/>
+      <c r="AH20" s="24"/>
+      <c r="AI20" s="24"/>
+      <c r="AJ20" s="3">
+        <f t="shared" si="0"/>
+        <v>8</v>
+      </c>
+      <c r="AK20" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="AL20" s="3">
+        <f t="shared" si="1"/>
+        <v>8</v>
+      </c>
+      <c r="AO20" s="32"/>
+    </row>
+    <row r="21" spans="1:41" x14ac:dyDescent="0.25">
+      <c r="A21" s="1">
+        <v>20</v>
+      </c>
+      <c r="B21" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="C21" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="D21" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="E21" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="F21" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="G21" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="H21" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="I21" s="24" t="s">
+        <v>39</v>
+      </c>
+      <c r="J21" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="K21" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="L21" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="M21" s="24"/>
+      <c r="N21" s="24"/>
+      <c r="O21" s="24"/>
+      <c r="P21" s="24"/>
+      <c r="Q21" s="24"/>
+      <c r="R21" s="24"/>
+      <c r="S21" s="24"/>
+      <c r="T21" s="26"/>
+      <c r="U21" s="24"/>
+      <c r="V21" s="24"/>
+      <c r="W21" s="24"/>
+      <c r="X21" s="24"/>
+      <c r="Y21" s="24"/>
+      <c r="Z21" s="24"/>
+      <c r="AA21" s="24"/>
+      <c r="AB21" s="24"/>
+      <c r="AC21" s="24"/>
+      <c r="AD21" s="24"/>
+      <c r="AE21" s="24"/>
+      <c r="AF21" s="24"/>
+      <c r="AG21" s="24"/>
+      <c r="AH21" s="24"/>
+      <c r="AI21" s="24"/>
+      <c r="AJ21" s="3">
+        <f t="shared" si="0"/>
+        <v>8</v>
+      </c>
+      <c r="AK21" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="AL21" s="3">
+        <f t="shared" si="1"/>
+        <v>8</v>
+      </c>
+      <c r="AO21" s="32"/>
+    </row>
+    <row r="22" spans="1:41" x14ac:dyDescent="0.25">
+      <c r="A22" s="1">
+        <v>21</v>
+      </c>
+      <c r="B22" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="C22" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="D22" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="E22" s="24"/>
+      <c r="F22" s="24"/>
+      <c r="G22" s="24"/>
+      <c r="H22" s="24"/>
+      <c r="I22" s="24"/>
+      <c r="J22" s="24"/>
+      <c r="K22" s="24"/>
+      <c r="L22" s="24"/>
+      <c r="M22" s="24"/>
+      <c r="N22" s="24"/>
+      <c r="O22" s="24"/>
+      <c r="P22" s="24"/>
+      <c r="Q22" s="24"/>
+      <c r="R22" s="24"/>
+      <c r="S22" s="24"/>
+      <c r="T22" s="26"/>
+      <c r="U22" s="24"/>
+      <c r="V22" s="24"/>
+      <c r="W22" s="24"/>
+      <c r="X22" s="24"/>
+      <c r="Y22" s="24"/>
+      <c r="Z22" s="24"/>
+      <c r="AA22" s="24"/>
+      <c r="AB22" s="24"/>
+      <c r="AC22" s="24"/>
+      <c r="AD22" s="24"/>
+      <c r="AE22" s="24"/>
+      <c r="AF22" s="24"/>
+      <c r="AG22" s="24"/>
+      <c r="AH22" s="24"/>
+      <c r="AI22" s="24"/>
+      <c r="AJ22" s="3">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="AK22" s="5"/>
+      <c r="AL22" s="3">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="AO22" s="32"/>
+    </row>
+    <row r="23" spans="1:41" x14ac:dyDescent="0.25">
+      <c r="A23" s="1">
+        <v>22</v>
+      </c>
+      <c r="B23" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="C23" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="D23" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="E23" s="24"/>
+      <c r="F23" s="24"/>
+      <c r="G23" s="24"/>
+      <c r="H23" s="24"/>
+      <c r="I23" s="24"/>
+      <c r="J23" s="24"/>
+      <c r="K23" s="24"/>
+      <c r="L23" s="24"/>
+      <c r="M23" s="24"/>
+      <c r="N23" s="24"/>
+      <c r="O23" s="24"/>
+      <c r="P23" s="24"/>
+      <c r="Q23" s="24"/>
+      <c r="R23" s="24"/>
+      <c r="S23" s="24"/>
+      <c r="T23" s="24"/>
+      <c r="U23" s="24"/>
+      <c r="V23" s="24"/>
+      <c r="W23" s="24"/>
+      <c r="X23" s="24"/>
+      <c r="Y23" s="24"/>
+      <c r="Z23" s="24"/>
+      <c r="AA23" s="24"/>
+      <c r="AB23" s="24"/>
+      <c r="AC23" s="24"/>
+      <c r="AD23" s="24"/>
+      <c r="AE23" s="24"/>
+      <c r="AF23" s="24"/>
+      <c r="AG23" s="24"/>
+      <c r="AH23" s="24"/>
+      <c r="AI23" s="24"/>
+      <c r="AJ23" s="3">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="AK23" s="5"/>
+      <c r="AL23" s="3">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="AO23" s="32"/>
+    </row>
+    <row r="24" spans="1:41" x14ac:dyDescent="0.25">
+      <c r="A24" s="1">
+        <v>23</v>
+      </c>
+      <c r="B24" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="C24" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="D24" s="2" t="s">
+        <v>25</v>
+      </c>
+      <c r="E24" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="F24" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="G24" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="H24" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="I24" s="24" t="s">
+        <v>39</v>
+      </c>
+      <c r="J24" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="K24" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="L24" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="M24" s="24"/>
+      <c r="N24" s="24"/>
+      <c r="O24" s="24"/>
+      <c r="P24" s="24"/>
+      <c r="Q24" s="24"/>
+      <c r="R24" s="24"/>
+      <c r="S24" s="24"/>
+      <c r="T24" s="26"/>
+      <c r="U24" s="24"/>
+      <c r="V24" s="24"/>
+      <c r="W24" s="24"/>
+      <c r="X24" s="24"/>
+      <c r="Y24" s="24"/>
+      <c r="Z24" s="24"/>
+      <c r="AA24" s="24"/>
+      <c r="AB24" s="24"/>
+      <c r="AC24" s="24"/>
+      <c r="AD24" s="24"/>
+      <c r="AE24" s="24"/>
+      <c r="AF24" s="24"/>
+      <c r="AG24" s="24"/>
+      <c r="AH24" s="24"/>
+      <c r="AI24" s="24"/>
+      <c r="AJ24" s="3">
+        <f t="shared" si="0"/>
+        <v>8</v>
+      </c>
+      <c r="AK24" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="AL24" s="3">
+        <f t="shared" si="1"/>
+        <v>8</v>
+      </c>
+      <c r="AO24" s="32"/>
+    </row>
+    <row r="25" spans="1:41" x14ac:dyDescent="0.25">
+      <c r="A25" s="1">
+        <v>24</v>
+      </c>
+      <c r="B25" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="C25" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="D25" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="E25" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="F25" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="G25" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="H25" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="I25" s="24"/>
+      <c r="J25" s="24"/>
+      <c r="K25" s="24"/>
+      <c r="L25" s="24"/>
+      <c r="M25" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="N25" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="O25" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="P25" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="Q25" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="R25" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="S25" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="T25" s="26" t="s">
+        <v>4</v>
+      </c>
+      <c r="U25" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="V25" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="W25" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="X25" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="Y25" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="Z25" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="AA25" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="AB25" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="AC25" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="AD25" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="AE25" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="AF25" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="AG25" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="AH25" s="24"/>
+      <c r="AI25" s="24"/>
+      <c r="AJ25" s="3">
+        <f t="shared" si="0"/>
+        <v>25</v>
+      </c>
+      <c r="AK25" s="5" t="s">
+        <v>45</v>
+      </c>
+      <c r="AL25" s="3">
+        <f t="shared" si="1"/>
+        <v>25</v>
+      </c>
+      <c r="AO25" s="32"/>
+    </row>
+    <row r="26" spans="1:41" x14ac:dyDescent="0.25">
+      <c r="A26" s="1">
+        <v>25</v>
+      </c>
+      <c r="B26" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="C26" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="D26" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="E26" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="F26" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="G26" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="H26" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="I26" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="J26" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="K26" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="L26" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="M26" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="N26" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="O26" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="P26" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="Q26" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="R26" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="S26" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="T26" s="4" t="s">
+        <v>4</v>
+      </c>
+      <c r="U26" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="V26" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="W26" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="X26" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="Y26" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="Z26" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="AA26" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="AB26" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="AC26" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="AD26" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="AE26" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="AF26" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="AG26" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="AH26" s="3"/>
+      <c r="AI26" s="3"/>
+      <c r="AJ26" s="3">
+        <f t="shared" si="0"/>
+        <v>29</v>
+      </c>
+      <c r="AK26" s="39" t="s">
+        <v>41</v>
+      </c>
+      <c r="AL26" s="3">
+        <f t="shared" si="1"/>
+        <v>29</v>
+      </c>
+      <c r="AO26" s="32"/>
+    </row>
+    <row r="27" spans="1:41" x14ac:dyDescent="0.25">
+      <c r="A27" s="1">
+        <v>26</v>
+      </c>
+      <c r="B27" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="C27" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="D27" s="2" t="s">
+        <v>28</v>
+      </c>
+      <c r="E27" s="3"/>
+      <c r="F27" s="3"/>
+      <c r="G27" s="3"/>
+      <c r="H27" s="3"/>
+      <c r="I27" s="3"/>
+      <c r="J27" s="3"/>
+      <c r="K27" s="3"/>
+      <c r="L27" s="3"/>
+      <c r="M27" s="3"/>
+      <c r="N27" s="3"/>
+      <c r="O27" s="3"/>
+      <c r="P27" s="3"/>
+      <c r="Q27" s="3"/>
+      <c r="R27" s="3"/>
+      <c r="S27" s="3"/>
+      <c r="T27" s="3"/>
+      <c r="U27" s="24"/>
+      <c r="V27" s="3"/>
+      <c r="W27" s="3"/>
+      <c r="X27" s="3"/>
+      <c r="Y27" s="3"/>
+      <c r="Z27" s="3"/>
+      <c r="AA27" s="3"/>
+      <c r="AB27" s="3"/>
+      <c r="AC27" s="3"/>
+      <c r="AD27" s="3"/>
+      <c r="AE27" s="3"/>
+      <c r="AF27" s="3"/>
+      <c r="AG27" s="3"/>
+      <c r="AH27" s="3"/>
+      <c r="AI27" s="3"/>
+      <c r="AJ27" s="3">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="AK27" s="9"/>
+      <c r="AL27" s="3">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="AO27" s="32"/>
+    </row>
+  </sheetData>
+  <conditionalFormatting sqref="E2:AJ27">
+    <cfRule type="containsText" dxfId="11" priority="1" operator="containsText" text="p">
+      <formula>NOT(ISERROR(SEARCH("p",E2)))</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" scale="53" orientation="landscape" horizontalDpi="1200" verticalDpi="1200" r:id="rId1"/>
+  <headerFooter>
+    <oddHeader>&amp;Cluty 2024 r.</oddHeader>
+  </headerFooter>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+  <sheetPr>
+    <pageSetUpPr fitToPage="1"/>
+  </sheetPr>
+  <dimension ref="A1:AL27"/>
+  <sheetViews>
+    <sheetView view="pageLayout" topLeftCell="C1" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="AE2" sqref="AE2"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="3.42578125" customWidth="1"/>
+    <col min="2" max="2" width="14.7109375" customWidth="1"/>
+    <col min="3" max="3" width="15.42578125" customWidth="1"/>
+    <col min="4" max="4" width="19.42578125" bestFit="1" customWidth="1"/>
+    <col min="5" max="35" width="2.5703125" customWidth="1"/>
+    <col min="36" max="36" width="6" customWidth="1"/>
+    <col min="37" max="37" width="74.85546875" bestFit="1" customWidth="1"/>
+    <col min="38" max="38" width="4.5703125" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:38" x14ac:dyDescent="0.25">
+      <c r="A1" s="11" t="s">
+        <v>29</v>
+      </c>
+      <c r="B1" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="C1" s="11" t="s">
+        <v>31</v>
+      </c>
+      <c r="D1" s="11" t="s">
+        <v>32</v>
+      </c>
+      <c r="E1" s="10">
+        <v>1</v>
+      </c>
+      <c r="F1" s="10">
+        <v>2</v>
+      </c>
+      <c r="G1" s="10">
+        <v>3</v>
+      </c>
+      <c r="H1" s="10">
+        <v>4</v>
+      </c>
+      <c r="I1" s="10">
+        <v>5</v>
+      </c>
+      <c r="J1" s="10">
+        <v>6</v>
+      </c>
+      <c r="K1" s="10">
+        <v>7</v>
+      </c>
+      <c r="L1" s="10">
+        <v>8</v>
+      </c>
+      <c r="M1" s="10">
+        <v>9</v>
+      </c>
+      <c r="N1" s="10">
+        <v>10</v>
+      </c>
+      <c r="O1" s="10">
+        <v>11</v>
+      </c>
+      <c r="P1" s="10">
+        <v>12</v>
+      </c>
+      <c r="Q1" s="10">
+        <v>13</v>
+      </c>
+      <c r="R1" s="10">
+        <v>14</v>
+      </c>
+      <c r="S1" s="10">
+        <v>15</v>
+      </c>
+      <c r="T1" s="10">
+        <v>16</v>
+      </c>
+      <c r="U1" s="10">
+        <v>17</v>
+      </c>
+      <c r="V1" s="10">
+        <v>18</v>
+      </c>
+      <c r="W1" s="10">
+        <v>19</v>
+      </c>
+      <c r="X1" s="10">
+        <v>20</v>
+      </c>
+      <c r="Y1" s="10">
+        <v>21</v>
+      </c>
+      <c r="Z1" s="10">
+        <v>22</v>
+      </c>
+      <c r="AA1" s="10">
+        <v>23</v>
+      </c>
+      <c r="AB1" s="10">
+        <v>24</v>
+      </c>
+      <c r="AC1" s="10">
+        <v>25</v>
+      </c>
+      <c r="AD1" s="10">
+        <v>26</v>
+      </c>
+      <c r="AE1" s="10">
+        <v>27</v>
+      </c>
+      <c r="AF1" s="10">
+        <v>28</v>
+      </c>
+      <c r="AG1" s="10">
+        <v>29</v>
+      </c>
+      <c r="AH1" s="10">
+        <v>30</v>
+      </c>
+      <c r="AI1" s="10">
+        <v>31</v>
+      </c>
+      <c r="AJ1" s="12" t="s">
+        <v>34</v>
+      </c>
+      <c r="AK1" s="18"/>
+      <c r="AL1" s="34"/>
+    </row>
+    <row r="2" spans="1:38" x14ac:dyDescent="0.25">
+      <c r="A2" s="1">
+        <v>1</v>
+      </c>
+      <c r="B2" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="C2" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="D2" s="2" t="s">
+        <v>2</v>
+      </c>
+      <c r="E2" s="3"/>
+      <c r="F2" s="3"/>
+      <c r="G2" s="3"/>
+      <c r="H2" s="3"/>
+      <c r="I2" s="3"/>
+      <c r="J2" s="3"/>
+      <c r="K2" s="3"/>
+      <c r="L2" s="3"/>
+      <c r="M2" s="3"/>
+      <c r="N2" s="3"/>
+      <c r="O2" s="3"/>
+      <c r="P2" s="3"/>
+      <c r="Q2" s="3"/>
+      <c r="R2" s="3"/>
+      <c r="S2" s="3"/>
+      <c r="T2" s="4"/>
+      <c r="U2" s="24"/>
+      <c r="V2" s="3"/>
+      <c r="W2" s="3"/>
+      <c r="X2" s="3"/>
+      <c r="Y2" s="3"/>
+      <c r="Z2" s="3"/>
+      <c r="AA2" s="3"/>
+      <c r="AB2" s="3"/>
+      <c r="AC2" s="3"/>
+      <c r="AD2" s="3"/>
+      <c r="AE2" s="3"/>
+      <c r="AF2" s="3"/>
+      <c r="AG2" s="3"/>
+      <c r="AH2" s="3"/>
+      <c r="AI2" s="3"/>
+      <c r="AJ2" s="16">
+        <f>COUNTA(E2:AI2)</f>
+        <v>0</v>
+      </c>
+      <c r="AK2" s="5"/>
+      <c r="AL2" s="33">
+        <f>AJ2</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="3" spans="1:38" x14ac:dyDescent="0.25">
+      <c r="A3" s="1">
+        <v>2</v>
+      </c>
+      <c r="B3" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="C3" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="D3" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="E3" s="3"/>
+      <c r="F3" s="3"/>
+      <c r="G3" s="3"/>
+      <c r="H3" s="3"/>
+      <c r="I3" s="3"/>
+      <c r="J3" s="3"/>
+      <c r="K3" s="3"/>
+      <c r="L3" s="3"/>
+      <c r="M3" s="3"/>
+      <c r="N3" s="3"/>
+      <c r="O3" s="3"/>
+      <c r="P3" s="3"/>
+      <c r="Q3" s="3"/>
+      <c r="R3" s="3"/>
+      <c r="S3" s="3"/>
+      <c r="T3" s="4"/>
+      <c r="U3" s="24"/>
+      <c r="V3" s="3"/>
+      <c r="W3" s="3"/>
+      <c r="X3" s="3"/>
+      <c r="Y3" s="3"/>
+      <c r="Z3" s="3"/>
+      <c r="AA3" s="3"/>
+      <c r="AB3" s="3"/>
+      <c r="AC3" s="3"/>
+      <c r="AD3" s="3"/>
+      <c r="AE3" s="3"/>
+      <c r="AF3" s="3"/>
+      <c r="AG3" s="3"/>
+      <c r="AH3" s="3"/>
+      <c r="AI3" s="3"/>
+      <c r="AJ3" s="16">
+        <f t="shared" ref="AJ3:AJ27" si="0">COUNTA(E3:AI3)</f>
+        <v>0</v>
+      </c>
+      <c r="AK3" s="5"/>
+      <c r="AL3" s="33">
+        <f t="shared" ref="AL3:AL26" si="1">AJ3</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="4" spans="1:38" x14ac:dyDescent="0.25">
+      <c r="A4" s="1">
+        <v>3</v>
+      </c>
+      <c r="B4" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="C4" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="D4" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="E4" s="8"/>
+      <c r="F4" s="8"/>
+      <c r="G4" s="8"/>
+      <c r="H4" s="8"/>
+      <c r="I4" s="8"/>
+      <c r="J4" s="8"/>
+      <c r="K4" s="8"/>
+      <c r="L4" s="8"/>
+      <c r="M4" s="8"/>
+      <c r="N4" s="8"/>
+      <c r="O4" s="8"/>
+      <c r="P4" s="8"/>
+      <c r="Q4" s="8"/>
+      <c r="R4" s="8"/>
+      <c r="S4" s="8"/>
+      <c r="T4" s="8"/>
+      <c r="U4" s="8"/>
+      <c r="V4" s="8"/>
+      <c r="W4" s="8"/>
+      <c r="X4" s="8"/>
+      <c r="Y4" s="8"/>
+      <c r="Z4" s="8"/>
+      <c r="AA4" s="8"/>
+      <c r="AB4" s="8"/>
+      <c r="AC4" s="8"/>
+      <c r="AD4" s="8"/>
+      <c r="AE4" s="8"/>
+      <c r="AF4" s="8"/>
+      <c r="AG4" s="8"/>
+      <c r="AH4" s="8"/>
+      <c r="AI4" s="8"/>
+      <c r="AJ4" s="16">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="AK4" s="6"/>
+      <c r="AL4" s="33">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="5" spans="1:38" x14ac:dyDescent="0.25">
+      <c r="A5" s="1">
+        <v>4</v>
+      </c>
+      <c r="B5" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="C5" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="D5" s="2" t="s">
+        <v>6</v>
+      </c>
+      <c r="E5" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="F5" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="G5" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="H5" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="I5" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="J5" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="K5" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="L5" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="M5" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="N5" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="O5" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="P5" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="Q5" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="R5" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="S5" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="T5" s="4" t="s">
+        <v>4</v>
+      </c>
+      <c r="U5" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="V5" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="W5" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="X5" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="Y5" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="Z5" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="AA5" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="AB5" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="AC5" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="AD5" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="AE5" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="AF5" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="AG5" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="AH5" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="AI5" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="AJ5" s="16">
+        <f t="shared" si="0"/>
+        <v>31</v>
+      </c>
+      <c r="AK5" s="40" t="s">
+        <v>46</v>
+      </c>
+      <c r="AL5" s="33">
+        <f t="shared" si="1"/>
+        <v>31</v>
+      </c>
+    </row>
+    <row r="6" spans="1:38" x14ac:dyDescent="0.25">
+      <c r="A6" s="1">
+        <v>5</v>
+      </c>
+      <c r="B6" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="C6" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="D6" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="E6" s="8"/>
+      <c r="F6" s="8"/>
+      <c r="G6" s="8"/>
+      <c r="H6" s="8"/>
+      <c r="I6" s="8"/>
+      <c r="J6" s="8"/>
+      <c r="K6" s="8"/>
+      <c r="L6" s="8"/>
+      <c r="M6" s="8"/>
+      <c r="N6" s="8"/>
+      <c r="O6" s="8"/>
+      <c r="P6" s="8"/>
+      <c r="Q6" s="8"/>
+      <c r="R6" s="8"/>
+      <c r="S6" s="8"/>
+      <c r="T6" s="8"/>
+      <c r="U6" s="8"/>
+      <c r="V6" s="8"/>
+      <c r="W6" s="8"/>
+      <c r="X6" s="8"/>
+      <c r="Y6" s="8"/>
+      <c r="Z6" s="8"/>
+      <c r="AA6" s="8"/>
+      <c r="AB6" s="8"/>
+      <c r="AC6" s="8"/>
+      <c r="AD6" s="8"/>
+      <c r="AE6" s="8"/>
+      <c r="AF6" s="8"/>
+      <c r="AG6" s="8"/>
+      <c r="AH6" s="8"/>
+      <c r="AI6" s="8"/>
+      <c r="AJ6" s="16">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="AK6" s="5"/>
+      <c r="AL6" s="33">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="7" spans="1:38" x14ac:dyDescent="0.25">
+      <c r="A7" s="1">
+        <v>6</v>
+      </c>
+      <c r="B7" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="C7" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="D7" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="E7" s="25"/>
+      <c r="F7" s="25"/>
+      <c r="G7" s="25"/>
+      <c r="H7" s="25"/>
+      <c r="I7" s="25"/>
+      <c r="J7" s="25"/>
+      <c r="K7" s="25"/>
+      <c r="L7" s="25"/>
+      <c r="M7" s="25"/>
+      <c r="N7" s="25"/>
+      <c r="O7" s="25"/>
+      <c r="P7" s="25"/>
+      <c r="Q7" s="25"/>
+      <c r="R7" s="25"/>
+      <c r="S7" s="25"/>
+      <c r="T7" s="25"/>
+      <c r="U7" s="25"/>
+      <c r="V7" s="25"/>
+      <c r="W7" s="25"/>
+      <c r="X7" s="25"/>
+      <c r="Y7" s="25"/>
+      <c r="Z7" s="25"/>
+      <c r="AA7" s="25"/>
+      <c r="AB7" s="25"/>
+      <c r="AC7" s="25"/>
+      <c r="AD7" s="25"/>
+      <c r="AE7" s="25"/>
+      <c r="AF7" s="25"/>
+      <c r="AG7" s="25"/>
+      <c r="AH7" s="25"/>
+      <c r="AI7" s="25"/>
+      <c r="AJ7" s="16">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="AK7" s="6"/>
+      <c r="AL7" s="33">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="8" spans="1:38" x14ac:dyDescent="0.25">
+      <c r="A8" s="1">
+        <v>7</v>
+      </c>
+      <c r="B8" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="C8" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="D8" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E8" s="8"/>
+      <c r="F8" s="8"/>
+      <c r="G8" s="8"/>
+      <c r="H8" s="8"/>
+      <c r="I8" s="8"/>
+      <c r="J8" s="8"/>
+      <c r="K8" s="8"/>
+      <c r="L8" s="8"/>
+      <c r="M8" s="8"/>
+      <c r="N8" s="8"/>
+      <c r="O8" s="8"/>
+      <c r="P8" s="8"/>
+      <c r="Q8" s="8"/>
+      <c r="R8" s="8"/>
+      <c r="S8" s="8"/>
+      <c r="T8" s="8"/>
+      <c r="U8" s="8"/>
+      <c r="V8" s="8"/>
+      <c r="W8" s="8"/>
+      <c r="X8" s="8"/>
+      <c r="Y8" s="8"/>
+      <c r="Z8" s="8"/>
+      <c r="AA8" s="8"/>
+      <c r="AB8" s="24"/>
+      <c r="AC8" s="8"/>
+      <c r="AD8" s="8"/>
+      <c r="AE8" s="8"/>
+      <c r="AF8" s="8"/>
+      <c r="AG8" s="8"/>
+      <c r="AH8" s="8"/>
+      <c r="AI8" s="8"/>
+      <c r="AJ8" s="16">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="AK8" s="5"/>
+      <c r="AL8" s="33">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="9" spans="1:38" x14ac:dyDescent="0.25">
+      <c r="A9" s="1">
+        <v>8</v>
+      </c>
+      <c r="B9" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="C9" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="D9" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="E9" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="F9" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="G9" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="H9" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="I9" s="24" t="s">
+        <v>39</v>
+      </c>
+      <c r="J9" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="K9" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="L9" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="M9" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="N9" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="O9" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="P9" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="Q9" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="R9" s="26" t="s">
+        <v>4</v>
+      </c>
+      <c r="S9" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="T9" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="U9" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="V9" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="W9" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="X9" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="Y9" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="Z9" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="AA9" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="AB9" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="AC9" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="AD9" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="AE9" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="AF9" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="AG9" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="AH9" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="AI9" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="AJ9" s="16">
+        <f t="shared" si="0"/>
+        <v>31</v>
+      </c>
+      <c r="AK9" s="5" t="s">
+        <v>47</v>
+      </c>
+      <c r="AL9" s="33">
+        <f t="shared" si="1"/>
+        <v>31</v>
+      </c>
+    </row>
+    <row r="10" spans="1:38" x14ac:dyDescent="0.25">
+      <c r="A10" s="1">
+        <v>9</v>
+      </c>
+      <c r="B10" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="C10" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="D10" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E10" s="3"/>
+      <c r="F10" s="24"/>
+      <c r="G10" s="24"/>
+      <c r="H10" s="24"/>
+      <c r="I10" s="24"/>
+      <c r="J10" s="24"/>
+      <c r="K10" s="24"/>
+      <c r="L10" s="24"/>
+      <c r="M10" s="24"/>
+      <c r="N10" s="24"/>
+      <c r="O10" s="24"/>
+      <c r="P10" s="24"/>
+      <c r="Q10" s="24"/>
+      <c r="R10" s="26"/>
+      <c r="S10" s="24"/>
+      <c r="T10" s="24"/>
+      <c r="U10" s="24"/>
+      <c r="V10" s="24"/>
+      <c r="W10" s="24"/>
+      <c r="X10" s="24"/>
+      <c r="Y10" s="24"/>
+      <c r="Z10" s="24"/>
+      <c r="AA10" s="24"/>
+      <c r="AB10" s="24"/>
+      <c r="AC10" s="24"/>
+      <c r="AD10" s="24"/>
+      <c r="AE10" s="3"/>
+      <c r="AF10" s="3"/>
+      <c r="AG10" s="3"/>
+      <c r="AH10" s="3"/>
+      <c r="AI10" s="3"/>
+      <c r="AJ10" s="16">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="AK10" s="5"/>
+      <c r="AL10" s="33">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="11" spans="1:38" x14ac:dyDescent="0.25">
+      <c r="A11" s="1">
+        <v>10</v>
+      </c>
+      <c r="B11" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="C11" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="D11" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E11" s="3"/>
+      <c r="F11" s="24"/>
+      <c r="G11" s="24"/>
+      <c r="H11" s="24"/>
+      <c r="I11" s="24"/>
+      <c r="J11" s="24"/>
+      <c r="K11" s="24"/>
+      <c r="L11" s="24"/>
+      <c r="M11" s="24"/>
+      <c r="N11" s="24"/>
+      <c r="O11" s="24"/>
+      <c r="P11" s="24"/>
+      <c r="Q11" s="24"/>
+      <c r="R11" s="26"/>
+      <c r="S11" s="24"/>
+      <c r="T11" s="24"/>
+      <c r="U11" s="24"/>
+      <c r="V11" s="24"/>
+      <c r="W11" s="24"/>
+      <c r="X11" s="24"/>
+      <c r="Y11" s="24"/>
+      <c r="Z11" s="24"/>
+      <c r="AA11" s="24"/>
+      <c r="AB11" s="24"/>
+      <c r="AC11" s="24"/>
+      <c r="AD11" s="24"/>
+      <c r="AE11" s="3"/>
+      <c r="AF11" s="3"/>
+      <c r="AG11" s="3"/>
+      <c r="AH11" s="3"/>
+      <c r="AI11" s="3"/>
+      <c r="AJ11" s="16">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="AK11" s="5"/>
+      <c r="AL11" s="33">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="12" spans="1:38" x14ac:dyDescent="0.25">
+      <c r="A12" s="1">
+        <v>11</v>
+      </c>
+      <c r="B12" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="C12" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="D12" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E12" s="3"/>
+      <c r="F12" s="24"/>
+      <c r="G12" s="24"/>
+      <c r="H12" s="24"/>
+      <c r="I12" s="24"/>
+      <c r="J12" s="24"/>
+      <c r="K12" s="24"/>
+      <c r="L12" s="24"/>
+      <c r="M12" s="24"/>
+      <c r="N12" s="24"/>
+      <c r="O12" s="24"/>
+      <c r="P12" s="24"/>
+      <c r="Q12" s="24"/>
+      <c r="R12" s="26"/>
+      <c r="S12" s="24"/>
+      <c r="T12" s="24"/>
+      <c r="U12" s="24"/>
+      <c r="V12" s="24"/>
+      <c r="W12" s="24"/>
+      <c r="X12" s="24"/>
+      <c r="Y12" s="24"/>
+      <c r="Z12" s="24"/>
+      <c r="AA12" s="24"/>
+      <c r="AB12" s="24"/>
+      <c r="AC12" s="24"/>
+      <c r="AD12" s="24"/>
+      <c r="AE12" s="3"/>
+      <c r="AF12" s="3"/>
+      <c r="AG12" s="3"/>
+      <c r="AH12" s="3"/>
+      <c r="AI12" s="3"/>
+      <c r="AJ12" s="16">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="AK12" s="5"/>
+      <c r="AL12" s="33">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="13" spans="1:38" x14ac:dyDescent="0.25">
+      <c r="A13" s="1">
+        <v>12</v>
+      </c>
+      <c r="B13" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="C13" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="D13" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="E13" s="3"/>
+      <c r="F13" s="24"/>
+      <c r="G13" s="24"/>
+      <c r="H13" s="24"/>
+      <c r="I13" s="24"/>
+      <c r="J13" s="24"/>
+      <c r="K13" s="24"/>
+      <c r="L13" s="24"/>
+      <c r="M13" s="24"/>
+      <c r="N13" s="24"/>
+      <c r="O13" s="24"/>
+      <c r="P13" s="24"/>
+      <c r="Q13" s="24"/>
+      <c r="R13" s="26"/>
+      <c r="S13" s="24"/>
+      <c r="T13" s="24"/>
+      <c r="U13" s="24"/>
+      <c r="V13" s="24"/>
+      <c r="W13" s="24"/>
+      <c r="X13" s="24"/>
+      <c r="Y13" s="24"/>
+      <c r="Z13" s="24"/>
+      <c r="AA13" s="24"/>
+      <c r="AB13" s="24"/>
+      <c r="AC13" s="24"/>
+      <c r="AD13" s="24"/>
+      <c r="AE13" s="3"/>
+      <c r="AF13" s="3"/>
+      <c r="AG13" s="3"/>
+      <c r="AH13" s="3"/>
+      <c r="AI13" s="3"/>
+      <c r="AJ13" s="16">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="AK13" s="7"/>
+      <c r="AL13" s="33">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="14" spans="1:38" x14ac:dyDescent="0.25">
+      <c r="A14" s="1">
+        <v>13</v>
+      </c>
+      <c r="B14" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="C14" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="D14" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="E14" s="3"/>
+      <c r="F14" s="24"/>
+      <c r="G14" s="24"/>
+      <c r="H14" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="I14" s="24" t="s">
+        <v>39</v>
+      </c>
+      <c r="J14" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="K14" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="L14" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="M14" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="N14" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="O14" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="P14" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="Q14" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="R14" s="26" t="s">
+        <v>4</v>
+      </c>
+      <c r="S14" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="T14" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="U14" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="V14" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="W14" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="X14" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="Y14" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="Z14" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="AA14" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="AB14" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="AC14" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="AD14" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="AE14" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="AF14" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="AG14" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="AH14" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="AI14" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="AJ14" s="16">
+        <f t="shared" si="0"/>
+        <v>28</v>
+      </c>
+      <c r="AK14" s="5" t="s">
+        <v>48</v>
+      </c>
+      <c r="AL14" s="33">
+        <f t="shared" si="1"/>
+        <v>28</v>
+      </c>
+    </row>
+    <row r="15" spans="1:38" x14ac:dyDescent="0.25">
+      <c r="A15" s="1">
+        <v>14</v>
+      </c>
+      <c r="B15" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="C15" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="D15" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="E15" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="F15" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="G15" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="H15" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="I15" s="24" t="s">
+        <v>39</v>
+      </c>
+      <c r="J15" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="K15" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="L15" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="M15" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="N15" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="O15" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="P15" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="Q15" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="R15" s="26" t="s">
+        <v>4</v>
+      </c>
+      <c r="S15" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="T15" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="U15" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="V15" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="W15" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="X15" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="Y15" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="Z15" s="24"/>
+      <c r="AA15" s="24"/>
+      <c r="AB15" s="24"/>
+      <c r="AC15" s="24"/>
+      <c r="AD15" s="24"/>
+      <c r="AE15" s="3"/>
+      <c r="AF15" s="3"/>
+      <c r="AG15" s="3"/>
+      <c r="AH15" s="3"/>
+      <c r="AI15" s="3"/>
+      <c r="AJ15" s="16">
+        <f t="shared" si="0"/>
+        <v>21</v>
+      </c>
+      <c r="AK15" s="5" t="s">
+        <v>44</v>
+      </c>
+      <c r="AL15" s="33">
+        <f t="shared" si="1"/>
+        <v>21</v>
+      </c>
+    </row>
+    <row r="16" spans="1:38" x14ac:dyDescent="0.25">
+      <c r="A16" s="1">
+        <v>15</v>
+      </c>
+      <c r="B16" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="C16" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="D16" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E16" s="24"/>
+      <c r="F16" s="24"/>
+      <c r="G16" s="24"/>
+      <c r="H16" s="24"/>
+      <c r="I16" s="24"/>
+      <c r="J16" s="24"/>
+      <c r="K16" s="24"/>
+      <c r="L16" s="24"/>
+      <c r="M16" s="24"/>
+      <c r="N16" s="24"/>
+      <c r="O16" s="24"/>
+      <c r="P16" s="24"/>
+      <c r="Q16" s="24"/>
+      <c r="R16" s="24"/>
+      <c r="S16" s="24"/>
+      <c r="T16" s="26"/>
+      <c r="U16" s="24"/>
+      <c r="V16" s="24"/>
+      <c r="W16" s="24"/>
+      <c r="X16" s="24"/>
+      <c r="Y16" s="24"/>
+      <c r="Z16" s="24"/>
+      <c r="AA16" s="24"/>
+      <c r="AB16" s="24"/>
+      <c r="AC16" s="24"/>
+      <c r="AD16" s="24"/>
+      <c r="AE16" s="24"/>
+      <c r="AF16" s="24"/>
+      <c r="AG16" s="24"/>
+      <c r="AH16" s="24"/>
+      <c r="AI16" s="24"/>
+      <c r="AJ16" s="16">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="AK16" s="5"/>
+      <c r="AL16" s="33">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="17" spans="1:38" x14ac:dyDescent="0.25">
+      <c r="A17" s="1">
+        <v>16</v>
+      </c>
+      <c r="B17" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="C17" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="D17" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="E17" s="24"/>
+      <c r="F17" s="24"/>
+      <c r="G17" s="24"/>
+      <c r="H17" s="24"/>
+      <c r="I17" s="24"/>
+      <c r="J17" s="24"/>
+      <c r="K17" s="24"/>
+      <c r="L17" s="24"/>
+      <c r="M17" s="24"/>
+      <c r="N17" s="24"/>
+      <c r="O17" s="24"/>
+      <c r="P17" s="24"/>
+      <c r="Q17" s="24"/>
+      <c r="R17" s="24"/>
+      <c r="S17" s="24"/>
+      <c r="T17" s="26"/>
+      <c r="U17" s="24"/>
+      <c r="V17" s="24"/>
+      <c r="W17" s="24"/>
+      <c r="X17" s="24"/>
+      <c r="Y17" s="24"/>
+      <c r="Z17" s="24"/>
+      <c r="AA17" s="24"/>
+      <c r="AB17" s="24"/>
+      <c r="AC17" s="24"/>
+      <c r="AD17" s="24"/>
+      <c r="AE17" s="24"/>
+      <c r="AF17" s="24"/>
+      <c r="AG17" s="24"/>
+      <c r="AH17" s="24"/>
+      <c r="AI17" s="24"/>
+      <c r="AJ17" s="16">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="AK17" s="5"/>
+      <c r="AL17" s="33">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="18" spans="1:38" x14ac:dyDescent="0.25">
+      <c r="A18" s="1">
+        <v>17</v>
+      </c>
+      <c r="B18" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="C18" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="D18" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="E18" s="24"/>
+      <c r="F18" s="24"/>
+      <c r="G18" s="24"/>
+      <c r="H18" s="24"/>
+      <c r="I18" s="24"/>
+      <c r="J18" s="24"/>
+      <c r="K18" s="24"/>
+      <c r="L18" s="24"/>
+      <c r="M18" s="24"/>
+      <c r="N18" s="24"/>
+      <c r="O18" s="24"/>
+      <c r="P18" s="24"/>
+      <c r="Q18" s="24"/>
+      <c r="R18" s="24"/>
+      <c r="S18" s="24"/>
+      <c r="T18" s="24"/>
+      <c r="U18" s="24"/>
+      <c r="V18" s="24"/>
+      <c r="W18" s="24"/>
+      <c r="X18" s="24"/>
+      <c r="Y18" s="24"/>
+      <c r="Z18" s="24"/>
+      <c r="AA18" s="24"/>
+      <c r="AB18" s="24"/>
+      <c r="AC18" s="24"/>
+      <c r="AD18" s="24"/>
+      <c r="AE18" s="24"/>
+      <c r="AF18" s="24"/>
+      <c r="AG18" s="24"/>
+      <c r="AH18" s="24"/>
+      <c r="AI18" s="24"/>
+      <c r="AJ18" s="16">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="AK18" s="5"/>
+      <c r="AL18" s="33">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="19" spans="1:38" x14ac:dyDescent="0.25">
+      <c r="A19" s="1">
+        <v>18</v>
+      </c>
+      <c r="B19" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="C19" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="D19" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="E19" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="F19" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="G19" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="H19" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="I19" s="24" t="s">
+        <v>39</v>
+      </c>
+      <c r="J19" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="K19" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="L19" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="M19" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="N19" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="O19" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="P19" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="Q19" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="R19" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="S19" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="T19" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="U19" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="V19" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="W19" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="X19" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="Y19" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="Z19" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="AA19" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="AB19" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="AC19" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="AD19" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="AE19" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="AF19" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="AG19" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="AH19" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="AI19" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="AJ19" s="16">
+        <f t="shared" si="0"/>
+        <v>31</v>
+      </c>
+      <c r="AK19" s="22" t="s">
+        <v>49</v>
+      </c>
+      <c r="AL19" s="33">
+        <f t="shared" si="1"/>
+        <v>31</v>
+      </c>
+    </row>
+    <row r="20" spans="1:38" x14ac:dyDescent="0.25">
+      <c r="A20" s="1">
+        <v>19</v>
+      </c>
+      <c r="B20" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="C20" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="D20" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="E20" s="24"/>
+      <c r="F20" s="24"/>
+      <c r="G20" s="24"/>
+      <c r="H20" s="24"/>
+      <c r="I20" s="24"/>
+      <c r="J20" s="24"/>
+      <c r="K20" s="24"/>
+      <c r="L20" s="24"/>
+      <c r="M20" s="24"/>
+      <c r="N20" s="24"/>
+      <c r="O20" s="24"/>
+      <c r="P20" s="24"/>
+      <c r="Q20" s="24"/>
+      <c r="R20" s="24"/>
+      <c r="S20" s="24"/>
+      <c r="T20" s="26"/>
+      <c r="U20" s="24"/>
+      <c r="V20" s="24"/>
+      <c r="W20" s="24"/>
+      <c r="X20" s="24"/>
+      <c r="Y20" s="24"/>
+      <c r="Z20" s="24"/>
+      <c r="AA20" s="24"/>
+      <c r="AB20" s="24"/>
+      <c r="AC20" s="24"/>
+      <c r="AD20" s="24"/>
+      <c r="AE20" s="24"/>
+      <c r="AF20" s="24"/>
+      <c r="AG20" s="24"/>
+      <c r="AH20" s="24"/>
+      <c r="AI20" s="24"/>
+      <c r="AJ20" s="16">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="AK20" s="5"/>
+      <c r="AL20" s="33">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="21" spans="1:38" x14ac:dyDescent="0.25">
+      <c r="A21" s="1">
+        <v>20</v>
+      </c>
+      <c r="B21" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="C21" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="D21" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="E21" s="24"/>
+      <c r="F21" s="24"/>
+      <c r="G21" s="24"/>
+      <c r="H21" s="24"/>
+      <c r="I21" s="24"/>
+      <c r="J21" s="24"/>
+      <c r="K21" s="24"/>
+      <c r="L21" s="24"/>
+      <c r="M21" s="24"/>
+      <c r="N21" s="24"/>
+      <c r="O21" s="24"/>
+      <c r="P21" s="24"/>
+      <c r="Q21" s="24"/>
+      <c r="R21" s="24"/>
+      <c r="S21" s="24"/>
+      <c r="T21" s="26"/>
+      <c r="U21" s="24"/>
+      <c r="V21" s="24"/>
+      <c r="W21" s="24"/>
+      <c r="X21" s="24"/>
+      <c r="Y21" s="24"/>
+      <c r="Z21" s="24"/>
+      <c r="AA21" s="24"/>
+      <c r="AB21" s="24"/>
+      <c r="AC21" s="24"/>
+      <c r="AD21" s="24"/>
+      <c r="AE21" s="24"/>
+      <c r="AF21" s="24"/>
+      <c r="AG21" s="24"/>
+      <c r="AH21" s="24"/>
+      <c r="AI21" s="24"/>
+      <c r="AJ21" s="16">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="AK21" s="5"/>
+      <c r="AL21" s="33">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="22" spans="1:38" x14ac:dyDescent="0.25">
+      <c r="A22" s="1">
+        <v>21</v>
+      </c>
+      <c r="B22" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="C22" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="D22" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="E22" s="24"/>
+      <c r="F22" s="24"/>
+      <c r="G22" s="24"/>
+      <c r="H22" s="24"/>
+      <c r="I22" s="24"/>
+      <c r="J22" s="24"/>
+      <c r="K22" s="24"/>
+      <c r="L22" s="24"/>
+      <c r="M22" s="24"/>
+      <c r="N22" s="24"/>
+      <c r="O22" s="24"/>
+      <c r="P22" s="24"/>
+      <c r="Q22" s="24"/>
+      <c r="R22" s="24"/>
+      <c r="S22" s="24"/>
+      <c r="T22" s="26"/>
+      <c r="U22" s="24"/>
+      <c r="V22" s="24"/>
+      <c r="W22" s="24"/>
+      <c r="X22" s="24"/>
+      <c r="Y22" s="24"/>
+      <c r="Z22" s="24"/>
+      <c r="AA22" s="24"/>
+      <c r="AB22" s="24"/>
+      <c r="AC22" s="24"/>
+      <c r="AD22" s="24"/>
+      <c r="AE22" s="24"/>
+      <c r="AF22" s="24"/>
+      <c r="AG22" s="24"/>
+      <c r="AH22" s="24"/>
+      <c r="AI22" s="24"/>
+      <c r="AJ22" s="16">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="AK22" s="5"/>
+      <c r="AL22" s="33">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="23" spans="1:38" x14ac:dyDescent="0.25">
+      <c r="A23" s="1">
+        <v>22</v>
+      </c>
+      <c r="B23" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="C23" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="D23" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="E23" s="24"/>
+      <c r="F23" s="24"/>
+      <c r="G23" s="24"/>
+      <c r="H23" s="24"/>
+      <c r="I23" s="24"/>
+      <c r="J23" s="24"/>
+      <c r="K23" s="24"/>
+      <c r="L23" s="24"/>
+      <c r="M23" s="24"/>
+      <c r="N23" s="24"/>
+      <c r="O23" s="24"/>
+      <c r="P23" s="24"/>
+      <c r="Q23" s="24"/>
+      <c r="R23" s="24"/>
+      <c r="S23" s="24"/>
+      <c r="T23" s="24"/>
+      <c r="U23" s="24"/>
+      <c r="V23" s="24"/>
+      <c r="W23" s="24"/>
+      <c r="X23" s="24"/>
+      <c r="Y23" s="24"/>
+      <c r="Z23" s="24"/>
+      <c r="AA23" s="24"/>
+      <c r="AB23" s="24"/>
+      <c r="AC23" s="24"/>
+      <c r="AD23" s="24"/>
+      <c r="AE23" s="24"/>
+      <c r="AF23" s="24"/>
+      <c r="AG23" s="24"/>
+      <c r="AH23" s="24"/>
+      <c r="AI23" s="24"/>
+      <c r="AJ23" s="16">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="AK23" s="5"/>
+      <c r="AL23" s="33">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="24" spans="1:38" x14ac:dyDescent="0.25">
+      <c r="A24" s="1">
+        <v>23</v>
+      </c>
+      <c r="B24" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="C24" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="D24" s="2" t="s">
+        <v>25</v>
+      </c>
+      <c r="E24" s="24"/>
+      <c r="F24" s="24"/>
+      <c r="G24" s="24"/>
+      <c r="H24" s="24"/>
+      <c r="I24" s="24"/>
+      <c r="J24" s="24"/>
+      <c r="K24" s="24"/>
+      <c r="L24" s="24"/>
+      <c r="M24" s="24"/>
+      <c r="N24" s="24"/>
+      <c r="O24" s="24"/>
+      <c r="P24" s="24"/>
+      <c r="Q24" s="24"/>
+      <c r="R24" s="24"/>
+      <c r="S24" s="24"/>
+      <c r="T24" s="26"/>
+      <c r="U24" s="24"/>
+      <c r="V24" s="24"/>
+      <c r="W24" s="24"/>
+      <c r="X24" s="24"/>
+      <c r="Y24" s="24"/>
+      <c r="Z24" s="24"/>
+      <c r="AA24" s="24"/>
+      <c r="AB24" s="24"/>
+      <c r="AC24" s="24"/>
+      <c r="AD24" s="24"/>
+      <c r="AE24" s="24"/>
+      <c r="AF24" s="24"/>
+      <c r="AG24" s="24"/>
+      <c r="AH24" s="24"/>
+      <c r="AI24" s="24"/>
+      <c r="AJ24" s="16">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="AK24" s="5"/>
+      <c r="AL24" s="33">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="25" spans="1:38" x14ac:dyDescent="0.25">
+      <c r="A25" s="1">
+        <v>24</v>
+      </c>
+      <c r="B25" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="C25" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="D25" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="E25" s="24"/>
+      <c r="F25" s="24"/>
+      <c r="G25" s="24"/>
+      <c r="H25" s="24"/>
+      <c r="I25" s="24"/>
+      <c r="J25" s="24"/>
+      <c r="K25" s="24"/>
+      <c r="L25" s="24"/>
+      <c r="M25" s="24"/>
+      <c r="N25" s="24"/>
+      <c r="O25" s="24"/>
+      <c r="P25" s="24"/>
+      <c r="Q25" s="24"/>
+      <c r="R25" s="24"/>
+      <c r="S25" s="24"/>
+      <c r="T25" s="26"/>
+      <c r="U25" s="24"/>
+      <c r="V25" s="24"/>
+      <c r="W25" s="24"/>
+      <c r="X25" s="24"/>
+      <c r="Y25" s="24"/>
+      <c r="Z25" s="24"/>
+      <c r="AA25" s="24"/>
+      <c r="AB25" s="24"/>
+      <c r="AC25" s="24"/>
+      <c r="AD25" s="24"/>
+      <c r="AE25" s="24"/>
+      <c r="AF25" s="24"/>
+      <c r="AG25" s="24"/>
+      <c r="AH25" s="24"/>
+      <c r="AI25" s="24"/>
+      <c r="AJ25" s="16">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="AK25" s="5"/>
+      <c r="AL25" s="33">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="26" spans="1:38" x14ac:dyDescent="0.25">
+      <c r="A26" s="1">
+        <v>25</v>
+      </c>
+      <c r="B26" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="C26" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="D26" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="E26" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="F26" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="G26" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="H26" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="I26" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="J26" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="K26" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="L26" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="M26" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="N26" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="O26" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="P26" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="Q26" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="R26" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="S26" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="T26" s="4" t="s">
+        <v>4</v>
+      </c>
+      <c r="U26" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="V26" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="W26" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="X26" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="Y26" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="Z26" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="AA26" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="AB26" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="AC26" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="AD26" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="AE26" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="AF26" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="AG26" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="AH26" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="AI26" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="AJ26" s="16">
+        <f t="shared" si="0"/>
+        <v>31</v>
+      </c>
+      <c r="AK26" s="39" t="s">
+        <v>50</v>
+      </c>
+      <c r="AL26" s="33">
+        <f t="shared" si="1"/>
+        <v>31</v>
+      </c>
+    </row>
+    <row r="27" spans="1:38" x14ac:dyDescent="0.25">
+      <c r="A27" s="1">
+        <v>26</v>
+      </c>
+      <c r="B27" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="C27" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="D27" s="2" t="s">
+        <v>28</v>
+      </c>
+      <c r="E27" s="3"/>
+      <c r="F27" s="3"/>
+      <c r="G27" s="3"/>
+      <c r="H27" s="3"/>
+      <c r="I27" s="3"/>
+      <c r="J27" s="3"/>
+      <c r="K27" s="3"/>
+      <c r="L27" s="3"/>
+      <c r="M27" s="3"/>
+      <c r="N27" s="3"/>
+      <c r="O27" s="3"/>
+      <c r="P27" s="3"/>
+      <c r="Q27" s="3"/>
+      <c r="R27" s="3"/>
+      <c r="S27" s="3"/>
+      <c r="T27" s="3"/>
+      <c r="U27" s="24"/>
+      <c r="V27" s="3"/>
+      <c r="W27" s="3"/>
+      <c r="X27" s="3"/>
+      <c r="Y27" s="3"/>
+      <c r="Z27" s="3"/>
+      <c r="AA27" s="3"/>
+      <c r="AB27" s="3"/>
+      <c r="AC27" s="3"/>
+      <c r="AD27" s="3"/>
+      <c r="AE27" s="3"/>
+      <c r="AF27" s="3"/>
+      <c r="AG27" s="3"/>
+      <c r="AH27" s="3"/>
+      <c r="AI27" s="3"/>
+      <c r="AJ27" s="16">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="AK27" s="9"/>
+    </row>
+  </sheetData>
+  <conditionalFormatting sqref="E2:AJ27">
+    <cfRule type="containsText" dxfId="10" priority="1" operator="containsText" text="p">
+      <formula>NOT(ISERROR(SEARCH("p",E2)))</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" scale="60" orientation="landscape" r:id="rId1"/>
+  <headerFooter>
+    <oddHeader>&amp;Cmarzec 2024 r.</oddHeader>
+  </headerFooter>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+  <sheetPr>
+    <pageSetUpPr fitToPage="1"/>
+  </sheetPr>
+  <dimension ref="A1:AL27"/>
+  <sheetViews>
+    <sheetView view="pageLayout" topLeftCell="E1" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="AL2" sqref="AL2:AL27"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="3.5703125" customWidth="1"/>
+    <col min="2" max="2" width="14.7109375" customWidth="1"/>
+    <col min="3" max="3" width="15.42578125" customWidth="1"/>
+    <col min="4" max="4" width="19.42578125" bestFit="1" customWidth="1"/>
+    <col min="5" max="34" width="2.5703125" customWidth="1"/>
+    <col min="35" max="35" width="62.7109375" hidden="1" customWidth="1"/>
+    <col min="36" max="36" width="5.28515625" bestFit="1" customWidth="1"/>
+    <col min="37" max="37" width="62.28515625" bestFit="1" customWidth="1"/>
+    <col min="38" max="38" width="3.140625" bestFit="1" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:38" ht="20.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1" s="11" t="s">
+        <v>29</v>
+      </c>
+      <c r="B1" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="C1" s="11" t="s">
+        <v>31</v>
+      </c>
+      <c r="D1" s="11" t="s">
+        <v>32</v>
+      </c>
+      <c r="E1" s="10">
+        <v>1</v>
+      </c>
+      <c r="F1" s="10">
+        <v>2</v>
+      </c>
+      <c r="G1" s="10">
+        <v>3</v>
+      </c>
+      <c r="H1" s="10">
+        <v>4</v>
+      </c>
+      <c r="I1" s="10">
+        <v>5</v>
+      </c>
+      <c r="J1" s="10">
+        <v>6</v>
+      </c>
+      <c r="K1" s="10">
+        <v>7</v>
+      </c>
+      <c r="L1" s="10">
+        <v>8</v>
+      </c>
+      <c r="M1" s="10">
+        <v>9</v>
+      </c>
+      <c r="N1" s="10">
+        <v>10</v>
+      </c>
+      <c r="O1" s="10">
+        <v>11</v>
+      </c>
+      <c r="P1" s="10">
+        <v>12</v>
+      </c>
+      <c r="Q1" s="10">
+        <v>13</v>
+      </c>
+      <c r="R1" s="10">
+        <v>14</v>
+      </c>
+      <c r="S1" s="10">
+        <v>15</v>
+      </c>
+      <c r="T1" s="10">
+        <v>16</v>
+      </c>
+      <c r="U1" s="10">
+        <v>17</v>
+      </c>
+      <c r="V1" s="10">
+        <v>18</v>
+      </c>
+      <c r="W1" s="10">
+        <v>19</v>
+      </c>
+      <c r="X1" s="10">
+        <v>20</v>
+      </c>
+      <c r="Y1" s="10">
+        <v>21</v>
+      </c>
+      <c r="Z1" s="10">
+        <v>22</v>
+      </c>
+      <c r="AA1" s="10">
+        <v>23</v>
+      </c>
+      <c r="AB1" s="10">
+        <v>24</v>
+      </c>
+      <c r="AC1" s="10">
+        <v>25</v>
+      </c>
+      <c r="AD1" s="10">
+        <v>26</v>
+      </c>
+      <c r="AE1" s="10">
+        <v>27</v>
+      </c>
+      <c r="AF1" s="10">
+        <v>28</v>
+      </c>
+      <c r="AG1" s="10">
+        <v>29</v>
+      </c>
+      <c r="AH1" s="10">
+        <v>30</v>
+      </c>
+      <c r="AJ1" s="20" t="s">
+        <v>34</v>
+      </c>
+      <c r="AK1" s="19" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="2" spans="1:38" x14ac:dyDescent="0.25">
+      <c r="A2" s="1">
+        <v>1</v>
+      </c>
+      <c r="B2" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="C2" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="D2" s="2" t="s">
+        <v>2</v>
+      </c>
+      <c r="E2" s="3"/>
+      <c r="F2" s="3"/>
+      <c r="G2" s="3"/>
+      <c r="H2" s="3"/>
+      <c r="I2" s="3"/>
+      <c r="J2" s="3"/>
+      <c r="K2" s="3"/>
+      <c r="L2" s="3"/>
+      <c r="M2" s="3"/>
+      <c r="N2" s="3"/>
+      <c r="O2" s="3"/>
+      <c r="P2" s="3"/>
+      <c r="Q2" s="3"/>
+      <c r="R2" s="3"/>
+      <c r="S2" s="3"/>
+      <c r="T2" s="4"/>
+      <c r="U2" s="24"/>
+      <c r="V2" s="3"/>
+      <c r="W2" s="3"/>
+      <c r="X2" s="3"/>
+      <c r="Y2" s="3"/>
+      <c r="Z2" s="3"/>
+      <c r="AA2" s="3"/>
+      <c r="AB2" s="3"/>
+      <c r="AC2" s="3"/>
+      <c r="AD2" s="3"/>
+      <c r="AE2" s="3"/>
+      <c r="AF2" s="3"/>
+      <c r="AG2" s="3"/>
+      <c r="AH2" s="3"/>
+      <c r="AI2" s="3"/>
+      <c r="AJ2" s="5">
+        <f t="shared" ref="AJ2:AJ23" si="0">COUNTA(E2:AH2)</f>
+        <v>0</v>
+      </c>
+      <c r="AK2" s="5"/>
+      <c r="AL2" s="31">
+        <f>AJ2</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="3" spans="1:38" x14ac:dyDescent="0.25">
+      <c r="A3" s="1">
+        <v>2</v>
+      </c>
+      <c r="B3" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="C3" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="D3" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="E3" s="3"/>
+      <c r="F3" s="3"/>
+      <c r="G3" s="3"/>
+      <c r="H3" s="3"/>
+      <c r="I3" s="3"/>
+      <c r="J3" s="3"/>
+      <c r="K3" s="3"/>
+      <c r="L3" s="3"/>
+      <c r="M3" s="3"/>
+      <c r="N3" s="3"/>
+      <c r="O3" s="3"/>
+      <c r="P3" s="3"/>
+      <c r="Q3" s="3"/>
+      <c r="R3" s="3"/>
+      <c r="S3" s="3"/>
+      <c r="T3" s="4"/>
+      <c r="U3" s="24"/>
+      <c r="V3" s="3"/>
+      <c r="W3" s="3"/>
+      <c r="X3" s="3"/>
+      <c r="Y3" s="3"/>
+      <c r="Z3" s="3"/>
+      <c r="AA3" s="3"/>
+      <c r="AB3" s="3"/>
+      <c r="AC3" s="3"/>
+      <c r="AD3" s="3"/>
+      <c r="AE3" s="3"/>
+      <c r="AF3" s="3"/>
+      <c r="AG3" s="3"/>
+      <c r="AH3" s="3"/>
+      <c r="AI3" s="3"/>
+      <c r="AJ3" s="5">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="AK3" s="5"/>
+      <c r="AL3" s="31">
+        <f t="shared" ref="AL3:AL27" si="1">AJ3</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="4" spans="1:38" x14ac:dyDescent="0.25">
+      <c r="A4" s="1">
+        <v>3</v>
+      </c>
+      <c r="B4" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="C4" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="D4" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="E4" s="8"/>
+      <c r="F4" s="8"/>
+      <c r="G4" s="8"/>
+      <c r="H4" s="8"/>
+      <c r="I4" s="8"/>
+      <c r="J4" s="8"/>
+      <c r="K4" s="8"/>
+      <c r="L4" s="8"/>
+      <c r="M4" s="8"/>
+      <c r="N4" s="8"/>
+      <c r="O4" s="8"/>
+      <c r="P4" s="8"/>
+      <c r="Q4" s="8"/>
+      <c r="R4" s="8"/>
+      <c r="S4" s="8"/>
+      <c r="T4" s="8"/>
+      <c r="U4" s="8"/>
+      <c r="V4" s="8"/>
+      <c r="W4" s="8"/>
+      <c r="X4" s="8"/>
+      <c r="Y4" s="8"/>
+      <c r="Z4" s="8"/>
+      <c r="AA4" s="8"/>
+      <c r="AB4" s="8"/>
+      <c r="AC4" s="8"/>
+      <c r="AD4" s="8"/>
+      <c r="AE4" s="8"/>
+      <c r="AF4" s="8"/>
+      <c r="AG4" s="8"/>
+      <c r="AH4" s="8"/>
+      <c r="AI4" s="8"/>
+      <c r="AJ4" s="5">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="AK4" s="6"/>
+      <c r="AL4" s="31">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="5" spans="1:38" x14ac:dyDescent="0.25">
+      <c r="A5" s="1">
+        <v>4</v>
+      </c>
+      <c r="B5" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="C5" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="D5" s="2" t="s">
+        <v>6</v>
+      </c>
+      <c r="E5" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="F5" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="G5" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="H5" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="I5" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="J5" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="K5" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="L5" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="M5" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="N5" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="O5" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="P5" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="Q5" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="R5" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="S5" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="T5" s="4" t="s">
+        <v>4</v>
+      </c>
+      <c r="U5" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="V5" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="W5" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="X5" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="Y5" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="Z5" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="AA5" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="AB5" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="AC5" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="AD5" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="AE5" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="AF5" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="AG5" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="AH5" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="AI5" s="3"/>
+      <c r="AJ5" s="5">
+        <f t="shared" si="0"/>
+        <v>30</v>
+      </c>
+      <c r="AK5" s="40" t="s">
+        <v>51</v>
+      </c>
+      <c r="AL5" s="31">
+        <f t="shared" si="1"/>
+        <v>30</v>
+      </c>
+    </row>
+    <row r="6" spans="1:38" x14ac:dyDescent="0.25">
+      <c r="A6" s="1">
+        <v>5</v>
+      </c>
+      <c r="B6" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="C6" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="D6" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="E6" s="8"/>
+      <c r="F6" s="8"/>
+      <c r="G6" s="8"/>
+      <c r="H6" s="8"/>
+      <c r="I6" s="8"/>
+      <c r="J6" s="8"/>
+      <c r="K6" s="8"/>
+      <c r="L6" s="8"/>
+      <c r="M6" s="8"/>
+      <c r="N6" s="8"/>
+      <c r="O6" s="8"/>
+      <c r="P6" s="8"/>
+      <c r="Q6" s="8"/>
+      <c r="R6" s="8"/>
+      <c r="S6" s="8"/>
+      <c r="T6" s="8"/>
+      <c r="U6" s="8"/>
+      <c r="V6" s="8"/>
+      <c r="W6" s="8"/>
+      <c r="X6" s="8"/>
+      <c r="Y6" s="8"/>
+      <c r="Z6" s="8"/>
+      <c r="AA6" s="8"/>
+      <c r="AB6" s="8"/>
+      <c r="AC6" s="8"/>
+      <c r="AD6" s="8"/>
+      <c r="AE6" s="8"/>
+      <c r="AF6" s="8"/>
+      <c r="AG6" s="8"/>
+      <c r="AH6" s="8"/>
+      <c r="AI6" s="8"/>
+      <c r="AJ6" s="5">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="AK6" s="5"/>
+      <c r="AL6" s="31">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="7" spans="1:38" x14ac:dyDescent="0.25">
+      <c r="A7" s="1">
+        <v>6</v>
+      </c>
+      <c r="B7" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="C7" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="D7" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="E7" s="25"/>
+      <c r="F7" s="25"/>
+      <c r="G7" s="25"/>
+      <c r="H7" s="25"/>
+      <c r="I7" s="25"/>
+      <c r="J7" s="25"/>
+      <c r="K7" s="25"/>
+      <c r="L7" s="25"/>
+      <c r="M7" s="25"/>
+      <c r="N7" s="25"/>
+      <c r="O7" s="25"/>
+      <c r="P7" s="25"/>
+      <c r="Q7" s="25"/>
+      <c r="R7" s="25"/>
+      <c r="S7" s="25"/>
+      <c r="T7" s="25"/>
+      <c r="U7" s="25"/>
+      <c r="V7" s="25"/>
+      <c r="W7" s="25"/>
+      <c r="X7" s="25"/>
+      <c r="Y7" s="25"/>
+      <c r="Z7" s="25"/>
+      <c r="AA7" s="25"/>
+      <c r="AB7" s="25"/>
+      <c r="AC7" s="25"/>
+      <c r="AD7" s="25"/>
+      <c r="AE7" s="25"/>
+      <c r="AF7" s="25"/>
+      <c r="AG7" s="25"/>
+      <c r="AH7" s="25"/>
+      <c r="AI7" s="25"/>
+      <c r="AJ7" s="5">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="AK7" s="6"/>
+      <c r="AL7" s="31">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="8" spans="1:38" x14ac:dyDescent="0.25">
+      <c r="A8" s="1">
+        <v>7</v>
+      </c>
+      <c r="B8" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="C8" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="D8" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E8" s="8"/>
+      <c r="F8" s="8"/>
+      <c r="G8" s="8"/>
+      <c r="H8" s="8"/>
+      <c r="I8" s="8"/>
+      <c r="J8" s="8"/>
+      <c r="K8" s="8"/>
+      <c r="L8" s="8"/>
+      <c r="M8" s="8"/>
+      <c r="N8" s="8"/>
+      <c r="O8" s="8"/>
+      <c r="P8" s="8"/>
+      <c r="Q8" s="8"/>
+      <c r="R8" s="8"/>
+      <c r="S8" s="8"/>
+      <c r="T8" s="8"/>
+      <c r="U8" s="8"/>
+      <c r="V8" s="8"/>
+      <c r="W8" s="8"/>
+      <c r="X8" s="8"/>
+      <c r="Y8" s="8"/>
+      <c r="Z8" s="8"/>
+      <c r="AA8" s="8"/>
+      <c r="AB8" s="24"/>
+      <c r="AC8" s="8"/>
+      <c r="AD8" s="8"/>
+      <c r="AE8" s="8"/>
+      <c r="AF8" s="8"/>
+      <c r="AG8" s="8"/>
+      <c r="AH8" s="8"/>
+      <c r="AI8" s="8"/>
+      <c r="AJ8" s="5">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="AK8" s="5"/>
+      <c r="AL8" s="31">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="9" spans="1:38" x14ac:dyDescent="0.25">
+      <c r="A9" s="1">
+        <v>8</v>
+      </c>
+      <c r="B9" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="C9" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="D9" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="E9" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="F9" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="G9" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="H9" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="I9" s="24" t="s">
+        <v>39</v>
+      </c>
+      <c r="J9" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="K9" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="L9" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="M9" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="N9" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="O9" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="P9" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="Q9" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="R9" s="26" t="s">
+        <v>4</v>
+      </c>
+      <c r="S9" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="T9" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="U9" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="V9" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="W9" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="X9" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="Y9" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="Z9" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="AA9" s="24"/>
+      <c r="AB9" s="24"/>
+      <c r="AC9" s="24"/>
+      <c r="AD9" s="24"/>
+      <c r="AE9" s="3"/>
+      <c r="AF9" s="3"/>
+      <c r="AG9" s="3"/>
+      <c r="AH9" s="3"/>
+      <c r="AI9" s="3"/>
+      <c r="AJ9" s="5">
+        <f t="shared" si="0"/>
+        <v>22</v>
+      </c>
+      <c r="AK9" s="5" t="s">
+        <v>47</v>
+      </c>
+      <c r="AL9" s="31">
+        <f t="shared" si="1"/>
+        <v>22</v>
+      </c>
+    </row>
+    <row r="10" spans="1:38" x14ac:dyDescent="0.25">
+      <c r="A10" s="1">
+        <v>9</v>
+      </c>
+      <c r="B10" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="C10" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="D10" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E10" s="3"/>
+      <c r="F10" s="24"/>
+      <c r="G10" s="24"/>
+      <c r="H10" s="24"/>
+      <c r="I10" s="24"/>
+      <c r="J10" s="24"/>
+      <c r="K10" s="24"/>
+      <c r="L10" s="24"/>
+      <c r="M10" s="24"/>
+      <c r="N10" s="24"/>
+      <c r="O10" s="24"/>
+      <c r="P10" s="24"/>
+      <c r="Q10" s="24"/>
+      <c r="R10" s="26"/>
+      <c r="S10" s="24"/>
+      <c r="T10" s="24"/>
+      <c r="U10" s="24"/>
+      <c r="V10" s="24"/>
+      <c r="W10" s="24"/>
+      <c r="X10" s="24"/>
+      <c r="Y10" s="24"/>
+      <c r="Z10" s="24"/>
+      <c r="AA10" s="24"/>
+      <c r="AB10" s="24"/>
+      <c r="AC10" s="24"/>
+      <c r="AD10" s="24"/>
+      <c r="AE10" s="3"/>
+      <c r="AF10" s="3"/>
+      <c r="AG10" s="3"/>
+      <c r="AH10" s="3"/>
+      <c r="AI10" s="3"/>
+      <c r="AJ10" s="5">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="AK10" s="5"/>
+      <c r="AL10" s="31">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="11" spans="1:38" x14ac:dyDescent="0.25">
+      <c r="A11" s="1">
+        <v>10</v>
+      </c>
+      <c r="B11" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="C11" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="D11" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E11" s="3"/>
+      <c r="F11" s="24"/>
+      <c r="G11" s="24"/>
+      <c r="H11" s="24"/>
+      <c r="I11" s="24"/>
+      <c r="J11" s="24"/>
+      <c r="K11" s="24"/>
+      <c r="L11" s="24"/>
+      <c r="M11" s="24"/>
+      <c r="N11" s="24"/>
+      <c r="O11" s="24"/>
+      <c r="P11" s="24"/>
+      <c r="Q11" s="24"/>
+      <c r="R11" s="26"/>
+      <c r="S11" s="24"/>
+      <c r="T11" s="24"/>
+      <c r="U11" s="24"/>
+      <c r="V11" s="24"/>
+      <c r="W11" s="24"/>
+      <c r="X11" s="24"/>
+      <c r="Y11" s="24"/>
+      <c r="Z11" s="24"/>
+      <c r="AA11" s="24"/>
+      <c r="AB11" s="24"/>
+      <c r="AC11" s="24"/>
+      <c r="AD11" s="24"/>
+      <c r="AE11" s="3"/>
+      <c r="AF11" s="3"/>
+      <c r="AG11" s="3"/>
+      <c r="AH11" s="3"/>
+      <c r="AI11" s="3"/>
+      <c r="AJ11" s="5">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="AK11" s="5"/>
+      <c r="AL11" s="31">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="12" spans="1:38" x14ac:dyDescent="0.25">
+      <c r="A12" s="1">
+        <v>11</v>
+      </c>
+      <c r="B12" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="C12" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="D12" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E12" s="3"/>
+      <c r="F12" s="24"/>
+      <c r="G12" s="24"/>
+      <c r="H12" s="24"/>
+      <c r="I12" s="24"/>
+      <c r="J12" s="24"/>
+      <c r="K12" s="24"/>
+      <c r="L12" s="24"/>
+      <c r="M12" s="24"/>
+      <c r="N12" s="24"/>
+      <c r="O12" s="24"/>
+      <c r="P12" s="24"/>
+      <c r="Q12" s="24"/>
+      <c r="R12" s="26"/>
+      <c r="S12" s="24"/>
+      <c r="T12" s="24"/>
+      <c r="U12" s="24"/>
+      <c r="V12" s="24"/>
+      <c r="W12" s="24"/>
+      <c r="X12" s="24"/>
+      <c r="Y12" s="24"/>
+      <c r="Z12" s="24"/>
+      <c r="AA12" s="24"/>
+      <c r="AB12" s="24"/>
+      <c r="AC12" s="24"/>
+      <c r="AD12" s="24"/>
+      <c r="AE12" s="3"/>
+      <c r="AF12" s="3"/>
+      <c r="AG12" s="3"/>
+      <c r="AH12" s="3"/>
+      <c r="AI12" s="3"/>
+      <c r="AJ12" s="5">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="AK12" s="5"/>
+      <c r="AL12" s="31">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="13" spans="1:38" x14ac:dyDescent="0.25">
+      <c r="A13" s="1">
+        <v>12</v>
+      </c>
+      <c r="B13" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="C13" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="D13" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="E13" s="3"/>
+      <c r="F13" s="24"/>
+      <c r="G13" s="24"/>
+      <c r="H13" s="24"/>
+      <c r="I13" s="24"/>
+      <c r="J13" s="24"/>
+      <c r="K13" s="24"/>
+      <c r="L13" s="24"/>
+      <c r="M13" s="24"/>
+      <c r="N13" s="24"/>
+      <c r="O13" s="24"/>
+      <c r="P13" s="24"/>
+      <c r="Q13" s="24"/>
+      <c r="R13" s="26"/>
+      <c r="S13" s="24"/>
+      <c r="T13" s="24"/>
+      <c r="U13" s="24"/>
+      <c r="V13" s="24"/>
+      <c r="W13" s="24"/>
+      <c r="X13" s="24"/>
+      <c r="Y13" s="24"/>
+      <c r="Z13" s="24"/>
+      <c r="AA13" s="24"/>
+      <c r="AB13" s="24"/>
+      <c r="AC13" s="24"/>
+      <c r="AD13" s="24"/>
+      <c r="AE13" s="3"/>
+      <c r="AF13" s="3"/>
+      <c r="AG13" s="3"/>
+      <c r="AH13" s="3"/>
+      <c r="AI13" s="3"/>
+      <c r="AJ13" s="5">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="AK13" s="7"/>
+      <c r="AL13" s="31">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="14" spans="1:38" x14ac:dyDescent="0.25">
+      <c r="A14" s="1">
+        <v>13</v>
+      </c>
+      <c r="B14" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="C14" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="D14" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="E14" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="F14" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="G14" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="H14" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="I14" s="24" t="s">
+        <v>39</v>
+      </c>
+      <c r="J14" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="K14" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="L14" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="M14" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="N14" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="O14" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="P14" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="Q14" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="R14" s="26" t="s">
+        <v>4</v>
+      </c>
+      <c r="S14" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="T14" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="U14" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="V14" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="W14" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="X14" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="Y14" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="Z14" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="AA14" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="AB14" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="AC14" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="AD14" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="AE14" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="AF14" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="AG14" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="AH14" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="AI14" s="3"/>
+      <c r="AJ14" s="5">
+        <f t="shared" si="0"/>
+        <v>30</v>
+      </c>
+      <c r="AK14" s="5" t="s">
+        <v>48</v>
+      </c>
+      <c r="AL14" s="31">
+        <f t="shared" si="1"/>
+        <v>30</v>
+      </c>
+    </row>
+    <row r="15" spans="1:38" x14ac:dyDescent="0.25">
+      <c r="A15" s="1">
+        <v>14</v>
+      </c>
+      <c r="B15" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="C15" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="D15" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="E15" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="F15" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="G15" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="H15" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="I15" s="24" t="s">
+        <v>39</v>
+      </c>
+      <c r="J15" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="K15" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="L15" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="M15" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="N15" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="O15" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="P15" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="Q15" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="R15" s="26" t="s">
+        <v>4</v>
+      </c>
+      <c r="S15" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="T15" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="U15" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="V15" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="W15" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="X15" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="Y15" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="Z15" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="AA15" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="AB15" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="AC15" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="AD15" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="AE15" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="AF15" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="AG15" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="AH15" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="AI15" s="3"/>
+      <c r="AJ15" s="5">
+        <f t="shared" si="0"/>
+        <v>30</v>
+      </c>
+      <c r="AK15" s="7" t="s">
+        <v>44</v>
+      </c>
+      <c r="AL15" s="31">
+        <f t="shared" si="1"/>
+        <v>30</v>
+      </c>
+    </row>
+    <row r="16" spans="1:38" x14ac:dyDescent="0.25">
+      <c r="A16" s="1">
+        <v>15</v>
+      </c>
+      <c r="B16" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="C16" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="D16" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E16" s="24"/>
+      <c r="F16" s="24"/>
+      <c r="G16" s="24"/>
+      <c r="H16" s="24"/>
+      <c r="I16" s="24"/>
+      <c r="J16" s="24"/>
+      <c r="K16" s="24"/>
+      <c r="L16" s="24"/>
+      <c r="M16" s="24"/>
+      <c r="N16" s="24"/>
+      <c r="O16" s="24"/>
+      <c r="P16" s="24"/>
+      <c r="Q16" s="24"/>
+      <c r="R16" s="24"/>
+      <c r="S16" s="24"/>
+      <c r="T16" s="26"/>
+      <c r="U16" s="24"/>
+      <c r="V16" s="24"/>
+      <c r="W16" s="24"/>
+      <c r="X16" s="24"/>
+      <c r="Y16" s="24"/>
+      <c r="Z16" s="24"/>
+      <c r="AA16" s="24"/>
+      <c r="AB16" s="24"/>
+      <c r="AC16" s="24"/>
+      <c r="AD16" s="24"/>
+      <c r="AE16" s="24"/>
+      <c r="AF16" s="24"/>
+      <c r="AG16" s="24"/>
+      <c r="AH16" s="24"/>
+      <c r="AI16" s="24"/>
+      <c r="AJ16" s="5">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="AK16" s="5"/>
+      <c r="AL16" s="31">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="17" spans="1:38" x14ac:dyDescent="0.25">
+      <c r="A17" s="1">
+        <v>16</v>
+      </c>
+      <c r="B17" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="C17" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="D17" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="E17" s="24"/>
+      <c r="F17" s="24"/>
+      <c r="G17" s="24"/>
+      <c r="H17" s="24"/>
+      <c r="I17" s="24"/>
+      <c r="J17" s="24"/>
+      <c r="K17" s="24"/>
+      <c r="L17" s="24"/>
+      <c r="M17" s="24"/>
+      <c r="N17" s="24"/>
+      <c r="O17" s="24"/>
+      <c r="P17" s="24"/>
+      <c r="Q17" s="24"/>
+      <c r="R17" s="24"/>
+      <c r="S17" s="24"/>
+      <c r="T17" s="26"/>
+      <c r="U17" s="24"/>
+      <c r="V17" s="24"/>
+      <c r="W17" s="24"/>
+      <c r="X17" s="24"/>
+      <c r="Y17" s="24"/>
+      <c r="Z17" s="24"/>
+      <c r="AA17" s="24"/>
+      <c r="AB17" s="24"/>
+      <c r="AC17" s="24"/>
+      <c r="AD17" s="24"/>
+      <c r="AE17" s="24"/>
+      <c r="AF17" s="24"/>
+      <c r="AG17" s="24"/>
+      <c r="AH17" s="24"/>
+      <c r="AI17" s="24"/>
+      <c r="AJ17" s="5">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="AK17" s="5"/>
+      <c r="AL17" s="31">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="18" spans="1:38" x14ac:dyDescent="0.25">
+      <c r="A18" s="1">
+        <v>17</v>
+      </c>
+      <c r="B18" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="C18" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="D18" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="E18" s="24"/>
+      <c r="F18" s="24"/>
+      <c r="G18" s="24"/>
+      <c r="H18" s="24"/>
+      <c r="I18" s="24"/>
+      <c r="J18" s="24"/>
+      <c r="K18" s="24"/>
+      <c r="L18" s="24"/>
+      <c r="M18" s="24"/>
+      <c r="N18" s="24"/>
+      <c r="O18" s="24"/>
+      <c r="P18" s="24"/>
+      <c r="Q18" s="24"/>
+      <c r="R18" s="24"/>
+      <c r="S18" s="24"/>
+      <c r="T18" s="24"/>
+      <c r="U18" s="24"/>
+      <c r="V18" s="24"/>
+      <c r="W18" s="24"/>
+      <c r="X18" s="24"/>
+      <c r="Y18" s="24"/>
+      <c r="Z18" s="24"/>
+      <c r="AA18" s="24"/>
+      <c r="AB18" s="24"/>
+      <c r="AC18" s="24"/>
+      <c r="AD18" s="24"/>
+      <c r="AE18" s="24"/>
+      <c r="AF18" s="24"/>
+      <c r="AG18" s="24"/>
+      <c r="AH18" s="24"/>
+      <c r="AI18" s="24"/>
+      <c r="AJ18" s="5">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="AK18" s="5"/>
+      <c r="AL18" s="31">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="19" spans="1:38" x14ac:dyDescent="0.25">
+      <c r="A19" s="1">
+        <v>18</v>
+      </c>
+      <c r="B19" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="C19" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="D19" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="E19" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="F19" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="G19" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="H19" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="I19" s="24" t="s">
+        <v>39</v>
+      </c>
+      <c r="J19" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="K19" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="L19" s="24"/>
+      <c r="M19" s="24"/>
+      <c r="N19" s="24"/>
+      <c r="O19" s="24"/>
+      <c r="P19" s="24"/>
+      <c r="Q19" s="24"/>
+      <c r="R19" s="24"/>
+      <c r="S19" s="24"/>
+      <c r="T19" s="24"/>
+      <c r="U19" s="24"/>
+      <c r="V19" s="24"/>
+      <c r="W19" s="24"/>
+      <c r="X19" s="24"/>
+      <c r="Y19" s="24"/>
+      <c r="Z19" s="24"/>
+      <c r="AA19" s="24"/>
+      <c r="AB19" s="24"/>
+      <c r="AC19" s="24"/>
+      <c r="AD19" s="24"/>
+      <c r="AE19" s="24"/>
+      <c r="AF19" s="24"/>
+      <c r="AG19" s="24"/>
+      <c r="AH19" s="24"/>
+      <c r="AI19" s="24"/>
+      <c r="AJ19" s="5">
+        <f t="shared" si="0"/>
+        <v>7</v>
+      </c>
+      <c r="AK19" s="7" t="s">
+        <v>52</v>
+      </c>
+      <c r="AL19" s="31">
+        <f t="shared" si="1"/>
+        <v>7</v>
+      </c>
+    </row>
+    <row r="20" spans="1:38" x14ac:dyDescent="0.25">
+      <c r="A20" s="1">
+        <v>19</v>
+      </c>
+      <c r="B20" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="C20" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="D20" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="E20" s="24"/>
+      <c r="F20" s="24"/>
+      <c r="G20" s="24"/>
+      <c r="H20" s="24"/>
+      <c r="I20" s="24"/>
+      <c r="J20" s="24"/>
+      <c r="K20" s="24"/>
+      <c r="L20" s="24"/>
+      <c r="M20" s="24"/>
+      <c r="N20" s="24"/>
+      <c r="O20" s="24"/>
+      <c r="P20" s="24"/>
+      <c r="Q20" s="24"/>
+      <c r="R20" s="24"/>
+      <c r="S20" s="24"/>
+      <c r="T20" s="26"/>
+      <c r="U20" s="24"/>
+      <c r="V20" s="24"/>
+      <c r="W20" s="24"/>
+      <c r="X20" s="24"/>
+      <c r="Y20" s="24"/>
+      <c r="Z20" s="24"/>
+      <c r="AA20" s="24"/>
+      <c r="AB20" s="24"/>
+      <c r="AC20" s="24"/>
+      <c r="AD20" s="24"/>
+      <c r="AE20" s="24"/>
+      <c r="AF20" s="24"/>
+      <c r="AG20" s="24"/>
+      <c r="AH20" s="24"/>
+      <c r="AI20" s="24"/>
+      <c r="AJ20" s="5">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="AK20" s="5"/>
+      <c r="AL20" s="31">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="21" spans="1:38" x14ac:dyDescent="0.25">
+      <c r="A21" s="1">
+        <v>20</v>
+      </c>
+      <c r="B21" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="C21" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="D21" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="E21" s="24"/>
+      <c r="F21" s="24"/>
+      <c r="G21" s="24"/>
+      <c r="H21" s="24"/>
+      <c r="I21" s="24"/>
+      <c r="J21" s="24"/>
+      <c r="K21" s="24"/>
+      <c r="L21" s="24"/>
+      <c r="M21" s="24"/>
+      <c r="N21" s="24"/>
+      <c r="O21" s="24"/>
+      <c r="P21" s="24"/>
+      <c r="Q21" s="24"/>
+      <c r="R21" s="24"/>
+      <c r="S21" s="24"/>
+      <c r="T21" s="26"/>
+      <c r="U21" s="24"/>
+      <c r="V21" s="24"/>
+      <c r="W21" s="24"/>
+      <c r="X21" s="24"/>
+      <c r="Y21" s="24"/>
+      <c r="Z21" s="24"/>
+      <c r="AA21" s="24"/>
+      <c r="AB21" s="24"/>
+      <c r="AC21" s="24"/>
+      <c r="AD21" s="24"/>
+      <c r="AE21" s="24"/>
+      <c r="AF21" s="24"/>
+      <c r="AG21" s="24"/>
+      <c r="AH21" s="24"/>
+      <c r="AI21" s="24"/>
+      <c r="AJ21" s="5">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="AK21" s="5"/>
+      <c r="AL21" s="31">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="22" spans="1:38" x14ac:dyDescent="0.25">
+      <c r="A22" s="1">
+        <v>21</v>
+      </c>
+      <c r="B22" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="C22" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="D22" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="E22" s="24"/>
+      <c r="F22" s="24"/>
+      <c r="G22" s="24"/>
+      <c r="H22" s="24"/>
+      <c r="I22" s="24"/>
+      <c r="J22" s="24"/>
+      <c r="K22" s="24"/>
+      <c r="L22" s="24"/>
+      <c r="M22" s="24"/>
+      <c r="N22" s="24"/>
+      <c r="O22" s="24"/>
+      <c r="P22" s="24"/>
+      <c r="Q22" s="24"/>
+      <c r="R22" s="24"/>
+      <c r="S22" s="24"/>
+      <c r="T22" s="26"/>
+      <c r="U22" s="24"/>
+      <c r="V22" s="24"/>
+      <c r="W22" s="24"/>
+      <c r="X22" s="24"/>
+      <c r="Y22" s="24"/>
+      <c r="Z22" s="24"/>
+      <c r="AA22" s="24"/>
+      <c r="AB22" s="24"/>
+      <c r="AC22" s="24"/>
+      <c r="AD22" s="24"/>
+      <c r="AE22" s="24"/>
+      <c r="AF22" s="24"/>
+      <c r="AG22" s="24"/>
+      <c r="AH22" s="24"/>
+      <c r="AI22" s="24"/>
+      <c r="AJ22" s="5">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="AK22" s="5"/>
+      <c r="AL22" s="31">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="23" spans="1:38" x14ac:dyDescent="0.25">
+      <c r="A23" s="1">
+        <v>22</v>
+      </c>
+      <c r="B23" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="C23" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="D23" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="E23" s="24"/>
+      <c r="F23" s="24"/>
+      <c r="G23" s="24"/>
+      <c r="H23" s="24"/>
+      <c r="I23" s="24"/>
+      <c r="J23" s="24"/>
+      <c r="K23" s="24"/>
+      <c r="L23" s="24"/>
+      <c r="M23" s="24"/>
+      <c r="N23" s="24"/>
+      <c r="O23" s="24"/>
+      <c r="P23" s="24"/>
+      <c r="Q23" s="24"/>
+      <c r="R23" s="24"/>
+      <c r="S23" s="24"/>
+      <c r="T23" s="24"/>
+      <c r="U23" s="24"/>
+      <c r="V23" s="24"/>
+      <c r="W23" s="24"/>
+      <c r="X23" s="24"/>
+      <c r="Y23" s="24"/>
+      <c r="Z23" s="24"/>
+      <c r="AA23" s="24"/>
+      <c r="AB23" s="24"/>
+      <c r="AC23" s="24"/>
+      <c r="AD23" s="24"/>
+      <c r="AE23" s="24"/>
+      <c r="AF23" s="24"/>
+      <c r="AG23" s="24"/>
+      <c r="AH23" s="24"/>
+      <c r="AI23" s="24"/>
+      <c r="AJ23" s="5">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="AK23" s="5"/>
+      <c r="AL23" s="31">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="24" spans="1:38" x14ac:dyDescent="0.25">
+      <c r="A24" s="1">
+        <v>23</v>
+      </c>
+      <c r="B24" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="C24" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="D24" s="2" t="s">
+        <v>25</v>
+      </c>
+      <c r="E24" s="24"/>
+      <c r="F24" s="24"/>
+      <c r="G24" s="24"/>
+      <c r="H24" s="24"/>
+      <c r="I24" s="24"/>
+      <c r="J24" s="24"/>
+      <c r="K24" s="24"/>
+      <c r="L24" s="24"/>
+      <c r="M24" s="24"/>
+      <c r="N24" s="24"/>
+      <c r="O24" s="24"/>
+      <c r="P24" s="24"/>
+      <c r="Q24" s="24"/>
+      <c r="R24" s="24"/>
+      <c r="S24" s="24"/>
+      <c r="T24" s="26"/>
+      <c r="U24" s="24"/>
+      <c r="V24" s="24"/>
+      <c r="W24" s="24"/>
+      <c r="X24" s="24"/>
+      <c r="Y24" s="24"/>
+      <c r="Z24" s="24"/>
+      <c r="AA24" s="24"/>
+      <c r="AB24" s="24"/>
+      <c r="AC24" s="24"/>
+      <c r="AD24" s="24"/>
+      <c r="AE24" s="24"/>
+      <c r="AF24" s="24"/>
+      <c r="AG24" s="24"/>
+      <c r="AH24" s="24"/>
+      <c r="AI24" s="24"/>
+      <c r="AJ24" s="5">
+        <v>0</v>
+      </c>
+      <c r="AK24" s="5"/>
+      <c r="AL24" s="31">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="25" spans="1:38" x14ac:dyDescent="0.25">
+      <c r="A25" s="1">
+        <v>24</v>
+      </c>
+      <c r="B25" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="C25" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="D25" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="E25" s="24"/>
+      <c r="F25" s="24"/>
+      <c r="G25" s="24"/>
+      <c r="H25" s="24"/>
+      <c r="I25" s="24"/>
+      <c r="J25" s="24"/>
+      <c r="K25" s="24"/>
+      <c r="L25" s="24"/>
+      <c r="M25" s="24"/>
+      <c r="N25" s="24"/>
+      <c r="O25" s="24"/>
+      <c r="P25" s="24"/>
+      <c r="Q25" s="24"/>
+      <c r="R25" s="24"/>
+      <c r="S25" s="24"/>
+      <c r="T25" s="26"/>
+      <c r="U25" s="24"/>
+      <c r="V25" s="24"/>
+      <c r="W25" s="24"/>
+      <c r="X25" s="24"/>
+      <c r="Y25" s="24"/>
+      <c r="Z25" s="24"/>
+      <c r="AA25" s="24"/>
+      <c r="AB25" s="24"/>
+      <c r="AC25" s="24"/>
+      <c r="AD25" s="24"/>
+      <c r="AE25" s="24"/>
+      <c r="AF25" s="24"/>
+      <c r="AG25" s="24"/>
+      <c r="AH25" s="24"/>
+      <c r="AI25" s="24"/>
+      <c r="AJ25" s="5">
+        <f>COUNTA(E25:AH25)</f>
+        <v>0</v>
+      </c>
+      <c r="AK25" s="5"/>
+      <c r="AL25" s="31">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="26" spans="1:38" x14ac:dyDescent="0.25">
+      <c r="A26" s="1">
+        <v>25</v>
+      </c>
+      <c r="B26" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="C26" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="D26" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="E26" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="F26" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="G26" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="H26" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="I26" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="J26" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="K26" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="L26" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="M26" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="N26" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="O26" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="P26" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="Q26" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="R26" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="S26" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="T26" s="4"/>
+      <c r="U26" s="24"/>
+      <c r="V26" s="3"/>
+      <c r="W26" s="3"/>
+      <c r="X26" s="3"/>
+      <c r="Y26" s="3"/>
+      <c r="Z26" s="3"/>
+      <c r="AA26" s="3"/>
+      <c r="AB26" s="3"/>
+      <c r="AC26" s="3"/>
+      <c r="AD26" s="3"/>
+      <c r="AE26" s="3"/>
+      <c r="AF26" s="3"/>
+      <c r="AG26" s="3"/>
+      <c r="AH26" s="3"/>
+      <c r="AI26" s="3"/>
+      <c r="AJ26" s="5">
+        <f>COUNTA(E26:AH26)</f>
+        <v>15</v>
+      </c>
+      <c r="AK26" s="39" t="s">
+        <v>53</v>
+      </c>
+      <c r="AL26" s="31">
+        <f t="shared" si="1"/>
+        <v>15</v>
+      </c>
+    </row>
+    <row r="27" spans="1:38" x14ac:dyDescent="0.25">
+      <c r="A27" s="1">
+        <v>26</v>
+      </c>
+      <c r="B27" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="C27" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="D27" s="2" t="s">
+        <v>28</v>
+      </c>
+      <c r="E27" s="3"/>
+      <c r="F27" s="3"/>
+      <c r="G27" s="3"/>
+      <c r="H27" s="3"/>
+      <c r="I27" s="3"/>
+      <c r="J27" s="3"/>
+      <c r="K27" s="3"/>
+      <c r="L27" s="3"/>
+      <c r="M27" s="3"/>
+      <c r="N27" s="3"/>
+      <c r="O27" s="3"/>
+      <c r="P27" s="3"/>
+      <c r="Q27" s="3"/>
+      <c r="R27" s="3"/>
+      <c r="S27" s="3"/>
+      <c r="T27" s="3"/>
+      <c r="U27" s="24"/>
+      <c r="V27" s="3"/>
+      <c r="W27" s="3"/>
+      <c r="X27" s="3"/>
+      <c r="Y27" s="3"/>
+      <c r="Z27" s="3"/>
+      <c r="AA27" s="3"/>
+      <c r="AB27" s="3"/>
+      <c r="AC27" s="3"/>
+      <c r="AD27" s="3"/>
+      <c r="AE27" s="3"/>
+      <c r="AF27" s="3"/>
+      <c r="AG27" s="3"/>
+      <c r="AH27" s="3"/>
+      <c r="AI27" s="3"/>
+      <c r="AJ27" s="5">
+        <f>COUNTA(E27:AH27)</f>
+        <v>0</v>
+      </c>
+      <c r="AK27" s="9"/>
+      <c r="AL27" s="31">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+  </sheetData>
+  <conditionalFormatting sqref="E2:AH27">
+    <cfRule type="containsText" dxfId="9" priority="1" operator="containsText" text="p">
+      <formula>NOT(ISERROR(SEARCH("p",E2)))</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" scale="65" orientation="landscape" horizontalDpi="1200" verticalDpi="1200" r:id="rId1"/>
+  <headerFooter>
+    <oddHeader>&amp;Ckwiecień 2024 r.</oddHeader>
+  </headerFooter>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+  <sheetPr>
+    <pageSetUpPr fitToPage="1"/>
+  </sheetPr>
+  <dimension ref="A1:AL27"/>
+  <sheetViews>
+    <sheetView view="pageLayout" topLeftCell="B1" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="AL2" sqref="AL2:AL27"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="4" customWidth="1"/>
+    <col min="2" max="2" width="14.7109375" customWidth="1"/>
+    <col min="3" max="3" width="15.42578125" customWidth="1"/>
+    <col min="4" max="4" width="26.42578125" customWidth="1"/>
+    <col min="5" max="35" width="2.5703125" customWidth="1"/>
+    <col min="36" max="36" width="5.28515625" bestFit="1" customWidth="1"/>
+    <col min="37" max="37" width="56.7109375" bestFit="1" customWidth="1"/>
+    <col min="38" max="38" width="3.140625" bestFit="1" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:38" x14ac:dyDescent="0.25">
+      <c r="A1" s="11" t="s">
+        <v>29</v>
+      </c>
+      <c r="B1" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="C1" s="11" t="s">
+        <v>31</v>
+      </c>
+      <c r="D1" s="11" t="s">
+        <v>32</v>
+      </c>
+      <c r="E1" s="10">
+        <v>1</v>
+      </c>
+      <c r="F1" s="10">
+        <v>2</v>
+      </c>
+      <c r="G1" s="10">
+        <v>3</v>
+      </c>
+      <c r="H1" s="10">
+        <v>4</v>
+      </c>
+      <c r="I1" s="10">
+        <v>5</v>
+      </c>
+      <c r="J1" s="10">
+        <v>6</v>
+      </c>
+      <c r="K1" s="10">
+        <v>7</v>
+      </c>
+      <c r="L1" s="10">
+        <v>8</v>
+      </c>
+      <c r="M1" s="10">
+        <v>9</v>
+      </c>
+      <c r="N1" s="10">
+        <v>10</v>
+      </c>
+      <c r="O1" s="10">
+        <v>11</v>
+      </c>
+      <c r="P1" s="10">
+        <v>12</v>
+      </c>
+      <c r="Q1" s="10">
+        <v>13</v>
+      </c>
+      <c r="R1" s="10">
+        <v>14</v>
+      </c>
+      <c r="S1" s="10">
+        <v>15</v>
+      </c>
+      <c r="T1" s="10">
+        <v>16</v>
+      </c>
+      <c r="U1" s="10">
+        <v>17</v>
+      </c>
+      <c r="V1" s="10">
+        <v>18</v>
+      </c>
+      <c r="W1" s="10">
+        <v>19</v>
+      </c>
+      <c r="X1" s="10">
+        <v>20</v>
+      </c>
+      <c r="Y1" s="10">
+        <v>21</v>
+      </c>
+      <c r="Z1" s="10">
+        <v>22</v>
+      </c>
+      <c r="AA1" s="10">
+        <v>23</v>
+      </c>
+      <c r="AB1" s="10">
+        <v>24</v>
+      </c>
+      <c r="AC1" s="10">
+        <v>25</v>
+      </c>
+      <c r="AD1" s="10">
+        <v>26</v>
+      </c>
+      <c r="AE1" s="10">
+        <v>27</v>
+      </c>
+      <c r="AF1" s="10">
+        <v>28</v>
+      </c>
+      <c r="AG1" s="10">
+        <v>29</v>
+      </c>
+      <c r="AH1" s="10">
+        <v>30</v>
+      </c>
+      <c r="AI1" s="10">
+        <v>31</v>
+      </c>
+      <c r="AJ1" s="20" t="s">
+        <v>34</v>
+      </c>
+      <c r="AK1" s="19" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="2" spans="1:38" x14ac:dyDescent="0.25">
+      <c r="A2" s="1">
+        <v>1</v>
+      </c>
+      <c r="B2" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="C2" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="D2" s="2" t="s">
+        <v>2</v>
+      </c>
+      <c r="E2" s="3"/>
+      <c r="F2" s="3"/>
+      <c r="G2" s="3"/>
+      <c r="H2" s="3"/>
+      <c r="I2" s="3"/>
+      <c r="J2" s="3"/>
+      <c r="K2" s="3"/>
+      <c r="L2" s="3"/>
+      <c r="M2" s="3"/>
+      <c r="N2" s="3"/>
+      <c r="O2" s="3"/>
+      <c r="P2" s="3"/>
+      <c r="Q2" s="3"/>
+      <c r="R2" s="3"/>
+      <c r="S2" s="3"/>
+      <c r="T2" s="4"/>
+      <c r="U2" s="24"/>
+      <c r="V2" s="3"/>
+      <c r="W2" s="3"/>
+      <c r="X2" s="3"/>
+      <c r="Y2" s="3"/>
+      <c r="Z2" s="3"/>
+      <c r="AA2" s="3"/>
+      <c r="AB2" s="3"/>
+      <c r="AC2" s="3"/>
+      <c r="AD2" s="3"/>
+      <c r="AE2" s="3"/>
+      <c r="AF2" s="3"/>
+      <c r="AG2" s="3"/>
+      <c r="AH2" s="3"/>
+      <c r="AI2" s="3"/>
+      <c r="AJ2" s="5">
+        <f t="shared" ref="AJ2:AJ23" si="0">COUNTA(E2:AI2)</f>
+        <v>0</v>
+      </c>
+      <c r="AK2" s="5"/>
+      <c r="AL2">
+        <f>AJ2</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="3" spans="1:38" x14ac:dyDescent="0.25">
+      <c r="A3" s="1">
+        <v>2</v>
+      </c>
+      <c r="B3" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="C3" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="D3" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="E3" s="3"/>
+      <c r="F3" s="3"/>
+      <c r="G3" s="3"/>
+      <c r="H3" s="3"/>
+      <c r="I3" s="3"/>
+      <c r="J3" s="3"/>
+      <c r="K3" s="3"/>
+      <c r="L3" s="3"/>
+      <c r="M3" s="3"/>
+      <c r="N3" s="3"/>
+      <c r="O3" s="3"/>
+      <c r="P3" s="3"/>
+      <c r="Q3" s="3"/>
+      <c r="R3" s="3"/>
+      <c r="S3" s="3"/>
+      <c r="T3" s="4"/>
+      <c r="U3" s="24"/>
+      <c r="V3" s="3"/>
+      <c r="W3" s="3"/>
+      <c r="X3" s="3"/>
+      <c r="Y3" s="3"/>
+      <c r="Z3" s="3"/>
+      <c r="AA3" s="3"/>
+      <c r="AB3" s="3"/>
+      <c r="AC3" s="3"/>
+      <c r="AD3" s="3"/>
+      <c r="AE3" s="3"/>
+      <c r="AF3" s="3"/>
+      <c r="AG3" s="3"/>
+      <c r="AH3" s="3"/>
+      <c r="AI3" s="3"/>
+      <c r="AJ3" s="5">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="AK3" s="5"/>
+      <c r="AL3">
+        <f t="shared" ref="AL3:AL27" si="1">AJ3</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="4" spans="1:38" x14ac:dyDescent="0.25">
+      <c r="A4" s="1">
+        <v>3</v>
+      </c>
+      <c r="B4" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="C4" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="D4" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="E4" s="8"/>
+      <c r="F4" s="8"/>
+      <c r="G4" s="8"/>
+      <c r="H4" s="8"/>
+      <c r="I4" s="8"/>
+      <c r="J4" s="8"/>
+      <c r="K4" s="8"/>
+      <c r="L4" s="8"/>
+      <c r="M4" s="8"/>
+      <c r="N4" s="8"/>
+      <c r="O4" s="8"/>
+      <c r="P4" s="8"/>
+      <c r="Q4" s="8"/>
+      <c r="R4" s="8"/>
+      <c r="S4" s="8"/>
+      <c r="T4" s="8"/>
+      <c r="U4" s="8"/>
+      <c r="V4" s="8"/>
+      <c r="W4" s="8"/>
+      <c r="X4" s="8"/>
+      <c r="Y4" s="8"/>
+      <c r="Z4" s="8"/>
+      <c r="AA4" s="8"/>
+      <c r="AB4" s="8"/>
+      <c r="AC4" s="8"/>
+      <c r="AD4" s="8"/>
+      <c r="AE4" s="8"/>
+      <c r="AF4" s="8"/>
+      <c r="AG4" s="8"/>
+      <c r="AH4" s="8"/>
+      <c r="AI4" s="8"/>
+      <c r="AJ4" s="5">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="AK4" s="6"/>
+      <c r="AL4">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="5" spans="1:38" x14ac:dyDescent="0.25">
+      <c r="A5" s="1">
+        <v>4</v>
+      </c>
+      <c r="B5" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="C5" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="D5" s="2" t="s">
+        <v>6</v>
+      </c>
+      <c r="E5" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="F5" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="G5" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="H5" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="I5" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="J5" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="K5" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="L5" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="M5" s="3"/>
+      <c r="N5" s="3"/>
+      <c r="O5" s="3"/>
+      <c r="P5" s="3"/>
+      <c r="Q5" s="3"/>
+      <c r="R5" s="3"/>
+      <c r="S5" s="3"/>
+      <c r="T5" s="4"/>
+      <c r="U5" s="3"/>
+      <c r="V5" s="3"/>
+      <c r="W5" s="3"/>
+      <c r="X5" s="3"/>
+      <c r="Y5" s="3"/>
+      <c r="Z5" s="3"/>
+      <c r="AA5" s="3"/>
+      <c r="AB5" s="3"/>
+      <c r="AC5" s="3"/>
+      <c r="AD5" s="3"/>
+      <c r="AE5" s="3"/>
+      <c r="AF5" s="3"/>
+      <c r="AG5" s="3"/>
+      <c r="AH5" s="3"/>
+      <c r="AI5" s="3"/>
+      <c r="AJ5" s="5">
+        <f t="shared" si="0"/>
+        <v>8</v>
+      </c>
+      <c r="AK5" s="40" t="s">
+        <v>51</v>
+      </c>
+      <c r="AL5">
+        <f t="shared" si="1"/>
+        <v>8</v>
+      </c>
+    </row>
+    <row r="6" spans="1:38" x14ac:dyDescent="0.25">
+      <c r="A6" s="1">
+        <v>5</v>
+      </c>
+      <c r="B6" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="C6" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="D6" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="E6" s="8"/>
+      <c r="F6" s="8"/>
+      <c r="G6" s="8"/>
+      <c r="H6" s="8"/>
+      <c r="I6" s="8"/>
+      <c r="J6" s="8"/>
+      <c r="K6" s="8"/>
+      <c r="L6" s="8"/>
+      <c r="M6" s="8"/>
+      <c r="N6" s="8"/>
+      <c r="O6" s="8"/>
+      <c r="P6" s="8"/>
+      <c r="Q6" s="8"/>
+      <c r="R6" s="8"/>
+      <c r="S6" s="8"/>
+      <c r="T6" s="8"/>
+      <c r="U6" s="8"/>
+      <c r="V6" s="8"/>
+      <c r="W6" s="8"/>
+      <c r="X6" s="8"/>
+      <c r="Y6" s="8"/>
+      <c r="Z6" s="8"/>
+      <c r="AA6" s="8"/>
+      <c r="AB6" s="8"/>
+      <c r="AC6" s="8"/>
+      <c r="AD6" s="8"/>
+      <c r="AE6" s="8"/>
+      <c r="AF6" s="8"/>
+      <c r="AG6" s="8"/>
+      <c r="AH6" s="8"/>
+      <c r="AI6" s="8"/>
+      <c r="AJ6" s="5">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="AK6" s="5"/>
+      <c r="AL6">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="7" spans="1:38" x14ac:dyDescent="0.25">
+      <c r="A7" s="1">
+        <v>6</v>
+      </c>
+      <c r="B7" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="C7" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="D7" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="E7" s="25"/>
+      <c r="F7" s="25"/>
+      <c r="G7" s="25"/>
+      <c r="H7" s="25"/>
+      <c r="I7" s="25"/>
+      <c r="J7" s="25"/>
+      <c r="K7" s="25"/>
+      <c r="L7" s="25"/>
+      <c r="M7" s="25"/>
+      <c r="N7" s="25"/>
+      <c r="O7" s="25"/>
+      <c r="P7" s="25"/>
+      <c r="Q7" s="25"/>
+      <c r="R7" s="25"/>
+      <c r="S7" s="25"/>
+      <c r="T7" s="25"/>
+      <c r="U7" s="25"/>
+      <c r="V7" s="25"/>
+      <c r="W7" s="25"/>
+      <c r="X7" s="25"/>
+      <c r="Y7" s="25"/>
+      <c r="Z7" s="25"/>
+      <c r="AA7" s="25"/>
+      <c r="AB7" s="25"/>
+      <c r="AC7" s="25"/>
+      <c r="AD7" s="25"/>
+      <c r="AE7" s="25"/>
+      <c r="AF7" s="25"/>
+      <c r="AG7" s="25"/>
+      <c r="AH7" s="25"/>
+      <c r="AI7" s="25"/>
+      <c r="AJ7" s="5">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="AK7" s="6"/>
+      <c r="AL7">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="8" spans="1:38" x14ac:dyDescent="0.25">
+      <c r="A8" s="1">
+        <v>7</v>
+      </c>
+      <c r="B8" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="C8" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="D8" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E8" s="8"/>
+      <c r="F8" s="8"/>
+      <c r="G8" s="8"/>
+      <c r="H8" s="8"/>
+      <c r="I8" s="8"/>
+      <c r="J8" s="8"/>
+      <c r="K8" s="8"/>
+      <c r="L8" s="8"/>
+      <c r="M8" s="8"/>
+      <c r="N8" s="8"/>
+      <c r="O8" s="8"/>
+      <c r="P8" s="8"/>
+      <c r="Q8" s="8"/>
+      <c r="R8" s="8"/>
+      <c r="S8" s="8"/>
+      <c r="T8" s="8"/>
+      <c r="U8" s="8"/>
+      <c r="V8" s="8"/>
+      <c r="W8" s="8"/>
+      <c r="X8" s="8"/>
+      <c r="Y8" s="8"/>
+      <c r="Z8" s="8"/>
+      <c r="AA8" s="8"/>
+      <c r="AB8" s="24"/>
+      <c r="AC8" s="8"/>
+      <c r="AD8" s="8"/>
+      <c r="AE8" s="8"/>
+      <c r="AF8" s="8"/>
+      <c r="AG8" s="8"/>
+      <c r="AH8" s="8"/>
+      <c r="AI8" s="8"/>
+      <c r="AJ8" s="5">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="AK8" s="5"/>
+      <c r="AL8">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="9" spans="1:38" x14ac:dyDescent="0.25">
+      <c r="A9" s="1">
+        <v>8</v>
+      </c>
+      <c r="B9" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="C9" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="D9" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="E9" s="3"/>
+      <c r="F9" s="24"/>
+      <c r="G9" s="24"/>
+      <c r="H9" s="24"/>
+      <c r="I9" s="24"/>
+      <c r="J9" s="24"/>
+      <c r="K9" s="24"/>
+      <c r="L9" s="24"/>
+      <c r="M9" s="24"/>
+      <c r="N9" s="24"/>
+      <c r="O9" s="24"/>
+      <c r="P9" s="24"/>
+      <c r="Q9" s="24"/>
+      <c r="R9" s="26"/>
+      <c r="S9" s="24"/>
+      <c r="T9" s="24"/>
+      <c r="U9" s="24"/>
+      <c r="V9" s="24"/>
+      <c r="W9" s="24"/>
+      <c r="X9" s="24"/>
+      <c r="Y9" s="24"/>
+      <c r="Z9" s="24"/>
+      <c r="AA9" s="24"/>
+      <c r="AB9" s="24"/>
+      <c r="AC9" s="24"/>
+      <c r="AD9" s="24"/>
+      <c r="AE9" s="3"/>
+      <c r="AF9" s="3"/>
+      <c r="AG9" s="3"/>
+      <c r="AH9" s="3"/>
+      <c r="AI9" s="3"/>
+      <c r="AJ9" s="5">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="AK9" s="5"/>
+      <c r="AL9">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="10" spans="1:38" x14ac:dyDescent="0.25">
+      <c r="A10" s="1">
+        <v>9</v>
+      </c>
+      <c r="B10" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="C10" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="D10" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E10" s="3"/>
+      <c r="F10" s="24"/>
+      <c r="G10" s="24"/>
+      <c r="H10" s="24"/>
+      <c r="I10" s="24"/>
+      <c r="J10" s="24"/>
+      <c r="K10" s="24"/>
+      <c r="L10" s="24"/>
+      <c r="M10" s="24"/>
+      <c r="N10" s="24"/>
+      <c r="O10" s="24"/>
+      <c r="P10" s="24"/>
+      <c r="Q10" s="24"/>
+      <c r="R10" s="26"/>
+      <c r="S10" s="24"/>
+      <c r="T10" s="24"/>
+      <c r="U10" s="24"/>
+      <c r="V10" s="24"/>
+      <c r="W10" s="24"/>
+      <c r="X10" s="24"/>
+      <c r="Y10" s="24"/>
+      <c r="Z10" s="24"/>
+      <c r="AA10" s="24"/>
+      <c r="AB10" s="24"/>
+      <c r="AC10" s="24"/>
+      <c r="AD10" s="24"/>
+      <c r="AE10" s="3"/>
+      <c r="AF10" s="3"/>
+      <c r="AG10" s="3"/>
+      <c r="AH10" s="3"/>
+      <c r="AI10" s="3"/>
+      <c r="AJ10" s="5">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="AK10" s="5"/>
+      <c r="AL10">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="11" spans="1:38" x14ac:dyDescent="0.25">
+      <c r="A11" s="1">
+        <v>10</v>
+      </c>
+      <c r="B11" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="C11" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="D11" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E11" s="3"/>
+      <c r="F11" s="24"/>
+      <c r="G11" s="24"/>
+      <c r="H11" s="24"/>
+      <c r="I11" s="24"/>
+      <c r="J11" s="24"/>
+      <c r="K11" s="24"/>
+      <c r="L11" s="24"/>
+      <c r="M11" s="24"/>
+      <c r="N11" s="24"/>
+      <c r="O11" s="24"/>
+      <c r="P11" s="24"/>
+      <c r="Q11" s="24"/>
+      <c r="R11" s="26"/>
+      <c r="S11" s="24"/>
+      <c r="T11" s="24"/>
+      <c r="U11" s="24"/>
+      <c r="V11" s="24"/>
+      <c r="W11" s="24"/>
+      <c r="X11" s="24"/>
+      <c r="Y11" s="24"/>
+      <c r="Z11" s="24"/>
+      <c r="AA11" s="24"/>
+      <c r="AB11" s="24"/>
+      <c r="AC11" s="24"/>
+      <c r="AD11" s="24"/>
+      <c r="AE11" s="3"/>
+      <c r="AF11" s="3"/>
+      <c r="AG11" s="3"/>
+      <c r="AH11" s="3"/>
+      <c r="AI11" s="3"/>
+      <c r="AJ11" s="5">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="AK11" s="5"/>
+      <c r="AL11">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="12" spans="1:38" x14ac:dyDescent="0.25">
+      <c r="A12" s="1">
+        <v>11</v>
+      </c>
+      <c r="B12" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="C12" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="D12" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E12" s="3"/>
+      <c r="F12" s="24"/>
+      <c r="G12" s="24"/>
+      <c r="H12" s="24"/>
+      <c r="I12" s="24"/>
+      <c r="J12" s="24"/>
+      <c r="K12" s="24"/>
+      <c r="L12" s="24"/>
+      <c r="M12" s="24"/>
+      <c r="N12" s="24"/>
+      <c r="O12" s="24"/>
+      <c r="P12" s="24"/>
+      <c r="Q12" s="24"/>
+      <c r="R12" s="26"/>
+      <c r="S12" s="24"/>
+      <c r="T12" s="24"/>
+      <c r="U12" s="24"/>
+      <c r="V12" s="24"/>
+      <c r="W12" s="24"/>
+      <c r="X12" s="24"/>
+      <c r="Y12" s="24"/>
+      <c r="Z12" s="24"/>
+      <c r="AA12" s="24"/>
+      <c r="AB12" s="24"/>
+      <c r="AC12" s="24"/>
+      <c r="AD12" s="24"/>
+      <c r="AE12" s="3"/>
+      <c r="AF12" s="3"/>
+      <c r="AG12" s="3"/>
+      <c r="AH12" s="3"/>
+      <c r="AI12" s="3"/>
+      <c r="AJ12" s="5">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="AK12" s="5"/>
+      <c r="AL12">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="13" spans="1:38" x14ac:dyDescent="0.25">
+      <c r="A13" s="1">
+        <v>12</v>
+      </c>
+      <c r="B13" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="C13" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="D13" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="E13" s="3"/>
+      <c r="F13" s="24"/>
+      <c r="G13" s="24"/>
+      <c r="H13" s="24"/>
+      <c r="I13" s="24"/>
+      <c r="J13" s="24"/>
+      <c r="K13" s="24"/>
+      <c r="L13" s="24"/>
+      <c r="M13" s="24"/>
+      <c r="N13" s="24"/>
+      <c r="O13" s="24"/>
+      <c r="P13" s="24"/>
+      <c r="Q13" s="24"/>
+      <c r="R13" s="26"/>
+      <c r="S13" s="24"/>
+      <c r="T13" s="24"/>
+      <c r="U13" s="24"/>
+      <c r="V13" s="24"/>
+      <c r="W13" s="24"/>
+      <c r="X13" s="24"/>
+      <c r="Y13" s="24"/>
+      <c r="Z13" s="24"/>
+      <c r="AA13" s="24"/>
+      <c r="AB13" s="24"/>
+      <c r="AC13" s="24"/>
+      <c r="AD13" s="24"/>
+      <c r="AE13" s="3"/>
+      <c r="AF13" s="3"/>
+      <c r="AG13" s="3"/>
+      <c r="AH13" s="3"/>
+      <c r="AI13" s="3"/>
+      <c r="AJ13" s="5">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="AK13" s="7"/>
+      <c r="AL13">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="14" spans="1:38" x14ac:dyDescent="0.25">
+      <c r="A14" s="1">
+        <v>13</v>
+      </c>
+      <c r="B14" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="C14" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="D14" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="E14" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="F14" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="G14" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="H14" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="I14" s="24" t="s">
+        <v>39</v>
+      </c>
+      <c r="J14" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="K14" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="L14" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="M14" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="N14" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="O14" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="P14" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="Q14" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="R14" s="26" t="s">
+        <v>4</v>
+      </c>
+      <c r="S14" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="T14" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="U14" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="V14" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="W14" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="X14" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="Y14" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="Z14" s="24"/>
+      <c r="AA14" s="24"/>
+      <c r="AB14" s="24"/>
+      <c r="AC14" s="24"/>
+      <c r="AD14" s="24"/>
+      <c r="AE14" s="3"/>
+      <c r="AF14" s="3"/>
+      <c r="AG14" s="3"/>
+      <c r="AH14" s="3"/>
+      <c r="AI14" s="3"/>
+      <c r="AJ14" s="5">
+        <f t="shared" si="0"/>
+        <v>21</v>
+      </c>
+      <c r="AK14" s="5" t="s">
+        <v>48</v>
+      </c>
+      <c r="AL14">
+        <f t="shared" si="1"/>
+        <v>21</v>
+      </c>
+    </row>
+    <row r="15" spans="1:38" x14ac:dyDescent="0.25">
+      <c r="A15" s="1">
+        <v>14</v>
+      </c>
+      <c r="B15" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="C15" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="D15" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="E15" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="F15" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="G15" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="H15" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="I15" s="24" t="s">
+        <v>39</v>
+      </c>
+      <c r="J15" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="K15" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="L15" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="M15" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="N15" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="O15" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="P15" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="Q15" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="R15" s="26" t="s">
+        <v>4</v>
+      </c>
+      <c r="S15" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="T15" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="U15" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="V15" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="W15" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="X15" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="Y15" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="Z15" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="AA15" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="AB15" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="AC15" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="AD15" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="AE15" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="AF15" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="AG15" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="AH15" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="AI15" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="AJ15" s="5">
+        <f t="shared" si="0"/>
+        <v>31</v>
+      </c>
+      <c r="AK15" s="7" t="s">
+        <v>44</v>
+      </c>
+      <c r="AL15">
+        <f t="shared" si="1"/>
+        <v>31</v>
+      </c>
+    </row>
+    <row r="16" spans="1:38" x14ac:dyDescent="0.25">
+      <c r="A16" s="1">
+        <v>15</v>
+      </c>
+      <c r="B16" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="C16" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="D16" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E16" s="24"/>
+      <c r="F16" s="24"/>
+      <c r="G16" s="24"/>
+      <c r="H16" s="24"/>
+      <c r="I16" s="24"/>
+      <c r="J16" s="24"/>
+      <c r="K16" s="24"/>
+      <c r="L16" s="24"/>
+      <c r="M16" s="24"/>
+      <c r="N16" s="24"/>
+      <c r="O16" s="24"/>
+      <c r="P16" s="24"/>
+      <c r="Q16" s="24"/>
+      <c r="R16" s="24"/>
+      <c r="S16" s="24"/>
+      <c r="T16" s="26"/>
+      <c r="U16" s="24"/>
+      <c r="V16" s="24"/>
+      <c r="W16" s="24"/>
+      <c r="X16" s="24"/>
+      <c r="Y16" s="24"/>
+      <c r="Z16" s="24"/>
+      <c r="AA16" s="24"/>
+      <c r="AB16" s="24"/>
+      <c r="AC16" s="24"/>
+      <c r="AD16" s="24"/>
+      <c r="AE16" s="24"/>
+      <c r="AF16" s="24"/>
+      <c r="AG16" s="24"/>
+      <c r="AH16" s="24"/>
+      <c r="AI16" s="24"/>
+      <c r="AJ16" s="5">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="AK16" s="5"/>
+      <c r="AL16">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="17" spans="1:38" x14ac:dyDescent="0.25">
+      <c r="A17" s="1">
+        <v>16</v>
+      </c>
+      <c r="B17" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="C17" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="D17" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="E17" s="24"/>
+      <c r="F17" s="24"/>
+      <c r="G17" s="24"/>
+      <c r="H17" s="24"/>
+      <c r="I17" s="24"/>
+      <c r="J17" s="24"/>
+      <c r="K17" s="24"/>
+      <c r="L17" s="24"/>
+      <c r="M17" s="24"/>
+      <c r="N17" s="24"/>
+      <c r="O17" s="24"/>
+      <c r="P17" s="24"/>
+      <c r="Q17" s="24"/>
+      <c r="R17" s="24"/>
+      <c r="S17" s="24"/>
+      <c r="T17" s="26"/>
+      <c r="U17" s="24"/>
+      <c r="V17" s="24"/>
+      <c r="W17" s="24"/>
+      <c r="X17" s="24"/>
+      <c r="Y17" s="24"/>
+      <c r="Z17" s="24"/>
+      <c r="AA17" s="24"/>
+      <c r="AB17" s="24"/>
+      <c r="AC17" s="24"/>
+      <c r="AD17" s="24"/>
+      <c r="AE17" s="24"/>
+      <c r="AF17" s="24"/>
+      <c r="AG17" s="24"/>
+      <c r="AH17" s="24"/>
+      <c r="AI17" s="24"/>
+      <c r="AJ17" s="5">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="AK17" s="5"/>
+      <c r="AL17">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="18" spans="1:38" x14ac:dyDescent="0.25">
+      <c r="A18" s="1">
+        <v>17</v>
+      </c>
+      <c r="B18" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="C18" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="D18" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="E18" s="24"/>
+      <c r="F18" s="24"/>
+      <c r="G18" s="24"/>
+      <c r="H18" s="24"/>
+      <c r="I18" s="24"/>
+      <c r="J18" s="24"/>
+      <c r="K18" s="24"/>
+      <c r="L18" s="24"/>
+      <c r="M18" s="24"/>
+      <c r="N18" s="24"/>
+      <c r="O18" s="24"/>
+      <c r="P18" s="24"/>
+      <c r="Q18" s="24"/>
+      <c r="R18" s="24"/>
+      <c r="S18" s="24"/>
+      <c r="T18" s="24"/>
+      <c r="U18" s="24"/>
+      <c r="V18" s="24"/>
+      <c r="W18" s="24"/>
+      <c r="X18" s="24"/>
+      <c r="Y18" s="24"/>
+      <c r="Z18" s="24"/>
+      <c r="AA18" s="24"/>
+      <c r="AB18" s="24"/>
+      <c r="AC18" s="24"/>
+      <c r="AD18" s="24"/>
+      <c r="AE18" s="24"/>
+      <c r="AF18" s="24"/>
+      <c r="AG18" s="24"/>
+      <c r="AH18" s="24"/>
+      <c r="AI18" s="24"/>
+      <c r="AJ18" s="5">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="AK18" s="5"/>
+      <c r="AL18">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="19" spans="1:38" x14ac:dyDescent="0.25">
+      <c r="A19" s="1">
+        <v>18</v>
+      </c>
+      <c r="B19" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="C19" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="D19" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="E19" s="24"/>
+      <c r="F19" s="24"/>
+      <c r="G19" s="24"/>
+      <c r="H19" s="24"/>
+      <c r="I19" s="24"/>
+      <c r="J19" s="24"/>
+      <c r="K19" s="24"/>
+      <c r="L19" s="24"/>
+      <c r="M19" s="24"/>
+      <c r="N19" s="24"/>
+      <c r="O19" s="24"/>
+      <c r="P19" s="24"/>
+      <c r="Q19" s="24"/>
+      <c r="R19" s="24"/>
+      <c r="S19" s="24"/>
+      <c r="T19" s="24"/>
+      <c r="U19" s="24"/>
+      <c r="V19" s="24"/>
+      <c r="W19" s="24"/>
+      <c r="X19" s="24"/>
+      <c r="Y19" s="24"/>
+      <c r="Z19" s="24"/>
+      <c r="AA19" s="24"/>
+      <c r="AB19" s="24"/>
+      <c r="AC19" s="24"/>
+      <c r="AD19" s="24"/>
+      <c r="AE19" s="24"/>
+      <c r="AF19" s="24"/>
+      <c r="AG19" s="24"/>
+      <c r="AH19" s="24"/>
+      <c r="AI19" s="24"/>
+      <c r="AJ19" s="5">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="AK19" s="7"/>
+      <c r="AL19">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="20" spans="1:38" x14ac:dyDescent="0.25">
+      <c r="A20" s="1">
+        <v>19</v>
+      </c>
+      <c r="B20" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="C20" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="D20" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="E20" s="24"/>
+      <c r="F20" s="24"/>
+      <c r="G20" s="24"/>
+      <c r="H20" s="24"/>
+      <c r="I20" s="24"/>
+      <c r="J20" s="24"/>
+      <c r="K20" s="24"/>
+      <c r="L20" s="24"/>
+      <c r="M20" s="24"/>
+      <c r="N20" s="24"/>
+      <c r="O20" s="24"/>
+      <c r="P20" s="24"/>
+      <c r="Q20" s="24"/>
+      <c r="R20" s="24"/>
+      <c r="S20" s="24"/>
+      <c r="T20" s="26"/>
+      <c r="U20" s="24"/>
+      <c r="V20" s="24"/>
+      <c r="W20" s="24"/>
+      <c r="X20" s="24"/>
+      <c r="Y20" s="24"/>
+      <c r="Z20" s="24"/>
+      <c r="AA20" s="24"/>
+      <c r="AB20" s="24"/>
+      <c r="AC20" s="24"/>
+      <c r="AD20" s="24"/>
+      <c r="AE20" s="24"/>
+      <c r="AF20" s="24"/>
+      <c r="AG20" s="24"/>
+      <c r="AH20" s="24"/>
+      <c r="AI20" s="24"/>
+      <c r="AJ20" s="5">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="AK20" s="5"/>
+      <c r="AL20">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="21" spans="1:38" x14ac:dyDescent="0.25">
+      <c r="A21" s="1">
+        <v>20</v>
+      </c>
+      <c r="B21" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="C21" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="D21" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="E21" s="24"/>
+      <c r="F21" s="24"/>
+      <c r="G21" s="24"/>
+      <c r="H21" s="24"/>
+      <c r="I21" s="24"/>
+      <c r="J21" s="24"/>
+      <c r="K21" s="24"/>
+      <c r="L21" s="24"/>
+      <c r="M21" s="24"/>
+      <c r="N21" s="24"/>
+      <c r="O21" s="24"/>
+      <c r="P21" s="24"/>
+      <c r="Q21" s="24"/>
+      <c r="R21" s="24"/>
+      <c r="S21" s="24"/>
+      <c r="T21" s="26"/>
+      <c r="U21" s="24"/>
+      <c r="V21" s="24"/>
+      <c r="W21" s="24"/>
+      <c r="X21" s="24"/>
+      <c r="Y21" s="24"/>
+      <c r="Z21" s="24"/>
+      <c r="AA21" s="24"/>
+      <c r="AB21" s="24"/>
+      <c r="AC21" s="24"/>
+      <c r="AD21" s="24"/>
+      <c r="AE21" s="24"/>
+      <c r="AF21" s="24"/>
+      <c r="AG21" s="24"/>
+      <c r="AH21" s="24"/>
+      <c r="AI21" s="24"/>
+      <c r="AJ21" s="5">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="AK21" s="5"/>
+      <c r="AL21">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="22" spans="1:38" x14ac:dyDescent="0.25">
+      <c r="A22" s="1">
+        <v>21</v>
+      </c>
+      <c r="B22" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="C22" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="D22" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="E22" s="24"/>
+      <c r="F22" s="24"/>
+      <c r="G22" s="24"/>
+      <c r="H22" s="24"/>
+      <c r="I22" s="24"/>
+      <c r="J22" s="24"/>
+      <c r="K22" s="24"/>
+      <c r="L22" s="24"/>
+      <c r="M22" s="24"/>
+      <c r="N22" s="24"/>
+      <c r="O22" s="24"/>
+      <c r="P22" s="24"/>
+      <c r="Q22" s="24"/>
+      <c r="R22" s="24"/>
+      <c r="S22" s="24"/>
+      <c r="T22" s="26"/>
+      <c r="U22" s="24"/>
+      <c r="V22" s="24"/>
+      <c r="W22" s="24"/>
+      <c r="X22" s="24"/>
+      <c r="Y22" s="24"/>
+      <c r="Z22" s="24"/>
+      <c r="AA22" s="24"/>
+      <c r="AB22" s="24"/>
+      <c r="AC22" s="24"/>
+      <c r="AD22" s="24"/>
+      <c r="AE22" s="24"/>
+      <c r="AF22" s="24"/>
+      <c r="AG22" s="24"/>
+      <c r="AH22" s="24"/>
+      <c r="AI22" s="24"/>
+      <c r="AJ22" s="5">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="AK22" s="5"/>
+      <c r="AL22">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="23" spans="1:38" x14ac:dyDescent="0.25">
+      <c r="A23" s="1">
+        <v>22</v>
+      </c>
+      <c r="B23" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="C23" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="D23" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="E23" s="24"/>
+      <c r="F23" s="24"/>
+      <c r="G23" s="24"/>
+      <c r="H23" s="24"/>
+      <c r="I23" s="24"/>
+      <c r="J23" s="24"/>
+      <c r="K23" s="24"/>
+      <c r="L23" s="24"/>
+      <c r="M23" s="24"/>
+      <c r="N23" s="24"/>
+      <c r="O23" s="24"/>
+      <c r="P23" s="24"/>
+      <c r="Q23" s="24"/>
+      <c r="R23" s="24"/>
+      <c r="S23" s="24"/>
+      <c r="T23" s="24"/>
+      <c r="U23" s="24"/>
+      <c r="V23" s="24"/>
+      <c r="W23" s="24"/>
+      <c r="X23" s="24"/>
+      <c r="Y23" s="24"/>
+      <c r="Z23" s="24"/>
+      <c r="AA23" s="24"/>
+      <c r="AB23" s="24"/>
+      <c r="AC23" s="24"/>
+      <c r="AD23" s="24"/>
+      <c r="AE23" s="24"/>
+      <c r="AF23" s="24"/>
+      <c r="AG23" s="24"/>
+      <c r="AH23" s="24"/>
+      <c r="AI23" s="24"/>
+      <c r="AJ23" s="5">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="AK23" s="5"/>
+      <c r="AL23">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="24" spans="1:38" x14ac:dyDescent="0.25">
+      <c r="A24" s="1">
+        <v>23</v>
+      </c>
+      <c r="B24" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="C24" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="D24" s="2" t="s">
+        <v>25</v>
+      </c>
+      <c r="E24" s="24"/>
+      <c r="F24" s="24"/>
+      <c r="G24" s="24"/>
+      <c r="H24" s="24"/>
+      <c r="I24" s="24"/>
+      <c r="J24" s="24"/>
+      <c r="K24" s="24"/>
+      <c r="L24" s="24"/>
+      <c r="M24" s="24"/>
+      <c r="N24" s="24"/>
+      <c r="O24" s="24"/>
+      <c r="P24" s="24"/>
+      <c r="Q24" s="24"/>
+      <c r="R24" s="24"/>
+      <c r="S24" s="24"/>
+      <c r="T24" s="26"/>
+      <c r="U24" s="24"/>
+      <c r="V24" s="24"/>
+      <c r="W24" s="24"/>
+      <c r="X24" s="24"/>
+      <c r="Y24" s="24"/>
+      <c r="Z24" s="24"/>
+      <c r="AA24" s="24"/>
+      <c r="AB24" s="24"/>
+      <c r="AC24" s="24"/>
+      <c r="AD24" s="24"/>
+      <c r="AE24" s="24"/>
+      <c r="AF24" s="24"/>
+      <c r="AG24" s="24"/>
+      <c r="AH24" s="24"/>
+      <c r="AI24" s="24"/>
+      <c r="AJ24" s="5">
+        <v>0</v>
+      </c>
+      <c r="AK24" s="5"/>
+      <c r="AL24">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="25" spans="1:38" x14ac:dyDescent="0.25">
+      <c r="A25" s="1">
+        <v>24</v>
+      </c>
+      <c r="B25" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="C25" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="D25" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="E25" s="24"/>
+      <c r="F25" s="24"/>
+      <c r="G25" s="24"/>
+      <c r="H25" s="24"/>
+      <c r="I25" s="24"/>
+      <c r="J25" s="24"/>
+      <c r="K25" s="24"/>
+      <c r="L25" s="24"/>
+      <c r="M25" s="24"/>
+      <c r="N25" s="24"/>
+      <c r="O25" s="24"/>
+      <c r="P25" s="24"/>
+      <c r="Q25" s="24"/>
+      <c r="R25" s="24"/>
+      <c r="S25" s="24"/>
+      <c r="T25" s="26"/>
+      <c r="U25" s="24"/>
+      <c r="V25" s="24"/>
+      <c r="W25" s="24"/>
+      <c r="X25" s="24"/>
+      <c r="Y25" s="24"/>
+      <c r="Z25" s="24"/>
+      <c r="AA25" s="24"/>
+      <c r="AB25" s="24"/>
+      <c r="AC25" s="24"/>
+      <c r="AD25" s="24"/>
+      <c r="AE25" s="24"/>
+      <c r="AF25" s="24"/>
+      <c r="AG25" s="24"/>
+      <c r="AH25" s="24"/>
+      <c r="AI25" s="24"/>
+      <c r="AJ25" s="5">
+        <f t="shared" ref="AJ25:AJ27" si="2">COUNTA(E25:AI25)</f>
+        <v>0</v>
+      </c>
+      <c r="AK25" s="5"/>
+      <c r="AL25">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="26" spans="1:38" x14ac:dyDescent="0.25">
+      <c r="A26" s="1">
+        <v>25</v>
+      </c>
+      <c r="B26" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="C26" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="D26" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="E26" s="3"/>
+      <c r="F26" s="3"/>
+      <c r="G26" s="3"/>
+      <c r="H26" s="3"/>
+      <c r="I26" s="3"/>
+      <c r="J26" s="3"/>
+      <c r="K26" s="3"/>
+      <c r="L26" s="3"/>
+      <c r="M26" s="3"/>
+      <c r="N26" s="3"/>
+      <c r="O26" s="3"/>
+      <c r="P26" s="3"/>
+      <c r="Q26" s="3"/>
+      <c r="R26" s="3"/>
+      <c r="S26" s="3"/>
+      <c r="T26" s="4"/>
+      <c r="U26" s="24"/>
+      <c r="V26" s="3"/>
+      <c r="W26" s="3"/>
+      <c r="X26" s="3"/>
+      <c r="Y26" s="3"/>
+      <c r="Z26" s="3"/>
+      <c r="AA26" s="3"/>
+      <c r="AB26" s="3"/>
+      <c r="AC26" s="3"/>
+      <c r="AD26" s="3"/>
+      <c r="AE26" s="3"/>
+      <c r="AF26" s="3"/>
+      <c r="AG26" s="3"/>
+      <c r="AH26" s="3"/>
+      <c r="AI26" s="3"/>
+      <c r="AJ26" s="5">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+      <c r="AK26" s="39"/>
+      <c r="AL26">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="27" spans="1:38" x14ac:dyDescent="0.25">
+      <c r="A27" s="1">
+        <v>26</v>
+      </c>
+      <c r="B27" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="C27" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="D27" s="2" t="s">
+        <v>28</v>
+      </c>
+      <c r="E27" s="3"/>
+      <c r="F27" s="3"/>
+      <c r="G27" s="3"/>
+      <c r="H27" s="3"/>
+      <c r="I27" s="3"/>
+      <c r="J27" s="3"/>
+      <c r="K27" s="3"/>
+      <c r="L27" s="3"/>
+      <c r="M27" s="3"/>
+      <c r="N27" s="3"/>
+      <c r="O27" s="3"/>
+      <c r="P27" s="3"/>
+      <c r="Q27" s="3"/>
+      <c r="R27" s="3"/>
+      <c r="S27" s="3"/>
+      <c r="T27" s="3"/>
+      <c r="U27" s="24"/>
+      <c r="V27" s="3"/>
+      <c r="W27" s="3"/>
+      <c r="X27" s="3"/>
+      <c r="Y27" s="3"/>
+      <c r="Z27" s="3"/>
+      <c r="AA27" s="3"/>
+      <c r="AB27" s="3"/>
+      <c r="AC27" s="3"/>
+      <c r="AD27" s="3"/>
+      <c r="AE27" s="3"/>
+      <c r="AF27" s="3"/>
+      <c r="AG27" s="3"/>
+      <c r="AH27" s="3"/>
+      <c r="AI27" s="3"/>
+      <c r="AJ27" s="5">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+      <c r="AK27" s="9"/>
       <c r="AL27">
+        <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <conditionalFormatting sqref="AK28">
     <cfRule type="containsText" dxfId="8" priority="3" operator="containsText" text="p">
       <formula>NOT(ISERROR(SEARCH("p",AK28)))</formula>
     </cfRule>
   </conditionalFormatting>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="9" scale="64" orientation="landscape" r:id="rId1"/>
+  <pageSetup paperSize="9" scale="63" orientation="landscape" r:id="rId1"/>
+  <headerFooter>
+    <oddHeader>&amp;Cmaj 2024 r.</oddHeader>
+  </headerFooter>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{78C0D931-6437-407d-A8EE-F0AAD7539E65}">
       <x14:conditionalFormattings>
         <x14:conditionalFormatting xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
           <x14:cfRule type="containsText" priority="1" operator="containsText" id="{FE2A428C-0A60-4B1F-BBF3-A035033C129C}">
             <xm:f>NOT(ISERROR(SEARCH($E$3,E2)))</xm:f>
             <xm:f>$E$3</xm:f>
             <x14:dxf>
               <fill>
                 <patternFill>
                   <bgColor rgb="FFFF9999"/>
                 </patternFill>
               </fill>
             </x14:dxf>
           </x14:cfRule>
           <xm:sqref>E2:AI27</xm:sqref>
         </x14:conditionalFormatting>
         <x14:conditionalFormatting xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
           <x14:cfRule type="containsText" priority="2" operator="containsText" id="{9F249780-B9EA-463C-B07A-04936790757E}">
             <xm:f>NOT(ISERROR(SEARCH($E$3,AK16)))</xm:f>
             <xm:f>$E$3</xm:f>
             <x14:dxf/>
           </x14:cfRule>
           <xm:sqref>AK16</xm:sqref>
         </x14:conditionalFormatting>
       </x14:conditionalFormattings>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0700-000000000000}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:AL27"/>
   <sheetViews>
-    <sheetView zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
-      <selection activeCell="AL3" sqref="AL3"/>
+    <sheetView view="pageLayout" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="AL2" sqref="AL2:AL27"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="4.5546875" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="35" max="35" width="5.33203125" hidden="1" customWidth="1"/>
+    <col min="1" max="1" width="4.5703125" customWidth="1"/>
+    <col min="2" max="2" width="14.7109375" customWidth="1"/>
+    <col min="3" max="3" width="15.42578125" customWidth="1"/>
+    <col min="4" max="4" width="26.42578125" customWidth="1"/>
+    <col min="5" max="34" width="2.5703125" customWidth="1"/>
+    <col min="35" max="35" width="5.28515625" hidden="1" customWidth="1"/>
     <col min="36" max="36" width="5" bestFit="1" customWidth="1"/>
-    <col min="37" max="37" width="49.44140625" customWidth="1"/>
-    <col min="38" max="38" width="2.88671875" bestFit="1" customWidth="1"/>
+    <col min="37" max="37" width="49.42578125" customWidth="1"/>
+    <col min="38" max="38" width="2.85546875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:38" ht="26.4" x14ac:dyDescent="0.3">
-[...15 lines deleted...]
-      <c r="F1" s="11">
+    <row r="1" spans="1:38" x14ac:dyDescent="0.25">
+      <c r="A1" s="11" t="s">
+        <v>29</v>
+      </c>
+      <c r="B1" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="C1" s="11" t="s">
+        <v>31</v>
+      </c>
+      <c r="D1" s="11" t="s">
+        <v>32</v>
+      </c>
+      <c r="E1" s="10">
+        <v>1</v>
+      </c>
+      <c r="F1" s="10">
         <v>2</v>
       </c>
-      <c r="G1" s="11">
+      <c r="G1" s="10">
         <v>3</v>
       </c>
-      <c r="H1" s="11">
-[...2 lines deleted...]
-      <c r="I1" s="11">
+      <c r="H1" s="10">
+        <v>4</v>
+      </c>
+      <c r="I1" s="10">
         <v>5</v>
       </c>
-      <c r="J1" s="11">
+      <c r="J1" s="10">
         <v>6</v>
       </c>
-      <c r="K1" s="11">
+      <c r="K1" s="10">
         <v>7</v>
       </c>
-      <c r="L1" s="11">
+      <c r="L1" s="10">
         <v>8</v>
       </c>
-      <c r="M1" s="11">
+      <c r="M1" s="10">
         <v>9</v>
       </c>
-      <c r="N1" s="11">
+      <c r="N1" s="10">
         <v>10</v>
       </c>
-      <c r="O1" s="11">
+      <c r="O1" s="10">
         <v>11</v>
       </c>
-      <c r="P1" s="11">
+      <c r="P1" s="10">
         <v>12</v>
       </c>
-      <c r="Q1" s="11">
+      <c r="Q1" s="10">
         <v>13</v>
       </c>
-      <c r="R1" s="11">
+      <c r="R1" s="10">
         <v>14</v>
       </c>
-      <c r="S1" s="11">
+      <c r="S1" s="10">
         <v>15</v>
       </c>
-      <c r="T1" s="11">
+      <c r="T1" s="10">
         <v>16</v>
       </c>
-      <c r="U1" s="11">
+      <c r="U1" s="10">
         <v>17</v>
       </c>
-      <c r="V1" s="11">
+      <c r="V1" s="10">
         <v>18</v>
       </c>
-      <c r="W1" s="11">
+      <c r="W1" s="10">
         <v>19</v>
       </c>
-      <c r="X1" s="11">
+      <c r="X1" s="10">
         <v>20</v>
       </c>
-      <c r="Y1" s="11">
+      <c r="Y1" s="10">
         <v>21</v>
       </c>
-      <c r="Z1" s="11">
+      <c r="Z1" s="10">
         <v>22</v>
       </c>
-      <c r="AA1" s="11">
+      <c r="AA1" s="10">
         <v>23</v>
       </c>
-      <c r="AB1" s="11">
+      <c r="AB1" s="10">
         <v>24</v>
       </c>
-      <c r="AC1" s="11">
+      <c r="AC1" s="10">
         <v>25</v>
       </c>
-      <c r="AD1" s="11">
+      <c r="AD1" s="10">
         <v>26</v>
       </c>
-      <c r="AE1" s="11">
+      <c r="AE1" s="10">
         <v>27</v>
       </c>
-      <c r="AF1" s="11">
+      <c r="AF1" s="10">
         <v>28</v>
       </c>
-      <c r="AG1" s="11">
+      <c r="AG1" s="10">
         <v>29</v>
       </c>
-      <c r="AH1" s="11">
+      <c r="AH1" s="10">
         <v>30</v>
       </c>
-      <c r="AI1" s="23" t="s">
-[...9 lines deleted...]
-    <row r="2" spans="1:38" x14ac:dyDescent="0.3">
+      <c r="AI1" s="20" t="s">
+        <v>34</v>
+      </c>
+      <c r="AJ1" s="19" t="s">
+        <v>34</v>
+      </c>
+      <c r="AK1" s="19" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="2" spans="1:38" x14ac:dyDescent="0.25">
       <c r="A2" s="1">
         <v>1</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D2" s="2" t="s">
         <v>2</v>
       </c>
       <c r="E2" s="3"/>
       <c r="F2" s="3"/>
       <c r="G2" s="3"/>
       <c r="H2" s="3"/>
       <c r="I2" s="3"/>
       <c r="J2" s="3"/>
       <c r="K2" s="3"/>
       <c r="L2" s="3"/>
       <c r="M2" s="3"/>
       <c r="N2" s="3"/>
       <c r="O2" s="3"/>
       <c r="P2" s="3"/>
       <c r="Q2" s="3"/>
       <c r="R2" s="3"/>
       <c r="S2" s="3"/>
       <c r="T2" s="4"/>
-      <c r="U2" s="3"/>
-[...1727 lines deleted...]
-      <c r="U2" s="3"/>
+      <c r="U2" s="24"/>
       <c r="V2" s="3"/>
       <c r="W2" s="3"/>
       <c r="X2" s="3"/>
       <c r="Y2" s="3"/>
       <c r="Z2" s="3"/>
       <c r="AA2" s="3"/>
       <c r="AB2" s="3"/>
       <c r="AC2" s="3"/>
       <c r="AD2" s="3"/>
       <c r="AE2" s="3"/>
       <c r="AF2" s="3"/>
       <c r="AG2" s="3"/>
       <c r="AH2" s="3"/>
       <c r="AI2" s="3"/>
       <c r="AJ2" s="5">
-        <f t="shared" ref="AJ2:AJ23" si="0">COUNTA(E2:AI2)</f>
+        <f t="shared" ref="AJ2:AJ23" si="0">COUNTA(E2:AH2)</f>
         <v>0</v>
       </c>
       <c r="AK2" s="5"/>
-      <c r="AL2" s="42">
-[...3 lines deleted...]
-    <row r="3" spans="1:38" x14ac:dyDescent="0.3">
+      <c r="AL2" s="32">
+        <f>AJ2</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="3" spans="1:38" x14ac:dyDescent="0.25">
       <c r="A3" s="1">
         <v>2</v>
       </c>
       <c r="B3" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>3</v>
       </c>
       <c r="E3" s="3"/>
       <c r="F3" s="3"/>
       <c r="G3" s="3"/>
       <c r="H3" s="3"/>
       <c r="I3" s="3"/>
       <c r="J3" s="3"/>
       <c r="K3" s="3"/>
       <c r="L3" s="3"/>
       <c r="M3" s="3"/>
       <c r="N3" s="3"/>
       <c r="O3" s="3"/>
       <c r="P3" s="3"/>
       <c r="Q3" s="3"/>
       <c r="R3" s="3"/>
       <c r="S3" s="3"/>
-      <c r="T3" s="3"/>
-      <c r="U3" s="3"/>
+      <c r="T3" s="4"/>
+      <c r="U3" s="24"/>
       <c r="V3" s="3"/>
       <c r="W3" s="3"/>
       <c r="X3" s="3"/>
-      <c r="Y3" s="3"/>
-[...8 lines deleted...]
-      <c r="AH3" s="3"/>
+      <c r="Y3" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="Z3" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="AA3" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="AB3" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="AC3" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="AD3" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="AE3" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="AF3" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="AG3" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="AH3" s="3" t="s">
+        <v>4</v>
+      </c>
       <c r="AI3" s="3"/>
       <c r="AJ3" s="5">
         <f t="shared" si="0"/>
-        <v>0</v>
-[...6 lines deleted...]
-    <row r="4" spans="1:38" x14ac:dyDescent="0.3">
+        <v>10</v>
+      </c>
+      <c r="AK3" s="5" t="s">
+        <v>54</v>
+      </c>
+      <c r="AL3" s="32">
+        <f t="shared" ref="AL3:AL27" si="1">AJ3</f>
+        <v>10</v>
+      </c>
+    </row>
+    <row r="4" spans="1:38" x14ac:dyDescent="0.25">
       <c r="A4" s="1">
         <v>3</v>
       </c>
       <c r="B4" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D4" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="E4" s="8"/>
+      <c r="F4" s="8"/>
+      <c r="G4" s="8"/>
+      <c r="H4" s="8"/>
+      <c r="I4" s="8"/>
+      <c r="J4" s="8"/>
+      <c r="K4" s="8"/>
+      <c r="L4" s="8"/>
+      <c r="M4" s="8"/>
+      <c r="N4" s="8"/>
+      <c r="O4" s="8"/>
+      <c r="P4" s="8"/>
+      <c r="Q4" s="8"/>
+      <c r="R4" s="8"/>
+      <c r="S4" s="8"/>
+      <c r="T4" s="8"/>
+      <c r="U4" s="8"/>
+      <c r="V4" s="8"/>
+      <c r="W4" s="8"/>
+      <c r="X4" s="8"/>
+      <c r="Y4" s="8"/>
+      <c r="Z4" s="8"/>
+      <c r="AA4" s="8"/>
+      <c r="AB4" s="8"/>
+      <c r="AC4" s="8"/>
+      <c r="AD4" s="8"/>
+      <c r="AE4" s="8"/>
+      <c r="AF4" s="8"/>
+      <c r="AG4" s="8"/>
+      <c r="AH4" s="8"/>
+      <c r="AI4" s="8"/>
+      <c r="AJ4" s="5">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="AK4" s="6"/>
+      <c r="AL4" s="32">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="5" spans="1:38" x14ac:dyDescent="0.25">
+      <c r="A5" s="1">
+        <v>4</v>
+      </c>
+      <c r="B5" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="C5" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="D5" s="2" t="s">
         <v>6</v>
-      </c>
-[...51 lines deleted...]
-        <v>8</v>
       </c>
       <c r="E5" s="3"/>
       <c r="F5" s="3"/>
       <c r="G5" s="3"/>
       <c r="H5" s="3"/>
       <c r="I5" s="3"/>
       <c r="J5" s="3"/>
       <c r="K5" s="3"/>
       <c r="L5" s="3"/>
       <c r="M5" s="3"/>
       <c r="N5" s="3"/>
       <c r="O5" s="3"/>
       <c r="P5" s="3"/>
       <c r="Q5" s="3"/>
       <c r="R5" s="3"/>
       <c r="S5" s="3"/>
       <c r="T5" s="4"/>
       <c r="U5" s="3"/>
       <c r="V5" s="3"/>
       <c r="W5" s="3"/>
       <c r="X5" s="3"/>
       <c r="Y5" s="3"/>
       <c r="Z5" s="3"/>
       <c r="AA5" s="3"/>
       <c r="AB5" s="3"/>
       <c r="AC5" s="3"/>
       <c r="AD5" s="3"/>
       <c r="AE5" s="3"/>
       <c r="AF5" s="3"/>
       <c r="AG5" s="3"/>
       <c r="AH5" s="3"/>
       <c r="AI5" s="3"/>
       <c r="AJ5" s="5">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="AK5" s="5"/>
-[...4 lines deleted...]
-    <row r="6" spans="1:38" x14ac:dyDescent="0.3">
+      <c r="AK5" s="40"/>
+      <c r="AL5" s="32">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="6" spans="1:38" x14ac:dyDescent="0.25">
       <c r="A6" s="1">
         <v>5</v>
       </c>
       <c r="B6" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D6" s="2" t="s">
-        <v>10</v>
-[...31 lines deleted...]
-      <c r="AI6" s="3"/>
+        <v>7</v>
+      </c>
+      <c r="E6" s="8"/>
+      <c r="F6" s="8"/>
+      <c r="G6" s="8"/>
+      <c r="H6" s="8"/>
+      <c r="I6" s="8"/>
+      <c r="J6" s="8"/>
+      <c r="K6" s="8"/>
+      <c r="L6" s="8"/>
+      <c r="M6" s="8"/>
+      <c r="N6" s="8"/>
+      <c r="O6" s="8"/>
+      <c r="P6" s="8"/>
+      <c r="Q6" s="8"/>
+      <c r="R6" s="8"/>
+      <c r="S6" s="8"/>
+      <c r="T6" s="8"/>
+      <c r="U6" s="8"/>
+      <c r="V6" s="8"/>
+      <c r="W6" s="8"/>
+      <c r="X6" s="8"/>
+      <c r="Y6" s="8"/>
+      <c r="Z6" s="8"/>
+      <c r="AA6" s="8"/>
+      <c r="AB6" s="8"/>
+      <c r="AC6" s="8"/>
+      <c r="AD6" s="8"/>
+      <c r="AE6" s="8"/>
+      <c r="AF6" s="8"/>
+      <c r="AG6" s="8"/>
+      <c r="AH6" s="8"/>
+      <c r="AI6" s="8"/>
       <c r="AJ6" s="5">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="AK6" s="5"/>
-      <c r="AL6" s="42">
-[...3 lines deleted...]
-    <row r="7" spans="1:38" x14ac:dyDescent="0.3">
+      <c r="AL6" s="32">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="7" spans="1:38" x14ac:dyDescent="0.25">
       <c r="A7" s="1">
         <v>6</v>
       </c>
       <c r="B7" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D7" s="2" t="s">
-        <v>12</v>
-[...31 lines deleted...]
-      <c r="AI7" s="3"/>
+        <v>8</v>
+      </c>
+      <c r="E7" s="25"/>
+      <c r="F7" s="25"/>
+      <c r="G7" s="25"/>
+      <c r="H7" s="25"/>
+      <c r="I7" s="25"/>
+      <c r="J7" s="25"/>
+      <c r="K7" s="25"/>
+      <c r="L7" s="25"/>
+      <c r="M7" s="25"/>
+      <c r="N7" s="25"/>
+      <c r="O7" s="25"/>
+      <c r="P7" s="25"/>
+      <c r="Q7" s="25"/>
+      <c r="R7" s="25"/>
+      <c r="S7" s="25"/>
+      <c r="T7" s="25"/>
+      <c r="U7" s="25"/>
+      <c r="V7" s="25"/>
+      <c r="W7" s="25"/>
+      <c r="X7" s="25"/>
+      <c r="Y7" s="25"/>
+      <c r="Z7" s="25"/>
+      <c r="AA7" s="25"/>
+      <c r="AB7" s="25"/>
+      <c r="AC7" s="25"/>
+      <c r="AD7" s="25"/>
+      <c r="AE7" s="25"/>
+      <c r="AF7" s="25"/>
+      <c r="AG7" s="25"/>
+      <c r="AH7" s="25"/>
+      <c r="AI7" s="25"/>
       <c r="AJ7" s="5">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="AK7" s="5"/>
-[...4 lines deleted...]
-    <row r="8" spans="1:38" x14ac:dyDescent="0.3">
+      <c r="AK7" s="6"/>
+      <c r="AL7" s="32">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="8" spans="1:38" x14ac:dyDescent="0.25">
       <c r="A8" s="1">
         <v>7</v>
       </c>
       <c r="B8" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D8" s="2" t="s">
-        <v>13</v>
-[...31 lines deleted...]
-      <c r="AI8" s="3"/>
+        <v>9</v>
+      </c>
+      <c r="E8" s="8"/>
+      <c r="F8" s="8"/>
+      <c r="G8" s="8"/>
+      <c r="H8" s="8"/>
+      <c r="I8" s="8"/>
+      <c r="J8" s="8"/>
+      <c r="K8" s="8"/>
+      <c r="L8" s="8"/>
+      <c r="M8" s="8"/>
+      <c r="N8" s="8"/>
+      <c r="O8" s="8"/>
+      <c r="P8" s="8"/>
+      <c r="Q8" s="8"/>
+      <c r="R8" s="8"/>
+      <c r="S8" s="8"/>
+      <c r="T8" s="8"/>
+      <c r="U8" s="8"/>
+      <c r="V8" s="8"/>
+      <c r="W8" s="8"/>
+      <c r="X8" s="8"/>
+      <c r="Y8" s="8"/>
+      <c r="Z8" s="8"/>
+      <c r="AA8" s="8"/>
+      <c r="AB8" s="24"/>
+      <c r="AC8" s="8"/>
+      <c r="AD8" s="8"/>
+      <c r="AE8" s="8"/>
+      <c r="AF8" s="8"/>
+      <c r="AG8" s="8"/>
+      <c r="AH8" s="8"/>
+      <c r="AI8" s="8"/>
       <c r="AJ8" s="5">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="AK8" s="5"/>
-      <c r="AL8" s="42">
-[...3 lines deleted...]
-    <row r="9" spans="1:38" x14ac:dyDescent="0.3">
+      <c r="AL8" s="32">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="9" spans="1:38" x14ac:dyDescent="0.25">
       <c r="A9" s="1">
         <v>8</v>
       </c>
       <c r="B9" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D9" s="2" t="s">
-        <v>14</v>
+        <v>10</v>
       </c>
       <c r="E9" s="3"/>
-      <c r="F9" s="3"/>
-[...23 lines deleted...]
-      <c r="AD9" s="3"/>
+      <c r="F9" s="24"/>
+      <c r="G9" s="24"/>
+      <c r="H9" s="24"/>
+      <c r="I9" s="24"/>
+      <c r="J9" s="24"/>
+      <c r="K9" s="24"/>
+      <c r="L9" s="24"/>
+      <c r="M9" s="24"/>
+      <c r="N9" s="24"/>
+      <c r="O9" s="24"/>
+      <c r="P9" s="24"/>
+      <c r="Q9" s="24"/>
+      <c r="R9" s="26"/>
+      <c r="S9" s="24"/>
+      <c r="T9" s="24"/>
+      <c r="U9" s="24"/>
+      <c r="V9" s="24"/>
+      <c r="W9" s="24"/>
+      <c r="X9" s="24"/>
+      <c r="Y9" s="24"/>
+      <c r="Z9" s="24"/>
+      <c r="AA9" s="24"/>
+      <c r="AB9" s="24"/>
+      <c r="AC9" s="24"/>
+      <c r="AD9" s="24"/>
       <c r="AE9" s="3"/>
       <c r="AF9" s="3"/>
       <c r="AG9" s="3"/>
       <c r="AH9" s="3"/>
       <c r="AI9" s="3"/>
       <c r="AJ9" s="5">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="AK9" s="5"/>
-      <c r="AL9" s="42">
-[...3 lines deleted...]
-    <row r="10" spans="1:38" x14ac:dyDescent="0.3">
+      <c r="AL9" s="32">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="10" spans="1:38" x14ac:dyDescent="0.25">
       <c r="A10" s="1">
         <v>9</v>
       </c>
       <c r="B10" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D10" s="2" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="E10" s="3"/>
-      <c r="F10" s="3"/>
-[...23 lines deleted...]
-      <c r="AD10" s="3"/>
+      <c r="F10" s="24"/>
+      <c r="G10" s="24"/>
+      <c r="H10" s="24"/>
+      <c r="I10" s="24"/>
+      <c r="J10" s="24"/>
+      <c r="K10" s="24"/>
+      <c r="L10" s="24"/>
+      <c r="M10" s="24"/>
+      <c r="N10" s="24"/>
+      <c r="O10" s="24"/>
+      <c r="P10" s="24"/>
+      <c r="Q10" s="24"/>
+      <c r="R10" s="26"/>
+      <c r="S10" s="24"/>
+      <c r="T10" s="24"/>
+      <c r="U10" s="24"/>
+      <c r="V10" s="24"/>
+      <c r="W10" s="24"/>
+      <c r="X10" s="24"/>
+      <c r="Y10" s="24"/>
+      <c r="Z10" s="24"/>
+      <c r="AA10" s="24"/>
+      <c r="AB10" s="24"/>
+      <c r="AC10" s="24"/>
+      <c r="AD10" s="24"/>
       <c r="AE10" s="3"/>
       <c r="AF10" s="3"/>
       <c r="AG10" s="3"/>
       <c r="AH10" s="3"/>
       <c r="AI10" s="3"/>
       <c r="AJ10" s="5">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="AK10" s="5"/>
-      <c r="AL10" s="42">
-[...3 lines deleted...]
-    <row r="11" spans="1:38" x14ac:dyDescent="0.3">
+      <c r="AL10" s="32">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="11" spans="1:38" x14ac:dyDescent="0.25">
       <c r="A11" s="1">
         <v>10</v>
       </c>
       <c r="B11" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C11" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D11" s="2" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="E11" s="3"/>
-      <c r="F11" s="3"/>
-[...23 lines deleted...]
-      <c r="AD11" s="3"/>
+      <c r="F11" s="24"/>
+      <c r="G11" s="24"/>
+      <c r="H11" s="24"/>
+      <c r="I11" s="24"/>
+      <c r="J11" s="24"/>
+      <c r="K11" s="24"/>
+      <c r="L11" s="24"/>
+      <c r="M11" s="24"/>
+      <c r="N11" s="24"/>
+      <c r="O11" s="24"/>
+      <c r="P11" s="24"/>
+      <c r="Q11" s="24"/>
+      <c r="R11" s="26"/>
+      <c r="S11" s="24"/>
+      <c r="T11" s="24"/>
+      <c r="U11" s="24"/>
+      <c r="V11" s="24"/>
+      <c r="W11" s="24"/>
+      <c r="X11" s="24"/>
+      <c r="Y11" s="24"/>
+      <c r="Z11" s="24"/>
+      <c r="AA11" s="24"/>
+      <c r="AB11" s="24"/>
+      <c r="AC11" s="24"/>
+      <c r="AD11" s="24"/>
       <c r="AE11" s="3"/>
       <c r="AF11" s="3"/>
       <c r="AG11" s="3"/>
       <c r="AH11" s="3"/>
       <c r="AI11" s="3"/>
       <c r="AJ11" s="5">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="AK11" s="5"/>
-      <c r="AL11" s="42">
-[...3 lines deleted...]
-    <row r="12" spans="1:38" x14ac:dyDescent="0.3">
+      <c r="AL11" s="32">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="12" spans="1:38" x14ac:dyDescent="0.25">
       <c r="A12" s="1">
         <v>11</v>
       </c>
       <c r="B12" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C12" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D12" s="2" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="E12" s="3"/>
-      <c r="F12" s="3"/>
-[...23 lines deleted...]
-      <c r="AD12" s="3"/>
+      <c r="F12" s="24"/>
+      <c r="G12" s="24"/>
+      <c r="H12" s="24"/>
+      <c r="I12" s="24"/>
+      <c r="J12" s="24"/>
+      <c r="K12" s="24"/>
+      <c r="L12" s="24"/>
+      <c r="M12" s="24"/>
+      <c r="N12" s="24"/>
+      <c r="O12" s="24"/>
+      <c r="P12" s="24"/>
+      <c r="Q12" s="24"/>
+      <c r="R12" s="26"/>
+      <c r="S12" s="24"/>
+      <c r="T12" s="24"/>
+      <c r="U12" s="24"/>
+      <c r="V12" s="24"/>
+      <c r="W12" s="24"/>
+      <c r="X12" s="24"/>
+      <c r="Y12" s="24"/>
+      <c r="Z12" s="24"/>
+      <c r="AA12" s="24"/>
+      <c r="AB12" s="24"/>
+      <c r="AC12" s="24"/>
+      <c r="AD12" s="24"/>
       <c r="AE12" s="3"/>
       <c r="AF12" s="3"/>
       <c r="AG12" s="3"/>
       <c r="AH12" s="3"/>
       <c r="AI12" s="3"/>
       <c r="AJ12" s="5">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="AK12" s="5"/>
-      <c r="AL12" s="42">
-[...3 lines deleted...]
-    <row r="13" spans="1:38" x14ac:dyDescent="0.3">
+      <c r="AL12" s="32">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="13" spans="1:38" x14ac:dyDescent="0.25">
       <c r="A13" s="1">
         <v>12</v>
       </c>
       <c r="B13" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C13" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D13" s="2" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>4</v>
       </c>
-      <c r="F13" s="3" t="s">
-[...65 lines deleted...]
-      <c r="AH13" s="3"/>
+      <c r="F13" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="G13" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="H13" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="I13" s="24" t="s">
+        <v>39</v>
+      </c>
+      <c r="J13" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="K13" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="L13" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="M13" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="N13" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="O13" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="P13" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="Q13" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="R13" s="26" t="s">
+        <v>4</v>
+      </c>
+      <c r="S13" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="T13" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="U13" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="V13" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="W13" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="X13" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="Y13" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="Z13" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="AA13" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="AB13" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="AC13" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="AD13" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="AE13" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="AF13" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="AG13" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="AH13" s="3" t="s">
+        <v>4</v>
+      </c>
       <c r="AI13" s="3"/>
       <c r="AJ13" s="5">
         <f t="shared" si="0"/>
-        <v>20</v>
+        <v>30</v>
       </c>
       <c r="AK13" s="7" t="s">
-        <v>46</v>
-[...5 lines deleted...]
-    <row r="14" spans="1:38" x14ac:dyDescent="0.3">
+        <v>55</v>
+      </c>
+      <c r="AL13" s="32">
+        <f t="shared" si="1"/>
+        <v>30</v>
+      </c>
+    </row>
+    <row r="14" spans="1:38" x14ac:dyDescent="0.25">
       <c r="A14" s="1">
         <v>13</v>
       </c>
       <c r="B14" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C14" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D14" s="2" t="s">
-        <v>21</v>
+        <v>15</v>
       </c>
       <c r="E14" s="3"/>
-      <c r="F14" s="3"/>
-[...23 lines deleted...]
-      <c r="AD14" s="3"/>
+      <c r="F14" s="24"/>
+      <c r="G14" s="24"/>
+      <c r="H14" s="24"/>
+      <c r="I14" s="24"/>
+      <c r="J14" s="24"/>
+      <c r="K14" s="24"/>
+      <c r="L14" s="24"/>
+      <c r="M14" s="24"/>
+      <c r="N14" s="24"/>
+      <c r="O14" s="24"/>
+      <c r="P14" s="24"/>
+      <c r="Q14" s="24"/>
+      <c r="R14" s="26"/>
+      <c r="S14" s="24"/>
+      <c r="T14" s="24"/>
+      <c r="U14" s="24"/>
+      <c r="V14" s="24"/>
+      <c r="W14" s="24"/>
+      <c r="X14" s="24"/>
+      <c r="Y14" s="24"/>
+      <c r="Z14" s="24"/>
+      <c r="AA14" s="24"/>
+      <c r="AB14" s="24"/>
+      <c r="AC14" s="24"/>
+      <c r="AD14" s="24"/>
       <c r="AE14" s="3"/>
       <c r="AF14" s="3"/>
       <c r="AG14" s="3"/>
       <c r="AH14" s="3"/>
       <c r="AI14" s="3"/>
       <c r="AJ14" s="5">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="AK14" s="5"/>
-      <c r="AL14" s="42">
-[...3 lines deleted...]
-    <row r="15" spans="1:38" x14ac:dyDescent="0.3">
+      <c r="AL14" s="32">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="15" spans="1:38" x14ac:dyDescent="0.25">
       <c r="A15" s="1">
         <v>14</v>
       </c>
       <c r="B15" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C15" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D15" s="2" t="s">
-        <v>22</v>
-[...30 lines deleted...]
-      <c r="AH15" s="3"/>
+        <v>16</v>
+      </c>
+      <c r="E15" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="F15" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="G15" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="H15" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="I15" s="24" t="s">
+        <v>39</v>
+      </c>
+      <c r="J15" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="K15" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="L15" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="M15" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="N15" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="O15" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="P15" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="Q15" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="R15" s="26" t="s">
+        <v>4</v>
+      </c>
+      <c r="S15" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="T15" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="U15" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="V15" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="W15" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="X15" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="Y15" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="Z15" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="AA15" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="AB15" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="AC15" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="AD15" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="AE15" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="AF15" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="AG15" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="AH15" s="3" t="s">
+        <v>4</v>
+      </c>
       <c r="AI15" s="3"/>
       <c r="AJ15" s="5">
         <f t="shared" si="0"/>
-        <v>0</v>
-[...6 lines deleted...]
-    <row r="16" spans="1:38" x14ac:dyDescent="0.3">
+        <v>30</v>
+      </c>
+      <c r="AK15" s="7" t="s">
+        <v>56</v>
+      </c>
+      <c r="AL15" s="32">
+        <f t="shared" si="1"/>
+        <v>30</v>
+      </c>
+    </row>
+    <row r="16" spans="1:38" x14ac:dyDescent="0.25">
       <c r="A16" s="1">
         <v>15</v>
       </c>
       <c r="B16" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C16" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D16" s="2" t="s">
-        <v>23</v>
-[...31 lines deleted...]
-      <c r="AI16" s="3"/>
+        <v>17</v>
+      </c>
+      <c r="E16" s="24"/>
+      <c r="F16" s="24"/>
+      <c r="G16" s="24"/>
+      <c r="H16" s="24"/>
+      <c r="I16" s="24"/>
+      <c r="J16" s="24"/>
+      <c r="K16" s="24"/>
+      <c r="L16" s="24"/>
+      <c r="M16" s="24"/>
+      <c r="N16" s="24"/>
+      <c r="O16" s="24"/>
+      <c r="P16" s="24"/>
+      <c r="Q16" s="24"/>
+      <c r="R16" s="24"/>
+      <c r="S16" s="24"/>
+      <c r="T16" s="26"/>
+      <c r="U16" s="24"/>
+      <c r="V16" s="24"/>
+      <c r="W16" s="24"/>
+      <c r="X16" s="24"/>
+      <c r="Y16" s="24"/>
+      <c r="Z16" s="24"/>
+      <c r="AA16" s="24"/>
+      <c r="AB16" s="24"/>
+      <c r="AC16" s="24"/>
+      <c r="AD16" s="24"/>
+      <c r="AE16" s="24"/>
+      <c r="AF16" s="24"/>
+      <c r="AG16" s="24"/>
+      <c r="AH16" s="24"/>
+      <c r="AI16" s="24"/>
       <c r="AJ16" s="5">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="AK16" s="5"/>
-      <c r="AL16" s="42">
-[...3 lines deleted...]
-    <row r="17" spans="1:38" x14ac:dyDescent="0.3">
+      <c r="AL16" s="32">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="17" spans="1:38" x14ac:dyDescent="0.25">
       <c r="A17" s="1">
         <v>16</v>
       </c>
       <c r="B17" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C17" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D17" s="2" t="s">
-        <v>24</v>
-[...31 lines deleted...]
-      <c r="AI17" s="3"/>
+        <v>18</v>
+      </c>
+      <c r="E17" s="24"/>
+      <c r="F17" s="24"/>
+      <c r="G17" s="24"/>
+      <c r="H17" s="24"/>
+      <c r="I17" s="24"/>
+      <c r="J17" s="24"/>
+      <c r="K17" s="24"/>
+      <c r="L17" s="24"/>
+      <c r="M17" s="24"/>
+      <c r="N17" s="24"/>
+      <c r="O17" s="24"/>
+      <c r="P17" s="24"/>
+      <c r="Q17" s="24"/>
+      <c r="R17" s="24"/>
+      <c r="S17" s="24"/>
+      <c r="T17" s="26"/>
+      <c r="U17" s="24"/>
+      <c r="V17" s="24"/>
+      <c r="W17" s="24"/>
+      <c r="X17" s="24"/>
+      <c r="Y17" s="24"/>
+      <c r="Z17" s="24"/>
+      <c r="AA17" s="24"/>
+      <c r="AB17" s="24"/>
+      <c r="AC17" s="24"/>
+      <c r="AD17" s="24"/>
+      <c r="AE17" s="24"/>
+      <c r="AF17" s="24"/>
+      <c r="AG17" s="24"/>
+      <c r="AH17" s="24"/>
+      <c r="AI17" s="24"/>
       <c r="AJ17" s="5">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="AK17" s="5"/>
-      <c r="AL17" s="42">
-[...3 lines deleted...]
-    <row r="18" spans="1:38" x14ac:dyDescent="0.3">
+      <c r="AL17" s="32">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="18" spans="1:38" x14ac:dyDescent="0.25">
       <c r="A18" s="1">
         <v>17</v>
       </c>
       <c r="B18" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C18" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D18" s="2" t="s">
-        <v>25</v>
-[...31 lines deleted...]
-      <c r="AI18" s="3"/>
+        <v>19</v>
+      </c>
+      <c r="E18" s="24"/>
+      <c r="F18" s="24"/>
+      <c r="G18" s="24"/>
+      <c r="H18" s="24"/>
+      <c r="I18" s="24"/>
+      <c r="J18" s="24"/>
+      <c r="K18" s="24"/>
+      <c r="L18" s="24"/>
+      <c r="M18" s="24"/>
+      <c r="N18" s="24"/>
+      <c r="O18" s="24"/>
+      <c r="P18" s="24"/>
+      <c r="Q18" s="24"/>
+      <c r="R18" s="24"/>
+      <c r="S18" s="24"/>
+      <c r="T18" s="24"/>
+      <c r="U18" s="24"/>
+      <c r="V18" s="24"/>
+      <c r="W18" s="24"/>
+      <c r="X18" s="24"/>
+      <c r="Y18" s="24"/>
+      <c r="Z18" s="24"/>
+      <c r="AA18" s="24"/>
+      <c r="AB18" s="24"/>
+      <c r="AC18" s="24"/>
+      <c r="AD18" s="24"/>
+      <c r="AE18" s="24"/>
+      <c r="AF18" s="24"/>
+      <c r="AG18" s="24"/>
+      <c r="AH18" s="24"/>
+      <c r="AI18" s="24"/>
       <c r="AJ18" s="5">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="AK18" s="5"/>
-      <c r="AL18" s="42">
-[...3 lines deleted...]
-    <row r="19" spans="1:38" ht="18" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="AL18" s="32">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="19" spans="1:38" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19" s="1">
         <v>18</v>
       </c>
       <c r="B19" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C19" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D19" s="2" t="s">
-        <v>26</v>
-[...93 lines deleted...]
-      </c>
+        <v>20</v>
+      </c>
+      <c r="E19" s="24"/>
+      <c r="F19" s="24"/>
+      <c r="G19" s="24"/>
+      <c r="H19" s="24"/>
+      <c r="I19" s="24"/>
+      <c r="J19" s="24"/>
+      <c r="K19" s="24"/>
+      <c r="L19" s="24"/>
+      <c r="M19" s="24"/>
+      <c r="N19" s="24"/>
+      <c r="O19" s="24"/>
+      <c r="P19" s="24"/>
+      <c r="Q19" s="24"/>
+      <c r="R19" s="24"/>
+      <c r="S19" s="24"/>
+      <c r="T19" s="24"/>
+      <c r="U19" s="24"/>
+      <c r="V19" s="24"/>
+      <c r="W19" s="24"/>
+      <c r="X19" s="24"/>
+      <c r="Y19" s="24"/>
+      <c r="Z19" s="24"/>
+      <c r="AA19" s="24"/>
+      <c r="AB19" s="24"/>
+      <c r="AC19" s="24"/>
+      <c r="AD19" s="24"/>
+      <c r="AE19" s="24"/>
+      <c r="AF19" s="24"/>
+      <c r="AG19" s="24"/>
+      <c r="AH19" s="24"/>
+      <c r="AI19" s="24"/>
       <c r="AJ19" s="5">
         <f t="shared" si="0"/>
-        <v>31</v>
-[...8 lines deleted...]
-    <row r="20" spans="1:38" x14ac:dyDescent="0.3">
+        <v>0</v>
+      </c>
+      <c r="AK19" s="7"/>
+      <c r="AL19" s="32">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="20" spans="1:38" x14ac:dyDescent="0.25">
       <c r="A20" s="1">
         <v>19</v>
       </c>
       <c r="B20" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C20" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D20" s="2" t="s">
-        <v>27</v>
-[...31 lines deleted...]
-      <c r="AI20" s="3"/>
+        <v>21</v>
+      </c>
+      <c r="E20" s="24"/>
+      <c r="F20" s="24"/>
+      <c r="G20" s="24"/>
+      <c r="H20" s="24"/>
+      <c r="I20" s="24"/>
+      <c r="J20" s="24"/>
+      <c r="K20" s="24"/>
+      <c r="L20" s="24"/>
+      <c r="M20" s="24"/>
+      <c r="N20" s="24"/>
+      <c r="O20" s="24"/>
+      <c r="P20" s="24"/>
+      <c r="Q20" s="24"/>
+      <c r="R20" s="24"/>
+      <c r="S20" s="24"/>
+      <c r="T20" s="26"/>
+      <c r="U20" s="24"/>
+      <c r="V20" s="24"/>
+      <c r="W20" s="24"/>
+      <c r="X20" s="24"/>
+      <c r="Y20" s="24"/>
+      <c r="Z20" s="24"/>
+      <c r="AA20" s="24"/>
+      <c r="AB20" s="24"/>
+      <c r="AC20" s="24"/>
+      <c r="AD20" s="24"/>
+      <c r="AE20" s="24"/>
+      <c r="AF20" s="24"/>
+      <c r="AG20" s="24"/>
+      <c r="AH20" s="24"/>
+      <c r="AI20" s="24"/>
       <c r="AJ20" s="5">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="AK20" s="5"/>
-      <c r="AL20" s="42">
-[...3 lines deleted...]
-    <row r="21" spans="1:38" x14ac:dyDescent="0.3">
+      <c r="AL20" s="32">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="21" spans="1:38" x14ac:dyDescent="0.25">
       <c r="A21" s="1">
         <v>20</v>
       </c>
       <c r="B21" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C21" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D21" s="2" t="s">
-        <v>28</v>
-[...31 lines deleted...]
-      <c r="AI21" s="3"/>
+        <v>22</v>
+      </c>
+      <c r="E21" s="24"/>
+      <c r="F21" s="24"/>
+      <c r="G21" s="24"/>
+      <c r="H21" s="24"/>
+      <c r="I21" s="24"/>
+      <c r="J21" s="24"/>
+      <c r="K21" s="24"/>
+      <c r="L21" s="24"/>
+      <c r="M21" s="24"/>
+      <c r="N21" s="24"/>
+      <c r="O21" s="24"/>
+      <c r="P21" s="24"/>
+      <c r="Q21" s="24"/>
+      <c r="R21" s="24"/>
+      <c r="S21" s="24"/>
+      <c r="T21" s="26"/>
+      <c r="U21" s="24"/>
+      <c r="V21" s="24"/>
+      <c r="W21" s="24"/>
+      <c r="X21" s="24"/>
+      <c r="Y21" s="24"/>
+      <c r="Z21" s="24"/>
+      <c r="AA21" s="24"/>
+      <c r="AB21" s="24"/>
+      <c r="AC21" s="24"/>
+      <c r="AD21" s="24"/>
+      <c r="AE21" s="24"/>
+      <c r="AF21" s="24"/>
+      <c r="AG21" s="24"/>
+      <c r="AH21" s="24"/>
+      <c r="AI21" s="24"/>
       <c r="AJ21" s="5">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="AK21" s="5"/>
-      <c r="AL21" s="42">
-[...3 lines deleted...]
-    <row r="22" spans="1:38" x14ac:dyDescent="0.3">
+      <c r="AL21" s="32">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="22" spans="1:38" x14ac:dyDescent="0.25">
       <c r="A22" s="1">
         <v>21</v>
       </c>
       <c r="B22" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C22" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D22" s="2" t="s">
-        <v>29</v>
-[...31 lines deleted...]
-      <c r="AI22" s="3"/>
+        <v>23</v>
+      </c>
+      <c r="E22" s="24"/>
+      <c r="F22" s="24"/>
+      <c r="G22" s="24"/>
+      <c r="H22" s="24"/>
+      <c r="I22" s="24"/>
+      <c r="J22" s="24"/>
+      <c r="K22" s="24"/>
+      <c r="L22" s="24"/>
+      <c r="M22" s="24"/>
+      <c r="N22" s="24"/>
+      <c r="O22" s="24"/>
+      <c r="P22" s="24"/>
+      <c r="Q22" s="24"/>
+      <c r="R22" s="24"/>
+      <c r="S22" s="24"/>
+      <c r="T22" s="26"/>
+      <c r="U22" s="24"/>
+      <c r="V22" s="24"/>
+      <c r="W22" s="24"/>
+      <c r="X22" s="24"/>
+      <c r="Y22" s="24"/>
+      <c r="Z22" s="24"/>
+      <c r="AA22" s="24"/>
+      <c r="AB22" s="24"/>
+      <c r="AC22" s="24"/>
+      <c r="AD22" s="24"/>
+      <c r="AE22" s="24"/>
+      <c r="AF22" s="24"/>
+      <c r="AG22" s="24"/>
+      <c r="AH22" s="24"/>
+      <c r="AI22" s="24"/>
       <c r="AJ22" s="5">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="AK22" s="5"/>
-      <c r="AL22" s="42">
-[...3 lines deleted...]
-    <row r="23" spans="1:38" x14ac:dyDescent="0.3">
+      <c r="AL22" s="32">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="23" spans="1:38" x14ac:dyDescent="0.25">
       <c r="A23" s="1">
         <v>22</v>
       </c>
       <c r="B23" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C23" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D23" s="2" t="s">
-        <v>30</v>
-[...31 lines deleted...]
-      <c r="AI23" s="3"/>
+        <v>24</v>
+      </c>
+      <c r="E23" s="24"/>
+      <c r="F23" s="24"/>
+      <c r="G23" s="24"/>
+      <c r="H23" s="24"/>
+      <c r="I23" s="24"/>
+      <c r="J23" s="24"/>
+      <c r="K23" s="24"/>
+      <c r="L23" s="24"/>
+      <c r="M23" s="24"/>
+      <c r="N23" s="24"/>
+      <c r="O23" s="24"/>
+      <c r="P23" s="24"/>
+      <c r="Q23" s="24"/>
+      <c r="R23" s="24"/>
+      <c r="S23" s="24"/>
+      <c r="T23" s="24"/>
+      <c r="U23" s="24"/>
+      <c r="V23" s="24"/>
+      <c r="W23" s="24"/>
+      <c r="X23" s="24"/>
+      <c r="Y23" s="24"/>
+      <c r="Z23" s="24"/>
+      <c r="AA23" s="24"/>
+      <c r="AB23" s="24"/>
+      <c r="AC23" s="24"/>
+      <c r="AD23" s="24"/>
+      <c r="AE23" s="24"/>
+      <c r="AF23" s="24"/>
+      <c r="AG23" s="24"/>
+      <c r="AH23" s="24"/>
+      <c r="AI23" s="24"/>
       <c r="AJ23" s="5">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="AK23" s="5"/>
-      <c r="AL23" s="42">
-[...3 lines deleted...]
-    <row r="24" spans="1:38" x14ac:dyDescent="0.3">
+      <c r="AL23" s="32">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="24" spans="1:38" x14ac:dyDescent="0.25">
       <c r="A24" s="1">
         <v>23</v>
       </c>
       <c r="B24" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C24" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D24" s="2" t="s">
-        <v>31</v>
-[...31 lines deleted...]
-      <c r="AI24" s="3"/>
+        <v>25</v>
+      </c>
+      <c r="E24" s="24"/>
+      <c r="F24" s="24"/>
+      <c r="G24" s="24"/>
+      <c r="H24" s="24"/>
+      <c r="I24" s="24"/>
+      <c r="J24" s="24"/>
+      <c r="K24" s="24"/>
+      <c r="L24" s="24"/>
+      <c r="M24" s="24"/>
+      <c r="N24" s="24"/>
+      <c r="O24" s="24"/>
+      <c r="P24" s="24"/>
+      <c r="Q24" s="24"/>
+      <c r="R24" s="24"/>
+      <c r="S24" s="24"/>
+      <c r="T24" s="26"/>
+      <c r="U24" s="24"/>
+      <c r="V24" s="24"/>
+      <c r="W24" s="24"/>
+      <c r="X24" s="24"/>
+      <c r="Y24" s="24"/>
+      <c r="Z24" s="24"/>
+      <c r="AA24" s="24"/>
+      <c r="AB24" s="24"/>
+      <c r="AC24" s="24"/>
+      <c r="AD24" s="24"/>
+      <c r="AE24" s="24"/>
+      <c r="AF24" s="24"/>
+      <c r="AG24" s="24"/>
+      <c r="AH24" s="24"/>
+      <c r="AI24" s="24"/>
       <c r="AJ24" s="5">
         <v>0</v>
       </c>
       <c r="AK24" s="5"/>
-      <c r="AL24" s="42">
-[...3 lines deleted...]
-    <row r="25" spans="1:38" x14ac:dyDescent="0.3">
+      <c r="AL24" s="32">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="25" spans="1:38" x14ac:dyDescent="0.25">
       <c r="A25" s="1">
         <v>24</v>
       </c>
       <c r="B25" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C25" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D25" s="2" t="s">
-        <v>32</v>
-[...31 lines deleted...]
-      <c r="AI25" s="3"/>
+        <v>26</v>
+      </c>
+      <c r="E25" s="24"/>
+      <c r="F25" s="24"/>
+      <c r="G25" s="24"/>
+      <c r="H25" s="24"/>
+      <c r="I25" s="24"/>
+      <c r="J25" s="24"/>
+      <c r="K25" s="24"/>
+      <c r="L25" s="24"/>
+      <c r="M25" s="24"/>
+      <c r="N25" s="24"/>
+      <c r="O25" s="24"/>
+      <c r="P25" s="24"/>
+      <c r="Q25" s="24"/>
+      <c r="R25" s="24"/>
+      <c r="S25" s="24"/>
+      <c r="T25" s="26"/>
+      <c r="U25" s="24"/>
+      <c r="V25" s="24"/>
+      <c r="W25" s="24"/>
+      <c r="X25" s="24"/>
+      <c r="Y25" s="24"/>
+      <c r="Z25" s="24"/>
+      <c r="AA25" s="24"/>
+      <c r="AB25" s="24"/>
+      <c r="AC25" s="24"/>
+      <c r="AD25" s="24"/>
+      <c r="AE25" s="24"/>
+      <c r="AF25" s="24"/>
+      <c r="AG25" s="24"/>
+      <c r="AH25" s="24"/>
+      <c r="AI25" s="24"/>
       <c r="AJ25" s="5">
-        <f t="shared" ref="AJ25:AJ27" si="1">COUNTA(E25:AI25)</f>
+        <f>COUNTA(E25:AH25)</f>
         <v>0</v>
       </c>
       <c r="AK25" s="5"/>
-      <c r="AL25" s="42">
-[...3 lines deleted...]
-    <row r="26" spans="1:38" x14ac:dyDescent="0.3">
+      <c r="AL25" s="32">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="26" spans="1:38" x14ac:dyDescent="0.25">
       <c r="A26" s="1">
         <v>25</v>
       </c>
       <c r="B26" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C26" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D26" s="2" t="s">
-        <v>33</v>
-[...31 lines deleted...]
-      <c r="AI26" s="8"/>
+        <v>27</v>
+      </c>
+      <c r="E26" s="3"/>
+      <c r="F26" s="3"/>
+      <c r="G26" s="3"/>
+      <c r="H26" s="3"/>
+      <c r="I26" s="3"/>
+      <c r="J26" s="3"/>
+      <c r="K26" s="3"/>
+      <c r="L26" s="3"/>
+      <c r="M26" s="3"/>
+      <c r="N26" s="3"/>
+      <c r="O26" s="3"/>
+      <c r="P26" s="3"/>
+      <c r="Q26" s="3"/>
+      <c r="R26" s="3"/>
+      <c r="S26" s="3"/>
+      <c r="T26" s="4"/>
+      <c r="U26" s="24"/>
+      <c r="V26" s="3"/>
+      <c r="W26" s="3"/>
+      <c r="X26" s="3"/>
+      <c r="Y26" s="3"/>
+      <c r="Z26" s="3"/>
+      <c r="AA26" s="3"/>
+      <c r="AB26" s="3"/>
+      <c r="AC26" s="3"/>
+      <c r="AD26" s="3"/>
+      <c r="AE26" s="3"/>
+      <c r="AF26" s="3"/>
+      <c r="AG26" s="3"/>
+      <c r="AH26" s="3"/>
+      <c r="AI26" s="3"/>
       <c r="AJ26" s="5">
-        <f t="shared" si="1"/>
-[...7 lines deleted...]
-    <row r="27" spans="1:38" x14ac:dyDescent="0.3">
+        <f>COUNTA(E26:AH26)</f>
+        <v>0</v>
+      </c>
+      <c r="AK26" s="39"/>
+      <c r="AL26" s="32">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="27" spans="1:38" x14ac:dyDescent="0.25">
       <c r="A27" s="1">
         <v>26</v>
       </c>
       <c r="B27" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C27" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D27" s="2" t="s">
-        <v>34</v>
+        <v>28</v>
       </c>
       <c r="E27" s="3"/>
       <c r="F27" s="3"/>
       <c r="G27" s="3"/>
       <c r="H27" s="3"/>
       <c r="I27" s="3"/>
       <c r="J27" s="3"/>
       <c r="K27" s="3"/>
       <c r="L27" s="3"/>
       <c r="M27" s="3"/>
       <c r="N27" s="3"/>
       <c r="O27" s="3"/>
       <c r="P27" s="3"/>
       <c r="Q27" s="3"/>
       <c r="R27" s="3"/>
       <c r="S27" s="3"/>
-      <c r="T27" s="4"/>
-      <c r="U27" s="3"/>
+      <c r="T27" s="3"/>
+      <c r="U27" s="24"/>
       <c r="V27" s="3"/>
       <c r="W27" s="3"/>
       <c r="X27" s="3"/>
       <c r="Y27" s="3"/>
       <c r="Z27" s="3"/>
       <c r="AA27" s="3"/>
       <c r="AB27" s="3"/>
       <c r="AC27" s="3"/>
       <c r="AD27" s="3"/>
       <c r="AE27" s="3"/>
       <c r="AF27" s="3"/>
       <c r="AG27" s="3"/>
       <c r="AH27" s="3"/>
       <c r="AI27" s="3"/>
       <c r="AJ27" s="5">
-        <f t="shared" si="1"/>
-[...3 lines deleted...]
-      <c r="AL27" s="42">
+        <f>COUNTA(E27:AH27)</f>
+        <v>0</v>
+      </c>
+      <c r="AK27" s="9"/>
+      <c r="AL27" s="32">
+        <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
+  <pageSetup paperSize="9" scale="67" orientation="landscape" r:id="rId1"/>
+  <headerFooter>
+    <oddHeader>&amp;Cczerwiec 2024 r.</oddHeader>
+  </headerFooter>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{78C0D931-6437-407d-A8EE-F0AAD7539E65}">
       <x14:conditionalFormattings>
         <x14:conditionalFormatting xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
-          <x14:cfRule type="containsText" priority="1" operator="containsText" id="{E273A421-54DC-4784-B50B-1D0F6901C8D2}">
-[...1 lines deleted...]
-            <xm:f>$E$13</xm:f>
+          <x14:cfRule type="containsText" priority="1" operator="containsText" id="{4398563F-C7A8-4ACC-801B-50567DB9AC8E}">
+            <xm:f>NOT(ISERROR(SEARCH($E$3,E2)))</xm:f>
+            <xm:f>$E$3</xm:f>
             <x14:dxf>
               <fill>
                 <patternFill>
                   <bgColor rgb="FFFF9999"/>
                 </patternFill>
               </fill>
             </x14:dxf>
           </x14:cfRule>
-          <xm:sqref>E2:AI27</xm:sqref>
+          <xm:sqref>E2:AH27</xm:sqref>
         </x14:conditionalFormatting>
       </x14:conditionalFormattings>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0900-000000000000}">
+<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+  <sheetPr>
+    <pageSetUpPr fitToPage="1"/>
+  </sheetPr>
   <dimension ref="A1:AL27"/>
   <sheetViews>
-    <sheetView zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="AQ21" sqref="AQ21"/>
+    <sheetView view="pageLayout" topLeftCell="D1" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="AL2" sqref="AL2:AL27"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="3.88671875" style="20" bestFit="1" customWidth="1"/>
-[...6 lines deleted...]
-    <col min="38" max="38" width="3.109375" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="5" customWidth="1"/>
+    <col min="2" max="2" width="14.7109375" customWidth="1"/>
+    <col min="3" max="3" width="15.42578125" customWidth="1"/>
+    <col min="4" max="4" width="26.42578125" customWidth="1"/>
+    <col min="5" max="35" width="2.5703125" customWidth="1"/>
+    <col min="36" max="36" width="5.28515625" bestFit="1" customWidth="1"/>
+    <col min="37" max="37" width="48.85546875" customWidth="1"/>
+    <col min="38" max="38" width="3.140625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:38" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
-[...15 lines deleted...]
-      <c r="F1" s="11">
+    <row r="1" spans="1:38" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1" s="11" t="s">
+        <v>29</v>
+      </c>
+      <c r="B1" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="C1" s="11" t="s">
+        <v>31</v>
+      </c>
+      <c r="D1" s="11" t="s">
+        <v>32</v>
+      </c>
+      <c r="E1" s="10">
+        <v>1</v>
+      </c>
+      <c r="F1" s="10">
         <v>2</v>
       </c>
-      <c r="G1" s="11">
+      <c r="G1" s="10">
         <v>3</v>
       </c>
-      <c r="H1" s="11">
-[...2 lines deleted...]
-      <c r="I1" s="11">
+      <c r="H1" s="10">
+        <v>4</v>
+      </c>
+      <c r="I1" s="10">
         <v>5</v>
       </c>
-      <c r="J1" s="11">
+      <c r="J1" s="10">
         <v>6</v>
       </c>
-      <c r="K1" s="11">
+      <c r="K1" s="10">
         <v>7</v>
       </c>
-      <c r="L1" s="11">
+      <c r="L1" s="10">
         <v>8</v>
       </c>
-      <c r="M1" s="11">
+      <c r="M1" s="10">
         <v>9</v>
       </c>
-      <c r="N1" s="11">
+      <c r="N1" s="10">
         <v>10</v>
       </c>
-      <c r="O1" s="11">
+      <c r="O1" s="10">
         <v>11</v>
       </c>
-      <c r="P1" s="11">
+      <c r="P1" s="10">
         <v>12</v>
       </c>
-      <c r="Q1" s="11">
+      <c r="Q1" s="10">
         <v>13</v>
       </c>
-      <c r="R1" s="11">
+      <c r="R1" s="10">
         <v>14</v>
       </c>
-      <c r="S1" s="11">
+      <c r="S1" s="10">
         <v>15</v>
       </c>
-      <c r="T1" s="11">
+      <c r="T1" s="10">
         <v>16</v>
       </c>
-      <c r="U1" s="11">
+      <c r="U1" s="10">
         <v>17</v>
       </c>
-      <c r="V1" s="11">
+      <c r="V1" s="10">
         <v>18</v>
       </c>
-      <c r="W1" s="11">
+      <c r="W1" s="10">
         <v>19</v>
       </c>
-      <c r="X1" s="11">
+      <c r="X1" s="10">
         <v>20</v>
       </c>
-      <c r="Y1" s="11">
+      <c r="Y1" s="10">
         <v>21</v>
       </c>
-      <c r="Z1" s="11">
+      <c r="Z1" s="10">
         <v>22</v>
       </c>
-      <c r="AA1" s="11">
+      <c r="AA1" s="10">
         <v>23</v>
       </c>
-      <c r="AB1" s="11">
+      <c r="AB1" s="10">
         <v>24</v>
       </c>
-      <c r="AC1" s="11">
+      <c r="AC1" s="10">
         <v>25</v>
       </c>
-      <c r="AD1" s="11">
+      <c r="AD1" s="10">
         <v>26</v>
       </c>
-      <c r="AE1" s="11">
+      <c r="AE1" s="10">
         <v>27</v>
       </c>
-      <c r="AF1" s="11">
+      <c r="AF1" s="10">
         <v>28</v>
       </c>
-      <c r="AG1" s="11">
+      <c r="AG1" s="10">
         <v>29</v>
       </c>
-      <c r="AH1" s="11">
+      <c r="AH1" s="10">
         <v>30</v>
       </c>
-      <c r="AI1" s="11">
+      <c r="AI1" s="10">
         <v>31</v>
       </c>
-      <c r="AJ1" s="23" t="s">
-[...7 lines deleted...]
-      <c r="A2" s="25">
+      <c r="AJ1" s="20" t="s">
+        <v>34</v>
+      </c>
+      <c r="AK1" s="19" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="2" spans="1:38" x14ac:dyDescent="0.25">
+      <c r="A2" s="1">
         <v>1</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D2" s="2" t="s">
         <v>2</v>
       </c>
       <c r="E2" s="3"/>
       <c r="F2" s="3"/>
       <c r="G2" s="3"/>
       <c r="H2" s="3"/>
       <c r="I2" s="3"/>
       <c r="J2" s="3"/>
       <c r="K2" s="3"/>
       <c r="L2" s="3"/>
       <c r="M2" s="3"/>
       <c r="N2" s="3"/>
       <c r="O2" s="3"/>
       <c r="P2" s="3"/>
       <c r="Q2" s="3"/>
       <c r="R2" s="3"/>
       <c r="S2" s="3"/>
-      <c r="T2" s="4" t="s">
-[...46 lines deleted...]
-      </c>
+      <c r="T2" s="4"/>
+      <c r="U2" s="24"/>
+      <c r="V2" s="3"/>
+      <c r="W2" s="3"/>
+      <c r="X2" s="3"/>
+      <c r="Y2" s="3"/>
+      <c r="Z2" s="3"/>
+      <c r="AA2" s="3"/>
+      <c r="AB2" s="3"/>
+      <c r="AC2" s="3"/>
+      <c r="AD2" s="3"/>
+      <c r="AE2" s="3"/>
+      <c r="AF2" s="3"/>
+      <c r="AG2" s="3"/>
+      <c r="AH2" s="3"/>
+      <c r="AI2" s="3"/>
       <c r="AJ2" s="5">
         <f t="shared" ref="AJ2:AJ23" si="0">COUNTA(E2:AI2)</f>
-        <v>16</v>
-[...9 lines deleted...]
-      <c r="A3" s="25">
+        <v>0</v>
+      </c>
+      <c r="AK2" s="5"/>
+      <c r="AL2" s="38">
+        <f>AJ2</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="3" spans="1:38" x14ac:dyDescent="0.25">
+      <c r="A3" s="1">
         <v>2</v>
       </c>
       <c r="B3" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>3</v>
       </c>
-      <c r="E3" s="3"/>
-[...24 lines deleted...]
-      <c r="AD3" s="3"/>
+      <c r="E3" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="F3" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="G3" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="H3" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="I3" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="J3" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="K3" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="L3" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="M3" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="N3" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="O3" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="P3" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="Q3" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="R3" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="S3" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="T3" s="4" t="s">
+        <v>4</v>
+      </c>
+      <c r="U3" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="V3" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="W3" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="X3" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="Y3" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="Z3" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="AA3" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="AB3" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="AC3" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="AD3" s="3" t="s">
+        <v>4</v>
+      </c>
       <c r="AE3" s="3"/>
       <c r="AF3" s="3"/>
       <c r="AG3" s="3"/>
       <c r="AH3" s="3"/>
       <c r="AI3" s="3"/>
       <c r="AJ3" s="5">
         <f t="shared" si="0"/>
-        <v>0</v>
-[...7 lines deleted...]
-      <c r="A4" s="25">
+        <v>26</v>
+      </c>
+      <c r="AK3" s="5" t="s">
+        <v>54</v>
+      </c>
+      <c r="AL3" s="38">
+        <f t="shared" ref="AL3:AL27" si="1">AJ3</f>
+        <v>26</v>
+      </c>
+    </row>
+    <row r="4" spans="1:38" x14ac:dyDescent="0.25">
+      <c r="A4" s="1">
         <v>3</v>
       </c>
       <c r="B4" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D4" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="E4" s="8"/>
+      <c r="F4" s="8"/>
+      <c r="G4" s="8"/>
+      <c r="H4" s="8"/>
+      <c r="I4" s="8"/>
+      <c r="J4" s="8"/>
+      <c r="K4" s="8"/>
+      <c r="L4" s="8"/>
+      <c r="M4" s="8"/>
+      <c r="N4" s="8"/>
+      <c r="O4" s="8"/>
+      <c r="P4" s="8"/>
+      <c r="Q4" s="8"/>
+      <c r="R4" s="8"/>
+      <c r="S4" s="8"/>
+      <c r="T4" s="8"/>
+      <c r="U4" s="8"/>
+      <c r="V4" s="8"/>
+      <c r="W4" s="8"/>
+      <c r="X4" s="8"/>
+      <c r="Y4" s="8"/>
+      <c r="Z4" s="8"/>
+      <c r="AA4" s="8"/>
+      <c r="AB4" s="8"/>
+      <c r="AC4" s="8"/>
+      <c r="AD4" s="8"/>
+      <c r="AE4" s="8"/>
+      <c r="AF4" s="8"/>
+      <c r="AG4" s="8"/>
+      <c r="AH4" s="8"/>
+      <c r="AI4" s="8"/>
+      <c r="AJ4" s="5">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="AK4" s="6"/>
+      <c r="AL4" s="38">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="5" spans="1:38" x14ac:dyDescent="0.25">
+      <c r="A5" s="1">
+        <v>4</v>
+      </c>
+      <c r="B5" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="C5" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="D5" s="2" t="s">
         <v>6</v>
-      </c>
-[...51 lines deleted...]
-        <v>8</v>
       </c>
       <c r="E5" s="3"/>
       <c r="F5" s="3"/>
       <c r="G5" s="3"/>
       <c r="H5" s="3"/>
       <c r="I5" s="3"/>
       <c r="J5" s="3"/>
       <c r="K5" s="3"/>
       <c r="L5" s="3"/>
       <c r="M5" s="3"/>
       <c r="N5" s="3"/>
       <c r="O5" s="3"/>
       <c r="P5" s="3"/>
       <c r="Q5" s="3"/>
       <c r="R5" s="3"/>
       <c r="S5" s="3"/>
       <c r="T5" s="4"/>
       <c r="U5" s="3"/>
       <c r="V5" s="3"/>
       <c r="W5" s="3"/>
       <c r="X5" s="3"/>
       <c r="Y5" s="3"/>
       <c r="Z5" s="3"/>
       <c r="AA5" s="3"/>
       <c r="AB5" s="3"/>
       <c r="AC5" s="3"/>
       <c r="AD5" s="3"/>
       <c r="AE5" s="3"/>
       <c r="AF5" s="3"/>
       <c r="AG5" s="3"/>
       <c r="AH5" s="3"/>
       <c r="AI5" s="3"/>
       <c r="AJ5" s="5">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="AK5" s="6"/>
-[...5 lines deleted...]
-      <c r="A6" s="25">
+      <c r="AK5" s="40"/>
+      <c r="AL5" s="38">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="6" spans="1:38" x14ac:dyDescent="0.25">
+      <c r="A6" s="1">
         <v>5</v>
       </c>
       <c r="B6" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D6" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="E6" s="8"/>
+      <c r="F6" s="8"/>
+      <c r="G6" s="8"/>
+      <c r="H6" s="8"/>
+      <c r="I6" s="8"/>
+      <c r="J6" s="8"/>
+      <c r="K6" s="8"/>
+      <c r="L6" s="8"/>
+      <c r="M6" s="8"/>
+      <c r="N6" s="8"/>
+      <c r="O6" s="8"/>
+      <c r="P6" s="8"/>
+      <c r="Q6" s="8"/>
+      <c r="R6" s="8"/>
+      <c r="S6" s="8"/>
+      <c r="T6" s="8"/>
+      <c r="U6" s="8"/>
+      <c r="V6" s="8"/>
+      <c r="W6" s="8"/>
+      <c r="X6" s="8"/>
+      <c r="Y6" s="8"/>
+      <c r="Z6" s="8"/>
+      <c r="AA6" s="8"/>
+      <c r="AB6" s="8"/>
+      <c r="AC6" s="8"/>
+      <c r="AD6" s="8"/>
+      <c r="AE6" s="8"/>
+      <c r="AF6" s="8"/>
+      <c r="AG6" s="8"/>
+      <c r="AH6" s="8"/>
+      <c r="AI6" s="8"/>
+      <c r="AJ6" s="5">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="AK6" s="5"/>
+      <c r="AL6" s="38">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="7" spans="1:38" x14ac:dyDescent="0.25">
+      <c r="A7" s="1">
+        <v>6</v>
+      </c>
+      <c r="B7" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="C7" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="D7" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="E7" s="25"/>
+      <c r="F7" s="25"/>
+      <c r="G7" s="25"/>
+      <c r="H7" s="25"/>
+      <c r="I7" s="25"/>
+      <c r="J7" s="25"/>
+      <c r="K7" s="25"/>
+      <c r="L7" s="25"/>
+      <c r="M7" s="25"/>
+      <c r="N7" s="25"/>
+      <c r="O7" s="25"/>
+      <c r="P7" s="25"/>
+      <c r="Q7" s="25"/>
+      <c r="R7" s="25"/>
+      <c r="S7" s="25"/>
+      <c r="T7" s="25"/>
+      <c r="U7" s="25"/>
+      <c r="V7" s="25"/>
+      <c r="W7" s="25"/>
+      <c r="X7" s="25"/>
+      <c r="Y7" s="25"/>
+      <c r="Z7" s="25"/>
+      <c r="AA7" s="25"/>
+      <c r="AB7" s="25"/>
+      <c r="AC7" s="25"/>
+      <c r="AD7" s="25"/>
+      <c r="AE7" s="25"/>
+      <c r="AF7" s="25"/>
+      <c r="AG7" s="25"/>
+      <c r="AH7" s="25"/>
+      <c r="AI7" s="25"/>
+      <c r="AJ7" s="5">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="AK7" s="6"/>
+      <c r="AL7" s="38">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="8" spans="1:38" x14ac:dyDescent="0.25">
+      <c r="A8" s="1">
+        <v>7</v>
+      </c>
+      <c r="B8" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="C8" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="D8" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E8" s="8"/>
+      <c r="F8" s="8"/>
+      <c r="G8" s="8"/>
+      <c r="H8" s="8"/>
+      <c r="I8" s="8"/>
+      <c r="J8" s="8"/>
+      <c r="K8" s="8"/>
+      <c r="L8" s="8"/>
+      <c r="M8" s="8"/>
+      <c r="N8" s="8"/>
+      <c r="O8" s="8"/>
+      <c r="P8" s="8"/>
+      <c r="Q8" s="8"/>
+      <c r="R8" s="8"/>
+      <c r="S8" s="8"/>
+      <c r="T8" s="8"/>
+      <c r="U8" s="8"/>
+      <c r="V8" s="8"/>
+      <c r="W8" s="8"/>
+      <c r="X8" s="8"/>
+      <c r="Y8" s="8"/>
+      <c r="Z8" s="8"/>
+      <c r="AA8" s="8"/>
+      <c r="AB8" s="24"/>
+      <c r="AC8" s="8"/>
+      <c r="AD8" s="8"/>
+      <c r="AE8" s="8"/>
+      <c r="AF8" s="8"/>
+      <c r="AG8" s="8"/>
+      <c r="AH8" s="8"/>
+      <c r="AI8" s="8"/>
+      <c r="AJ8" s="5">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="AK8" s="5"/>
+      <c r="AL8" s="38">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="9" spans="1:38" x14ac:dyDescent="0.25">
+      <c r="A9" s="1">
+        <v>8</v>
+      </c>
+      <c r="B9" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="C9" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="D9" s="2" t="s">
         <v>10</v>
       </c>
-      <c r="E6" s="3"/>
-[...157 lines deleted...]
-      </c>
       <c r="E9" s="3"/>
-      <c r="F9" s="3"/>
-[...23 lines deleted...]
-      <c r="AD9" s="3"/>
+      <c r="F9" s="24"/>
+      <c r="G9" s="24"/>
+      <c r="H9" s="24"/>
+      <c r="I9" s="24"/>
+      <c r="J9" s="24"/>
+      <c r="K9" s="24"/>
+      <c r="L9" s="24"/>
+      <c r="M9" s="24"/>
+      <c r="N9" s="24"/>
+      <c r="O9" s="24"/>
+      <c r="P9" s="24"/>
+      <c r="Q9" s="24"/>
+      <c r="R9" s="26"/>
+      <c r="S9" s="24"/>
+      <c r="T9" s="24"/>
+      <c r="U9" s="24"/>
+      <c r="V9" s="24"/>
+      <c r="W9" s="24"/>
+      <c r="X9" s="24"/>
+      <c r="Y9" s="24"/>
+      <c r="Z9" s="24"/>
+      <c r="AA9" s="24"/>
+      <c r="AB9" s="24"/>
+      <c r="AC9" s="24"/>
+      <c r="AD9" s="24"/>
       <c r="AE9" s="3"/>
       <c r="AF9" s="3"/>
       <c r="AG9" s="3"/>
       <c r="AH9" s="3"/>
       <c r="AI9" s="3"/>
       <c r="AJ9" s="5">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="AK9" s="5"/>
-      <c r="AL9" s="37">
-[...4 lines deleted...]
-      <c r="A10" s="25">
+      <c r="AL9" s="38">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="10" spans="1:38" x14ac:dyDescent="0.25">
+      <c r="A10" s="1">
         <v>9</v>
       </c>
       <c r="B10" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D10" s="2" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="E10" s="3"/>
-      <c r="F10" s="3"/>
-[...23 lines deleted...]
-      <c r="AD10" s="3"/>
+      <c r="F10" s="24"/>
+      <c r="G10" s="24"/>
+      <c r="H10" s="24"/>
+      <c r="I10" s="24"/>
+      <c r="J10" s="24"/>
+      <c r="K10" s="24"/>
+      <c r="L10" s="24"/>
+      <c r="M10" s="24"/>
+      <c r="N10" s="24"/>
+      <c r="O10" s="24"/>
+      <c r="P10" s="24"/>
+      <c r="Q10" s="24"/>
+      <c r="R10" s="26"/>
+      <c r="S10" s="24"/>
+      <c r="T10" s="24"/>
+      <c r="U10" s="24"/>
+      <c r="V10" s="24"/>
+      <c r="W10" s="24"/>
+      <c r="X10" s="24"/>
+      <c r="Y10" s="24"/>
+      <c r="Z10" s="24"/>
+      <c r="AA10" s="24"/>
+      <c r="AB10" s="24"/>
+      <c r="AC10" s="24"/>
+      <c r="AD10" s="24"/>
       <c r="AE10" s="3"/>
       <c r="AF10" s="3"/>
       <c r="AG10" s="3"/>
       <c r="AH10" s="3"/>
       <c r="AI10" s="3"/>
       <c r="AJ10" s="5">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="AK10" s="5"/>
-      <c r="AL10" s="37">
-[...4 lines deleted...]
-      <c r="A11" s="25">
+      <c r="AL10" s="38">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="11" spans="1:38" x14ac:dyDescent="0.25">
+      <c r="A11" s="1">
         <v>10</v>
       </c>
       <c r="B11" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C11" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D11" s="2" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="E11" s="3"/>
-      <c r="F11" s="3"/>
-[...23 lines deleted...]
-      <c r="AD11" s="3"/>
+      <c r="F11" s="24"/>
+      <c r="G11" s="24"/>
+      <c r="H11" s="24"/>
+      <c r="I11" s="24"/>
+      <c r="J11" s="24"/>
+      <c r="K11" s="24"/>
+      <c r="L11" s="24"/>
+      <c r="M11" s="24"/>
+      <c r="N11" s="24"/>
+      <c r="O11" s="24"/>
+      <c r="P11" s="24"/>
+      <c r="Q11" s="24"/>
+      <c r="R11" s="26"/>
+      <c r="S11" s="24"/>
+      <c r="T11" s="24"/>
+      <c r="U11" s="24"/>
+      <c r="V11" s="24"/>
+      <c r="W11" s="24"/>
+      <c r="X11" s="24"/>
+      <c r="Y11" s="24"/>
+      <c r="Z11" s="24"/>
+      <c r="AA11" s="24"/>
+      <c r="AB11" s="24"/>
+      <c r="AC11" s="24"/>
+      <c r="AD11" s="24"/>
       <c r="AE11" s="3"/>
       <c r="AF11" s="3"/>
       <c r="AG11" s="3"/>
       <c r="AH11" s="3"/>
       <c r="AI11" s="3"/>
       <c r="AJ11" s="5">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="AK11" s="5"/>
-      <c r="AL11" s="37">
-[...4 lines deleted...]
-      <c r="A12" s="25">
+      <c r="AL11" s="38">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="12" spans="1:38" x14ac:dyDescent="0.25">
+      <c r="A12" s="1">
         <v>11</v>
       </c>
       <c r="B12" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C12" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D12" s="2" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="E12" s="3"/>
-      <c r="F12" s="3"/>
-[...23 lines deleted...]
-      <c r="AD12" s="3"/>
+      <c r="F12" s="24"/>
+      <c r="G12" s="24"/>
+      <c r="H12" s="24"/>
+      <c r="I12" s="24"/>
+      <c r="J12" s="24"/>
+      <c r="K12" s="24"/>
+      <c r="L12" s="24"/>
+      <c r="M12" s="24"/>
+      <c r="N12" s="24"/>
+      <c r="O12" s="24"/>
+      <c r="P12" s="24"/>
+      <c r="Q12" s="24"/>
+      <c r="R12" s="26"/>
+      <c r="S12" s="24"/>
+      <c r="T12" s="24"/>
+      <c r="U12" s="24"/>
+      <c r="V12" s="24"/>
+      <c r="W12" s="24"/>
+      <c r="X12" s="24"/>
+      <c r="Y12" s="24"/>
+      <c r="Z12" s="24"/>
+      <c r="AA12" s="24"/>
+      <c r="AB12" s="24"/>
+      <c r="AC12" s="24"/>
+      <c r="AD12" s="24"/>
       <c r="AE12" s="3"/>
       <c r="AF12" s="3"/>
       <c r="AG12" s="3"/>
       <c r="AH12" s="3"/>
       <c r="AI12" s="3"/>
       <c r="AJ12" s="5">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="AK12" s="5"/>
-      <c r="AL12" s="37">
-[...4 lines deleted...]
-      <c r="A13" s="25">
+      <c r="AL12" s="38">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="13" spans="1:38" x14ac:dyDescent="0.25">
+      <c r="A13" s="1">
         <v>12</v>
       </c>
       <c r="B13" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C13" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D13" s="2" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="E13" s="3"/>
-      <c r="F13" s="3"/>
-[...23 lines deleted...]
-      <c r="AD13" s="3"/>
+      <c r="F13" s="24"/>
+      <c r="G13" s="24"/>
+      <c r="H13" s="24"/>
+      <c r="I13" s="24"/>
+      <c r="J13" s="24"/>
+      <c r="K13" s="24"/>
+      <c r="L13" s="24"/>
+      <c r="M13" s="24"/>
+      <c r="N13" s="24"/>
+      <c r="O13" s="24"/>
+      <c r="P13" s="24"/>
+      <c r="Q13" s="24"/>
+      <c r="R13" s="26"/>
+      <c r="S13" s="24"/>
+      <c r="T13" s="24"/>
+      <c r="U13" s="24"/>
+      <c r="V13" s="24"/>
+      <c r="W13" s="24"/>
+      <c r="X13" s="24"/>
+      <c r="Y13" s="24"/>
+      <c r="Z13" s="24"/>
+      <c r="AA13" s="24"/>
+      <c r="AB13" s="24"/>
+      <c r="AC13" s="24"/>
+      <c r="AD13" s="24"/>
       <c r="AE13" s="3"/>
       <c r="AF13" s="3"/>
       <c r="AG13" s="3"/>
       <c r="AH13" s="3"/>
       <c r="AI13" s="3"/>
       <c r="AJ13" s="5">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="AK13" s="7"/>
-      <c r="AL13" s="37">
-[...4 lines deleted...]
-      <c r="A14" s="25">
+      <c r="AL13" s="38">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="14" spans="1:38" x14ac:dyDescent="0.25">
+      <c r="A14" s="1">
         <v>13</v>
       </c>
       <c r="B14" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C14" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D14" s="2" t="s">
-        <v>21</v>
+        <v>15</v>
       </c>
       <c r="E14" s="3"/>
-      <c r="F14" s="3"/>
-[...23 lines deleted...]
-      <c r="AD14" s="3"/>
+      <c r="F14" s="24"/>
+      <c r="G14" s="24"/>
+      <c r="H14" s="24"/>
+      <c r="I14" s="24"/>
+      <c r="J14" s="24"/>
+      <c r="K14" s="24"/>
+      <c r="L14" s="24"/>
+      <c r="M14" s="24"/>
+      <c r="N14" s="24"/>
+      <c r="O14" s="24"/>
+      <c r="P14" s="24"/>
+      <c r="Q14" s="24"/>
+      <c r="R14" s="26"/>
+      <c r="S14" s="24"/>
+      <c r="T14" s="24"/>
+      <c r="U14" s="24"/>
+      <c r="V14" s="24"/>
+      <c r="W14" s="24"/>
+      <c r="X14" s="24"/>
+      <c r="Y14" s="24"/>
+      <c r="Z14" s="24"/>
+      <c r="AA14" s="24"/>
+      <c r="AB14" s="24"/>
+      <c r="AC14" s="24"/>
+      <c r="AD14" s="24"/>
       <c r="AE14" s="3"/>
       <c r="AF14" s="3"/>
       <c r="AG14" s="3"/>
       <c r="AH14" s="3"/>
       <c r="AI14" s="3"/>
       <c r="AJ14" s="5">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="AK14" s="5"/>
-      <c r="AL14" s="37">
-[...4 lines deleted...]
-      <c r="A15" s="25">
+      <c r="AL14" s="38">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="15" spans="1:38" x14ac:dyDescent="0.25">
+      <c r="A15" s="1">
         <v>14</v>
       </c>
       <c r="B15" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C15" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D15" s="2" t="s">
-        <v>22</v>
-[...26 lines deleted...]
-      <c r="AD15" s="3"/>
+        <v>16</v>
+      </c>
+      <c r="E15" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="F15" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="G15" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="H15" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="I15" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="J15" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="K15" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="L15" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="M15" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="N15" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="O15" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="P15" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="Q15" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="R15" s="26" t="s">
+        <v>4</v>
+      </c>
+      <c r="S15" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="T15" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="U15" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="V15" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="W15" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="X15" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="Y15" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="Z15" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="AA15" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="AB15" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="AC15" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="AD15" s="24" t="s">
+        <v>4</v>
+      </c>
       <c r="AE15" s="3"/>
       <c r="AF15" s="3"/>
       <c r="AG15" s="3"/>
       <c r="AH15" s="3"/>
       <c r="AI15" s="3"/>
       <c r="AJ15" s="5">
         <f t="shared" si="0"/>
-        <v>0</v>
-[...7 lines deleted...]
-      <c r="A16" s="25">
+        <v>26</v>
+      </c>
+      <c r="AK15" s="7" t="s">
+        <v>56</v>
+      </c>
+      <c r="AL15" s="38">
+        <f t="shared" si="1"/>
+        <v>26</v>
+      </c>
+    </row>
+    <row r="16" spans="1:38" x14ac:dyDescent="0.25">
+      <c r="A16" s="1">
         <v>15</v>
       </c>
       <c r="B16" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C16" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D16" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E16" s="24"/>
+      <c r="F16" s="24"/>
+      <c r="G16" s="24"/>
+      <c r="H16" s="24"/>
+      <c r="I16" s="24"/>
+      <c r="J16" s="24"/>
+      <c r="K16" s="24"/>
+      <c r="L16" s="24"/>
+      <c r="M16" s="24"/>
+      <c r="N16" s="24"/>
+      <c r="O16" s="24"/>
+      <c r="P16" s="24"/>
+      <c r="Q16" s="24"/>
+      <c r="R16" s="24"/>
+      <c r="S16" s="24"/>
+      <c r="T16" s="26"/>
+      <c r="U16" s="24"/>
+      <c r="V16" s="24"/>
+      <c r="W16" s="24"/>
+      <c r="X16" s="24"/>
+      <c r="Y16" s="24"/>
+      <c r="Z16" s="24"/>
+      <c r="AA16" s="24"/>
+      <c r="AB16" s="24"/>
+      <c r="AC16" s="24"/>
+      <c r="AD16" s="24"/>
+      <c r="AE16" s="24"/>
+      <c r="AF16" s="24"/>
+      <c r="AG16" s="24"/>
+      <c r="AH16" s="24"/>
+      <c r="AI16" s="24"/>
+      <c r="AJ16" s="5">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="AK16" s="5"/>
+      <c r="AL16" s="38">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="17" spans="1:38" x14ac:dyDescent="0.25">
+      <c r="A17" s="1">
+        <v>16</v>
+      </c>
+      <c r="B17" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="C17" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="D17" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="E17" s="24"/>
+      <c r="F17" s="24"/>
+      <c r="G17" s="24"/>
+      <c r="H17" s="24"/>
+      <c r="I17" s="24"/>
+      <c r="J17" s="24"/>
+      <c r="K17" s="24"/>
+      <c r="L17" s="24"/>
+      <c r="M17" s="24"/>
+      <c r="N17" s="24"/>
+      <c r="O17" s="24"/>
+      <c r="P17" s="24"/>
+      <c r="Q17" s="24"/>
+      <c r="R17" s="24"/>
+      <c r="S17" s="24"/>
+      <c r="T17" s="26"/>
+      <c r="U17" s="24"/>
+      <c r="V17" s="24"/>
+      <c r="W17" s="24"/>
+      <c r="X17" s="24"/>
+      <c r="Y17" s="24"/>
+      <c r="Z17" s="24"/>
+      <c r="AA17" s="24"/>
+      <c r="AB17" s="24"/>
+      <c r="AC17" s="24"/>
+      <c r="AD17" s="24"/>
+      <c r="AE17" s="24"/>
+      <c r="AF17" s="24"/>
+      <c r="AG17" s="24"/>
+      <c r="AH17" s="24"/>
+      <c r="AI17" s="24"/>
+      <c r="AJ17" s="5">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="AK17" s="5"/>
+      <c r="AL17" s="38">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="18" spans="1:38" x14ac:dyDescent="0.25">
+      <c r="A18" s="1">
+        <v>17</v>
+      </c>
+      <c r="B18" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="C18" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="D18" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="E18" s="24"/>
+      <c r="F18" s="24"/>
+      <c r="G18" s="24"/>
+      <c r="H18" s="24"/>
+      <c r="I18" s="24"/>
+      <c r="J18" s="24"/>
+      <c r="K18" s="24"/>
+      <c r="L18" s="24"/>
+      <c r="M18" s="24"/>
+      <c r="N18" s="24"/>
+      <c r="O18" s="24"/>
+      <c r="P18" s="24"/>
+      <c r="Q18" s="24"/>
+      <c r="R18" s="24"/>
+      <c r="S18" s="24"/>
+      <c r="T18" s="24"/>
+      <c r="U18" s="24"/>
+      <c r="V18" s="24"/>
+      <c r="W18" s="24"/>
+      <c r="X18" s="24"/>
+      <c r="Y18" s="24"/>
+      <c r="Z18" s="24"/>
+      <c r="AA18" s="24"/>
+      <c r="AB18" s="24"/>
+      <c r="AC18" s="24"/>
+      <c r="AD18" s="24"/>
+      <c r="AE18" s="24"/>
+      <c r="AF18" s="24"/>
+      <c r="AG18" s="24"/>
+      <c r="AH18" s="24"/>
+      <c r="AI18" s="24"/>
+      <c r="AJ18" s="5">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="AK18" s="5"/>
+      <c r="AL18" s="38">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="19" spans="1:38" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A19" s="1">
+        <v>18</v>
+      </c>
+      <c r="B19" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="C19" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="D19" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="E19" s="24"/>
+      <c r="F19" s="24"/>
+      <c r="G19" s="24"/>
+      <c r="H19" s="24"/>
+      <c r="I19" s="24"/>
+      <c r="J19" s="24"/>
+      <c r="K19" s="24"/>
+      <c r="L19" s="24"/>
+      <c r="M19" s="24"/>
+      <c r="N19" s="24"/>
+      <c r="O19" s="24"/>
+      <c r="P19" s="24"/>
+      <c r="Q19" s="24"/>
+      <c r="R19" s="24"/>
+      <c r="S19" s="24"/>
+      <c r="T19" s="24"/>
+      <c r="U19" s="24"/>
+      <c r="V19" s="24"/>
+      <c r="W19" s="24"/>
+      <c r="X19" s="24"/>
+      <c r="Y19" s="24"/>
+      <c r="Z19" s="24"/>
+      <c r="AA19" s="24"/>
+      <c r="AB19" s="24"/>
+      <c r="AC19" s="24"/>
+      <c r="AD19" s="24"/>
+      <c r="AE19" s="24"/>
+      <c r="AF19" s="24"/>
+      <c r="AG19" s="24"/>
+      <c r="AH19" s="24"/>
+      <c r="AI19" s="24"/>
+      <c r="AJ19" s="5">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="AK19" s="7"/>
+      <c r="AL19" s="38">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="20" spans="1:38" x14ac:dyDescent="0.25">
+      <c r="A20" s="1">
+        <v>19</v>
+      </c>
+      <c r="B20" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="C20" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="D20" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="E20" s="24"/>
+      <c r="F20" s="24"/>
+      <c r="G20" s="24"/>
+      <c r="H20" s="24"/>
+      <c r="I20" s="24"/>
+      <c r="J20" s="24"/>
+      <c r="K20" s="24"/>
+      <c r="L20" s="24"/>
+      <c r="M20" s="24"/>
+      <c r="N20" s="24"/>
+      <c r="O20" s="24"/>
+      <c r="P20" s="24"/>
+      <c r="Q20" s="24"/>
+      <c r="R20" s="24"/>
+      <c r="S20" s="24"/>
+      <c r="T20" s="26"/>
+      <c r="U20" s="24"/>
+      <c r="V20" s="24"/>
+      <c r="W20" s="24"/>
+      <c r="X20" s="24"/>
+      <c r="Y20" s="24"/>
+      <c r="Z20" s="24"/>
+      <c r="AA20" s="24"/>
+      <c r="AB20" s="24"/>
+      <c r="AC20" s="24"/>
+      <c r="AD20" s="24"/>
+      <c r="AE20" s="24"/>
+      <c r="AF20" s="24"/>
+      <c r="AG20" s="24"/>
+      <c r="AH20" s="24"/>
+      <c r="AI20" s="24"/>
+      <c r="AJ20" s="5">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="AK20" s="5"/>
+      <c r="AL20" s="38">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="21" spans="1:38" x14ac:dyDescent="0.25">
+      <c r="A21" s="1">
+        <v>20</v>
+      </c>
+      <c r="B21" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="C21" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="D21" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="E21" s="24"/>
+      <c r="F21" s="24"/>
+      <c r="G21" s="24"/>
+      <c r="H21" s="24"/>
+      <c r="I21" s="24"/>
+      <c r="J21" s="24"/>
+      <c r="K21" s="24"/>
+      <c r="L21" s="24"/>
+      <c r="M21" s="24"/>
+      <c r="N21" s="24"/>
+      <c r="O21" s="24"/>
+      <c r="P21" s="24"/>
+      <c r="Q21" s="24"/>
+      <c r="R21" s="24"/>
+      <c r="S21" s="24"/>
+      <c r="T21" s="26"/>
+      <c r="U21" s="24"/>
+      <c r="V21" s="24"/>
+      <c r="W21" s="24"/>
+      <c r="X21" s="24"/>
+      <c r="Y21" s="24"/>
+      <c r="Z21" s="24"/>
+      <c r="AA21" s="24"/>
+      <c r="AB21" s="24"/>
+      <c r="AC21" s="24"/>
+      <c r="AD21" s="24"/>
+      <c r="AE21" s="24"/>
+      <c r="AF21" s="24"/>
+      <c r="AG21" s="24"/>
+      <c r="AH21" s="24"/>
+      <c r="AI21" s="24"/>
+      <c r="AJ21" s="5">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="AK21" s="5"/>
+      <c r="AL21" s="38">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="22" spans="1:38" x14ac:dyDescent="0.25">
+      <c r="A22" s="1">
+        <v>21</v>
+      </c>
+      <c r="B22" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="C22" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="D22" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="E16" s="3" t="s">
-[...113 lines deleted...]
-      <c r="D17" s="2" t="s">
+      <c r="E22" s="24"/>
+      <c r="F22" s="24"/>
+      <c r="G22" s="24"/>
+      <c r="H22" s="24"/>
+      <c r="I22" s="24"/>
+      <c r="J22" s="24"/>
+      <c r="K22" s="24"/>
+      <c r="L22" s="24"/>
+      <c r="M22" s="24"/>
+      <c r="N22" s="24"/>
+      <c r="O22" s="24"/>
+      <c r="P22" s="24"/>
+      <c r="Q22" s="24"/>
+      <c r="R22" s="24"/>
+      <c r="S22" s="24"/>
+      <c r="T22" s="26"/>
+      <c r="U22" s="24"/>
+      <c r="V22" s="24"/>
+      <c r="W22" s="24"/>
+      <c r="X22" s="24"/>
+      <c r="Y22" s="24"/>
+      <c r="Z22" s="24"/>
+      <c r="AA22" s="24"/>
+      <c r="AB22" s="24"/>
+      <c r="AC22" s="24"/>
+      <c r="AD22" s="24"/>
+      <c r="AE22" s="24"/>
+      <c r="AF22" s="24"/>
+      <c r="AG22" s="24"/>
+      <c r="AH22" s="24"/>
+      <c r="AI22" s="24"/>
+      <c r="AJ22" s="5">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="AK22" s="5"/>
+      <c r="AL22" s="38">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="23" spans="1:38" x14ac:dyDescent="0.25">
+      <c r="A23" s="1">
+        <v>22</v>
+      </c>
+      <c r="B23" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="C23" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="D23" s="2" t="s">
         <v>24</v>
       </c>
-      <c r="E17" s="3"/>
-[...49 lines deleted...]
-      <c r="D18" s="2" t="s">
+      <c r="E23" s="24"/>
+      <c r="F23" s="24"/>
+      <c r="G23" s="24"/>
+      <c r="H23" s="24"/>
+      <c r="I23" s="24"/>
+      <c r="J23" s="24"/>
+      <c r="K23" s="24"/>
+      <c r="L23" s="24"/>
+      <c r="M23" s="24"/>
+      <c r="N23" s="24"/>
+      <c r="O23" s="24"/>
+      <c r="P23" s="24"/>
+      <c r="Q23" s="24"/>
+      <c r="R23" s="24"/>
+      <c r="S23" s="24"/>
+      <c r="T23" s="24"/>
+      <c r="U23" s="24"/>
+      <c r="V23" s="24"/>
+      <c r="W23" s="24"/>
+      <c r="X23" s="24"/>
+      <c r="Y23" s="24"/>
+      <c r="Z23" s="24"/>
+      <c r="AA23" s="24"/>
+      <c r="AB23" s="24"/>
+      <c r="AC23" s="24"/>
+      <c r="AD23" s="24"/>
+      <c r="AE23" s="24"/>
+      <c r="AF23" s="24"/>
+      <c r="AG23" s="24"/>
+      <c r="AH23" s="24"/>
+      <c r="AI23" s="24"/>
+      <c r="AJ23" s="5">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="AK23" s="5"/>
+      <c r="AL23" s="38">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="24" spans="1:38" x14ac:dyDescent="0.25">
+      <c r="A24" s="1">
+        <v>23</v>
+      </c>
+      <c r="B24" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="C24" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="D24" s="2" t="s">
         <v>25</v>
       </c>
-      <c r="E18" s="3"/>
-[...49 lines deleted...]
-      <c r="D19" s="2" t="s">
+      <c r="E24" s="24"/>
+      <c r="F24" s="24"/>
+      <c r="G24" s="24"/>
+      <c r="H24" s="24"/>
+      <c r="I24" s="24"/>
+      <c r="J24" s="24"/>
+      <c r="K24" s="24"/>
+      <c r="L24" s="24"/>
+      <c r="M24" s="24"/>
+      <c r="N24" s="24"/>
+      <c r="O24" s="24"/>
+      <c r="P24" s="24"/>
+      <c r="Q24" s="24"/>
+      <c r="R24" s="24"/>
+      <c r="S24" s="24"/>
+      <c r="T24" s="26"/>
+      <c r="U24" s="24"/>
+      <c r="V24" s="24"/>
+      <c r="W24" s="24"/>
+      <c r="X24" s="24"/>
+      <c r="Y24" s="24"/>
+      <c r="Z24" s="24"/>
+      <c r="AA24" s="24"/>
+      <c r="AB24" s="24"/>
+      <c r="AC24" s="24"/>
+      <c r="AD24" s="24"/>
+      <c r="AE24" s="24"/>
+      <c r="AF24" s="24"/>
+      <c r="AG24" s="24"/>
+      <c r="AH24" s="24"/>
+      <c r="AI24" s="24"/>
+      <c r="AJ24" s="5">
+        <v>0</v>
+      </c>
+      <c r="AK24" s="5"/>
+      <c r="AL24" s="38">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="25" spans="1:38" x14ac:dyDescent="0.25">
+      <c r="A25" s="1">
+        <v>24</v>
+      </c>
+      <c r="B25" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="C25" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="D25" s="2" t="s">
         <v>26</v>
       </c>
-      <c r="E19" s="3" t="s">
-[...113 lines deleted...]
-      <c r="D20" s="2" t="s">
+      <c r="E25" s="24"/>
+      <c r="F25" s="24"/>
+      <c r="G25" s="24"/>
+      <c r="H25" s="24"/>
+      <c r="I25" s="24"/>
+      <c r="J25" s="24"/>
+      <c r="K25" s="24"/>
+      <c r="L25" s="24"/>
+      <c r="M25" s="24"/>
+      <c r="N25" s="24"/>
+      <c r="O25" s="24"/>
+      <c r="P25" s="24"/>
+      <c r="Q25" s="24"/>
+      <c r="R25" s="24"/>
+      <c r="S25" s="24"/>
+      <c r="T25" s="26"/>
+      <c r="U25" s="24"/>
+      <c r="V25" s="24"/>
+      <c r="W25" s="24"/>
+      <c r="X25" s="24"/>
+      <c r="Y25" s="24"/>
+      <c r="Z25" s="24"/>
+      <c r="AA25" s="24"/>
+      <c r="AB25" s="24"/>
+      <c r="AC25" s="24"/>
+      <c r="AD25" s="24"/>
+      <c r="AE25" s="24"/>
+      <c r="AF25" s="24"/>
+      <c r="AG25" s="24"/>
+      <c r="AH25" s="24"/>
+      <c r="AI25" s="24"/>
+      <c r="AJ25" s="5">
+        <f t="shared" ref="AJ25:AJ27" si="2">COUNTA(E25:AI25)</f>
+        <v>0</v>
+      </c>
+      <c r="AK25" s="5"/>
+      <c r="AL25" s="38">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="26" spans="1:38" x14ac:dyDescent="0.25">
+      <c r="A26" s="1">
+        <v>25</v>
+      </c>
+      <c r="B26" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="C26" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="D26" s="2" t="s">
         <v>27</v>
       </c>
-      <c r="E20" s="3"/>
-[...49 lines deleted...]
-      <c r="D21" s="2" t="s">
+      <c r="E26" s="3"/>
+      <c r="F26" s="3"/>
+      <c r="G26" s="3"/>
+      <c r="H26" s="3"/>
+      <c r="I26" s="3"/>
+      <c r="J26" s="3"/>
+      <c r="K26" s="3"/>
+      <c r="L26" s="3"/>
+      <c r="M26" s="3"/>
+      <c r="N26" s="3"/>
+      <c r="O26" s="3"/>
+      <c r="P26" s="3"/>
+      <c r="Q26" s="3"/>
+      <c r="R26" s="3"/>
+      <c r="S26" s="3"/>
+      <c r="T26" s="4"/>
+      <c r="U26" s="24"/>
+      <c r="V26" s="3"/>
+      <c r="W26" s="3"/>
+      <c r="X26" s="3"/>
+      <c r="Y26" s="3"/>
+      <c r="Z26" s="3"/>
+      <c r="AA26" s="3"/>
+      <c r="AB26" s="3"/>
+      <c r="AC26" s="3"/>
+      <c r="AD26" s="3"/>
+      <c r="AE26" s="3"/>
+      <c r="AF26" s="3"/>
+      <c r="AG26" s="3"/>
+      <c r="AH26" s="3"/>
+      <c r="AI26" s="3"/>
+      <c r="AJ26" s="5">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+      <c r="AK26" s="39"/>
+      <c r="AL26" s="38">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="27" spans="1:38" x14ac:dyDescent="0.25">
+      <c r="A27" s="1">
+        <v>26</v>
+      </c>
+      <c r="B27" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="C27" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="D27" s="2" t="s">
         <v>28</v>
-      </c>
-[...379 lines deleted...]
-        <v>34</v>
       </c>
       <c r="E27" s="3"/>
       <c r="F27" s="3"/>
       <c r="G27" s="3"/>
       <c r="H27" s="3"/>
       <c r="I27" s="3"/>
       <c r="J27" s="3"/>
       <c r="K27" s="3"/>
       <c r="L27" s="3"/>
       <c r="M27" s="3"/>
       <c r="N27" s="3"/>
       <c r="O27" s="3"/>
       <c r="P27" s="3"/>
       <c r="Q27" s="3"/>
       <c r="R27" s="3"/>
       <c r="S27" s="3"/>
-      <c r="T27" s="4"/>
-      <c r="U27" s="3"/>
+      <c r="T27" s="3"/>
+      <c r="U27" s="24"/>
       <c r="V27" s="3"/>
       <c r="W27" s="3"/>
       <c r="X27" s="3"/>
       <c r="Y27" s="3"/>
       <c r="Z27" s="3"/>
       <c r="AA27" s="3"/>
       <c r="AB27" s="3"/>
       <c r="AC27" s="3"/>
       <c r="AD27" s="3"/>
       <c r="AE27" s="3"/>
       <c r="AF27" s="3"/>
       <c r="AG27" s="3"/>
       <c r="AH27" s="3"/>
       <c r="AI27" s="3"/>
       <c r="AJ27" s="5">
-        <f t="shared" si="1"/>
-[...3 lines deleted...]
-      <c r="AL27" s="37">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+      <c r="AK27" s="9"/>
+      <c r="AL27" s="38">
+        <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
+  <pageSetup paperSize="9" scale="65" orientation="landscape" r:id="rId1"/>
+  <headerFooter>
+    <oddHeader>&amp;Clipiec 2024 r.</oddHeader>
+  </headerFooter>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{78C0D931-6437-407d-A8EE-F0AAD7539E65}">
+      <x14:conditionalFormattings>
+        <x14:conditionalFormatting xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
+          <x14:cfRule type="containsText" priority="1" operator="containsText" id="{E273A421-54DC-4784-B50B-1D0F6901C8D2}">
+            <xm:f>NOT(ISERROR(SEARCH($E$13,E2)))</xm:f>
+            <xm:f>$E$13</xm:f>
+            <x14:dxf>
+              <fill>
+                <patternFill>
+                  <bgColor rgb="FFFF9999"/>
+                </patternFill>
+              </fill>
+            </x14:dxf>
+          </x14:cfRule>
+          <xm:sqref>E2:AI27</xm:sqref>
+        </x14:conditionalFormatting>
+      </x14:conditionalFormattings>
+    </ext>
+  </extLst>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+  <sheetPr>
+    <pageSetUpPr fitToPage="1"/>
+  </sheetPr>
+  <dimension ref="A1:AL27"/>
+  <sheetViews>
+    <sheetView view="pageLayout" topLeftCell="D1" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="AL2" sqref="AL2:AL27"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="3.85546875" style="17" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="14.7109375" customWidth="1"/>
+    <col min="3" max="3" width="15.42578125" customWidth="1"/>
+    <col min="4" max="4" width="26.42578125" customWidth="1"/>
+    <col min="5" max="35" width="2.5703125" customWidth="1"/>
+    <col min="36" max="36" width="5.28515625" bestFit="1" customWidth="1"/>
+    <col min="37" max="37" width="54.42578125" customWidth="1"/>
+    <col min="38" max="38" width="3.140625" bestFit="1" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:38" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1" s="11" t="s">
+        <v>29</v>
+      </c>
+      <c r="B1" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="C1" s="11" t="s">
+        <v>31</v>
+      </c>
+      <c r="D1" s="11" t="s">
+        <v>32</v>
+      </c>
+      <c r="E1" s="10">
+        <v>1</v>
+      </c>
+      <c r="F1" s="10">
+        <v>2</v>
+      </c>
+      <c r="G1" s="10">
+        <v>3</v>
+      </c>
+      <c r="H1" s="10">
+        <v>4</v>
+      </c>
+      <c r="I1" s="10">
+        <v>5</v>
+      </c>
+      <c r="J1" s="10">
+        <v>6</v>
+      </c>
+      <c r="K1" s="10">
+        <v>7</v>
+      </c>
+      <c r="L1" s="10">
+        <v>8</v>
+      </c>
+      <c r="M1" s="10">
+        <v>9</v>
+      </c>
+      <c r="N1" s="10">
+        <v>10</v>
+      </c>
+      <c r="O1" s="10">
+        <v>11</v>
+      </c>
+      <c r="P1" s="10">
+        <v>12</v>
+      </c>
+      <c r="Q1" s="10">
+        <v>13</v>
+      </c>
+      <c r="R1" s="10">
+        <v>14</v>
+      </c>
+      <c r="S1" s="10">
+        <v>15</v>
+      </c>
+      <c r="T1" s="10">
+        <v>16</v>
+      </c>
+      <c r="U1" s="10">
+        <v>17</v>
+      </c>
+      <c r="V1" s="10">
+        <v>18</v>
+      </c>
+      <c r="W1" s="10">
+        <v>19</v>
+      </c>
+      <c r="X1" s="10">
+        <v>20</v>
+      </c>
+      <c r="Y1" s="10">
+        <v>21</v>
+      </c>
+      <c r="Z1" s="10">
+        <v>22</v>
+      </c>
+      <c r="AA1" s="10">
+        <v>23</v>
+      </c>
+      <c r="AB1" s="10">
+        <v>24</v>
+      </c>
+      <c r="AC1" s="10">
+        <v>25</v>
+      </c>
+      <c r="AD1" s="10">
+        <v>26</v>
+      </c>
+      <c r="AE1" s="10">
+        <v>27</v>
+      </c>
+      <c r="AF1" s="10">
+        <v>28</v>
+      </c>
+      <c r="AG1" s="10">
+        <v>29</v>
+      </c>
+      <c r="AH1" s="10">
+        <v>30</v>
+      </c>
+      <c r="AI1" s="10">
+        <v>31</v>
+      </c>
+      <c r="AJ1" s="20" t="s">
+        <v>34</v>
+      </c>
+      <c r="AK1" s="19" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="2" spans="1:38" x14ac:dyDescent="0.25">
+      <c r="A2" s="21">
+        <v>1</v>
+      </c>
+      <c r="B2" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="C2" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="D2" s="2" t="s">
+        <v>2</v>
+      </c>
+      <c r="E2" s="3"/>
+      <c r="F2" s="3"/>
+      <c r="G2" s="3"/>
+      <c r="H2" s="3"/>
+      <c r="I2" s="3"/>
+      <c r="J2" s="3"/>
+      <c r="K2" s="3"/>
+      <c r="L2" s="3"/>
+      <c r="M2" s="3"/>
+      <c r="N2" s="3"/>
+      <c r="O2" s="3"/>
+      <c r="P2" s="3"/>
+      <c r="Q2" s="3"/>
+      <c r="R2" s="3"/>
+      <c r="S2" s="3"/>
+      <c r="T2" s="4"/>
+      <c r="U2" s="24"/>
+      <c r="V2" s="3"/>
+      <c r="W2" s="3"/>
+      <c r="X2" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="Y2" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="Z2" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="AA2" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="AB2" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="AC2" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="AD2" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="AE2" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="AF2" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="AG2" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="AH2" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="AI2" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="AJ2" s="5">
+        <f t="shared" ref="AJ2:AJ23" si="0">COUNTA(E2:AI2)</f>
+        <v>12</v>
+      </c>
+      <c r="AK2" s="5" t="s">
+        <v>57</v>
+      </c>
+      <c r="AL2" s="33">
+        <f>AJ2</f>
+        <v>12</v>
+      </c>
+    </row>
+    <row r="3" spans="1:38" x14ac:dyDescent="0.25">
+      <c r="A3" s="21">
+        <v>2</v>
+      </c>
+      <c r="B3" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="C3" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="D3" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="E3" s="3"/>
+      <c r="F3" s="3"/>
+      <c r="G3" s="3"/>
+      <c r="H3" s="3"/>
+      <c r="I3" s="3"/>
+      <c r="J3" s="3"/>
+      <c r="K3" s="3"/>
+      <c r="L3" s="3"/>
+      <c r="M3" s="3"/>
+      <c r="N3" s="3"/>
+      <c r="O3" s="3"/>
+      <c r="P3" s="3"/>
+      <c r="Q3" s="3"/>
+      <c r="R3" s="3"/>
+      <c r="S3" s="3"/>
+      <c r="T3" s="4"/>
+      <c r="U3" s="24"/>
+      <c r="V3" s="3"/>
+      <c r="W3" s="3"/>
+      <c r="X3" s="3"/>
+      <c r="Y3" s="3"/>
+      <c r="Z3" s="3"/>
+      <c r="AA3" s="3"/>
+      <c r="AB3" s="3"/>
+      <c r="AC3" s="3"/>
+      <c r="AD3" s="3"/>
+      <c r="AE3" s="3"/>
+      <c r="AF3" s="3"/>
+      <c r="AG3" s="3"/>
+      <c r="AH3" s="3"/>
+      <c r="AI3" s="3"/>
+      <c r="AJ3" s="5">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="AK3" s="5"/>
+      <c r="AL3" s="33">
+        <f t="shared" ref="AL3:AL27" si="1">AJ3</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="4" spans="1:38" x14ac:dyDescent="0.25">
+      <c r="A4" s="21">
+        <v>3</v>
+      </c>
+      <c r="B4" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="C4" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="D4" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="E4" s="8"/>
+      <c r="F4" s="8"/>
+      <c r="G4" s="8"/>
+      <c r="H4" s="8"/>
+      <c r="I4" s="8"/>
+      <c r="J4" s="8"/>
+      <c r="K4" s="8"/>
+      <c r="L4" s="8"/>
+      <c r="M4" s="8"/>
+      <c r="N4" s="8"/>
+      <c r="O4" s="8"/>
+      <c r="P4" s="8"/>
+      <c r="Q4" s="8"/>
+      <c r="R4" s="8"/>
+      <c r="S4" s="8"/>
+      <c r="T4" s="8"/>
+      <c r="U4" s="8"/>
+      <c r="V4" s="8"/>
+      <c r="W4" s="8"/>
+      <c r="X4" s="8"/>
+      <c r="Y4" s="8"/>
+      <c r="Z4" s="8"/>
+      <c r="AA4" s="8"/>
+      <c r="AB4" s="8"/>
+      <c r="AC4" s="8"/>
+      <c r="AD4" s="8"/>
+      <c r="AE4" s="8"/>
+      <c r="AF4" s="8"/>
+      <c r="AG4" s="8"/>
+      <c r="AH4" s="8"/>
+      <c r="AI4" s="8"/>
+      <c r="AJ4" s="5">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="AK4" s="6"/>
+      <c r="AL4" s="33">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="5" spans="1:38" x14ac:dyDescent="0.25">
+      <c r="A5" s="21">
+        <v>4</v>
+      </c>
+      <c r="B5" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="C5" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="D5" s="2" t="s">
+        <v>6</v>
+      </c>
+      <c r="E5" s="3"/>
+      <c r="F5" s="3"/>
+      <c r="G5" s="3"/>
+      <c r="H5" s="3"/>
+      <c r="I5" s="3"/>
+      <c r="J5" s="3"/>
+      <c r="K5" s="3"/>
+      <c r="L5" s="3"/>
+      <c r="M5" s="3"/>
+      <c r="N5" s="3"/>
+      <c r="O5" s="3"/>
+      <c r="P5" s="3"/>
+      <c r="Q5" s="3"/>
+      <c r="R5" s="3"/>
+      <c r="S5" s="3"/>
+      <c r="T5" s="4"/>
+      <c r="U5" s="3"/>
+      <c r="V5" s="3"/>
+      <c r="W5" s="3"/>
+      <c r="X5" s="3"/>
+      <c r="Y5" s="3"/>
+      <c r="Z5" s="3"/>
+      <c r="AA5" s="3"/>
+      <c r="AB5" s="3"/>
+      <c r="AC5" s="3"/>
+      <c r="AD5" s="3"/>
+      <c r="AE5" s="3"/>
+      <c r="AF5" s="3"/>
+      <c r="AG5" s="3"/>
+      <c r="AH5" s="3"/>
+      <c r="AI5" s="3"/>
+      <c r="AJ5" s="5">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="AK5" s="40"/>
+      <c r="AL5" s="33">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="6" spans="1:38" x14ac:dyDescent="0.25">
+      <c r="A6" s="21">
+        <v>5</v>
+      </c>
+      <c r="B6" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="C6" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="D6" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="E6" s="8"/>
+      <c r="F6" s="8"/>
+      <c r="G6" s="8"/>
+      <c r="H6" s="8"/>
+      <c r="I6" s="8"/>
+      <c r="J6" s="8"/>
+      <c r="K6" s="8"/>
+      <c r="L6" s="8"/>
+      <c r="M6" s="8"/>
+      <c r="N6" s="8"/>
+      <c r="O6" s="8"/>
+      <c r="P6" s="8"/>
+      <c r="Q6" s="8"/>
+      <c r="R6" s="8"/>
+      <c r="S6" s="8"/>
+      <c r="T6" s="8"/>
+      <c r="U6" s="8"/>
+      <c r="V6" s="8"/>
+      <c r="W6" s="8"/>
+      <c r="X6" s="8"/>
+      <c r="Y6" s="8"/>
+      <c r="Z6" s="8"/>
+      <c r="AA6" s="8"/>
+      <c r="AB6" s="8"/>
+      <c r="AC6" s="8"/>
+      <c r="AD6" s="8"/>
+      <c r="AE6" s="8"/>
+      <c r="AF6" s="8"/>
+      <c r="AG6" s="8"/>
+      <c r="AH6" s="8"/>
+      <c r="AI6" s="8"/>
+      <c r="AJ6" s="5">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="AK6" s="5"/>
+      <c r="AL6" s="33">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="7" spans="1:38" x14ac:dyDescent="0.25">
+      <c r="A7" s="21">
+        <v>6</v>
+      </c>
+      <c r="B7" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="C7" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="D7" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="E7" s="25"/>
+      <c r="F7" s="25"/>
+      <c r="G7" s="25"/>
+      <c r="H7" s="25"/>
+      <c r="I7" s="25"/>
+      <c r="J7" s="25"/>
+      <c r="K7" s="25"/>
+      <c r="L7" s="25"/>
+      <c r="M7" s="25"/>
+      <c r="N7" s="25"/>
+      <c r="O7" s="25"/>
+      <c r="P7" s="25"/>
+      <c r="Q7" s="25"/>
+      <c r="R7" s="25"/>
+      <c r="S7" s="25"/>
+      <c r="T7" s="25"/>
+      <c r="U7" s="25"/>
+      <c r="V7" s="25"/>
+      <c r="W7" s="25"/>
+      <c r="X7" s="25"/>
+      <c r="Y7" s="25"/>
+      <c r="Z7" s="25"/>
+      <c r="AA7" s="25"/>
+      <c r="AB7" s="25"/>
+      <c r="AC7" s="25"/>
+      <c r="AD7" s="25"/>
+      <c r="AE7" s="25"/>
+      <c r="AF7" s="25"/>
+      <c r="AG7" s="25"/>
+      <c r="AH7" s="25"/>
+      <c r="AI7" s="25"/>
+      <c r="AJ7" s="5">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="AK7" s="6"/>
+      <c r="AL7" s="33">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="8" spans="1:38" x14ac:dyDescent="0.25">
+      <c r="A8" s="21">
+        <v>7</v>
+      </c>
+      <c r="B8" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="C8" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="D8" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E8" s="8"/>
+      <c r="F8" s="8"/>
+      <c r="G8" s="8"/>
+      <c r="H8" s="8"/>
+      <c r="I8" s="8"/>
+      <c r="J8" s="8"/>
+      <c r="K8" s="8"/>
+      <c r="L8" s="8"/>
+      <c r="M8" s="8"/>
+      <c r="N8" s="8"/>
+      <c r="O8" s="8"/>
+      <c r="P8" s="8"/>
+      <c r="Q8" s="8"/>
+      <c r="R8" s="8"/>
+      <c r="S8" s="8"/>
+      <c r="T8" s="8"/>
+      <c r="U8" s="8"/>
+      <c r="V8" s="8"/>
+      <c r="W8" s="8"/>
+      <c r="X8" s="8"/>
+      <c r="Y8" s="8"/>
+      <c r="Z8" s="8"/>
+      <c r="AA8" s="8"/>
+      <c r="AB8" s="24"/>
+      <c r="AC8" s="8"/>
+      <c r="AD8" s="8"/>
+      <c r="AE8" s="8"/>
+      <c r="AF8" s="8"/>
+      <c r="AG8" s="8"/>
+      <c r="AH8" s="8"/>
+      <c r="AI8" s="8"/>
+      <c r="AJ8" s="5">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="AK8" s="5"/>
+      <c r="AL8" s="33">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="9" spans="1:38" x14ac:dyDescent="0.25">
+      <c r="A9" s="21">
+        <v>8</v>
+      </c>
+      <c r="B9" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="C9" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="D9" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="E9" s="3"/>
+      <c r="F9" s="24"/>
+      <c r="G9" s="24"/>
+      <c r="H9" s="24"/>
+      <c r="I9" s="24"/>
+      <c r="J9" s="24"/>
+      <c r="K9" s="24"/>
+      <c r="L9" s="24"/>
+      <c r="M9" s="24"/>
+      <c r="N9" s="24"/>
+      <c r="O9" s="24"/>
+      <c r="P9" s="24"/>
+      <c r="Q9" s="24"/>
+      <c r="R9" s="26"/>
+      <c r="S9" s="24"/>
+      <c r="T9" s="24"/>
+      <c r="U9" s="24"/>
+      <c r="V9" s="24"/>
+      <c r="W9" s="24"/>
+      <c r="X9" s="24"/>
+      <c r="Y9" s="24"/>
+      <c r="Z9" s="24"/>
+      <c r="AA9" s="24"/>
+      <c r="AB9" s="24"/>
+      <c r="AC9" s="24"/>
+      <c r="AD9" s="24"/>
+      <c r="AE9" s="3"/>
+      <c r="AF9" s="3"/>
+      <c r="AG9" s="3"/>
+      <c r="AH9" s="3"/>
+      <c r="AI9" s="3"/>
+      <c r="AJ9" s="5">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="AK9" s="5"/>
+      <c r="AL9" s="33">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="10" spans="1:38" x14ac:dyDescent="0.25">
+      <c r="A10" s="21">
+        <v>9</v>
+      </c>
+      <c r="B10" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="C10" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="D10" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E10" s="3"/>
+      <c r="F10" s="24"/>
+      <c r="G10" s="24"/>
+      <c r="H10" s="24"/>
+      <c r="I10" s="24"/>
+      <c r="J10" s="24"/>
+      <c r="K10" s="24"/>
+      <c r="L10" s="24"/>
+      <c r="M10" s="24"/>
+      <c r="N10" s="24"/>
+      <c r="O10" s="24"/>
+      <c r="P10" s="24"/>
+      <c r="Q10" s="24"/>
+      <c r="R10" s="26"/>
+      <c r="S10" s="24"/>
+      <c r="T10" s="24"/>
+      <c r="U10" s="24"/>
+      <c r="V10" s="24"/>
+      <c r="W10" s="24"/>
+      <c r="X10" s="24"/>
+      <c r="Y10" s="24"/>
+      <c r="Z10" s="24"/>
+      <c r="AA10" s="24"/>
+      <c r="AB10" s="24"/>
+      <c r="AC10" s="24"/>
+      <c r="AD10" s="24"/>
+      <c r="AE10" s="3"/>
+      <c r="AF10" s="3"/>
+      <c r="AG10" s="3"/>
+      <c r="AH10" s="3"/>
+      <c r="AI10" s="3"/>
+      <c r="AJ10" s="5">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="AK10" s="5"/>
+      <c r="AL10" s="33">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="11" spans="1:38" x14ac:dyDescent="0.25">
+      <c r="A11" s="21">
+        <v>10</v>
+      </c>
+      <c r="B11" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="C11" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="D11" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E11" s="3"/>
+      <c r="F11" s="24"/>
+      <c r="G11" s="24"/>
+      <c r="H11" s="24"/>
+      <c r="I11" s="24"/>
+      <c r="J11" s="24"/>
+      <c r="K11" s="24"/>
+      <c r="L11" s="24"/>
+      <c r="M11" s="24"/>
+      <c r="N11" s="24"/>
+      <c r="O11" s="24"/>
+      <c r="P11" s="24"/>
+      <c r="Q11" s="24"/>
+      <c r="R11" s="26"/>
+      <c r="S11" s="24"/>
+      <c r="T11" s="24"/>
+      <c r="U11" s="24"/>
+      <c r="V11" s="24"/>
+      <c r="W11" s="24"/>
+      <c r="X11" s="24"/>
+      <c r="Y11" s="24"/>
+      <c r="Z11" s="24"/>
+      <c r="AA11" s="24"/>
+      <c r="AB11" s="24"/>
+      <c r="AC11" s="24"/>
+      <c r="AD11" s="24"/>
+      <c r="AE11" s="3"/>
+      <c r="AF11" s="3"/>
+      <c r="AG11" s="3"/>
+      <c r="AH11" s="3"/>
+      <c r="AI11" s="3"/>
+      <c r="AJ11" s="5">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="AK11" s="5"/>
+      <c r="AL11" s="33">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="12" spans="1:38" x14ac:dyDescent="0.25">
+      <c r="A12" s="21">
+        <v>11</v>
+      </c>
+      <c r="B12" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="C12" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="D12" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E12" s="3"/>
+      <c r="F12" s="24"/>
+      <c r="G12" s="24"/>
+      <c r="H12" s="24"/>
+      <c r="I12" s="24"/>
+      <c r="J12" s="24"/>
+      <c r="K12" s="24"/>
+      <c r="L12" s="24"/>
+      <c r="M12" s="24"/>
+      <c r="N12" s="24"/>
+      <c r="O12" s="24"/>
+      <c r="P12" s="24"/>
+      <c r="Q12" s="24"/>
+      <c r="R12" s="26"/>
+      <c r="S12" s="24"/>
+      <c r="T12" s="24"/>
+      <c r="U12" s="24"/>
+      <c r="V12" s="24"/>
+      <c r="W12" s="24"/>
+      <c r="X12" s="24"/>
+      <c r="Y12" s="24"/>
+      <c r="Z12" s="24"/>
+      <c r="AA12" s="24"/>
+      <c r="AB12" s="24"/>
+      <c r="AC12" s="24"/>
+      <c r="AD12" s="24"/>
+      <c r="AE12" s="3"/>
+      <c r="AF12" s="3"/>
+      <c r="AG12" s="3"/>
+      <c r="AH12" s="3"/>
+      <c r="AI12" s="3"/>
+      <c r="AJ12" s="5">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="AK12" s="5"/>
+      <c r="AL12" s="33">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="13" spans="1:38" x14ac:dyDescent="0.25">
+      <c r="A13" s="21">
+        <v>12</v>
+      </c>
+      <c r="B13" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="C13" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="D13" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="E13" s="3"/>
+      <c r="F13" s="24"/>
+      <c r="G13" s="24"/>
+      <c r="H13" s="24"/>
+      <c r="I13" s="24"/>
+      <c r="J13" s="24"/>
+      <c r="K13" s="24"/>
+      <c r="L13" s="24"/>
+      <c r="M13" s="24"/>
+      <c r="N13" s="24"/>
+      <c r="O13" s="24"/>
+      <c r="P13" s="24"/>
+      <c r="Q13" s="24"/>
+      <c r="R13" s="26"/>
+      <c r="S13" s="24"/>
+      <c r="T13" s="24"/>
+      <c r="U13" s="24"/>
+      <c r="V13" s="24"/>
+      <c r="W13" s="24"/>
+      <c r="X13" s="24"/>
+      <c r="Y13" s="24"/>
+      <c r="Z13" s="24"/>
+      <c r="AA13" s="24"/>
+      <c r="AB13" s="24"/>
+      <c r="AC13" s="24"/>
+      <c r="AD13" s="24"/>
+      <c r="AE13" s="3"/>
+      <c r="AF13" s="3"/>
+      <c r="AG13" s="3"/>
+      <c r="AH13" s="3"/>
+      <c r="AI13" s="3"/>
+      <c r="AJ13" s="5">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="AK13" s="7"/>
+      <c r="AL13" s="33">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="14" spans="1:38" x14ac:dyDescent="0.25">
+      <c r="A14" s="21">
+        <v>13</v>
+      </c>
+      <c r="B14" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="C14" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="D14" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="E14" s="3"/>
+      <c r="F14" s="24"/>
+      <c r="G14" s="24"/>
+      <c r="H14" s="24"/>
+      <c r="I14" s="24"/>
+      <c r="J14" s="24"/>
+      <c r="K14" s="24"/>
+      <c r="L14" s="24"/>
+      <c r="M14" s="24"/>
+      <c r="N14" s="24"/>
+      <c r="O14" s="24"/>
+      <c r="P14" s="24"/>
+      <c r="Q14" s="24"/>
+      <c r="R14" s="26"/>
+      <c r="S14" s="24"/>
+      <c r="T14" s="24"/>
+      <c r="U14" s="24"/>
+      <c r="V14" s="24"/>
+      <c r="W14" s="24"/>
+      <c r="X14" s="24"/>
+      <c r="Y14" s="24"/>
+      <c r="Z14" s="24"/>
+      <c r="AA14" s="24"/>
+      <c r="AB14" s="24"/>
+      <c r="AC14" s="24"/>
+      <c r="AD14" s="24"/>
+      <c r="AE14" s="3"/>
+      <c r="AF14" s="3"/>
+      <c r="AG14" s="3"/>
+      <c r="AH14" s="3"/>
+      <c r="AI14" s="3"/>
+      <c r="AJ14" s="5">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="AK14" s="5"/>
+      <c r="AL14" s="33">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="15" spans="1:38" x14ac:dyDescent="0.25">
+      <c r="A15" s="21">
+        <v>14</v>
+      </c>
+      <c r="B15" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="C15" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="D15" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="E15" s="3"/>
+      <c r="F15" s="24"/>
+      <c r="G15" s="24"/>
+      <c r="H15" s="24"/>
+      <c r="I15" s="24"/>
+      <c r="J15" s="24"/>
+      <c r="K15" s="24"/>
+      <c r="L15" s="24"/>
+      <c r="M15" s="24"/>
+      <c r="N15" s="24"/>
+      <c r="O15" s="24"/>
+      <c r="P15" s="24"/>
+      <c r="Q15" s="24"/>
+      <c r="R15" s="26"/>
+      <c r="S15" s="24"/>
+      <c r="T15" s="24"/>
+      <c r="U15" s="24"/>
+      <c r="V15" s="24"/>
+      <c r="W15" s="24"/>
+      <c r="X15" s="24"/>
+      <c r="Y15" s="24"/>
+      <c r="Z15" s="24"/>
+      <c r="AA15" s="24"/>
+      <c r="AB15" s="24"/>
+      <c r="AC15" s="24"/>
+      <c r="AD15" s="24"/>
+      <c r="AE15" s="3"/>
+      <c r="AF15" s="3"/>
+      <c r="AG15" s="3"/>
+      <c r="AH15" s="3"/>
+      <c r="AI15" s="3"/>
+      <c r="AJ15" s="5">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="AK15" s="7"/>
+      <c r="AL15" s="33">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="16" spans="1:38" x14ac:dyDescent="0.25">
+      <c r="A16" s="21">
+        <v>15</v>
+      </c>
+      <c r="B16" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="C16" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="D16" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E16" s="24"/>
+      <c r="F16" s="24"/>
+      <c r="G16" s="24"/>
+      <c r="H16" s="24"/>
+      <c r="I16" s="24"/>
+      <c r="J16" s="24"/>
+      <c r="K16" s="24"/>
+      <c r="L16" s="24"/>
+      <c r="M16" s="24"/>
+      <c r="N16" s="24"/>
+      <c r="O16" s="24"/>
+      <c r="P16" s="24"/>
+      <c r="Q16" s="24"/>
+      <c r="R16" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="S16" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="T16" s="26" t="s">
+        <v>4</v>
+      </c>
+      <c r="U16" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="V16" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="W16" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="X16" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="Y16" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="Z16" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="AA16" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="AB16" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="AC16" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="AD16" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="AE16" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="AF16" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="AG16" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="AH16" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="AI16" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="AJ16" s="5">
+        <f t="shared" si="0"/>
+        <v>18</v>
+      </c>
+      <c r="AK16" s="5" t="s">
+        <v>58</v>
+      </c>
+      <c r="AL16" s="33">
+        <f t="shared" si="1"/>
+        <v>18</v>
+      </c>
+    </row>
+    <row r="17" spans="1:38" x14ac:dyDescent="0.25">
+      <c r="A17" s="21">
+        <v>16</v>
+      </c>
+      <c r="B17" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="C17" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="D17" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="E17" s="24"/>
+      <c r="F17" s="24"/>
+      <c r="G17" s="24"/>
+      <c r="H17" s="24"/>
+      <c r="I17" s="24"/>
+      <c r="J17" s="24"/>
+      <c r="K17" s="24"/>
+      <c r="L17" s="24"/>
+      <c r="M17" s="24"/>
+      <c r="N17" s="24"/>
+      <c r="O17" s="24"/>
+      <c r="P17" s="24"/>
+      <c r="Q17" s="24"/>
+      <c r="R17" s="24"/>
+      <c r="S17" s="24"/>
+      <c r="T17" s="26"/>
+      <c r="U17" s="24"/>
+      <c r="V17" s="24"/>
+      <c r="W17" s="24"/>
+      <c r="X17" s="24"/>
+      <c r="Y17" s="24"/>
+      <c r="Z17" s="24"/>
+      <c r="AA17" s="24"/>
+      <c r="AB17" s="24"/>
+      <c r="AC17" s="24"/>
+      <c r="AD17" s="24"/>
+      <c r="AE17" s="24"/>
+      <c r="AF17" s="24"/>
+      <c r="AG17" s="24"/>
+      <c r="AH17" s="24"/>
+      <c r="AI17" s="24"/>
+      <c r="AJ17" s="5">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="AK17" s="5"/>
+      <c r="AL17" s="33">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="18" spans="1:38" x14ac:dyDescent="0.25">
+      <c r="A18" s="21">
+        <v>17</v>
+      </c>
+      <c r="B18" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="C18" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="D18" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="E18" s="24"/>
+      <c r="F18" s="24"/>
+      <c r="G18" s="24"/>
+      <c r="H18" s="24"/>
+      <c r="I18" s="24"/>
+      <c r="J18" s="24"/>
+      <c r="K18" s="24"/>
+      <c r="L18" s="24"/>
+      <c r="M18" s="24"/>
+      <c r="N18" s="24"/>
+      <c r="O18" s="24"/>
+      <c r="P18" s="24"/>
+      <c r="Q18" s="24"/>
+      <c r="R18" s="24"/>
+      <c r="S18" s="24"/>
+      <c r="T18" s="24"/>
+      <c r="U18" s="24"/>
+      <c r="V18" s="24"/>
+      <c r="W18" s="24"/>
+      <c r="X18" s="24"/>
+      <c r="Y18" s="24"/>
+      <c r="Z18" s="24"/>
+      <c r="AA18" s="24"/>
+      <c r="AB18" s="24"/>
+      <c r="AC18" s="24"/>
+      <c r="AD18" s="24"/>
+      <c r="AE18" s="24"/>
+      <c r="AF18" s="24"/>
+      <c r="AG18" s="24"/>
+      <c r="AH18" s="24"/>
+      <c r="AI18" s="24"/>
+      <c r="AJ18" s="5">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="AK18" s="5"/>
+      <c r="AL18" s="33">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="19" spans="1:38" x14ac:dyDescent="0.25">
+      <c r="A19" s="21">
+        <v>18</v>
+      </c>
+      <c r="B19" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="C19" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="D19" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="E19" s="24"/>
+      <c r="F19" s="24"/>
+      <c r="G19" s="24"/>
+      <c r="H19" s="24"/>
+      <c r="I19" s="24"/>
+      <c r="J19" s="24"/>
+      <c r="K19" s="24"/>
+      <c r="L19" s="24"/>
+      <c r="M19" s="24"/>
+      <c r="N19" s="24"/>
+      <c r="O19" s="24"/>
+      <c r="P19" s="24"/>
+      <c r="Q19" s="24"/>
+      <c r="R19" s="24"/>
+      <c r="S19" s="24"/>
+      <c r="T19" s="24"/>
+      <c r="U19" s="24"/>
+      <c r="V19" s="24"/>
+      <c r="W19" s="24"/>
+      <c r="X19" s="24"/>
+      <c r="Y19" s="24"/>
+      <c r="Z19" s="24"/>
+      <c r="AA19" s="24"/>
+      <c r="AB19" s="24"/>
+      <c r="AC19" s="24"/>
+      <c r="AD19" s="24"/>
+      <c r="AE19" s="24"/>
+      <c r="AF19" s="24"/>
+      <c r="AG19" s="24"/>
+      <c r="AH19" s="24"/>
+      <c r="AI19" s="24"/>
+      <c r="AJ19" s="5">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="AK19" s="7"/>
+      <c r="AL19" s="33">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="20" spans="1:38" x14ac:dyDescent="0.25">
+      <c r="A20" s="21">
+        <v>19</v>
+      </c>
+      <c r="B20" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="C20" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="D20" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="E20" s="24"/>
+      <c r="F20" s="24"/>
+      <c r="G20" s="24"/>
+      <c r="H20" s="24"/>
+      <c r="I20" s="24"/>
+      <c r="J20" s="24"/>
+      <c r="K20" s="24"/>
+      <c r="L20" s="24"/>
+      <c r="M20" s="24"/>
+      <c r="N20" s="24"/>
+      <c r="O20" s="24"/>
+      <c r="P20" s="24"/>
+      <c r="Q20" s="24"/>
+      <c r="R20" s="24"/>
+      <c r="S20" s="24"/>
+      <c r="T20" s="26"/>
+      <c r="U20" s="24"/>
+      <c r="V20" s="24"/>
+      <c r="W20" s="24"/>
+      <c r="X20" s="24"/>
+      <c r="Y20" s="24"/>
+      <c r="Z20" s="24"/>
+      <c r="AA20" s="24"/>
+      <c r="AB20" s="24"/>
+      <c r="AC20" s="24"/>
+      <c r="AD20" s="24"/>
+      <c r="AE20" s="24"/>
+      <c r="AF20" s="24"/>
+      <c r="AG20" s="24"/>
+      <c r="AH20" s="24"/>
+      <c r="AI20" s="24"/>
+      <c r="AJ20" s="5">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="AK20" s="5"/>
+      <c r="AL20" s="33">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="21" spans="1:38" x14ac:dyDescent="0.25">
+      <c r="A21" s="21">
+        <v>20</v>
+      </c>
+      <c r="B21" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="C21" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="D21" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="E21" s="24"/>
+      <c r="F21" s="24"/>
+      <c r="G21" s="24"/>
+      <c r="H21" s="24"/>
+      <c r="I21" s="24"/>
+      <c r="J21" s="24"/>
+      <c r="K21" s="24"/>
+      <c r="L21" s="24"/>
+      <c r="M21" s="24"/>
+      <c r="N21" s="24"/>
+      <c r="O21" s="24"/>
+      <c r="P21" s="24"/>
+      <c r="Q21" s="24"/>
+      <c r="R21" s="24"/>
+      <c r="S21" s="24"/>
+      <c r="T21" s="26"/>
+      <c r="U21" s="24"/>
+      <c r="V21" s="24"/>
+      <c r="W21" s="24"/>
+      <c r="X21" s="24"/>
+      <c r="Y21" s="24"/>
+      <c r="Z21" s="24"/>
+      <c r="AA21" s="24"/>
+      <c r="AB21" s="24"/>
+      <c r="AC21" s="24"/>
+      <c r="AD21" s="24"/>
+      <c r="AE21" s="24"/>
+      <c r="AF21" s="24"/>
+      <c r="AG21" s="24"/>
+      <c r="AH21" s="24"/>
+      <c r="AI21" s="24"/>
+      <c r="AJ21" s="5">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="AK21" s="5"/>
+      <c r="AL21" s="33">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="22" spans="1:38" x14ac:dyDescent="0.25">
+      <c r="A22" s="21">
+        <v>21</v>
+      </c>
+      <c r="B22" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="C22" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="D22" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="E22" s="24"/>
+      <c r="F22" s="24"/>
+      <c r="G22" s="24"/>
+      <c r="H22" s="24"/>
+      <c r="I22" s="24"/>
+      <c r="J22" s="24"/>
+      <c r="K22" s="24"/>
+      <c r="L22" s="24"/>
+      <c r="M22" s="24"/>
+      <c r="N22" s="24"/>
+      <c r="O22" s="24"/>
+      <c r="P22" s="24"/>
+      <c r="Q22" s="24"/>
+      <c r="R22" s="24"/>
+      <c r="S22" s="24"/>
+      <c r="T22" s="26"/>
+      <c r="U22" s="24"/>
+      <c r="V22" s="24"/>
+      <c r="W22" s="24"/>
+      <c r="X22" s="24"/>
+      <c r="Y22" s="24"/>
+      <c r="Z22" s="24"/>
+      <c r="AA22" s="24"/>
+      <c r="AB22" s="24"/>
+      <c r="AC22" s="24"/>
+      <c r="AD22" s="24"/>
+      <c r="AE22" s="24"/>
+      <c r="AF22" s="24"/>
+      <c r="AG22" s="24"/>
+      <c r="AH22" s="24"/>
+      <c r="AI22" s="24"/>
+      <c r="AJ22" s="5">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="AK22" s="5"/>
+      <c r="AL22" s="33">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="23" spans="1:38" x14ac:dyDescent="0.25">
+      <c r="A23" s="21">
+        <v>22</v>
+      </c>
+      <c r="B23" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="C23" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="D23" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="E23" s="24"/>
+      <c r="F23" s="24"/>
+      <c r="G23" s="24"/>
+      <c r="H23" s="24"/>
+      <c r="I23" s="24"/>
+      <c r="J23" s="24"/>
+      <c r="K23" s="24"/>
+      <c r="L23" s="24"/>
+      <c r="M23" s="24"/>
+      <c r="N23" s="24"/>
+      <c r="O23" s="24"/>
+      <c r="P23" s="24"/>
+      <c r="Q23" s="24"/>
+      <c r="R23" s="24"/>
+      <c r="S23" s="24"/>
+      <c r="T23" s="24"/>
+      <c r="U23" s="24"/>
+      <c r="V23" s="24"/>
+      <c r="W23" s="24"/>
+      <c r="X23" s="24"/>
+      <c r="Y23" s="24"/>
+      <c r="Z23" s="24"/>
+      <c r="AA23" s="24"/>
+      <c r="AB23" s="24"/>
+      <c r="AC23" s="24"/>
+      <c r="AD23" s="24"/>
+      <c r="AE23" s="24"/>
+      <c r="AF23" s="24"/>
+      <c r="AG23" s="24"/>
+      <c r="AH23" s="24"/>
+      <c r="AI23" s="24"/>
+      <c r="AJ23" s="5">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="AK23" s="5"/>
+      <c r="AL23" s="33">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="24" spans="1:38" x14ac:dyDescent="0.25">
+      <c r="A24" s="21">
+        <v>23</v>
+      </c>
+      <c r="B24" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="C24" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="D24" s="2" t="s">
+        <v>25</v>
+      </c>
+      <c r="E24" s="24"/>
+      <c r="F24" s="24"/>
+      <c r="G24" s="24"/>
+      <c r="H24" s="24"/>
+      <c r="I24" s="24"/>
+      <c r="J24" s="24"/>
+      <c r="K24" s="24"/>
+      <c r="L24" s="24"/>
+      <c r="M24" s="24"/>
+      <c r="N24" s="24"/>
+      <c r="O24" s="24"/>
+      <c r="P24" s="24"/>
+      <c r="Q24" s="24"/>
+      <c r="R24" s="24"/>
+      <c r="S24" s="24"/>
+      <c r="T24" s="26"/>
+      <c r="U24" s="24"/>
+      <c r="V24" s="24"/>
+      <c r="W24" s="24"/>
+      <c r="X24" s="24"/>
+      <c r="Y24" s="24"/>
+      <c r="Z24" s="24"/>
+      <c r="AA24" s="24"/>
+      <c r="AB24" s="24"/>
+      <c r="AC24" s="24"/>
+      <c r="AD24" s="24"/>
+      <c r="AE24" s="24"/>
+      <c r="AF24" s="24"/>
+      <c r="AG24" s="24"/>
+      <c r="AH24" s="24"/>
+      <c r="AI24" s="24"/>
+      <c r="AJ24" s="5">
+        <v>0</v>
+      </c>
+      <c r="AK24" s="5"/>
+      <c r="AL24" s="33">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="25" spans="1:38" x14ac:dyDescent="0.25">
+      <c r="A25" s="21">
+        <v>24</v>
+      </c>
+      <c r="B25" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="C25" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="D25" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="E25" s="24"/>
+      <c r="F25" s="24"/>
+      <c r="G25" s="24"/>
+      <c r="H25" s="24"/>
+      <c r="I25" s="24"/>
+      <c r="J25" s="24"/>
+      <c r="K25" s="24"/>
+      <c r="L25" s="24"/>
+      <c r="M25" s="24"/>
+      <c r="N25" s="24"/>
+      <c r="O25" s="24"/>
+      <c r="P25" s="24"/>
+      <c r="Q25" s="24"/>
+      <c r="R25" s="24"/>
+      <c r="S25" s="24"/>
+      <c r="T25" s="26"/>
+      <c r="U25" s="24"/>
+      <c r="V25" s="24"/>
+      <c r="W25" s="24"/>
+      <c r="X25" s="24"/>
+      <c r="Y25" s="24"/>
+      <c r="Z25" s="24"/>
+      <c r="AA25" s="24"/>
+      <c r="AB25" s="24"/>
+      <c r="AC25" s="24"/>
+      <c r="AD25" s="24"/>
+      <c r="AE25" s="24"/>
+      <c r="AF25" s="24"/>
+      <c r="AG25" s="24"/>
+      <c r="AH25" s="24"/>
+      <c r="AI25" s="24"/>
+      <c r="AJ25" s="5">
+        <f t="shared" ref="AJ25:AJ27" si="2">COUNTA(E25:AI25)</f>
+        <v>0</v>
+      </c>
+      <c r="AK25" s="5"/>
+      <c r="AL25" s="33">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="26" spans="1:38" x14ac:dyDescent="0.25">
+      <c r="A26" s="21">
+        <v>25</v>
+      </c>
+      <c r="B26" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="C26" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="D26" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="E26" s="3"/>
+      <c r="F26" s="3"/>
+      <c r="G26" s="3"/>
+      <c r="H26" s="3"/>
+      <c r="I26" s="3"/>
+      <c r="J26" s="3"/>
+      <c r="K26" s="3"/>
+      <c r="L26" s="3"/>
+      <c r="M26" s="3"/>
+      <c r="N26" s="3"/>
+      <c r="O26" s="3"/>
+      <c r="P26" s="3"/>
+      <c r="Q26" s="3"/>
+      <c r="R26" s="3"/>
+      <c r="S26" s="3"/>
+      <c r="T26" s="4"/>
+      <c r="U26" s="24"/>
+      <c r="V26" s="3"/>
+      <c r="W26" s="3"/>
+      <c r="X26" s="3"/>
+      <c r="Y26" s="3"/>
+      <c r="Z26" s="3"/>
+      <c r="AA26" s="3"/>
+      <c r="AB26" s="3"/>
+      <c r="AC26" s="3"/>
+      <c r="AD26" s="3"/>
+      <c r="AE26" s="3"/>
+      <c r="AF26" s="3"/>
+      <c r="AG26" s="3"/>
+      <c r="AH26" s="3"/>
+      <c r="AI26" s="3"/>
+      <c r="AJ26" s="5">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+      <c r="AK26" s="39"/>
+      <c r="AL26" s="33">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="27" spans="1:38" x14ac:dyDescent="0.25">
+      <c r="A27" s="21">
+        <v>26</v>
+      </c>
+      <c r="B27" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="C27" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="D27" s="2" t="s">
+        <v>28</v>
+      </c>
+      <c r="E27" s="3"/>
+      <c r="F27" s="3"/>
+      <c r="G27" s="3"/>
+      <c r="H27" s="3"/>
+      <c r="I27" s="3"/>
+      <c r="J27" s="3"/>
+      <c r="K27" s="3"/>
+      <c r="L27" s="3"/>
+      <c r="M27" s="3"/>
+      <c r="N27" s="3"/>
+      <c r="O27" s="3"/>
+      <c r="P27" s="3"/>
+      <c r="Q27" s="3"/>
+      <c r="R27" s="3"/>
+      <c r="S27" s="3"/>
+      <c r="T27" s="3"/>
+      <c r="U27" s="24"/>
+      <c r="V27" s="3"/>
+      <c r="W27" s="3"/>
+      <c r="X27" s="3"/>
+      <c r="Y27" s="3"/>
+      <c r="Z27" s="3"/>
+      <c r="AA27" s="3"/>
+      <c r="AB27" s="3"/>
+      <c r="AC27" s="3"/>
+      <c r="AD27" s="3"/>
+      <c r="AE27" s="3"/>
+      <c r="AF27" s="3"/>
+      <c r="AG27" s="3"/>
+      <c r="AH27" s="3"/>
+      <c r="AI27" s="3"/>
+      <c r="AJ27" s="5">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+      <c r="AK27" s="9"/>
+      <c r="AL27" s="33">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+  </sheetData>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" scale="64" orientation="landscape" r:id="rId1"/>
+  <headerFooter>
+    <oddHeader>&amp;Csierpień 2024 r.</oddHeader>
+  </headerFooter>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{78C0D931-6437-407d-A8EE-F0AAD7539E65}">
       <x14:conditionalFormattings>
         <x14:conditionalFormatting xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
           <x14:cfRule type="containsText" priority="1" operator="containsText" id="{FC6A8F1F-91A0-4269-9265-CFE1A2966EE8}">
             <xm:f>NOT(ISERROR(SEARCH($T$2,E2)))</xm:f>
             <xm:f>$T$2</xm:f>
             <x14:dxf>
               <fill>
                 <patternFill>
                   <bgColor rgb="FFFF9999"/>
                 </patternFill>
               </fill>
             </x14:dxf>
           </x14:cfRule>
           <xm:sqref>E2:AI27</xm:sqref>
         </x14:conditionalFormatting>
       </x14:conditionalFormattings>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Arkusze</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>13</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="13" baseType="lpstr">
       <vt:lpstr>Wykres</vt:lpstr>
-      <vt:lpstr>01_2023</vt:lpstr>
-[...10 lines deleted...]
-      <vt:lpstr>12_2023</vt:lpstr>
+      <vt:lpstr>01_2024</vt:lpstr>
+      <vt:lpstr>02_2024</vt:lpstr>
+      <vt:lpstr>03_2024</vt:lpstr>
+      <vt:lpstr>04_2024</vt:lpstr>
+      <vt:lpstr>05_2024</vt:lpstr>
+      <vt:lpstr>06_2024</vt:lpstr>
+      <vt:lpstr>07_2024</vt:lpstr>
+      <vt:lpstr>08_2024</vt:lpstr>
+      <vt:lpstr>09_2024</vt:lpstr>
+      <vt:lpstr>10_2024</vt:lpstr>
+      <vt:lpstr>11_2024</vt:lpstr>
+      <vt:lpstr>12_2024</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Zakrzewski Bartosz</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>