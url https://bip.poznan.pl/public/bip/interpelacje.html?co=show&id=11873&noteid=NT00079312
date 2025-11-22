--- v0 (2025-10-03)
+++ v1 (2025-11-22)
@@ -1,836 +1,1983 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="emf" ContentType="image/x-emf"/>
+  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
-    <w:p w:rsidR="003C49AC" w:rsidRPr="00D708D9" w:rsidRDefault="003C49AC" w:rsidP="00D708D9">
-[...258 lines deleted...]
-        <w:t>dnienia (art. 4 ust. 2 ustawy).</w:t>
+    <w:p w14:paraId="49C9E5E0" w14:textId="0F50F096" w:rsidR="009147B1" w:rsidRDefault="009147B1">
+      <w:pPr>
+        <w:sectPr w:rsidR="009147B1">
+          <w:footerReference w:type="default" r:id="rId8"/>
+          <w:headerReference w:type="first" r:id="rId9"/>
+          <w:footerReference w:type="first" r:id="rId10"/>
+          <w:pgSz w:w="11906" w:h="16838"/>
+          <w:pgMar w:top="2269" w:right="1418" w:bottom="1985" w:left="1418" w:header="567" w:footer="708" w:gutter="0"/>
+          <w:cols w:space="708"/>
+          <w:formProt w:val="0"/>
+          <w:titlePg/>
+          <w:docGrid w:linePitch="600" w:charSpace="36864"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6184A85A" w14:textId="37B8B50B" w:rsidR="009147B1" w:rsidRDefault="002A16A4">
+      <w:pPr>
+        <w:pStyle w:val="UMP-data-znak-UID-za-prowadzi"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Poznań,</w:t>
+      </w:r>
+      <w:r w:rsidR="002C7A41">
+        <w:t xml:space="preserve"> 01</w:t>
+      </w:r>
+      <w:r w:rsidR="00324935">
+        <w:t>.10</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.2025 roku</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="393B66B4" w14:textId="3A79378F" w:rsidR="009147B1" w:rsidRDefault="002A16A4">
+      <w:pPr>
+        <w:pStyle w:val="UMP-data-znak-UID-za-prowadzi"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Znak sprawy: Or-II.0003.1.2</w:t>
+      </w:r>
+      <w:r w:rsidR="00324935">
+        <w:t>81</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.2025</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36DFD159" w14:textId="76041B21" w:rsidR="009147B1" w:rsidRDefault="002A16A4">
+      <w:pPr>
+        <w:pStyle w:val="UMP-data-znak-UID-za-prowadzi"/>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Nr rej.: </w:t>
+      </w:r>
+      <w:r w:rsidR="00B30E01">
+        <w:t>011025-3477</w:t>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:p w:rsidR="00AE6FFA" w:rsidRPr="00D708D9" w:rsidRDefault="00AE6FFA" w:rsidP="00D708D9">
-[...4 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:p w14:paraId="436F0186" w14:textId="77777777" w:rsidR="009147B1" w:rsidRDefault="002A16A4">
+      <w:pPr>
+        <w:pStyle w:val="UMP-odbiorca"/>
+        <w:spacing w:before="240"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Pan</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="149A4261" w14:textId="0C85839E" w:rsidR="009147B1" w:rsidRPr="00324935" w:rsidRDefault="00324935">
+      <w:pPr>
+        <w:pStyle w:val="UMP-odbiorca"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Łukasz Mikuła</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7CF14EC3" w14:textId="77777777" w:rsidR="009147B1" w:rsidRDefault="002A16A4">
+      <w:pPr>
+        <w:pStyle w:val="UMP-odbiorca"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Radny Miasta Poznania</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="506792A3" w14:textId="01979965" w:rsidR="009147B1" w:rsidRPr="006A5660" w:rsidRDefault="002A16A4" w:rsidP="009111F2">
+      <w:pPr>
+        <w:pStyle w:val="UMP-nagwekpierwszegopoziomu"/>
+        <w:spacing w:before="480" w:after="480"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006A5660">
+        <w:t>Odpowiedź na interpelację</w:t>
+      </w:r>
+      <w:r w:rsidR="00324935">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30716489" w14:textId="77777777" w:rsidR="009147B1" w:rsidRDefault="002A16A4" w:rsidP="00293AAF">
+      <w:pPr>
+        <w:pStyle w:val="UMP-zwrotszanowni"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Szanowny Panie Radny,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="092AB623" w14:textId="4D58F83D" w:rsidR="009147B1" w:rsidRDefault="00324935">
+      <w:pPr>
+        <w:pStyle w:val="UMP-tekstpodstawowy"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D708D9">
+      <w:r w:rsidRPr="00324935">
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Jednocześnie, zgodnie z art. 4 ust. 3 ustawy projekt uchwały w sprawie zasad kształtowania wynagrodzeń członków organów zarządzających spółek, w których miasto wykonuje prawa udziałowe, może przewidywać </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00D17AF7" w:rsidRPr="00D708D9">
+        <w:t>12 września 2025 r. wpłynęła do mnie Pana interpelacja dotycząca korzystania przez Miasto Poznań z uprawnień przewidzianych w ustawie o zasadach kształtowania wynagrodzeń osób kierujących niektórymi spółkami [1].</w:t>
+      </w:r>
+      <w:r w:rsidR="004F39FC">
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>wyższą</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00D708D9">
+        <w:t xml:space="preserve"> Przedstawiam odpowiedzi na pytania.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0DECCC88" w14:textId="2E237A0D" w:rsidR="00BB7DDA" w:rsidRDefault="004F39FC" w:rsidP="00B3160D">
+      <w:pPr>
+        <w:pStyle w:val="UMP-listanumerowana"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006A5660">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002A16A4" w:rsidRPr="006A5660">
+        <w:t>„</w:t>
+      </w:r>
+      <w:r w:rsidR="00324935" w:rsidRPr="00324935">
+        <w:t>Jak często Miasto Poznań lub jego przedstawiciele korzystali w latach 2019-2025 z</w:t>
+      </w:r>
+      <w:r w:rsidR="00756690">
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00324935" w:rsidRPr="00324935">
+        <w:t>mechanizmu przewidzianego w art. 4 ust. 3 ustawy, tj. głosowali za podjęciem uchwał ustalających część stałą wynagrodzenia członków organów zarządzających w</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB7DDA">
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00324935" w:rsidRPr="00324935">
+        <w:t>wysokości wyższej niż wynikająca z zasad ogólnych?”</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="469A1270" w14:textId="7AA406EB" w:rsidR="009147B1" w:rsidRDefault="00324935" w:rsidP="004F39FC">
+      <w:pPr>
+        <w:pStyle w:val="UMP-listanumerowana"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00324935">
+        <w:t>„Wobec jakich spółek oraz których osób pełniących funkcje w organach zarządzających stosowano w tym okresie ten mechanizm?”</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A8FD3BD" w14:textId="6D3445B9" w:rsidR="00324935" w:rsidRDefault="00324935" w:rsidP="00324935">
+      <w:pPr>
+        <w:pStyle w:val="UMP-tekstpodstawowy"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00324935">
+        <w:t xml:space="preserve">W </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB7DDA">
+        <w:t>wyjaśnieniach</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00324935">
+        <w:t xml:space="preserve"> uwzględnione zostały wszystkie spółki, w których Miasto Poznań posiada udziały lub akcje. Z uwagi na fakt, że odniesienie się wyłącznie do wskazanego przez Pana Radnego zakresu lat uniemożliwia przedstawienie pełnej informacji, przedstawiam ją od momentu ustalenia zasad wynagrodzeń członków organów zarządzających na podstawie ustawy z dnia 9 czerwca 2016 r. o zasadach kształtowania wynagrodzeń osób kierujących niektórymi spółkami (dalej: ustawa). Udzielenie odpowiedzi wyłącznie dla lat 2019-2025 może prowadzić do sytuacji, w której w ramach odpowiedzi dla określonej spółki </w:t>
+      </w:r>
+      <w:r w:rsidR="00756690">
+        <w:t>zostałoby wskazane</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00324935">
+        <w:t>, że uchwała zgromadzenia wspólników/akcjonariuszy w sprawie kształtowania i</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB7DDA">
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00324935">
+        <w:t>wysokości wynagrodzeń członków zarządu, określająca wysokość wynagrodzenia w</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB7DDA">
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00324935">
+        <w:t xml:space="preserve">oparciu o art. 4 ust. 3 ustawy (dalej: uchwała zgromadzenia) była podjęta </w:t>
+      </w:r>
+      <w:r w:rsidR="00764D7D">
+        <w:t>jednokrotnie</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00324935">
+        <w:t xml:space="preserve"> (np. w roku 2022, sugerując, że dopiero wówczas skorzystano z tego przepisu), podczas gdy pierwsza uchwała była podjęta w roku 2017 (w związku z wejściem w życie ustawy). Wówczas sporządzone zostało stosowne uzasadnienie (jeżeli zgodnie z przepisami </w:t>
+      </w:r>
+      <w:r w:rsidR="00C3090A">
+        <w:t>u</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00324935">
+        <w:t>stawy było ono wymagane).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F97CE15" w14:textId="51DEBE67" w:rsidR="00324935" w:rsidRDefault="00C3090A" w:rsidP="00324935">
+      <w:pPr>
+        <w:pStyle w:val="UMP-tekstpodstawowy"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>Należy podkreślić,</w:t>
+      </w:r>
+      <w:r w:rsidR="00324935">
+        <w:t xml:space="preserve"> że nie każde działanie w późniejszym terminie związane z podjęciem </w:t>
+      </w:r>
+      <w:r>
+        <w:t>u</w:t>
+      </w:r>
+      <w:r w:rsidR="00324935">
+        <w:t xml:space="preserve">chwały </w:t>
+      </w:r>
+      <w:r>
+        <w:t>z</w:t>
+      </w:r>
+      <w:r w:rsidR="00324935">
+        <w:t xml:space="preserve">gromadzenia wiązało się ze zmianą wysokości wynagrodzenia stałego członków zarządu. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0DC9D0FA" w14:textId="4DA4A40F" w:rsidR="00324935" w:rsidRDefault="00324935" w:rsidP="00324935">
+      <w:pPr>
+        <w:pStyle w:val="UMP-tekstpodstawowy"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">W przypadku dokonywania zmian </w:t>
+      </w:r>
+      <w:r w:rsidR="00C3090A">
+        <w:t>u</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">chwały </w:t>
+      </w:r>
+      <w:r w:rsidR="00C3090A">
+        <w:t>z</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">gromadzenia w jakimkolwiek innym zakresie (np. uregulowanie kwestii </w:t>
+      </w:r>
+      <w:r w:rsidR="00C3090A">
+        <w:t>p</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">racowniczych </w:t>
+      </w:r>
+      <w:r w:rsidR="00C3090A">
+        <w:t>p</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">lanów </w:t>
+      </w:r>
+      <w:r w:rsidR="00C3090A">
+        <w:t>k</w:t>
+      </w:r>
+      <w:r>
+        <w:t>apitałowych, katalog świadczeń dodatkowych)</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB7DDA">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> Miasto Poznań co do zasady stosowało podejście, w którym ze względów praktycznych podejmowana była w całości nowa uchwała, zastępująca uchwałę dotychczasową, przy czym faktyczny zakres zmian dotyczył tylko określonego zagadnienia </w:t>
+      </w:r>
+      <w:r w:rsidR="007347CF">
+        <w:t>u</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">chwały </w:t>
+      </w:r>
+      <w:r w:rsidR="007347CF">
+        <w:t>z</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">gromadzenia. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1262B607" w14:textId="1DA515AA" w:rsidR="00324935" w:rsidRDefault="00324935" w:rsidP="00324935">
+      <w:pPr>
+        <w:pStyle w:val="UMP-tekstpodstawowy"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">W związku z </w:t>
+      </w:r>
+      <w:r w:rsidR="007347CF">
+        <w:t>tym przedstawiam</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> informację w zakresie każdorazowego podjęcia </w:t>
+      </w:r>
+      <w:r w:rsidR="007347CF">
+        <w:t>u</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">chwały </w:t>
+      </w:r>
+      <w:r w:rsidR="007347CF">
+        <w:t>z</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">gromadzenia opartej na art. 4 ust. 3 </w:t>
+      </w:r>
+      <w:r w:rsidR="007347CF">
+        <w:t>u</w:t>
+      </w:r>
+      <w:r>
+        <w:t>stawy w latach 2017-2025</w:t>
+      </w:r>
+      <w:r w:rsidR="007347CF">
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r>
+        <w:t>nawet</w:t>
+      </w:r>
+      <w:r w:rsidR="007347CF">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:t>gdy jej podjęcie nie wiązało się ze zmianą w zakresie wysokości wynagrodzenia stałego członków organu zarządzającego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6FEDEEA6" w14:textId="79698FCC" w:rsidR="00324935" w:rsidRDefault="00324935" w:rsidP="007347CF">
+      <w:pPr>
+        <w:pStyle w:val="UMP-listawyroniona"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Aquanet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> S.A. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15E95AC8" w14:textId="4E5CB94E" w:rsidR="00324935" w:rsidRDefault="00324935" w:rsidP="00324935">
+      <w:pPr>
+        <w:pStyle w:val="UMP-tekstpodstawowy"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">W latach 2017-2025 Miasto Poznań dwukrotnie głosowało za podjęciem </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="1" w:name="_Hlk210201996"/>
+      <w:r w:rsidR="007347CF">
+        <w:t>u</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">chwały </w:t>
+      </w:r>
+      <w:r w:rsidR="007347CF">
+        <w:t>z</w:t>
+      </w:r>
+      <w:r>
+        <w:t>gromadzenia</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r>
+        <w:t>, przy czym po raz pierwszy w 2024</w:t>
+      </w:r>
+      <w:r w:rsidR="007347CF">
+        <w:t xml:space="preserve"> roku</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">. Postanowienia </w:t>
+      </w:r>
+      <w:r w:rsidR="007347CF">
+        <w:t>dotyczące</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007347CF">
+        <w:t>w</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">ynagrodzenia </w:t>
+      </w:r>
+      <w:r w:rsidR="007347CF">
+        <w:t>s</w:t>
+      </w:r>
+      <w:r>
+        <w:t>tałego po roku 2024 nie były zmieniane. Podkreśl</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB7DDA">
+        <w:t>am</w:t>
+      </w:r>
+      <w:r>
+        <w:t>, że ustalone w</w:t>
+      </w:r>
+      <w:r w:rsidR="00756690">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">oparciu o art. 4 ust. 3 </w:t>
+      </w:r>
+      <w:r w:rsidR="00764D7D">
+        <w:t>w</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">ynagrodzenie </w:t>
+      </w:r>
+      <w:r w:rsidR="00764D7D">
+        <w:t>s</w:t>
+      </w:r>
+      <w:r>
+        <w:t>tałe nie przekraczało kwot wynikających z art. 4 ust.</w:t>
+      </w:r>
+      <w:r w:rsidR="00756690">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>2 (ustalało w sposób inny, jednak nieprzekraczający limitu ustawowego).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="344C6387" w14:textId="0C52B803" w:rsidR="00324935" w:rsidRDefault="00324935" w:rsidP="007347CF">
+      <w:pPr>
+        <w:pStyle w:val="UMP-listawyroniona"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Modertrans</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> Poznań sp. z o.o.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="719306B6" w14:textId="65135B65" w:rsidR="00324935" w:rsidRDefault="00324935" w:rsidP="00324935">
+      <w:pPr>
+        <w:pStyle w:val="UMP-tekstpodstawowy"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">W latach 2017-2025 Miasto Poznań siedmiokrotnie głosowało za podjęciem </w:t>
+      </w:r>
+      <w:r w:rsidR="00764D7D">
+        <w:t>uchwały zgromadzenia</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">, przy czym po raz pierwszy w roku 2017. </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="2" w:name="_Hlk210201870"/>
+      <w:r w:rsidR="00764D7D">
+        <w:t>Postanowienia dotyczące wynagrodzenia stałego</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="2"/>
+      <w:r>
+        <w:t xml:space="preserve"> po roku 2017 były zmieniane czterokrotne.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="307557B3" w14:textId="0AD4BA8B" w:rsidR="00324935" w:rsidRDefault="00324935" w:rsidP="007347CF">
+      <w:pPr>
+        <w:pStyle w:val="UMP-listawyroniona"/>
+      </w:pPr>
+      <w:r>
+        <w:t>MPGM S.A.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20B230F1" w14:textId="2A53ECB4" w:rsidR="00324935" w:rsidRDefault="00324935" w:rsidP="00324935">
+      <w:pPr>
+        <w:pStyle w:val="UMP-tekstpodstawowy"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">W latach 2017-2025 Miasto Poznań jednokrotnie głosowało za podjęciem </w:t>
+      </w:r>
+      <w:r w:rsidR="00764D7D">
+        <w:t>uchwały zgromadzenia</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> i miało to miejsce w roku 2024.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F0C48E4" w14:textId="46EA1E4C" w:rsidR="00324935" w:rsidRDefault="00324935" w:rsidP="007347CF">
+      <w:pPr>
+        <w:pStyle w:val="UMP-listawyroniona"/>
+      </w:pPr>
+      <w:r>
+        <w:t>MPK Poznań sp. z o.o.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45554DA3" w14:textId="41F9AE41" w:rsidR="00324935" w:rsidRDefault="00324935" w:rsidP="00324935">
+      <w:pPr>
+        <w:pStyle w:val="UMP-tekstpodstawowy"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">W latach 2017-2025 Miasto Poznań trzykrotnie głosowało za podjęciem </w:t>
+      </w:r>
+      <w:r w:rsidR="00764D7D">
+        <w:t>uchwały zgromadzenia</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">, przy czym po raz pierwszy w roku 2017. </w:t>
+      </w:r>
+      <w:r w:rsidR="00764D7D">
+        <w:t>Postanowienia dotyczące wynagrodzenia stałego</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> po roku 2017 były zmieniane dwukrotnie. Podkreśl</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB7DDA">
+        <w:t>am</w:t>
+      </w:r>
+      <w:r>
+        <w:t>, że ustalane w</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB7DDA">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">oparciu o art. 4 ust. 3 </w:t>
+      </w:r>
+      <w:r w:rsidR="00764D7D">
+        <w:t>w</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">ynagrodzenie </w:t>
+      </w:r>
+      <w:r w:rsidR="00764D7D">
+        <w:t>s</w:t>
+      </w:r>
+      <w:r>
+        <w:t>tałe nie przekraczało kwot wynikających z</w:t>
+      </w:r>
+      <w:r w:rsidR="00756690">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>art. 4 ust.</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB7DDA">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>2 (ustalało w sposób inny jednak nieprzekraczający limitu ustawowego).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="749034F6" w14:textId="3E72B594" w:rsidR="00324935" w:rsidRDefault="00324935" w:rsidP="007347CF">
+      <w:pPr>
+        <w:pStyle w:val="UMP-listawyroniona"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>MTP sp. z o.o.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B4CBDE6" w14:textId="0B1C9E8C" w:rsidR="00324935" w:rsidRDefault="00324935" w:rsidP="00324935">
+      <w:pPr>
+        <w:pStyle w:val="UMP-tekstpodstawowy"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">W latach 2017-2025 Miasto Poznań jednokrotnie głosowało za podjęciem </w:t>
+      </w:r>
+      <w:r w:rsidR="00764D7D">
+        <w:t>uchwały zgromadzenia</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> i miało to miejsce w roku 2021.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A1DF633" w14:textId="77CA1D94" w:rsidR="00324935" w:rsidRDefault="00324935" w:rsidP="007347CF">
+      <w:pPr>
+        <w:pStyle w:val="UMP-listawyroniona"/>
+      </w:pPr>
+      <w:r>
+        <w:t>PIM sp. z o.o.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A7ACD9B" w14:textId="306ACE62" w:rsidR="00324935" w:rsidRDefault="00324935" w:rsidP="00324935">
+      <w:pPr>
+        <w:pStyle w:val="UMP-tekstpodstawowy"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">W latach 2017-2025 Miasto Poznań pięciokrotnie głosowało za podjęciem </w:t>
+      </w:r>
+      <w:r w:rsidR="00764D7D">
+        <w:t>uchwały zgromadzenia</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">, przy czym po raz pierwszy w roku 2017. </w:t>
+      </w:r>
+      <w:r w:rsidR="00764D7D">
+        <w:t>Postanowienia dotyczące wynagrodzenia stałego</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> po roku 2017 nie były zmieniane.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="342E8D4C" w14:textId="50CB4907" w:rsidR="00324935" w:rsidRDefault="00324935" w:rsidP="007347CF">
+      <w:pPr>
+        <w:pStyle w:val="UMP-listawyroniona"/>
+      </w:pPr>
+      <w:r>
+        <w:t>PTBS sp. z o.o.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78EF7C37" w14:textId="195DCFA0" w:rsidR="00324935" w:rsidRDefault="00324935" w:rsidP="00324935">
+      <w:pPr>
+        <w:pStyle w:val="UMP-tekstpodstawowy"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">W latach 2017-2025 Miasto Poznań czterokrotnie głosowało za podjęciem </w:t>
+      </w:r>
+      <w:r w:rsidR="00764D7D">
+        <w:t>uchwały zgromadzenia</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">, przy czym po raz pierwszy w roku 2017. </w:t>
+      </w:r>
+      <w:r w:rsidR="00764D7D">
+        <w:t>Postanowienie dotyczące wynagrodzenia stałego</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> po roku 2017 było zmieniane jednokrotnie.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="167D417E" w14:textId="2CFF3386" w:rsidR="00324935" w:rsidRDefault="00324935" w:rsidP="007347CF">
+      <w:pPr>
+        <w:pStyle w:val="UMP-listawyroniona"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Targowiska sp. z o.o.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E464DD2" w14:textId="4DA5413A" w:rsidR="00324935" w:rsidRDefault="00324935" w:rsidP="00324935">
+      <w:pPr>
+        <w:pStyle w:val="UMP-tekstpodstawowy"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">W latach 2017-2025 Miasto Poznań pięciokrotnie głosowało za podjęciem </w:t>
+      </w:r>
+      <w:r w:rsidR="00764D7D">
+        <w:t>uchwały zgromadzenia</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">, przy czym po raz pierwszy w roku 2017. </w:t>
+      </w:r>
+      <w:r w:rsidR="00764D7D">
+        <w:t>Postanowienie dotyczące wynagrodzenia stałego</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> po roku 2017 było zmieniane jednokrotnie.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A246354" w14:textId="2AEBE564" w:rsidR="00324935" w:rsidRDefault="00324935" w:rsidP="007347CF">
+      <w:pPr>
+        <w:pStyle w:val="UMP-listawyroniona"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Termy Maltańskie sp. z o.o.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="710378E3" w14:textId="1975BBC1" w:rsidR="00324935" w:rsidRDefault="00324935" w:rsidP="00324935">
+      <w:pPr>
+        <w:pStyle w:val="UMP-tekstpodstawowy"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">W latach 2017-2025 Miasto Poznań czterokrotnie głosowało za podjęciem </w:t>
+      </w:r>
+      <w:r w:rsidR="00764D7D">
+        <w:t>uchwały zgromadzenia</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">, przy czym po raz pierwszy w roku 2017. </w:t>
+      </w:r>
+      <w:r w:rsidR="00764D7D">
+        <w:t>Postanowienia dotyczące wynagrodzenia stałego</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> po roku 2017 nie były zmieniane.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D418178" w14:textId="47E92015" w:rsidR="00324935" w:rsidRDefault="00324935" w:rsidP="007347CF">
+      <w:pPr>
+        <w:pStyle w:val="UMP-listawyroniona"/>
+      </w:pPr>
+      <w:r>
+        <w:t>WCWI sp. z o.o.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4510ACBD" w14:textId="14218B1E" w:rsidR="00324935" w:rsidRDefault="00324935" w:rsidP="00324935">
+      <w:pPr>
+        <w:pStyle w:val="UMP-tekstpodstawowy"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">W latach 2017-2025 Miasto Poznań czterokrotnie głosowało za podjęciem </w:t>
+      </w:r>
+      <w:r w:rsidR="00764D7D">
+        <w:t>uchwały zgromadzenia</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">, przy czym po raz pierwszy w roku 2017. </w:t>
+      </w:r>
+      <w:r w:rsidR="00764D7D">
+        <w:t>Postanowienie dotyczące wynagrodzenia stałego</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> po roku 2017 było zmieniane jednokrotnie.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2BBFA7D4" w14:textId="6BD629D7" w:rsidR="00324935" w:rsidRDefault="00324935" w:rsidP="007347CF">
+      <w:pPr>
+        <w:pStyle w:val="UMP-listawyroniona"/>
+      </w:pPr>
+      <w:r>
+        <w:t>ZKZL sp. z o.o.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72962955" w14:textId="4584B87E" w:rsidR="00324935" w:rsidRDefault="00324935" w:rsidP="00324935">
+      <w:pPr>
+        <w:pStyle w:val="UMP-tekstpodstawowy"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">W latach 2017-2025 Miasto Poznań siedmiokrotnie głosowało za podjęciem </w:t>
+      </w:r>
+      <w:r w:rsidR="00764D7D">
+        <w:t>uchwały zgromadzenia</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">, przy czym po raz pierwszy w roku 2017. </w:t>
+      </w:r>
+      <w:r w:rsidR="00764D7D">
+        <w:t>Postanowienie dotyczące wynagrodzenia stałego</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> po roku 2017 było zmieniane trzykrotnie.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05BCA05D" w14:textId="0C221567" w:rsidR="00324935" w:rsidRDefault="00324935" w:rsidP="007347CF">
+      <w:pPr>
+        <w:pStyle w:val="UMP-listawyroniona"/>
+      </w:pPr>
+      <w:r>
+        <w:t>ZZO w Poznaniu sp. z o.o.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3060B447" w14:textId="072BA0AC" w:rsidR="00324935" w:rsidRDefault="00324935" w:rsidP="00324935">
+      <w:pPr>
+        <w:pStyle w:val="UMP-tekstpodstawowy"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">W latach 2017-2025 Miasto Poznań dwukrotnie głosowało za podjęciem </w:t>
+      </w:r>
+      <w:r w:rsidR="00764D7D">
+        <w:t>uchwały zgromadzenia</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">, przy czym po raz pierwszy w roku 2022. </w:t>
+      </w:r>
+      <w:r w:rsidR="00764D7D">
+        <w:t>Postanowienie dotyczące wynagrodzenia stałego</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> po roku 2022 nie było zmieniane.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08F0CCE1" w14:textId="74858613" w:rsidR="00324935" w:rsidRDefault="00324935" w:rsidP="00324935">
+      <w:pPr>
+        <w:pStyle w:val="UMP-tekstpodstawowy"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">W spółce Port Lotniczy Poznań-Ławica sp. z o.o. i spółce Poznański Fundusz Poręczeń Kredytowych sp. z o.o. </w:t>
+      </w:r>
+      <w:r w:rsidR="005C79E6">
+        <w:t>w</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">ynagrodzenie </w:t>
+      </w:r>
+      <w:r w:rsidR="005C79E6">
+        <w:t>s</w:t>
+      </w:r>
+      <w:r>
+        <w:t>tałe członków organu zarządzającego określone jest na podstawie art. 4 ust. 2</w:t>
+      </w:r>
+      <w:r w:rsidR="005C79E6">
+        <w:t xml:space="preserve"> ustawy</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18F09959" w14:textId="51FE48E3" w:rsidR="00324935" w:rsidRDefault="00324935" w:rsidP="00324935">
+      <w:pPr>
+        <w:pStyle w:val="UMP-tekstpodstawowy"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">W pozostałych spółkach mniejszościowych: Centrum Obsługi Biznesu sp. z o.o., </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Veolia</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> Energia Poznań S.A., </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Remondis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Sanitech</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> sp. z o.o.</w:t>
+      </w:r>
+      <w:r w:rsidR="00764D7D">
+        <w:t xml:space="preserve"> oraz </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Wielkopolska Gildia Rolno-Ogrodnicza S.A. zasady wynagrodzeń zostały określone w sposób odmienny niż wynikający z </w:t>
+      </w:r>
+      <w:r w:rsidR="005C79E6">
+        <w:t>u</w:t>
+      </w:r>
+      <w:r>
+        <w:t>stawy, przy czym Miasto Poznań nie głosowało za podjęciem takich uchwał.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6137BB5B" w14:textId="6569BD4D" w:rsidR="00324935" w:rsidRPr="00C3090A" w:rsidRDefault="00324935" w:rsidP="004F39FC">
+      <w:pPr>
+        <w:pStyle w:val="UMP-listanumerowana"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C3090A">
+        <w:t>„Jak sformułowane były pisemne uzasadnienia dla zastosowania mechanizmu z</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD3CEC">
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C3090A">
+        <w:t>art.</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD3CEC">
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C3090A">
+        <w:t>4 ust. 3 ustawy i w jakich miejscach w Biuletynie Informacji Publicznej można się z nimi zapoznać?”</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="321B6B99" w14:textId="28553E7A" w:rsidR="00324935" w:rsidRDefault="00324935" w:rsidP="00324935">
+      <w:pPr>
+        <w:pStyle w:val="UMP-tekstpodstawowy"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Treś</w:t>
+      </w:r>
+      <w:r w:rsidR="005C79E6">
+        <w:t>ć</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> uzasadnień dla zastosowania mechanizmu z art. 4 ust. 3 </w:t>
+      </w:r>
+      <w:r w:rsidR="005C79E6">
+        <w:t>u</w:t>
+      </w:r>
+      <w:r>
+        <w:t>stawy</w:t>
+      </w:r>
+      <w:r w:rsidR="005C79E6">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">zgodnie z wymogami została opublikowana w </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId11" w:history="1">
+        <w:r w:rsidRPr="002C7A41">
+          <w:rPr>
+            <w:rStyle w:val="Hipercze"/>
+          </w:rPr>
+          <w:t>Biuletynie Informa</w:t>
+        </w:r>
+        <w:r w:rsidRPr="002C7A41">
+          <w:rPr>
+            <w:rStyle w:val="Hipercze"/>
+          </w:rPr>
+          <w:t>c</w:t>
+        </w:r>
+        <w:r w:rsidRPr="002C7A41">
+          <w:rPr>
+            <w:rStyle w:val="Hipercze"/>
+          </w:rPr>
+          <w:t>ji Publicznej</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="005C79E6">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>w</w:t>
+      </w:r>
+      <w:r w:rsidR="005C79E6">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">zakresie spółek z udziałem Miasta Poznania (po wejściu w szczegóły danej spółki). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60FBA8BE" w14:textId="0FCF9A98" w:rsidR="00324935" w:rsidRDefault="005C79E6" w:rsidP="00324935">
+      <w:pPr>
+        <w:pStyle w:val="UMP-tekstpodstawowy"/>
+      </w:pPr>
+      <w:r>
+        <w:t>U</w:t>
+      </w:r>
+      <w:r w:rsidR="00324935">
+        <w:t>zasadnienia były sporządzane przy pierwszym uregulowaniu części stałej wynagrodzeń w</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD3CEC">
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00324935">
+        <w:t xml:space="preserve">oparciu o art. 4 ust. 3, natomiast w przypadku późniejszego podejmowania </w:t>
+      </w:r>
+      <w:r>
+        <w:t>u</w:t>
+      </w:r>
+      <w:r w:rsidR="00324935">
+        <w:t xml:space="preserve">chwały </w:t>
+      </w:r>
+      <w:r>
+        <w:t>z</w:t>
+      </w:r>
+      <w:r w:rsidR="00324935">
+        <w:t>gromadzenia, uzasadnienia były sporządzane, jeżeli poprzednie wymagało uaktualnienia.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31856AE6" w14:textId="14BF2B3A" w:rsidR="00324935" w:rsidRDefault="00324935" w:rsidP="00324935">
+      <w:pPr>
+        <w:pStyle w:val="UMP-tekstpodstawowy"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Jednocześnie </w:t>
+      </w:r>
+      <w:r w:rsidR="00EF5618">
+        <w:t>wyjaśniam</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">, że w przypadku </w:t>
+      </w:r>
+      <w:r w:rsidR="00EF5618">
+        <w:t>s</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">półek </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Aquanet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> S.A. oraz MPK Poznań sp. z o.o. nie zachodziły ustawowe przesłanki do publikacji uzasadnienia. Zgodnie z art. 4 ust. 3 </w:t>
+      </w:r>
+      <w:r w:rsidR="00EF5618">
+        <w:t>u</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">stawy </w:t>
+      </w:r>
+      <w:r w:rsidR="00EF5618">
+        <w:t>„</w:t>
+      </w:r>
+      <w:r>
+        <w:t>projekt uchwały w sprawie zasad kształtowania wynagrodzeń członków organu zarządzającego, o którym mowa w art. 2 ust. 2 pkt 1</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF5618">
+        <w:t xml:space="preserve"> ustawy</w:t>
+      </w:r>
+      <w:r>
+        <w:t>, może przewidywać inną wysokość części stałej wynagrodzenia członka organu zarządzającego niż określona zgodnie z ust. 2, jeżeli przemawiają za tym wyjątkowe okoliczności dotyczące spółki albo rynku, na którym ona działa (…), przy czym w przypadku oddania głosów za uchwałą ustalającą wysokość części stałej wynagrodzenia członka organu zarządzającego w wyższej wysokości niż określona zgodnie z ust. 2 podmiot uprawniony do wykonywania praw udziałowych sporządza pisemne uzasadnienie i publikuje je na swojej stronie podmiotowej w</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD3CEC">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Biuletynie Informacji Publicznej</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF5618">
+        <w:t>”</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">. Dla obu spółek określona wysokość </w:t>
+      </w:r>
+      <w:r w:rsidR="00EF5618">
+        <w:t>w</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">ynagrodzenia </w:t>
+      </w:r>
+      <w:r w:rsidR="00EF5618">
+        <w:t>s</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">tałego nie przekraczała maksymalnej wysokości wynikającej z art. 4 ust. 2 </w:t>
+      </w:r>
+      <w:r w:rsidR="00EF5618">
+        <w:t>u</w:t>
+      </w:r>
+      <w:r>
+        <w:t>stawy, z</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD3CEC">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>uwzględnieniem art. 4 ust. 7 (dla spółek będących przedsiębiorcami dominującymi, w</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD3CEC">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>rozumieniu art. 4 pkt 3 ustawy o ochronie konkurencji i konsumentów</w:t>
+      </w:r>
+      <w:r w:rsidR="00242FC2">
+        <w:t xml:space="preserve"> [2]</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">, sporządzających skonsolidowane sprawozdania finansowe na podstawie przepisów o rachunkowości, uwzględnienie skali działalności spółki, o której mowa w ust. 2, przyjmuje się dla spółki </w:t>
+      </w:r>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>dominującej i podmiotów od niej zależnych wszystkich szczebli w taki sposób, jakby grupa kapitałowa stanowiła jeden podmiot).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6662C647" w14:textId="688FC141" w:rsidR="00324935" w:rsidRDefault="00C3090A" w:rsidP="004F39FC">
+      <w:pPr>
+        <w:pStyle w:val="UMP-listanumerowana"/>
+      </w:pPr>
+      <w:r>
+        <w:t>„</w:t>
+      </w:r>
+      <w:r w:rsidR="00324935">
+        <w:t xml:space="preserve">Kto składa wniosek w sprawie zastosowania mechanizmu z art. 4 ust. 3 </w:t>
+      </w:r>
+      <w:r>
+        <w:t>u</w:t>
+      </w:r>
+      <w:r w:rsidR="00324935">
+        <w:t xml:space="preserve">stawy wobec konkretnej osoby i spółki, jak on jest następnie procedowany i kto w ramach struktury organizacyjnej </w:t>
+      </w:r>
+      <w:r>
+        <w:t>m</w:t>
+      </w:r>
+      <w:r w:rsidR="00324935">
+        <w:t>iasta Poznania podejmuje finalne rozstrzygnięcie w tej sprawie?</w:t>
+      </w:r>
+      <w:r>
+        <w:t>”</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="765D91FE" w14:textId="225D91F1" w:rsidR="00324935" w:rsidRDefault="00324935" w:rsidP="00324935">
+      <w:pPr>
+        <w:pStyle w:val="UMP-tekstpodstawowy"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Zgodnie z zasadami wynikającymi z </w:t>
+      </w:r>
+      <w:r w:rsidR="00242FC2">
+        <w:t>u</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">stawy do realizacji jej postanowień zobowiązane są m.in. jednostki samorządu terytorialnego. W kontekście zapisów ustawy o samorządzie gminnym </w:t>
+      </w:r>
+      <w:r w:rsidR="00242FC2">
+        <w:t xml:space="preserve">[3] </w:t>
+      </w:r>
+      <w:r>
+        <w:t>realizacja tych uprawnień spoczywa na Prezydencie Miasta Poznania. Mając na uwadze powyższe to Prezydent Miasta Poznania</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB7DDA">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:t>działający jako udziałowiec spółek z</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD3CEC">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>ograniczoną odpowiedzialności albo akcjonariusz spółki akcyjnej</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB7DDA">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:t>podejmuje decyzje co do kształtowania zasad wynagradzania w spółkach. Innymi słowy decyzja w zakresie stosowania postanowień art. 4 ust</w:t>
+      </w:r>
+      <w:r w:rsidR="00242FC2">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> 2 albo 4 ust. 3 należy do Prezydenta Miasta Poznania.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7EB6B54E" w14:textId="5A911787" w:rsidR="00324935" w:rsidRDefault="00C3090A" w:rsidP="004F39FC">
+      <w:pPr>
+        <w:pStyle w:val="UMP-listanumerowana"/>
+      </w:pPr>
+      <w:r>
+        <w:t>„</w:t>
+      </w:r>
+      <w:r w:rsidR="00324935">
+        <w:t>Jak wygląda procedura oceny i weryfikacji zasadności zastosowania mechanizmu z</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD3CEC">
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00324935">
+        <w:t>art. 4 ust. 3 ustawy w ramach nadzoru właścicielskiego miasta Poznania nad spółkami? Czy w takich przypadkach przeprowadzane są działania przewidziane w</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB7DDA">
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00324935">
+        <w:t>art. 4 ust. 4 pkt 1 ustawy, tj. porównanie wynagrodzeń z innymi podmiotami o</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB7DDA">
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00324935">
+        <w:t>podobnej skali lub przedmiocie działalności, nawet jeśli spółki z udziałem miasta nie mieszczą się w formalnej definicji „spółki publicznej”?</w:t>
+      </w:r>
+      <w:r>
+        <w:t>”</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4256713D" w14:textId="146E9BA8" w:rsidR="00324935" w:rsidRDefault="00242FC2" w:rsidP="00324935">
+      <w:pPr>
+        <w:pStyle w:val="UMP-tekstpodstawowy"/>
+      </w:pPr>
+      <w:r>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidR="00324935">
+        <w:t xml:space="preserve">rt. 4 ust. 4 pkt 1 </w:t>
+      </w:r>
+      <w:r>
+        <w:t>u</w:t>
+      </w:r>
+      <w:r w:rsidR="00324935">
+        <w:t xml:space="preserve">stawy dotyczy spółek publicznych, którymi zgodnie z definicją wskazaną w art. 1 ust. 3 </w:t>
+      </w:r>
+      <w:r>
+        <w:t>u</w:t>
+      </w:r>
+      <w:r w:rsidR="00324935">
+        <w:t>stawy są spółki, o których mowa w art. 4 pkt 20 ustawy o ofercie publicznej i</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD3CEC">
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00324935">
+        <w:t>warunkach wprowadzania instrumentów finansowych do zorganizowanego systemu obrotu oraz o spółkach publicznych</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> [4]</w:t>
+      </w:r>
+      <w:r w:rsidR="00324935">
+        <w:t xml:space="preserve">. Spółki z udziałem Miasta Poznania nie spełniają tego przymiotu, w związku z </w:t>
+      </w:r>
+      <w:r w:rsidR="00A8695B">
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidR="00324935">
+        <w:t>ym nie jest</w:t>
+      </w:r>
+      <w:r w:rsidR="00756690">
+        <w:t>em</w:t>
+      </w:r>
+      <w:r w:rsidR="00324935">
+        <w:t xml:space="preserve"> zobowiązany do stosowania tych wytycznych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09430D67" w14:textId="22521FD7" w:rsidR="00324935" w:rsidRDefault="00A8695B" w:rsidP="00324935">
+      <w:pPr>
+        <w:pStyle w:val="UMP-tekstpodstawowy"/>
+      </w:pPr>
+      <w:r>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidR="00324935">
+        <w:t xml:space="preserve">odejmując decyzję o zastosowaniu postanowień art. 4 ust. 3 </w:t>
+      </w:r>
+      <w:r>
+        <w:t>u</w:t>
+      </w:r>
+      <w:r w:rsidR="00324935">
+        <w:t>stawy</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB7DDA">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00324935">
+        <w:t>uwzględnia</w:t>
+      </w:r>
+      <w:r w:rsidR="00756690">
+        <w:t xml:space="preserve">m </w:t>
+      </w:r>
+      <w:r w:rsidR="00324935">
+        <w:t>okoliczności wskazane w tym ustępie, tj. okoliczności dotyczące spółki albo rynku, na którym ona działa. Ustawa wskazuje w szczególności na następujące aspekty funkcjonowania spółki:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C65CC88" w14:textId="2305A4E6" w:rsidR="00324935" w:rsidRDefault="00324935" w:rsidP="00A8695B">
+      <w:pPr>
+        <w:pStyle w:val="UMP-listawyroniona"/>
+      </w:pPr>
+      <w:r>
+        <w:t>realizuje program konsolidacji spółek należących do jej grupy kapitałowej, prowadzący do znaczącej zmiany struktury jej aktywów lub przychodów,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18646C61" w14:textId="3B86C00E" w:rsidR="00324935" w:rsidRDefault="00324935" w:rsidP="00A8695B">
+      <w:pPr>
+        <w:pStyle w:val="UMP-listawyroniona"/>
+      </w:pPr>
+      <w:r>
+        <w:t>realizuje program inwestycyjny znacząco przekraczający wartość jej aktywów trwałych,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F9E7929" w14:textId="637E81B3" w:rsidR="00324935" w:rsidRDefault="00324935" w:rsidP="00A8695B">
+      <w:pPr>
+        <w:pStyle w:val="UMP-listawyroniona"/>
+      </w:pPr>
+      <w:r>
+        <w:t>realizuje program restrukturyzacji</w:t>
+      </w:r>
+      <w:r w:rsidR="00572BC3">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>o co najmniej 3-letnim horyzoncie czasowym, prowadzącym do znaczącej zmiany struktury aktywów lub przychodów spółki,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D9B1560" w14:textId="352F5A80" w:rsidR="00324935" w:rsidRDefault="00324935" w:rsidP="00A8695B">
+      <w:pPr>
+        <w:pStyle w:val="UMP-listawyroniona"/>
+      </w:pPr>
+      <w:r>
+        <w:t>ma siedzibę za granicą Rzeczypospolitej Polskiej lub zasady jej działalności określa wiążąca Rzeczpospolitą Polską umowa międzynarodowa,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="218FEAE7" w14:textId="20116A32" w:rsidR="00324935" w:rsidRDefault="00324935" w:rsidP="00A8695B">
+      <w:pPr>
+        <w:pStyle w:val="UMP-listawyroniona"/>
+      </w:pPr>
+      <w:r>
+        <w:t>funkcjonuje krócej niż rok,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29337065" w14:textId="28D80826" w:rsidR="00324935" w:rsidRDefault="00324935" w:rsidP="00A8695B">
+      <w:pPr>
+        <w:pStyle w:val="UMP-listawyroniona"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>została utworzona w celu realizacji projektu, w szczególności z udziałem środków pochodzących z budżetu Unii Europejskiej lub niepodlegających zwrotowi środków z</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD3CEC">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>pomocy udzielanej przez państwa członkowskie Europejskiego Porozumienia o</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD3CEC">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Wolnym Handlu (EFTA) lub środków pochodzących z innych źródeł zagranicznych niepodlegających zwrotowi</w:t>
+      </w:r>
+      <w:r w:rsidR="00A8695B">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="356B8951" w14:textId="38B2BAE0" w:rsidR="00324935" w:rsidRDefault="00324935" w:rsidP="00324935">
+      <w:pPr>
+        <w:pStyle w:val="UMP-tekstpodstawowy"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Z uwagi na otwarty katalog wskazany w ustawie</w:t>
+      </w:r>
+      <w:r w:rsidR="00756690">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">przy podejmowaniu decyzji o zasadach kształtowania wynagrodzeń w spółkach </w:t>
+      </w:r>
+      <w:r w:rsidR="00756690">
+        <w:t xml:space="preserve">uwzględniam </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">także wielkość przedsiębiorstwa, zadania które zostały postawione przed </w:t>
+      </w:r>
+      <w:r w:rsidR="00756690">
+        <w:t>s</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">półką, skalę działalności, charakter </w:t>
+      </w:r>
+      <w:r w:rsidR="00756690">
+        <w:t>s</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">półki, przyrost kapitałów, osiągane wyniki, zdolność do pozyskiwania przez </w:t>
+      </w:r>
+      <w:r w:rsidR="00756690">
+        <w:t>s</w:t>
+      </w:r>
+      <w:r>
+        <w:t>półkę preferencyjnych środków finansowych pochodzących ze źródeł zewnętrznych, realizowane procesy inwestycyjne</w:t>
+      </w:r>
+      <w:r w:rsidR="00756690">
+        <w:t xml:space="preserve"> oraz </w:t>
+      </w:r>
+      <w:r>
+        <w:t>jakość świadczonych usług.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71CB6943" w14:textId="7C9171E8" w:rsidR="001152BF" w:rsidRPr="001152BF" w:rsidRDefault="00C37B29" w:rsidP="001152BF">
+      <w:pPr>
+        <w:pStyle w:val="UMP-tekstpodstawowy"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">W przypadku ustalania </w:t>
+      </w:r>
+      <w:r w:rsidR="00324935">
+        <w:t>wysokoś</w:t>
+      </w:r>
+      <w:r w:rsidR="00D91CC6">
+        <w:t>ci</w:t>
+      </w:r>
+      <w:r w:rsidR="00324935">
+        <w:t xml:space="preserve"> wynagrodzenia na podstawie art. 4 ust</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00324935">
+        <w:t xml:space="preserve"> 3 </w:t>
+      </w:r>
+      <w:r w:rsidR="00756690">
+        <w:t>u</w:t>
+      </w:r>
+      <w:r w:rsidR="00324935">
+        <w:t>stawy</w:t>
+      </w:r>
+      <w:r w:rsidR="00D91CC6">
+        <w:t>, stosowne uzasadnienie publikowane jest</w:t>
+      </w:r>
+      <w:r w:rsidR="00324935">
+        <w:t xml:space="preserve"> w Biuletynie Informacji Publicznej</w:t>
+      </w:r>
+      <w:r w:rsidR="00D91CC6">
+        <w:t xml:space="preserve"> (zgodnie z art. 11 ust. 1 pkt 3 ustawy)</w:t>
+      </w:r>
+      <w:r w:rsidR="00324935">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0718736B" w14:textId="77777777" w:rsidR="009147B1" w:rsidRPr="00BB68D5" w:rsidRDefault="002A16A4" w:rsidP="009111F2">
+      <w:pPr>
+        <w:pStyle w:val="UMP-nagwekpierwszegopoziomu"/>
+        <w:spacing w:before="480"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006A5660">
+        <w:t>Podstawa prawna</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50107303" w14:textId="5BF58008" w:rsidR="009147B1" w:rsidRDefault="002A16A4" w:rsidP="00242FC2">
+      <w:pPr>
+        <w:pStyle w:val="UMP-tekstpodstawowy"/>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t>[</w:t>
+      </w:r>
+      <w:r w:rsidR="00324935">
+        <w:t xml:space="preserve">1] </w:t>
+      </w:r>
+      <w:r w:rsidR="00324935" w:rsidRPr="00324935">
+        <w:t>Ustawa z dnia 9 czerwca 2016 r. o zasadach kształtowania wynagrodzeń osób kierujących niektórymi spółkami (Dz. U. z 2020 r. poz. 1907 ze zm.).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B35987F" w14:textId="2ECEECA4" w:rsidR="00242FC2" w:rsidRDefault="00242FC2" w:rsidP="00242FC2">
+      <w:pPr>
+        <w:pStyle w:val="UMP-tekstpodstawowy"/>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t>[2] Ustawa z dnia 16 lutego 2007 r. o ochronie konkurencji i konsumentów (Dz. U. z 2024 r. poz. 161 ze zm.).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53590AC5" w14:textId="374A61E8" w:rsidR="00242FC2" w:rsidRDefault="00242FC2" w:rsidP="00242FC2">
+      <w:pPr>
+        <w:pStyle w:val="UMP-tekstpodstawowy"/>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t>[3] Ustawa z dnia 8 marca 1990 r. o samorządzie gminnym (Dz. U. z 2025 r. poz. 1153).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B9ACD56" w14:textId="27E01BD4" w:rsidR="00242FC2" w:rsidRDefault="00242FC2" w:rsidP="00242FC2">
+      <w:pPr>
+        <w:pStyle w:val="UMP-tekstpodstawowy"/>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t>[4] Ustawa z dnia 29 lipca 2005 r. o ofercie publicznej i warunkach wprowadzania instrumentów finansowych do zorganizowanego systemu obrotu oraz o spółkach publicznych (Dz. U. z 2025 r. poz. 592</w:t>
+      </w:r>
+      <w:r w:rsidR="00A8695B">
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="416A0D74" w14:textId="77777777" w:rsidR="002C7A41" w:rsidRPr="002C7A41" w:rsidRDefault="002C7A41" w:rsidP="002C7A41">
+      <w:pPr>
+        <w:spacing w:before="80" w:after="360" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4961"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:kern w:val="24"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> wysokość części stałej wynagrodzenia niż określona standardowo, jeżeli przemawiają za tym szczególne okoliczności dotyczące spółki lub rynku, na którym działa. W takim przypadku podmiot uprawniony do wykonywania praw udziałowych ma obowiązek sporządzić pisemne uzasadnienie i opublikować je w</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00D17AF7" w:rsidRPr="00D708D9">
+      </w:pPr>
+      <w:r w:rsidRPr="002C7A41">
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...283 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:kern w:val="24"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Z wyrazami szacunku</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F56889" w:rsidRPr="00D708D9" w:rsidRDefault="00F56889" w:rsidP="00D708D9">
-[...2 lines deleted...]
-        <w:ind w:left="5664"/>
+    <w:p w14:paraId="2639EFFE" w14:textId="1C92F715" w:rsidR="004054CE" w:rsidRPr="004054CE" w:rsidRDefault="002C7A41" w:rsidP="002C7A41">
+      <w:pPr>
+        <w:pStyle w:val="UMP-zwrotzpowaaniem"/>
+        <w:spacing w:line="1560" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="002C7A41">
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
-      </w:pPr>
-[...9 lines deleted...]
-    <w:sectPr w:rsidR="00F56889" w:rsidRPr="00D708D9">
+        <w:t>(-) Jacek Jaśkowiak</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7443733B" w14:textId="77777777" w:rsidR="009147B1" w:rsidRDefault="002A16A4">
+      <w:pPr>
+        <w:pStyle w:val="UMP-data-znak-UID-za-prowadzi"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Do wiadomości:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5AA88190" w14:textId="77777777" w:rsidR="009147B1" w:rsidRDefault="002A16A4">
+      <w:pPr>
+        <w:pStyle w:val="UMP-data-znak-UID-za-prowadzi"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Przewodniczący Rady Miasta</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="009147B1">
+      <w:type w:val="continuous"/>
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="2269" w:right="1418" w:bottom="1985" w:left="1418" w:header="567" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
-      <w:docGrid w:linePitch="360"/>
+      <w:formProt w:val="0"/>
+      <w:docGrid w:linePitch="600" w:charSpace="36864"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:endnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="60048E1F" w14:textId="77777777" w:rsidR="00C13C27" w:rsidRDefault="00C13C27">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="3BFFD47F" w14:textId="77777777" w:rsidR="00C13C27" w:rsidRDefault="00C13C27">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+</w:endnotes>
+</file>
+
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Symbol">
+    <w:altName w:val="Symbol"/>
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
+    <w:altName w:val="Times New Roman PSMT"/>
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
+    <w:altName w:val="Courier New"/>
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="EE"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
+    <w:altName w:val="Wingdings"/>
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:altName w:val="Arial"/>
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="EE"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
+    <w:charset w:val="EE"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Segoe UI">
+    <w:altName w:val="Segoe UI"/>
+    <w:panose1 w:val="020B0502040204020203"/>
+    <w:charset w:val="EE"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Free 3 of 9">
+    <w:altName w:val="Arial Unicode MS"/>
+    <w:panose1 w:val="00000009000000000000"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri Light">
-[...5 lines deleted...]
-  </w:font>
 </w:fonts>
 </file>
 
+<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:p w14:paraId="798B3637" w14:textId="663A60C2" w:rsidR="009147B1" w:rsidRDefault="002A16A4">
+    <w:pPr>
+      <w:pStyle w:val="UMP-stopkanrstrony"/>
+    </w:pPr>
+    <w:r>
+      <w:t xml:space="preserve">Strona </w:t>
+    </w:r>
+    <w:r>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r>
+      <w:instrText>PAGE</w:instrText>
+    </w:r>
+    <w:r>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r w:rsidR="004054CE">
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:t>2</w:t>
+    </w:r>
+    <w:r>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:p w14:paraId="0F8C6386" w14:textId="77777777" w:rsidR="00B915ED" w:rsidRPr="009B1BA5" w:rsidRDefault="00B915ED" w:rsidP="00B915ED">
+    <w:pPr>
+      <w:pStyle w:val="UMP-stopkastrony"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:r w:rsidRPr="009B1BA5">
+      <w:t>Urząd Miasta Poznania, plac Kolegiacki 17, 61-841 Poznań</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="0A985CDE" w14:textId="65103946" w:rsidR="009147B1" w:rsidRPr="00B915ED" w:rsidRDefault="00B915ED" w:rsidP="00B915ED">
+    <w:pPr>
+      <w:pStyle w:val="UMP-stopkastrony"/>
+      <w:jc w:val="center"/>
+      <w:rPr>
+        <w:rStyle w:val="UMP-stopkahipercze"/>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidRPr="009B1BA5">
+      <w:rPr>
+        <w:lang w:val="en-US"/>
+      </w:rPr>
+      <w:t xml:space="preserve">tel. +48 61 878 53 81, </w:t>
+    </w:r>
+    <w:proofErr w:type="spellStart"/>
+    <w:r w:rsidRPr="009B1BA5">
+      <w:rPr>
+        <w:lang w:val="en-US"/>
+      </w:rPr>
+      <w:t>faks</w:t>
+    </w:r>
+    <w:proofErr w:type="spellEnd"/>
+    <w:r w:rsidRPr="009B1BA5">
+      <w:rPr>
+        <w:lang w:val="en-US"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> +48 61 878 57 75, </w:t>
+    </w:r>
+    <w:hyperlink r:id="rId1" w:history="1">
+      <w:r w:rsidRPr="006853EF">
+        <w:rPr>
+          <w:rStyle w:val="UMP-stopkahipercze"/>
+        </w:rPr>
+        <w:t>prezydent@um.poznan.pl</w:t>
+      </w:r>
+    </w:hyperlink>
+    <w:r w:rsidRPr="009B1BA5">
+      <w:rPr>
+        <w:lang w:val="en-US"/>
+      </w:rPr>
+      <w:t xml:space="preserve">, </w:t>
+    </w:r>
+    <w:hyperlink r:id="rId2" w:history="1">
+      <w:r w:rsidRPr="006853EF">
+        <w:rPr>
+          <w:rStyle w:val="UMP-stopkahipercze"/>
+        </w:rPr>
+        <w:t>www.poznan.pl</w:t>
+      </w:r>
+    </w:hyperlink>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:footnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="65FD30F2" w14:textId="77777777" w:rsidR="00C13C27" w:rsidRDefault="00C13C27">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="1A66CA4D" w14:textId="77777777" w:rsidR="00C13C27" w:rsidRDefault="00C13C27">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+</w:footnotes>
+</file>
+
+<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:p w14:paraId="15988684" w14:textId="3D82E248" w:rsidR="009147B1" w:rsidRDefault="00B915ED" w:rsidP="00B915ED">
+    <w:pPr>
+      <w:pStyle w:val="Nagwek"/>
+      <w:spacing w:line="288" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:r w:rsidRPr="00C027CC">
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:drawing>
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="612FA725" wp14:editId="7C2C0FC1">
+          <wp:extent cx="1552575" cy="1143000"/>
+          <wp:effectExtent l="0" t="0" r="0" b="0"/>
+          <wp:docPr id="2" name="Obraz 2034691425" descr="Herb Miasta Poznania"/>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="0" name="Obraz 2034691425" descr="Herb Miasta Poznania"/>
+                  <pic:cNvPicPr>
+                    <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                  </pic:cNvPicPr>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:srcRect/>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr bwMode="auto">
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="1552575" cy="1143000"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                  <a:noFill/>
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+        </wp:inline>
+      </w:drawing>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="046432E4"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="0" w:tplc="04150001">
+    <w:nsid w:val="1C4707FE"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="724C4F2C"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="720" w:hanging="360"/>
-[...2 lines deleted...]
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04150003" w:tentative="1">
+    <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="04150005" w:tentative="1">
+    <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="360"/>
-[...2 lines deleted...]
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="04150001" w:tentative="1">
+    <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
-[...2 lines deleted...]
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04150003" w:tentative="1">
+    <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="04150005" w:tentative="1">
+    <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="360"/>
-[...34 lines deleted...]
-      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="073B0D6D"/>
+    <w:nsid w:val="5B384D1A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="A692D494"/>
-    <w:lvl w:ilvl="0" w:tplc="0415000F">
+    <w:tmpl w:val="7DA20EF0"/>
+    <w:lvl w:ilvl="0" w:tplc="04150011">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%1."/>
+      <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0415000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -862,836 +2009,800 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="11483040"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="0" w:tplc="04150001">
+    <w:nsid w:val="62C1536E"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="B322ACEE"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="UMP-listanumerowana"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="720" w:hanging="360"/>
-[...2 lines deleted...]
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04150003" w:tentative="1">
+    <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="04150005" w:tentative="1">
+    <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="360"/>
-[...2 lines deleted...]
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="04150001" w:tentative="1">
+    <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
-[...2 lines deleted...]
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04150003" w:tentative="1">
+    <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="04150005" w:tentative="1">
+    <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="360"/>
-[...2 lines deleted...]
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="04150001" w:tentative="1">
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="66D13D21"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="D6807DC0"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:pStyle w:val="UMP-listawyroniona"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="360"/>
-[...2 lines deleted...]
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04150003" w:tentative="1">
+    <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5760" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="04150005" w:tentative="1">
+    <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6480" w:hanging="360"/>
-[...15 lines deleted...]
-      <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="720"/>
-[...59 lines deleted...]
-          <w:tab w:val="num" w:pos="4320"/>
+          <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tentative="1">
+    <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%7."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="5040"/>
+          <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tentative="1">
+    <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%8."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="5760"/>
+          <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tentative="1">
+    <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%9."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="6480"/>
+          <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="2A263F09"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="0" w:tplc="0415000F">
+    <w:nsid w:val="67B13613"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="4EEAD012"/>
+    <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%1."/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="720" w:hanging="360"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
+    <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerLetter"/>
-      <w:lvlText w:val="%2."/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="0415001B" w:tentative="1">
+    <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerRoman"/>
-[...3 lines deleted...]
-        <w:ind w:left="2160" w:hanging="180"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="0415000F" w:tentative="1">
+    <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%4."/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04150019" w:tentative="1">
+    <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerLetter"/>
-      <w:lvlText w:val="%5."/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="0415001B" w:tentative="1">
+    <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerRoman"/>
-[...3 lines deleted...]
-        <w:ind w:left="4320" w:hanging="180"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="0415000F" w:tentative="1">
+    <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%7."/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
+    <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerLetter"/>
-      <w:lvlText w:val="%8."/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5760" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
+    <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerRoman"/>
-[...14 lines deleted...]
-      <w:lvlText w:val="%1)"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="720" w:hanging="360"/>
-[...160 lines deleted...]
-        <w:ind w:left="6480" w:hanging="180"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="2">
-[...7 lines deleted...]
-  </w:num>
   <w:num w:numId="5">
-    <w:abstractNumId w:val="2"/>
-[...4 lines deleted...]
-  <w:num w:numId="7">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
-  <w:zoom w:percent="120"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="708"/>
+  <w:autoHyphenation/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:savePreviewPicture/>
+  <w:hdrShapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+  </w:hdrShapeDefaults>
+  <w:footnotePr>
+    <w:footnote w:id="-1"/>
+    <w:footnote w:id="0"/>
+  </w:footnotePr>
+  <w:endnotePr>
+    <w:endnote w:id="-1"/>
+    <w:endnote w:id="0"/>
+  </w:endnotePr>
   <w:compat>
+    <w:doNotExpandShiftReturn/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00C157AA"/>
-[...25 lines deleted...]
-    <w:rsid w:val="00FC339D"/>
+    <w:rsidRoot w:val="009147B1"/>
+    <w:rsid w:val="00065DC7"/>
+    <w:rsid w:val="000B010C"/>
+    <w:rsid w:val="001152BF"/>
+    <w:rsid w:val="001C2824"/>
+    <w:rsid w:val="001C7CC6"/>
+    <w:rsid w:val="001D55AC"/>
+    <w:rsid w:val="00224492"/>
+    <w:rsid w:val="00242FC2"/>
+    <w:rsid w:val="00243981"/>
+    <w:rsid w:val="00293AAF"/>
+    <w:rsid w:val="002A16A4"/>
+    <w:rsid w:val="002B52BD"/>
+    <w:rsid w:val="002C7A41"/>
+    <w:rsid w:val="00324935"/>
+    <w:rsid w:val="004054CE"/>
+    <w:rsid w:val="004321B1"/>
+    <w:rsid w:val="0044634D"/>
+    <w:rsid w:val="004A4FA5"/>
+    <w:rsid w:val="004B50C4"/>
+    <w:rsid w:val="004E6118"/>
+    <w:rsid w:val="004F39FC"/>
+    <w:rsid w:val="00572BC3"/>
+    <w:rsid w:val="005B4B63"/>
+    <w:rsid w:val="005C79E6"/>
+    <w:rsid w:val="006039DF"/>
+    <w:rsid w:val="00604A4A"/>
+    <w:rsid w:val="00605953"/>
+    <w:rsid w:val="006747B1"/>
+    <w:rsid w:val="00683A3F"/>
+    <w:rsid w:val="006A5660"/>
+    <w:rsid w:val="006B7EB0"/>
+    <w:rsid w:val="006D490E"/>
+    <w:rsid w:val="007347CF"/>
+    <w:rsid w:val="00756690"/>
+    <w:rsid w:val="00764D7D"/>
+    <w:rsid w:val="00794EC1"/>
+    <w:rsid w:val="007A2940"/>
+    <w:rsid w:val="008427CA"/>
+    <w:rsid w:val="00842B32"/>
+    <w:rsid w:val="008B065D"/>
+    <w:rsid w:val="009111F2"/>
+    <w:rsid w:val="009147B1"/>
+    <w:rsid w:val="009B349B"/>
+    <w:rsid w:val="009B6225"/>
+    <w:rsid w:val="00A44430"/>
+    <w:rsid w:val="00A8695B"/>
+    <w:rsid w:val="00AB4AA2"/>
+    <w:rsid w:val="00AD3CEC"/>
+    <w:rsid w:val="00B30E01"/>
+    <w:rsid w:val="00B3160D"/>
+    <w:rsid w:val="00B915ED"/>
+    <w:rsid w:val="00BB68D5"/>
+    <w:rsid w:val="00BB7DDA"/>
+    <w:rsid w:val="00BF6F38"/>
+    <w:rsid w:val="00C13C27"/>
+    <w:rsid w:val="00C3090A"/>
+    <w:rsid w:val="00C37B29"/>
+    <w:rsid w:val="00D5260E"/>
+    <w:rsid w:val="00D91CC6"/>
+    <w:rsid w:val="00DC3B11"/>
+    <w:rsid w:val="00E051DE"/>
+    <w:rsid w:val="00E636B0"/>
+    <w:rsid w:val="00EA4296"/>
+    <w:rsid w:val="00EA7B11"/>
+    <w:rsid w:val="00EF5618"/>
+    <w:rsid w:val="00F748E2"/>
+    <w:rsid w:val="00FA430F"/>
+    <w:rsid w:val="00FB0563"/>
+    <w:rsid w:val="00FE3A48"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="pl-PL"/>
+  <w:themeFontLang w:val="pl-PL" w:eastAsia="" w:bidi=""/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="1FA4D85A"/>
-[...1 lines deleted...]
-  <w15:docId w15:val="{7947D04E-0A9A-4E40-B738-B5AEECC7896F}"/>
+  <w14:docId w14:val="253C5ACF"/>
+  <w15:docId w15:val="{304FB921-6A82-41BB-87F8-EBF507F0F6E1}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:kern w:val="2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="pl-PL" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="pl-PL" w:eastAsia="pl-PL" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:suppressAutoHyphens/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
-[...157 lines deleted...]
-    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
+    <w:lsdException w:name="Normal" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:locked="1" w:uiPriority="9"/>
+    <w:lsdException w:name="heading 2" w:locked="1" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="heading 3" w:locked="1" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:locked="1" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:locked="1" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:locked="1" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:locked="1" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:locked="1" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:locked="1" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:locked="1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:locked="1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:locked="1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:locked="1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:locked="1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:locked="1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:locked="1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:locked="1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:locked="1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:locked="1" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:locked="1" w:semiHidden="1" w:uiPriority="10" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Closing" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:locked="1" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:locked="1" w:semiHidden="1" w:uiPriority="11" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Salutation" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:locked="1" w:semiHidden="1" w:uiPriority="22" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Emphasis" w:locked="1" w:semiHidden="1" w:uiPriority="20" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Document Map" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:locked="1" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
-    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
-[...1 lines deleted...]
-    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="1" w:uiPriority="34" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="1" w:uiPriority="29" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="1" w:uiPriority="30" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
@@ -1726,55 +2837,55 @@
     <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
-    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
-[...3 lines deleted...]
-    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="1" w:uiPriority="19" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="1" w:uiPriority="21" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="1" w:uiPriority="31" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="1" w:uiPriority="32" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="1" w:uiPriority="33" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
     <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
     <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
     <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
     <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
     <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
     <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
@@ -1837,269 +2948,1338 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normalny">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="007466B2"/>
+    <w:pPr>
+      <w:spacing w:after="240" w:line="288" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Nagwek1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:next w:val="Normalny"/>
+    <w:link w:val="Nagwek1Znak"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:locked/>
+    <w:rsid w:val="002D349B"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="240"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Nagwek2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:next w:val="Normalny"/>
+    <w:link w:val="Nagwek2Znak"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:locked/>
+    <w:rsid w:val="00224492"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Domylnaczcionkaakapitu">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Standardowy">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Bezlisty">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Akapitzlist">
-    <w:name w:val="List Paragraph"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Nagwek1Znak">
+    <w:name w:val="Nagłówek 1 Znak"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:link w:val="Nagwek1"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:locked/>
+    <w:rsid w:val="006A1D5E"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="czeinternetowe">
+    <w:name w:val="Łącze internetowe"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:locked/>
+    <w:rsid w:val="00EB579D"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
+      <w:color w:val="auto"/>
+      <w:spacing w:val="0"/>
+      <w:kern w:val="2"/>
+      <w:position w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:u w:val="single"/>
+      <w:vertAlign w:val="baseline"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="UMP-kodkreskowyznakkocaakapitu">
+    <w:name w:val="UMP - kod kreskowy znak końca akapitu"/>
+    <w:qFormat/>
+    <w:rsid w:val="006C28D0"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:color w:val="auto"/>
+      <w:spacing w:val="0"/>
+      <w:w w:val="100"/>
+      <w:kern w:val="2"/>
+      <w:position w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:u w:val="none"/>
+      <w:vertAlign w:val="baseline"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="UMP-klauzularodohipercze">
+    <w:name w:val="UMP - klauzula rodo hiperłącze"/>
+    <w:qFormat/>
+    <w:rsid w:val="00316E6F"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:color w:val="auto"/>
+      <w:spacing w:val="20"/>
+      <w:w w:val="100"/>
+      <w:kern w:val="2"/>
+      <w:position w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:u w:val="single"/>
+      <w:vertAlign w:val="baseline"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="UMP-stopkahipercze">
+    <w:name w:val="UMP - stopka hiperłącze"/>
+    <w:qFormat/>
+    <w:rsid w:val="00297D75"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:color w:val="auto"/>
+      <w:spacing w:val="0"/>
+      <w:w w:val="100"/>
+      <w:position w:val="0"/>
+      <w:sz w:val="18"/>
+      <w:u w:val="single"/>
+      <w:vertAlign w:val="baseline"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="UMP-dotyczypogrubione">
+    <w:name w:val="UMP - dotyczy pogrubione"/>
+    <w:qFormat/>
+    <w:rsid w:val="00BD5601"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:b/>
+      <w:color w:val="auto"/>
+      <w:kern w:val="2"/>
+      <w:position w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:u w:val="none"/>
+      <w:vertAlign w:val="baseline"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="NagwekZnak">
+    <w:name w:val="Nagłówek Znak"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:link w:val="Nagwek"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:locked/>
+    <w:rsid w:val="00297D75"/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="StopkaZnak">
+    <w:name w:val="Stopka Znak"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:link w:val="Stopka"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:locked/>
+    <w:rsid w:val="00297D75"/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TekstdymkaZnak">
+    <w:name w:val="Tekst dymka Znak"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:link w:val="Tekstdymka"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:qFormat/>
+    <w:locked/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Odwoaniedokomentarza">
+    <w:name w:val="annotation reference"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:locked/>
+    <w:rsid w:val="00AC0696"/>
+    <w:rPr>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TekstkomentarzaZnak">
+    <w:name w:val="Tekst komentarza Znak"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:link w:val="Tekstkomentarza"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:qFormat/>
+    <w:rsid w:val="00AC0696"/>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TematkomentarzaZnak">
+    <w:name w:val="Temat komentarza Znak"/>
+    <w:basedOn w:val="TekstkomentarzaZnak"/>
+    <w:link w:val="Tematkomentarza"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:qFormat/>
+    <w:rsid w:val="00AC0696"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Nagwek">
+    <w:name w:val="header"/>
     <w:basedOn w:val="Normalny"/>
-    <w:uiPriority w:val="34"/>
+    <w:next w:val="Tekstpodstawowy"/>
+    <w:link w:val="NagwekZnak"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:locked/>
+    <w:rsid w:val="00297D75"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4536"/>
+        <w:tab w:val="right" w:pos="9072"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Tekstpodstawowy">
+    <w:name w:val="Body Text"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:pPr>
+      <w:spacing w:after="140" w:line="276" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Lista">
+    <w:name w:val="List"/>
+    <w:basedOn w:val="Tekstpodstawowy"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Legenda">
+    <w:name w:val="caption"/>
+    <w:basedOn w:val="Normalny"/>
     <w:qFormat/>
-    <w:rsid w:val="00F56889"/>
     <w:pPr>
-      <w:ind w:left="720"/>
+      <w:suppressLineNumbers/>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Indeks">
+    <w:name w:val="Indeks"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="UMP-stopkastrony">
+    <w:name w:val="UMP - stopka strony"/>
+    <w:qFormat/>
+    <w:rsid w:val="00F50E98"/>
+    <w:pPr>
+      <w:spacing w:line="288" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="UMP-zwrotszanowni">
+    <w:name w:val="UMP - zwrot szanowni"/>
+    <w:basedOn w:val="UMP-tekstpodstawowy"/>
+    <w:next w:val="UMP-tekstpodstawowy"/>
+    <w:qFormat/>
+    <w:rsid w:val="00443C47"/>
+    <w:pPr>
+      <w:spacing w:before="480"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="UMP-dotyczy">
+    <w:name w:val="UMP - dotyczy"/>
+    <w:next w:val="UMP-zwrotszanowni"/>
+    <w:qFormat/>
+    <w:rsid w:val="00567B17"/>
+    <w:pPr>
+      <w:spacing w:before="480" w:after="480" w:line="288" w:lineRule="auto"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="3oh-58nk">
-[...5 lines deleted...]
-    <w:name w:val="Normal (Web)"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="UMP-stopkanrstrony">
+    <w:name w:val="UMP - stopka nr strony"/>
+    <w:basedOn w:val="UMP-stopkastrony"/>
+    <w:qFormat/>
+    <w:rsid w:val="00F77749"/>
+    <w:pPr>
+      <w:jc w:val="center"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="UMP-nagwekpierwszegopoziomu">
+    <w:name w:val="UMP - nagłówek pierwszego poziomu"/>
+    <w:basedOn w:val="UMP-tekstpodstawowy"/>
+    <w:next w:val="UMP-tekstpodstawowy"/>
+    <w:qFormat/>
+    <w:rsid w:val="00BB68D5"/>
+    <w:pPr>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="UMP-data-znak-UID-za-prowadzi">
+    <w:name w:val="UMP - data - znak - UID - zał - prowadzi"/>
+    <w:qFormat/>
+    <w:rsid w:val="00567B17"/>
+    <w:pPr>
+      <w:spacing w:after="240" w:line="288" w:lineRule="auto"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="UMP-podpis">
+    <w:name w:val="UMP - podpis"/>
+    <w:basedOn w:val="UMP-tekstpodstawowy"/>
+    <w:qFormat/>
+    <w:rsid w:val="00F77749"/>
+    <w:pPr>
+      <w:spacing w:before="0" w:after="480"/>
+      <w:ind w:left="4961"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="UMP-zwrotzpowaaniem">
+    <w:name w:val="UMP - zwrot z poważaniem"/>
+    <w:basedOn w:val="UMP-tekstpodstawowy"/>
+    <w:next w:val="UMP-podpis"/>
+    <w:qFormat/>
+    <w:rsid w:val="0047632A"/>
+    <w:pPr>
+      <w:spacing w:before="360"/>
+      <w:ind w:left="4961"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="UMP-odbiorca">
+    <w:name w:val="UMP - odbiorca"/>
+    <w:qFormat/>
+    <w:rsid w:val="00BB45A0"/>
+    <w:pPr>
+      <w:spacing w:line="288" w:lineRule="auto"/>
+      <w:ind w:left="4961"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="UMP-kodkreskowy">
+    <w:name w:val="UMP - kod kreskowy"/>
+    <w:next w:val="UMP-nrdziennika"/>
+    <w:qFormat/>
+    <w:rsid w:val="00233C43"/>
+    <w:pPr>
+      <w:ind w:left="4961"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Free 3 of 9" w:hAnsi="Free 3 of 9"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="UMP-nrdziennika">
+    <w:name w:val="UMP - nr dziennika"/>
+    <w:next w:val="UMP-odbiorca"/>
+    <w:qFormat/>
+    <w:rsid w:val="005D7260"/>
+    <w:pPr>
+      <w:spacing w:before="60" w:after="120" w:line="288" w:lineRule="auto"/>
+      <w:ind w:left="4961"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="UMP-nagwekstrony">
+    <w:name w:val="UMP - nagłówek strony"/>
+    <w:qFormat/>
+    <w:rsid w:val="000F6E86"/>
+    <w:pPr>
+      <w:spacing w:line="288" w:lineRule="auto"/>
+      <w:ind w:right="4536"/>
+    </w:pPr>
+    <w:rPr>
+      <w:caps/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="UMP-klauzularodotytu">
+    <w:name w:val="UMP - klauzula rodo tytuł"/>
+    <w:basedOn w:val="UMP-klauzularodotre"/>
+    <w:next w:val="UMP-klauzularodotre"/>
+    <w:qFormat/>
+    <w:rsid w:val="00567B17"/>
+    <w:pPr>
+      <w:pageBreakBefore/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="UMP-listawyroniona">
+    <w:name w:val="UMP - lista wyrożniona"/>
+    <w:basedOn w:val="UMP-tekstpodstawowy"/>
+    <w:qFormat/>
+    <w:rsid w:val="002F2FCE"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="2"/>
+      </w:numPr>
+      <w:spacing w:before="0"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="UMP-listanumerowana">
+    <w:name w:val="UMP - lista numerowana"/>
+    <w:basedOn w:val="UMP-tekstpodstawowy"/>
+    <w:qFormat/>
+    <w:rsid w:val="002F2FCE"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="1"/>
+      </w:numPr>
+      <w:spacing w:before="0"/>
+      <w:ind w:left="425" w:hanging="425"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="UMP-klauzularodotre">
+    <w:name w:val="UMP - klauzula rodo treść"/>
+    <w:basedOn w:val="UMP-tekstpodstawowy"/>
+    <w:qFormat/>
+    <w:rsid w:val="00567B17"/>
+    <w:rPr>
+      <w:spacing w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="UMP-informacja">
+    <w:name w:val="UMP - informacja"/>
+    <w:basedOn w:val="UMP-tekstpodstawowy"/>
+    <w:qFormat/>
+    <w:rsid w:val="00567B17"/>
+    <w:pPr>
+      <w:spacing w:before="480"/>
+    </w:pPr>
+    <w:rPr>
+      <w:spacing w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="UMP-nagwekdrugiegopoziomu">
+    <w:name w:val="UMP - nagłówek drugiego poziomu"/>
+    <w:basedOn w:val="UMP-tekstpodstawowy"/>
+    <w:next w:val="UMP-tekstpodstawowy"/>
+    <w:qFormat/>
+    <w:rsid w:val="00BB68D5"/>
+    <w:pPr>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="UMP-tabeladanewkomrkachdoprzecinkadziesitnego">
+    <w:name w:val="UMP - tabela dane w komórkach do przecinka dziesiętnego"/>
+    <w:basedOn w:val="UMP-tabeladanewkomrkachdolewej"/>
+    <w:qFormat/>
+    <w:rsid w:val="00F614E2"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="decimal" w:pos="851"/>
+      </w:tabs>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="UMP-tabeladanewkomrkachdolewej">
+    <w:name w:val="UMP - tabela dane w komórkach do lewej"/>
+    <w:qFormat/>
+    <w:rsid w:val="005A2F70"/>
+    <w:pPr>
+      <w:spacing w:before="120" w:after="120" w:line="288" w:lineRule="auto"/>
+      <w:ind w:left="113" w:right="113"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="UMP-tabeladanewkomrkachdorodka">
+    <w:name w:val="UMP - tabela dane w komórkach do środka"/>
+    <w:basedOn w:val="UMP-tabeladanewkomrkachdolewej"/>
+    <w:qFormat/>
+    <w:rsid w:val="00F614E2"/>
+    <w:pPr>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="UMP-listanumerowanazodstpemakapitowym">
+    <w:name w:val="UMP - lista numerowana z odstępem akapitowym"/>
+    <w:basedOn w:val="UMP-listanumerowana"/>
+    <w:qFormat/>
+    <w:rsid w:val="000F6E86"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="UMP-listawyrnionazodstpemakapitowym">
+    <w:name w:val="UMP - lista wyróżniona z odstępem akapitowym"/>
+    <w:basedOn w:val="UMP-listawyroniona"/>
+    <w:qFormat/>
+    <w:rsid w:val="002F2FCE"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="UMP-tekstpodstawowy">
+    <w:name w:val="UMP - tekst podstawowy"/>
+    <w:qFormat/>
+    <w:rsid w:val="00567B17"/>
+    <w:pPr>
+      <w:spacing w:before="240" w:after="240" w:line="288" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Gwkaistopka">
+    <w:name w:val="Główka i stopka"/>
     <w:basedOn w:val="Normalny"/>
+    <w:qFormat/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Stopka">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:link w:val="StopkaZnak"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00AE6FFA"/>
+    <w:locked/>
+    <w:rsid w:val="00297D75"/>
     <w:pPr>
-      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4536"/>
+        <w:tab w:val="right" w:pos="9072"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Tekstdymka">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:link w:val="TekstdymkaZnak"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:locked/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-      <w:lang w:eastAsia="pl-PL"/>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Tekstkomentarza">
+    <w:name w:val="annotation text"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:link w:val="TekstkomentarzaZnak"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:locked/>
+    <w:rsid w:val="00AC0696"/>
+    <w:pPr>
+      <w:spacing w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Tematkomentarza">
+    <w:name w:val="annotation subject"/>
+    <w:basedOn w:val="Tekstkomentarza"/>
+    <w:next w:val="Tekstkomentarza"/>
+    <w:link w:val="TematkomentarzaZnak"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:locked/>
+    <w:rsid w:val="00AC0696"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Tabela-Siatka">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="Standardowy"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="000A7EE5"/>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="redniecieniowanie2akcent5">
+    <w:name w:val="Medium Shading 2 Accent 5"/>
+    <w:basedOn w:val="Standardowy"/>
+    <w:uiPriority w:val="64"/>
+    <w:rsid w:val="00675271"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="5B9BD5" w:themeFill="accent5"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:color w:val="auto"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="5B9BD5" w:themeFill="accent5"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="5B9BD5" w:themeFill="accent5"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="D8D8D8" w:themeFill="background1" w:themeFillShade="D8"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="D8D8D8" w:themeFill="background1" w:themeFillShade="D8"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="UMP-tabelaprosta">
+    <w:name w:val="UMP - tabela prosta"/>
+    <w:basedOn w:val="Standardowy"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00F614E2"/>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+      </w:tblBorders>
+      <w:tblCellMar>
+        <w:left w:w="0" w:type="dxa"/>
+        <w:right w:w="0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:beforeLines="0" w:before="0" w:afterLines="0" w:after="0" w:line="288" w:lineRule="auto"/>
+        <w:ind w:rightChars="0" w:right="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:caps w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:trPr>
+        <w:tblHeader/>
+      </w:trPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Tabelasiatki6kolorowaakcent2">
+    <w:name w:val="Grid Table 6 Colorful Accent 2"/>
+    <w:basedOn w:val="Standardowy"/>
+    <w:uiPriority w:val="51"/>
+    <w:rsid w:val="00675271"/>
+    <w:rPr>
+      <w:color w:val="C45911" w:themeColor="accent2" w:themeShade="BF"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="F4B083" w:themeColor="accent2" w:themeTint="99"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="F4B083" w:themeColor="accent2" w:themeTint="99"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="F4B083" w:themeColor="accent2" w:themeTint="99"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="F4B083" w:themeColor="accent2" w:themeTint="99"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="F4B083" w:themeColor="accent2" w:themeTint="99"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="F4B083" w:themeColor="accent2" w:themeTint="99"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="12" w:space="0" w:color="ED7D31" w:themeColor="accent2"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="4" w:space="0" w:color="ED7D31" w:themeColor="accent2"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FBE4D5" w:themeFill="accent2" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FBE4D5" w:themeFill="accent2" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Tabela-Kolorowy1">
+    <w:name w:val="Table Colorful 1"/>
+    <w:basedOn w:val="Standardowy"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00675271"/>
+    <w:rPr>
+      <w:color w:val="FFFFFF"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="12" w:space="0" w:color="008080"/>
+        <w:left w:val="single" w:sz="12" w:space="0" w:color="008080"/>
+        <w:bottom w:val="single" w:sz="12" w:space="0" w:color="008080"/>
+        <w:right w:val="single" w:sz="12" w:space="0" w:color="008080"/>
+        <w:insideH w:val="single" w:sz="6" w:space="0" w:color="00FFFF"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="solid" w:color="008080" w:fill="FFFFFF"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:tl2br w:val="none" w:sz="6" w:space="0" w:color="auto"/>
+          <w:tr2bl w:val="none" w:sz="6" w:space="0" w:color="auto"/>
+        </w:tcBorders>
+        <w:shd w:val="solid" w:color="000000" w:fill="FFFFFF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:tl2br w:val="none" w:sz="6" w:space="0" w:color="auto"/>
+          <w:tr2bl w:val="none" w:sz="6" w:space="0" w:color="auto"/>
+        </w:tcBorders>
+        <w:shd w:val="solid" w:color="000080" w:fill="FFFFFF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:tl2br w:val="none" w:sz="6" w:space="0" w:color="auto"/>
+          <w:tr2bl w:val="none" w:sz="6" w:space="0" w:color="auto"/>
+        </w:tcBorders>
+        <w:shd w:val="solid" w:color="000000" w:fill="FFFFFF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:tl2br w:val="none" w:sz="6" w:space="0" w:color="auto"/>
+          <w:tr2bl w:val="none" w:sz="6" w:space="0" w:color="auto"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Tabela-Klasyczny3">
+    <w:name w:val="Table Classic 3"/>
+    <w:basedOn w:val="Standardowy"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00675271"/>
+    <w:rPr>
+      <w:color w:val="000080"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+        <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+        <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+        <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="solid" w:color="C0C0C0" w:fill="FFFFFF"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i/>
+        <w:color w:val="FFFFFF"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+          <w:tl2br w:val="none" w:sz="6" w:space="0" w:color="auto"/>
+          <w:tr2bl w:val="none" w:sz="6" w:space="0" w:color="auto"/>
+        </w:tcBorders>
+        <w:shd w:val="solid" w:color="000080" w:fill="FFFFFF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:color w:val="000080"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+          <w:tl2br w:val="none" w:sz="6" w:space="0" w:color="auto"/>
+          <w:tr2bl w:val="none" w:sz="6" w:space="0" w:color="auto"/>
+        </w:tcBorders>
+        <w:shd w:val="solid" w:color="FFFFFF" w:fill="FFFFFF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:tl2br w:val="none" w:sz="6" w:space="0" w:color="auto"/>
+          <w:tr2bl w:val="none" w:sz="6" w:space="0" w:color="auto"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Nagwek2Znak">
+    <w:name w:val="Nagłówek 2 Znak"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:link w:val="Nagwek2"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00224492"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Hipercze">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:locked/>
+    <w:rsid w:val="002C7A41"/>
+    <w:rPr>
+      <w:color w:val="0563C1" w:themeColor="hyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Nierozpoznanawzmianka">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="002C7A41"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="UyteHipercze">
+    <w:name w:val="FollowedHyperlink"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:locked/>
+    <w:rsid w:val="002C7A41"/>
+    <w:rPr>
+      <w:color w:val="954F72" w:themeColor="followedHyperlink"/>
+      <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
-[...32 lines deleted...]
-</w:webSettings>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bip.poznan.pl/bip/spolki/spolki-w-ktorych-miasto-posiada-udzialy,1269/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
+</file>
+
+<file path=word/_rels/footer2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.poznan.pl/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:prezydent@um.poznan.pl" TargetMode="External"/></Relationships>
+</file>
+
+<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motyw pakietu Office">
   <a:themeElements>
     <a:clrScheme name="Pakiet Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Pakiet Office">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Calibri Light"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Pakiet Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
@@ -2206,74 +4386,92 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3BF017B5-A7FB-47C2-B719-C046EBF8ABF9}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>2576</Characters>
+  <Pages>6</Pages>
+  <Words>1828</Words>
+  <Characters>10972</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>21</Lines>
-  <Paragraphs>5</Paragraphs>
+  <Lines>91</Lines>
+  <Paragraphs>25</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Tytuł</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr/>
+      <vt:lpstr>odpowiedź na interpelację 281.25 ws. zasad kształtowania wynagrodzeń osób kierujących spółkami miejskimi</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
-  <Company/>
+  <Company>ump</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3000</CharactersWithSpaces>
+  <CharactersWithSpaces>12775</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
+  <dc:title>odpowiedź na interpelację 281.25 ws. zasad kształtowania wynagrodzeń osób kierujących spółkami miejskimi</dc:title>
   <dc:subject/>
-  <dc:creator>Recenzent</dc:creator>
-  <cp:keywords/>
+  <dc:creator>Urząd Miasta Poznania</dc:creator>
+  <cp:keywords>interpelacja; spółki; nadzór właścicielski; wynagrodzenia</cp:keywords>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
+  <dc:language>pl-PL</dc:language>
 </cp:coreProperties>
 </file>