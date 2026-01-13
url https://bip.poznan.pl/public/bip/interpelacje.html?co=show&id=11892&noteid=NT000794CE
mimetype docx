--- v0 (2025-11-25)
+++ v1 (2026-01-13)
@@ -1,943 +1,1118 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
-  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
-[...3 lines deleted...]
-  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/word/commentsIds.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.commentsIds+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w14:paraId="49C9E5E0" w14:textId="41A48F8A" w:rsidR="009147B1" w:rsidRDefault="009147B1">
-[...58 lines deleted...]
-      </w:r>
+    <w:p w14:paraId="00000001" w14:textId="3C5DDADE" w:rsidR="002B7D4A" w:rsidRPr="00144D9F" w:rsidRDefault="00974C3E" w:rsidP="00144D9F">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00144D9F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Poznań, </w:t>
+      </w:r>
+      <w:r w:rsidR="0080186F" w:rsidRPr="00144D9F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">25 września </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00144D9F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>202</w:t>
+      </w:r>
+      <w:r w:rsidR="0080186F" w:rsidRPr="00144D9F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00144D9F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> r.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000002" w14:textId="77777777" w:rsidR="002B7D4A" w:rsidRPr="00144D9F" w:rsidRDefault="002B7D4A" w:rsidP="00144D9F">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="00000003" w14:textId="77777777" w:rsidR="002B7D4A" w:rsidRPr="00144D9F" w:rsidRDefault="002B7D4A" w:rsidP="00144D9F">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="00000004" w14:textId="77777777" w:rsidR="002B7D4A" w:rsidRPr="00144D9F" w:rsidRDefault="00974C3E" w:rsidP="00144D9F">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00144D9F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Magdalena Antolczyk</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000005" w14:textId="77777777" w:rsidR="002B7D4A" w:rsidRPr="00144D9F" w:rsidRDefault="00974C3E" w:rsidP="00144D9F">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00144D9F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Radna Miasta Poznania </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000006" w14:textId="77777777" w:rsidR="002B7D4A" w:rsidRPr="00144D9F" w:rsidRDefault="00974C3E" w:rsidP="00144D9F">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00144D9F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Klub Koalicji Obywatelskiej</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000008" w14:textId="3BFE1580" w:rsidR="002B7D4A" w:rsidRPr="00144D9F" w:rsidRDefault="002B7D4A" w:rsidP="00144D9F">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:p w14:paraId="777B7399" w14:textId="77777777" w:rsidR="00073109" w:rsidRDefault="00073109" w:rsidP="00073109">
-[...25 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="00000009" w14:textId="77777777" w:rsidR="002B7D4A" w:rsidRPr="00144D9F" w:rsidRDefault="00974C3E" w:rsidP="00144D9F">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="4956"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00144D9F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Sz</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00144D9F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">anowny </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00144D9F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00144D9F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>an</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0000000A" w14:textId="77777777" w:rsidR="002B7D4A" w:rsidRPr="00144D9F" w:rsidRDefault="00974C3E" w:rsidP="00144D9F">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="4956"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00144D9F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Jacek Jaśkowiak</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0000000B" w14:textId="77777777" w:rsidR="002B7D4A" w:rsidRPr="00144D9F" w:rsidRDefault="00974C3E" w:rsidP="00144D9F">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="4956"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00144D9F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Prezydent Miasta Poznania</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0000000D" w14:textId="68543F7B" w:rsidR="002B7D4A" w:rsidRPr="00144D9F" w:rsidRDefault="002B7D4A" w:rsidP="00144D9F">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0000000E" w14:textId="77777777" w:rsidR="002B7D4A" w:rsidRPr="00144D9F" w:rsidRDefault="002B7D4A" w:rsidP="00144D9F">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="4956"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0000000F" w14:textId="77777777" w:rsidR="002B7D4A" w:rsidRPr="00144D9F" w:rsidRDefault="00974C3E" w:rsidP="00144D9F">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00144D9F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>INTERPELACJA</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000010" w14:textId="77777777" w:rsidR="002B7D4A" w:rsidRPr="00144D9F" w:rsidRDefault="002B7D4A" w:rsidP="00144D9F">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="00000011" w14:textId="2B83760E" w:rsidR="002B7D4A" w:rsidRPr="00144D9F" w:rsidRDefault="00974C3E" w:rsidP="00144D9F">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00144D9F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">w sprawie: </w:t>
+      </w:r>
+      <w:r w:rsidR="00E64DC4" w:rsidRPr="00144D9F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>plac</w:t>
+      </w:r>
+      <w:r w:rsidR="00F0451F" w:rsidRPr="00144D9F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ów</w:t>
+      </w:r>
+      <w:r w:rsidR="00E64DC4" w:rsidRPr="00144D9F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> zabaw na Osiedlu Grunwald Południe</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000013" w14:textId="03144740" w:rsidR="002B7D4A" w:rsidRPr="00144D9F" w:rsidRDefault="002B7D4A" w:rsidP="00144D9F">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="00000014" w14:textId="1764CEC7" w:rsidR="002B7D4A" w:rsidRPr="00144D9F" w:rsidRDefault="00974C3E" w:rsidP="00144D9F">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00144D9F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Szanowny Panie Prezydencie, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="115D722D" w14:textId="48F1DF92" w:rsidR="00E64DC4" w:rsidRPr="00144D9F" w:rsidRDefault="00E64DC4" w:rsidP="00144D9F">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="79275BE0" w14:textId="3D83C487" w:rsidR="00E64DC4" w:rsidRPr="00144D9F" w:rsidRDefault="00E64DC4" w:rsidP="00144D9F">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00144D9F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>na podstawie art. 23 ust. 1 i art. 24 ust. 3 i 4 ustawy z dnia 8 marca 1990 r. o samorządzie gminnym (t.j. Dz. U. z 2025 r. poz. 1153) uprzejmie proszę o odpowiedzi w sprawie infrastruktury rekreacyjnej (placów zabaw) na terenie Osiedla Grunwald Południe.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75FC8633" w14:textId="77777777" w:rsidR="00E64DC4" w:rsidRPr="00144D9F" w:rsidRDefault="00E64DC4" w:rsidP="00144D9F">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="73B54D08" w14:textId="0C9436B8" w:rsidR="00E64DC4" w:rsidRPr="00144D9F" w:rsidRDefault="00E64DC4" w:rsidP="00144D9F">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00144D9F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>W związku z napływającymi od mieszkańców i mieszkanek sygnałami o potrzebie stworzenia nowych przestrzeni rekreacyjnych dla dzieci i zadbania o istniejące proszę o odpowiedzi na następujące pytania:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="291C6B9B" w14:textId="77777777" w:rsidR="00E64DC4" w:rsidRPr="00144D9F" w:rsidRDefault="00E64DC4" w:rsidP="00144D9F">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6354AF00" w14:textId="4EAA073B" w:rsidR="00E64DC4" w:rsidRPr="00144D9F" w:rsidRDefault="00E64DC4" w:rsidP="00144D9F">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00144D9F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Czy Miasto dysponuje gotowymi projektami placów zabaw przewidzianych dla Osiedla Grunwald Południe, które z jakichś powodów – np. braku środków, braku decyzji lub innych barier – nie zostały dotąd zrealizowane?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0FC51B0C" w14:textId="73D38B6B" w:rsidR="00E64DC4" w:rsidRPr="00144D9F" w:rsidRDefault="00E64DC4" w:rsidP="00144D9F">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00144D9F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Czy w ostatnim czasie </w:t>
+      </w:r>
+      <w:r w:rsidR="00FD4A04" w:rsidRPr="00144D9F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>mieszkanki i mieszkańcy zgłaszali potrzebę</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00144D9F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> utworzenia nowego placu zabaw w konkretnym miejscu na Osiedlu Grunwald Południe?</w:t>
+      </w:r>
+      <w:r w:rsidR="00FD4A04" w:rsidRPr="00144D9F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Jeśli tak, to w jakiej lokalizacji?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="048B63C1" w14:textId="14FFD161" w:rsidR="00E64DC4" w:rsidRPr="00144D9F" w:rsidRDefault="00E64DC4" w:rsidP="00144D9F">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00144D9F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Czy </w:t>
+      </w:r>
+      <w:r w:rsidR="00FD4A04" w:rsidRPr="00144D9F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>M</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00144D9F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>iasto dysponuje planami modernizacji lub remontów istniejących placów zabaw na Osiedlu Grunwald Południe? Jeśli tak, kiedy i jakie planowane są konkretne działania?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17AB58A7" w14:textId="77777777" w:rsidR="00E64DC4" w:rsidRPr="00144D9F" w:rsidRDefault="00E64DC4" w:rsidP="00144D9F">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4E1BB112" w14:textId="3D630CA8" w:rsidR="00E64DC4" w:rsidRPr="00144D9F" w:rsidRDefault="00E64DC4" w:rsidP="00144D9F">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="_heading=h.gjdgxs" w:colFirst="0" w:colLast="0"/>
+      <w:bookmarkStart w:id="2" w:name="_heading=h.30j0zll" w:colFirst="0" w:colLast="0"/>
+      <w:bookmarkEnd w:id="1"/>
+      <w:bookmarkEnd w:id="2"/>
+    </w:p>
+    <w:p w14:paraId="0000001B" w14:textId="1DA49603" w:rsidR="002B7D4A" w:rsidRPr="00144D9F" w:rsidRDefault="00974C3E" w:rsidP="00144D9F">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="4956"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00144D9F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Z poważaniem</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0000001C" w14:textId="77777777" w:rsidR="002B7D4A" w:rsidRPr="00144D9F" w:rsidRDefault="002B7D4A" w:rsidP="00144D9F">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="4956"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0000001D" w14:textId="77777777" w:rsidR="002B7D4A" w:rsidRPr="00144D9F" w:rsidRDefault="00974C3E" w:rsidP="00144D9F">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="4956"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00144D9F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Magdalena Antolczyk</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0000001E" w14:textId="77777777" w:rsidR="002B7D4A" w:rsidRPr="00144D9F" w:rsidRDefault="00974C3E" w:rsidP="00144D9F">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="4956"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00144D9F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>Radna Miasta Poznania</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="506792A3" w14:textId="08394C5E" w:rsidR="009147B1" w:rsidRDefault="002A16A4" w:rsidP="005225B8">
-[...323 lines deleted...]
-      <w:type w:val="continuous"/>
+    <w:sectPr w:rsidR="002B7D4A" w:rsidRPr="00144D9F">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1560" w:right="1418" w:bottom="1985" w:left="1418" w:header="567" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgNumType w:start="1"/>
       <w:cols w:space="708"/>
-      <w:formProt w:val="0"/>
-      <w:docGrid w:linePitch="600" w:charSpace="36864"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
-<file path=word/commentsIds.xml><?xml version="1.0" encoding="utf-8"?>
-[...31 lines deleted...]
-
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
-  <w:font w:name="Symbol">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Courier New">
-[...14 lines deleted...]
-    <w:panose1 w:val="020B0604020202020204"/>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Georgia">
+    <w:panose1 w:val="02040502050405020303"/>
+    <w:charset w:val="EE"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-[...21 lines deleted...]
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
-</file>
-[...214 lines deleted...]
-</w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="1C4707FE"/>
+    <w:nsid w:val="0F636971"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="724C4F2C"/>
+    <w:tmpl w:val="A7DE9C84"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="0"/>
+          <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
-        <w:ind w:left="360" w:hanging="360"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1">
+    <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="o"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="0"/>
+          <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2">
+    <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="0"/>
+          <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3">
+    <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="0"/>
+          <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4">
+    <w:lvl w:ilvl="4" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="o"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="0"/>
+          <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5">
+    <w:lvl w:ilvl="5" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="0"/>
+          <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6">
+    <w:lvl w:ilvl="6" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="0"/>
+          <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7">
+    <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="o"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="0"/>
+          <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8">
+    <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="0"/>
+          <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="546B5D6F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4BE4F2C0"/>
     <w:lvl w:ilvl="0" w:tplc="0415000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -985,912 +1160,315 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
-[...489 lines deleted...]
-  </w:abstractNum>
   <w:num w:numId="1">
-    <w:abstractNumId w:val="2"/>
+    <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2">
-    <w:abstractNumId w:val="3"/>
-[...10 lines deleted...]
-  <w:num w:numId="6">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean"/>
-  <w:defaultTabStop w:val="708"/>
+  <w:defaultTabStop w:val="720"/>
   <w:autoHyphenation/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:hdrShapeDefaults>
-[...9 lines deleted...]
-  </w:endnotePr>
   <w:compat>
-    <w:doNotExpandShiftReturn/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="009147B1"/>
-[...90 lines deleted...]
-    <w:rsid w:val="00FE3A48"/>
+    <w:rsidRoot w:val="002B7D4A"/>
+    <w:rsid w:val="00144D9F"/>
+    <w:rsid w:val="002B35FF"/>
+    <w:rsid w:val="002B7D49"/>
+    <w:rsid w:val="002B7D4A"/>
+    <w:rsid w:val="0080186F"/>
+    <w:rsid w:val="00974C3E"/>
+    <w:rsid w:val="00CD0A38"/>
+    <w:rsid w:val="00E64DC4"/>
+    <w:rsid w:val="00F0451F"/>
+    <w:rsid w:val="00FD4A04"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="pl-PL" w:eastAsia="" w:bidi=""/>
+  <w:themeFontLang w:val="pl-PL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="253C5ACF"/>
-  <w15:docId w15:val="{304FB921-6A82-41BB-87F8-EBF507F0F6E1}"/>
+  <w14:docId w14:val="011C2C3B"/>
+  <w15:docId w15:val="{B062141F-7C7A-476A-83D2-A775349C41EB}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-        <w:kern w:val="2"/>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="pl-PL" w:eastAsia="pl-PL" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:suppressAutoHyphens/>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
-    <w:lsdException w:name="Normal" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
-[...156 lines deleted...]
-    <w:lsdException w:name="No Spacing" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
-    <w:lsdException w:name="List Paragraph" w:semiHidden="1" w:uiPriority="34" w:unhideWhenUsed="1"/>
-[...1 lines deleted...]
-    <w:lsdException w:name="Intense Quote" w:semiHidden="1" w:uiPriority="30" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
@@ -1925,55 +1503,55 @@
     <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
-    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="1" w:uiPriority="19" w:unhideWhenUsed="1"/>
-[...3 lines deleted...]
-    <w:lsdException w:name="Book Title" w:semiHidden="1" w:uiPriority="33" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
     <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
     <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
     <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
     <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
     <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
     <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
@@ -2040,1207 +1618,416 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normalny">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="007466B2"/>
-[...2 lines deleted...]
-    </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Nagwek1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normalny"/>
     <w:next w:val="Normalny"/>
-    <w:link w:val="Nagwek1Znak"/>
     <w:uiPriority w:val="9"/>
-    <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:locked/>
-    <w:rsid w:val="002D349B"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
-      <w:spacing w:before="240"/>
+      <w:spacing w:before="480" w:after="120"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-      <w:szCs w:val="32"/>
+      <w:b/>
+      <w:sz w:val="48"/>
+      <w:szCs w:val="48"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Nagwek2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normalny"/>
     <w:next w:val="Normalny"/>
-    <w:link w:val="Nagwek2Znak"/>
     <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:locked/>
-    <w:rsid w:val="00224492"/>
+    <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
-      <w:spacing w:before="40" w:after="0"/>
+      <w:spacing w:before="360" w:after="80"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-[...2 lines deleted...]
-      <w:szCs w:val="26"/>
+      <w:b/>
+      <w:sz w:val="36"/>
+      <w:szCs w:val="36"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Nagwek3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:next w:val="Normalny"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="280" w:after="80"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Nagwek4">
+    <w:name w:val="heading 4"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:next w:val="Normalny"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="240" w:after="40"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Nagwek5">
+    <w:name w:val="heading 5"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:next w:val="Normalny"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="220" w:after="40"/>
+      <w:outlineLvl w:val="4"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Nagwek6">
+    <w:name w:val="heading 6"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:next w:val="Normalny"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="200" w:after="40"/>
+      <w:outlineLvl w:val="5"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Domylnaczcionkaakapitu">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Standardowy">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Bezlisty">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Nagwek1Znak">
-[...3 lines deleted...]
-    <w:uiPriority w:val="9"/>
+  <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal">
+    <w:name w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblCellMar>
+        <w:top w:w="100" w:type="dxa"/>
+        <w:left w:w="100" w:type="dxa"/>
+        <w:bottom w:w="100" w:type="dxa"/>
+        <w:right w:w="100" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Tytu">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:next w:val="Normalny"/>
+    <w:uiPriority w:val="10"/>
     <w:qFormat/>
-    <w:locked/>
-    <w:rsid w:val="006A1D5E"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="480" w:after="120"/>
+    </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-      <w:szCs w:val="32"/>
+      <w:b/>
+      <w:sz w:val="72"/>
+      <w:szCs w:val="72"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="czeinternetowe">
-[...3 lines deleted...]
-    <w:unhideWhenUsed/>
+  <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal0">
+    <w:name w:val="Table Normal"/>
+    <w:tblPr>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="0" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Bezodstpw">
+    <w:name w:val="No Spacing"/>
+    <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:locked/>
-[...152 lines deleted...]
-    </w:rPr>
+    <w:rsid w:val="00AE1DAB"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Nagwek">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normalny"/>
-    <w:next w:val="Tekstpodstawowy"/>
     <w:link w:val="NagwekZnak"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:locked/>
-    <w:rsid w:val="00297D75"/>
+    <w:rsid w:val="00AE1DAB"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Tekstpodstawowy">
-[...297 lines deleted...]
-    <w:qFormat/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="NagwekZnak">
+    <w:name w:val="Nagłówek Znak"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:link w:val="Nagwek"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00AE1DAB"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Stopka">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normalny"/>
     <w:link w:val="StopkaZnak"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:locked/>
-    <w:rsid w:val="00297D75"/>
+    <w:rsid w:val="00AE1DAB"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Tekstdymka">
-    <w:name w:val="Balloon Text"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="StopkaZnak">
+    <w:name w:val="Stopka Znak"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:link w:val="Stopka"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00AE1DAB"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Podtytu">
+    <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normalny"/>
-    <w:link w:val="TekstdymkaZnak"/>
+    <w:next w:val="Normalny"/>
+    <w:uiPriority w:val="11"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="360" w:after="80"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Georgia" w:eastAsia="Georgia" w:hAnsi="Georgia" w:cs="Georgia"/>
+      <w:i/>
+      <w:color w:val="666666"/>
+      <w:sz w:val="48"/>
+      <w:szCs w:val="48"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="NormalnyWeb">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="Normalny"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:qFormat/>
-    <w:locked/>
+    <w:rsid w:val="0080186F"/>
     <w:pPr>
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
-[...1 lines deleted...]
-      <w:szCs w:val="18"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Tekstkomentarza">
-    <w:name w:val="annotation text"/>
+  <w:style w:type="paragraph" w:styleId="Akapitzlist">
+    <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normalny"/>
-    <w:link w:val="TekstkomentarzaZnak"/>
-[...2 lines deleted...]
-    <w:unhideWhenUsed/>
+    <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:locked/>
-    <w:rsid w:val="00AC0696"/>
+    <w:rsid w:val="00E64DC4"/>
     <w:pPr>
-      <w:spacing w:line="240" w:lineRule="auto"/>
-[...472 lines deleted...]
-      <w:ind w:left="360"/>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
-  <w:relyOnVML/>
-  <w:allowPNG/>
+  <w:divs>
+    <w:div w:id="23142263">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1524515024">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId14" Type="http://schemas.microsoft.com/office/2016/09/relationships/commentsIds" Target="commentsIds.xml"/></Relationships>
-[...7 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motyw pakietu Office">
   <a:themeElements>
     <a:clrScheme name="Pakiet Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Pakiet Office">
       <a:majorFont>
-        <a:latin typeface="Calibri Light"/>
+        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
@@ -3248,51 +2035,51 @@
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
@@ -3453,87 +2240,84 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+<go:gDocsCustomXmlDataStorage xmlns:go="http://customooxmlschemas.google.com/" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" uri="GoogleDocsCustomDataVersion2">
+  <go:docsCustomData xmlns:go="http://customooxmlschemas.google.com/" roundtripDataSignature="AMtx7mhuMFh/N+6piJtOIkfKhW0154qbBQ==">CgMxLjAyCGguZ2pkZ3hzMgloLjMwajB6bGw4AHIhMVFwZHNBV2JYYmJmdW1ha1BTSDRIUUJBU3pwWS1PWlox</go:docsCustomData>
+</go:gDocsCustomXmlDataStorage>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AC890BF9-16BD-456B-ADAA-EA7F095B0971}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{11111111-1234-1234-1234-123412341234}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="http://customooxmlschemas.google.com/"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/relationships"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>211</Words>
-  <Characters>1270</Characters>
+  <Words>190</Words>
+  <Characters>1145</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>10</Lines>
+  <Lines>9</Lines>
   <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Tytuł</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>ump</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1479</CharactersWithSpaces>
+  <CharactersWithSpaces>1333</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>odpowiedź na interpelację nr 291/2025 dotyczącą placów zabaw na Osiedlu Grunwald Południe</dc:title>
-[...3 lines deleted...]
-  <dc:description/>
+  <dc:creator>user</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-  <dc:language>pl-PL</dc:language>
 </cp:coreProperties>
 </file>