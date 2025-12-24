--- v0 (2025-10-16)
+++ v1 (2025-12-24)
@@ -1,942 +1,2094 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
-    <w:p w14:paraId="088CB15C" w14:textId="54BD8EFF" w:rsidR="001C0F0D" w:rsidRPr="000B4EF5" w:rsidRDefault="001C0F0D" w:rsidP="000B4EF5">
-[...64 lines deleted...]
-        <w:tab/>
+    <w:p w14:paraId="49C9E5E0" w14:textId="480A68C9" w:rsidR="009147B1" w:rsidRDefault="009147B1">
+      <w:pPr>
+        <w:sectPr w:rsidR="009147B1">
+          <w:headerReference w:type="even" r:id="rId8"/>
+          <w:headerReference w:type="default" r:id="rId9"/>
+          <w:footerReference w:type="even" r:id="rId10"/>
+          <w:footerReference w:type="default" r:id="rId11"/>
+          <w:headerReference w:type="first" r:id="rId12"/>
+          <w:footerReference w:type="first" r:id="rId13"/>
+          <w:pgSz w:w="11906" w:h="16838"/>
+          <w:pgMar w:top="2269" w:right="1418" w:bottom="1985" w:left="1418" w:header="567" w:footer="708" w:gutter="0"/>
+          <w:cols w:space="708"/>
+          <w:formProt w:val="0"/>
+          <w:titlePg/>
+          <w:docGrid w:linePitch="600" w:charSpace="36864"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6184A85A" w14:textId="491CD2DC" w:rsidR="009147B1" w:rsidRDefault="002A16A4">
+      <w:pPr>
+        <w:pStyle w:val="UMP-data-znak-UID-za-prowadzi"/>
+      </w:pPr>
+      <w:r>
         <w:t>Poznań,</w:t>
       </w:r>
-      <w:r w:rsidR="006B29FA">
-[...61 lines deleted...]
-        <w:t xml:space="preserve">r. </w:t>
+      <w:r w:rsidR="001E3592">
+        <w:t xml:space="preserve"> 20</w:t>
+      </w:r>
+      <w:r w:rsidR="00974BE5">
+        <w:t>.10</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.2025 roku</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="187CD810" w14:textId="77777777" w:rsidR="001C0F0D" w:rsidRPr="000B4EF5" w:rsidRDefault="001C0F0D" w:rsidP="000B4EF5">
-[...16 lines deleted...]
-        <w:t>Radna Rady Miasta Poznania</w:t>
+    <w:p w14:paraId="393B66B4" w14:textId="512E2380" w:rsidR="009147B1" w:rsidRDefault="002A16A4">
+      <w:pPr>
+        <w:pStyle w:val="UMP-data-znak-UID-za-prowadzi"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Znak sprawy: Or-II.0003.1.</w:t>
+      </w:r>
+      <w:r w:rsidR="00974BE5">
+        <w:t>304</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.2025</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="087995CA" w14:textId="77777777" w:rsidR="001C0F0D" w:rsidRPr="000B4EF5" w:rsidRDefault="001C0F0D" w:rsidP="000B4EF5">
-[...351 lines deleted...]
-        <w:t>,</w:t>
+    <w:p w14:paraId="36DFD159" w14:textId="7BF70B4F" w:rsidR="009147B1" w:rsidRDefault="002A16A4">
+      <w:pPr>
+        <w:pStyle w:val="UMP-data-znak-UID-za-prowadzi"/>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Nr rej.: </w:t>
+      </w:r>
+      <w:r w:rsidR="00E94E70">
+        <w:t>201025-1159</w:t>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
-      <w:r w:rsidR="005D2DBE">
-[...6 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="31A6CBD4" w14:textId="04ABD41E" w:rsidR="00AA375C" w:rsidRDefault="00AA375C" w:rsidP="00C361A7">
-[...8 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="436F0186" w14:textId="22700D99" w:rsidR="009147B1" w:rsidRDefault="002A16A4">
+      <w:pPr>
+        <w:pStyle w:val="UMP-odbiorca"/>
+        <w:spacing w:before="240"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Pan</w:t>
+      </w:r>
+      <w:r w:rsidR="00974BE5">
+        <w:t>i</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="7A1DCD7B" w14:textId="77777777" w:rsidR="001C0F0D" w:rsidRPr="000B4EF5" w:rsidRDefault="001C0F0D" w:rsidP="000B4EF5">
-[...18 lines deleted...]
-        <w:t>Z poważaniem</w:t>
+    <w:p w14:paraId="149A4261" w14:textId="01E54DFD" w:rsidR="009147B1" w:rsidRDefault="00974BE5">
+      <w:pPr>
+        <w:pStyle w:val="UMP-odbiorca"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Sara </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Szynkowska</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> vel Sęk</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6460DFDE" w14:textId="77777777" w:rsidR="001C0F0D" w:rsidRPr="000B4EF5" w:rsidRDefault="001C0F0D" w:rsidP="000B4EF5">
-[...18 lines deleted...]
-        <w:t>Ewa Jemielity</w:t>
+    <w:p w14:paraId="7CF14EC3" w14:textId="3A6CDD1B" w:rsidR="009147B1" w:rsidRDefault="002A16A4">
+      <w:pPr>
+        <w:pStyle w:val="UMP-odbiorca"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Radn</w:t>
+      </w:r>
+      <w:r w:rsidR="00974BE5">
+        <w:t>a</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> Miasta Poznania</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="73792EF9" w14:textId="77777777" w:rsidR="001C0F0D" w:rsidRPr="000B4EF5" w:rsidRDefault="001C0F0D" w:rsidP="000B4EF5">
-[...5 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="506792A3" w14:textId="7214C901" w:rsidR="009147B1" w:rsidRDefault="002A16A4" w:rsidP="001C041B">
+      <w:pPr>
+        <w:pStyle w:val="UMP-nagwekpierwszegopoziomu"/>
+        <w:spacing w:before="480" w:after="480"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Odpowiedź na interpelację</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="0B0BF2CF" w14:textId="77777777" w:rsidR="00FF6E04" w:rsidRPr="000B4EF5" w:rsidRDefault="00FF6E04" w:rsidP="000B4EF5">
-[...5 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="30716489" w14:textId="23286248" w:rsidR="009147B1" w:rsidRDefault="002A16A4" w:rsidP="00293AAF">
+      <w:pPr>
+        <w:pStyle w:val="UMP-zwrotszanowni"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Szanown</w:t>
+      </w:r>
+      <w:r w:rsidR="00974BE5">
+        <w:t>a</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> Pani Radn</w:t>
+      </w:r>
+      <w:r w:rsidR="00974BE5">
+        <w:t>a</w:t>
+      </w:r>
+      <w:r>
+        <w:t>,</w:t>
+      </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00FF6E04" w:rsidRPr="000B4EF5">
+    <w:p w14:paraId="092AB623" w14:textId="12B6A6F6" w:rsidR="009147B1" w:rsidRPr="00974BE5" w:rsidRDefault="00974BE5">
+      <w:pPr>
+        <w:pStyle w:val="UMP-tekstpodstawowy"/>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>10 października</w:t>
+      </w:r>
+      <w:r w:rsidR="002A16A4">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2025 r. do Prezydenta Miasta Poznania wpłynęła Pan</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidR="002A16A4">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> interpelacja dotycząca </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>braku kanalizacji sanitarnej dla nowo otwartego Domu Kultury w Antoninku</w:t>
+      </w:r>
+      <w:r w:rsidR="002A16A4">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00224492" w:rsidRPr="00974BE5">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Przedstawiam odpowiedzi na pytania.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03441BDB" w14:textId="03908083" w:rsidR="00C6015F" w:rsidRPr="00974BE5" w:rsidRDefault="002A16A4" w:rsidP="00C6015F">
+      <w:pPr>
+        <w:pStyle w:val="UMP-odpowiednapytanie"/>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00974BE5">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>„</w:t>
+      </w:r>
+      <w:r w:rsidR="00974BE5" w:rsidRPr="00974BE5">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Dlaczego nie rozpoczęto budowy kanalizacji sanitarnej równolegle z budową samego ośrodka?</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00974BE5">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="599EC7F4" w14:textId="19FF5626" w:rsidR="00974BE5" w:rsidRPr="00974BE5" w:rsidRDefault="00451C95" w:rsidP="00974BE5">
+      <w:pPr>
+        <w:pStyle w:val="UMP-tekstpodstawowy"/>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Równoczesna budowa kanalizacji</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00451C95">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (która była w trakcie projektowania </w:t>
+      </w:r>
+      <w:r w:rsidR="00D27731">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">przez </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00451C95">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Aquanet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00451C95">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> S.A.) oraz Domu Kultury</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> nie była możliwa</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00451C95">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, ponieważ </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Spółka </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00451C95">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Aquanet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00451C95">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> nie dysponował</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00451C95">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> jeszcze dokumentacją projektową dla </w:t>
+      </w:r>
+      <w:r w:rsidR="00A43197">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>sieci kanalizacyjnej</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00451C95">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>wymagan</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ą </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00451C95">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>do podłączenia budynku.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> W</w:t>
+      </w:r>
+      <w:r w:rsidR="00A43197">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">projekcie technicznym dotyczącym instalacji sanitarnych Domu Kultury od początku zakładano tymczasowy zbiornik bezodpływowy – na wypadek, gdyby nastąpiła rozbieżność pomiędzy wybudowaniem </w:t>
+      </w:r>
+      <w:r w:rsidR="0081540A">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Domu a budową sieci kanalizacyjnej w ulicy Chociebora.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0459660F" w14:textId="7FD79CAA" w:rsidR="00974BE5" w:rsidRDefault="00974BE5" w:rsidP="00974BE5">
+      <w:pPr>
+        <w:pStyle w:val="UMP-odpowiednapytanie"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00974BE5">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>„</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00974BE5">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Czy prawdą jest, że powodem był brak odpowiedniej infrastruktury, która pozwoliłaby na podłączenie obiektu? Jeśli to prawda to kiedy planowane jest doprowadzenie kanalizacji na ulicę Choci</w:t>
+      </w:r>
+      <w:r w:rsidR="007D1EBD">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00974BE5">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>bora, a w szczególności do Domu Kultury?”</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59000533" w14:textId="600A6C52" w:rsidR="0081540A" w:rsidRPr="0081540A" w:rsidRDefault="0081540A" w:rsidP="0081540A">
+      <w:pPr>
+        <w:pStyle w:val="UMP-tekstpodstawowy"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Obecnie nie ma odpowiedniej infrastruktury, która pozwoliłaby na podłączenie obiektu do sieci kanalizacyjnej. Natomiast na drugi kwartał 2026 roku </w:t>
+      </w:r>
+      <w:r w:rsidR="00A43197">
+        <w:t xml:space="preserve">Spółka </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A43197">
+        <w:t>Aquanet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A43197">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>zaplanowała wybranie wykonawcy inwestycji kanalizacyjnej w ulicy Chociebora.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="727722CB" w14:textId="21E9B821" w:rsidR="00974BE5" w:rsidRDefault="00974BE5" w:rsidP="00974BE5">
+      <w:pPr>
+        <w:pStyle w:val="UMP-odpowiednapytanie"/>
+      </w:pPr>
+      <w:r>
+        <w:t>„</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00974BE5">
+        <w:t>Jakie przeszkody techniczne lub formalne wciąż stoją na przeszkodzie, by podłączyć Dom Kultury do sieci kanalizacyjnej?</w:t>
+      </w:r>
+      <w:r>
+        <w:t>”</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E498F73" w14:textId="6A490E70" w:rsidR="0081540A" w:rsidRDefault="0081540A" w:rsidP="0081540A">
+      <w:pPr>
+        <w:pStyle w:val="UMP-tekstpodstawowy"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">W czerwcu 2023 roku Estrada Poznańska otrzymała od Spółki </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Aquanet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> informację, że budowa sieci kanalizacji sanitarnej w ulicy Chociebora – na odcinku od istniejącej kanalizacji </w:t>
+      </w:r>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">w ulicy Radziwoja do wysokości posesji nr 15 wraz z przyłączeniem kanalizacji sanitarnej – jest ujęta w </w:t>
+      </w:r>
+      <w:r w:rsidR="00D77255" w:rsidRPr="00D77255">
+        <w:t>„Wieloletni</w:t>
+      </w:r>
+      <w:r w:rsidR="00D77255">
+        <w:t>m</w:t>
+      </w:r>
+      <w:r w:rsidR="00D77255" w:rsidRPr="00D77255">
+        <w:t xml:space="preserve"> plan</w:t>
+      </w:r>
+      <w:r w:rsidR="00D77255">
+        <w:t>ie</w:t>
+      </w:r>
+      <w:r w:rsidR="00D77255" w:rsidRPr="00D77255">
+        <w:t xml:space="preserve"> rozwoju i modernizacji urządzeń wodociągowych i urządzeń kanalizacyjnych będących w posiadaniu </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D77255" w:rsidRPr="00D77255">
+        <w:t>Aquanet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D77255" w:rsidRPr="00D77255">
+        <w:t xml:space="preserve"> S.A. na lata 2023-2026</w:t>
+      </w:r>
+      <w:r w:rsidR="00D77255">
+        <w:t>”.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0FBBD2FB" w14:textId="430D23B2" w:rsidR="00D77255" w:rsidRPr="0081540A" w:rsidRDefault="00D77255" w:rsidP="0081540A">
+      <w:pPr>
+        <w:pStyle w:val="UMP-tekstpodstawowy"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Zgodnie z informacją przekazaną przez Wydział Gospodarki Komunalnej, aktualnie nie ma w</w:t>
+      </w:r>
+      <w:r w:rsidR="00A43197">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>tym zakresie przeszkód formalnych, natomiast tego typu proces inwestycyjny musi być realizowany na podstawie opracowanej dokumentacji projektowej, wydanego pozwolenia na budowę oraz zgodnie z Prawem zamówień publicznych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3AF61801" w14:textId="55275900" w:rsidR="00974BE5" w:rsidRDefault="00974BE5" w:rsidP="00974BE5">
+      <w:pPr>
+        <w:pStyle w:val="UMP-odpowiednapytanie"/>
+      </w:pPr>
+      <w:r>
+        <w:t>„</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00974BE5">
+        <w:t>Jakie kroki podjęła Estrada Poznańska, odpowiedzialna za tę inwestycję, aby rozwiązać ten problem?</w:t>
+      </w:r>
+      <w:r>
+        <w:t>”</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="618E368E" w14:textId="3A736E9B" w:rsidR="00D77255" w:rsidRPr="00D77255" w:rsidRDefault="00D77255" w:rsidP="00D77255">
+      <w:pPr>
+        <w:pStyle w:val="UMP-tekstpodstawowy"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Estrada Poznańska już w maju 2023 roku (przed rozpoczęciem budowy Domu Kultury) podjęła działania zmierzające do przyłączenia obiektu do sieci kanalizacyjnej. Wystąpiła wówczas do Spółki </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Aquanet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> o wydanie warunków technicznych dla przyłączenia obiektu do sieci. W odpowiedzi </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Aquanet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> poinformował, że skanalizowanie działki przy ul. Chociebora 15 objęte jest rozpoczętą już inwestycją, dla której opracowywano wówczas dokumentację projektową.</w:t>
+      </w:r>
+      <w:r w:rsidR="007D1EBD">
+        <w:t xml:space="preserve"> Informacje wskazywały jednak, że nie jest możliwe przyłączenie działki do sieci kanalizacyjnej w terminie umożliwiającym zakończenie budowy Domu Kultury. Tym samym, aby nie przesuwać terminu oddania obiektu do użytkowania</w:t>
+      </w:r>
+      <w:r w:rsidR="00A43197">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="007D1EBD">
+        <w:t>konieczne było wykonanie zbiornika bezodpływowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="143DC169" w14:textId="2CFFA3C6" w:rsidR="00974BE5" w:rsidRDefault="00974BE5" w:rsidP="00974BE5">
+      <w:pPr>
+        <w:pStyle w:val="UMP-odpowiednapytanie"/>
+      </w:pPr>
+      <w:r>
+        <w:t>„</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00974BE5">
+        <w:t>Czy brak kanalizacji może mieć wpływ na sposób użytkowania ośrodka przez mieszkańców oraz organizatorów wydarzeń kulturalnych?</w:t>
+      </w:r>
+      <w:r>
+        <w:t>”</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="663AA76A" w14:textId="4519F7D0" w:rsidR="007D1EBD" w:rsidRPr="007D1EBD" w:rsidRDefault="007D1EBD" w:rsidP="007D1EBD">
+      <w:pPr>
+        <w:pStyle w:val="UMP-tekstpodstawowy"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">W ocenie Estrady Poznańskiej, brak kanalizacji sanitarnej nie ma wpływu na sposób użytkowania Domu Kultury przez mieszkańców i organizatorów wydarzeń. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="769341D8" w14:textId="284BD282" w:rsidR="00974BE5" w:rsidRDefault="00974BE5" w:rsidP="00974BE5">
+      <w:pPr>
+        <w:pStyle w:val="UMP-odpowiednapytanie"/>
+      </w:pPr>
+      <w:r>
+        <w:t>„</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00974BE5">
+        <w:t>Jakiego rodzaju szambo jest zamontowane? Czy jest to szambo ekologiczne (oczyszczające ścieki) czy bezodpływowe (zamknięty zbiornik bez odpływu)? Jeśli jest bezodpływowe, proszę podać jego pojemność oraz szacowan</w:t>
+      </w:r>
+      <w:r w:rsidR="007D1EBD">
+        <w:t>ą</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00974BE5">
+        <w:t xml:space="preserve"> częstotliwość opróżniania?</w:t>
+      </w:r>
+      <w:r w:rsidR="00451C95">
+        <w:t>”</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3AF485CD" w14:textId="456BCF1E" w:rsidR="007D1EBD" w:rsidRPr="007D1EBD" w:rsidRDefault="007D1EBD" w:rsidP="007D1EBD">
+      <w:pPr>
+        <w:pStyle w:val="UMP-tekstpodstawowy"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Zainstalowany zbiornik bezodpływowy ma pojemność 5 m</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">. Na chwilę obecną był opróżniany dwukrotnie. Estrada Poznańska zakłada opróżnianie zbiornika raz w tygodniu. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5ABD6976" w14:textId="4BD74FF6" w:rsidR="00451C95" w:rsidRDefault="00451C95" w:rsidP="00451C95">
+      <w:pPr>
+        <w:pStyle w:val="UMP-odpowiednapytanie"/>
+      </w:pPr>
+      <w:r>
+        <w:t>„</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00451C95">
+        <w:t>W którym budżecie zostały zawarte środki na opróżnianie szamba i jakie to kwoty?</w:t>
+      </w:r>
+      <w:r>
+        <w:t>”</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E23773F" w14:textId="6874CC7C" w:rsidR="00533757" w:rsidRPr="00533757" w:rsidRDefault="00533757" w:rsidP="00533757">
+      <w:pPr>
+        <w:pStyle w:val="UMP-tekstpodstawowy"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Koszty opróżniania zbiornika dotyczą budżetu związanego z utrzymaniem Domu Kultury. Jednorazowy wywóz to koszt około 220 zł brutto.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="224A52E2" w14:textId="440B4E50" w:rsidR="00451C95" w:rsidRPr="00451C95" w:rsidRDefault="00451C95" w:rsidP="00451C95">
+      <w:pPr>
+        <w:pStyle w:val="UMP-odpowiednapytanie"/>
+      </w:pPr>
+      <w:r>
+        <w:t>„</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00451C95">
+        <w:t>Na kiedy przewidziane jest podłączenie ośrodka do sieci kanalizacyjnej?</w:t>
+      </w:r>
+      <w:r>
+        <w:t>”</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C27AC41" w14:textId="641B6584" w:rsidR="001D55AC" w:rsidRPr="001D55AC" w:rsidRDefault="00FB4668" w:rsidP="001D55AC">
+      <w:pPr>
+        <w:pStyle w:val="UMP-tekstpodstawowy"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">W drugim kwartale 2026 roku Spółka </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Aquanet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> zaplanowała wybranie wykonawcy budowy sieci kanalizacyjnej. Po zrealizowaniu inwestycji do </w:t>
+      </w:r>
+      <w:r w:rsidR="00D27731">
+        <w:t>Estrady Poznańskiej (</w:t>
+      </w:r>
+      <w:r>
+        <w:t>właściciela</w:t>
+      </w:r>
+      <w:r w:rsidR="00D27731">
+        <w:t xml:space="preserve"> działki) będzie należało przyłączenie nieruchomości do sieci – na odcinku od budynku do studzienki na terenie działki.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A8A0E2B" w14:textId="77777777" w:rsidR="00B107AC" w:rsidRDefault="00B107AC" w:rsidP="00B107AC">
+      <w:pPr>
+        <w:spacing w:before="240" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4961"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Z wyrazami szacunku</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D4E8008" w14:textId="77777777" w:rsidR="00B107AC" w:rsidRDefault="00B107AC" w:rsidP="00B107AC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="4961"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Z up. PREZYDENTA MIASTA</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="579288C6" w14:textId="77777777" w:rsidR="00B107AC" w:rsidRDefault="00B107AC" w:rsidP="00B107AC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="4961"/>
+      </w:pPr>
+      <w:r>
+        <w:t>(-) Jędrzej Solarski</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B0AABCA" w14:textId="77777777" w:rsidR="00B107AC" w:rsidRDefault="00B107AC" w:rsidP="00B107AC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="4961"/>
+        <w:rPr>
+          <w:kern w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:kern w:val="0"/>
+        </w:rPr>
+        <w:t>Z-CA PREZYDENTA</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2639EFFE" w14:textId="15AD7914" w:rsidR="004054CE" w:rsidRPr="00B107AC" w:rsidRDefault="00B107AC" w:rsidP="00B107AC">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="4961"/>
+        <w:rPr>
+          <w:kern w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:kern w:val="0"/>
+        </w:rPr>
+        <w:t>MIASTA POZNANIA</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7443733B" w14:textId="77777777" w:rsidR="009147B1" w:rsidRDefault="002A16A4">
+      <w:pPr>
+        <w:pStyle w:val="UMP-data-znak-UID-za-prowadzi"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Do wiadomości:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5AA88190" w14:textId="77777777" w:rsidR="009147B1" w:rsidRDefault="002A16A4">
+      <w:pPr>
+        <w:pStyle w:val="UMP-data-znak-UID-za-prowadzi"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Przewodniczący Rady Miasta</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="009147B1">
+      <w:type w:val="continuous"/>
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="2269" w:right="1418" w:bottom="1985" w:left="1418" w:header="567" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
-      <w:docGrid w:linePitch="360"/>
+      <w:formProt w:val="0"/>
+      <w:docGrid w:linePitch="600" w:charSpace="36864"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:endnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="42BE8F5D" w14:textId="77777777" w:rsidR="002532B8" w:rsidRDefault="002532B8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="382BBDAC" w14:textId="77777777" w:rsidR="002532B8" w:rsidRDefault="002532B8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+</w:endnotes>
+</file>
+
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
-  <w:font w:name="Calibri">
-[...2 lines deleted...]
-    <w:family w:val="swiss"/>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
-    <w:altName w:val="Times New Roman PSMT"/>
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="EE"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="EE"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Segoe UI">
+    <w:altName w:val="Segoe UI"/>
+    <w:panose1 w:val="020B0502040204020203"/>
+    <w:charset w:val="EE"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Free 3 of 9">
+    <w:altName w:val="Arial Unicode MS"/>
+    <w:panose1 w:val="00000009000000000000"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="EE"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
 </w:fonts>
+</file>
+
+<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:p w14:paraId="7544E887" w14:textId="77777777" w:rsidR="001C7CC6" w:rsidRDefault="001C7CC6">
+    <w:pPr>
+      <w:pStyle w:val="Stopka"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:p w14:paraId="798B3637" w14:textId="663A60C2" w:rsidR="009147B1" w:rsidRDefault="002A16A4">
+    <w:pPr>
+      <w:pStyle w:val="UMP-stopkanrstrony"/>
+    </w:pPr>
+    <w:r>
+      <w:t xml:space="preserve">Strona </w:t>
+    </w:r>
+    <w:r>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r>
+      <w:instrText>PAGE</w:instrText>
+    </w:r>
+    <w:r>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r w:rsidR="004054CE">
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:t>2</w:t>
+    </w:r>
+    <w:r>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:p w14:paraId="519635BC" w14:textId="77777777" w:rsidR="009147B1" w:rsidRDefault="002A16A4">
+    <w:pPr>
+      <w:pStyle w:val="UMP-stopkastrony"/>
+    </w:pPr>
+    <w:r>
+      <w:t>Urząd Miasta Poznania, plac Kolegiacki 17, 61-841 Poznań</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="0A985CDE" w14:textId="0F73FFCF" w:rsidR="009147B1" w:rsidRPr="001C7CC6" w:rsidRDefault="001C7CC6" w:rsidP="001C7CC6">
+    <w:pPr>
+      <w:pStyle w:val="UMP-stopkastrony"/>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="7227"/>
+      </w:tabs>
+      <w:rPr>
+        <w:rStyle w:val="UMP-stopkahipercze"/>
+        <w:lang w:val="en-US"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidRPr="008C6AF4">
+      <w:rPr>
+        <w:lang w:val="en-US"/>
+      </w:rPr>
+      <w:t xml:space="preserve">tel. +48 61 878 53 </w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:lang w:val="en-US"/>
+      </w:rPr>
+      <w:t>23</w:t>
+    </w:r>
+    <w:r w:rsidRPr="008C6AF4">
+      <w:rPr>
+        <w:lang w:val="en-US"/>
+      </w:rPr>
+      <w:t xml:space="preserve">, </w:t>
+    </w:r>
+    <w:proofErr w:type="spellStart"/>
+    <w:r w:rsidRPr="008C6AF4">
+      <w:rPr>
+        <w:lang w:val="en-US"/>
+      </w:rPr>
+      <w:t>fa</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:lang w:val="en-US"/>
+      </w:rPr>
+      <w:t>ks</w:t>
+    </w:r>
+    <w:proofErr w:type="spellEnd"/>
+    <w:r w:rsidRPr="008C6AF4">
+      <w:rPr>
+        <w:lang w:val="en-US"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> +48 61 </w:t>
+    </w:r>
+    <w:r w:rsidRPr="00925894">
+      <w:rPr>
+        <w:lang w:val="en-US"/>
+      </w:rPr>
+      <w:t>852 92 84</w:t>
+    </w:r>
+    <w:r w:rsidRPr="000E2F66">
+      <w:rPr>
+        <w:lang w:val="en-US"/>
+      </w:rPr>
+      <w:t xml:space="preserve">, </w:t>
+    </w:r>
+    <w:hyperlink r:id="rId1" w:history="1">
+      <w:r w:rsidRPr="00F35B8C">
+        <w:rPr>
+          <w:rStyle w:val="UMP-stopkahipercze"/>
+        </w:rPr>
+        <w:t>sekretariat_j.solarski@um.poznan.pl</w:t>
+      </w:r>
+    </w:hyperlink>
+    <w:r w:rsidRPr="00F7474C">
+      <w:rPr>
+        <w:lang w:val="en-US"/>
+      </w:rPr>
+      <w:t xml:space="preserve">, </w:t>
+    </w:r>
+    <w:hyperlink r:id="rId2" w:history="1">
+      <w:r w:rsidRPr="00F35B8C">
+        <w:rPr>
+          <w:rStyle w:val="UMP-stopkahipercze"/>
+        </w:rPr>
+        <w:t>www.poznan.pl</w:t>
+      </w:r>
+    </w:hyperlink>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:footnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="7439C8E1" w14:textId="77777777" w:rsidR="002532B8" w:rsidRDefault="002532B8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="0B092182" w14:textId="77777777" w:rsidR="002532B8" w:rsidRDefault="002532B8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+</w:footnotes>
+</file>
+
+<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:p w14:paraId="759B9A10" w14:textId="77777777" w:rsidR="001C7CC6" w:rsidRDefault="001C7CC6">
+    <w:pPr>
+      <w:pStyle w:val="Nagwek"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:p w14:paraId="55D58CB7" w14:textId="77777777" w:rsidR="001C7CC6" w:rsidRDefault="001C7CC6">
+    <w:pPr>
+      <w:pStyle w:val="Nagwek"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:p w14:paraId="15988684" w14:textId="0151C184" w:rsidR="009147B1" w:rsidRDefault="00065DC7">
+    <w:pPr>
+      <w:pStyle w:val="Nagwek"/>
+      <w:spacing w:line="288" w:lineRule="auto"/>
+    </w:pPr>
+    <w:r w:rsidRPr="009F1E82">
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:drawing>
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="38799522" wp14:editId="2B5B0B53">
+          <wp:extent cx="1352550" cy="1228725"/>
+          <wp:effectExtent l="0" t="0" r="0" b="0"/>
+          <wp:docPr id="2" name="Obraz 1" descr="Herb Miasta Poznania"/>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="0" name="Obraz 1" descr="Herb Miasta Poznania"/>
+                  <pic:cNvPicPr>
+                    <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                  </pic:cNvPicPr>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:srcRect/>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr bwMode="auto">
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="1352550" cy="1228725"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                  <a:noFill/>
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+        </wp:inline>
+      </w:drawing>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1B3D3C0F"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="8860626A"/>
+    <w:lvl w:ilvl="0" w:tplc="57AE4324">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="UMP-odpowiednapytanie"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0415000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0415000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1C4707FE"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="724C4F2C"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="62C1536E"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="B322ACEE"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="UMP-listanumerowana"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="66D13D21"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="BD1C7F4E"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:pStyle w:val="UMP-listawyroniona"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="67B13613"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="4EEAD012"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="4">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="5">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+</w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
-  <w:zoom w:percent="150"/>
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="708"/>
+  <w:autoHyphenation/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:hdrShapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+  </w:hdrShapeDefaults>
+  <w:footnotePr>
+    <w:footnote w:id="-1"/>
+    <w:footnote w:id="0"/>
+  </w:footnotePr>
+  <w:endnotePr>
+    <w:endnote w:id="-1"/>
+    <w:endnote w:id="0"/>
+  </w:endnotePr>
   <w:compat>
+    <w:doNotExpandShiftReturn/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="001C0F0D"/>
-[...20 lines deleted...]
-    <w:rsid w:val="00FF6E04"/>
+    <w:rsidRoot w:val="009147B1"/>
+    <w:rsid w:val="00065DC7"/>
+    <w:rsid w:val="000B010C"/>
+    <w:rsid w:val="000E3ED2"/>
+    <w:rsid w:val="001C041B"/>
+    <w:rsid w:val="001C7CC6"/>
+    <w:rsid w:val="001D55AC"/>
+    <w:rsid w:val="001E3592"/>
+    <w:rsid w:val="00224492"/>
+    <w:rsid w:val="002532B8"/>
+    <w:rsid w:val="00293AAF"/>
+    <w:rsid w:val="002A16A4"/>
+    <w:rsid w:val="002B52BD"/>
+    <w:rsid w:val="004054CE"/>
+    <w:rsid w:val="0044634D"/>
+    <w:rsid w:val="00451C95"/>
+    <w:rsid w:val="004A4FA5"/>
+    <w:rsid w:val="004E4A76"/>
+    <w:rsid w:val="00533757"/>
+    <w:rsid w:val="00596D8D"/>
+    <w:rsid w:val="00604A4A"/>
+    <w:rsid w:val="00683A3F"/>
+    <w:rsid w:val="006B7EB0"/>
+    <w:rsid w:val="00790D21"/>
+    <w:rsid w:val="007D1EBD"/>
+    <w:rsid w:val="0081540A"/>
+    <w:rsid w:val="00842B32"/>
+    <w:rsid w:val="008C6BAE"/>
+    <w:rsid w:val="009147B1"/>
+    <w:rsid w:val="00974BE5"/>
+    <w:rsid w:val="009B349B"/>
+    <w:rsid w:val="00A07990"/>
+    <w:rsid w:val="00A43197"/>
+    <w:rsid w:val="00AD23E6"/>
+    <w:rsid w:val="00B107AC"/>
+    <w:rsid w:val="00B57256"/>
+    <w:rsid w:val="00B72799"/>
+    <w:rsid w:val="00BF6F38"/>
+    <w:rsid w:val="00C6015F"/>
+    <w:rsid w:val="00D27731"/>
+    <w:rsid w:val="00D5260E"/>
+    <w:rsid w:val="00D77255"/>
+    <w:rsid w:val="00DC3B11"/>
+    <w:rsid w:val="00E23CBF"/>
+    <w:rsid w:val="00E93268"/>
+    <w:rsid w:val="00E94E70"/>
+    <w:rsid w:val="00FA430F"/>
+    <w:rsid w:val="00FB4668"/>
+    <w:rsid w:val="00FE3A48"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="pl-PL"/>
+  <w:themeFontLang w:val="pl-PL" w:eastAsia="" w:bidi=""/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="0169AF49"/>
-[...1 lines deleted...]
-  <w15:docId w15:val="{1E7D43C6-8E06-40D8-9555-43EF2C7FA4DC}"/>
+  <w14:docId w14:val="253C5ACF"/>
+  <w15:docId w15:val="{304FB921-6A82-41BB-87F8-EBF507F0F6E1}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:kern w:val="2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="pl-PL" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="pl-PL" w:eastAsia="pl-PL" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:suppressAutoHyphens/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
-    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
-[...156 lines deleted...]
-    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Normal" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:locked="1" w:uiPriority="9"/>
+    <w:lsdException w:name="heading 2" w:locked="1" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="heading 3" w:locked="1" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:locked="1" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:locked="1" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:locked="1" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:locked="1" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:locked="1" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:locked="1" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:locked="1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:locked="1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:locked="1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:locked="1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:locked="1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:locked="1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:locked="1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:locked="1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:locked="1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:locked="1" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:locked="1" w:semiHidden="1" w:uiPriority="10" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Closing" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:locked="1" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:locked="1" w:semiHidden="1" w:uiPriority="11" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Salutation" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:locked="1" w:semiHidden="1" w:uiPriority="22" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Emphasis" w:locked="1" w:semiHidden="1" w:uiPriority="20" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Document Map" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:locked="1" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
-    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
-[...1 lines deleted...]
-    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="1" w:uiPriority="34" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="1" w:uiPriority="29" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="1" w:uiPriority="30" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
@@ -971,55 +2123,55 @@
     <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
-    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
-[...3 lines deleted...]
-    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="1" w:uiPriority="19" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="1" w:uiPriority="21" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="1" w:uiPriority="31" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="1" w:uiPriority="32" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="1" w:uiPriority="33" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
     <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
     <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
     <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
     <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
     <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
     <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
@@ -1090,204 +2242,1321 @@
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normalny">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="001C0F0D"/>
+    <w:rsid w:val="007466B2"/>
+    <w:pPr>
+      <w:spacing w:after="240" w:line="288" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Nagwek1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:next w:val="Normalny"/>
+    <w:link w:val="Nagwek1Znak"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:locked/>
+    <w:rsid w:val="002D349B"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="240"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Nagwek2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:next w:val="Normalny"/>
+    <w:link w:val="Nagwek2Znak"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:locked/>
+    <w:rsid w:val="00224492"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Domylnaczcionkaakapitu">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Standardowy">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Bezlisty">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Nagwek1Znak">
+    <w:name w:val="Nagłówek 1 Znak"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:link w:val="Nagwek1"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:locked/>
+    <w:rsid w:val="006A1D5E"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="czeinternetowe">
+    <w:name w:val="Łącze internetowe"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:locked/>
+    <w:rsid w:val="00EB579D"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
+      <w:color w:val="auto"/>
+      <w:spacing w:val="0"/>
+      <w:kern w:val="2"/>
+      <w:position w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:u w:val="single"/>
+      <w:vertAlign w:val="baseline"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="UMP-kodkreskowyznakkocaakapitu">
+    <w:name w:val="UMP - kod kreskowy znak końca akapitu"/>
+    <w:qFormat/>
+    <w:rsid w:val="006C28D0"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:color w:val="auto"/>
+      <w:spacing w:val="0"/>
+      <w:w w:val="100"/>
+      <w:kern w:val="2"/>
+      <w:position w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:u w:val="none"/>
+      <w:vertAlign w:val="baseline"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="UMP-klauzularodohipercze">
+    <w:name w:val="UMP - klauzula rodo hiperłącze"/>
+    <w:qFormat/>
+    <w:rsid w:val="00316E6F"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:color w:val="auto"/>
+      <w:spacing w:val="20"/>
+      <w:w w:val="100"/>
+      <w:kern w:val="2"/>
+      <w:position w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:u w:val="single"/>
+      <w:vertAlign w:val="baseline"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="UMP-stopkahipercze">
+    <w:name w:val="UMP - stopka hiperłącze"/>
+    <w:qFormat/>
+    <w:rsid w:val="00297D75"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:color w:val="auto"/>
+      <w:spacing w:val="0"/>
+      <w:w w:val="100"/>
+      <w:position w:val="0"/>
+      <w:sz w:val="18"/>
+      <w:u w:val="single"/>
+      <w:vertAlign w:val="baseline"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="UMP-dotyczypogrubione">
+    <w:name w:val="UMP - dotyczy pogrubione"/>
+    <w:qFormat/>
+    <w:rsid w:val="00BD5601"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:b/>
+      <w:color w:val="auto"/>
+      <w:kern w:val="2"/>
+      <w:position w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:u w:val="none"/>
+      <w:vertAlign w:val="baseline"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="NagwekZnak">
+    <w:name w:val="Nagłówek Znak"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:link w:val="Nagwek"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:locked/>
+    <w:rsid w:val="00297D75"/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="StopkaZnak">
+    <w:name w:val="Stopka Znak"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:link w:val="Stopka"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:locked/>
+    <w:rsid w:val="00297D75"/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TekstdymkaZnak">
+    <w:name w:val="Tekst dymka Znak"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:link w:val="Tekstdymka"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:qFormat/>
+    <w:locked/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Odwoaniedokomentarza">
+    <w:name w:val="annotation reference"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:locked/>
+    <w:rsid w:val="00AC0696"/>
+    <w:rPr>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TekstkomentarzaZnak">
+    <w:name w:val="Tekst komentarza Znak"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:link w:val="Tekstkomentarza"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:qFormat/>
+    <w:rsid w:val="00AC0696"/>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TematkomentarzaZnak">
+    <w:name w:val="Temat komentarza Znak"/>
+    <w:basedOn w:val="TekstkomentarzaZnak"/>
+    <w:link w:val="Tematkomentarza"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:qFormat/>
+    <w:rsid w:val="00AC0696"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Nagwek">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:next w:val="Tekstpodstawowy"/>
+    <w:link w:val="NagwekZnak"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:locked/>
+    <w:rsid w:val="00297D75"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4536"/>
+        <w:tab w:val="right" w:pos="9072"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Tekstpodstawowy">
+    <w:name w:val="Body Text"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:pPr>
+      <w:spacing w:after="140" w:line="276" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Lista">
+    <w:name w:val="List"/>
+    <w:basedOn w:val="Tekstpodstawowy"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Legenda">
+    <w:name w:val="caption"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Indeks">
+    <w:name w:val="Indeks"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="UMP-stopkastrony">
+    <w:name w:val="UMP - stopka strony"/>
+    <w:qFormat/>
+    <w:rsid w:val="00F50E98"/>
+    <w:pPr>
+      <w:spacing w:line="288" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="UMP-zwrotszanowni">
+    <w:name w:val="UMP - zwrot szanowni"/>
+    <w:basedOn w:val="UMP-tekstpodstawowy"/>
+    <w:next w:val="UMP-tekstpodstawowy"/>
+    <w:qFormat/>
+    <w:rsid w:val="00443C47"/>
+    <w:pPr>
+      <w:spacing w:before="480"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="UMP-dotyczy">
+    <w:name w:val="UMP - dotyczy"/>
+    <w:next w:val="UMP-zwrotszanowni"/>
+    <w:qFormat/>
+    <w:rsid w:val="00567B17"/>
+    <w:pPr>
+      <w:spacing w:before="480" w:after="480" w:line="288" w:lineRule="auto"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="UMP-stopkanrstrony">
+    <w:name w:val="UMP - stopka nr strony"/>
+    <w:basedOn w:val="UMP-stopkastrony"/>
+    <w:qFormat/>
+    <w:rsid w:val="00F77749"/>
+    <w:pPr>
+      <w:jc w:val="center"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="UMP-nagwekpierwszegopoziomu">
+    <w:name w:val="UMP - nagłówek pierwszego poziomu"/>
+    <w:basedOn w:val="UMP-tekstpodstawowy"/>
+    <w:next w:val="UMP-tekstpodstawowy"/>
+    <w:qFormat/>
+    <w:rsid w:val="001C041B"/>
+    <w:pPr>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="UMP-data-znak-UID-za-prowadzi">
+    <w:name w:val="UMP - data - znak - UID - zał - prowadzi"/>
+    <w:qFormat/>
+    <w:rsid w:val="00567B17"/>
+    <w:pPr>
+      <w:spacing w:after="240" w:line="288" w:lineRule="auto"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="UMP-podpis">
+    <w:name w:val="UMP - podpis"/>
+    <w:basedOn w:val="UMP-tekstpodstawowy"/>
+    <w:qFormat/>
+    <w:rsid w:val="00F77749"/>
+    <w:pPr>
+      <w:spacing w:before="0" w:after="480"/>
+      <w:ind w:left="4961"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="UMP-zwrotzpowaaniem">
+    <w:name w:val="UMP - zwrot z poważaniem"/>
+    <w:basedOn w:val="UMP-tekstpodstawowy"/>
+    <w:next w:val="UMP-podpis"/>
+    <w:qFormat/>
+    <w:rsid w:val="0047632A"/>
+    <w:pPr>
+      <w:spacing w:before="360"/>
+      <w:ind w:left="4961"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="UMP-odbiorca">
+    <w:name w:val="UMP - odbiorca"/>
+    <w:qFormat/>
+    <w:rsid w:val="00BB45A0"/>
+    <w:pPr>
+      <w:spacing w:line="288" w:lineRule="auto"/>
+      <w:ind w:left="4961"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="UMP-kodkreskowy">
+    <w:name w:val="UMP - kod kreskowy"/>
+    <w:next w:val="UMP-nrdziennika"/>
+    <w:qFormat/>
+    <w:rsid w:val="00233C43"/>
+    <w:pPr>
+      <w:ind w:left="4961"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Free 3 of 9" w:hAnsi="Free 3 of 9"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="UMP-nrdziennika">
+    <w:name w:val="UMP - nr dziennika"/>
+    <w:next w:val="UMP-odbiorca"/>
+    <w:qFormat/>
+    <w:rsid w:val="005D7260"/>
+    <w:pPr>
+      <w:spacing w:before="60" w:after="120" w:line="288" w:lineRule="auto"/>
+      <w:ind w:left="4961"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="UMP-nagwekstrony">
+    <w:name w:val="UMP - nagłówek strony"/>
+    <w:qFormat/>
+    <w:rsid w:val="000F6E86"/>
+    <w:pPr>
+      <w:spacing w:line="288" w:lineRule="auto"/>
+      <w:ind w:right="4536"/>
+    </w:pPr>
+    <w:rPr>
+      <w:caps/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="UMP-klauzularodotytu">
+    <w:name w:val="UMP - klauzula rodo tytuł"/>
+    <w:basedOn w:val="UMP-klauzularodotre"/>
+    <w:next w:val="UMP-klauzularodotre"/>
+    <w:qFormat/>
+    <w:rsid w:val="00567B17"/>
+    <w:pPr>
+      <w:pageBreakBefore/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="UMP-listawyroniona">
+    <w:name w:val="UMP - lista wyrożniona"/>
+    <w:basedOn w:val="UMP-tekstpodstawowy"/>
+    <w:qFormat/>
+    <w:rsid w:val="002F2FCE"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="2"/>
+      </w:numPr>
+      <w:spacing w:before="0"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="UMP-listanumerowana">
+    <w:name w:val="UMP - lista numerowana"/>
+    <w:basedOn w:val="UMP-tekstpodstawowy"/>
+    <w:qFormat/>
+    <w:rsid w:val="002F2FCE"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="1"/>
+      </w:numPr>
+      <w:spacing w:before="0"/>
+      <w:ind w:left="425" w:hanging="425"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="UMP-klauzularodotre">
+    <w:name w:val="UMP - klauzula rodo treść"/>
+    <w:basedOn w:val="UMP-tekstpodstawowy"/>
+    <w:qFormat/>
+    <w:rsid w:val="00567B17"/>
+    <w:rPr>
+      <w:spacing w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="UMP-informacja">
+    <w:name w:val="UMP - informacja"/>
+    <w:basedOn w:val="UMP-tekstpodstawowy"/>
+    <w:qFormat/>
+    <w:rsid w:val="00567B17"/>
+    <w:pPr>
+      <w:spacing w:before="480"/>
+    </w:pPr>
+    <w:rPr>
+      <w:spacing w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="UMP-nagwekdrugiegopoziomu">
+    <w:name w:val="UMP - nagłówek drugiego poziomu"/>
+    <w:basedOn w:val="UMP-tekstpodstawowy"/>
+    <w:next w:val="UMP-tekstpodstawowy"/>
+    <w:qFormat/>
+    <w:rsid w:val="001C041B"/>
+    <w:pPr>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="UMP-tabeladanewkomrkachdoprzecinkadziesitnego">
+    <w:name w:val="UMP - tabela dane w komórkach do przecinka dziesiętnego"/>
+    <w:basedOn w:val="UMP-tabeladanewkomrkachdolewej"/>
+    <w:qFormat/>
+    <w:rsid w:val="00F614E2"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="decimal" w:pos="851"/>
+      </w:tabs>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="UMP-tabeladanewkomrkachdolewej">
+    <w:name w:val="UMP - tabela dane w komórkach do lewej"/>
+    <w:qFormat/>
+    <w:rsid w:val="005A2F70"/>
+    <w:pPr>
+      <w:spacing w:before="120" w:after="120" w:line="288" w:lineRule="auto"/>
+      <w:ind w:left="113" w:right="113"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="UMP-tabeladanewkomrkachdorodka">
+    <w:name w:val="UMP - tabela dane w komórkach do środka"/>
+    <w:basedOn w:val="UMP-tabeladanewkomrkachdolewej"/>
+    <w:qFormat/>
+    <w:rsid w:val="00F614E2"/>
+    <w:pPr>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="UMP-listanumerowanazodstpemakapitowym">
+    <w:name w:val="UMP - lista numerowana z odstępem akapitowym"/>
+    <w:basedOn w:val="UMP-listanumerowana"/>
+    <w:qFormat/>
+    <w:rsid w:val="000F6E86"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="UMP-listawyrnionazodstpemakapitowym">
+    <w:name w:val="UMP - lista wyróżniona z odstępem akapitowym"/>
+    <w:basedOn w:val="UMP-listawyroniona"/>
+    <w:qFormat/>
+    <w:rsid w:val="002F2FCE"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="UMP-tekstpodstawowy">
+    <w:name w:val="UMP - tekst podstawowy"/>
+    <w:qFormat/>
+    <w:rsid w:val="00567B17"/>
+    <w:pPr>
+      <w:spacing w:before="240" w:after="240" w:line="288" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Gwkaistopka">
+    <w:name w:val="Główka i stopka"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:qFormat/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Stopka">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:link w:val="StopkaZnak"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:locked/>
+    <w:rsid w:val="00297D75"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4536"/>
+        <w:tab w:val="right" w:pos="9072"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Tekstdymka">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:link w:val="TekstdymkaZnak"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:locked/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Tekstkomentarza">
+    <w:name w:val="annotation text"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:link w:val="TekstkomentarzaZnak"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:locked/>
+    <w:rsid w:val="00AC0696"/>
+    <w:pPr>
+      <w:spacing w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Tematkomentarza">
+    <w:name w:val="annotation subject"/>
+    <w:basedOn w:val="Tekstkomentarza"/>
+    <w:next w:val="Tekstkomentarza"/>
+    <w:link w:val="TematkomentarzaZnak"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:locked/>
+    <w:rsid w:val="00AC0696"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Tabela-Siatka">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="Standardowy"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="000A7EE5"/>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="redniecieniowanie2akcent5">
+    <w:name w:val="Medium Shading 2 Accent 5"/>
+    <w:basedOn w:val="Standardowy"/>
+    <w:uiPriority w:val="64"/>
+    <w:rsid w:val="00675271"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="5B9BD5" w:themeFill="accent5"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:color w:val="auto"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="5B9BD5" w:themeFill="accent5"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="5B9BD5" w:themeFill="accent5"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="D8D8D8" w:themeFill="background1" w:themeFillShade="D8"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="D8D8D8" w:themeFill="background1" w:themeFillShade="D8"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="UMP-tabelaprosta">
+    <w:name w:val="UMP - tabela prosta"/>
+    <w:basedOn w:val="Standardowy"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00F614E2"/>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+      </w:tblBorders>
+      <w:tblCellMar>
+        <w:left w:w="0" w:type="dxa"/>
+        <w:right w:w="0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:beforeLines="0" w:before="0" w:afterLines="0" w:after="0" w:line="288" w:lineRule="auto"/>
+        <w:ind w:rightChars="0" w:right="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:caps w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:trPr>
+        <w:tblHeader/>
+      </w:trPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Tabelasiatki6kolorowaakcent2">
+    <w:name w:val="Grid Table 6 Colorful Accent 2"/>
+    <w:basedOn w:val="Standardowy"/>
+    <w:uiPriority w:val="51"/>
+    <w:rsid w:val="00675271"/>
+    <w:rPr>
+      <w:color w:val="C45911" w:themeColor="accent2" w:themeShade="BF"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="F4B083" w:themeColor="accent2" w:themeTint="99"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="F4B083" w:themeColor="accent2" w:themeTint="99"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="F4B083" w:themeColor="accent2" w:themeTint="99"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="F4B083" w:themeColor="accent2" w:themeTint="99"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="F4B083" w:themeColor="accent2" w:themeTint="99"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="F4B083" w:themeColor="accent2" w:themeTint="99"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="12" w:space="0" w:color="ED7D31" w:themeColor="accent2"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="4" w:space="0" w:color="ED7D31" w:themeColor="accent2"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FBE4D5" w:themeFill="accent2" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FBE4D5" w:themeFill="accent2" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Tabela-Kolorowy1">
+    <w:name w:val="Table Colorful 1"/>
+    <w:basedOn w:val="Standardowy"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00675271"/>
+    <w:rPr>
+      <w:color w:val="FFFFFF"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="12" w:space="0" w:color="008080"/>
+        <w:left w:val="single" w:sz="12" w:space="0" w:color="008080"/>
+        <w:bottom w:val="single" w:sz="12" w:space="0" w:color="008080"/>
+        <w:right w:val="single" w:sz="12" w:space="0" w:color="008080"/>
+        <w:insideH w:val="single" w:sz="6" w:space="0" w:color="00FFFF"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="solid" w:color="008080" w:fill="FFFFFF"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:tl2br w:val="none" w:sz="6" w:space="0" w:color="auto"/>
+          <w:tr2bl w:val="none" w:sz="6" w:space="0" w:color="auto"/>
+        </w:tcBorders>
+        <w:shd w:val="solid" w:color="000000" w:fill="FFFFFF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:tl2br w:val="none" w:sz="6" w:space="0" w:color="auto"/>
+          <w:tr2bl w:val="none" w:sz="6" w:space="0" w:color="auto"/>
+        </w:tcBorders>
+        <w:shd w:val="solid" w:color="000080" w:fill="FFFFFF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:tl2br w:val="none" w:sz="6" w:space="0" w:color="auto"/>
+          <w:tr2bl w:val="none" w:sz="6" w:space="0" w:color="auto"/>
+        </w:tcBorders>
+        <w:shd w:val="solid" w:color="000000" w:fill="FFFFFF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:tl2br w:val="none" w:sz="6" w:space="0" w:color="auto"/>
+          <w:tr2bl w:val="none" w:sz="6" w:space="0" w:color="auto"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Tabela-Klasyczny3">
+    <w:name w:val="Table Classic 3"/>
+    <w:basedOn w:val="Standardowy"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00675271"/>
+    <w:rPr>
+      <w:color w:val="000080"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+        <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+        <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+        <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="solid" w:color="C0C0C0" w:fill="FFFFFF"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i/>
+        <w:color w:val="FFFFFF"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+          <w:tl2br w:val="none" w:sz="6" w:space="0" w:color="auto"/>
+          <w:tr2bl w:val="none" w:sz="6" w:space="0" w:color="auto"/>
+        </w:tcBorders>
+        <w:shd w:val="solid" w:color="000080" w:fill="FFFFFF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:color w:val="000080"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+          <w:tl2br w:val="none" w:sz="6" w:space="0" w:color="auto"/>
+          <w:tr2bl w:val="none" w:sz="6" w:space="0" w:color="auto"/>
+        </w:tcBorders>
+        <w:shd w:val="solid" w:color="FFFFFF" w:fill="FFFFFF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:tl2br w:val="none" w:sz="6" w:space="0" w:color="auto"/>
+          <w:tr2bl w:val="none" w:sz="6" w:space="0" w:color="auto"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Nagwek2Znak">
+    <w:name w:val="Nagłówek 2 Znak"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:link w:val="Nagwek2"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00224492"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="UMP-odpowiednapytanie">
+    <w:name w:val="UMP - odpowiedź na pytanie"/>
+    <w:basedOn w:val="UMP-nagwekdrugiegopoziomu"/>
+    <w:next w:val="UMP-tekstpodstawowy"/>
+    <w:qFormat/>
+    <w:rsid w:val="00596D8D"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="5"/>
+      </w:numPr>
+      <w:ind w:left="360"/>
+    </w:pPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
-  <w:optimizeForBrowser/>
-  <w:allowPNG/>
+  <w:divs>
+    <w:div w:id="356781274">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+</file>
+
+<file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.poznan.pl/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sekretariat_j.solarski@um.poznan.pl" TargetMode="External"/></Relationships>
+</file>
+
+<file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motyw pakietu Office">
   <a:themeElements>
     <a:clrScheme name="Pakiet Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Pakiet Office">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Calibri Light"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Pakiet Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
@@ -1394,74 +3663,92 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AC68FFD2-6DA0-4EA0-ACE6-D63686DD1522}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>639</Characters>
+  <Pages>3</Pages>
+  <Words>645</Words>
+  <Characters>3876</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>5</Lines>
-  <Paragraphs>1</Paragraphs>
+  <Lines>32</Lines>
+  <Paragraphs>9</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Tytuł</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr/>
+      <vt:lpstr>odpowiedź na interpelację 304.25 ws. braku kanalizacji sanitarnej dla DK w Antoninku</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
-  <Company/>
+  <Company>ump</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>744</CharactersWithSpaces>
+  <CharactersWithSpaces>4512</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
+  <dc:title>odpowiedź na interpelację 304.25 ws. braku kanalizacji sanitarnej dla DK w Antoninku</dc:title>
   <dc:subject/>
-  <dc:creator>Ewa Jemielity</dc:creator>
-  <cp:keywords/>
+  <dc:creator>Urząd Miasta Poznania</dc:creator>
+  <cp:keywords>interpelacja; dom kultury; antoninek; kanalizacja; chociebora</cp:keywords>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
+  <dc:language>pl-PL</dc:language>
 </cp:coreProperties>
 </file>