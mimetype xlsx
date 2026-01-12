--- v0 (2025-11-25)
+++ v1 (2026-01-12)
@@ -1,1469 +1,5036 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
+  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
-[...8 lines deleted...]
-  <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
+  <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
+  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
-<file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-[...20 lines deleted...]
-</workbook>
+<file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:body>
+    <w:p w14:paraId="49C9E5E0" w14:textId="41A48F8A" w:rsidR="009147B1" w:rsidRDefault="009147B1">
+      <w:pPr>
+        <w:sectPr w:rsidR="009147B1">
+          <w:footerReference w:type="default" r:id="rId8"/>
+          <w:headerReference w:type="first" r:id="rId9"/>
+          <w:footerReference w:type="first" r:id="rId10"/>
+          <w:pgSz w:w="11906" w:h="16838"/>
+          <w:pgMar w:top="2269" w:right="1418" w:bottom="1985" w:left="1418" w:header="567" w:footer="708" w:gutter="0"/>
+          <w:cols w:space="708"/>
+          <w:formProt w:val="0"/>
+          <w:titlePg/>
+          <w:docGrid w:linePitch="600" w:charSpace="36864"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6184A85A" w14:textId="57150850" w:rsidR="009147B1" w:rsidRDefault="002A16A4">
+      <w:pPr>
+        <w:pStyle w:val="UMP-data-znak-UID-za-prowadzi"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Poznań,</w:t>
+      </w:r>
+      <w:r w:rsidR="004054CE">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00573D00">
+        <w:t>22.</w:t>
+      </w:r>
+      <w:r w:rsidR="008C4DF7">
+        <w:t>10</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.2025 roku</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="393B66B4" w14:textId="1A255610" w:rsidR="009147B1" w:rsidRDefault="002A16A4">
+      <w:pPr>
+        <w:pStyle w:val="UMP-data-znak-UID-za-prowadzi"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Znak sprawy: Or-II.0003.1.</w:t>
+      </w:r>
+      <w:r w:rsidR="008728E5">
+        <w:t>305</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.2025</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36DFD159" w14:textId="5677D6AE" w:rsidR="009147B1" w:rsidRDefault="002A16A4">
+      <w:pPr>
+        <w:pStyle w:val="UMP-data-znak-UID-za-prowadzi"/>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Nr rej.: </w:t>
+      </w:r>
+      <w:r w:rsidR="00D42D3C">
+        <w:t>23102500366</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:p w14:paraId="436F0186" w14:textId="77777777" w:rsidR="009147B1" w:rsidRDefault="002A16A4">
+      <w:pPr>
+        <w:pStyle w:val="UMP-odbiorca"/>
+        <w:spacing w:before="240"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Pan</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="149A4261" w14:textId="7770145A" w:rsidR="009147B1" w:rsidRDefault="008728E5">
+      <w:pPr>
+        <w:pStyle w:val="UMP-odbiorca"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Andrzej </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Prendke</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="7CF14EC3" w14:textId="77777777" w:rsidR="009147B1" w:rsidRDefault="002A16A4">
+      <w:pPr>
+        <w:pStyle w:val="UMP-odbiorca"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Radny Miasta Poznania</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="506792A3" w14:textId="21C9C253" w:rsidR="009147B1" w:rsidRDefault="002A16A4" w:rsidP="005225B8">
+      <w:pPr>
+        <w:pStyle w:val="UMP-nagwekpierwszegopoziomu"/>
+        <w:spacing w:before="480" w:after="480"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Odpowiedź na interpelację</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30716489" w14:textId="77777777" w:rsidR="009147B1" w:rsidRDefault="002A16A4" w:rsidP="00293AAF">
+      <w:pPr>
+        <w:pStyle w:val="UMP-zwrotszanowni"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Szanowny Panie Radny,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="092AB623" w14:textId="1D6D1C23" w:rsidR="009147B1" w:rsidRPr="00467886" w:rsidRDefault="008728E5">
+      <w:pPr>
+        <w:pStyle w:val="UMP-tekstpodstawowy"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>10 października</w:t>
+      </w:r>
+      <w:r w:rsidR="002A16A4">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2025 r. do Prezydenta Miasta Poznania wpłynęła Pana interpelacja dotycząca </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>danych statystycznych na potrzeby diagnozy potrzeb młodzieży</w:t>
+      </w:r>
+      <w:r w:rsidR="002A16A4">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00224492" w:rsidRPr="00467886">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Przedstawiam odpowiedzi na pytania.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="585DFBB1" w14:textId="5FFCBDA6" w:rsidR="00036774" w:rsidRPr="00516571" w:rsidRDefault="002A16A4" w:rsidP="00036774">
+      <w:pPr>
+        <w:pStyle w:val="UMP-odpowiednapytanie"/>
+      </w:pPr>
+      <w:r>
+        <w:t>„</w:t>
+      </w:r>
+      <w:r w:rsidR="00036774" w:rsidRPr="00516571">
+        <w:t xml:space="preserve">Z zakresu statystyki liczby ludności: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78F07E92" w14:textId="441085FB" w:rsidR="005E3102" w:rsidRDefault="005E3102" w:rsidP="005E3102">
+      <w:pPr>
+        <w:pStyle w:val="UMP-tekstpodstawowy"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E3102">
+        <w:t>liczba mieszkańców Poznania oraz Osiedla Nowe Winogrady Północ urodzonych w</w:t>
+      </w:r>
+      <w:r>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E3102">
+        <w:t>poszczególnych latach kalendarzowych (do 2024 r. włącznie) na podstawie:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00036774">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05AAEAF5" w14:textId="3AF6AA46" w:rsidR="005E3102" w:rsidRDefault="005E3102" w:rsidP="00DC19A1">
+      <w:pPr>
+        <w:pStyle w:val="UMP-listawyroniona"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E3102">
+        <w:t>zameldowania na pobyt stały lub czasowy</w:t>
+      </w:r>
+      <w:r>
+        <w:t>”</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35F3B98A" w14:textId="230D74E0" w:rsidR="005E3102" w:rsidRDefault="005E3102" w:rsidP="005E3102">
+      <w:pPr>
+        <w:pStyle w:val="UMP-tekstpodstawowy"/>
+        <w:ind w:left="720"/>
+      </w:pPr>
+      <w:r w:rsidRPr="005E3102">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Odpowiedź</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E3102">
+        <w:t xml:space="preserve">Na dzień 16 października br. w Poznaniu zameldowanych było </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB4C3B">
+        <w:t>457 874 mieszkańców (na pobyt stały i czasowy)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E3102">
+        <w:t xml:space="preserve">, z czego na Osiedlu Nowe Winogrady Północ </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB4C3B">
+        <w:t xml:space="preserve">13 398 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E3102">
+        <w:t>osób. W załączeniu przesyłam raport dotycząc</w:t>
+      </w:r>
+      <w:r w:rsidR="001A031A">
+        <w:t>y</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E3102">
+        <w:t xml:space="preserve"> liczby mieszkańców z</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB4C3B">
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E3102">
+        <w:t>podziałem według roku urodzenia</w:t>
+      </w:r>
+      <w:r w:rsidR="001A031A">
+        <w:t xml:space="preserve"> [1]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E3102">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56496C72" w14:textId="21D4FE05" w:rsidR="00EB6019" w:rsidRDefault="00D33A12" w:rsidP="007B23A0">
+      <w:pPr>
+        <w:pStyle w:val="UMP-tekstpodstawowy"/>
+        <w:ind w:left="709"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D33A12">
+        <w:t xml:space="preserve">Dane dotyczące zameldowania </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">nie uwzględniają </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D33A12">
+        <w:t xml:space="preserve">wielu niezameldowanych osób, które mieszkały w mieście i korzystały z przestrzeni i usług miejskich. Były to przede wszystkim osoby spoza Poznania uczące się oraz studiujące w trybie dziennym, osoby pracujące tymczasowo, osoby posiadające obce obywatelstwo (najwięcej ukraińskie), w tym do 30 </w:t>
+      </w:r>
+      <w:r>
+        <w:t>000</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D33A12">
+        <w:t xml:space="preserve"> uchodźców wojennych z Ukrainy. Według danych mobilnych</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (z 2024 r.)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D33A12">
+        <w:t>, pochodzących z</w:t>
+      </w:r>
+      <w:r>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D33A12">
+        <w:t xml:space="preserve">hurtowni danych firmy </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D33A12">
+        <w:t>Selectivv</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D33A12">
+        <w:t>, liczba mieszkańców Poznania wynosiła 716</w:t>
+      </w:r>
+      <w:r>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D33A12">
+        <w:t>8</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">00 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D33A12">
+        <w:t xml:space="preserve">osób, czyli </w:t>
+      </w:r>
+      <w:r>
+        <w:t>około</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D33A12">
+        <w:t xml:space="preserve"> 250 </w:t>
+      </w:r>
+      <w:r>
+        <w:t>000</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D33A12">
+        <w:t xml:space="preserve"> więcej niż znajduje się w rejestrach urzędowych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0321B7DF" w14:textId="77777777" w:rsidR="00EB6019" w:rsidRDefault="00EB6019">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7CC95A19" w14:textId="2BE04A26" w:rsidR="005E3102" w:rsidRDefault="005E3102" w:rsidP="00DC19A1">
+      <w:pPr>
+        <w:pStyle w:val="UMP-listawyroniona"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>„danych z Centralnego Rejestru Wyborców”</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14446034" w14:textId="049A22B1" w:rsidR="00406B34" w:rsidRDefault="005E3102" w:rsidP="007B23A0">
+      <w:pPr>
+        <w:pStyle w:val="UMP-tekstpodstawowy"/>
+        <w:ind w:left="720"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="_Hlk211580203"/>
+      <w:r w:rsidRPr="005E3102">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Odpowiedź</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="2" w:name="_Hlk211580486"/>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r w:rsidRPr="005E3102">
+        <w:t xml:space="preserve">W </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB4C3B">
+        <w:t>zakresie</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E3102">
+        <w:t xml:space="preserve"> danych z Centralnego Rejestru Wyborców dostępne są wyłącznie informacje dotyczące ogólnej liczby mieszkańców, bez podziału ze względu na rok urodzenia czy osiedle. Liczba mieszkańców Poznania wynosi 453 332 osoby</w:t>
+      </w:r>
+      <w:r w:rsidR="006E218A">
+        <w:t xml:space="preserve"> (stan na 16 października br.)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E3102">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00036774">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB4C3B">
+        <w:t>Centralny Rejestr Wyborców nie uwzględnia podziału na osiedla, tj. jednostki pomocnicze Miasta</w:t>
+      </w:r>
+      <w:r w:rsidR="00F2183A">
+        <w:t xml:space="preserve"> Poznania</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB4C3B">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2831A490" w14:textId="6949C09C" w:rsidR="007B23A0" w:rsidRDefault="007B23A0" w:rsidP="007B23A0">
+      <w:pPr>
+        <w:pStyle w:val="UMP-tekstpodstawowy"/>
+        <w:ind w:left="720"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Dla lepszego zobrazowania liczby mieszkańców Poznania podaję również dane dotyczące spisu wyborców. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B23A0">
+        <w:t xml:space="preserve">W </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">tegorocznych </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B23A0">
+        <w:t>wyborach Prezydenta RP liczba uprawnionych do głosowania wynosiła w Poznaniu 413</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B23A0">
+        <w:t>189 osób</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B23A0">
+        <w:t xml:space="preserve">W </w:t>
+      </w:r>
+      <w:r>
+        <w:t>tym roku</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B23A0">
+        <w:t xml:space="preserve"> do spisu wyborców w </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Poznaniu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B23A0">
+        <w:t xml:space="preserve"> dopisała się rekordowa liczba 75</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B23A0">
+        <w:t xml:space="preserve">012 osób. To ponad dwa razy więcej niż pięć lat temu </w:t>
+      </w:r>
+      <w:r>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B23A0">
+        <w:t xml:space="preserve"> 35</w:t>
+      </w:r>
+      <w:r>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B23A0">
+        <w:t>462 osób (wyborcy dopisani przed I, jak i przed II turą).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0204F6D1" w14:textId="47666FE8" w:rsidR="00B17CE6" w:rsidRDefault="00D83C91" w:rsidP="00DC19A1">
+      <w:pPr>
+        <w:pStyle w:val="UMP-tekstpodstawowy"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>„</w:t>
+      </w:r>
+      <w:r w:rsidR="005E3102" w:rsidRPr="005E3102">
+        <w:t>łączna liczba osób podanych jako osoby zamieszkałe w nieruchomościach w</w:t>
+      </w:r>
+      <w:r>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="005E3102" w:rsidRPr="005E3102">
+        <w:t xml:space="preserve">deklaracjach o wysokości opłaty za gospodarowanie odpadami komunalnymi </w:t>
+      </w:r>
+      <w:r>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidR="005E3102" w:rsidRPr="005E3102">
+        <w:t xml:space="preserve"> dla terenu Poznania i Osiedla Nowe Winogrady Północ</w:t>
+      </w:r>
+      <w:r w:rsidR="00D57332">
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidR="005E3102" w:rsidRPr="005E3102">
+        <w:t>.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="2"/>
+    </w:p>
+    <w:p w14:paraId="57311CD7" w14:textId="3A784571" w:rsidR="00D83C91" w:rsidRDefault="00D83C91" w:rsidP="00D83C91">
+      <w:pPr>
+        <w:pStyle w:val="UMP-tekstpodstawowy"/>
+        <w:ind w:left="360"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D83C91">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Odpowiedź</w:t>
+      </w:r>
+      <w:r>
+        <w:t>: Liczba osób wskazanych w deklaracjach o wysokości opłaty za gospodarowanie odpadami komunalnymi złożonych dla nieruchomości położonych na terenie Osiedla Nowe Winogrady Północ wynosi 13 675, a dla całego Poznania – 530</w:t>
+      </w:r>
+      <w:r w:rsidR="007B7E24">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">329. Dane zostały przygotowane według stanu na dzień 13 października </w:t>
+      </w:r>
+      <w:r w:rsidR="00A60C9B">
+        <w:t>b</w:t>
+      </w:r>
+      <w:r>
+        <w:t>r.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27C93AE0" w14:textId="3824B159" w:rsidR="008801EF" w:rsidRDefault="00D83C91" w:rsidP="00D57332">
+      <w:pPr>
+        <w:pStyle w:val="UMP-odpowiednapytanie"/>
+      </w:pPr>
+      <w:r>
+        <w:t>„</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00516571">
+        <w:t>Z zakresu danych dotyczących szkół ponadpodstawowych</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D83C91">
+        <w:t>, dla których organem prowadzącym jest Miasto Poznań:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36623246" w14:textId="1789399D" w:rsidR="00D57332" w:rsidRPr="00D57332" w:rsidRDefault="00D57332" w:rsidP="00D57332">
+      <w:pPr>
+        <w:pStyle w:val="UMP-tekstpodstawowy"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D57332">
+        <w:t>zestawienia dotyczące wszystkich szkół poszczególnych typów, zawierające:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F736130" w14:textId="74193AD8" w:rsidR="00D83C91" w:rsidRDefault="00D83C91" w:rsidP="00DC19A1">
+      <w:pPr>
+        <w:pStyle w:val="UMP-listawyroniona"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="18"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D83C91">
+        <w:t>aktualną liczbę uczniów szkoły</w:t>
+      </w:r>
+      <w:r w:rsidR="00402BDC">
+        <w:t>,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55E07420" w14:textId="1169A532" w:rsidR="00D83C91" w:rsidRDefault="00D83C91" w:rsidP="00DC19A1">
+      <w:pPr>
+        <w:pStyle w:val="UMP-listawyroniona"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="18"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D83C91">
+        <w:t>liczbę uczniów szkoły zamieszkałych na Osiedlu Nowe Winogrady Północ</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D83C91">
+        <w:t xml:space="preserve">(adresy: "os. Wichrowe Wzgórze" oraz "os. Zwycięstwa" </w:t>
+      </w:r>
+      <w:r>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D83C91">
+        <w:t xml:space="preserve"> zbiorczo dla obu adresów)</w:t>
+      </w:r>
+      <w:r w:rsidR="00402BDC">
+        <w:t>,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="795FC623" w14:textId="53C4C276" w:rsidR="008801EF" w:rsidRDefault="008801EF" w:rsidP="00D57332">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:ind w:right="22"/>
+      </w:pPr>
+      <w:r>
+        <w:t>wykaz szkół podstawowych, które ukończyli aktualni uczniowie klas pierwszych XX</w:t>
+      </w:r>
+      <w:r w:rsidR="00D83C91">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>LO oraz pozostałych liceów z terenu innych osiedli Winograd i osiedli ościennych: IX LO, XV LO, XXV LO i Sport. LO (nazwa i miejscowość</w:t>
+      </w:r>
+      <w:r w:rsidR="00D83C91">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>SP oraz łączna liczba jej absolwentów w klasach pierwszych danego liceum)</w:t>
+      </w:r>
+      <w:r w:rsidR="00D83C91">
+        <w:t>”</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="537E8E32" w14:textId="627B98A6" w:rsidR="00EB6019" w:rsidRDefault="00915AD7" w:rsidP="00EB6019">
+      <w:pPr>
+        <w:pStyle w:val="UMP-tekstpodstawowy"/>
+        <w:ind w:left="426"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00915AD7">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Odpowiedź</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="00402BDC" w:rsidRPr="00AC6E1D">
+        <w:t xml:space="preserve">W załączeniu przekazuję dane statystyczne </w:t>
+      </w:r>
+      <w:r w:rsidR="006673B7" w:rsidRPr="00AC6E1D">
+        <w:t>dotyczące</w:t>
+      </w:r>
+      <w:r w:rsidR="00402BDC" w:rsidRPr="00AC6E1D">
+        <w:t xml:space="preserve"> szkół ponadpodstawowych, dla których organem prowadzącym jest Miasto Poznań</w:t>
+      </w:r>
+      <w:r w:rsidR="006673B7" w:rsidRPr="00AC6E1D">
+        <w:t xml:space="preserve"> [2, 3]</w:t>
+      </w:r>
+      <w:r w:rsidR="00402BDC" w:rsidRPr="00AC6E1D">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A9BFBE3" w14:textId="77777777" w:rsidR="00EB6019" w:rsidRDefault="00EB6019">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0718736B" w14:textId="6EF06B4C" w:rsidR="009147B1" w:rsidRDefault="00D83C91" w:rsidP="005225B8">
+      <w:pPr>
+        <w:pStyle w:val="UMP-nagwekpierwszegopoziomu"/>
+        <w:spacing w:before="480"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>Załączniki</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50107303" w14:textId="4435E163" w:rsidR="009147B1" w:rsidRDefault="002A16A4" w:rsidP="00AC6E1D">
+      <w:pPr>
+        <w:pStyle w:val="UMP-tekstpodstawowy"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC6E1D">
+        <w:t xml:space="preserve">[1] </w:t>
+      </w:r>
+      <w:r w:rsidR="001A031A" w:rsidRPr="00AC6E1D">
+        <w:t xml:space="preserve">Raport </w:t>
+      </w:r>
+      <w:r w:rsidR="006673B7" w:rsidRPr="00AC6E1D">
+        <w:t>dotyczący liczby</w:t>
+      </w:r>
+      <w:r w:rsidR="001A031A" w:rsidRPr="00AC6E1D">
+        <w:t xml:space="preserve"> mieszkańców Poznania z podziałem według roku urodzenia</w:t>
+      </w:r>
+      <w:r w:rsidR="00516571">
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62145CEB" w14:textId="0FDA7983" w:rsidR="00516571" w:rsidRDefault="00516571" w:rsidP="00516571">
+      <w:pPr>
+        <w:pStyle w:val="UMP-listawyroniona"/>
+      </w:pPr>
+      <w:r>
+        <w:t>załącznik 1a – liczba mieszkańców Poznania według roku urodzenia,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6955C580" w14:textId="39C6F86C" w:rsidR="00516571" w:rsidRPr="00AC6E1D" w:rsidRDefault="00516571" w:rsidP="00516571">
+      <w:pPr>
+        <w:pStyle w:val="UMP-listawyroniona"/>
+      </w:pPr>
+      <w:r>
+        <w:t>załącznik 1b – liczba mieszkańców Osiedla Nowe Winogrady Północ według roku urodzenia.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5CFF2D85" w14:textId="2D9BF2C1" w:rsidR="006673B7" w:rsidRDefault="006673B7" w:rsidP="00AC6E1D">
+      <w:pPr>
+        <w:pStyle w:val="UMP-tekstpodstawowy"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC6E1D">
+        <w:t xml:space="preserve">[2] </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC6E1D" w:rsidRPr="00AC6E1D">
+        <w:t xml:space="preserve">Zestawienia szkół </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC6E1D">
+        <w:t xml:space="preserve">ponadpodstawowych </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC6E1D" w:rsidRPr="00AC6E1D">
+        <w:t xml:space="preserve">poszczególnych typów, zawierające </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC6E1D">
+        <w:t>dane dotyczące liczby uczniów</w:t>
+      </w:r>
+      <w:r w:rsidR="00516571">
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52BC8FF5" w14:textId="3C1D424A" w:rsidR="00516571" w:rsidRDefault="006867F7" w:rsidP="00516571">
+      <w:pPr>
+        <w:pStyle w:val="UMP-listawyroniona"/>
+      </w:pPr>
+      <w:r>
+        <w:t>załącznik 2a</w:t>
+      </w:r>
+      <w:r w:rsidR="00892E54">
+        <w:t xml:space="preserve"> – liczba uczniów liceów,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D94F5BE" w14:textId="3DAF8808" w:rsidR="006867F7" w:rsidRDefault="006867F7" w:rsidP="00516571">
+      <w:pPr>
+        <w:pStyle w:val="UMP-listawyroniona"/>
+      </w:pPr>
+      <w:r>
+        <w:t>załącznik 2b</w:t>
+      </w:r>
+      <w:r w:rsidR="00892E54">
+        <w:t xml:space="preserve"> – liczba uczniów techników,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="599ADD57" w14:textId="146111AD" w:rsidR="006867F7" w:rsidRPr="00AC6E1D" w:rsidRDefault="006867F7" w:rsidP="00516571">
+      <w:pPr>
+        <w:pStyle w:val="UMP-listawyroniona"/>
+      </w:pPr>
+      <w:r>
+        <w:t>załącznik 2c</w:t>
+      </w:r>
+      <w:r w:rsidR="00892E54">
+        <w:t xml:space="preserve"> – liczba uczniów szkół branżowych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37EEEE9E" w14:textId="2BF75EFD" w:rsidR="006673B7" w:rsidRDefault="006673B7" w:rsidP="00AC6E1D">
+      <w:pPr>
+        <w:pStyle w:val="UMP-tekstpodstawowy"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC6E1D">
+        <w:t>[3] Wykaz szkół podstawowych ukończonych przez uczniów klas pierwszych</w:t>
+      </w:r>
+      <w:r w:rsidR="00892E54">
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C03E388" w14:textId="198CE06C" w:rsidR="00892E54" w:rsidRDefault="00892E54" w:rsidP="00892E54">
+      <w:pPr>
+        <w:pStyle w:val="UMP-listawyroniona"/>
+      </w:pPr>
+      <w:r>
+        <w:t>załącznik 3a – szkoły podstawowe ukończone przez uczniów klas pierwszych IX LO,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11080C7E" w14:textId="4C8A4B1A" w:rsidR="00892E54" w:rsidRDefault="00892E54" w:rsidP="00892E54">
+      <w:pPr>
+        <w:pStyle w:val="UMP-listawyroniona"/>
+      </w:pPr>
+      <w:r>
+        <w:t>załącznik 3b – szkoły podstawowe ukończone przez uczniów klas pierwszych XV LO,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="549C2FE5" w14:textId="2A5A4F3E" w:rsidR="00892E54" w:rsidRDefault="00892E54" w:rsidP="00892E54">
+      <w:pPr>
+        <w:pStyle w:val="UMP-listawyroniona"/>
+      </w:pPr>
+      <w:r>
+        <w:t>załącznik 3c – szkoły podstawowe ukończone przez uczniów klas pierwszych XX LO,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F9E282B" w14:textId="2876924E" w:rsidR="00892E54" w:rsidRDefault="00892E54" w:rsidP="00892E54">
+      <w:pPr>
+        <w:pStyle w:val="UMP-listawyroniona"/>
+      </w:pPr>
+      <w:r>
+        <w:t>załącznik 3d – szkoły podstawowe ukończone przez uczniów klas pierwszych XXV LO,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A0A4766" w14:textId="0BFA6900" w:rsidR="00892E54" w:rsidRPr="00AC6E1D" w:rsidRDefault="00892E54" w:rsidP="00892E54">
+      <w:pPr>
+        <w:pStyle w:val="UMP-listawyroniona"/>
+      </w:pPr>
+      <w:r>
+        <w:t>załącznik 3e – szkoły podstawowe ukończone przez uczniów klas pierwszych Sportowego LO.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38353697" w14:textId="0D37BBF6" w:rsidR="009147B1" w:rsidRPr="00573D00" w:rsidRDefault="002A16A4" w:rsidP="00573D00">
+      <w:pPr>
+        <w:pStyle w:val="UMP-zwrotzpowaaniem"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Z wyrazami szacunku</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60B0268A" w14:textId="77777777" w:rsidR="00573D00" w:rsidRPr="009D06CA" w:rsidRDefault="00573D00" w:rsidP="00573D00">
+      <w:pPr>
+        <w:pStyle w:val="UMP-podpis"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009D06CA">
+        <w:t>Z up. PREZYDENTA MIASTA</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60C359DE" w14:textId="77777777" w:rsidR="00573D00" w:rsidRPr="009D06CA" w:rsidRDefault="00573D00" w:rsidP="00573D00">
+      <w:pPr>
+        <w:pStyle w:val="UMP-podpis"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009D06CA">
+        <w:t>(–) Mariusz Wiśniewski</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="415B7C67" w14:textId="77777777" w:rsidR="00573D00" w:rsidRPr="009D06CA" w:rsidRDefault="00573D00" w:rsidP="00573D00">
+      <w:pPr>
+        <w:pStyle w:val="UMP-podpis"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009D06CA">
+        <w:t>Z-CA PREZYDENTA MIASTA POZNANIA</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7443733B" w14:textId="77777777" w:rsidR="009147B1" w:rsidRDefault="002A16A4">
+      <w:pPr>
+        <w:pStyle w:val="UMP-data-znak-UID-za-prowadzi"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Do wiadomości:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5AA88190" w14:textId="77777777" w:rsidR="009147B1" w:rsidRDefault="002A16A4">
+      <w:pPr>
+        <w:pStyle w:val="UMP-data-znak-UID-za-prowadzi"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Przewodniczący Rady Miasta</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="009147B1">
+      <w:type w:val="continuous"/>
+      <w:pgSz w:w="11906" w:h="16838"/>
+      <w:pgMar w:top="2269" w:right="1418" w:bottom="1985" w:left="1418" w:header="567" w:footer="708" w:gutter="0"/>
+      <w:cols w:space="708"/>
+      <w:formProt w:val="0"/>
+      <w:docGrid w:linePitch="600" w:charSpace="36864"/>
+    </w:sectPr>
+  </w:body>
+</w:document>
 </file>
 
-<file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</calcChain>
+<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:endnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="7437110B" w14:textId="77777777" w:rsidR="00037A7C" w:rsidRDefault="00037A7C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="32E2511E" w14:textId="77777777" w:rsidR="00037A7C" w:rsidRDefault="00037A7C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+</w:endnotes>
 </file>
 
-<file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-[...908 lines deleted...]
-</sst>
+<file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="EE"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="EE"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="EE"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
+    <w:charset w:val="EE"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Segoe UI">
+    <w:panose1 w:val="020B0502040204020203"/>
+    <w:charset w:val="EE"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Free 3 of 9">
+    <w:altName w:val="Arial Unicode MS"/>
+    <w:panose1 w:val="00000009000000000000"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="EE"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+</w:fonts>
 </file>
 
-<file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-[...362 lines deleted...]
-</styleSheet>
+<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:p w14:paraId="798B3637" w14:textId="663A60C2" w:rsidR="009147B1" w:rsidRDefault="002A16A4">
+    <w:pPr>
+      <w:pStyle w:val="UMP-stopkanrstrony"/>
+    </w:pPr>
+    <w:r>
+      <w:t xml:space="preserve">Strona </w:t>
+    </w:r>
+    <w:r>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r>
+      <w:instrText>PAGE</w:instrText>
+    </w:r>
+    <w:r>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r w:rsidR="004054CE">
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:t>2</w:t>
+    </w:r>
+    <w:r>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+  </w:p>
+</w:ftr>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/></Relationships>
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:p w14:paraId="519635BC" w14:textId="77777777" w:rsidR="009147B1" w:rsidRDefault="002A16A4">
+    <w:pPr>
+      <w:pStyle w:val="UMP-stopkastrony"/>
+    </w:pPr>
+    <w:r>
+      <w:t>Urząd Miasta Poznania, plac Kolegiacki 17, 61-841 Poznań</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="0A985CDE" w14:textId="355FF000" w:rsidR="009147B1" w:rsidRPr="00DC3B11" w:rsidRDefault="00065DC7" w:rsidP="00065DC7">
+    <w:pPr>
+      <w:pStyle w:val="UMP-stopkastrony"/>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="7227"/>
+      </w:tabs>
+      <w:rPr>
+        <w:rStyle w:val="UMP-stopkahipercze"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidRPr="008C6AF4">
+      <w:rPr>
+        <w:lang w:val="en-US"/>
+      </w:rPr>
+      <w:t xml:space="preserve">tel. +48 61 878 53 </w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:lang w:val="en-US"/>
+      </w:rPr>
+      <w:t>17</w:t>
+    </w:r>
+    <w:r w:rsidRPr="008C6AF4">
+      <w:rPr>
+        <w:lang w:val="en-US"/>
+      </w:rPr>
+      <w:t xml:space="preserve">, </w:t>
+    </w:r>
+    <w:proofErr w:type="spellStart"/>
+    <w:r w:rsidRPr="008C6AF4">
+      <w:rPr>
+        <w:lang w:val="en-US"/>
+      </w:rPr>
+      <w:t>fa</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:lang w:val="en-US"/>
+      </w:rPr>
+      <w:t>ks</w:t>
+    </w:r>
+    <w:proofErr w:type="spellEnd"/>
+    <w:r w:rsidRPr="008C6AF4">
+      <w:rPr>
+        <w:lang w:val="en-US"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> +48 61 878 5</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:lang w:val="en-US"/>
+      </w:rPr>
+      <w:t>3 60</w:t>
+    </w:r>
+    <w:r w:rsidRPr="000E2F66">
+      <w:rPr>
+        <w:lang w:val="en-US"/>
+      </w:rPr>
+      <w:t xml:space="preserve">, </w:t>
+    </w:r>
+    <w:hyperlink r:id="rId1" w:history="1">
+      <w:r w:rsidRPr="00A33D56">
+        <w:rPr>
+          <w:rStyle w:val="UMP-stopkahipercze"/>
+        </w:rPr>
+        <w:t>sekretariat_m.wisniewski@um.poznan.pl</w:t>
+      </w:r>
+    </w:hyperlink>
+    <w:r w:rsidRPr="00F7474C">
+      <w:rPr>
+        <w:lang w:val="en-US"/>
+      </w:rPr>
+      <w:t xml:space="preserve">, </w:t>
+    </w:r>
+    <w:hyperlink r:id="rId2" w:history="1">
+      <w:r w:rsidRPr="00A33D56">
+        <w:rPr>
+          <w:rStyle w:val="UMP-stopkahipercze"/>
+        </w:rPr>
+        <w:t>www.poznan.pl</w:t>
+      </w:r>
+    </w:hyperlink>
+  </w:p>
+</w:ftr>
 </file>
 
-<file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:footnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="2DFDAAC7" w14:textId="77777777" w:rsidR="00037A7C" w:rsidRDefault="00037A7C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="07B5A0CE" w14:textId="77777777" w:rsidR="00037A7C" w:rsidRDefault="00037A7C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+</w:footnotes>
+</file>
+
+<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:p w14:paraId="15988684" w14:textId="0151C184" w:rsidR="009147B1" w:rsidRDefault="00065DC7">
+    <w:pPr>
+      <w:pStyle w:val="Nagwek"/>
+      <w:spacing w:line="288" w:lineRule="auto"/>
+    </w:pPr>
+    <w:r w:rsidRPr="009F1E82">
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:drawing>
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="38799522" wp14:editId="2B5B0B53">
+          <wp:extent cx="1352550" cy="1228725"/>
+          <wp:effectExtent l="0" t="0" r="0" b="0"/>
+          <wp:docPr id="2" name="Obraz 1" descr="Herb Miasta Poznania"/>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="0" name="Obraz 1" descr="Herb Miasta Poznania"/>
+                  <pic:cNvPicPr>
+                    <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                  </pic:cNvPicPr>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:srcRect/>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr bwMode="auto">
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="1352550" cy="1228725"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                  <a:noFill/>
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+        </wp:inline>
+      </w:drawing>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="06732BCE"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="45FE9CF0"/>
+    <w:lvl w:ilvl="0" w:tplc="04150011">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0415000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0415000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1C4707FE"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="724C4F2C"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="23EE23C6"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="8AB27702"/>
+    <w:lvl w:ilvl="0" w:tplc="04150017">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0415000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0415000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="25EF7CAA"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="9CE0C2E0"/>
+    <w:lvl w:ilvl="0" w:tplc="F1CCB6B2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0415000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0415000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="26AB38DF"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="EF2E4116"/>
+    <w:lvl w:ilvl="0" w:tplc="04150011">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0415000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0415000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="29671948"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="1DF0EFB0"/>
+    <w:lvl w:ilvl="0" w:tplc="EFE26458">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0415000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0415000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2D874A72"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="0C80DE9E"/>
+    <w:lvl w:ilvl="0" w:tplc="04150011">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0415000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0415000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3B241F47"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="A3C065C4"/>
+    <w:lvl w:ilvl="0" w:tplc="AE1E4EAC">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0415000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0415000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5FE10539"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="F6D630D6"/>
+    <w:lvl w:ilvl="0" w:tplc="DE180070">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="612"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="38404690">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="6BD4FB34">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="970A09E8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="8CCAB252">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="9F7A9384">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="99A6DEDE">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="A19A2D50">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="CD1AFDE4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="62C1536E"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="B322ACEE"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="UMP-listanumerowana"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="66D13D21"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="BD1C7F4E"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:pStyle w:val="UMP-listawyroniona"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="672F3D96"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="DCEA7A54"/>
+    <w:lvl w:ilvl="0" w:tplc="9AD6B46A">
+      <w:start w:val="16"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="a)%1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0415000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0415000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="67B13613"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="4EEAD012"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="689141A7"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="D840A2A2"/>
+    <w:lvl w:ilvl="0" w:tplc="33BE7AC2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="UMP-odpowiednapytanie"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0415000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0415000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6DA64524"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="57D01F68"/>
+    <w:lvl w:ilvl="0" w:tplc="3F786C6E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="612"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="34F88E40">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="A1C0CF1E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="2CDC76A0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="320C567E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="B422267E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="288A94DE">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="B42CA0EA">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="ACEC6BB8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="74F06535"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="82E624B6"/>
+    <w:lvl w:ilvl="0" w:tplc="3F786C6E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="612"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="34F88E40">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="A1C0CF1E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="2CDC76A0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="320C567E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="B422267E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="288A94DE">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="B42CA0EA">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="ACEC6BB8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="4">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="5">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="6">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="7">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="8">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="9">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="10">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="11">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="12">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="13">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="14">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="15">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="16">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="17">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="18">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="19">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+</w:numbering>
+</file>
+
+<file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
+  <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean"/>
+  <w:defaultTabStop w:val="708"/>
+  <w:autoHyphenation/>
+  <w:hyphenationZone w:val="425"/>
+  <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:hdrShapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+  </w:hdrShapeDefaults>
+  <w:footnotePr>
+    <w:footnote w:id="-1"/>
+    <w:footnote w:id="0"/>
+  </w:footnotePr>
+  <w:endnotePr>
+    <w:endnote w:id="-1"/>
+    <w:endnote w:id="0"/>
+  </w:endnotePr>
+  <w:compat>
+    <w:doNotExpandShiftReturn/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+  </w:compat>
+  <w:rsids>
+    <w:rsidRoot w:val="009147B1"/>
+    <w:rsid w:val="00036774"/>
+    <w:rsid w:val="00037A7C"/>
+    <w:rsid w:val="00065DC7"/>
+    <w:rsid w:val="000B010C"/>
+    <w:rsid w:val="00137B34"/>
+    <w:rsid w:val="00182D2B"/>
+    <w:rsid w:val="001839C2"/>
+    <w:rsid w:val="001A031A"/>
+    <w:rsid w:val="001D55AC"/>
+    <w:rsid w:val="001F1A70"/>
+    <w:rsid w:val="00224492"/>
+    <w:rsid w:val="00293AAF"/>
+    <w:rsid w:val="002A16A4"/>
+    <w:rsid w:val="003B05B8"/>
+    <w:rsid w:val="00402BDC"/>
+    <w:rsid w:val="004054CE"/>
+    <w:rsid w:val="00406B34"/>
+    <w:rsid w:val="0044634D"/>
+    <w:rsid w:val="00467886"/>
+    <w:rsid w:val="004A4FA5"/>
+    <w:rsid w:val="004A75E6"/>
+    <w:rsid w:val="00516571"/>
+    <w:rsid w:val="005225B8"/>
+    <w:rsid w:val="005325A6"/>
+    <w:rsid w:val="00573D00"/>
+    <w:rsid w:val="005E3102"/>
+    <w:rsid w:val="00604A4A"/>
+    <w:rsid w:val="006673B7"/>
+    <w:rsid w:val="00680F69"/>
+    <w:rsid w:val="00683A3F"/>
+    <w:rsid w:val="006867F7"/>
+    <w:rsid w:val="006B7EB0"/>
+    <w:rsid w:val="006E218A"/>
+    <w:rsid w:val="00712875"/>
+    <w:rsid w:val="007B23A0"/>
+    <w:rsid w:val="007B7E24"/>
+    <w:rsid w:val="00842B32"/>
+    <w:rsid w:val="0086045E"/>
+    <w:rsid w:val="008654B6"/>
+    <w:rsid w:val="008728E5"/>
+    <w:rsid w:val="008801EF"/>
+    <w:rsid w:val="00892E54"/>
+    <w:rsid w:val="008C4DF7"/>
+    <w:rsid w:val="008E7E9C"/>
+    <w:rsid w:val="009147B1"/>
+    <w:rsid w:val="00915AD7"/>
+    <w:rsid w:val="009B349B"/>
+    <w:rsid w:val="00A1638D"/>
+    <w:rsid w:val="00A60C9B"/>
+    <w:rsid w:val="00A67FCE"/>
+    <w:rsid w:val="00AC6E1D"/>
+    <w:rsid w:val="00AE00F9"/>
+    <w:rsid w:val="00B17CE6"/>
+    <w:rsid w:val="00B3065A"/>
+    <w:rsid w:val="00BA0FFD"/>
+    <w:rsid w:val="00BD114C"/>
+    <w:rsid w:val="00CB4C3B"/>
+    <w:rsid w:val="00D33A12"/>
+    <w:rsid w:val="00D4027C"/>
+    <w:rsid w:val="00D42D3C"/>
+    <w:rsid w:val="00D448FB"/>
+    <w:rsid w:val="00D57332"/>
+    <w:rsid w:val="00D83C91"/>
+    <w:rsid w:val="00DA5412"/>
+    <w:rsid w:val="00DC19A1"/>
+    <w:rsid w:val="00DC3B11"/>
+    <w:rsid w:val="00DE3991"/>
+    <w:rsid w:val="00DF16FD"/>
+    <w:rsid w:val="00EB6019"/>
+    <w:rsid w:val="00EC01F7"/>
+    <w:rsid w:val="00EE2EEA"/>
+    <w:rsid w:val="00F2183A"/>
+    <w:rsid w:val="00F97DE9"/>
+    <w:rsid w:val="00FA430F"/>
+    <w:rsid w:val="00FE3A48"/>
+  </w:rsids>
+  <m:mathPr>
+    <m:mathFont m:val="Cambria Math"/>
+    <m:brkBin m:val="before"/>
+    <m:brkBinSub m:val="--"/>
+    <m:smallFrac m:val="0"/>
+    <m:dispDef/>
+    <m:lMargin m:val="0"/>
+    <m:rMargin m:val="0"/>
+    <m:defJc m:val="centerGroup"/>
+    <m:wrapIndent m:val="1440"/>
+    <m:intLim m:val="subSup"/>
+    <m:naryLim m:val="undOvr"/>
+  </m:mathPr>
+  <w:themeFontLang w:val="pl-PL" w:eastAsia="" w:bidi=""/>
+  <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:shapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapelayout v:ext="edit">
+      <o:idmap v:ext="edit" data="1"/>
+    </o:shapelayout>
+  </w:shapeDefaults>
+  <w:decimalSymbol w:val=","/>
+  <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="253C5ACF"/>
+  <w15:docId w15:val="{304FB921-6A82-41BB-87F8-EBF507F0F6E1}"/>
+</w:settings>
+</file>
+
+<file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:kern w:val="2"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="pl-PL" w:eastAsia="pl-PL" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+    </w:pPrDefault>
+  </w:docDefaults>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
+    <w:lsdException w:name="Normal" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:locked="1" w:uiPriority="9"/>
+    <w:lsdException w:name="heading 2" w:locked="1" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="heading 3" w:locked="1" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:locked="1" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:locked="1" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:locked="1" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:locked="1" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:locked="1" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:locked="1" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:locked="1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:locked="1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:locked="1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:locked="1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:locked="1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:locked="1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:locked="1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:locked="1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:locked="1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:locked="1" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:locked="1" w:semiHidden="1" w:uiPriority="10" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Closing" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:locked="1" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:locked="1" w:semiHidden="1" w:uiPriority="11" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Salutation" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:locked="1" w:semiHidden="1" w:uiPriority="22" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Emphasis" w:locked="1" w:semiHidden="1" w:uiPriority="20" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Document Map" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:locked="1" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="1" w:uiPriority="34" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="1" w:uiPriority="29" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="1" w:uiPriority="30" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="1" w:uiPriority="19" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="1" w:uiPriority="21" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="1" w:uiPriority="31" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="1" w:uiPriority="32" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="1" w:uiPriority="33" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normalny">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="007466B2"/>
+    <w:pPr>
+      <w:spacing w:after="240" w:line="288" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Nagwek1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:next w:val="Normalny"/>
+    <w:link w:val="Nagwek1Znak"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:locked/>
+    <w:rsid w:val="002D349B"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="240"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Nagwek2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:next w:val="Normalny"/>
+    <w:link w:val="Nagwek2Znak"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:locked/>
+    <w:rsid w:val="00224492"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="Domylnaczcionkaakapitu">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="Standardowy">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:default="1" w:styleId="Bezlisty">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Nagwek1Znak">
+    <w:name w:val="Nagłówek 1 Znak"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:link w:val="Nagwek1"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:locked/>
+    <w:rsid w:val="006A1D5E"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cs="Times New Roman"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="czeinternetowe">
+    <w:name w:val="Łącze internetowe"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:locked/>
+    <w:rsid w:val="00EB579D"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
+      <w:color w:val="auto"/>
+      <w:spacing w:val="0"/>
+      <w:kern w:val="2"/>
+      <w:position w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:u w:val="single"/>
+      <w:vertAlign w:val="baseline"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="UMP-kodkreskowyznakkocaakapitu">
+    <w:name w:val="UMP - kod kreskowy znak końca akapitu"/>
+    <w:qFormat/>
+    <w:rsid w:val="006C28D0"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:color w:val="auto"/>
+      <w:spacing w:val="0"/>
+      <w:w w:val="100"/>
+      <w:kern w:val="2"/>
+      <w:position w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:u w:val="none"/>
+      <w:vertAlign w:val="baseline"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="UMP-klauzularodohipercze">
+    <w:name w:val="UMP - klauzula rodo hiperłącze"/>
+    <w:qFormat/>
+    <w:rsid w:val="00316E6F"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:color w:val="auto"/>
+      <w:spacing w:val="20"/>
+      <w:w w:val="100"/>
+      <w:kern w:val="2"/>
+      <w:position w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:u w:val="single"/>
+      <w:vertAlign w:val="baseline"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="UMP-stopkahipercze">
+    <w:name w:val="UMP - stopka hiperłącze"/>
+    <w:qFormat/>
+    <w:rsid w:val="00297D75"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:color w:val="auto"/>
+      <w:spacing w:val="0"/>
+      <w:w w:val="100"/>
+      <w:position w:val="0"/>
+      <w:sz w:val="18"/>
+      <w:u w:val="single"/>
+      <w:vertAlign w:val="baseline"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="UMP-dotyczypogrubione">
+    <w:name w:val="UMP - dotyczy pogrubione"/>
+    <w:qFormat/>
+    <w:rsid w:val="00BD5601"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:b/>
+      <w:color w:val="auto"/>
+      <w:kern w:val="2"/>
+      <w:position w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:u w:val="none"/>
+      <w:vertAlign w:val="baseline"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="NagwekZnak">
+    <w:name w:val="Nagłówek Znak"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:link w:val="Nagwek"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:locked/>
+    <w:rsid w:val="00297D75"/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="StopkaZnak">
+    <w:name w:val="Stopka Znak"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:link w:val="Stopka"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:locked/>
+    <w:rsid w:val="00297D75"/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TekstdymkaZnak">
+    <w:name w:val="Tekst dymka Znak"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:link w:val="Tekstdymka"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:qFormat/>
+    <w:locked/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Odwoaniedokomentarza">
+    <w:name w:val="annotation reference"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:locked/>
+    <w:rsid w:val="00AC0696"/>
+    <w:rPr>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TekstkomentarzaZnak">
+    <w:name w:val="Tekst komentarza Znak"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:link w:val="Tekstkomentarza"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:qFormat/>
+    <w:rsid w:val="00AC0696"/>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TematkomentarzaZnak">
+    <w:name w:val="Temat komentarza Znak"/>
+    <w:basedOn w:val="TekstkomentarzaZnak"/>
+    <w:link w:val="Tematkomentarza"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:qFormat/>
+    <w:rsid w:val="00AC0696"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Nagwek">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:next w:val="Tekstpodstawowy"/>
+    <w:link w:val="NagwekZnak"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:locked/>
+    <w:rsid w:val="00297D75"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4536"/>
+        <w:tab w:val="right" w:pos="9072"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Tekstpodstawowy">
+    <w:name w:val="Body Text"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:pPr>
+      <w:spacing w:after="140" w:line="276" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Lista">
+    <w:name w:val="List"/>
+    <w:basedOn w:val="Tekstpodstawowy"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Legenda">
+    <w:name w:val="caption"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Indeks">
+    <w:name w:val="Indeks"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="UMP-stopkastrony">
+    <w:name w:val="UMP - stopka strony"/>
+    <w:qFormat/>
+    <w:rsid w:val="00F50E98"/>
+    <w:pPr>
+      <w:spacing w:line="288" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="UMP-zwrotszanowni">
+    <w:name w:val="UMP - zwrot szanowni"/>
+    <w:basedOn w:val="UMP-tekstpodstawowy"/>
+    <w:next w:val="UMP-tekstpodstawowy"/>
+    <w:qFormat/>
+    <w:rsid w:val="00443C47"/>
+    <w:pPr>
+      <w:spacing w:before="480"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="UMP-dotyczy">
+    <w:name w:val="UMP - dotyczy"/>
+    <w:next w:val="UMP-zwrotszanowni"/>
+    <w:qFormat/>
+    <w:rsid w:val="00567B17"/>
+    <w:pPr>
+      <w:spacing w:before="480" w:after="480" w:line="288" w:lineRule="auto"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="UMP-stopkanrstrony">
+    <w:name w:val="UMP - stopka nr strony"/>
+    <w:basedOn w:val="UMP-stopkastrony"/>
+    <w:qFormat/>
+    <w:rsid w:val="00F77749"/>
+    <w:pPr>
+      <w:jc w:val="center"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="UMP-nagwekpierwszegopoziomu">
+    <w:name w:val="UMP - nagłówek pierwszego poziomu"/>
+    <w:basedOn w:val="UMP-tekstpodstawowy"/>
+    <w:next w:val="UMP-tekstpodstawowy"/>
+    <w:qFormat/>
+    <w:rsid w:val="005225B8"/>
+    <w:pPr>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="UMP-data-znak-UID-za-prowadzi">
+    <w:name w:val="UMP - data - znak - UID - zał - prowadzi"/>
+    <w:qFormat/>
+    <w:rsid w:val="00567B17"/>
+    <w:pPr>
+      <w:spacing w:after="240" w:line="288" w:lineRule="auto"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="UMP-podpis">
+    <w:name w:val="UMP - podpis"/>
+    <w:basedOn w:val="UMP-tekstpodstawowy"/>
+    <w:qFormat/>
+    <w:rsid w:val="00F77749"/>
+    <w:pPr>
+      <w:spacing w:before="0" w:after="480"/>
+      <w:ind w:left="4961"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="UMP-zwrotzpowaaniem">
+    <w:name w:val="UMP - zwrot z poważaniem"/>
+    <w:basedOn w:val="UMP-tekstpodstawowy"/>
+    <w:next w:val="UMP-podpis"/>
+    <w:qFormat/>
+    <w:rsid w:val="0047632A"/>
+    <w:pPr>
+      <w:spacing w:before="360"/>
+      <w:ind w:left="4961"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="UMP-odbiorca">
+    <w:name w:val="UMP - odbiorca"/>
+    <w:qFormat/>
+    <w:rsid w:val="00BB45A0"/>
+    <w:pPr>
+      <w:spacing w:line="288" w:lineRule="auto"/>
+      <w:ind w:left="4961"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="UMP-kodkreskowy">
+    <w:name w:val="UMP - kod kreskowy"/>
+    <w:next w:val="UMP-nrdziennika"/>
+    <w:qFormat/>
+    <w:rsid w:val="00233C43"/>
+    <w:pPr>
+      <w:ind w:left="4961"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Free 3 of 9" w:hAnsi="Free 3 of 9"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="UMP-nrdziennika">
+    <w:name w:val="UMP - nr dziennika"/>
+    <w:next w:val="UMP-odbiorca"/>
+    <w:qFormat/>
+    <w:rsid w:val="005D7260"/>
+    <w:pPr>
+      <w:spacing w:before="60" w:after="120" w:line="288" w:lineRule="auto"/>
+      <w:ind w:left="4961"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="UMP-nagwekstrony">
+    <w:name w:val="UMP - nagłówek strony"/>
+    <w:qFormat/>
+    <w:rsid w:val="000F6E86"/>
+    <w:pPr>
+      <w:spacing w:line="288" w:lineRule="auto"/>
+      <w:ind w:right="4536"/>
+    </w:pPr>
+    <w:rPr>
+      <w:caps/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="UMP-klauzularodotytu">
+    <w:name w:val="UMP - klauzula rodo tytuł"/>
+    <w:basedOn w:val="UMP-klauzularodotre"/>
+    <w:next w:val="UMP-klauzularodotre"/>
+    <w:qFormat/>
+    <w:rsid w:val="00567B17"/>
+    <w:pPr>
+      <w:pageBreakBefore/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="UMP-listawyroniona">
+    <w:name w:val="UMP - lista wyrożniona"/>
+    <w:basedOn w:val="UMP-tekstpodstawowy"/>
+    <w:qFormat/>
+    <w:rsid w:val="002F2FCE"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="2"/>
+      </w:numPr>
+      <w:spacing w:before="0"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="UMP-listanumerowana">
+    <w:name w:val="UMP - lista numerowana"/>
+    <w:basedOn w:val="UMP-tekstpodstawowy"/>
+    <w:qFormat/>
+    <w:rsid w:val="002F2FCE"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="1"/>
+      </w:numPr>
+      <w:spacing w:before="0"/>
+      <w:ind w:left="425" w:hanging="425"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="UMP-klauzularodotre">
+    <w:name w:val="UMP - klauzula rodo treść"/>
+    <w:basedOn w:val="UMP-tekstpodstawowy"/>
+    <w:qFormat/>
+    <w:rsid w:val="00567B17"/>
+    <w:rPr>
+      <w:spacing w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="UMP-informacja">
+    <w:name w:val="UMP - informacja"/>
+    <w:basedOn w:val="UMP-tekstpodstawowy"/>
+    <w:qFormat/>
+    <w:rsid w:val="00567B17"/>
+    <w:pPr>
+      <w:spacing w:before="480"/>
+    </w:pPr>
+    <w:rPr>
+      <w:spacing w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="UMP-nagwekdrugiegopoziomu">
+    <w:name w:val="UMP - nagłówek drugiego poziomu"/>
+    <w:basedOn w:val="UMP-tekstpodstawowy"/>
+    <w:next w:val="UMP-tekstpodstawowy"/>
+    <w:qFormat/>
+    <w:rsid w:val="005225B8"/>
+    <w:pPr>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="UMP-tabeladanewkomrkachdoprzecinkadziesitnego">
+    <w:name w:val="UMP - tabela dane w komórkach do przecinka dziesiętnego"/>
+    <w:basedOn w:val="UMP-tabeladanewkomrkachdolewej"/>
+    <w:qFormat/>
+    <w:rsid w:val="00F614E2"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="decimal" w:pos="851"/>
+      </w:tabs>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="UMP-tabeladanewkomrkachdolewej">
+    <w:name w:val="UMP - tabela dane w komórkach do lewej"/>
+    <w:qFormat/>
+    <w:rsid w:val="005A2F70"/>
+    <w:pPr>
+      <w:spacing w:before="120" w:after="120" w:line="288" w:lineRule="auto"/>
+      <w:ind w:left="113" w:right="113"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="UMP-tabeladanewkomrkachdorodka">
+    <w:name w:val="UMP - tabela dane w komórkach do środka"/>
+    <w:basedOn w:val="UMP-tabeladanewkomrkachdolewej"/>
+    <w:qFormat/>
+    <w:rsid w:val="00F614E2"/>
+    <w:pPr>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="UMP-listanumerowanazodstpemakapitowym">
+    <w:name w:val="UMP - lista numerowana z odstępem akapitowym"/>
+    <w:basedOn w:val="UMP-listanumerowana"/>
+    <w:qFormat/>
+    <w:rsid w:val="000F6E86"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="UMP-listawyrnionazodstpemakapitowym">
+    <w:name w:val="UMP - lista wyróżniona z odstępem akapitowym"/>
+    <w:basedOn w:val="UMP-listawyroniona"/>
+    <w:qFormat/>
+    <w:rsid w:val="002F2FCE"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="UMP-tekstpodstawowy">
+    <w:name w:val="UMP - tekst podstawowy"/>
+    <w:qFormat/>
+    <w:rsid w:val="00567B17"/>
+    <w:pPr>
+      <w:spacing w:before="240" w:after="240" w:line="288" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Gwkaistopka">
+    <w:name w:val="Główka i stopka"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:qFormat/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Stopka">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:link w:val="StopkaZnak"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:locked/>
+    <w:rsid w:val="00297D75"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4536"/>
+        <w:tab w:val="right" w:pos="9072"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Tekstdymka">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:link w:val="TekstdymkaZnak"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:locked/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Tekstkomentarza">
+    <w:name w:val="annotation text"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:link w:val="TekstkomentarzaZnak"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:locked/>
+    <w:rsid w:val="00AC0696"/>
+    <w:pPr>
+      <w:spacing w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Tematkomentarza">
+    <w:name w:val="annotation subject"/>
+    <w:basedOn w:val="Tekstkomentarza"/>
+    <w:next w:val="Tekstkomentarza"/>
+    <w:link w:val="TematkomentarzaZnak"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:locked/>
+    <w:rsid w:val="00AC0696"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Tabela-Siatka">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="Standardowy"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="000A7EE5"/>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="redniecieniowanie2akcent5">
+    <w:name w:val="Medium Shading 2 Accent 5"/>
+    <w:basedOn w:val="Standardowy"/>
+    <w:uiPriority w:val="64"/>
+    <w:rsid w:val="00675271"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="5B9BD5" w:themeFill="accent5"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:color w:val="auto"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="5B9BD5" w:themeFill="accent5"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="5B9BD5" w:themeFill="accent5"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="D8D8D8" w:themeFill="background1" w:themeFillShade="D8"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="D8D8D8" w:themeFill="background1" w:themeFillShade="D8"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="UMP-tabelaprosta">
+    <w:name w:val="UMP - tabela prosta"/>
+    <w:basedOn w:val="Standardowy"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00F614E2"/>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+      </w:tblBorders>
+      <w:tblCellMar>
+        <w:left w:w="0" w:type="dxa"/>
+        <w:right w:w="0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:beforeLines="0" w:before="0" w:afterLines="0" w:after="0" w:line="288" w:lineRule="auto"/>
+        <w:ind w:rightChars="0" w:right="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:caps w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:trPr>
+        <w:tblHeader/>
+      </w:trPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Tabelasiatki6kolorowaakcent2">
+    <w:name w:val="Grid Table 6 Colorful Accent 2"/>
+    <w:basedOn w:val="Standardowy"/>
+    <w:uiPriority w:val="51"/>
+    <w:rsid w:val="00675271"/>
+    <w:rPr>
+      <w:color w:val="C45911" w:themeColor="accent2" w:themeShade="BF"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="F4B083" w:themeColor="accent2" w:themeTint="99"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="F4B083" w:themeColor="accent2" w:themeTint="99"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="F4B083" w:themeColor="accent2" w:themeTint="99"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="F4B083" w:themeColor="accent2" w:themeTint="99"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="F4B083" w:themeColor="accent2" w:themeTint="99"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="F4B083" w:themeColor="accent2" w:themeTint="99"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="12" w:space="0" w:color="ED7D31" w:themeColor="accent2"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="4" w:space="0" w:color="ED7D31" w:themeColor="accent2"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FBE4D5" w:themeFill="accent2" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FBE4D5" w:themeFill="accent2" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Tabela-Kolorowy1">
+    <w:name w:val="Table Colorful 1"/>
+    <w:basedOn w:val="Standardowy"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00675271"/>
+    <w:rPr>
+      <w:color w:val="FFFFFF"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="12" w:space="0" w:color="008080"/>
+        <w:left w:val="single" w:sz="12" w:space="0" w:color="008080"/>
+        <w:bottom w:val="single" w:sz="12" w:space="0" w:color="008080"/>
+        <w:right w:val="single" w:sz="12" w:space="0" w:color="008080"/>
+        <w:insideH w:val="single" w:sz="6" w:space="0" w:color="00FFFF"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="solid" w:color="008080" w:fill="FFFFFF"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:tl2br w:val="none" w:sz="6" w:space="0" w:color="auto"/>
+          <w:tr2bl w:val="none" w:sz="6" w:space="0" w:color="auto"/>
+        </w:tcBorders>
+        <w:shd w:val="solid" w:color="000000" w:fill="FFFFFF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:tl2br w:val="none" w:sz="6" w:space="0" w:color="auto"/>
+          <w:tr2bl w:val="none" w:sz="6" w:space="0" w:color="auto"/>
+        </w:tcBorders>
+        <w:shd w:val="solid" w:color="000080" w:fill="FFFFFF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:tl2br w:val="none" w:sz="6" w:space="0" w:color="auto"/>
+          <w:tr2bl w:val="none" w:sz="6" w:space="0" w:color="auto"/>
+        </w:tcBorders>
+        <w:shd w:val="solid" w:color="000000" w:fill="FFFFFF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:tl2br w:val="none" w:sz="6" w:space="0" w:color="auto"/>
+          <w:tr2bl w:val="none" w:sz="6" w:space="0" w:color="auto"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Tabela-Klasyczny3">
+    <w:name w:val="Table Classic 3"/>
+    <w:basedOn w:val="Standardowy"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00675271"/>
+    <w:rPr>
+      <w:color w:val="000080"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+        <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+        <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+        <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="solid" w:color="C0C0C0" w:fill="FFFFFF"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i/>
+        <w:color w:val="FFFFFF"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+          <w:tl2br w:val="none" w:sz="6" w:space="0" w:color="auto"/>
+          <w:tr2bl w:val="none" w:sz="6" w:space="0" w:color="auto"/>
+        </w:tcBorders>
+        <w:shd w:val="solid" w:color="000080" w:fill="FFFFFF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:color w:val="000080"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+          <w:tl2br w:val="none" w:sz="6" w:space="0" w:color="auto"/>
+          <w:tr2bl w:val="none" w:sz="6" w:space="0" w:color="auto"/>
+        </w:tcBorders>
+        <w:shd w:val="solid" w:color="FFFFFF" w:fill="FFFFFF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:tl2br w:val="none" w:sz="6" w:space="0" w:color="auto"/>
+          <w:tr2bl w:val="none" w:sz="6" w:space="0" w:color="auto"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Nagwek2Znak">
+    <w:name w:val="Nagłówek 2 Znak"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:link w:val="Nagwek2"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00224492"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="UMP-odpowiednapytanie">
+    <w:name w:val="UMP - odpowiedź na pytanie"/>
+    <w:basedOn w:val="UMP-nagwekdrugiegopoziomu"/>
+    <w:next w:val="UMP-tekstpodstawowy"/>
+    <w:qFormat/>
+    <w:rsid w:val="008E7E9C"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="5"/>
+      </w:numPr>
+      <w:ind w:left="360"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Akapitzlist">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:uiPriority w:val="34"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00036774"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+</w:styles>
+</file>
+
+<file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+  <w:divs>
+    <w:div w:id="1983347964">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
+</w:webSettings>
+</file>
+
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
+</file>
+
+<file path=word/_rels/footer2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.poznan.pl/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sekretariat_m.wisniewski@um.poznan.pl" TargetMode="External"/></Relationships>
+</file>
+
+<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+</file>
+
+<file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motyw pakietu Office">
   <a:themeElements>
     <a:clrScheme name="Pakiet Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1F497D"/>
+        <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EEECE1"/>
+        <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4F81BD"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="C0504D"/>
+        <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9BBB59"/>
+        <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064A2"/>
+        <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4BACC6"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F79646"/>
+        <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Pakiet Office">
       <a:majorFont>
-        <a:latin typeface="Cambria" panose="020F0302020204030204"/>
+        <a:latin typeface="Calibri Light"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
-        <a:font script="Thai" typeface="Tahoma"/>
+        <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
+        <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
-        <a:font script="Thai" typeface="Tahoma"/>
+        <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
@@ -1471,5310 +5038,231 @@
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Pakiet Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="35000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="37000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="15000"/>
-                <a:satMod val="350000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="1"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:shade val="51000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="80000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:shade val="93000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="94000"/>
-                <a:satMod val="135000"/>
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="0"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
-[...8 lines deleted...]
-        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="38000"/>
+                <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
-        </a:effectStyle>
-[...27 lines deleted...]
-          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="40000"/>
-                <a:satMod val="350000"/>
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="40000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="45000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="20000"/>
-                <a:satMod val="255000"/>
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:path path="circle">
-[...20 lines deleted...]
-          </a:path>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+    </a:ext>
+  </a:extLst>
 </a:theme>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
-<file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...5070 lines deleted...]
-</worksheet>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{48D54150-967D-4BB4-BA48-C5EA680176E8}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Application>Microsoft Excel</Application>
+  <Template>Normal.dotm</Template>
+  <TotalTime></TotalTime>
+  <Pages>3</Pages>
+  <Words>665</Words>
+  <Characters>3994</Characters>
+  <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
+  <Lines>33</Lines>
+  <Paragraphs>9</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
-        <vt:lpstr>Arkusze</vt:lpstr>
+        <vt:lpstr>Tytuł</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>5</vt:i4>
+        <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="5" baseType="lpstr">
-[...4 lines deleted...]
-      <vt:lpstr>SLO</vt:lpstr>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
+  <Company>ump</Company>
   <LinksUpToDate>false</LinksUpToDate>
+  <CharactersWithSpaces>4650</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Sekretariat</dc:creator>
+  <dc:title>Interpelacja w sprawie danych statystycznych na potrzeby diagnozy potrzeb młodzieży</dc:title>
+  <dc:subject/>
+  <dc:creator>Urząd Miasta Poznania</dc:creator>
+  <cp:keywords>interpelacja; diagnoza potrzeb młodzieży; dane statystyczne; liczba mieszkańców Poznania; Osiedle Nowe Winogrady Północ; liczba uczniów;</cp:keywords>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
+  <dc:language>pl-PL</dc:language>
 </cp:coreProperties>
 </file>