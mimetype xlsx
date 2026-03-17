--- v1 (2026-01-12)
+++ v2 (2026-03-17)
@@ -1,5076 +1,707 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="png" ContentType="image/png"/>
+  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-[...11 lines deleted...]
-  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
+  <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
+  <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
-<file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-[...854 lines deleted...]
-</w:document>
+<file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="20396"/>
+  <workbookPr/>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice Requires="x15">
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\pausow\Desktop\Interpelacje\305\do opublikowania\"/>
+    </mc:Choice>
+  </mc:AlternateContent>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{8A06C5F4-B2F6-48D9-A0B8-902EE1FF4167}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <bookViews>
+    <workbookView xWindow="0" yWindow="0" windowWidth="28800" windowHeight="12105" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+  </bookViews>
+  <sheets>
+    <sheet name="Poznań" sheetId="1" r:id="rId1"/>
+    <sheet name="Os. Nowe Winogrady Północ" sheetId="2" r:id="rId2"/>
+  </sheets>
+  <calcPr calcId="191029"/>
+  <extLst>
+    <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
+      <x15:workbookPr chartTrackingRefBase="1"/>
+    </ext>
+  </extLst>
+</workbook>
 </file>
 
-<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-[...21 lines deleted...]
-</w:endnotes>
+<file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
+<calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <c r="B112" i="1" l="1"/>
+</calcChain>
 </file>
 
-<file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-[...65 lines deleted...]
-</w:fonts>
+<file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="564" uniqueCount="115">
+  <si>
+    <t>Rok         urodzenia</t>
+  </si>
+  <si>
+    <t>Liczba mieszkańców</t>
+  </si>
+  <si>
+    <t>1917</t>
+  </si>
+  <si>
+    <t>1919</t>
+  </si>
+  <si>
+    <t>1920</t>
+  </si>
+  <si>
+    <t>1921</t>
+  </si>
+  <si>
+    <t>1922</t>
+  </si>
+  <si>
+    <t>1923</t>
+  </si>
+  <si>
+    <t>1924</t>
+  </si>
+  <si>
+    <t>1925</t>
+  </si>
+  <si>
+    <t>1926</t>
+  </si>
+  <si>
+    <t>1927</t>
+  </si>
+  <si>
+    <t>1928</t>
+  </si>
+  <si>
+    <t>1929</t>
+  </si>
+  <si>
+    <t>1930</t>
+  </si>
+  <si>
+    <t>1931</t>
+  </si>
+  <si>
+    <t>1932</t>
+  </si>
+  <si>
+    <t>1933</t>
+  </si>
+  <si>
+    <t>1934</t>
+  </si>
+  <si>
+    <t>1935</t>
+  </si>
+  <si>
+    <t>1936</t>
+  </si>
+  <si>
+    <t>1937</t>
+  </si>
+  <si>
+    <t>1938</t>
+  </si>
+  <si>
+    <t>1939</t>
+  </si>
+  <si>
+    <t>1940</t>
+  </si>
+  <si>
+    <t>1941</t>
+  </si>
+  <si>
+    <t>1942</t>
+  </si>
+  <si>
+    <t>1943</t>
+  </si>
+  <si>
+    <t>1944</t>
+  </si>
+  <si>
+    <t>1945</t>
+  </si>
+  <si>
+    <t>1946</t>
+  </si>
+  <si>
+    <t>1947</t>
+  </si>
+  <si>
+    <t>1948</t>
+  </si>
+  <si>
+    <t>1949</t>
+  </si>
+  <si>
+    <t>1950</t>
+  </si>
+  <si>
+    <t>1951</t>
+  </si>
+  <si>
+    <t>1952</t>
+  </si>
+  <si>
+    <t>1953</t>
+  </si>
+  <si>
+    <t>1954</t>
+  </si>
+  <si>
+    <t>1955</t>
+  </si>
+  <si>
+    <t>1956</t>
+  </si>
+  <si>
+    <t>1957</t>
+  </si>
+  <si>
+    <t>1958</t>
+  </si>
+  <si>
+    <t>1959</t>
+  </si>
+  <si>
+    <t>1960</t>
+  </si>
+  <si>
+    <t>1961</t>
+  </si>
+  <si>
+    <t>1962</t>
+  </si>
+  <si>
+    <t>1963</t>
+  </si>
+  <si>
+    <t>1964</t>
+  </si>
+  <si>
+    <t>1965</t>
+  </si>
+  <si>
+    <t>1966</t>
+  </si>
+  <si>
+    <t>1967</t>
+  </si>
+  <si>
+    <t>1968</t>
+  </si>
+  <si>
+    <t>1969</t>
+  </si>
+  <si>
+    <t>1970</t>
+  </si>
+  <si>
+    <t>1971</t>
+  </si>
+  <si>
+    <t>1972</t>
+  </si>
+  <si>
+    <t>1973</t>
+  </si>
+  <si>
+    <t>1974</t>
+  </si>
+  <si>
+    <t>1975</t>
+  </si>
+  <si>
+    <t>1976</t>
+  </si>
+  <si>
+    <t>1977</t>
+  </si>
+  <si>
+    <t>1978</t>
+  </si>
+  <si>
+    <t>1979</t>
+  </si>
+  <si>
+    <t>1980</t>
+  </si>
+  <si>
+    <t>1981</t>
+  </si>
+  <si>
+    <t>1982</t>
+  </si>
+  <si>
+    <t>1983</t>
+  </si>
+  <si>
+    <t>1984</t>
+  </si>
+  <si>
+    <t>1985</t>
+  </si>
+  <si>
+    <t>1986</t>
+  </si>
+  <si>
+    <t>1987</t>
+  </si>
+  <si>
+    <t>1988</t>
+  </si>
+  <si>
+    <t>1989</t>
+  </si>
+  <si>
+    <t>1990</t>
+  </si>
+  <si>
+    <t>1991</t>
+  </si>
+  <si>
+    <t>1992</t>
+  </si>
+  <si>
+    <t>1993</t>
+  </si>
+  <si>
+    <t>1994</t>
+  </si>
+  <si>
+    <t>1995</t>
+  </si>
+  <si>
+    <t>1996</t>
+  </si>
+  <si>
+    <t>1997</t>
+  </si>
+  <si>
+    <t>1998</t>
+  </si>
+  <si>
+    <t>1999</t>
+  </si>
+  <si>
+    <t>2000</t>
+  </si>
+  <si>
+    <t>2001</t>
+  </si>
+  <si>
+    <t>2002</t>
+  </si>
+  <si>
+    <t>2003</t>
+  </si>
+  <si>
+    <t>2004</t>
+  </si>
+  <si>
+    <t>2005</t>
+  </si>
+  <si>
+    <t>2006</t>
+  </si>
+  <si>
+    <t>2007</t>
+  </si>
+  <si>
+    <t>2008</t>
+  </si>
+  <si>
+    <t>2009</t>
+  </si>
+  <si>
+    <t>2010</t>
+  </si>
+  <si>
+    <t>2011</t>
+  </si>
+  <si>
+    <t>2012</t>
+  </si>
+  <si>
+    <t>2013</t>
+  </si>
+  <si>
+    <t>2014</t>
+  </si>
+  <si>
+    <t>2015</t>
+  </si>
+  <si>
+    <t>2016</t>
+  </si>
+  <si>
+    <t>2017</t>
+  </si>
+  <si>
+    <t>2018</t>
+  </si>
+  <si>
+    <t>2019</t>
+  </si>
+  <si>
+    <t>2020</t>
+  </si>
+  <si>
+    <t>2021</t>
+  </si>
+  <si>
+    <t>2022</t>
+  </si>
+  <si>
+    <t>2023</t>
+  </si>
+  <si>
+    <t>2024</t>
+  </si>
+  <si>
+    <t>Liczba mieszkańców Poznania zameldowanych na pobyt stały i czasowy (stan na 16.10.2025 r.)</t>
+  </si>
+  <si>
+    <t>Razem</t>
+  </si>
+  <si>
+    <t>Liczba mieszkańców Os. Nowe Winogrady Północ zameldowanych na pobyt stały i czasowy (stan na 16.10.2025 r.)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Razem </t>
+  </si>
+  <si>
+    <t>Załącznik 1a</t>
+  </si>
+  <si>
+    <t>Załącznik 1b</t>
+  </si>
+</sst>
 </file>
 
-<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-[...27 lines deleted...]
-</w:ftr>
+<file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
+  <fonts count="6" x14ac:knownFonts="1">
+    <font>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <charset val="238"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color rgb="FF000000"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <charset val="238"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Arial"/>
+      <family val="2"/>
+      <charset val="238"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <color rgb="FF404040"/>
+      <name val="Arial"/>
+      <family val="2"/>
+      <charset val="238"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="12"/>
+      <color rgb="FF000000"/>
+      <name val="Arial"/>
+      <family val="2"/>
+      <charset val="238"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Arial"/>
+      <family val="2"/>
+      <charset val="238"/>
+    </font>
+  </fonts>
+  <fills count="4">
+    <fill>
+      <patternFill patternType="none"/>
+    </fill>
+    <fill>
+      <patternFill patternType="gray125"/>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFF0F0F0"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFFAFAFA"/>
+      </patternFill>
+    </fill>
+  </fills>
+  <borders count="3">
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color rgb="FFE0E0E0"/>
+      </left>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+  </borders>
+  <cellStyleXfs count="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
+  </cellStyleXfs>
+  <cellXfs count="19">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+  </cellXfs>
+  <cellStyles count="1">
+    <cellStyle name="Normalny" xfId="0" builtinId="0"/>
+  </cellStyles>
+  <dxfs count="0"/>
+  <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
+      <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
+    </ext>
+    <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
+      <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
+    </ext>
+  </extLst>
+</styleSheet>
 </file>
 
-<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-[...92 lines deleted...]
-</w:ftr>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
-<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-[...3798 lines deleted...]
-<file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motyw pakietu Office">
   <a:themeElements>
     <a:clrScheme name="Pakiet Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Pakiet Office">
       <a:majorFont>
-        <a:latin typeface="Calibri Light"/>
+        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
-        <a:font script="Thai" typeface="Angsana New"/>
+        <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游明朝"/>
+        <a:font script="Jpan" typeface="游ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
-        <a:font script="Thai" typeface="Cordia New"/>
+        <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Pakiet Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
@@ -5177,92 +808,2320 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
-<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
-<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+<file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
+  <sheetPr>
+    <pageSetUpPr fitToPage="1"/>
+  </sheetPr>
+  <dimension ref="A1:E114"/>
+  <sheetViews>
+    <sheetView workbookViewId="0">
+      <selection activeCell="I17" sqref="I17"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="15.7109375" style="3" customWidth="1"/>
+    <col min="2" max="2" width="24.7109375" style="2" customWidth="1"/>
+    <col min="3" max="3" width="0.42578125" style="2" customWidth="1"/>
+    <col min="4" max="4" width="9.140625" style="2" hidden="1" customWidth="1"/>
+    <col min="5" max="5" width="9.140625" style="2" customWidth="1"/>
+    <col min="6" max="16384" width="9.140625" style="2"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:5" s="4" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A1" s="18" t="s">
+        <v>113</v>
+      </c>
+      <c r="B1" s="17"/>
+    </row>
+    <row r="2" spans="1:5" ht="45" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A2" s="15" t="s">
+        <v>109</v>
+      </c>
+      <c r="B2" s="15"/>
+      <c r="C2" s="15"/>
+      <c r="D2" s="15"/>
+      <c r="E2" s="1"/>
+    </row>
+    <row r="3" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A3" s="5"/>
+      <c r="B3" s="6"/>
+      <c r="C3" s="6"/>
+      <c r="D3" s="6"/>
+    </row>
+    <row r="4" spans="1:5" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="7" t="s">
+        <v>0</v>
+      </c>
+      <c r="B4" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="C4" s="6"/>
+      <c r="D4" s="6"/>
+    </row>
+    <row r="5" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A5" s="8" t="s">
+        <v>2</v>
+      </c>
+      <c r="B5" s="8">
+        <v>1</v>
+      </c>
+      <c r="C5" s="6"/>
+      <c r="D5" s="6"/>
+    </row>
+    <row r="6" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A6" s="9" t="s">
+        <v>3</v>
+      </c>
+      <c r="B6" s="9">
+        <v>2</v>
+      </c>
+      <c r="C6" s="6"/>
+      <c r="D6" s="6"/>
+    </row>
+    <row r="7" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A7" s="8" t="s">
+        <v>4</v>
+      </c>
+      <c r="B7" s="8">
+        <v>3</v>
+      </c>
+      <c r="C7" s="6"/>
+      <c r="D7" s="6"/>
+    </row>
+    <row r="8" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A8" s="9" t="s">
+        <v>5</v>
+      </c>
+      <c r="B8" s="9">
+        <v>5</v>
+      </c>
+      <c r="C8" s="6"/>
+      <c r="D8" s="6"/>
+    </row>
+    <row r="9" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A9" s="8" t="s">
+        <v>6</v>
+      </c>
+      <c r="B9" s="8">
+        <v>18</v>
+      </c>
+      <c r="C9" s="6"/>
+      <c r="D9" s="6"/>
+    </row>
+    <row r="10" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A10" s="9" t="s">
+        <v>7</v>
+      </c>
+      <c r="B10" s="9">
+        <v>33</v>
+      </c>
+      <c r="C10" s="6"/>
+      <c r="D10" s="6"/>
+    </row>
+    <row r="11" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A11" s="8" t="s">
+        <v>8</v>
+      </c>
+      <c r="B11" s="8">
+        <v>52</v>
+      </c>
+      <c r="C11" s="6"/>
+      <c r="D11" s="6"/>
+    </row>
+    <row r="12" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A12" s="9" t="s">
+        <v>9</v>
+      </c>
+      <c r="B12" s="9">
+        <v>66</v>
+      </c>
+      <c r="C12" s="6"/>
+      <c r="D12" s="6"/>
+    </row>
+    <row r="13" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A13" s="8" t="s">
+        <v>10</v>
+      </c>
+      <c r="B13" s="8">
+        <v>104</v>
+      </c>
+      <c r="C13" s="6"/>
+      <c r="D13" s="6"/>
+    </row>
+    <row r="14" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A14" s="9" t="s">
+        <v>11</v>
+      </c>
+      <c r="B14" s="9">
+        <v>125</v>
+      </c>
+      <c r="C14" s="6"/>
+      <c r="D14" s="6"/>
+    </row>
+    <row r="15" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A15" s="8" t="s">
+        <v>12</v>
+      </c>
+      <c r="B15" s="8">
+        <v>209</v>
+      </c>
+      <c r="C15" s="6"/>
+      <c r="D15" s="6"/>
+    </row>
+    <row r="16" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A16" s="9" t="s">
+        <v>13</v>
+      </c>
+      <c r="B16" s="9">
+        <v>267</v>
+      </c>
+      <c r="C16" s="6"/>
+      <c r="D16" s="6"/>
+    </row>
+    <row r="17" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A17" s="8" t="s">
+        <v>14</v>
+      </c>
+      <c r="B17" s="8">
+        <v>362</v>
+      </c>
+      <c r="C17" s="6"/>
+      <c r="D17" s="6"/>
+    </row>
+    <row r="18" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A18" s="9" t="s">
+        <v>15</v>
+      </c>
+      <c r="B18" s="9">
+        <v>540</v>
+      </c>
+      <c r="C18" s="6"/>
+      <c r="D18" s="6"/>
+    </row>
+    <row r="19" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A19" s="8" t="s">
+        <v>16</v>
+      </c>
+      <c r="B19" s="8">
+        <v>692</v>
+      </c>
+      <c r="C19" s="6"/>
+      <c r="D19" s="6"/>
+    </row>
+    <row r="20" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A20" s="9" t="s">
+        <v>17</v>
+      </c>
+      <c r="B20" s="9">
+        <v>854</v>
+      </c>
+      <c r="C20" s="6"/>
+      <c r="D20" s="6"/>
+    </row>
+    <row r="21" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A21" s="8" t="s">
+        <v>18</v>
+      </c>
+      <c r="B21" s="8">
+        <v>1023</v>
+      </c>
+      <c r="C21" s="6"/>
+      <c r="D21" s="6"/>
+    </row>
+    <row r="22" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A22" s="9" t="s">
+        <v>19</v>
+      </c>
+      <c r="B22" s="9">
+        <v>1216</v>
+      </c>
+      <c r="C22" s="6"/>
+      <c r="D22" s="6"/>
+    </row>
+    <row r="23" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A23" s="8" t="s">
+        <v>20</v>
+      </c>
+      <c r="B23" s="8">
+        <v>1494</v>
+      </c>
+      <c r="C23" s="6"/>
+      <c r="D23" s="6"/>
+    </row>
+    <row r="24" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A24" s="9" t="s">
+        <v>21</v>
+      </c>
+      <c r="B24" s="9">
+        <v>1601</v>
+      </c>
+      <c r="C24" s="6"/>
+      <c r="D24" s="6"/>
+    </row>
+    <row r="25" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A25" s="8" t="s">
+        <v>22</v>
+      </c>
+      <c r="B25" s="8">
+        <v>1832</v>
+      </c>
+      <c r="C25" s="6"/>
+      <c r="D25" s="6"/>
+    </row>
+    <row r="26" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A26" s="9" t="s">
+        <v>23</v>
+      </c>
+      <c r="B26" s="9">
+        <v>2034</v>
+      </c>
+      <c r="C26" s="6"/>
+      <c r="D26" s="6"/>
+    </row>
+    <row r="27" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A27" s="8" t="s">
+        <v>24</v>
+      </c>
+      <c r="B27" s="8">
+        <v>1967</v>
+      </c>
+      <c r="C27" s="6"/>
+      <c r="D27" s="6"/>
+    </row>
+    <row r="28" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A28" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="B28" s="9">
+        <v>2003</v>
+      </c>
+      <c r="C28" s="6"/>
+      <c r="D28" s="6"/>
+    </row>
+    <row r="29" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A29" s="8" t="s">
+        <v>26</v>
+      </c>
+      <c r="B29" s="8">
+        <v>2201</v>
+      </c>
+      <c r="C29" s="6"/>
+      <c r="D29" s="6"/>
+    </row>
+    <row r="30" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A30" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="B30" s="9">
+        <v>2251</v>
+      </c>
+      <c r="C30" s="6"/>
+      <c r="D30" s="6"/>
+    </row>
+    <row r="31" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A31" s="8" t="s">
+        <v>28</v>
+      </c>
+      <c r="B31" s="8">
+        <v>2305</v>
+      </c>
+      <c r="C31" s="6"/>
+      <c r="D31" s="6"/>
+    </row>
+    <row r="32" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A32" s="9" t="s">
+        <v>29</v>
+      </c>
+      <c r="B32" s="9">
+        <v>2856</v>
+      </c>
+      <c r="C32" s="6"/>
+      <c r="D32" s="6"/>
+    </row>
+    <row r="33" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A33" s="8" t="s">
+        <v>30</v>
+      </c>
+      <c r="B33" s="8">
+        <v>5429</v>
+      </c>
+      <c r="C33" s="6"/>
+      <c r="D33" s="6"/>
+    </row>
+    <row r="34" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A34" s="9" t="s">
+        <v>31</v>
+      </c>
+      <c r="B34" s="9">
+        <v>5346</v>
+      </c>
+      <c r="C34" s="6"/>
+      <c r="D34" s="6"/>
+    </row>
+    <row r="35" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A35" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="B35" s="8">
+        <v>5607</v>
+      </c>
+      <c r="C35" s="6"/>
+      <c r="D35" s="6"/>
+    </row>
+    <row r="36" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A36" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="B36" s="9">
+        <v>5651</v>
+      </c>
+      <c r="C36" s="6"/>
+      <c r="D36" s="6"/>
+    </row>
+    <row r="37" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A37" s="8" t="s">
+        <v>34</v>
+      </c>
+      <c r="B37" s="8">
+        <v>5739</v>
+      </c>
+      <c r="C37" s="6"/>
+      <c r="D37" s="6"/>
+    </row>
+    <row r="38" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A38" s="9" t="s">
+        <v>35</v>
+      </c>
+      <c r="B38" s="9">
+        <v>6027</v>
+      </c>
+      <c r="C38" s="6"/>
+      <c r="D38" s="6"/>
+    </row>
+    <row r="39" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A39" s="8" t="s">
+        <v>36</v>
+      </c>
+      <c r="B39" s="8">
+        <v>6177</v>
+      </c>
+      <c r="C39" s="6"/>
+      <c r="D39" s="6"/>
+    </row>
+    <row r="40" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A40" s="9" t="s">
+        <v>37</v>
+      </c>
+      <c r="B40" s="9">
+        <v>6434</v>
+      </c>
+      <c r="C40" s="6"/>
+      <c r="D40" s="6"/>
+    </row>
+    <row r="41" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A41" s="8" t="s">
+        <v>38</v>
+      </c>
+      <c r="B41" s="8">
+        <v>6390</v>
+      </c>
+      <c r="C41" s="6"/>
+      <c r="D41" s="6"/>
+    </row>
+    <row r="42" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A42" s="9" t="s">
+        <v>39</v>
+      </c>
+      <c r="B42" s="9">
+        <v>6433</v>
+      </c>
+      <c r="C42" s="6"/>
+      <c r="D42" s="6"/>
+    </row>
+    <row r="43" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A43" s="8" t="s">
+        <v>40</v>
+      </c>
+      <c r="B43" s="8">
+        <v>6358</v>
+      </c>
+      <c r="C43" s="6"/>
+      <c r="D43" s="6"/>
+    </row>
+    <row r="44" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A44" s="9" t="s">
+        <v>41</v>
+      </c>
+      <c r="B44" s="9">
+        <v>6322</v>
+      </c>
+      <c r="C44" s="6"/>
+      <c r="D44" s="6"/>
+    </row>
+    <row r="45" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A45" s="8" t="s">
+        <v>42</v>
+      </c>
+      <c r="B45" s="8">
+        <v>5839</v>
+      </c>
+      <c r="C45" s="6"/>
+      <c r="D45" s="6"/>
+    </row>
+    <row r="46" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A46" s="9" t="s">
+        <v>43</v>
+      </c>
+      <c r="B46" s="9">
+        <v>5558</v>
+      </c>
+      <c r="C46" s="6"/>
+      <c r="D46" s="6"/>
+    </row>
+    <row r="47" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A47" s="8" t="s">
+        <v>44</v>
+      </c>
+      <c r="B47" s="8">
+        <v>5176</v>
+      </c>
+      <c r="C47" s="6"/>
+      <c r="D47" s="6"/>
+    </row>
+    <row r="48" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A48" s="9" t="s">
+        <v>45</v>
+      </c>
+      <c r="B48" s="9">
+        <v>4872</v>
+      </c>
+      <c r="C48" s="6"/>
+      <c r="D48" s="6"/>
+    </row>
+    <row r="49" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A49" s="8" t="s">
+        <v>46</v>
+      </c>
+      <c r="B49" s="8">
+        <v>4697</v>
+      </c>
+      <c r="C49" s="6"/>
+      <c r="D49" s="6"/>
+    </row>
+    <row r="50" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A50" s="9" t="s">
+        <v>47</v>
+      </c>
+      <c r="B50" s="9">
+        <v>4749</v>
+      </c>
+      <c r="C50" s="6"/>
+      <c r="D50" s="6"/>
+    </row>
+    <row r="51" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A51" s="8" t="s">
+        <v>48</v>
+      </c>
+      <c r="B51" s="8">
+        <v>4632</v>
+      </c>
+      <c r="C51" s="6"/>
+      <c r="D51" s="6"/>
+    </row>
+    <row r="52" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A52" s="9" t="s">
+        <v>49</v>
+      </c>
+      <c r="B52" s="9">
+        <v>4522</v>
+      </c>
+      <c r="C52" s="6"/>
+      <c r="D52" s="6"/>
+    </row>
+    <row r="53" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A53" s="8" t="s">
+        <v>50</v>
+      </c>
+      <c r="B53" s="8">
+        <v>4486</v>
+      </c>
+      <c r="C53" s="6"/>
+      <c r="D53" s="6"/>
+    </row>
+    <row r="54" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A54" s="9" t="s">
+        <v>51</v>
+      </c>
+      <c r="B54" s="9">
+        <v>4608</v>
+      </c>
+      <c r="C54" s="6"/>
+      <c r="D54" s="6"/>
+    </row>
+    <row r="55" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A55" s="8" t="s">
+        <v>52</v>
+      </c>
+      <c r="B55" s="8">
+        <v>4566</v>
+      </c>
+      <c r="C55" s="6"/>
+      <c r="D55" s="6"/>
+    </row>
+    <row r="56" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A56" s="9" t="s">
+        <v>53</v>
+      </c>
+      <c r="B56" s="9">
+        <v>4769</v>
+      </c>
+      <c r="C56" s="6"/>
+      <c r="D56" s="6"/>
+    </row>
+    <row r="57" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A57" s="8" t="s">
+        <v>54</v>
+      </c>
+      <c r="B57" s="8">
+        <v>5077</v>
+      </c>
+      <c r="C57" s="6"/>
+      <c r="D57" s="6"/>
+    </row>
+    <row r="58" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A58" s="9" t="s">
+        <v>55</v>
+      </c>
+      <c r="B58" s="9">
+        <v>5353</v>
+      </c>
+      <c r="C58" s="6"/>
+      <c r="D58" s="6"/>
+    </row>
+    <row r="59" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A59" s="8" t="s">
+        <v>56</v>
+      </c>
+      <c r="B59" s="8">
+        <v>5772</v>
+      </c>
+      <c r="C59" s="6"/>
+      <c r="D59" s="6"/>
+    </row>
+    <row r="60" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A60" s="9" t="s">
+        <v>57</v>
+      </c>
+      <c r="B60" s="9">
+        <v>6472</v>
+      </c>
+      <c r="C60" s="6"/>
+      <c r="D60" s="6"/>
+    </row>
+    <row r="61" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A61" s="8" t="s">
+        <v>58</v>
+      </c>
+      <c r="B61" s="8">
+        <v>6510</v>
+      </c>
+      <c r="C61" s="6"/>
+      <c r="D61" s="6"/>
+    </row>
+    <row r="62" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A62" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="B62" s="9">
+        <v>7139</v>
+      </c>
+      <c r="C62" s="6"/>
+      <c r="D62" s="6"/>
+    </row>
+    <row r="63" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A63" s="8" t="s">
+        <v>60</v>
+      </c>
+      <c r="B63" s="8">
+        <v>7472</v>
+      </c>
+      <c r="C63" s="6"/>
+      <c r="D63" s="6"/>
+    </row>
+    <row r="64" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A64" s="9" t="s">
+        <v>61</v>
+      </c>
+      <c r="B64" s="9">
+        <v>7476</v>
+      </c>
+      <c r="C64" s="6"/>
+      <c r="D64" s="6"/>
+    </row>
+    <row r="65" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A65" s="8" t="s">
+        <v>62</v>
+      </c>
+      <c r="B65" s="8">
+        <v>7433</v>
+      </c>
+      <c r="C65" s="6"/>
+      <c r="D65" s="6"/>
+    </row>
+    <row r="66" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A66" s="9" t="s">
+        <v>63</v>
+      </c>
+      <c r="B66" s="9">
+        <v>7847</v>
+      </c>
+      <c r="C66" s="6"/>
+      <c r="D66" s="6"/>
+    </row>
+    <row r="67" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A67" s="8" t="s">
+        <v>64</v>
+      </c>
+      <c r="B67" s="8">
+        <v>7980</v>
+      </c>
+      <c r="C67" s="6"/>
+      <c r="D67" s="6"/>
+    </row>
+    <row r="68" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A68" s="9" t="s">
+        <v>65</v>
+      </c>
+      <c r="B68" s="9">
+        <v>7728</v>
+      </c>
+      <c r="C68" s="6"/>
+      <c r="D68" s="6"/>
+    </row>
+    <row r="69" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A69" s="8" t="s">
+        <v>66</v>
+      </c>
+      <c r="B69" s="8">
+        <v>8024</v>
+      </c>
+      <c r="C69" s="6"/>
+      <c r="D69" s="6"/>
+    </row>
+    <row r="70" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A70" s="9" t="s">
+        <v>67</v>
+      </c>
+      <c r="B70" s="9">
+        <v>8581</v>
+      </c>
+      <c r="C70" s="6"/>
+      <c r="D70" s="6"/>
+    </row>
+    <row r="71" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A71" s="8" t="s">
+        <v>68</v>
+      </c>
+      <c r="B71" s="8">
+        <v>8340</v>
+      </c>
+      <c r="C71" s="6"/>
+      <c r="D71" s="6"/>
+    </row>
+    <row r="72" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A72" s="9" t="s">
+        <v>69</v>
+      </c>
+      <c r="B72" s="9">
+        <v>8055</v>
+      </c>
+      <c r="C72" s="6"/>
+      <c r="D72" s="6"/>
+    </row>
+    <row r="73" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A73" s="8" t="s">
+        <v>70</v>
+      </c>
+      <c r="B73" s="8">
+        <v>7669</v>
+      </c>
+      <c r="C73" s="6"/>
+      <c r="D73" s="6"/>
+    </row>
+    <row r="74" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A74" s="9" t="s">
+        <v>71</v>
+      </c>
+      <c r="B74" s="9">
+        <v>7003</v>
+      </c>
+      <c r="C74" s="6"/>
+      <c r="D74" s="6"/>
+    </row>
+    <row r="75" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A75" s="8" t="s">
+        <v>72</v>
+      </c>
+      <c r="B75" s="8">
+        <v>7003</v>
+      </c>
+      <c r="C75" s="6"/>
+      <c r="D75" s="6"/>
+    </row>
+    <row r="76" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A76" s="9" t="s">
+        <v>73</v>
+      </c>
+      <c r="B76" s="9">
+        <v>6614</v>
+      </c>
+      <c r="C76" s="6"/>
+      <c r="D76" s="6"/>
+    </row>
+    <row r="77" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A77" s="8" t="s">
+        <v>74</v>
+      </c>
+      <c r="B77" s="8">
+        <v>6667</v>
+      </c>
+      <c r="C77" s="6"/>
+      <c r="D77" s="6"/>
+    </row>
+    <row r="78" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A78" s="9" t="s">
+        <v>75</v>
+      </c>
+      <c r="B78" s="9">
+        <v>6334</v>
+      </c>
+      <c r="C78" s="6"/>
+      <c r="D78" s="6"/>
+    </row>
+    <row r="79" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A79" s="8" t="s">
+        <v>76</v>
+      </c>
+      <c r="B79" s="8">
+        <v>5921</v>
+      </c>
+      <c r="C79" s="6"/>
+      <c r="D79" s="6"/>
+    </row>
+    <row r="80" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A80" s="9" t="s">
+        <v>77</v>
+      </c>
+      <c r="B80" s="9">
+        <v>5756</v>
+      </c>
+      <c r="C80" s="6"/>
+      <c r="D80" s="6"/>
+    </row>
+    <row r="81" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A81" s="8" t="s">
+        <v>78</v>
+      </c>
+      <c r="B81" s="8">
+        <v>5261</v>
+      </c>
+      <c r="C81" s="6"/>
+      <c r="D81" s="6"/>
+    </row>
+    <row r="82" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A82" s="9" t="s">
+        <v>79</v>
+      </c>
+      <c r="B82" s="9">
+        <v>4902</v>
+      </c>
+      <c r="C82" s="6"/>
+      <c r="D82" s="6"/>
+    </row>
+    <row r="83" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A83" s="8" t="s">
+        <v>80</v>
+      </c>
+      <c r="B83" s="8">
+        <v>4829</v>
+      </c>
+      <c r="C83" s="6"/>
+      <c r="D83" s="6"/>
+    </row>
+    <row r="84" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A84" s="9" t="s">
+        <v>81</v>
+      </c>
+      <c r="B84" s="9">
+        <v>4351</v>
+      </c>
+      <c r="C84" s="6"/>
+      <c r="D84" s="6"/>
+    </row>
+    <row r="85" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A85" s="8" t="s">
+        <v>82</v>
+      </c>
+      <c r="B85" s="8">
+        <v>4170</v>
+      </c>
+      <c r="C85" s="6"/>
+      <c r="D85" s="6"/>
+    </row>
+    <row r="86" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A86" s="9" t="s">
+        <v>83</v>
+      </c>
+      <c r="B86" s="9">
+        <v>3862</v>
+      </c>
+      <c r="C86" s="6"/>
+      <c r="D86" s="6"/>
+    </row>
+    <row r="87" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A87" s="8" t="s">
+        <v>84</v>
+      </c>
+      <c r="B87" s="8">
+        <v>3935</v>
+      </c>
+      <c r="C87" s="6"/>
+      <c r="D87" s="6"/>
+    </row>
+    <row r="88" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A88" s="9" t="s">
+        <v>85</v>
+      </c>
+      <c r="B88" s="9">
+        <v>3652</v>
+      </c>
+      <c r="C88" s="6"/>
+      <c r="D88" s="6"/>
+    </row>
+    <row r="89" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A89" s="8" t="s">
+        <v>86</v>
+      </c>
+      <c r="B89" s="8">
+        <v>3498</v>
+      </c>
+      <c r="C89" s="6"/>
+      <c r="D89" s="6"/>
+    </row>
+    <row r="90" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A90" s="9" t="s">
+        <v>87</v>
+      </c>
+      <c r="B90" s="9">
+        <v>3689</v>
+      </c>
+      <c r="C90" s="6"/>
+      <c r="D90" s="6"/>
+    </row>
+    <row r="91" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A91" s="8" t="s">
+        <v>88</v>
+      </c>
+      <c r="B91" s="8">
+        <v>3728</v>
+      </c>
+      <c r="C91" s="6"/>
+      <c r="D91" s="6"/>
+    </row>
+    <row r="92" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A92" s="9" t="s">
+        <v>89</v>
+      </c>
+      <c r="B92" s="9">
+        <v>4113</v>
+      </c>
+      <c r="C92" s="6"/>
+      <c r="D92" s="6"/>
+    </row>
+    <row r="93" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A93" s="8" t="s">
+        <v>90</v>
+      </c>
+      <c r="B93" s="8">
+        <v>4269</v>
+      </c>
+      <c r="C93" s="6"/>
+      <c r="D93" s="6"/>
+    </row>
+    <row r="94" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A94" s="9" t="s">
+        <v>91</v>
+      </c>
+      <c r="B94" s="9">
+        <v>4445</v>
+      </c>
+      <c r="C94" s="6"/>
+      <c r="D94" s="6"/>
+    </row>
+    <row r="95" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A95" s="8" t="s">
+        <v>92</v>
+      </c>
+      <c r="B95" s="8">
+        <v>4951</v>
+      </c>
+      <c r="C95" s="6"/>
+      <c r="D95" s="6"/>
+    </row>
+    <row r="96" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A96" s="9" t="s">
+        <v>93</v>
+      </c>
+      <c r="B96" s="9">
+        <v>4953</v>
+      </c>
+      <c r="C96" s="6"/>
+      <c r="D96" s="6"/>
+    </row>
+    <row r="97" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A97" s="8" t="s">
+        <v>94</v>
+      </c>
+      <c r="B97" s="8">
+        <v>4939</v>
+      </c>
+      <c r="C97" s="6"/>
+      <c r="D97" s="6"/>
+    </row>
+    <row r="98" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A98" s="9" t="s">
+        <v>95</v>
+      </c>
+      <c r="B98" s="9">
+        <v>4628</v>
+      </c>
+      <c r="C98" s="6"/>
+      <c r="D98" s="6"/>
+    </row>
+    <row r="99" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A99" s="8" t="s">
+        <v>96</v>
+      </c>
+      <c r="B99" s="8">
+        <v>4612</v>
+      </c>
+      <c r="C99" s="6"/>
+      <c r="D99" s="6"/>
+    </row>
+    <row r="100" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A100" s="9" t="s">
+        <v>97</v>
+      </c>
+      <c r="B100" s="9">
+        <v>4594</v>
+      </c>
+      <c r="C100" s="6"/>
+      <c r="D100" s="6"/>
+    </row>
+    <row r="101" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A101" s="8" t="s">
+        <v>98</v>
+      </c>
+      <c r="B101" s="8">
+        <v>4686</v>
+      </c>
+      <c r="C101" s="6"/>
+      <c r="D101" s="6"/>
+    </row>
+    <row r="102" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A102" s="9" t="s">
+        <v>99</v>
+      </c>
+      <c r="B102" s="9">
+        <v>4674</v>
+      </c>
+      <c r="C102" s="6"/>
+      <c r="D102" s="6"/>
+    </row>
+    <row r="103" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A103" s="8" t="s">
+        <v>100</v>
+      </c>
+      <c r="B103" s="8">
+        <v>4835</v>
+      </c>
+      <c r="C103" s="6"/>
+      <c r="D103" s="6"/>
+    </row>
+    <row r="104" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A104" s="9" t="s">
+        <v>101</v>
+      </c>
+      <c r="B104" s="9">
+        <v>4895</v>
+      </c>
+      <c r="C104" s="6"/>
+      <c r="D104" s="6"/>
+    </row>
+    <row r="105" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A105" s="8" t="s">
+        <v>102</v>
+      </c>
+      <c r="B105" s="8">
+        <v>4677</v>
+      </c>
+      <c r="C105" s="6"/>
+      <c r="D105" s="6"/>
+    </row>
+    <row r="106" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A106" s="9" t="s">
+        <v>103</v>
+      </c>
+      <c r="B106" s="9">
+        <v>4492</v>
+      </c>
+      <c r="C106" s="6"/>
+      <c r="D106" s="6"/>
+    </row>
+    <row r="107" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A107" s="8" t="s">
+        <v>104</v>
+      </c>
+      <c r="B107" s="8">
+        <v>4232</v>
+      </c>
+      <c r="C107" s="6"/>
+      <c r="D107" s="6"/>
+    </row>
+    <row r="108" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A108" s="9" t="s">
+        <v>105</v>
+      </c>
+      <c r="B108" s="9">
+        <v>3894</v>
+      </c>
+      <c r="C108" s="6"/>
+      <c r="D108" s="6"/>
+    </row>
+    <row r="109" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A109" s="8" t="s">
+        <v>106</v>
+      </c>
+      <c r="B109" s="8">
+        <v>3481</v>
+      </c>
+      <c r="C109" s="6"/>
+      <c r="D109" s="6"/>
+    </row>
+    <row r="110" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A110" s="9" t="s">
+        <v>107</v>
+      </c>
+      <c r="B110" s="9">
+        <v>3092</v>
+      </c>
+      <c r="C110" s="6"/>
+      <c r="D110" s="6"/>
+    </row>
+    <row r="111" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A111" s="8" t="s">
+        <v>108</v>
+      </c>
+      <c r="B111" s="8">
+        <v>2806</v>
+      </c>
+      <c r="C111" s="6"/>
+      <c r="D111" s="6"/>
+    </row>
+    <row r="112" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A112" s="8" t="s">
+        <v>110</v>
+      </c>
+      <c r="B112" s="11">
+        <f>SUM(B5:B111)</f>
+        <v>457874</v>
+      </c>
+      <c r="C112" s="6"/>
+      <c r="D112" s="6"/>
+    </row>
+    <row r="114" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A114" s="13"/>
+      <c r="B114" s="14"/>
+    </row>
+  </sheetData>
+  <mergeCells count="3">
+    <mergeCell ref="A114:B114"/>
+    <mergeCell ref="A2:D2"/>
+    <mergeCell ref="A1:B1"/>
+  </mergeCells>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" fitToHeight="0" orientation="portrait" r:id="rId1"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
+  <sheetPr>
+    <pageSetUpPr fitToPage="1"/>
+  </sheetPr>
+  <dimension ref="A1:E108"/>
+  <sheetViews>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <selection activeCell="F5" sqref="F5"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="12.7109375" style="3" customWidth="1"/>
+    <col min="2" max="2" width="22" style="2" customWidth="1"/>
+    <col min="3" max="16384" width="9.140625" style="2"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:5" s="4" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A1" s="18" t="s">
+        <v>114</v>
+      </c>
+      <c r="B1" s="18"/>
+      <c r="C1" s="18"/>
+      <c r="D1" s="18"/>
+    </row>
+    <row r="2" spans="1:5" ht="60.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A2" s="16" t="s">
+        <v>111</v>
+      </c>
+      <c r="B2" s="16"/>
+      <c r="C2" s="16"/>
+      <c r="D2" s="16"/>
+      <c r="E2" s="1"/>
+    </row>
+    <row r="3" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A3" s="5"/>
+      <c r="B3" s="6"/>
+      <c r="C3" s="6"/>
+      <c r="D3" s="6"/>
+    </row>
+    <row r="4" spans="1:5" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="7" t="s">
+        <v>0</v>
+      </c>
+      <c r="B4" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="C4" s="6"/>
+      <c r="D4" s="6"/>
+    </row>
+    <row r="5" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A5" s="8" t="s">
+        <v>2</v>
+      </c>
+      <c r="B5" s="10">
+        <v>1</v>
+      </c>
+      <c r="C5" s="6"/>
+      <c r="D5" s="6"/>
+    </row>
+    <row r="6" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A6" s="9" t="s">
+        <v>7</v>
+      </c>
+      <c r="B6" s="10">
+        <v>2</v>
+      </c>
+      <c r="C6" s="6"/>
+      <c r="D6" s="6"/>
+    </row>
+    <row r="7" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A7" s="8" t="s">
+        <v>8</v>
+      </c>
+      <c r="B7" s="10">
+        <v>2</v>
+      </c>
+      <c r="C7" s="6"/>
+      <c r="D7" s="6"/>
+    </row>
+    <row r="8" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A8" s="9" t="s">
+        <v>9</v>
+      </c>
+      <c r="B8" s="10">
+        <v>3</v>
+      </c>
+      <c r="C8" s="6"/>
+      <c r="D8" s="6"/>
+    </row>
+    <row r="9" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A9" s="8" t="s">
+        <v>10</v>
+      </c>
+      <c r="B9" s="10">
+        <v>2</v>
+      </c>
+      <c r="C9" s="6"/>
+      <c r="D9" s="6"/>
+    </row>
+    <row r="10" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A10" s="9" t="s">
+        <v>11</v>
+      </c>
+      <c r="B10" s="10">
+        <v>2</v>
+      </c>
+      <c r="C10" s="6"/>
+      <c r="D10" s="6"/>
+    </row>
+    <row r="11" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A11" s="8" t="s">
+        <v>12</v>
+      </c>
+      <c r="B11" s="10">
+        <v>4</v>
+      </c>
+      <c r="C11" s="6"/>
+      <c r="D11" s="6"/>
+    </row>
+    <row r="12" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A12" s="9" t="s">
+        <v>13</v>
+      </c>
+      <c r="B12" s="10">
+        <v>8</v>
+      </c>
+      <c r="C12" s="6"/>
+      <c r="D12" s="6"/>
+    </row>
+    <row r="13" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A13" s="8" t="s">
+        <v>14</v>
+      </c>
+      <c r="B13" s="10">
+        <v>12</v>
+      </c>
+      <c r="C13" s="6"/>
+      <c r="D13" s="6"/>
+    </row>
+    <row r="14" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A14" s="9" t="s">
+        <v>15</v>
+      </c>
+      <c r="B14" s="10">
+        <v>14</v>
+      </c>
+      <c r="C14" s="6"/>
+      <c r="D14" s="6"/>
+    </row>
+    <row r="15" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A15" s="8" t="s">
+        <v>16</v>
+      </c>
+      <c r="B15" s="10">
+        <v>19</v>
+      </c>
+      <c r="C15" s="6"/>
+      <c r="D15" s="6"/>
+    </row>
+    <row r="16" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A16" s="9" t="s">
+        <v>17</v>
+      </c>
+      <c r="B16" s="10">
+        <v>26</v>
+      </c>
+      <c r="C16" s="6"/>
+      <c r="D16" s="6"/>
+    </row>
+    <row r="17" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A17" s="8" t="s">
+        <v>18</v>
+      </c>
+      <c r="B17" s="10">
+        <v>41</v>
+      </c>
+      <c r="C17" s="6"/>
+      <c r="D17" s="6"/>
+    </row>
+    <row r="18" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A18" s="9" t="s">
+        <v>19</v>
+      </c>
+      <c r="B18" s="10">
+        <v>49</v>
+      </c>
+      <c r="C18" s="6"/>
+      <c r="D18" s="6"/>
+    </row>
+    <row r="19" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A19" s="8" t="s">
+        <v>20</v>
+      </c>
+      <c r="B19" s="10">
+        <v>48</v>
+      </c>
+      <c r="C19" s="6"/>
+      <c r="D19" s="6"/>
+    </row>
+    <row r="20" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A20" s="9" t="s">
+        <v>21</v>
+      </c>
+      <c r="B20" s="10">
+        <v>68</v>
+      </c>
+      <c r="C20" s="6"/>
+      <c r="D20" s="6"/>
+    </row>
+    <row r="21" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A21" s="8" t="s">
+        <v>22</v>
+      </c>
+      <c r="B21" s="10">
+        <v>77</v>
+      </c>
+      <c r="C21" s="6"/>
+      <c r="D21" s="6"/>
+    </row>
+    <row r="22" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A22" s="9" t="s">
+        <v>23</v>
+      </c>
+      <c r="B22" s="10">
+        <v>78</v>
+      </c>
+      <c r="C22" s="6"/>
+      <c r="D22" s="6"/>
+    </row>
+    <row r="23" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A23" s="8" t="s">
+        <v>24</v>
+      </c>
+      <c r="B23" s="10">
+        <v>75</v>
+      </c>
+      <c r="C23" s="6"/>
+      <c r="D23" s="6"/>
+    </row>
+    <row r="24" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A24" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="B24" s="10">
+        <v>103</v>
+      </c>
+      <c r="C24" s="6"/>
+      <c r="D24" s="6"/>
+    </row>
+    <row r="25" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A25" s="8" t="s">
+        <v>26</v>
+      </c>
+      <c r="B25" s="10">
+        <v>117</v>
+      </c>
+      <c r="C25" s="6"/>
+      <c r="D25" s="6"/>
+    </row>
+    <row r="26" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A26" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="B26" s="10">
+        <v>110</v>
+      </c>
+      <c r="C26" s="6"/>
+      <c r="D26" s="6"/>
+    </row>
+    <row r="27" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A27" s="8" t="s">
+        <v>28</v>
+      </c>
+      <c r="B27" s="10">
+        <v>132</v>
+      </c>
+      <c r="C27" s="6"/>
+      <c r="D27" s="6"/>
+    </row>
+    <row r="28" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A28" s="9" t="s">
+        <v>29</v>
+      </c>
+      <c r="B28" s="10">
+        <v>168</v>
+      </c>
+      <c r="C28" s="6"/>
+      <c r="D28" s="6"/>
+    </row>
+    <row r="29" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A29" s="8" t="s">
+        <v>30</v>
+      </c>
+      <c r="B29" s="10">
+        <v>344</v>
+      </c>
+      <c r="C29" s="6"/>
+      <c r="D29" s="6"/>
+    </row>
+    <row r="30" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A30" s="9" t="s">
+        <v>31</v>
+      </c>
+      <c r="B30" s="10">
+        <v>313</v>
+      </c>
+      <c r="C30" s="6"/>
+      <c r="D30" s="6"/>
+    </row>
+    <row r="31" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A31" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="B31" s="10">
+        <v>311</v>
+      </c>
+      <c r="C31" s="6"/>
+      <c r="D31" s="6"/>
+    </row>
+    <row r="32" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A32" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="B32" s="10">
+        <v>275</v>
+      </c>
+      <c r="C32" s="6"/>
+      <c r="D32" s="6"/>
+    </row>
+    <row r="33" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A33" s="8" t="s">
+        <v>34</v>
+      </c>
+      <c r="B33" s="10">
+        <v>219</v>
+      </c>
+      <c r="C33" s="6"/>
+      <c r="D33" s="6"/>
+    </row>
+    <row r="34" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A34" s="9" t="s">
+        <v>35</v>
+      </c>
+      <c r="B34" s="10">
+        <v>239</v>
+      </c>
+      <c r="C34" s="6"/>
+      <c r="D34" s="6"/>
+    </row>
+    <row r="35" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A35" s="8" t="s">
+        <v>36</v>
+      </c>
+      <c r="B35" s="10">
+        <v>224</v>
+      </c>
+      <c r="C35" s="6"/>
+      <c r="D35" s="6"/>
+    </row>
+    <row r="36" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A36" s="9" t="s">
+        <v>37</v>
+      </c>
+      <c r="B36" s="10">
+        <v>228</v>
+      </c>
+      <c r="C36" s="6"/>
+      <c r="D36" s="6"/>
+    </row>
+    <row r="37" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A37" s="8" t="s">
+        <v>38</v>
+      </c>
+      <c r="B37" s="10">
+        <v>189</v>
+      </c>
+      <c r="C37" s="6"/>
+      <c r="D37" s="6"/>
+    </row>
+    <row r="38" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A38" s="9" t="s">
+        <v>39</v>
+      </c>
+      <c r="B38" s="10">
+        <v>179</v>
+      </c>
+      <c r="C38" s="6"/>
+      <c r="D38" s="6"/>
+    </row>
+    <row r="39" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A39" s="8" t="s">
+        <v>40</v>
+      </c>
+      <c r="B39" s="10">
+        <v>171</v>
+      </c>
+      <c r="C39" s="6"/>
+      <c r="D39" s="6"/>
+    </row>
+    <row r="40" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A40" s="9" t="s">
+        <v>41</v>
+      </c>
+      <c r="B40" s="10">
+        <v>144</v>
+      </c>
+      <c r="C40" s="6"/>
+      <c r="D40" s="6"/>
+    </row>
+    <row r="41" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A41" s="8" t="s">
+        <v>42</v>
+      </c>
+      <c r="B41" s="10">
+        <v>152</v>
+      </c>
+      <c r="C41" s="6"/>
+      <c r="D41" s="6"/>
+    </row>
+    <row r="42" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A42" s="9" t="s">
+        <v>43</v>
+      </c>
+      <c r="B42" s="10">
+        <v>122</v>
+      </c>
+      <c r="C42" s="6"/>
+      <c r="D42" s="6"/>
+    </row>
+    <row r="43" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A43" s="8" t="s">
+        <v>44</v>
+      </c>
+      <c r="B43" s="10">
+        <v>116</v>
+      </c>
+      <c r="C43" s="6"/>
+      <c r="D43" s="6"/>
+    </row>
+    <row r="44" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A44" s="9" t="s">
+        <v>45</v>
+      </c>
+      <c r="B44" s="10">
+        <v>113</v>
+      </c>
+      <c r="C44" s="6"/>
+      <c r="D44" s="6"/>
+    </row>
+    <row r="45" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A45" s="8" t="s">
+        <v>46</v>
+      </c>
+      <c r="B45" s="10">
+        <v>110</v>
+      </c>
+      <c r="C45" s="6"/>
+      <c r="D45" s="6"/>
+    </row>
+    <row r="46" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A46" s="9" t="s">
+        <v>47</v>
+      </c>
+      <c r="B46" s="10">
+        <v>103</v>
+      </c>
+      <c r="C46" s="6"/>
+      <c r="D46" s="6"/>
+    </row>
+    <row r="47" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A47" s="8" t="s">
+        <v>48</v>
+      </c>
+      <c r="B47" s="10">
+        <v>111</v>
+      </c>
+      <c r="C47" s="6"/>
+      <c r="D47" s="6"/>
+    </row>
+    <row r="48" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A48" s="9" t="s">
+        <v>49</v>
+      </c>
+      <c r="B48" s="10">
+        <v>104</v>
+      </c>
+      <c r="C48" s="6"/>
+      <c r="D48" s="6"/>
+    </row>
+    <row r="49" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A49" s="8" t="s">
+        <v>50</v>
+      </c>
+      <c r="B49" s="10">
+        <v>114</v>
+      </c>
+      <c r="C49" s="6"/>
+      <c r="D49" s="6"/>
+    </row>
+    <row r="50" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A50" s="9" t="s">
+        <v>51</v>
+      </c>
+      <c r="B50" s="10">
+        <v>126</v>
+      </c>
+      <c r="C50" s="6"/>
+      <c r="D50" s="6"/>
+    </row>
+    <row r="51" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A51" s="8" t="s">
+        <v>52</v>
+      </c>
+      <c r="B51" s="10">
+        <v>131</v>
+      </c>
+      <c r="C51" s="6"/>
+      <c r="D51" s="6"/>
+    </row>
+    <row r="52" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A52" s="9" t="s">
+        <v>53</v>
+      </c>
+      <c r="B52" s="10">
+        <v>171</v>
+      </c>
+      <c r="C52" s="6"/>
+      <c r="D52" s="6"/>
+    </row>
+    <row r="53" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A53" s="8" t="s">
+        <v>54</v>
+      </c>
+      <c r="B53" s="10">
+        <v>167</v>
+      </c>
+      <c r="C53" s="6"/>
+      <c r="D53" s="6"/>
+    </row>
+    <row r="54" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A54" s="9" t="s">
+        <v>55</v>
+      </c>
+      <c r="B54" s="10">
+        <v>181</v>
+      </c>
+      <c r="C54" s="6"/>
+      <c r="D54" s="6"/>
+    </row>
+    <row r="55" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A55" s="8" t="s">
+        <v>56</v>
+      </c>
+      <c r="B55" s="10">
+        <v>184</v>
+      </c>
+      <c r="C55" s="6"/>
+      <c r="D55" s="6"/>
+    </row>
+    <row r="56" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A56" s="9" t="s">
+        <v>57</v>
+      </c>
+      <c r="B56" s="10">
+        <v>227</v>
+      </c>
+      <c r="C56" s="6"/>
+      <c r="D56" s="6"/>
+    </row>
+    <row r="57" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A57" s="8" t="s">
+        <v>58</v>
+      </c>
+      <c r="B57" s="10">
+        <v>225</v>
+      </c>
+      <c r="C57" s="6"/>
+      <c r="D57" s="6"/>
+    </row>
+    <row r="58" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A58" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="B58" s="10">
+        <v>248</v>
+      </c>
+      <c r="C58" s="6"/>
+      <c r="D58" s="6"/>
+    </row>
+    <row r="59" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A59" s="8" t="s">
+        <v>60</v>
+      </c>
+      <c r="B59" s="10">
+        <v>230</v>
+      </c>
+      <c r="C59" s="6"/>
+      <c r="D59" s="6"/>
+    </row>
+    <row r="60" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A60" s="9" t="s">
+        <v>61</v>
+      </c>
+      <c r="B60" s="10">
+        <v>205</v>
+      </c>
+      <c r="C60" s="6"/>
+      <c r="D60" s="6"/>
+    </row>
+    <row r="61" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A61" s="8" t="s">
+        <v>62</v>
+      </c>
+      <c r="B61" s="10">
+        <v>233</v>
+      </c>
+      <c r="C61" s="6"/>
+      <c r="D61" s="6"/>
+    </row>
+    <row r="62" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A62" s="9" t="s">
+        <v>63</v>
+      </c>
+      <c r="B62" s="10">
+        <v>218</v>
+      </c>
+      <c r="C62" s="6"/>
+      <c r="D62" s="6"/>
+    </row>
+    <row r="63" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A63" s="8" t="s">
+        <v>64</v>
+      </c>
+      <c r="B63" s="10">
+        <v>210</v>
+      </c>
+      <c r="C63" s="6"/>
+      <c r="D63" s="6"/>
+    </row>
+    <row r="64" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A64" s="9" t="s">
+        <v>65</v>
+      </c>
+      <c r="B64" s="10">
+        <v>230</v>
+      </c>
+      <c r="C64" s="6"/>
+      <c r="D64" s="6"/>
+    </row>
+    <row r="65" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A65" s="8" t="s">
+        <v>66</v>
+      </c>
+      <c r="B65" s="10">
+        <v>229</v>
+      </c>
+      <c r="C65" s="6"/>
+      <c r="D65" s="6"/>
+    </row>
+    <row r="66" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A66" s="9" t="s">
+        <v>67</v>
+      </c>
+      <c r="B66" s="10">
+        <v>228</v>
+      </c>
+      <c r="C66" s="6"/>
+      <c r="D66" s="6"/>
+    </row>
+    <row r="67" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A67" s="8" t="s">
+        <v>68</v>
+      </c>
+      <c r="B67" s="10">
+        <v>205</v>
+      </c>
+      <c r="C67" s="6"/>
+      <c r="D67" s="6"/>
+    </row>
+    <row r="68" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A68" s="9" t="s">
+        <v>69</v>
+      </c>
+      <c r="B68" s="10">
+        <v>179</v>
+      </c>
+      <c r="C68" s="6"/>
+      <c r="D68" s="6"/>
+    </row>
+    <row r="69" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A69" s="8" t="s">
+        <v>70</v>
+      </c>
+      <c r="B69" s="10">
+        <v>191</v>
+      </c>
+      <c r="C69" s="6"/>
+      <c r="D69" s="6"/>
+    </row>
+    <row r="70" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A70" s="9" t="s">
+        <v>71</v>
+      </c>
+      <c r="B70" s="10">
+        <v>185</v>
+      </c>
+      <c r="C70" s="6"/>
+      <c r="D70" s="6"/>
+    </row>
+    <row r="71" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A71" s="8" t="s">
+        <v>72</v>
+      </c>
+      <c r="B71" s="10">
+        <v>170</v>
+      </c>
+      <c r="C71" s="6"/>
+      <c r="D71" s="6"/>
+    </row>
+    <row r="72" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A72" s="9" t="s">
+        <v>73</v>
+      </c>
+      <c r="B72" s="10">
+        <v>151</v>
+      </c>
+      <c r="C72" s="6"/>
+      <c r="D72" s="6"/>
+    </row>
+    <row r="73" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A73" s="8" t="s">
+        <v>74</v>
+      </c>
+      <c r="B73" s="10">
+        <v>168</v>
+      </c>
+      <c r="C73" s="6"/>
+      <c r="D73" s="6"/>
+    </row>
+    <row r="74" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A74" s="9" t="s">
+        <v>75</v>
+      </c>
+      <c r="B74" s="10">
+        <v>150</v>
+      </c>
+      <c r="C74" s="6"/>
+      <c r="D74" s="6"/>
+    </row>
+    <row r="75" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A75" s="8" t="s">
+        <v>76</v>
+      </c>
+      <c r="B75" s="10">
+        <v>117</v>
+      </c>
+      <c r="C75" s="6"/>
+      <c r="D75" s="6"/>
+    </row>
+    <row r="76" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A76" s="9" t="s">
+        <v>77</v>
+      </c>
+      <c r="B76" s="10">
+        <v>119</v>
+      </c>
+      <c r="C76" s="6"/>
+      <c r="D76" s="6"/>
+    </row>
+    <row r="77" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A77" s="8" t="s">
+        <v>78</v>
+      </c>
+      <c r="B77" s="10">
+        <v>111</v>
+      </c>
+      <c r="C77" s="6"/>
+      <c r="D77" s="6"/>
+    </row>
+    <row r="78" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A78" s="9" t="s">
+        <v>79</v>
+      </c>
+      <c r="B78" s="10">
+        <v>110</v>
+      </c>
+      <c r="C78" s="6"/>
+      <c r="D78" s="6"/>
+    </row>
+    <row r="79" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A79" s="8" t="s">
+        <v>80</v>
+      </c>
+      <c r="B79" s="10">
+        <v>113</v>
+      </c>
+      <c r="C79" s="6"/>
+      <c r="D79" s="6"/>
+    </row>
+    <row r="80" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A80" s="9" t="s">
+        <v>81</v>
+      </c>
+      <c r="B80" s="10">
+        <v>117</v>
+      </c>
+      <c r="C80" s="6"/>
+      <c r="D80" s="6"/>
+    </row>
+    <row r="81" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A81" s="8" t="s">
+        <v>82</v>
+      </c>
+      <c r="B81" s="10">
+        <v>99</v>
+      </c>
+      <c r="C81" s="6"/>
+      <c r="D81" s="6"/>
+    </row>
+    <row r="82" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A82" s="9" t="s">
+        <v>83</v>
+      </c>
+      <c r="B82" s="10">
+        <v>108</v>
+      </c>
+      <c r="C82" s="6"/>
+      <c r="D82" s="6"/>
+    </row>
+    <row r="83" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A83" s="8" t="s">
+        <v>84</v>
+      </c>
+      <c r="B83" s="10">
+        <v>84</v>
+      </c>
+      <c r="C83" s="6"/>
+      <c r="D83" s="6"/>
+    </row>
+    <row r="84" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A84" s="9" t="s">
+        <v>85</v>
+      </c>
+      <c r="B84" s="10">
+        <v>98</v>
+      </c>
+      <c r="C84" s="6"/>
+      <c r="D84" s="6"/>
+    </row>
+    <row r="85" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A85" s="8" t="s">
+        <v>86</v>
+      </c>
+      <c r="B85" s="10">
+        <v>83</v>
+      </c>
+      <c r="C85" s="6"/>
+      <c r="D85" s="6"/>
+    </row>
+    <row r="86" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A86" s="9" t="s">
+        <v>87</v>
+      </c>
+      <c r="B86" s="10">
+        <v>109</v>
+      </c>
+      <c r="C86" s="6"/>
+      <c r="D86" s="6"/>
+    </row>
+    <row r="87" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A87" s="8" t="s">
+        <v>88</v>
+      </c>
+      <c r="B87" s="10">
+        <v>95</v>
+      </c>
+      <c r="C87" s="6"/>
+      <c r="D87" s="6"/>
+    </row>
+    <row r="88" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A88" s="9" t="s">
+        <v>89</v>
+      </c>
+      <c r="B88" s="10">
+        <v>94</v>
+      </c>
+      <c r="C88" s="6"/>
+      <c r="D88" s="6"/>
+    </row>
+    <row r="89" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A89" s="8" t="s">
+        <v>90</v>
+      </c>
+      <c r="B89" s="10">
+        <v>113</v>
+      </c>
+      <c r="C89" s="6"/>
+      <c r="D89" s="6"/>
+    </row>
+    <row r="90" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A90" s="9" t="s">
+        <v>91</v>
+      </c>
+      <c r="B90" s="10">
+        <v>121</v>
+      </c>
+      <c r="C90" s="6"/>
+      <c r="D90" s="6"/>
+    </row>
+    <row r="91" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A91" s="8" t="s">
+        <v>92</v>
+      </c>
+      <c r="B91" s="10">
+        <v>135</v>
+      </c>
+      <c r="C91" s="6"/>
+      <c r="D91" s="6"/>
+    </row>
+    <row r="92" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A92" s="9" t="s">
+        <v>93</v>
+      </c>
+      <c r="B92" s="10">
+        <v>121</v>
+      </c>
+      <c r="C92" s="6"/>
+      <c r="D92" s="6"/>
+    </row>
+    <row r="93" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A93" s="8" t="s">
+        <v>94</v>
+      </c>
+      <c r="B93" s="10">
+        <v>120</v>
+      </c>
+      <c r="C93" s="6"/>
+      <c r="D93" s="6"/>
+    </row>
+    <row r="94" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A94" s="9" t="s">
+        <v>95</v>
+      </c>
+      <c r="B94" s="10">
+        <v>119</v>
+      </c>
+      <c r="C94" s="6"/>
+      <c r="D94" s="6"/>
+    </row>
+    <row r="95" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A95" s="8" t="s">
+        <v>96</v>
+      </c>
+      <c r="B95" s="10">
+        <v>107</v>
+      </c>
+      <c r="C95" s="6"/>
+      <c r="D95" s="6"/>
+    </row>
+    <row r="96" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A96" s="9" t="s">
+        <v>97</v>
+      </c>
+      <c r="B96" s="10">
+        <v>120</v>
+      </c>
+      <c r="C96" s="6"/>
+      <c r="D96" s="6"/>
+    </row>
+    <row r="97" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A97" s="8" t="s">
+        <v>98</v>
+      </c>
+      <c r="B97" s="10">
+        <v>116</v>
+      </c>
+      <c r="C97" s="6"/>
+      <c r="D97" s="6"/>
+    </row>
+    <row r="98" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A98" s="9" t="s">
+        <v>99</v>
+      </c>
+      <c r="B98" s="10">
+        <v>124</v>
+      </c>
+      <c r="C98" s="6"/>
+      <c r="D98" s="6"/>
+    </row>
+    <row r="99" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A99" s="8" t="s">
+        <v>100</v>
+      </c>
+      <c r="B99" s="10">
+        <v>139</v>
+      </c>
+      <c r="C99" s="6"/>
+      <c r="D99" s="6"/>
+    </row>
+    <row r="100" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A100" s="9" t="s">
+        <v>101</v>
+      </c>
+      <c r="B100" s="10">
+        <v>102</v>
+      </c>
+      <c r="C100" s="6"/>
+      <c r="D100" s="6"/>
+    </row>
+    <row r="101" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A101" s="8" t="s">
+        <v>102</v>
+      </c>
+      <c r="B101" s="10">
+        <v>124</v>
+      </c>
+      <c r="C101" s="6"/>
+      <c r="D101" s="6"/>
+    </row>
+    <row r="102" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A102" s="9" t="s">
+        <v>103</v>
+      </c>
+      <c r="B102" s="10">
+        <v>105</v>
+      </c>
+      <c r="C102" s="6"/>
+      <c r="D102" s="6"/>
+    </row>
+    <row r="103" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A103" s="8" t="s">
+        <v>104</v>
+      </c>
+      <c r="B103" s="10">
+        <v>99</v>
+      </c>
+      <c r="C103" s="6"/>
+      <c r="D103" s="6"/>
+    </row>
+    <row r="104" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A104" s="9" t="s">
+        <v>105</v>
+      </c>
+      <c r="B104" s="10">
+        <v>84</v>
+      </c>
+      <c r="C104" s="6"/>
+      <c r="D104" s="6"/>
+    </row>
+    <row r="105" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A105" s="8" t="s">
+        <v>106</v>
+      </c>
+      <c r="B105" s="10">
+        <v>87</v>
+      </c>
+      <c r="C105" s="6"/>
+      <c r="D105" s="6"/>
+    </row>
+    <row r="106" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A106" s="9" t="s">
+        <v>107</v>
+      </c>
+      <c r="B106" s="10">
+        <v>63</v>
+      </c>
+      <c r="C106" s="6"/>
+      <c r="D106" s="6"/>
+    </row>
+    <row r="107" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A107" s="8" t="s">
+        <v>108</v>
+      </c>
+      <c r="B107" s="10">
+        <v>58</v>
+      </c>
+      <c r="C107" s="6"/>
+      <c r="D107" s="6"/>
+    </row>
+    <row r="108" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A108" s="12" t="s">
+        <v>112</v>
+      </c>
+      <c r="B108" s="10">
+        <v>13398</v>
+      </c>
+      <c r="C108" s="6"/>
+      <c r="D108" s="6"/>
+    </row>
+  </sheetData>
+  <mergeCells count="2">
+    <mergeCell ref="A2:D2"/>
+    <mergeCell ref="A1:D1"/>
+  </mergeCells>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" fitToHeight="0" orientation="portrait" r:id="rId1"/>
+</worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
-[...4 lines deleted...]
-  <Application>Microsoft Office Word</Application>
+  <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>33</Lines>
-  <Paragraphs>9</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
-        <vt:lpstr>Tytuł</vt:lpstr>
+        <vt:lpstr>Arkusze</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>1</vt:i4>
+        <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr/>
+    <vt:vector size="2" baseType="lpstr">
+      <vt:lpstr>Poznań</vt:lpstr>
+      <vt:lpstr>Os. Nowe Winogrady Północ</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
-  <Company>ump</Company>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4650</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>Interpelacja w sprawie danych statystycznych na potrzeby diagnozy potrzeb młodzieży</dc:title>
-[...3 lines deleted...]
-  <dc:description/>
+  <dc:creator>Małgorzata Sternal-Kałuża</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
-  <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-  <dc:language>pl-PL</dc:language>
 </cp:coreProperties>
 </file>