--- v0 (2026-01-12)
+++ v1 (2026-03-17)
@@ -1,3104 +1,732 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="png" ContentType="image/png"/>
+  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-[...11 lines deleted...]
-  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
+  <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
+  <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
-<file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-[...357 lines deleted...]
-</w:document>
+<file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="20396"/>
+  <workbookPr defaultThemeVersion="166925"/>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice Requires="x15">
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\pausow\Desktop\Interpelacje\305\do opublikowania\"/>
+    </mc:Choice>
+  </mc:AlternateContent>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{029C4C83-483F-45AF-9AB7-26D872409617}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <bookViews>
+    <workbookView xWindow="0" yWindow="0" windowWidth="28800" windowHeight="12105" activeTab="2" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+  </bookViews>
+  <sheets>
+    <sheet name="LO" sheetId="1" r:id="rId1"/>
+    <sheet name="Technikum" sheetId="2" r:id="rId2"/>
+    <sheet name="BS I Stopnia" sheetId="3" r:id="rId3"/>
+  </sheets>
+  <calcPr calcId="191029"/>
+  <extLst>
+    <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
+      <x15:workbookPr chartTrackingRefBase="1"/>
+    </ext>
+  </extLst>
+</workbook>
 </file>
 
-<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-[...21 lines deleted...]
-</w:endnotes>
+<file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
+<calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <c r="D32" i="1" l="1"/>
+  <c r="E18" i="3" l="1"/>
+  <c r="E17" i="3"/>
+  <c r="E16" i="3"/>
+  <c r="E15" i="3"/>
+  <c r="E8" i="3"/>
+  <c r="E6" i="3"/>
+  <c r="E5" i="3"/>
+  <c r="E4" i="3"/>
+  <c r="E27" i="1"/>
+  <c r="F21" i="2"/>
+  <c r="F14" i="2"/>
+  <c r="F20" i="2"/>
+  <c r="F19" i="2"/>
+  <c r="F8" i="2"/>
+  <c r="F4" i="2"/>
+  <c r="F13" i="2"/>
+  <c r="F18" i="2"/>
+  <c r="F17" i="2"/>
+  <c r="F12" i="2"/>
+  <c r="F16" i="2"/>
+  <c r="F9" i="2"/>
+  <c r="F15" i="2"/>
+  <c r="F11" i="2"/>
+  <c r="F7" i="2"/>
+  <c r="F6" i="2"/>
+  <c r="F5" i="2"/>
+  <c r="E31" i="1"/>
+  <c r="E30" i="1"/>
+  <c r="E29" i="1"/>
+  <c r="E28" i="1"/>
+  <c r="E26" i="1"/>
+  <c r="E25" i="1"/>
+  <c r="E24" i="1"/>
+  <c r="E20" i="1"/>
+  <c r="E18" i="1"/>
+  <c r="E16" i="1"/>
+  <c r="E15" i="1"/>
+  <c r="E14" i="1"/>
+  <c r="E13" i="1"/>
+  <c r="E10" i="1"/>
+  <c r="E9" i="1"/>
+  <c r="E8" i="1"/>
+  <c r="E6" i="1"/>
+  <c r="E5" i="1"/>
+  <c r="E4" i="1"/>
+  <c r="D18" i="3"/>
+  <c r="E22" i="2"/>
+  <c r="F22" i="2" l="1"/>
+  <c r="E32" i="1"/>
+</calcChain>
 </file>
 
-<file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-[...65 lines deleted...]
-</w:fonts>
+<file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="140" uniqueCount="97">
+  <si>
+    <t>Lp.</t>
+  </si>
+  <si>
+    <t>Szkoła</t>
+  </si>
+  <si>
+    <t>1</t>
+  </si>
+  <si>
+    <t>2</t>
+  </si>
+  <si>
+    <t>X Liceum Ogólnokształcące</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
+    <t>XI Liceum Ogólnokształcące</t>
+  </si>
+  <si>
+    <t>4</t>
+  </si>
+  <si>
+    <t>XII Liceum Ogólnokształcące</t>
+  </si>
+  <si>
+    <t>5</t>
+  </si>
+  <si>
+    <t>XIV Liceum Ogólnokształcące</t>
+  </si>
+  <si>
+    <t>6</t>
+  </si>
+  <si>
+    <t>7</t>
+  </si>
+  <si>
+    <t>8</t>
+  </si>
+  <si>
+    <t>9</t>
+  </si>
+  <si>
+    <t>10</t>
+  </si>
+  <si>
+    <t>II Liceum Ogólnokształcące im. Generałowej Zamoyskiej i Heleny Modrzejewskiej</t>
+  </si>
+  <si>
+    <t>11</t>
+  </si>
+  <si>
+    <t>12</t>
+  </si>
+  <si>
+    <t>XXI Liceum Ogólnokształcące im. gen. Władysława Andersa</t>
+  </si>
+  <si>
+    <t>13</t>
+  </si>
+  <si>
+    <t>XXV Liceum Ogólnokształcące</t>
+  </si>
+  <si>
+    <t>14</t>
+  </si>
+  <si>
+    <t>15</t>
+  </si>
+  <si>
+    <t>16</t>
+  </si>
+  <si>
+    <t>III Liceum Ogólnokształcące im. św. Jana Kantego</t>
+  </si>
+  <si>
+    <t>17</t>
+  </si>
+  <si>
+    <t>18</t>
+  </si>
+  <si>
+    <t>19</t>
+  </si>
+  <si>
+    <t>20</t>
+  </si>
+  <si>
+    <t>IV Liceum Ogólnokształcące</t>
+  </si>
+  <si>
+    <t>21</t>
+  </si>
+  <si>
+    <t>V Liceum Ogólnokształcące</t>
+  </si>
+  <si>
+    <t>22</t>
+  </si>
+  <si>
+    <t>VI Liceum Ogólnokształcące</t>
+  </si>
+  <si>
+    <t>23</t>
+  </si>
+  <si>
+    <t>24</t>
+  </si>
+  <si>
+    <t>VIII Liceum Ogólnokształcące</t>
+  </si>
+  <si>
+    <t>25</t>
+  </si>
+  <si>
+    <t>IX Liceum Ogólnokształcące</t>
+  </si>
+  <si>
+    <t>26</t>
+  </si>
+  <si>
+    <t>Liceum Ogólnokształcące św. Marii Magdaleny</t>
+  </si>
+  <si>
+    <t>27</t>
+  </si>
+  <si>
+    <t>28</t>
+  </si>
+  <si>
+    <t>Sportowe Liceum Ogólnokształcące</t>
+  </si>
+  <si>
+    <t>Razem</t>
+  </si>
+  <si>
+    <t>Liczba uczniów</t>
+  </si>
+  <si>
+    <t>Technikum Budowlane im. gen. Władysława Andersa</t>
+  </si>
+  <si>
+    <t>Technikum Ekonomiczno-Administracyjne nr 1</t>
+  </si>
+  <si>
+    <t>Branżowa Szkoła I stopnia nr 1</t>
+  </si>
+  <si>
+    <t>Branżowa Szkoła I stopnia nr 18</t>
+  </si>
+  <si>
+    <t>Branżowa Szkoła I stopnia nr 2</t>
+  </si>
+  <si>
+    <t>Branżowa Szkoła I stopnia nr 23</t>
+  </si>
+  <si>
+    <t>Branżowa Szkoła I stopnia nr 27</t>
+  </si>
+  <si>
+    <t>Branżowa Szkoła I stopnia nr 29</t>
+  </si>
+  <si>
+    <t>Branżowa Szkoła I stopnia nr 3</t>
+  </si>
+  <si>
+    <t>Branżowa Szkoła I stopnia nr 34</t>
+  </si>
+  <si>
+    <t>Branżowa Szkoła I stopnia nr 4</t>
+  </si>
+  <si>
+    <t>Branżowa Szkoła I stopnia nr 6</t>
+  </si>
+  <si>
+    <t>Branżowa Szkoła I stopnia nr 7</t>
+  </si>
+  <si>
+    <t>Branżowa Szkoła I stopnia nr 8</t>
+  </si>
+  <si>
+    <t>Branżowa Szkoła I stopnia nr 9</t>
+  </si>
+  <si>
+    <t>Liczba uczniów szkoły zamieszkała na Osiedlu Nowe Winogrady Północ (os. Wichrowe Wzgórze oraz os. Zwycięstwa)</t>
+  </si>
+  <si>
+    <t>Branżowa Szkoła I stopnia Rzemiosła Artystycznego im. gen. Władysława Andersa</t>
+  </si>
+  <si>
+    <t xml:space="preserve">I Liceum Ogólnokształcące </t>
+  </si>
+  <si>
+    <t xml:space="preserve">VII Liceum Ogólnokształcące im. Dąbrówki </t>
+  </si>
+  <si>
+    <t xml:space="preserve">XV Liceum Ogólnokształcące im. prof. W. Degi </t>
+  </si>
+  <si>
+    <t xml:space="preserve">XVI Liceum Ogólnokształcące </t>
+  </si>
+  <si>
+    <t xml:space="preserve">XVII Liceum Ogólnokształcące </t>
+  </si>
+  <si>
+    <t xml:space="preserve">XVIII Liceum Ogólnokształcące </t>
+  </si>
+  <si>
+    <t xml:space="preserve">XX Liceum Ogólnokształcące </t>
+  </si>
+  <si>
+    <t xml:space="preserve">XXIX Liceum Ogólnokształcące </t>
+  </si>
+  <si>
+    <t xml:space="preserve">XXVIII Liceum Ogólnokształcące </t>
+  </si>
+  <si>
+    <t xml:space="preserve">XXXI Liceum Ogólnokształcące </t>
+  </si>
+  <si>
+    <t xml:space="preserve">XXXVII Liceum Ogólnokształcące z Oddziałami Terapeutycznymi </t>
+  </si>
+  <si>
+    <t xml:space="preserve">XXXVIII Dwujęzyczne Liceum Ogólnokształcące </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Liceum Ogólnokształcące Mistrzostwa Sportowego </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Technikum nr 19 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Technikum Budowlano-Drzewne </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Technikum Energetyczne </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Technikum nr 6 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Technikum Elektryczno-Elektroniczne </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Technikum Ekonomiczno-Handlowe </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Technikum Geodezyjno-Drogowe </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Technikum Mechaniczne </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Technikum Przemysłu Spożywczego </t>
+  </si>
+  <si>
+    <t>Technikum Elektroniczno-Mechaniczne</t>
+  </si>
+  <si>
+    <t>Technikum Gastronomiczne</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Technikum Komunikacji </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Technikum Łączności </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Technikum Odzieżowo-Usługowe </t>
+  </si>
+  <si>
+    <t>Technikum Poligraficzno-Administracyjne</t>
+  </si>
+  <si>
+    <t>Technikum Samochodowe</t>
+  </si>
+  <si>
+    <t>Załącznik 2a</t>
+  </si>
+  <si>
+    <t>Załącznik 2b</t>
+  </si>
+  <si>
+    <t>Załącznik 2c</t>
+  </si>
+  <si>
+    <t>Branżowa Szkoła I stopnia nr 28</t>
+  </si>
+</sst>
 </file>
 
-<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-[...27 lines deleted...]
-</w:ftr>
+<file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
+  <fonts count="6" x14ac:knownFonts="1">
+    <font>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <charset val="238"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="10"/>
+      <name val="Tahoma"/>
+      <family val="2"/>
+      <charset val="238"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Arial"/>
+      <family val="2"/>
+      <charset val="238"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Arial"/>
+      <family val="2"/>
+      <charset val="238"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <name val="Arial"/>
+      <family val="2"/>
+      <charset val="238"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <name val="Arial"/>
+      <family val="2"/>
+      <charset val="238"/>
+    </font>
+  </fonts>
+  <fills count="3">
+    <fill>
+      <patternFill patternType="none"/>
+    </fill>
+    <fill>
+      <patternFill patternType="gray125"/>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="0"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+  </fills>
+  <borders count="4">
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+  </borders>
+  <cellStyleXfs count="2">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+  </cellStyleXfs>
+  <cellXfs count="22">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="2" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="3" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="2" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="3" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+  </cellXfs>
+  <cellStyles count="2">
+    <cellStyle name="DefaultStyle" xfId="1" xr:uid="{00000000-0005-0000-0000-000000000000}"/>
+    <cellStyle name="Normalny" xfId="0" builtinId="0"/>
+  </cellStyles>
+  <dxfs count="0"/>
+  <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
+      <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
+    </ext>
+    <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
+      <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
+    </ext>
+  </extLst>
+</styleSheet>
 </file>
 
-<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-[...92 lines deleted...]
-</w:ftr>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
-<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-[...2363 lines deleted...]
-<file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motyw pakietu Office">
   <a:themeElements>
     <a:clrScheme name="Pakiet Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Pakiet Office">
       <a:majorFont>
-        <a:latin typeface="Calibri Light"/>
+        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
-        <a:font script="Thai" typeface="Angsana New"/>
+        <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游明朝"/>
+        <a:font script="Jpan" typeface="游ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
-        <a:font script="Thai" typeface="Cordia New"/>
+        <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
@@ -3245,92 +873,1157 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
-<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
-<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+<file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
+</file>
+
+<file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
+  <sheetPr>
+    <pageSetUpPr fitToPage="1"/>
+  </sheetPr>
+  <dimension ref="B2:E32"/>
+  <sheetViews>
+    <sheetView workbookViewId="0">
+      <selection activeCell="E2" sqref="E2"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="3" max="3" width="75.42578125" customWidth="1"/>
+    <col min="4" max="4" width="14.28515625" style="1" customWidth="1"/>
+    <col min="5" max="5" width="64.7109375" bestFit="1" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="2" spans="2:5" x14ac:dyDescent="0.25">
+      <c r="E2" s="20" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="3" spans="2:5" ht="45" x14ac:dyDescent="0.25">
+      <c r="B3" s="7" t="s">
+        <v>0</v>
+      </c>
+      <c r="C3" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="D3" s="7" t="s">
+        <v>46</v>
+      </c>
+      <c r="E3" s="3" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="4" spans="2:5" x14ac:dyDescent="0.25">
+      <c r="B4" s="8" t="s">
+        <v>2</v>
+      </c>
+      <c r="C4" s="9" t="s">
+        <v>64</v>
+      </c>
+      <c r="D4" s="8">
+        <v>787</v>
+      </c>
+      <c r="E4" s="4">
+        <f>8+5</f>
+        <v>13</v>
+      </c>
+    </row>
+    <row r="5" spans="2:5" x14ac:dyDescent="0.25">
+      <c r="B5" s="8" t="s">
+        <v>3</v>
+      </c>
+      <c r="C5" s="9" t="s">
+        <v>16</v>
+      </c>
+      <c r="D5" s="8">
+        <v>514</v>
+      </c>
+      <c r="E5" s="4">
+        <f>1+2</f>
+        <v>3</v>
+      </c>
+    </row>
+    <row r="6" spans="2:5" x14ac:dyDescent="0.25">
+      <c r="B6" s="8" t="s">
+        <v>5</v>
+      </c>
+      <c r="C6" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="D6" s="8">
+        <v>667</v>
+      </c>
+      <c r="E6" s="4">
+        <f>4+6</f>
+        <v>10</v>
+      </c>
+    </row>
+    <row r="7" spans="2:5" x14ac:dyDescent="0.25">
+      <c r="B7" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="C7" s="9" t="s">
+        <v>30</v>
+      </c>
+      <c r="D7" s="8">
+        <v>682</v>
+      </c>
+      <c r="E7" s="4">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="8" spans="2:5" x14ac:dyDescent="0.25">
+      <c r="B8" s="8" t="s">
+        <v>9</v>
+      </c>
+      <c r="C8" s="9" t="s">
+        <v>39</v>
+      </c>
+      <c r="D8" s="8">
+        <v>680</v>
+      </c>
+      <c r="E8" s="4">
+        <f>9+14</f>
+        <v>23</v>
+      </c>
+    </row>
+    <row r="9" spans="2:5" x14ac:dyDescent="0.25">
+      <c r="B9" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="C9" s="9" t="s">
+        <v>76</v>
+      </c>
+      <c r="D9" s="8">
+        <v>571</v>
+      </c>
+      <c r="E9" s="4">
+        <f>4+4</f>
+        <v>8</v>
+      </c>
+    </row>
+    <row r="10" spans="2:5" x14ac:dyDescent="0.25">
+      <c r="B10" s="8" t="s">
+        <v>12</v>
+      </c>
+      <c r="C10" s="9" t="s">
+        <v>41</v>
+      </c>
+      <c r="D10" s="8">
+        <v>630</v>
+      </c>
+      <c r="E10" s="4">
+        <f>5+5</f>
+        <v>10</v>
+      </c>
+    </row>
+    <row r="11" spans="2:5" x14ac:dyDescent="0.25">
+      <c r="B11" s="8" t="s">
+        <v>13</v>
+      </c>
+      <c r="C11" s="9" t="s">
+        <v>44</v>
+      </c>
+      <c r="D11" s="8">
+        <v>142</v>
+      </c>
+      <c r="E11" s="4">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="12" spans="2:5" x14ac:dyDescent="0.25">
+      <c r="B12" s="8" t="s">
+        <v>14</v>
+      </c>
+      <c r="C12" s="9" t="s">
+        <v>32</v>
+      </c>
+      <c r="D12" s="8">
+        <v>932</v>
+      </c>
+      <c r="E12" s="4">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="13" spans="2:5" x14ac:dyDescent="0.25">
+      <c r="B13" s="8" t="s">
+        <v>15</v>
+      </c>
+      <c r="C13" s="9" t="s">
+        <v>34</v>
+      </c>
+      <c r="D13" s="8">
+        <v>791</v>
+      </c>
+      <c r="E13" s="4">
+        <f>1+3</f>
+        <v>4</v>
+      </c>
+    </row>
+    <row r="14" spans="2:5" x14ac:dyDescent="0.25">
+      <c r="B14" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="C14" s="9" t="s">
+        <v>65</v>
+      </c>
+      <c r="D14" s="8">
+        <v>718</v>
+      </c>
+      <c r="E14" s="4">
+        <f>9+7</f>
+        <v>16</v>
+      </c>
+    </row>
+    <row r="15" spans="2:5" x14ac:dyDescent="0.25">
+      <c r="B15" s="8" t="s">
+        <v>18</v>
+      </c>
+      <c r="C15" s="9" t="s">
+        <v>37</v>
+      </c>
+      <c r="D15" s="8">
+        <v>797</v>
+      </c>
+      <c r="E15" s="4">
+        <f>8+5</f>
+        <v>13</v>
+      </c>
+    </row>
+    <row r="16" spans="2:5" x14ac:dyDescent="0.25">
+      <c r="B16" s="8" t="s">
+        <v>20</v>
+      </c>
+      <c r="C16" s="9" t="s">
+        <v>4</v>
+      </c>
+      <c r="D16" s="8">
+        <v>706</v>
+      </c>
+      <c r="E16" s="4">
+        <f>6+5</f>
+        <v>11</v>
+      </c>
+    </row>
+    <row r="17" spans="2:5" x14ac:dyDescent="0.25">
+      <c r="B17" s="8" t="s">
+        <v>22</v>
+      </c>
+      <c r="C17" s="9" t="s">
+        <v>6</v>
+      </c>
+      <c r="D17" s="8">
+        <v>722</v>
+      </c>
+      <c r="E17" s="4">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="18" spans="2:5" x14ac:dyDescent="0.25">
+      <c r="B18" s="8" t="s">
+        <v>23</v>
+      </c>
+      <c r="C18" s="9" t="s">
+        <v>8</v>
+      </c>
+      <c r="D18" s="8">
+        <v>591</v>
+      </c>
+      <c r="E18" s="4">
+        <f>6+3</f>
+        <v>9</v>
+      </c>
+    </row>
+    <row r="19" spans="2:5" x14ac:dyDescent="0.25">
+      <c r="B19" s="8" t="s">
+        <v>24</v>
+      </c>
+      <c r="C19" s="9" t="s">
+        <v>10</v>
+      </c>
+      <c r="D19" s="8">
+        <v>780</v>
+      </c>
+      <c r="E19" s="4">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="20" spans="2:5" x14ac:dyDescent="0.25">
+      <c r="B20" s="8" t="s">
+        <v>26</v>
+      </c>
+      <c r="C20" s="9" t="s">
+        <v>66</v>
+      </c>
+      <c r="D20" s="8">
+        <v>596</v>
+      </c>
+      <c r="E20" s="4">
+        <f>18+9</f>
+        <v>27</v>
+      </c>
+    </row>
+    <row r="21" spans="2:5" x14ac:dyDescent="0.25">
+      <c r="B21" s="8" t="s">
+        <v>27</v>
+      </c>
+      <c r="C21" s="9" t="s">
+        <v>67</v>
+      </c>
+      <c r="D21" s="8">
+        <v>416</v>
+      </c>
+      <c r="E21" s="4">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="22" spans="2:5" x14ac:dyDescent="0.25">
+      <c r="B22" s="8" t="s">
+        <v>28</v>
+      </c>
+      <c r="C22" s="9" t="s">
+        <v>68</v>
+      </c>
+      <c r="D22" s="8">
+        <v>744</v>
+      </c>
+      <c r="E22" s="4">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="23" spans="2:5" x14ac:dyDescent="0.25">
+      <c r="B23" s="8" t="s">
+        <v>29</v>
+      </c>
+      <c r="C23" s="9" t="s">
+        <v>69</v>
+      </c>
+      <c r="D23" s="8">
+        <v>333</v>
+      </c>
+      <c r="E23" s="4">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="24" spans="2:5" x14ac:dyDescent="0.25">
+      <c r="B24" s="8" t="s">
+        <v>31</v>
+      </c>
+      <c r="C24" s="9" t="s">
+        <v>70</v>
+      </c>
+      <c r="D24" s="8">
+        <v>768</v>
+      </c>
+      <c r="E24" s="4">
+        <f>12+6</f>
+        <v>18</v>
+      </c>
+    </row>
+    <row r="25" spans="2:5" x14ac:dyDescent="0.25">
+      <c r="B25" s="8" t="s">
+        <v>33</v>
+      </c>
+      <c r="C25" s="9" t="s">
+        <v>19</v>
+      </c>
+      <c r="D25" s="8">
+        <v>378</v>
+      </c>
+      <c r="E25" s="4">
+        <f>4+1</f>
+        <v>5</v>
+      </c>
+    </row>
+    <row r="26" spans="2:5" x14ac:dyDescent="0.25">
+      <c r="B26" s="8" t="s">
+        <v>35</v>
+      </c>
+      <c r="C26" s="9" t="s">
+        <v>71</v>
+      </c>
+      <c r="D26" s="8">
+        <v>466</v>
+      </c>
+      <c r="E26" s="4">
+        <f>1+2</f>
+        <v>3</v>
+      </c>
+    </row>
+    <row r="27" spans="2:5" x14ac:dyDescent="0.25">
+      <c r="B27" s="8" t="s">
+        <v>36</v>
+      </c>
+      <c r="C27" s="9" t="s">
+        <v>21</v>
+      </c>
+      <c r="D27" s="8">
+        <v>609</v>
+      </c>
+      <c r="E27" s="4">
+        <f>10+8</f>
+        <v>18</v>
+      </c>
+    </row>
+    <row r="28" spans="2:5" x14ac:dyDescent="0.25">
+      <c r="B28" s="8" t="s">
+        <v>38</v>
+      </c>
+      <c r="C28" s="9" t="s">
+        <v>72</v>
+      </c>
+      <c r="D28" s="8">
+        <v>270</v>
+      </c>
+      <c r="E28" s="4">
+        <f>1+2</f>
+        <v>3</v>
+      </c>
+    </row>
+    <row r="29" spans="2:5" x14ac:dyDescent="0.25">
+      <c r="B29" s="8" t="s">
+        <v>40</v>
+      </c>
+      <c r="C29" s="9" t="s">
+        <v>73</v>
+      </c>
+      <c r="D29" s="8">
+        <v>263</v>
+      </c>
+      <c r="E29" s="4">
+        <f>2+1</f>
+        <v>3</v>
+      </c>
+    </row>
+    <row r="30" spans="2:5" x14ac:dyDescent="0.25">
+      <c r="B30" s="8" t="s">
+        <v>42</v>
+      </c>
+      <c r="C30" s="9" t="s">
+        <v>74</v>
+      </c>
+      <c r="D30" s="8">
+        <v>259</v>
+      </c>
+      <c r="E30" s="4">
+        <f>3+2</f>
+        <v>5</v>
+      </c>
+    </row>
+    <row r="31" spans="2:5" x14ac:dyDescent="0.25">
+      <c r="B31" s="8" t="s">
+        <v>43</v>
+      </c>
+      <c r="C31" s="9" t="s">
+        <v>75</v>
+      </c>
+      <c r="D31" s="8">
+        <v>713</v>
+      </c>
+      <c r="E31" s="4">
+        <f>8+10</f>
+        <v>18</v>
+      </c>
+    </row>
+    <row r="32" spans="2:5" x14ac:dyDescent="0.25">
+      <c r="B32" s="16" t="s">
+        <v>45</v>
+      </c>
+      <c r="C32" s="17"/>
+      <c r="D32" s="5">
+        <f>SUM(D4:D31)</f>
+        <v>16525</v>
+      </c>
+      <c r="E32" s="6">
+        <f>SUM(E4:E31)</f>
+        <v>235</v>
+      </c>
+    </row>
+  </sheetData>
+  <sortState ref="C4:E31">
+    <sortCondition ref="C4"/>
+  </sortState>
+  <mergeCells count="1">
+    <mergeCell ref="B32:C32"/>
+  </mergeCells>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" scale="78" orientation="landscape" r:id="rId1"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
+  <sheetPr>
+    <pageSetUpPr fitToPage="1"/>
+  </sheetPr>
+  <dimension ref="C2:F22"/>
+  <sheetViews>
+    <sheetView topLeftCell="B1" workbookViewId="0">
+      <selection activeCell="I10" sqref="I10"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="4" max="4" width="50.85546875" customWidth="1"/>
+    <col min="5" max="5" width="13" customWidth="1"/>
+    <col min="6" max="6" width="64.7109375" bestFit="1" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="2" spans="3:6" x14ac:dyDescent="0.25">
+      <c r="F2" s="20" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="3" spans="3:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="C3" s="7" t="s">
+        <v>0</v>
+      </c>
+      <c r="D3" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="E3" s="7" t="s">
+        <v>46</v>
+      </c>
+      <c r="F3" s="3" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="4" spans="3:6" x14ac:dyDescent="0.25">
+      <c r="C4" s="12" t="s">
+        <v>2</v>
+      </c>
+      <c r="D4" s="13" t="s">
+        <v>77</v>
+      </c>
+      <c r="E4" s="12">
+        <v>575</v>
+      </c>
+      <c r="F4" s="10">
+        <f>3+1</f>
+        <v>4</v>
+      </c>
+    </row>
+    <row r="5" spans="3:6" x14ac:dyDescent="0.25">
+      <c r="C5" s="12" t="s">
+        <v>3</v>
+      </c>
+      <c r="D5" s="13" t="s">
+        <v>47</v>
+      </c>
+      <c r="E5" s="12">
+        <v>767</v>
+      </c>
+      <c r="F5" s="10">
+        <f>7+8</f>
+        <v>15</v>
+      </c>
+    </row>
+    <row r="6" spans="3:6" x14ac:dyDescent="0.25">
+      <c r="C6" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="D6" s="13" t="s">
+        <v>78</v>
+      </c>
+      <c r="E6" s="12">
+        <v>610</v>
+      </c>
+      <c r="F6" s="10">
+        <f>2+5</f>
+        <v>7</v>
+      </c>
+    </row>
+    <row r="7" spans="3:6" x14ac:dyDescent="0.25">
+      <c r="C7" s="12" t="s">
+        <v>7</v>
+      </c>
+      <c r="D7" s="13" t="s">
+        <v>48</v>
+      </c>
+      <c r="E7" s="12">
+        <v>727</v>
+      </c>
+      <c r="F7" s="10">
+        <f>2+10</f>
+        <v>12</v>
+      </c>
+    </row>
+    <row r="8" spans="3:6" x14ac:dyDescent="0.25">
+      <c r="C8" s="12" t="s">
+        <v>9</v>
+      </c>
+      <c r="D8" s="13" t="s">
+        <v>80</v>
+      </c>
+      <c r="E8" s="12">
+        <v>701</v>
+      </c>
+      <c r="F8" s="10">
+        <f>4+1</f>
+        <v>5</v>
+      </c>
+    </row>
+    <row r="9" spans="3:6" x14ac:dyDescent="0.25">
+      <c r="C9" s="12" t="s">
+        <v>11</v>
+      </c>
+      <c r="D9" s="13" t="s">
+        <v>79</v>
+      </c>
+      <c r="E9" s="12">
+        <v>614</v>
+      </c>
+      <c r="F9" s="10">
+        <f>2+6</f>
+        <v>8</v>
+      </c>
+    </row>
+    <row r="10" spans="3:6" x14ac:dyDescent="0.25">
+      <c r="C10" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D10" s="13" t="s">
+        <v>81</v>
+      </c>
+      <c r="E10" s="12">
+        <v>526</v>
+      </c>
+      <c r="F10" s="10">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="11" spans="3:6" x14ac:dyDescent="0.25">
+      <c r="C11" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="D11" s="13" t="s">
+        <v>82</v>
+      </c>
+      <c r="E11" s="12">
+        <v>1154</v>
+      </c>
+      <c r="F11" s="10">
+        <f>11+15</f>
+        <v>26</v>
+      </c>
+    </row>
+    <row r="12" spans="3:6" x14ac:dyDescent="0.25">
+      <c r="C12" s="12" t="s">
+        <v>14</v>
+      </c>
+      <c r="D12" s="13" t="s">
+        <v>83</v>
+      </c>
+      <c r="E12" s="12">
+        <v>485</v>
+      </c>
+      <c r="F12" s="10">
+        <f>1+5</f>
+        <v>6</v>
+      </c>
+    </row>
+    <row r="13" spans="3:6" x14ac:dyDescent="0.25">
+      <c r="C13" s="12" t="s">
+        <v>15</v>
+      </c>
+      <c r="D13" s="13" t="s">
+        <v>84</v>
+      </c>
+      <c r="E13" s="12">
+        <v>459</v>
+      </c>
+      <c r="F13" s="10">
+        <f>1+1</f>
+        <v>2</v>
+      </c>
+    </row>
+    <row r="14" spans="3:6" x14ac:dyDescent="0.25">
+      <c r="C14" s="12" t="s">
+        <v>17</v>
+      </c>
+      <c r="D14" s="13" t="s">
+        <v>85</v>
+      </c>
+      <c r="E14" s="12">
+        <v>592</v>
+      </c>
+      <c r="F14" s="10">
+        <f>6+13</f>
+        <v>19</v>
+      </c>
+    </row>
+    <row r="15" spans="3:6" x14ac:dyDescent="0.25">
+      <c r="C15" s="12" t="s">
+        <v>18</v>
+      </c>
+      <c r="D15" s="13" t="s">
+        <v>86</v>
+      </c>
+      <c r="E15" s="12">
+        <v>540</v>
+      </c>
+      <c r="F15" s="10">
+        <f>6+2</f>
+        <v>8</v>
+      </c>
+    </row>
+    <row r="16" spans="3:6" x14ac:dyDescent="0.25">
+      <c r="C16" s="12" t="s">
+        <v>20</v>
+      </c>
+      <c r="D16" s="13" t="s">
+        <v>87</v>
+      </c>
+      <c r="E16" s="12">
+        <v>446</v>
+      </c>
+      <c r="F16" s="10">
+        <f>1+2</f>
+        <v>3</v>
+      </c>
+    </row>
+    <row r="17" spans="3:6" x14ac:dyDescent="0.25">
+      <c r="C17" s="12" t="s">
+        <v>22</v>
+      </c>
+      <c r="D17" s="13" t="s">
+        <v>88</v>
+      </c>
+      <c r="E17" s="12">
+        <v>763</v>
+      </c>
+      <c r="F17" s="10">
+        <f>6+11</f>
+        <v>17</v>
+      </c>
+    </row>
+    <row r="18" spans="3:6" x14ac:dyDescent="0.25">
+      <c r="C18" s="12" t="s">
+        <v>23</v>
+      </c>
+      <c r="D18" s="13" t="s">
+        <v>89</v>
+      </c>
+      <c r="E18" s="12">
+        <v>1086</v>
+      </c>
+      <c r="F18" s="10">
+        <f>16+15</f>
+        <v>31</v>
+      </c>
+    </row>
+    <row r="19" spans="3:6" x14ac:dyDescent="0.25">
+      <c r="C19" s="12" t="s">
+        <v>24</v>
+      </c>
+      <c r="D19" s="13" t="s">
+        <v>90</v>
+      </c>
+      <c r="E19" s="12">
+        <v>475</v>
+      </c>
+      <c r="F19" s="10">
+        <f>5+1</f>
+        <v>6</v>
+      </c>
+    </row>
+    <row r="20" spans="3:6" x14ac:dyDescent="0.25">
+      <c r="C20" s="12" t="s">
+        <v>26</v>
+      </c>
+      <c r="D20" s="13" t="s">
+        <v>91</v>
+      </c>
+      <c r="E20" s="12">
+        <v>1007</v>
+      </c>
+      <c r="F20" s="10">
+        <f>6+15</f>
+        <v>21</v>
+      </c>
+    </row>
+    <row r="21" spans="3:6" x14ac:dyDescent="0.25">
+      <c r="C21" s="12" t="s">
+        <v>27</v>
+      </c>
+      <c r="D21" s="13" t="s">
+        <v>92</v>
+      </c>
+      <c r="E21" s="12">
+        <v>584</v>
+      </c>
+      <c r="F21" s="10">
+        <f>3+3</f>
+        <v>6</v>
+      </c>
+    </row>
+    <row r="22" spans="3:6" x14ac:dyDescent="0.25">
+      <c r="C22" s="18" t="s">
+        <v>45</v>
+      </c>
+      <c r="D22" s="19"/>
+      <c r="E22" s="11">
+        <f t="shared" ref="E22" si="0">SUM(E4:E21)</f>
+        <v>12111</v>
+      </c>
+      <c r="F22" s="11">
+        <f>SUM(F4:F21)</f>
+        <v>204</v>
+      </c>
+    </row>
+  </sheetData>
+  <mergeCells count="1">
+    <mergeCell ref="C22:D22"/>
+  </mergeCells>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" scale="87" orientation="landscape" r:id="rId1"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
+  <sheetPr>
+    <pageSetUpPr fitToPage="1"/>
+  </sheetPr>
+  <dimension ref="B1:E18"/>
+  <sheetViews>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <selection activeCell="C8" sqref="C8"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="3" max="3" width="78.7109375" customWidth="1"/>
+    <col min="4" max="4" width="12.7109375" customWidth="1"/>
+    <col min="5" max="5" width="64.85546875" style="2" bestFit="1" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="2:5" x14ac:dyDescent="0.25">
+      <c r="E1" s="21" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="2" spans="2:5" ht="45" x14ac:dyDescent="0.25">
+      <c r="B2" s="7" t="s">
+        <v>0</v>
+      </c>
+      <c r="C2" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="D2" s="7" t="s">
+        <v>46</v>
+      </c>
+      <c r="E2" s="3" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="3" spans="2:5" x14ac:dyDescent="0.25">
+      <c r="B3" s="12" t="s">
+        <v>2</v>
+      </c>
+      <c r="C3" s="13" t="s">
+        <v>49</v>
+      </c>
+      <c r="D3" s="12">
+        <v>19</v>
+      </c>
+      <c r="E3" s="10">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="4" spans="2:5" x14ac:dyDescent="0.25">
+      <c r="B4" s="12" t="s">
+        <v>3</v>
+      </c>
+      <c r="C4" s="13" t="s">
+        <v>50</v>
+      </c>
+      <c r="D4" s="12">
+        <v>167</v>
+      </c>
+      <c r="E4" s="10">
+        <f>1+2</f>
+        <v>3</v>
+      </c>
+    </row>
+    <row r="5" spans="2:5" x14ac:dyDescent="0.25">
+      <c r="B5" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C5" s="13" t="s">
+        <v>51</v>
+      </c>
+      <c r="D5" s="12">
+        <v>161</v>
+      </c>
+      <c r="E5" s="10">
+        <f>2+1</f>
+        <v>3</v>
+      </c>
+    </row>
+    <row r="6" spans="2:5" x14ac:dyDescent="0.25">
+      <c r="B6" s="12" t="s">
+        <v>7</v>
+      </c>
+      <c r="C6" s="13" t="s">
+        <v>52</v>
+      </c>
+      <c r="D6" s="12">
+        <v>263</v>
+      </c>
+      <c r="E6" s="10">
+        <f>1+4</f>
+        <v>5</v>
+      </c>
+    </row>
+    <row r="7" spans="2:5" x14ac:dyDescent="0.25">
+      <c r="B7" s="12" t="s">
+        <v>9</v>
+      </c>
+      <c r="C7" s="13" t="s">
+        <v>53</v>
+      </c>
+      <c r="D7" s="12">
+        <v>26</v>
+      </c>
+      <c r="E7" s="10">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="8" spans="2:5" x14ac:dyDescent="0.25">
+      <c r="B8" s="12" t="s">
+        <v>11</v>
+      </c>
+      <c r="C8" s="13" t="s">
+        <v>96</v>
+      </c>
+      <c r="D8" s="12">
+        <v>161</v>
+      </c>
+      <c r="E8" s="10">
+        <f>3+1</f>
+        <v>4</v>
+      </c>
+    </row>
+    <row r="9" spans="2:5" x14ac:dyDescent="0.25">
+      <c r="B9" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="C9" s="13" t="s">
+        <v>54</v>
+      </c>
+      <c r="D9" s="12">
+        <v>122</v>
+      </c>
+      <c r="E9" s="10">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="10" spans="2:5" x14ac:dyDescent="0.25">
+      <c r="B10" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="C10" s="13" t="s">
+        <v>55</v>
+      </c>
+      <c r="D10" s="12">
+        <v>160</v>
+      </c>
+      <c r="E10" s="10">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="11" spans="2:5" x14ac:dyDescent="0.25">
+      <c r="B11" s="12" t="s">
+        <v>14</v>
+      </c>
+      <c r="C11" s="13" t="s">
+        <v>56</v>
+      </c>
+      <c r="D11" s="12">
+        <v>23</v>
+      </c>
+      <c r="E11" s="10">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="12" spans="2:5" x14ac:dyDescent="0.25">
+      <c r="B12" s="12" t="s">
+        <v>15</v>
+      </c>
+      <c r="C12" s="13" t="s">
+        <v>57</v>
+      </c>
+      <c r="D12" s="12">
+        <v>156</v>
+      </c>
+      <c r="E12" s="10">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="13" spans="2:5" x14ac:dyDescent="0.25">
+      <c r="B13" s="12" t="s">
+        <v>17</v>
+      </c>
+      <c r="C13" s="13" t="s">
+        <v>63</v>
+      </c>
+      <c r="D13" s="12">
+        <v>137</v>
+      </c>
+      <c r="E13" s="10">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="14" spans="2:5" x14ac:dyDescent="0.25">
+      <c r="B14" s="12" t="s">
+        <v>18</v>
+      </c>
+      <c r="C14" s="13" t="s">
+        <v>58</v>
+      </c>
+      <c r="D14" s="12">
+        <v>138</v>
+      </c>
+      <c r="E14" s="10">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="15" spans="2:5" x14ac:dyDescent="0.25">
+      <c r="B15" s="12" t="s">
+        <v>20</v>
+      </c>
+      <c r="C15" s="13" t="s">
+        <v>59</v>
+      </c>
+      <c r="D15" s="12">
+        <v>100</v>
+      </c>
+      <c r="E15" s="10">
+        <f>1+1</f>
+        <v>2</v>
+      </c>
+    </row>
+    <row r="16" spans="2:5" x14ac:dyDescent="0.25">
+      <c r="B16" s="12" t="s">
+        <v>22</v>
+      </c>
+      <c r="C16" s="13" t="s">
+        <v>60</v>
+      </c>
+      <c r="D16" s="12">
+        <v>272</v>
+      </c>
+      <c r="E16" s="10">
+        <f>6+1</f>
+        <v>7</v>
+      </c>
+    </row>
+    <row r="17" spans="2:5" x14ac:dyDescent="0.25">
+      <c r="B17" s="12" t="s">
+        <v>23</v>
+      </c>
+      <c r="C17" s="13" t="s">
+        <v>61</v>
+      </c>
+      <c r="D17" s="12">
+        <v>286</v>
+      </c>
+      <c r="E17" s="10">
+        <f>2+6</f>
+        <v>8</v>
+      </c>
+    </row>
+    <row r="18" spans="2:5" x14ac:dyDescent="0.25">
+      <c r="B18" s="18" t="s">
+        <v>45</v>
+      </c>
+      <c r="C18" s="19"/>
+      <c r="D18" s="14">
+        <f t="shared" ref="D18" si="0">SUM(D3:D17)</f>
+        <v>2191</v>
+      </c>
+      <c r="E18" s="15">
+        <f>SUM(E3:E17)</f>
+        <v>42</v>
+      </c>
+    </row>
+  </sheetData>
+  <mergeCells count="1">
+    <mergeCell ref="B18:C18"/>
+  </mergeCells>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" scale="82" orientation="landscape" r:id="rId1"/>
+</worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
-[...4 lines deleted...]
-  <Application>Microsoft Office Word</Application>
+  <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>7</Lines>
-  <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
-        <vt:lpstr>Tytuł</vt:lpstr>
+        <vt:lpstr>Arkusze</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>1</vt:i4>
+        <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr/>
+    <vt:vector size="3" baseType="lpstr">
+      <vt:lpstr>LO</vt:lpstr>
+      <vt:lpstr>Technikum</vt:lpstr>
+      <vt:lpstr>BS I Stopnia</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
-  <Company>ump</Company>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1012</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>Odpowiedź na interpelację 305 ws. danych statystycznych na potrzeby diagnozy potrzeb młodzieży</dc:title>
-[...3 lines deleted...]
-  <dc:description/>
+  <dc:creator>Paulina Taterka</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
-  <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-  <dc:language>pl-PL</dc:language>
 </cp:coreProperties>
 </file>