--- v0 (2025-12-08)
+++ v1 (2026-03-14)
@@ -8,433 +8,604 @@
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/commentsIds.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.commentsIds+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w14:paraId="49C9E5E0" w14:textId="41A48F8A" w:rsidR="009147B1" w:rsidRDefault="009147B1">
-[...1 lines deleted...]
-        <w:sectPr w:rsidR="009147B1">
+    <w:p w14:paraId="49C9E5E0" w14:textId="144627D6" w:rsidR="009147B1" w:rsidRPr="004E6930" w:rsidRDefault="009147B1" w:rsidP="0051286B">
+      <w:pPr>
+        <w:pStyle w:val="UMP-odpowiednapytanie"/>
+        <w:sectPr w:rsidR="009147B1" w:rsidRPr="004E6930">
           <w:footerReference w:type="default" r:id="rId8"/>
           <w:headerReference w:type="first" r:id="rId9"/>
           <w:footerReference w:type="first" r:id="rId10"/>
           <w:pgSz w:w="11906" w:h="16838"/>
           <w:pgMar w:top="2269" w:right="1418" w:bottom="1985" w:left="1418" w:header="567" w:footer="708" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:formProt w:val="0"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="600" w:charSpace="36864"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6184A85A" w14:textId="2A2BD5D8" w:rsidR="009147B1" w:rsidRDefault="002A16A4">
+    <w:p w14:paraId="6184A85A" w14:textId="50CDAB66" w:rsidR="009147B1" w:rsidRPr="004E6930" w:rsidRDefault="002A16A4">
       <w:pPr>
         <w:pStyle w:val="UMP-data-znak-UID-za-prowadzi"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="004E6930">
         <w:t>Poznań,</w:t>
       </w:r>
-      <w:r w:rsidR="004054CE">
+      <w:r w:rsidR="004054CE" w:rsidRPr="004E6930">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="002449BF">
-[...6 lines deleted...]
-        <w:t>2025 roku</w:t>
+      <w:r w:rsidR="00DA1177">
+        <w:t>28</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD5D11" w:rsidRPr="004E6930">
+        <w:t>.10</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E6930">
+        <w:t>.2025 roku</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="393B66B4" w14:textId="62A11A6F" w:rsidR="009147B1" w:rsidRDefault="002A16A4">
+    <w:p w14:paraId="393B66B4" w14:textId="209D295B" w:rsidR="009147B1" w:rsidRPr="004E6930" w:rsidRDefault="002A16A4">
       <w:pPr>
         <w:pStyle w:val="UMP-data-znak-UID-za-prowadzi"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="004E6930">
         <w:t>Znak sprawy: Or-II.0003.1.</w:t>
       </w:r>
-      <w:r w:rsidR="00011A67">
-[...2 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="00AD5D11" w:rsidRPr="004E6930">
+        <w:t>311</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E6930">
         <w:t>.2025</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="36DFD159" w14:textId="6DA8E030" w:rsidR="009147B1" w:rsidRDefault="002A16A4">
+    <w:p w14:paraId="36DFD159" w14:textId="32C25160" w:rsidR="009147B1" w:rsidRPr="004E6930" w:rsidRDefault="002A16A4">
       <w:pPr>
         <w:pStyle w:val="UMP-data-znak-UID-za-prowadzi"/>
         <w:spacing w:after="0"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="004E6930">
         <w:t xml:space="preserve">Nr rej.: </w:t>
       </w:r>
-      <w:r w:rsidR="000A4430">
-        <w:t>24102503264</w:t>
+      <w:r w:rsidR="00DA1177">
+        <w:t>28102501135</w:t>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:p w14:paraId="436F0186" w14:textId="597FFB46" w:rsidR="009147B1" w:rsidRDefault="002A16A4">
+    <w:p w14:paraId="436F0186" w14:textId="48485336" w:rsidR="009147B1" w:rsidRPr="004E6930" w:rsidRDefault="002A16A4">
       <w:pPr>
         <w:pStyle w:val="UMP-odbiorca"/>
         <w:spacing w:before="240"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="004E6930">
         <w:t>Pan</w:t>
       </w:r>
-      <w:r w:rsidR="00011A67">
+      <w:r w:rsidR="00AD5D11" w:rsidRPr="004E6930">
         <w:t>i</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="149A4261" w14:textId="3A9D6AD5" w:rsidR="009147B1" w:rsidRDefault="00011A67">
+    <w:p w14:paraId="149A4261" w14:textId="147B8404" w:rsidR="009147B1" w:rsidRPr="004E6930" w:rsidRDefault="00AD5D11">
       <w:pPr>
         <w:pStyle w:val="UMP-odbiorca"/>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="004E6930">
+        <w:t xml:space="preserve">Magdalena </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004E6930">
+        <w:t>Antolczyk</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="7CF14EC3" w14:textId="6ED92A66" w:rsidR="009147B1" w:rsidRDefault="002A16A4">
+    <w:p w14:paraId="7CF14EC3" w14:textId="2A261759" w:rsidR="009147B1" w:rsidRPr="004E6930" w:rsidRDefault="002A16A4">
       <w:pPr>
         <w:pStyle w:val="UMP-odbiorca"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="004E6930">
         <w:t>Radn</w:t>
       </w:r>
-      <w:r w:rsidR="00011A67">
+      <w:r w:rsidR="00AD5D11" w:rsidRPr="004E6930">
         <w:t>a</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="004E6930">
         <w:t xml:space="preserve"> Miasta Poznania</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="506792A3" w14:textId="76C3A535" w:rsidR="009147B1" w:rsidRDefault="002A16A4" w:rsidP="005225B8">
+    <w:p w14:paraId="506792A3" w14:textId="4D6C33A8" w:rsidR="009147B1" w:rsidRPr="004E6930" w:rsidRDefault="002A16A4" w:rsidP="00AA07E1">
       <w:pPr>
         <w:pStyle w:val="UMP-nagwekpierwszegopoziomu"/>
         <w:spacing w:before="480" w:after="480"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="004E6930">
         <w:t>Odpowiedź na interpelację</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="30716489" w14:textId="754BD33E" w:rsidR="009147B1" w:rsidRDefault="002A16A4" w:rsidP="00293AAF">
+    <w:p w14:paraId="30716489" w14:textId="7BBDE679" w:rsidR="009147B1" w:rsidRPr="004E6930" w:rsidRDefault="002A16A4" w:rsidP="00293AAF">
       <w:pPr>
         <w:pStyle w:val="UMP-zwrotszanowni"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="004E6930">
         <w:t>Szanown</w:t>
       </w:r>
-      <w:r w:rsidR="00011A67">
+      <w:r w:rsidR="00AD5D11" w:rsidRPr="004E6930">
         <w:t>a</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="004E6930">
         <w:t xml:space="preserve"> Pani Radn</w:t>
       </w:r>
-      <w:r w:rsidR="00011A67">
+      <w:r w:rsidR="00AD5D11" w:rsidRPr="004E6930">
         <w:t>a</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="004E6930">
         <w:t>,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="469A1270" w14:textId="3507ADF5" w:rsidR="009147B1" w:rsidRDefault="00011A67" w:rsidP="00011A67">
+    <w:p w14:paraId="092AB623" w14:textId="18508440" w:rsidR="009147B1" w:rsidRPr="004E6930" w:rsidRDefault="00AD5D11">
       <w:pPr>
         <w:pStyle w:val="UMP-tekstpodstawowy"/>
-      </w:pPr>
-      <w:r>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>15 października</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="002A16A4">
+      </w:pPr>
+      <w:r w:rsidRPr="004E6930">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2025 r. do Prezydenta Miasta Poznania wpłynęła Pan</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve">15 października </w:t>
+      </w:r>
+      <w:r w:rsidR="002A16A4" w:rsidRPr="004E6930">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2025 r. do Prezydenta Miasta Poznania wpłynęła Pan</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E6930">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
-      <w:r w:rsidR="002A16A4">
+      <w:r w:rsidR="002A16A4" w:rsidRPr="004E6930">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> interpelacja dotycząca </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="004E6930">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>zwiększenia liczby znaków z kodem QR w pojazdach komunikacji miejskiej</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="002A16A4">
+        <w:t>rozwoju sytemu toalet publicznych w Poznaniu</w:t>
+      </w:r>
+      <w:r w:rsidR="002A16A4" w:rsidRPr="004E6930">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>.</w:t>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00224492" w:rsidRPr="004E6930">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Przedstawiam odpowiedzi na</w:t>
+      </w:r>
+      <w:r w:rsidR="007B5295">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00224492" w:rsidRPr="004E6930">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>pytania.</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA15C4" w:rsidRPr="004E6930">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50107303" w14:textId="40E2849D" w:rsidR="009147B1" w:rsidRDefault="00531D6E" w:rsidP="00C12C12">
+    <w:p w14:paraId="70A77C07" w14:textId="5B448033" w:rsidR="001420AD" w:rsidRPr="004E6930" w:rsidRDefault="00EE0397" w:rsidP="001420AD">
+      <w:pPr>
+        <w:pStyle w:val="UMP-odpowiednapytanie"/>
+      </w:pPr>
+      <w:r w:rsidRPr="004E6930">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001420AD" w:rsidRPr="004E6930">
+        <w:t>„Czy Miasto Poznań planuje rozbudowę sieci toalet publicznych w najbliższych latach?”</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B5AE536" w14:textId="05F181E5" w:rsidR="001420AD" w:rsidRPr="004E6930" w:rsidRDefault="00FA15C4" w:rsidP="00FA15C4">
       <w:pPr>
         <w:pStyle w:val="UMP-tekstpodstawowy"/>
       </w:pPr>
-      <w:r>
-[...2 lines deleted...]
-      <w:r w:rsidR="00BC7862">
+      <w:r w:rsidRPr="004E6930">
+        <w:t xml:space="preserve">Sieć toalet miejskich rozbudowywana jest na bieżąco w ramach potrzeb i </w:t>
+      </w:r>
+      <w:r w:rsidR="008E5FA7">
+        <w:t>możliwości finansowych</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E6930">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="004E6930" w:rsidRPr="004E6930">
+        <w:t xml:space="preserve">Obecnie </w:t>
+      </w:r>
+      <w:r w:rsidR="001E65A1">
+        <w:t xml:space="preserve">trwają przygotowania do </w:t>
+      </w:r>
+      <w:r w:rsidR="009B4667" w:rsidRPr="004E6930">
+        <w:t>budowy automatycznej toalety w p</w:t>
+      </w:r>
+      <w:r w:rsidR="004E6930" w:rsidRPr="004E6930">
+        <w:t>arku Rataje.</w:t>
+      </w:r>
+      <w:r w:rsidR="003E7658">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      <w:r w:rsidR="00495FCF">
+      <w:r w:rsidR="001E65A1">
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidR="001E65A1" w:rsidRPr="004E6930">
+        <w:t>by wzmocnić sieć publicznych toalet w centrum miasta</w:t>
+      </w:r>
+      <w:r w:rsidR="001E65A1">
+        <w:t>, t</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E6930">
+        <w:t xml:space="preserve">rwają </w:t>
+      </w:r>
+      <w:r w:rsidR="00E46AB5" w:rsidRPr="004E6930">
+        <w:t xml:space="preserve">także </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E6930">
+        <w:t>prace przygotowawcze związane z przyszłą budową nowej toalety przy placu Wielkopolski</w:t>
+      </w:r>
+      <w:r w:rsidR="001E65A1">
+        <w:t>m</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E6930">
+        <w:t>. Nowy</w:t>
+      </w:r>
+      <w:r w:rsidR="007B5295">
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00697420">
-[...5 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="004E6930">
+        <w:t>obiekt miałby zastąpić ob</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE0397" w:rsidRPr="004E6930">
+        <w:t>ecny</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E6930">
+        <w:t>, który nie spełnia już obowiązujących standardów i</w:t>
+      </w:r>
+      <w:r w:rsidR="007B5295">
+        <w:t> n</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E6930">
+        <w:t>ie</w:t>
+      </w:r>
+      <w:r w:rsidR="007B5295">
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E6930">
+        <w:t>jest przystosowany d</w:t>
+      </w:r>
+      <w:r w:rsidR="00644A39" w:rsidRPr="004E6930">
+        <w:t>la</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E6930">
+        <w:t xml:space="preserve"> osób z niepełnosprawnościami.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="469A1270" w14:textId="23BE5676" w:rsidR="009147B1" w:rsidRPr="004E6930" w:rsidRDefault="001420AD" w:rsidP="001420AD">
+      <w:pPr>
+        <w:pStyle w:val="UMP-odpowiednapytanie"/>
+      </w:pPr>
+      <w:r w:rsidRPr="004E6930">
+        <w:t xml:space="preserve">„Czy planowane jest rozszerzenie programu z 2012 r. o nowoczesne modele toalet automatycznych, np. z </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004E6930">
+        <w:t>fotowoltaiką</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004E6930">
+        <w:t>, czujnikami ruchu, systemem automatycznego czyszczenia lub modułami dostosowanymi dla osób z niepełnosprawnościami?”</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4749D4AD" w14:textId="0F40BBF2" w:rsidR="0039020E" w:rsidRDefault="001E5C4D" w:rsidP="004E6930">
+      <w:pPr>
+        <w:pStyle w:val="UMP-tekstpodstawowy"/>
+      </w:pPr>
+      <w:r w:rsidRPr="004E6930">
+        <w:t>W pierwszej połowie 2026 roku, w</w:t>
+      </w:r>
+      <w:r w:rsidR="007B2AC8" w:rsidRPr="004E6930">
+        <w:t xml:space="preserve"> ramach dalszego rozwoju miejskiej sieci toalet</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E6930">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="007B2AC8" w:rsidRPr="004E6930">
+        <w:t xml:space="preserve"> Usługi</w:t>
+      </w:r>
+      <w:r w:rsidR="007B5295">
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="007B2AC8" w:rsidRPr="004E6930">
+        <w:t xml:space="preserve">Komunalne wraz z Miejską Pracownią Urbanistyczną planują </w:t>
+      </w:r>
+      <w:r w:rsidR="000C2208" w:rsidRPr="004E6930">
+        <w:t xml:space="preserve">przeprowadzić analizę potrzeb i optymalnych lokalizacji nowych toalet. </w:t>
+      </w:r>
+      <w:r w:rsidR="00D75A3A" w:rsidRPr="004E6930">
+        <w:t xml:space="preserve">Wykorzystane zostaną dane dotyczące </w:t>
+      </w:r>
+      <w:r w:rsidR="00061BFE" w:rsidRPr="004E6930">
+        <w:t xml:space="preserve">liczby </w:t>
+      </w:r>
+      <w:r w:rsidR="00644A39" w:rsidRPr="004E6930">
+        <w:t xml:space="preserve">osób korzystających z </w:t>
+      </w:r>
+      <w:r w:rsidR="000C2208" w:rsidRPr="004E6930">
+        <w:t>obecn</w:t>
+      </w:r>
+      <w:r w:rsidR="003C4724" w:rsidRPr="004E6930">
+        <w:t xml:space="preserve">ie istniejących </w:t>
+      </w:r>
+      <w:r w:rsidR="00644A39" w:rsidRPr="004E6930">
+        <w:t xml:space="preserve">toalet </w:t>
+      </w:r>
+      <w:r w:rsidR="003C4724" w:rsidRPr="004E6930">
+        <w:t>oraz</w:t>
+      </w:r>
+      <w:r w:rsidR="000C2208" w:rsidRPr="004E6930">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E602B5" w:rsidRPr="004E6930">
+        <w:t xml:space="preserve">informacje od </w:t>
+      </w:r>
+      <w:r w:rsidR="003C4724" w:rsidRPr="004E6930">
+        <w:t>mieszkańców i</w:t>
+      </w:r>
+      <w:r w:rsidR="007B5295">
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="003C4724" w:rsidRPr="004E6930">
+        <w:t xml:space="preserve">rad osiedli </w:t>
+      </w:r>
+      <w:r w:rsidR="00E602B5" w:rsidRPr="004E6930">
+        <w:t xml:space="preserve">odnośnie </w:t>
+      </w:r>
+      <w:r w:rsidR="002A7126">
+        <w:t xml:space="preserve">potrzeby </w:t>
+      </w:r>
+      <w:r w:rsidR="00BE567C">
+        <w:t xml:space="preserve">utworzenia </w:t>
+      </w:r>
+      <w:r w:rsidR="00E602B5" w:rsidRPr="004E6930">
+        <w:t xml:space="preserve">nowych </w:t>
+      </w:r>
+      <w:r w:rsidR="00FE0E16">
+        <w:t>miejsc</w:t>
+      </w:r>
+      <w:r w:rsidR="00E602B5" w:rsidRPr="004E6930">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="00B4671F">
-[...14 lines deleted...]
-      <w:r w:rsidR="00B4671F">
+      <w:r w:rsidR="004518F3" w:rsidRPr="004E6930">
+        <w:t>Z</w:t>
+      </w:r>
+      <w:r w:rsidR="000C2208" w:rsidRPr="004E6930">
+        <w:t>akładana jest budowa toalet w</w:t>
+      </w:r>
+      <w:r w:rsidR="007B5295">
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="0035601E">
-[...11 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="000C2208" w:rsidRPr="004E6930">
+        <w:t>pełni zautomatyzowanych</w:t>
+      </w:r>
+      <w:r w:rsidR="004518F3" w:rsidRPr="004E6930">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0035601E">
-[...14 lines deleted...]
-      <w:r w:rsidR="00157FD0">
+      <w:r w:rsidR="000C2208" w:rsidRPr="004E6930">
+        <w:t>wraz z modułami dostosowanymi d</w:t>
+      </w:r>
+      <w:r w:rsidR="004518F3" w:rsidRPr="004E6930">
+        <w:t>la</w:t>
+      </w:r>
+      <w:r w:rsidR="000C2208" w:rsidRPr="004E6930">
+        <w:t xml:space="preserve"> osób z</w:t>
+      </w:r>
+      <w:r w:rsidR="007B5295">
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="000C2208" w:rsidRPr="004E6930">
+        <w:t>niepełnosprawnościami.</w:t>
+      </w:r>
+      <w:r w:rsidR="00644A39" w:rsidRPr="004E6930">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00041750">
-[...11 lines deleted...]
-      <w:r w:rsidR="00BC7862">
+    </w:p>
+    <w:p w14:paraId="102325B8" w14:textId="7C2C73C8" w:rsidR="007B2AC8" w:rsidRPr="004E6930" w:rsidRDefault="00644A39" w:rsidP="004E6930">
+      <w:pPr>
+        <w:pStyle w:val="UMP-tekstpodstawowy"/>
+      </w:pPr>
+      <w:r w:rsidRPr="004E6930">
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Dodatkowo Wydział Gospodarki Komunalnej przygotowuje zestawienie </w:t>
+      </w:r>
+      <w:r w:rsidR="00C43278">
+        <w:t xml:space="preserve">z ogólnodostępnymi toaletami </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E6930">
+        <w:t xml:space="preserve">w Poznaniu, </w:t>
+      </w:r>
+      <w:r w:rsidR="00C43278">
+        <w:t xml:space="preserve">które </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E6930">
+        <w:t xml:space="preserve">uzupełniają sieć zarządzaną przez Usługi Komunalne. Powyższe działania </w:t>
+      </w:r>
+      <w:r w:rsidR="007C115C">
+        <w:t xml:space="preserve">określą </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E6930">
+        <w:t>dalszy kierun</w:t>
+      </w:r>
+      <w:r w:rsidR="007C115C">
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E6930">
+        <w:t>k rozwoju sieci miejskich toalet.</w:t>
+      </w:r>
+      <w:r w:rsidR="004E6930" w:rsidRPr="004E6930">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...31 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="38353697" w14:textId="63253A49" w:rsidR="009147B1" w:rsidRDefault="002A16A4">
+    <w:p w14:paraId="38353697" w14:textId="63253A49" w:rsidR="009147B1" w:rsidRPr="004E6930" w:rsidRDefault="002A16A4">
       <w:pPr>
         <w:pStyle w:val="UMP-zwrotzpowaaniem"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="004E6930">
         <w:t>Z wyrazami szacunku</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="33139EE9" w14:textId="77777777" w:rsidR="00775F18" w:rsidRDefault="00775F18" w:rsidP="00775F18">
+    <w:p w14:paraId="29968630" w14:textId="77777777" w:rsidR="00DA1177" w:rsidRDefault="00DA1177" w:rsidP="00DA1177">
       <w:pPr>
         <w:pStyle w:val="UMP-podpis"/>
       </w:pPr>
       <w:r>
         <w:t>Z up. PREZYDENTA MIASTA</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="12C4185B" w14:textId="77777777" w:rsidR="00775F18" w:rsidRDefault="00775F18" w:rsidP="00775F18">
+    <w:p w14:paraId="0EA6B3F6" w14:textId="77777777" w:rsidR="00DA1177" w:rsidRDefault="00DA1177" w:rsidP="00DA1177">
       <w:pPr>
         <w:pStyle w:val="UMP-podpis"/>
       </w:pPr>
       <w:r>
-        <w:t>(-) Mariusz Wiśniewski</w:t>
-      </w:r>
+        <w:t xml:space="preserve">(-) Natalia </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Weremczuk</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="2639EFFE" w14:textId="07E70805" w:rsidR="004054CE" w:rsidRPr="004054CE" w:rsidRDefault="00775F18" w:rsidP="00775F18">
+    <w:p w14:paraId="2C5293A6" w14:textId="77777777" w:rsidR="00DA1177" w:rsidRDefault="00DA1177" w:rsidP="00DA1177">
       <w:pPr>
         <w:pStyle w:val="UMP-podpis"/>
       </w:pPr>
       <w:r>
-        <w:t>Z-CA PREZYDENTA MIASTA POZNANIA</w:t>
+        <w:t>ZASTĘPCZYNI</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7443733B" w14:textId="77777777" w:rsidR="009147B1" w:rsidRDefault="002A16A4">
+    <w:p w14:paraId="2639EFFE" w14:textId="76F71261" w:rsidR="004054CE" w:rsidRDefault="00DA1177" w:rsidP="00DA1177">
+      <w:pPr>
+        <w:pStyle w:val="UMP-podpis"/>
+      </w:pPr>
+      <w:r>
+        <w:t>PREZYDENTA MIASTA POZNANIA</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7443733B" w14:textId="77777777" w:rsidR="009147B1" w:rsidRPr="004E6930" w:rsidRDefault="002A16A4">
       <w:pPr>
         <w:pStyle w:val="UMP-data-znak-UID-za-prowadzi"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="004E6930">
         <w:t>Do wiadomości:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5AA88190" w14:textId="77777777" w:rsidR="009147B1" w:rsidRDefault="002A16A4">
+    <w:p w14:paraId="5AA88190" w14:textId="77777777" w:rsidR="009147B1" w:rsidRPr="004E6930" w:rsidRDefault="002A16A4">
       <w:pPr>
         <w:pStyle w:val="UMP-data-znak-UID-za-prowadzi"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="004E6930">
         <w:t>Przewodniczący Rady Miasta</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="009147B1">
+    <w:sectPr w:rsidR="009147B1" w:rsidRPr="004E6930" w:rsidSect="00FA15C4">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="2269" w:right="1418" w:bottom="1985" w:left="1418" w:header="567" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="1560" w:right="1418" w:bottom="1985" w:left="1418" w:header="567" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:formProt w:val="0"/>
       <w:docGrid w:linePitch="600" w:charSpace="36864"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/commentsIds.xml><?xml version="1.0" encoding="utf-8"?>
 <w16cid:commentsIds xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w16cid:commentId w16cid:paraId="12D0FD25" w16cid:durableId="2C7BAD69"/>
   <w16cid:commentId w16cid:paraId="3A71A3B0" w16cid:durableId="2C7BADA7"/>
   <w16cid:commentId w16cid:paraId="34A161A4" w16cid:durableId="2C7BAF13"/>
 </w16cid:commentsIds>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1486E17B" w14:textId="77777777" w:rsidR="00977A27" w:rsidRDefault="00977A27">
+    <w:p w14:paraId="6C3F54A1" w14:textId="77777777" w:rsidR="00B47DF2" w:rsidRDefault="00B47DF2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2868D76D" w14:textId="77777777" w:rsidR="00977A27" w:rsidRDefault="00977A27">
+    <w:p w14:paraId="632CC28C" w14:textId="77777777" w:rsidR="00B47DF2" w:rsidRDefault="00B47DF2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -473,253 +644,215 @@
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Free 3 of 9">
     <w:altName w:val="Arial Unicode MS"/>
     <w:panose1 w:val="00000009000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w14:paraId="798B3637" w14:textId="3060745B" w:rsidR="009147B1" w:rsidRDefault="002A16A4">
+  <w:p w14:paraId="798B3637" w14:textId="1726E4BA" w:rsidR="009147B1" w:rsidRDefault="002A16A4">
     <w:pPr>
       <w:pStyle w:val="UMP-stopkanrstrony"/>
     </w:pPr>
     <w:r>
       <w:t xml:space="preserve">Strona </w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText>PAGE</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00697420">
+    <w:r w:rsidR="00DA1177">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:p w14:paraId="519635BC" w14:textId="77777777" w:rsidR="009147B1" w:rsidRDefault="002A16A4">
     <w:pPr>
       <w:pStyle w:val="UMP-stopkastrony"/>
     </w:pPr>
     <w:r>
       <w:t>Urząd Miasta Poznania, plac Kolegiacki 17, 61-841 Poznań</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="0A985CDE" w14:textId="355FF000" w:rsidR="009147B1" w:rsidRPr="00DC3B11" w:rsidRDefault="00065DC7" w:rsidP="00065DC7">
+  <w:p w14:paraId="0A985CDE" w14:textId="77777777" w:rsidR="009147B1" w:rsidRPr="00DC3B11" w:rsidRDefault="002A16A4">
     <w:pPr>
       <w:pStyle w:val="UMP-stopkastrony"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="7227"/>
       </w:tabs>
       <w:rPr>
         <w:rStyle w:val="UMP-stopkahipercze"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="008C6AF4">
+    <w:r>
       <w:rPr>
         <w:lang w:val="en-US"/>
       </w:rPr>
-      <w:t xml:space="preserve">tel. +48 61 878 53 </w:t>
-[...11 lines deleted...]
-      <w:t xml:space="preserve">, </w:t>
+      <w:t xml:space="preserve">tel. +48 61 878 53 16, </w:t>
     </w:r>
     <w:proofErr w:type="spellStart"/>
-    <w:r w:rsidRPr="008C6AF4">
+    <w:r>
       <w:rPr>
         <w:lang w:val="en-US"/>
       </w:rPr>
-      <w:t>fa</w:t>
-[...5 lines deleted...]
-      <w:t>ks</w:t>
+      <w:t>faks</w:t>
     </w:r>
     <w:proofErr w:type="spellEnd"/>
-    <w:r w:rsidRPr="008C6AF4">
+    <w:r>
       <w:rPr>
         <w:lang w:val="en-US"/>
       </w:rPr>
-      <w:t xml:space="preserve"> +48 61 878 5</w:t>
+      <w:t xml:space="preserve"> +48 61 852 53 84, </w:t>
     </w:r>
-    <w:r>
-[...12 lines deleted...]
-      <w:r w:rsidRPr="00A33D56">
+    <w:hyperlink r:id="rId1">
+      <w:r w:rsidRPr="00DC3B11">
         <w:rPr>
           <w:rStyle w:val="UMP-stopkahipercze"/>
         </w:rPr>
-        <w:t>sekretariat_m.wisniewski@um.poznan.pl</w:t>
+        <w:t>sekretariat_n.weremczuk@um.poznan.pl</w:t>
       </w:r>
     </w:hyperlink>
-    <w:r w:rsidRPr="00F7474C">
-[...3 lines deleted...]
-      <w:t xml:space="preserve">, </w:t>
+    <w:r w:rsidRPr="00DC3B11">
+      <w:rPr>
+        <w:rStyle w:val="UMP-stopkahipercze"/>
+      </w:rPr>
+      <w:t>,</w:t>
     </w:r>
-    <w:hyperlink r:id="rId2" w:history="1">
-      <w:r w:rsidRPr="00A33D56">
+    <w:r w:rsidRPr="004C184C">
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:hyperlink r:id="rId2">
+      <w:r w:rsidRPr="00DC3B11">
         <w:rPr>
           <w:rStyle w:val="UMP-stopkahipercze"/>
         </w:rPr>
         <w:t>www.poznan.pl</w:t>
       </w:r>
     </w:hyperlink>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0AD777CB" w14:textId="77777777" w:rsidR="00977A27" w:rsidRDefault="00977A27">
+    <w:p w14:paraId="7F84E165" w14:textId="77777777" w:rsidR="00B47DF2" w:rsidRDefault="00B47DF2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="40DC7D4F" w14:textId="77777777" w:rsidR="00977A27" w:rsidRDefault="00977A27">
+    <w:p w14:paraId="388C3575" w14:textId="77777777" w:rsidR="00B47DF2" w:rsidRDefault="00B47DF2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w14:paraId="15988684" w14:textId="0151C184" w:rsidR="009147B1" w:rsidRDefault="00065DC7">
+  <w:p w14:paraId="15988684" w14:textId="77777777" w:rsidR="009147B1" w:rsidRDefault="002A16A4">
     <w:pPr>
       <w:pStyle w:val="Nagwek"/>
       <w:spacing w:line="288" w:lineRule="auto"/>
     </w:pPr>
-    <w:r w:rsidRPr="009F1E82">
+    <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="38799522" wp14:editId="2B5B0B53">
-          <wp:extent cx="1352550" cy="1228725"/>
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0505D217" wp14:editId="4B597048">
+          <wp:extent cx="1314450" cy="1181100"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
-          <wp:docPr id="2" name="Obraz 1" descr="Herb Miasta Poznania"/>
+          <wp:docPr id="1" name="Obraz 15" descr="Herb Miasta Poznania"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="Obraz 1" descr="Herb Miasta Poznania"/>
+                  <pic:cNvPr id="1" name="Obraz 15" descr="Herb Miasta Poznania"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
-                  <a:blip r:embed="rId1">
-[...6 lines deleted...]
-                  <a:srcRect/>
+                  <a:blip r:embed="rId1"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="1352550" cy="1228725"/>
+                    <a:ext cx="1314450" cy="1181100"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
-                  <a:noFill/>
-[...2 lines deleted...]
-                  </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1C4707FE"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="724C4F2C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
@@ -830,50 +963,137 @@
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1F0A6C57"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="3CEA44D0"/>
+    <w:lvl w:ilvl="0" w:tplc="4676709A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="UMP-odpowiednapytanie"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0415000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0415000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="62C1536E"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="B322ACEE"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="UMP-listanumerowana"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -970,51 +1190,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="66D13D21"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="BD1C7F4E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="UMP-listawyroniona"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -1111,51 +1331,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="67B13613"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="4EEAD012"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
@@ -1233,265 +1453,197 @@
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
-[...85 lines deleted...]
-  </w:abstractNum>
   <w:num w:numId="1">
-    <w:abstractNumId w:val="1"/>
+    <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="2">
-    <w:abstractNumId w:val="2"/>
+    <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="4">
-    <w:abstractNumId w:val="3"/>
+    <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
-    <w:abstractNumId w:val="4"/>
+    <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:autoHyphenation/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:hdrShapeDefaults>
-[...1 lines deleted...]
-  </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:doNotExpandShiftReturn/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="009147B1"/>
-    <w:rsid w:val="00011A67"/>
-[...3 lines deleted...]
-    <w:rsid w:val="000A4430"/>
+    <w:rsid w:val="00030AAA"/>
+    <w:rsid w:val="00061BFE"/>
+    <w:rsid w:val="000642F5"/>
+    <w:rsid w:val="00064958"/>
     <w:rsid w:val="000B010C"/>
-    <w:rsid w:val="00137B34"/>
-[...1 lines deleted...]
-    <w:rsid w:val="001A2B60"/>
+    <w:rsid w:val="000C2208"/>
+    <w:rsid w:val="000F4FDB"/>
+    <w:rsid w:val="001420AD"/>
     <w:rsid w:val="001D55AC"/>
-    <w:rsid w:val="001F1A70"/>
+    <w:rsid w:val="001E5C4D"/>
+    <w:rsid w:val="001E65A1"/>
+    <w:rsid w:val="001F47DD"/>
     <w:rsid w:val="00224492"/>
-    <w:rsid w:val="002449BF"/>
+    <w:rsid w:val="00283546"/>
     <w:rsid w:val="00293AAF"/>
-    <w:rsid w:val="0029443E"/>
     <w:rsid w:val="002A16A4"/>
-    <w:rsid w:val="002A2A97"/>
-[...2 lines deleted...]
-    <w:rsid w:val="003F7CCC"/>
+    <w:rsid w:val="002A7126"/>
+    <w:rsid w:val="002B2E12"/>
+    <w:rsid w:val="00300F88"/>
+    <w:rsid w:val="00325279"/>
+    <w:rsid w:val="0035511F"/>
+    <w:rsid w:val="0039020E"/>
+    <w:rsid w:val="003B4A14"/>
+    <w:rsid w:val="003C4724"/>
+    <w:rsid w:val="003E7658"/>
     <w:rsid w:val="004054CE"/>
     <w:rsid w:val="0044634D"/>
-    <w:rsid w:val="00495FCF"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00531D6E"/>
+    <w:rsid w:val="004518F3"/>
+    <w:rsid w:val="004A443F"/>
+    <w:rsid w:val="004A55CC"/>
+    <w:rsid w:val="004C184C"/>
+    <w:rsid w:val="004E6930"/>
+    <w:rsid w:val="0051286B"/>
+    <w:rsid w:val="005C716C"/>
     <w:rsid w:val="00604A4A"/>
-    <w:rsid w:val="00664E10"/>
-    <w:rsid w:val="00680F69"/>
+    <w:rsid w:val="00644A39"/>
+    <w:rsid w:val="00681D91"/>
     <w:rsid w:val="00683A3F"/>
-    <w:rsid w:val="00697420"/>
     <w:rsid w:val="006B7EB0"/>
-    <w:rsid w:val="00715C0C"/>
-[...1 lines deleted...]
-    <w:rsid w:val="007B0F3D"/>
+    <w:rsid w:val="006E52D8"/>
+    <w:rsid w:val="00711E8B"/>
+    <w:rsid w:val="00766230"/>
+    <w:rsid w:val="007B2AC8"/>
+    <w:rsid w:val="007B5295"/>
+    <w:rsid w:val="007B600E"/>
+    <w:rsid w:val="007C115C"/>
+    <w:rsid w:val="007C1887"/>
+    <w:rsid w:val="007C510B"/>
     <w:rsid w:val="00842B32"/>
-    <w:rsid w:val="0086045E"/>
-    <w:rsid w:val="008E7E9C"/>
+    <w:rsid w:val="008E07DC"/>
+    <w:rsid w:val="008E5FA7"/>
     <w:rsid w:val="009147B1"/>
-    <w:rsid w:val="00970D11"/>
-    <w:rsid w:val="00977A27"/>
+    <w:rsid w:val="009A4C90"/>
     <w:rsid w:val="009B349B"/>
-    <w:rsid w:val="009D7CD5"/>
-[...13 lines deleted...]
-    <w:rsid w:val="00D962C6"/>
+    <w:rsid w:val="009B4667"/>
+    <w:rsid w:val="009F205C"/>
+    <w:rsid w:val="00A26B57"/>
+    <w:rsid w:val="00AA07E1"/>
+    <w:rsid w:val="00AA1A73"/>
+    <w:rsid w:val="00AB2012"/>
+    <w:rsid w:val="00AD5D11"/>
+    <w:rsid w:val="00B24B55"/>
+    <w:rsid w:val="00B47DF2"/>
+    <w:rsid w:val="00B52151"/>
+    <w:rsid w:val="00BC4925"/>
+    <w:rsid w:val="00BE567C"/>
+    <w:rsid w:val="00C03692"/>
+    <w:rsid w:val="00C43278"/>
+    <w:rsid w:val="00D0363B"/>
+    <w:rsid w:val="00D35CE1"/>
+    <w:rsid w:val="00D75A3A"/>
+    <w:rsid w:val="00D937E9"/>
+    <w:rsid w:val="00DA1177"/>
+    <w:rsid w:val="00DA1341"/>
     <w:rsid w:val="00DC3B11"/>
-    <w:rsid w:val="00E14AA7"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00F862AB"/>
+    <w:rsid w:val="00E46AB5"/>
+    <w:rsid w:val="00E602B5"/>
+    <w:rsid w:val="00EA141E"/>
+    <w:rsid w:val="00EB0409"/>
+    <w:rsid w:val="00EE0397"/>
+    <w:rsid w:val="00EF430F"/>
+    <w:rsid w:val="00FA15C4"/>
     <w:rsid w:val="00FA430F"/>
+    <w:rsid w:val="00FE0E16"/>
     <w:rsid w:val="00FE3A48"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pl-PL" w:eastAsia="" w:bidi=""/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="253C5ACF"/>
   <w15:docId w15:val="{304FB921-6A82-41BB-87F8-EBF507F0F6E1}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
         <w:kern w:val="2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="pl-PL" w:eastAsia="pl-PL" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
@@ -2203,51 +2355,51 @@
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="UMP-dotyczy">
     <w:name w:val="UMP - dotyczy"/>
     <w:next w:val="UMP-zwrotszanowni"/>
     <w:qFormat/>
     <w:rsid w:val="00567B17"/>
     <w:pPr>
       <w:spacing w:before="480" w:after="480" w:line="288" w:lineRule="auto"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="UMP-stopkanrstrony">
     <w:name w:val="UMP - stopka nr strony"/>
     <w:basedOn w:val="UMP-stopkastrony"/>
     <w:qFormat/>
     <w:rsid w:val="00F77749"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="UMP-nagwekpierwszegopoziomu">
     <w:name w:val="UMP - nagłówek pierwszego poziomu"/>
     <w:basedOn w:val="UMP-tekstpodstawowy"/>
     <w:next w:val="UMP-tekstpodstawowy"/>
     <w:qFormat/>
-    <w:rsid w:val="005225B8"/>
+    <w:rsid w:val="00AA07E1"/>
     <w:pPr>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="UMP-data-znak-UID-za-prowadzi">
     <w:name w:val="UMP - data - znak - UID - zał - prowadzi"/>
     <w:qFormat/>
     <w:rsid w:val="00567B17"/>
     <w:pPr>
       <w:spacing w:after="240" w:line="288" w:lineRule="auto"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="UMP-podpis">
     <w:name w:val="UMP - podpis"/>
     <w:basedOn w:val="UMP-tekstpodstawowy"/>
     <w:qFormat/>
     <w:rsid w:val="00F77749"/>
     <w:pPr>
       <w:spacing w:before="0" w:after="480"/>
       <w:ind w:left="4961"/>
       <w:contextualSpacing/>
@@ -2354,51 +2506,51 @@
     <w:name w:val="UMP - klauzula rodo treść"/>
     <w:basedOn w:val="UMP-tekstpodstawowy"/>
     <w:qFormat/>
     <w:rsid w:val="00567B17"/>
     <w:rPr>
       <w:spacing w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="UMP-informacja">
     <w:name w:val="UMP - informacja"/>
     <w:basedOn w:val="UMP-tekstpodstawowy"/>
     <w:qFormat/>
     <w:rsid w:val="00567B17"/>
     <w:pPr>
       <w:spacing w:before="480"/>
     </w:pPr>
     <w:rPr>
       <w:spacing w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="UMP-nagwekdrugiegopoziomu">
     <w:name w:val="UMP - nagłówek drugiego poziomu"/>
     <w:basedOn w:val="UMP-tekstpodstawowy"/>
     <w:next w:val="UMP-tekstpodstawowy"/>
     <w:qFormat/>
-    <w:rsid w:val="005225B8"/>
+    <w:rsid w:val="00AA07E1"/>
     <w:pPr>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="UMP-tabeladanewkomrkachdoprzecinkadziesitnego">
     <w:name w:val="UMP - tabela dane w komórkach do przecinka dziesiętnego"/>
     <w:basedOn w:val="UMP-tabeladanewkomrkachdolewej"/>
     <w:qFormat/>
     <w:rsid w:val="00F614E2"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="decimal" w:pos="851"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="UMP-tabeladanewkomrkachdolewej">
     <w:name w:val="UMP - tabela dane w komórkach do lewej"/>
     <w:qFormat/>
     <w:rsid w:val="005A2F70"/>
     <w:pPr>
       <w:spacing w:before="120" w:after="120" w:line="288" w:lineRule="auto"/>
       <w:ind w:left="113" w:right="113"/>
@@ -2936,74 +3088,71 @@
         <w:tcBorders>
           <w:tl2br w:val="none" w:sz="6" w:space="0" w:color="auto"/>
           <w:tr2bl w:val="none" w:sz="6" w:space="0" w:color="auto"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Nagwek2Znak">
     <w:name w:val="Nagłówek 2 Znak"/>
     <w:basedOn w:val="Domylnaczcionkaakapitu"/>
     <w:link w:val="Nagwek2"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00224492"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="UMP-odpowiednapytanie">
     <w:name w:val="UMP - odpowiedź na pytanie"/>
     <w:basedOn w:val="UMP-nagwekdrugiegopoziomu"/>
     <w:next w:val="UMP-tekstpodstawowy"/>
     <w:qFormat/>
-    <w:rsid w:val="008E7E9C"/>
+    <w:rsid w:val="0051286B"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="5"/>
       </w:numPr>
       <w:ind w:left="360"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
-[...2 lines deleted...]
-</w:webSettings>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId13" Type="http://schemas.microsoft.com/office/2016/09/relationships/commentsIds" Target="commentsIds.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.microsoft.com/office/2016/09/relationships/commentsIds" Target="commentsIds.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.poznan.pl/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sekretariat_m.wisniewski@um.poznan.pl" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.poznan.pl/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sekretariat_n.weremczuk@um.poznan.pl" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motyw pakietu Office">
   <a:themeElements>
     <a:clrScheme name="Pakiet Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
@@ -3270,83 +3419,83 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4BA1FF3A-B7A1-4B2E-BC48-D88482EABE27}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{33A3C450-22C5-455B-A465-AB3898766643}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>837</Characters>
+  <Pages>2</Pages>
+  <Words>291</Words>
+  <Characters>1752</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>6</Lines>
-  <Paragraphs>1</Paragraphs>
+  <Lines>14</Lines>
+  <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Tytuł</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>odpowiedź na interpelację nr 313/2025 dotyczącą zwiększenia liczby znaków z kodem QR w pojazdach komunikacji miejskiej</vt:lpstr>
+      <vt:lpstr>odpowiedź na interpelację nr 311/2025 interpelacja dotyczącą rozwoju sytemu toalet publicznych w Poznaniu</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>ump</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>975</CharactersWithSpaces>
+  <CharactersWithSpaces>2039</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>odpowiedź na interpelację nr 313/2025 dotyczącą zwiększenia liczby znaków z kodem QR w pojazdach komunikacji miejskiej</dc:title>
+  <dc:title>odpowiedź na interpelację nr 311/2025 dotyczącą rozwoju sytemu toalet publicznych w Poznaniu</dc:title>
   <dc:subject/>
   <dc:creator>Urząd Miasta Poznania</dc:creator>
-  <cp:keywords>komunikacja miejska, znaki z kodem QR, odpowiedź na interpelację</cp:keywords>
+  <cp:keywords>toalety publiczne, odpowiedź na interpelację</cp:keywords>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:language>pl-PL</dc:language>
 </cp:coreProperties>
 </file>