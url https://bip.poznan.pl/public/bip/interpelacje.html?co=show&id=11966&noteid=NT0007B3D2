--- v0 (2025-12-07)
+++ v1 (2026-03-03)
@@ -8,504 +8,381 @@
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/commentsIds.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.commentsIds+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w14:paraId="503DF164" w14:textId="20C80200" w:rsidR="009147B1" w:rsidRPr="006E5CC1" w:rsidRDefault="009147B1" w:rsidP="006E5CC1">
-[...5 lines deleted...]
-        <w:sectPr w:rsidR="009147B1" w:rsidRPr="006E5CC1" w:rsidSect="00A3241A">
+    <w:p w14:paraId="49C9E5E0" w14:textId="41A48F8A" w:rsidR="009147B1" w:rsidRDefault="009147B1">
+      <w:pPr>
+        <w:sectPr w:rsidR="009147B1">
           <w:footerReference w:type="default" r:id="rId8"/>
           <w:headerReference w:type="first" r:id="rId9"/>
           <w:footerReference w:type="first" r:id="rId10"/>
           <w:pgSz w:w="11906" w:h="16838"/>
-          <w:pgMar w:top="2098" w:right="1418" w:bottom="1985" w:left="1418" w:header="113" w:footer="680" w:gutter="0"/>
+          <w:pgMar w:top="2269" w:right="1418" w:bottom="1985" w:left="1418" w:header="567" w:footer="708" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:formProt w:val="0"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="600" w:charSpace="36864"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6184A85A" w14:textId="211FA526" w:rsidR="009147B1" w:rsidRDefault="002A16A4" w:rsidP="006E5CC1">
+    <w:p w14:paraId="6184A85A" w14:textId="5C5092B4" w:rsidR="009147B1" w:rsidRDefault="002A16A4">
+      <w:pPr>
+        <w:pStyle w:val="UMP-data-znak-UID-za-prowadzi"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Poznań,</w:t>
+      </w:r>
+      <w:r w:rsidR="004054CE">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C56C6A">
+        <w:t>14</w:t>
+      </w:r>
+      <w:r w:rsidR="00D05B08">
+        <w:t>.11.</w:t>
+      </w:r>
+      <w:r>
+        <w:t>2025 roku</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="393B66B4" w14:textId="4522EBA9" w:rsidR="009147B1" w:rsidRDefault="002A16A4">
+      <w:pPr>
+        <w:pStyle w:val="UMP-data-znak-UID-za-prowadzi"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Znak sprawy: Or-II.0003.1.</w:t>
+      </w:r>
+      <w:r w:rsidR="00D05B08">
+        <w:t>333</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.2025</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36DFD159" w14:textId="56A41F96" w:rsidR="009147B1" w:rsidRDefault="002A16A4">
       <w:pPr>
         <w:pStyle w:val="UMP-data-znak-UID-za-prowadzi"/>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
-        <w:t>Poznań,</w:t>
-[...34 lines deleted...]
-      <w:r>
         <w:t xml:space="preserve">Nr rej.: </w:t>
       </w:r>
-      <w:r w:rsidR="00375E32">
-        <w:t>17112501645</w:t>
+      <w:r w:rsidR="006C0B63">
+        <w:t>14112502315</w:t>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:p w14:paraId="436F0186" w14:textId="77777777" w:rsidR="009147B1" w:rsidRDefault="002A16A4" w:rsidP="006E5CC1">
+    <w:p w14:paraId="436F0186" w14:textId="77777777" w:rsidR="009147B1" w:rsidRDefault="002A16A4">
       <w:pPr>
         <w:pStyle w:val="UMP-odbiorca"/>
+        <w:spacing w:before="240"/>
       </w:pPr>
       <w:r>
         <w:t>Pan</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="149A4261" w14:textId="77777777" w:rsidR="009147B1" w:rsidRDefault="002A16A4">
+    <w:p w14:paraId="149A4261" w14:textId="0E5F6943" w:rsidR="009147B1" w:rsidRDefault="00D05B08">
       <w:pPr>
         <w:pStyle w:val="UMP-odbiorca"/>
       </w:pPr>
       <w:r>
-        <w:t>Adam Szabelski</w:t>
-      </w:r>
+        <w:t xml:space="preserve">Andrzej </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Prendke</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="7CF14EC3" w14:textId="77777777" w:rsidR="009147B1" w:rsidRDefault="002A16A4">
       <w:pPr>
         <w:pStyle w:val="UMP-odbiorca"/>
       </w:pPr>
       <w:r>
         <w:t>Radny Miasta Poznania</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="506792A3" w14:textId="4B623A9B" w:rsidR="009147B1" w:rsidRDefault="002A16A4" w:rsidP="006E5CC1">
+    <w:p w14:paraId="506792A3" w14:textId="5A2CAB67" w:rsidR="009147B1" w:rsidRDefault="002A16A4" w:rsidP="005225B8">
       <w:pPr>
         <w:pStyle w:val="UMP-nagwekpierwszegopoziomu"/>
+        <w:spacing w:before="480" w:after="480"/>
       </w:pPr>
       <w:r>
         <w:t>Odpowiedź na interpelację</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="30716489" w14:textId="77777777" w:rsidR="009147B1" w:rsidRDefault="002A16A4" w:rsidP="006E5CC1">
+    <w:p w14:paraId="30716489" w14:textId="77777777" w:rsidR="009147B1" w:rsidRDefault="002A16A4" w:rsidP="00293AAF">
       <w:pPr>
         <w:pStyle w:val="UMP-zwrotszanowni"/>
-        <w:spacing w:before="240"/>
       </w:pPr>
       <w:r>
         <w:t>Szanowny Panie Radny,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="469A1270" w14:textId="3075F89B" w:rsidR="009147B1" w:rsidRDefault="000512DA" w:rsidP="000512DA">
+    <w:p w14:paraId="5C27AC41" w14:textId="072F316B" w:rsidR="001D55AC" w:rsidRDefault="00D05B08" w:rsidP="001D55AC">
       <w:pPr>
         <w:pStyle w:val="UMP-tekstpodstawowy"/>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">5 listopada </w:t>
+        <w:t xml:space="preserve">3 listopada </w:t>
       </w:r>
       <w:r w:rsidR="002A16A4">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2025 r. do Prezydenta Miasta Poznania wpłynęła Pana interpelacja dotycząca </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>doraźnego rozwiązania rekompensującego straty finansowe nauczycieli związane z</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="000A30AC">
+        <w:t>przyspieszenia naprawy chodnika prowadzącego z przystanku Bużańska na osiedle Lotnictwa Polskiego</w:t>
+      </w:r>
+      <w:r w:rsidR="00E51004">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50107303" w14:textId="5623AA8B" w:rsidR="009147B1" w:rsidRDefault="009D4D97" w:rsidP="004233B1">
+      <w:pPr>
+        <w:pStyle w:val="UMP-tekstpodstawowy"/>
+      </w:pPr>
+      <w:r>
+        <w:t>N</w:t>
+      </w:r>
+      <w:r w:rsidR="001558EE">
+        <w:t xml:space="preserve">aprawa chodnika prowadzącego z przystanku </w:t>
+      </w:r>
+      <w:r>
+        <w:t>„</w:t>
+      </w:r>
+      <w:r w:rsidR="001558EE">
+        <w:t>Bużańska</w:t>
+      </w:r>
+      <w:r>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidR="001558EE">
+        <w:t xml:space="preserve"> na </w:t>
+      </w:r>
+      <w:r w:rsidR="00D42271">
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidR="001558EE">
+        <w:t>siedle Lotnictwa Polskiego,</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> który został </w:t>
+      </w:r>
+      <w:r w:rsidR="001558EE">
+        <w:t>uszkodzon</w:t>
+      </w:r>
+      <w:r>
+        <w:t>y</w:t>
+      </w:r>
+      <w:r w:rsidR="001558EE">
+        <w:t xml:space="preserve"> przez system korzeniowy drzew</w:t>
+      </w:r>
+      <w:r>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="001558EE">
+        <w:t xml:space="preserve"> wymaga wycinki topol</w:t>
+      </w:r>
+      <w:r>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidR="001558EE">
+        <w:t>. W tym celu Zarząd Dróg</w:t>
+      </w:r>
+      <w:r w:rsidR="002277F5">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001558EE">
+        <w:t>Miejskich (w porozumieniu z Radą Osiedla Wola) złożył wniosek o wydanie pozwolenia na wycinkę</w:t>
+      </w:r>
+      <w:r w:rsidR="002277F5">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001558EE">
+        <w:t xml:space="preserve">drzewa. Obecnie </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">ZDM czeka na </w:t>
+      </w:r>
+      <w:r w:rsidR="001558EE">
+        <w:t xml:space="preserve">wydanie decyzji w </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">tej </w:t>
+      </w:r>
+      <w:r w:rsidR="001558EE">
+        <w:t>sprawie. Naprawa nawierzchni chodnika będzie możliwa w 2026 roku</w:t>
+      </w:r>
+      <w:r w:rsidR="004233B1">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="001558EE">
+        <w:t xml:space="preserve"> pod warunkiem</w:t>
+      </w:r>
+      <w:r w:rsidR="002277F5">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001558EE">
+        <w:t>uzyskania pozwolenia na usunięcie drzewa oraz zabezpieczeni</w:t>
+      </w:r>
+      <w:r w:rsidR="008958D1">
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="001558EE">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008958D1">
+        <w:t xml:space="preserve">przez Radę Osiedla Wola środków </w:t>
+      </w:r>
+      <w:r w:rsidR="001558EE">
+        <w:t>na</w:t>
+      </w:r>
+      <w:r w:rsidR="00E408CD">
         <w:t> </w:t>
       </w:r>
-      <w:r>
-[...3 lines deleted...]
-        <w:t>wycieczkami.</w:t>
+      <w:r w:rsidR="001558EE">
+        <w:t>remont chodnika.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4918A610" w14:textId="275BF030" w:rsidR="00D23D9F" w:rsidRDefault="00FE13AC" w:rsidP="00D23D9F">
-[...223 lines deleted...]
-    <w:p w14:paraId="2639EFFE" w14:textId="560F60B2" w:rsidR="004054CE" w:rsidRDefault="002A16A4" w:rsidP="006E5CC1">
+    <w:p w14:paraId="38353697" w14:textId="63253A49" w:rsidR="009147B1" w:rsidRDefault="002A16A4">
       <w:pPr>
         <w:pStyle w:val="UMP-zwrotzpowaaniem"/>
-        <w:spacing w:after="60"/>
       </w:pPr>
       <w:r>
         <w:t>Z wyrazami szacunku</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A463BEA" w14:textId="77777777" w:rsidR="008B3A49" w:rsidRDefault="008B3A49" w:rsidP="008B3A49">
+    <w:p w14:paraId="28DC231A" w14:textId="77777777" w:rsidR="00C56C6A" w:rsidRDefault="00C56C6A" w:rsidP="00C56C6A">
       <w:pPr>
         <w:pStyle w:val="UMP-podpis"/>
       </w:pPr>
       <w:r>
         <w:t>Z up. PREZYDENTA MIASTA</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="33755A4C" w14:textId="77777777" w:rsidR="008B3A49" w:rsidRDefault="008B3A49" w:rsidP="008B3A49">
+    <w:p w14:paraId="203B72FD" w14:textId="77777777" w:rsidR="00C56C6A" w:rsidRDefault="00C56C6A" w:rsidP="00C56C6A">
       <w:pPr>
         <w:pStyle w:val="UMP-podpis"/>
       </w:pPr>
       <w:r>
         <w:t>(-) Mariusz Wiśniewski</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26FD67DB" w14:textId="3815EABB" w:rsidR="008B3A49" w:rsidRPr="008B3A49" w:rsidRDefault="008B3A49" w:rsidP="006E5CC1">
+    <w:p w14:paraId="2639EFFE" w14:textId="23B725E2" w:rsidR="004054CE" w:rsidRDefault="00C56C6A" w:rsidP="00C56C6A">
       <w:pPr>
         <w:pStyle w:val="UMP-podpis"/>
-        <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:t>Z-CA PREZYDENTA MIASTA POZNANIA</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7443733B" w14:textId="77777777" w:rsidR="009147B1" w:rsidRDefault="002A16A4" w:rsidP="006E5CC1">
+    <w:p w14:paraId="7443733B" w14:textId="77777777" w:rsidR="009147B1" w:rsidRDefault="002A16A4">
       <w:pPr>
         <w:pStyle w:val="UMP-data-znak-UID-za-prowadzi"/>
-        <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:t>Do wiadomości:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5AA88190" w14:textId="77777777" w:rsidR="009147B1" w:rsidRDefault="002A16A4">
       <w:pPr>
         <w:pStyle w:val="UMP-data-znak-UID-za-prowadzi"/>
       </w:pPr>
       <w:r>
         <w:t>Przewodniczący Rady Miasta</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="009147B1" w:rsidSect="006E5CC1">
+    <w:sectPr w:rsidR="009147B1">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="2269" w:right="1418" w:bottom="1560" w:left="1418" w:header="567" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="2269" w:right="1418" w:bottom="1985" w:left="1418" w:header="567" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:formProt w:val="0"/>
       <w:docGrid w:linePitch="600" w:charSpace="36864"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/commentsIds.xml><?xml version="1.0" encoding="utf-8"?>
 <w16cid:commentsIds xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w16cid:commentId w16cid:paraId="12D0FD25" w16cid:durableId="2C7BAD69"/>
   <w16cid:commentId w16cid:paraId="3A71A3B0" w16cid:durableId="2C7BADA7"/>
   <w16cid:commentId w16cid:paraId="34A161A4" w16cid:durableId="2C7BAF13"/>
 </w16cid:commentsIds>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="02605267" w14:textId="77777777" w:rsidR="004E5AD4" w:rsidRDefault="004E5AD4">
+    <w:p w14:paraId="02C8D314" w14:textId="77777777" w:rsidR="00165014" w:rsidRDefault="00165014">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="48A989DC" w14:textId="77777777" w:rsidR="004E5AD4" w:rsidRDefault="004E5AD4">
+    <w:p w14:paraId="236A6EF6" w14:textId="77777777" w:rsidR="00165014" w:rsidRDefault="00165014">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -544,67 +421,67 @@
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Free 3 of 9">
     <w:altName w:val="Arial Unicode MS"/>
     <w:panose1 w:val="00000009000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w14:paraId="798B3637" w14:textId="4EDB4CF9" w:rsidR="009147B1" w:rsidRDefault="002A16A4">
+  <w:p w14:paraId="798B3637" w14:textId="084B6429" w:rsidR="009147B1" w:rsidRDefault="002A16A4">
     <w:pPr>
       <w:pStyle w:val="UMP-stopkanrstrony"/>
     </w:pPr>
     <w:r>
       <w:t xml:space="preserve">Strona </w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText>PAGE</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="006E5CC1">
+    <w:r w:rsidR="00E47F54">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:p w14:paraId="519635BC" w14:textId="77777777" w:rsidR="009147B1" w:rsidRDefault="002A16A4">
     <w:pPr>
       <w:pStyle w:val="UMP-stopkastrony"/>
     </w:pPr>
     <w:r>
       <w:t>Urząd Miasta Poznania, plac Kolegiacki 17, 61-841 Poznań</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="0A985CDE" w14:textId="355FF000" w:rsidR="009147B1" w:rsidRPr="00DC3B11" w:rsidRDefault="00065DC7" w:rsidP="00065DC7">
     <w:pPr>
       <w:pStyle w:val="UMP-stopkastrony"/>
@@ -672,88 +549,88 @@
         </w:rPr>
         <w:t>sekretariat_m.wisniewski@um.poznan.pl</w:t>
       </w:r>
     </w:hyperlink>
     <w:r w:rsidRPr="00F7474C">
       <w:rPr>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t xml:space="preserve">, </w:t>
     </w:r>
     <w:hyperlink r:id="rId2" w:history="1">
       <w:r w:rsidRPr="00A33D56">
         <w:rPr>
           <w:rStyle w:val="UMP-stopkahipercze"/>
         </w:rPr>
         <w:t>www.poznan.pl</w:t>
       </w:r>
     </w:hyperlink>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="31C3FE1F" w14:textId="77777777" w:rsidR="004E5AD4" w:rsidRDefault="004E5AD4">
+    <w:p w14:paraId="582A8A93" w14:textId="77777777" w:rsidR="00165014" w:rsidRDefault="00165014">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4CFC92AA" w14:textId="77777777" w:rsidR="004E5AD4" w:rsidRDefault="004E5AD4">
+    <w:p w14:paraId="3CBDA432" w14:textId="77777777" w:rsidR="00165014" w:rsidRDefault="00165014">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:p w14:paraId="15988684" w14:textId="0151C184" w:rsidR="009147B1" w:rsidRDefault="00065DC7">
     <w:pPr>
       <w:pStyle w:val="Nagwek"/>
       <w:spacing w:line="288" w:lineRule="auto"/>
     </w:pPr>
     <w:r w:rsidRPr="009F1E82">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="38799522" wp14:editId="2B5B0B53">
           <wp:extent cx="1352550" cy="1228725"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
-          <wp:docPr id="7" name="Obraz 7" descr="Herb Miasta Poznania"/>
+          <wp:docPr id="2" name="Obraz 1" descr="Herb Miasta Poznania"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="Obraz 1" descr="Herb Miasta Poznania"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:srcRect/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
@@ -1438,101 +1315,95 @@
   <w:defaultTabStop w:val="708"/>
   <w:autoHyphenation/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:doNotExpandShiftReturn/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="009147B1"/>
-    <w:rsid w:val="00017D89"/>
-[...1 lines deleted...]
-    <w:rsid w:val="000512DA"/>
     <w:rsid w:val="00065DC7"/>
-    <w:rsid w:val="000A30AC"/>
     <w:rsid w:val="000B010C"/>
     <w:rsid w:val="00137B34"/>
+    <w:rsid w:val="001410AD"/>
+    <w:rsid w:val="001558EE"/>
+    <w:rsid w:val="00165014"/>
+    <w:rsid w:val="00170F1C"/>
     <w:rsid w:val="001D55AC"/>
     <w:rsid w:val="001F1A70"/>
     <w:rsid w:val="00224492"/>
+    <w:rsid w:val="002277F5"/>
     <w:rsid w:val="00293AAF"/>
     <w:rsid w:val="002A16A4"/>
-    <w:rsid w:val="0034148F"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00380FAF"/>
+    <w:rsid w:val="0037273B"/>
     <w:rsid w:val="004054CE"/>
+    <w:rsid w:val="00417692"/>
+    <w:rsid w:val="004233B1"/>
     <w:rsid w:val="0044634D"/>
     <w:rsid w:val="004A4FA5"/>
-    <w:rsid w:val="004E5AD4"/>
     <w:rsid w:val="005225B8"/>
-    <w:rsid w:val="005E7119"/>
     <w:rsid w:val="00604A4A"/>
     <w:rsid w:val="00680F69"/>
     <w:rsid w:val="00683A3F"/>
     <w:rsid w:val="006B7EB0"/>
-    <w:rsid w:val="006D2FCE"/>
-[...1 lines deleted...]
-    <w:rsid w:val="006E5CC1"/>
+    <w:rsid w:val="006C0B63"/>
     <w:rsid w:val="00842B32"/>
     <w:rsid w:val="0086045E"/>
-    <w:rsid w:val="008B3A49"/>
+    <w:rsid w:val="008958D1"/>
     <w:rsid w:val="008E7E9C"/>
     <w:rsid w:val="009147B1"/>
+    <w:rsid w:val="0093063E"/>
     <w:rsid w:val="009B349B"/>
-    <w:rsid w:val="00A1011A"/>
-[...4 lines deleted...]
-    <w:rsid w:val="00B82337"/>
+    <w:rsid w:val="009D4D97"/>
     <w:rsid w:val="00BD114C"/>
-    <w:rsid w:val="00C91833"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00D23D9F"/>
+    <w:rsid w:val="00C56C6A"/>
+    <w:rsid w:val="00CA5F7D"/>
+    <w:rsid w:val="00D05B08"/>
+    <w:rsid w:val="00D42271"/>
     <w:rsid w:val="00D448FB"/>
-    <w:rsid w:val="00D93B7D"/>
     <w:rsid w:val="00DC3B11"/>
-    <w:rsid w:val="00E94580"/>
-    <w:rsid w:val="00F43B1A"/>
+    <w:rsid w:val="00E408CD"/>
+    <w:rsid w:val="00E47F54"/>
+    <w:rsid w:val="00E51004"/>
+    <w:rsid w:val="00EC395B"/>
     <w:rsid w:val="00FA430F"/>
-    <w:rsid w:val="00FE13AC"/>
     <w:rsid w:val="00FE3A48"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pl-PL" w:eastAsia="" w:bidi=""/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
@@ -3327,83 +3198,83 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{45A0EB13-AD11-48B9-99A1-A4C511192A95}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9464FABE-DEBE-46B2-BE5A-B0E78718A3E2}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>240</Words>
-  <Characters>1444</Characters>
+  <Words>146</Words>
+  <Characters>877</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>12</Lines>
-  <Paragraphs>3</Paragraphs>
+  <Lines>7</Lines>
+  <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Tytuł</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>odpowiedź na interpelację nr 335/2025 dotyczącą doraźnego rozwiązania rekompensującego straty finansowe nauczycieli związane z wycieczkami</vt:lpstr>
+      <vt:lpstr>odpowiedź na interpelację nr 333/2025 dotyczącą przyspieszenia naprawy chodnika prowadzącego z przystanku Bużańska na osiedle Lotnictwa Polskiego</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>ump</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1681</CharactersWithSpaces>
+  <CharactersWithSpaces>1021</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>odpowiedź na interpelację nr 335/2025 dotyczącą doraźnego rozwiązania rekompensującego straty finansowe nauczycieli związane z wycieczkami</dc:title>
+  <dc:title>odpowiedź na interpelację nr 333/2025 dotyczącą przyspieszenia naprawy chodnika prowadzącego z przystanku Bużańska na osiedle Lotnictwa Polskiego</dc:title>
   <dc:subject/>
   <dc:creator>Urząd Miasta Poznania</dc:creator>
-  <cp:keywords>nauczyciele, wycieczki, interpelacja</cp:keywords>
+  <cp:keywords>chodnik pomiędzy przystankiem Bużańska i osiedlem Lotnictwa Polskiego, naprawa, interpelacja</cp:keywords>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:language>pl-PL</dc:language>
 </cp:coreProperties>
 </file>