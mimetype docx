--- v0 (2025-11-25)
+++ v1 (2026-03-11)
@@ -1,1016 +1,3163 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/word/commentsIds.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.commentsIds+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
-    <w:p w14:paraId="49C9E5E0" w14:textId="41A48F8A" w:rsidR="009147B1" w:rsidRPr="003F624E" w:rsidRDefault="009147B1">
-[...1 lines deleted...]
-        <w:sectPr w:rsidR="009147B1" w:rsidRPr="003F624E">
+    <w:p w14:paraId="49C9E5E0" w14:textId="480A68C9" w:rsidR="009147B1" w:rsidRDefault="009147B1">
+      <w:pPr>
+        <w:sectPr w:rsidR="009147B1">
           <w:footerReference w:type="default" r:id="rId8"/>
           <w:headerReference w:type="first" r:id="rId9"/>
           <w:footerReference w:type="first" r:id="rId10"/>
           <w:pgSz w:w="11906" w:h="16838"/>
           <w:pgMar w:top="2269" w:right="1418" w:bottom="1985" w:left="1418" w:header="567" w:footer="708" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:formProt w:val="0"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="600" w:charSpace="36864"/>
         </w:sectPr>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="6184A85A" w14:textId="794ABCED" w:rsidR="009147B1" w:rsidRPr="003F624E" w:rsidRDefault="002A16A4">
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:p w14:paraId="6184A85A" w14:textId="486E745D" w:rsidR="009147B1" w:rsidRDefault="002A16A4">
       <w:pPr>
         <w:pStyle w:val="UMP-data-znak-UID-za-prowadzi"/>
       </w:pPr>
-      <w:r w:rsidRPr="003F624E">
+      <w:r>
         <w:t>Poznań,</w:t>
       </w:r>
-      <w:r w:rsidR="004054CE" w:rsidRPr="003F624E">
+      <w:r w:rsidR="004054CE">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00767217">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="003F624E">
+      <w:r w:rsidR="00C45545">
+        <w:t>19.</w:t>
+      </w:r>
+      <w:r w:rsidR="00C96A3B">
+        <w:t>11</w:t>
+      </w:r>
+      <w:r>
         <w:t>.2025 roku</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="393B66B4" w14:textId="0C7BFCDF" w:rsidR="009147B1" w:rsidRPr="003F624E" w:rsidRDefault="002A16A4">
+    <w:p w14:paraId="393B66B4" w14:textId="18E54987" w:rsidR="009147B1" w:rsidRDefault="002A16A4">
       <w:pPr>
         <w:pStyle w:val="UMP-data-znak-UID-za-prowadzi"/>
       </w:pPr>
-      <w:r w:rsidRPr="003F624E">
+      <w:r>
         <w:t>Znak sprawy: Or-II.0003.1.</w:t>
       </w:r>
-      <w:r w:rsidR="00F76754" w:rsidRPr="003F624E">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="003F624E">
+      <w:r w:rsidR="00C96A3B">
+        <w:t>336</w:t>
+      </w:r>
+      <w:r>
         <w:t>.2025</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="36DFD159" w14:textId="42B32541" w:rsidR="009147B1" w:rsidRPr="003F624E" w:rsidRDefault="002A16A4">
+    <w:p w14:paraId="36DFD159" w14:textId="3172E2A9" w:rsidR="009147B1" w:rsidRDefault="002A16A4">
       <w:pPr>
         <w:pStyle w:val="UMP-data-znak-UID-za-prowadzi"/>
         <w:spacing w:after="0"/>
       </w:pPr>
-      <w:r w:rsidRPr="003F624E">
+      <w:r>
         <w:t xml:space="preserve">Nr rej.: </w:t>
       </w:r>
-      <w:r w:rsidR="00BF3B5C">
-[...5 lines deleted...]
-    <w:p w14:paraId="436F0186" w14:textId="45913F1A" w:rsidR="009147B1" w:rsidRPr="003F624E" w:rsidRDefault="002A16A4">
+      <w:r w:rsidR="00C45545">
+        <w:t>19112500515</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="436F0186" w14:textId="441E6EFF" w:rsidR="009147B1" w:rsidRDefault="002A16A4">
       <w:pPr>
         <w:pStyle w:val="UMP-odbiorca"/>
         <w:spacing w:before="240"/>
       </w:pPr>
-      <w:r w:rsidRPr="003F624E">
+      <w:r>
         <w:t>Pan</w:t>
       </w:r>
-      <w:r w:rsidR="00F76754" w:rsidRPr="003F624E">
+      <w:r w:rsidR="00C96A3B">
         <w:t>i</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="149A4261" w14:textId="3E97186F" w:rsidR="009147B1" w:rsidRPr="003F624E" w:rsidRDefault="00F76754">
+    <w:p w14:paraId="149A4261" w14:textId="3B2D9E4B" w:rsidR="009147B1" w:rsidRDefault="00C96A3B">
       <w:pPr>
         <w:pStyle w:val="UMP-odbiorca"/>
       </w:pPr>
-      <w:r w:rsidRPr="003F624E">
-[...3 lines deleted...]
-    <w:p w14:paraId="7CF14EC3" w14:textId="49D7E7E3" w:rsidR="009147B1" w:rsidRPr="003F624E" w:rsidRDefault="002A16A4">
+      <w:r>
+        <w:t>Marta Mazurek</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="601E6841" w14:textId="4C867377" w:rsidR="00C96A3B" w:rsidRDefault="00C96A3B">
       <w:pPr>
         <w:pStyle w:val="UMP-odbiorca"/>
       </w:pPr>
-      <w:r w:rsidRPr="003F624E">
+      <w:r>
+        <w:t>Pan</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D086C41" w14:textId="272922ED" w:rsidR="00C96A3B" w:rsidRDefault="00C96A3B">
+      <w:pPr>
+        <w:pStyle w:val="UMP-odbiorca"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Marek </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Sternalski</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="7CF14EC3" w14:textId="47F2AE88" w:rsidR="009147B1" w:rsidRDefault="00C96A3B">
+      <w:pPr>
+        <w:pStyle w:val="UMP-odbiorca"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">– </w:t>
+      </w:r>
+      <w:r w:rsidR="002A16A4">
         <w:t>Radn</w:t>
       </w:r>
-      <w:r w:rsidR="00F76754" w:rsidRPr="003F624E">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="003F624E">
+      <w:r>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidR="002A16A4">
         <w:t xml:space="preserve"> Miasta Poznania</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="506792A3" w14:textId="3E3CAA45" w:rsidR="009147B1" w:rsidRPr="003F624E" w:rsidRDefault="002A16A4" w:rsidP="005225B8">
+    <w:p w14:paraId="506792A3" w14:textId="5E951370" w:rsidR="009147B1" w:rsidRDefault="002A16A4" w:rsidP="001C041B">
       <w:pPr>
         <w:pStyle w:val="UMP-nagwekpierwszegopoziomu"/>
         <w:spacing w:before="480" w:after="480"/>
       </w:pPr>
-      <w:r w:rsidRPr="003F624E">
+      <w:r>
         <w:t>Odpowiedź na interpelację</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="30716489" w14:textId="472B21D9" w:rsidR="009147B1" w:rsidRPr="003F624E" w:rsidRDefault="00F76754" w:rsidP="00293AAF">
+    <w:p w14:paraId="30716489" w14:textId="290BE6F1" w:rsidR="009147B1" w:rsidRDefault="002A16A4" w:rsidP="00293AAF">
       <w:pPr>
         <w:pStyle w:val="UMP-zwrotszanowni"/>
       </w:pPr>
-      <w:r w:rsidRPr="003F624E">
-[...8 lines deleted...]
-      <w:r w:rsidR="002A16A4" w:rsidRPr="003F624E">
+      <w:r>
+        <w:t>Szanown</w:t>
+      </w:r>
+      <w:r w:rsidR="00C96A3B">
+        <w:t>i</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> Pa</w:t>
+      </w:r>
+      <w:r w:rsidR="00C96A3B">
+        <w:t>ństwo</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> Radn</w:t>
+      </w:r>
+      <w:r w:rsidR="00C96A3B">
+        <w:t>i</w:t>
+      </w:r>
+      <w:r>
         <w:t>,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="092AB623" w14:textId="5613338E" w:rsidR="009147B1" w:rsidRPr="003F624E" w:rsidRDefault="00F76754">
+    <w:p w14:paraId="03441BDB" w14:textId="66AE53D0" w:rsidR="00C6015F" w:rsidRPr="00C6015F" w:rsidRDefault="00C96A3B" w:rsidP="00C96A3B">
       <w:pPr>
         <w:pStyle w:val="UMP-tekstpodstawowy"/>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="003F624E">
+        <w:t>5 listopada</w:t>
+      </w:r>
+      <w:r w:rsidR="002A16A4">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">6 listopada </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="002A16A4" w:rsidRPr="003F624E">
+        <w:t xml:space="preserve"> 2025 r. do Prezydenta Miasta Poznania wpłynęła Pa</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>2025 r. do Prezydenta Miasta Poznania wpłynęła Pan</w:t>
-[...7 lines deleted...]
-      <w:r w:rsidR="002A16A4" w:rsidRPr="003F624E">
+        <w:t>ństwa</w:t>
+      </w:r>
+      <w:r w:rsidR="002A16A4">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> interpelacja dotycząca </w:t>
       </w:r>
-      <w:r w:rsidRPr="003F624E">
+      <w:r>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>remontu ulicy Górki</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="002A16A4" w:rsidRPr="003F624E">
+        <w:t>wpływu wstrzymania udziału szkół w wydarzeniach kulturalnych i edukacyjnych na dynamikę sprzedaży biletów przez miejskie instytucje kultury</w:t>
+      </w:r>
+      <w:r w:rsidR="002A16A4">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6790012F" w14:textId="1CBAB2DD" w:rsidR="0021288D" w:rsidRDefault="008D58E2" w:rsidP="008D58E2">
+      <w:pPr>
+        <w:pStyle w:val="UMP-tekstpodstawowy"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Ze względu na dużą różnorodność poznańskich instytucji kultury </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB4DE6">
+        <w:t>i</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> indywidualn</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB4DE6">
+        <w:t xml:space="preserve">ą </w:t>
+      </w:r>
+      <w:r w:rsidR="0021288D">
+        <w:t xml:space="preserve">sytuację </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB4DE6">
+        <w:t xml:space="preserve">każdej z nich trudno mówić o dominującym trendzie dynamiki sprzedaży biletów. </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Niektóre instytucje nie sprzedają biletów dla grup szkolnych i przedszkolnych (Galeria Miejska Arsenał, Dom Kultury </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB4DE6">
+        <w:t>„</w:t>
+      </w:r>
+      <w:r>
+        <w:t>Stokrotka</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB4DE6">
+        <w:t>”</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB4DE6">
+        <w:t xml:space="preserve">Poznański Chór Chłopięcy), niektóre nie dysponują takimi danymi (Wydawnictwo Miejskie </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00EB4DE6">
+        <w:t>Posnania</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00EB4DE6">
+        <w:t xml:space="preserve">, Centrum Informacji Kulturalnej). </w:t>
+      </w:r>
+      <w:r w:rsidR="0021288D">
+        <w:t>Zdarza się również, że ze względu na zmianę oferty</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD7E51">
+        <w:t xml:space="preserve"> lub </w:t>
+      </w:r>
+      <w:r w:rsidR="0021288D">
+        <w:t>przyczyny obiektywne (np. remont</w:t>
+      </w:r>
+      <w:r w:rsidR="007B07E1">
+        <w:t>, przerwa techniczna</w:t>
+      </w:r>
+      <w:r w:rsidR="0021288D">
+        <w:t>) nie można porównać danych z tego roku z rokiem poprzednim.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="070694CB" w14:textId="7F2FCB1D" w:rsidR="008D58E2" w:rsidRDefault="00EB4DE6" w:rsidP="008D58E2">
+      <w:pPr>
+        <w:pStyle w:val="UMP-tekstpodstawowy"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Przekazuję informacje uzyskane od </w:t>
+      </w:r>
+      <w:r w:rsidR="0021288D">
+        <w:t xml:space="preserve">poszczególnych </w:t>
+      </w:r>
+      <w:r>
+        <w:t>instytucji kultury.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7CE1478D" w14:textId="58A2A39D" w:rsidR="008D58E2" w:rsidRDefault="008D58E2" w:rsidP="00F969B4">
+      <w:pPr>
+        <w:pStyle w:val="UMP-nagwekdrugiegopoziomu"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Kino Muza</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6982F869" w14:textId="726BAD27" w:rsidR="008D58E2" w:rsidRDefault="0021288D" w:rsidP="008D58E2">
+      <w:pPr>
+        <w:pStyle w:val="UMP-tekstpodstawowy"/>
+      </w:pPr>
+      <w:r>
+        <w:t>O</w:t>
+      </w:r>
+      <w:r w:rsidR="008D58E2">
+        <w:t>d 1 września 2025 r. w stosunku do analogicznego okresu roku poprzedniego</w:t>
+      </w:r>
+      <w:r>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4884B5D5" w14:textId="1E7732EF" w:rsidR="008D58E2" w:rsidRDefault="008D58E2" w:rsidP="0021288D">
+      <w:pPr>
+        <w:pStyle w:val="UMP-listawyroniona"/>
+      </w:pPr>
+      <w:r>
+        <w:t>nie odnotowano istotnych zmian w liczbie rezerwacji ani frekwencji grup szkolnych i</w:t>
+      </w:r>
+      <w:r w:rsidR="0021288D">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>przedszkolnych</w:t>
+      </w:r>
+      <w:r w:rsidR="0021288D">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0021288D">
+        <w:t>L</w:t>
+      </w:r>
+      <w:r>
+        <w:t>iczba zrealizowanych wydarzeń edukacyjnych oraz sprzedanych biletów w tym segmencie utrzymuje się na poziomie zbliżonym do roku 2024 (od 1</w:t>
+      </w:r>
+      <w:r w:rsidR="0021288D">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">września do 10 listopada ok. 45 seansów </w:t>
+      </w:r>
+      <w:r w:rsidR="0021288D">
+        <w:t>–</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> 3600 biletów zarówno w 2024</w:t>
+      </w:r>
+      <w:r w:rsidR="0021288D">
+        <w:t xml:space="preserve"> r.</w:t>
+      </w:r>
+      <w:r>
+        <w:t>, jak i</w:t>
+      </w:r>
+      <w:r w:rsidR="0021288D">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>w</w:t>
+      </w:r>
+      <w:r w:rsidR="0021288D">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>2025</w:t>
+      </w:r>
+      <w:r w:rsidR="0021288D">
+        <w:t xml:space="preserve"> r.</w:t>
+      </w:r>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="0021288D">
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26408C10" w14:textId="26FDEF40" w:rsidR="008D58E2" w:rsidRDefault="00CE01DD" w:rsidP="00C75EF1">
+      <w:pPr>
+        <w:pStyle w:val="UMP-listawyroniona"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">jedna szkoła zrezygnowała ze współpracy, choć </w:t>
+      </w:r>
+      <w:r w:rsidR="008D58E2">
+        <w:t>dotychczas regularnie od kilkunastu lat uczestniczyła w zajęciach (ok. 100 uczniów miesięcznie)</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="008D58E2">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>J</w:t>
+      </w:r>
+      <w:r w:rsidR="008D58E2">
+        <w:t xml:space="preserve">ako powód odwołania </w:t>
+      </w:r>
+      <w:r w:rsidR="008D58E2">
+        <w:lastRenderedPageBreak/>
+        <w:t>zaplanowanych wizyt wskazano bezpośrednio sytuację finansową nauczycieli i</w:t>
+      </w:r>
+      <w:r>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008D58E2">
+        <w:t>ograniczenie organizacji wycieczek szkolnych</w:t>
+      </w:r>
+      <w:r w:rsidR="00727BEE">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56D18A50" w14:textId="5E0FAC24" w:rsidR="008D58E2" w:rsidRDefault="008D58E2" w:rsidP="008D58E2">
+      <w:pPr>
+        <w:pStyle w:val="UMP-tekstpodstawowy"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Poza tym </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE01DD">
+        <w:t xml:space="preserve">jednostkowym </w:t>
+      </w:r>
+      <w:r>
+        <w:t>przypadkiem nie odnotowano spadku zainteresowania ofertą edukacyjną Kina Muza.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30982FC3" w14:textId="03D1B843" w:rsidR="008D58E2" w:rsidRDefault="008D58E2" w:rsidP="008D58E2">
+      <w:pPr>
+        <w:pStyle w:val="UMP-tekstpodstawowy"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Kino Muza od wielu lat prowadzi rozbudowaną ofertę edukacyjną skierowaną do szkół i</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE01DD">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">przedszkoli. Program </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE01DD">
+        <w:t>jest realizowany</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> w sposób systematyczny i długofalowy, co pozwoliło zbudować trwałe i partnerskie relacje z </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE01DD">
+        <w:t>nauczycielami</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> z Poznania oraz regionu.</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE01DD">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Wielu z nich współpracuje z </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE01DD">
+        <w:t>kinem od</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> lat, powracając z kolejnymi rocznikami uczniów</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE01DD">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007245F1">
+        <w:t>Dzięki ugruntowanym relacjom oraz zaangażowaniu nauczycieli w edukację filmową, postrzeganą jako istotny obszar rozwijania kompetencji kulturowych, krytycznego myślenia i świadomego odbioru przekazów audiowizualnych, kino nie odnotowało znaczących spadków w liczbie rezerwacji i uczestników wydarzeń szkolnych, frekwencja utrzymuje się na stałym poziomie.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A8A4669" w14:textId="77777777" w:rsidR="0021288D" w:rsidRDefault="0021288D" w:rsidP="00F969B4">
+      <w:pPr>
+        <w:pStyle w:val="UMP-nagwekdrugiegopoziomu"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Estrada Poznańska</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45BBF7EC" w14:textId="77777777" w:rsidR="0021288D" w:rsidRDefault="0021288D" w:rsidP="0021288D">
+      <w:pPr>
+        <w:pStyle w:val="UMP-tekstpodstawowy"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Ze względu na remont Sceny na Piętrze spektakle odbywają się w szkołach. Oferta jest nie do porównania do roku poprzedniego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BA471E0" w14:textId="76D3C7AD" w:rsidR="008D58E2" w:rsidRDefault="008D58E2" w:rsidP="00F969B4">
+      <w:pPr>
+        <w:pStyle w:val="UMP-nagwekdrugiegopoziomu"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Teatr </w:t>
+      </w:r>
+      <w:r w:rsidR="00727BEE">
+        <w:t>Ósmego</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> Dnia</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7EB16B19" w14:textId="69006CDD" w:rsidR="008D58E2" w:rsidRDefault="008D58E2" w:rsidP="008D58E2">
+      <w:pPr>
+        <w:pStyle w:val="UMP-tekstpodstawowy"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">W bieżącym oraz poprzednim roku szkolnym </w:t>
+      </w:r>
+      <w:r w:rsidR="00F77EDF">
+        <w:t>znacznie</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> spad</w:t>
+      </w:r>
+      <w:r w:rsidR="00727BEE">
+        <w:t>ło</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> zainteresowani</w:t>
+      </w:r>
+      <w:r w:rsidR="00727BEE">
+        <w:t>e</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> wyjściami grupowymi do teatru. Choć zarówno nauczyciele, jak i zaprzyjaźnieni z teatrem uczniowie deklarowali chęć udziału w wydarzeniach, a </w:t>
+      </w:r>
+      <w:r w:rsidR="00727BEE">
+        <w:t>teatr rozważał nawet</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> organizację specjalnych pokazów dla szkół w godzinach przedpołudniowych, ostatecznie nie udało się zrealizować tych planów. Przyczyną są przede wszystkim ograniczenia organizacyjne — napięty program nauczania, trudności logistyczne (konieczność zapewnienia odpowiedniej liczby opiekunów, organizacja transportu, opuszczanie innych lekcji)</w:t>
+      </w:r>
+      <w:r w:rsidR="00727BEE">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77669E48" w14:textId="60D7D66C" w:rsidR="008D58E2" w:rsidRDefault="008D58E2" w:rsidP="008D58E2">
+      <w:pPr>
+        <w:pStyle w:val="UMP-tekstpodstawowy"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Teatr Ósmego Dnia podpisał porozumienia o współpracy, m.in. z Zespołem Szkół Budowlano-Drzewnych im. Bolesława Chrobrego. Niestety, wspomniane trudności uniemożliwiły pełną realizację założeń tych umów. Uczniowie szkół podstawowych i średnich nadal uczestniczą w zajęciach warsztatowych w ramach Alternatywnej Szkoły Teatru oraz w</w:t>
+      </w:r>
+      <w:r w:rsidR="00727BEE">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>spektaklach Teatru Ósmego Dnia, jednak są to głównie inicjatywy indywidualne, a nie działania wspierane instytucjonalnie przez szkoły.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5DBC9922" w14:textId="2FEF0528" w:rsidR="008D58E2" w:rsidRDefault="008D58E2" w:rsidP="00F969B4">
+      <w:pPr>
+        <w:pStyle w:val="UMP-nagwekdrugiegopoziomu"/>
+      </w:pPr>
+      <w:r>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidR="00727BEE">
+        <w:t xml:space="preserve">entrum </w:t>
+      </w:r>
+      <w:r>
+        <w:t>K</w:t>
+      </w:r>
+      <w:r w:rsidR="00727BEE">
+        <w:t>ultury</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> Zamek</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="274BA4CA" w14:textId="13B30169" w:rsidR="008D58E2" w:rsidRDefault="00727BEE" w:rsidP="008D58E2">
+      <w:pPr>
+        <w:pStyle w:val="UMP-tekstpodstawowy"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Od</w:t>
+      </w:r>
+      <w:r w:rsidR="008D58E2">
+        <w:t xml:space="preserve"> 1 września do 10 listopada 2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">r. </w:t>
+      </w:r>
+      <w:r w:rsidR="008D58E2">
+        <w:t xml:space="preserve">odbyło się sześć wydarzeń dla zorganizowanych grup szkolnych lub przedszkolnych (zwiedzania </w:t>
+      </w:r>
+      <w:r>
+        <w:t>z</w:t>
+      </w:r>
+      <w:r w:rsidR="008D58E2">
+        <w:t xml:space="preserve">amku lub lekcje </w:t>
+      </w:r>
+      <w:r>
+        <w:t>związane z</w:t>
+      </w:r>
+      <w:r w:rsidR="008D58E2">
+        <w:t xml:space="preserve"> wystaw</w:t>
+      </w:r>
+      <w:r>
+        <w:t>ami</w:t>
+      </w:r>
+      <w:r w:rsidR="008D58E2">
+        <w:t>)</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r w:rsidR="008D58E2">
+        <w:t>łącznie wzięło w nich udział 155 osób.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BFDA164" w14:textId="0C2496F6" w:rsidR="008D58E2" w:rsidRDefault="008D58E2" w:rsidP="008D58E2">
+      <w:pPr>
+        <w:pStyle w:val="UMP-tekstpodstawowy"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>W analogicznym okresie 2025 r</w:t>
+      </w:r>
+      <w:r w:rsidR="00727BEE">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> odbyły się cztery takie wydarzenia, w których wzięły udział 93 osoby.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C254228" w14:textId="01C69651" w:rsidR="008D58E2" w:rsidRDefault="00727BEE" w:rsidP="008D58E2">
+      <w:pPr>
+        <w:pStyle w:val="UMP-tekstpodstawowy"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Z</w:t>
+      </w:r>
+      <w:r w:rsidR="008D58E2">
+        <w:t>ainteresowanie lekcjami zależ</w:t>
+      </w:r>
+      <w:r>
+        <w:t>y</w:t>
+      </w:r>
+      <w:r w:rsidR="008D58E2">
+        <w:t xml:space="preserve"> od tego, jak</w:t>
+      </w:r>
+      <w:r>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="008D58E2">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>wystawa jest prezentowana.</w:t>
+      </w:r>
+      <w:r w:rsidR="008D58E2">
+        <w:t xml:space="preserve"> Zainteresowanie wystawą o architekturze Kraju Warty (2024</w:t>
+      </w:r>
+      <w:r w:rsidR="00F969B4">
+        <w:t xml:space="preserve"> r.</w:t>
+      </w:r>
+      <w:r w:rsidR="008D58E2">
+        <w:t>) i opowieściach o męskości (2025</w:t>
+      </w:r>
+      <w:r w:rsidR="00F969B4">
+        <w:t xml:space="preserve"> r.</w:t>
+      </w:r>
+      <w:r w:rsidR="008D58E2">
+        <w:t xml:space="preserve">) było znacznie niższe niż pokazywaną wiosną 2025 </w:t>
+      </w:r>
+      <w:r w:rsidR="00F969B4">
+        <w:t xml:space="preserve">r. </w:t>
+      </w:r>
+      <w:r w:rsidR="008D58E2">
+        <w:t>wystawą o popkulturze lat 90. Obie jesienne wystawy przeznaczone były dla uczniów starszych (w 2024 r</w:t>
+      </w:r>
+      <w:r w:rsidR="00F969B4">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="008D58E2">
+        <w:t xml:space="preserve"> minimalny wiek uczestników to 14 lat). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="161CEE26" w14:textId="77777777" w:rsidR="008D58E2" w:rsidRDefault="008D58E2" w:rsidP="00F969B4">
+      <w:pPr>
+        <w:pStyle w:val="UMP-nagwekdrugiegopoziomu"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Centrum Sztuki Dziecka</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6EE8DC07" w14:textId="67089337" w:rsidR="008D58E2" w:rsidRDefault="0091452D" w:rsidP="008D58E2">
+      <w:pPr>
+        <w:pStyle w:val="UMP-tekstpodstawowy"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Na</w:t>
+      </w:r>
+      <w:r w:rsidR="008D58E2">
+        <w:t>jistotniejsz</w:t>
+      </w:r>
+      <w:r>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="008D58E2">
+        <w:t xml:space="preserve"> zmian</w:t>
+      </w:r>
+      <w:r>
+        <w:t>a dotyczy</w:t>
+      </w:r>
+      <w:r w:rsidR="008D58E2">
+        <w:t xml:space="preserve"> rezerwacj</w:t>
+      </w:r>
+      <w:r>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidR="008D58E2">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>na</w:t>
+      </w:r>
+      <w:r w:rsidR="008D58E2">
+        <w:t xml:space="preserve"> wydarze</w:t>
+      </w:r>
+      <w:r>
+        <w:t>nia</w:t>
+      </w:r>
+      <w:r w:rsidR="008D58E2">
+        <w:t xml:space="preserve"> w ramach tegorocznej edycji Międzynarodowego Festiwalu Filmów dla Młodej Widowni Ale Kino! (23-30</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> listopada </w:t>
+      </w:r>
+      <w:r w:rsidR="008D58E2">
+        <w:t>2025</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> r.</w:t>
+      </w:r>
+      <w:r w:rsidR="008D58E2">
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00C23549">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="00224492" w:rsidRPr="003F624E">
+      <w:r w:rsidR="008D58E2">
+        <w:t xml:space="preserve">Rezerwacja i sprzedaż biletów grupowych rozpoczęła się 15 października 2025 r. </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">i nadal trwa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5CE4264A" w14:textId="784E4CB4" w:rsidR="00C23549" w:rsidRDefault="008D58E2" w:rsidP="008D58E2">
+      <w:pPr>
+        <w:pStyle w:val="UMP-tekstpodstawowy"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Dynamika rezerwacji w pierwszym tygodniu po otwarciu sprzedaży biletów grupowych była podobna do roku ubiegłego, a następnie wyraźnie spadła. Na 1,5 tygodnia przed festiwalem frekwencja szkolna jest niższa o ok. 30% w stosunku do roku 2024. Tegoroczne rezerwacje dotyczą zdecydowanie mniejszych grup. Częściej niż w roku ubiegłym obejmują pojedyncze klasy, podczas gdy wcześniej rezerwacje dotyczyły kilku klas z jednej szkoły. Zdecydowanie częściej niż w roku ubiegłym (gdy były to sytuacje incydentalne) rezerwacje grupowe były odwoływane lub zmniejszane do jednej klasy / małej grupy </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>międzyklasowej</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>. Inaczej niż w</w:t>
+      </w:r>
+      <w:r w:rsidR="00D46AFF">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>latach poprzednich, nauczycie</w:t>
+      </w:r>
+      <w:r w:rsidR="00D46AFF">
+        <w:t>le</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> mniej chętnie korzysta</w:t>
+      </w:r>
+      <w:r w:rsidR="00D46AFF">
+        <w:t>li</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> z rekomendacji alternatywnych seansów, gdy </w:t>
+      </w:r>
+      <w:r w:rsidR="00D46AFF">
+        <w:t xml:space="preserve">bilety na </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">filmy ich pierwszego wyboru były już wyprzedane. </w:t>
+      </w:r>
+      <w:r w:rsidR="00D46AFF">
+        <w:t xml:space="preserve">Do Centrum docierały </w:t>
+      </w:r>
+      <w:r>
+        <w:t>również informacje, że nauczyciele w tym roku podejmują decyzj</w:t>
+      </w:r>
+      <w:r w:rsidR="00D46AFF">
+        <w:t>e</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> o</w:t>
+      </w:r>
+      <w:r w:rsidR="00D46AFF">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>nieorganizowaniu wyjść z uczniami</w:t>
+      </w:r>
+      <w:r w:rsidR="00C23549">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="295CE61C" w14:textId="776CAB02" w:rsidR="00AD7E51" w:rsidRDefault="00C23549" w:rsidP="008D58E2">
+      <w:pPr>
+        <w:pStyle w:val="UMP-tekstpodstawowy"/>
+      </w:pPr>
+      <w:r>
+        <w:t>W</w:t>
+      </w:r>
+      <w:r w:rsidR="008D58E2">
+        <w:t xml:space="preserve"> tym roku </w:t>
+      </w:r>
+      <w:r w:rsidR="00D46AFF">
+        <w:t>szkoły z Poznania mogły otrzymać</w:t>
+      </w:r>
+      <w:r w:rsidR="008D58E2">
+        <w:t xml:space="preserve"> dofinansowanie biletów </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">na festiwal Ale kino! </w:t>
+      </w:r>
+      <w:r w:rsidR="008D58E2">
+        <w:t xml:space="preserve">za pośrednictwem Wydziału Oświaty. </w:t>
+      </w:r>
+      <w:r>
+        <w:t>N</w:t>
+      </w:r>
+      <w:r w:rsidR="008D58E2">
+        <w:t xml:space="preserve">iewątpliwie </w:t>
+      </w:r>
+      <w:r>
+        <w:t>przyczyniło się to do wzrostu</w:t>
+      </w:r>
+      <w:r w:rsidR="008D58E2">
+        <w:t xml:space="preserve"> zainteresowani</w:t>
+      </w:r>
+      <w:r>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="008D58E2">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">wydarzeniem, choć nadal </w:t>
+      </w:r>
+      <w:r w:rsidR="008D58E2">
+        <w:t>zdarza</w:t>
+      </w:r>
+      <w:r>
+        <w:t>ją</w:t>
+      </w:r>
+      <w:r w:rsidR="008D58E2">
+        <w:t xml:space="preserve"> się rezygnacje. </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Obecnie</w:t>
+      </w:r>
+      <w:r w:rsidR="008D58E2">
+        <w:t xml:space="preserve"> wykupion</w:t>
+      </w:r>
+      <w:r w:rsidR="00A13AA0">
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidR="008D58E2">
+        <w:t xml:space="preserve"> jest ok. 80% puli biletów z dofinansowania. Należy także odnotować, że w tym roku Ale Kino! odbywa się w </w:t>
+      </w:r>
+      <w:r>
+        <w:t>innym miejscu</w:t>
+      </w:r>
+      <w:r w:rsidR="008D58E2">
+        <w:t xml:space="preserve"> (Helios w </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="008D58E2">
+        <w:t>Posnanii</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="008D58E2">
+        <w:t xml:space="preserve">). </w:t>
+      </w:r>
+      <w:r>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidR="008D58E2">
+        <w:t>zynniki, które mogły lub powinny pozytywnie wpłynąć na zmianę dynamiki rezerwacji, to: wydarzenia promocyjne dla nauczycieli w nowej lokalizacji festiwalu, wcześniejsze</w:t>
+      </w:r>
+      <w:r w:rsidR="00A13AA0">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008D58E2">
+        <w:t>otwarcie rezerwacji grupowych niż w</w:t>
+      </w:r>
+      <w:r w:rsidR="00E7486B">
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008D58E2">
+        <w:t>roku poprzednim oraz bardziej rozbudowana kampania informacyjna kierowana do tej grupy odbiorców.</w:t>
+      </w:r>
+      <w:r w:rsidR="00A13AA0">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008D58E2">
+        <w:t xml:space="preserve">Bardziej szczegółowe analizy na ten temat będą możliwe po zakończeniu </w:t>
+      </w:r>
+      <w:r w:rsidR="00A13AA0">
+        <w:t>festiwalu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="212CDD9E" w14:textId="1EE9712D" w:rsidR="008D58E2" w:rsidRDefault="00AD7E51" w:rsidP="00AD7E51">
+      <w:pPr>
+        <w:pStyle w:val="UMP-tekstpodstawowy"/>
+      </w:pPr>
+      <w:r>
+        <w:br w:type="column"/>
+      </w:r>
+      <w:r w:rsidR="008D58E2">
+        <w:lastRenderedPageBreak/>
+        <w:t>Teatr Polski</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="513EC419" w14:textId="310BF9CB" w:rsidR="008D58E2" w:rsidRDefault="00A13AA0" w:rsidP="008D58E2">
+      <w:pPr>
+        <w:pStyle w:val="UMP-tekstpodstawowy"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Można zaobserwować z</w:t>
+      </w:r>
+      <w:r w:rsidR="008D58E2">
+        <w:t>naczny spadek zainteresowania szkół ofertą teatr</w:t>
+      </w:r>
+      <w:r>
+        <w:t>u</w:t>
+      </w:r>
+      <w:r w:rsidR="008D58E2">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:t>O</w:t>
+      </w:r>
+      <w:r w:rsidR="008D58E2">
+        <w:t xml:space="preserve">d września do listopada 2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:t>r. sprzedano</w:t>
+      </w:r>
+      <w:r w:rsidR="008D58E2">
+        <w:t xml:space="preserve"> 1470 biletów dla grup szkolnych, w analogicznym okresie br. </w:t>
+      </w:r>
+      <w:r>
+        <w:t>sprzedano</w:t>
+      </w:r>
+      <w:r w:rsidR="008D58E2">
+        <w:t xml:space="preserve"> i zarezerwowa</w:t>
+      </w:r>
+      <w:r>
+        <w:t>no</w:t>
+      </w:r>
+      <w:r w:rsidR="008D58E2">
+        <w:t xml:space="preserve"> łącznie 732 bilety.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45D7137B" w14:textId="42E33FE4" w:rsidR="008D58E2" w:rsidRDefault="00A13AA0" w:rsidP="008D58E2">
+      <w:pPr>
+        <w:pStyle w:val="UMP-tekstpodstawowy"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">W </w:t>
+      </w:r>
+      <w:r w:rsidR="008D58E2">
+        <w:t xml:space="preserve">2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">r. teatr </w:t>
+      </w:r>
+      <w:r w:rsidR="008D58E2">
+        <w:t>zaproponowa</w:t>
+      </w:r>
+      <w:r>
+        <w:t>ł</w:t>
+      </w:r>
+      <w:r w:rsidR="008D58E2">
+        <w:t xml:space="preserve"> szkołom </w:t>
+      </w:r>
+      <w:r w:rsidR="00696FCF">
+        <w:t>cztery</w:t>
+      </w:r>
+      <w:r w:rsidR="008D58E2">
+        <w:t xml:space="preserve"> spektakle w godzinach przedpołudniowych, ale zainteresowanie było tak duże, że </w:t>
+      </w:r>
+      <w:r>
+        <w:t>ofertę poszerzono o</w:t>
+      </w:r>
+      <w:r w:rsidR="008D58E2">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00696FCF">
+        <w:t>trzy</w:t>
+      </w:r>
+      <w:r w:rsidR="008D58E2">
+        <w:t xml:space="preserve"> dodatkowe</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> –</w:t>
+      </w:r>
+      <w:r w:rsidR="00696FCF">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008D58E2">
+        <w:t xml:space="preserve">łącznie </w:t>
+      </w:r>
+      <w:r w:rsidR="00696FCF">
+        <w:t>siedem</w:t>
+      </w:r>
+      <w:r w:rsidR="008D58E2">
+        <w:t xml:space="preserve"> spektakli w godzinach przedpołudniowych</w:t>
+      </w:r>
+      <w:r w:rsidR="00696FCF">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67133404" w14:textId="7D313233" w:rsidR="008D58E2" w:rsidRDefault="00696FCF" w:rsidP="008D58E2">
+      <w:pPr>
+        <w:pStyle w:val="UMP-tekstpodstawowy"/>
+      </w:pPr>
+      <w:r>
+        <w:t>W</w:t>
+      </w:r>
+      <w:r w:rsidR="008D58E2">
+        <w:t xml:space="preserve"> tym sezonie </w:t>
+      </w:r>
+      <w:r>
+        <w:t>(2025 r.) z czterech</w:t>
+      </w:r>
+      <w:r w:rsidR="008D58E2">
+        <w:t xml:space="preserve"> zaproponowan</w:t>
+      </w:r>
+      <w:r>
+        <w:t>ych</w:t>
+      </w:r>
+      <w:r w:rsidR="008D58E2">
+        <w:t xml:space="preserve"> szkołom spektakl</w:t>
+      </w:r>
+      <w:r>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidR="008D58E2">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>przedpołudnio</w:t>
+      </w:r>
+      <w:r w:rsidR="007B07E1">
+        <w:t>wych dwa</w:t>
+      </w:r>
+      <w:r w:rsidR="008D58E2">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>zostały</w:t>
+      </w:r>
+      <w:r w:rsidR="008D58E2">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007B07E1">
+        <w:t xml:space="preserve">odwołane </w:t>
+      </w:r>
+      <w:r w:rsidR="008D58E2">
+        <w:t>z powodu braku chętnych, dwa w dalszym ciągu są sprzedane/zarezerwowane jedynie w 60%.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59759C86" w14:textId="77777777" w:rsidR="008D58E2" w:rsidRDefault="008D58E2" w:rsidP="007B07E1">
+      <w:pPr>
+        <w:pStyle w:val="UMP-nagwekdrugiegopoziomu"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Poznańskie Centrum Dziedzictwa</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="508F7F3C" w14:textId="4E177302" w:rsidR="008D58E2" w:rsidRDefault="008D58E2" w:rsidP="008D58E2">
+      <w:pPr>
+        <w:pStyle w:val="UMP-tekstpodstawowy"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Specyfika sprzedaży biletów na usługi świadczone przez Poznańskie Centrum Dziedzictwa powoduje, że </w:t>
+      </w:r>
+      <w:r w:rsidR="007F73E1">
+        <w:t xml:space="preserve">Centrum </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">nie </w:t>
+      </w:r>
+      <w:r w:rsidR="007F73E1">
+        <w:t>ma</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> pełn</w:t>
+      </w:r>
+      <w:r w:rsidR="007F73E1">
+        <w:t>ej</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> wiedz</w:t>
+      </w:r>
+      <w:r w:rsidR="007F73E1">
+        <w:t>y</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> na temat tego, które grupy zwiedzających organizowane są przez szkoły.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="537A05A1" w14:textId="7DB2C246" w:rsidR="008D58E2" w:rsidRDefault="008D58E2" w:rsidP="008D58E2">
+      <w:pPr>
+        <w:pStyle w:val="UMP-tekstpodstawowy"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">W </w:t>
+      </w:r>
+      <w:r w:rsidR="007F73E1">
+        <w:t>analizowanych</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> okresach miały miejsce czasowe zmiany w funkcjonowaniu Bramy Poznania </w:t>
+      </w:r>
+      <w:r w:rsidR="007F73E1">
+        <w:t xml:space="preserve">(przerwy techniczne: 2-23 września 2024 r. i 1-5 września 2025 r.) </w:t>
+      </w:r>
+      <w:r>
+        <w:t>oraz Centrum Szyfrów Enigma</w:t>
+      </w:r>
+      <w:r w:rsidR="007F73E1">
+        <w:t xml:space="preserve"> (przerwa techniczna 8-12 września 2025 r.). </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Powoduje to, że porównanie danych </w:t>
+      </w:r>
+      <w:r w:rsidR="007F73E1">
+        <w:t xml:space="preserve">z lat </w:t>
+      </w:r>
+      <w:r>
+        <w:t>2024</w:t>
+      </w:r>
+      <w:r w:rsidR="007F73E1">
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
+        <w:t>2025 nie jest w pełni miarodajne. Niemniej, ogóln</w:t>
+      </w:r>
+      <w:r w:rsidR="007F73E1">
+        <w:t>a</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> dynamik</w:t>
+      </w:r>
+      <w:r w:rsidR="007F73E1">
+        <w:t>a</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> zmian sprzedaży biletów w analizowany</w:t>
+      </w:r>
+      <w:r w:rsidR="00655702">
+        <w:t>m</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00655702">
+        <w:t>czasie</w:t>
+      </w:r>
+      <w:r w:rsidR="007F73E1">
+        <w:t xml:space="preserve"> kształtowała się następująco</w:t>
+      </w:r>
+      <w:r>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B36D72B" w14:textId="29EE6BC5" w:rsidR="008D58E2" w:rsidRDefault="00655702" w:rsidP="00655702">
+      <w:pPr>
+        <w:pStyle w:val="UMP-listawyroniona"/>
+      </w:pPr>
+      <w:r>
+        <w:t>w Bramie Poznania sprzedaż biletów spadła</w:t>
+      </w:r>
+      <w:r w:rsidR="00A87BB0">
+        <w:t xml:space="preserve"> o 5,17 punkt</w:t>
+      </w:r>
+      <w:r w:rsidR="00E7486B">
+        <w:t>u</w:t>
+      </w:r>
+      <w:r w:rsidR="00A87BB0">
+        <w:t xml:space="preserve"> procentow</w:t>
+      </w:r>
+      <w:r w:rsidR="00E7486B">
+        <w:t>ego</w:t>
+      </w:r>
+      <w:r w:rsidR="00A87BB0">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> F</w:t>
+      </w:r>
+      <w:r w:rsidR="008D58E2">
+        <w:t>rekwencja procentowa (wyrażony procentowo stosunek liczby sprzedanych biletów do liczby uruchomionych miejsc) w okresie 1</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> września </w:t>
+      </w:r>
+      <w:r w:rsidR="008D58E2">
+        <w:t>– 07</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> listopada </w:t>
+      </w:r>
+      <w:r w:rsidR="008D58E2">
+        <w:t>2024 wyniosła 25,74%</w:t>
+      </w:r>
+      <w:r w:rsidR="00A87BB0">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="008D58E2">
+        <w:t xml:space="preserve"> a</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC2A36">
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008D58E2">
+        <w:t>w</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC2A36">
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008D58E2">
+        <w:t>analogicznym okresie roku 2025</w:t>
+      </w:r>
+      <w:r w:rsidR="00A87BB0">
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r w:rsidR="008D58E2">
+        <w:t>20,57%</w:t>
+      </w:r>
+      <w:r w:rsidR="00A87BB0">
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51E952C1" w14:textId="05624048" w:rsidR="008D58E2" w:rsidRDefault="008D58E2" w:rsidP="00655702">
+      <w:pPr>
+        <w:pStyle w:val="UMP-listawyroniona"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">w Centrum Szyfrów Enigma </w:t>
+      </w:r>
+      <w:r w:rsidR="00A87BB0">
+        <w:t xml:space="preserve">sprzedaż biletów wzrosła o 1,44 </w:t>
+      </w:r>
+      <w:r w:rsidR="00E7486B">
+        <w:t>punktu</w:t>
+      </w:r>
+      <w:r w:rsidR="00A87BB0">
+        <w:t xml:space="preserve"> procentow</w:t>
+      </w:r>
+      <w:r w:rsidR="00E7486B">
+        <w:t>ego</w:t>
+      </w:r>
+      <w:r w:rsidR="00A87BB0">
+        <w:t xml:space="preserve">. Frekwencja procentowa </w:t>
+      </w:r>
+      <w:r>
+        <w:t>w okresie 1</w:t>
+      </w:r>
+      <w:r w:rsidR="00A87BB0">
+        <w:t xml:space="preserve"> września</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> – 7</w:t>
+      </w:r>
+      <w:r w:rsidR="00A87BB0">
+        <w:t xml:space="preserve"> listopada </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">2024 </w:t>
+      </w:r>
+      <w:r w:rsidR="00A87BB0">
+        <w:t xml:space="preserve">r. </w:t>
+      </w:r>
+      <w:r>
+        <w:t>wyniosła 31,5%</w:t>
+      </w:r>
+      <w:r w:rsidR="00A87BB0">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> a</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC2A36">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>w</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC2A36">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>analogicznym okresie roku 2025</w:t>
+      </w:r>
+      <w:r w:rsidR="00A87BB0">
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r>
+        <w:t>32,94%.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68E072BE" w14:textId="059EE52E" w:rsidR="00942D2D" w:rsidRPr="00942D2D" w:rsidRDefault="00E7486B" w:rsidP="008D58E2">
+      <w:pPr>
+        <w:pStyle w:val="UMP-tekstpodstawowy"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00942D2D">
+        <w:t>Analizy można te</w:t>
+      </w:r>
+      <w:r w:rsidR="00942D2D" w:rsidRPr="00942D2D">
+        <w:t>ż</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00942D2D">
+        <w:t xml:space="preserve"> dokonać z wykorzystaniem</w:t>
+      </w:r>
+      <w:r w:rsidR="00942D2D">
+        <w:t xml:space="preserve"> takich danych jak:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F18908C" w14:textId="5E254C11" w:rsidR="008D58E2" w:rsidRPr="00942D2D" w:rsidRDefault="00942D2D" w:rsidP="00942D2D">
+      <w:pPr>
+        <w:pStyle w:val="UMP-listanumerowana"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00942D2D">
+        <w:t>l</w:t>
+      </w:r>
+      <w:r w:rsidR="008D58E2" w:rsidRPr="00942D2D">
+        <w:t>iczba rezerwacji dokonanych przez szkoły</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00942D2D">
+        <w:t xml:space="preserve"> – n</w:t>
+      </w:r>
+      <w:r w:rsidR="008D58E2" w:rsidRPr="00942D2D">
+        <w:t xml:space="preserve">ie są to dane kompletne, gdyż większość nauczycieli </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00942D2D">
+        <w:t>rezerwuje bilety</w:t>
+      </w:r>
+      <w:r w:rsidR="008D58E2" w:rsidRPr="00942D2D">
+        <w:t xml:space="preserve"> na swoje nazwiska</w:t>
+      </w:r>
+      <w:r>
+        <w:t>; mogą jednak posłużyć do porównania. Liczba rezerwacji z wyrazem „szkoła” w nazwie kształtowała się następująco:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C6E5447" w14:textId="0A758AA2" w:rsidR="008D58E2" w:rsidRPr="00A858E1" w:rsidRDefault="008D58E2" w:rsidP="00942D2D">
+      <w:pPr>
+        <w:pStyle w:val="UMP-listawyroniona"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00A858E1">
+        <w:t>w Bramie Poznania w</w:t>
+      </w:r>
+      <w:r w:rsidR="00942D2D">
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A858E1">
+        <w:t>okresie 1</w:t>
+      </w:r>
+      <w:r w:rsidR="00942D2D">
+        <w:t xml:space="preserve"> września</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A858E1">
+        <w:t xml:space="preserve"> – 7</w:t>
+      </w:r>
+      <w:r w:rsidR="00942D2D">
+        <w:t xml:space="preserve"> listopada </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A858E1">
+        <w:t xml:space="preserve">2024 </w:t>
+      </w:r>
+      <w:r w:rsidR="00942D2D">
+        <w:t xml:space="preserve">r. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A858E1">
+        <w:t>wyniosła 15</w:t>
+      </w:r>
+      <w:r w:rsidR="00942D2D">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A858E1">
+        <w:t xml:space="preserve"> a</w:t>
+      </w:r>
+      <w:r w:rsidR="00942D2D">
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A858E1">
+        <w:t>w</w:t>
+      </w:r>
+      <w:r w:rsidR="00942D2D">
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A858E1">
+        <w:t>analogicznym okresie roku 2025</w:t>
+      </w:r>
+      <w:r w:rsidR="00942D2D">
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A858E1">
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidR="00942D2D">
+        <w:t>,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5FA406BA" w14:textId="0E4C6A58" w:rsidR="008D58E2" w:rsidRPr="00A858E1" w:rsidRDefault="008D58E2" w:rsidP="00942D2D">
+      <w:pPr>
+        <w:pStyle w:val="UMP-listawyroniona"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00A858E1">
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">w Centrum Szyfrów Enigma w okresie </w:t>
+      </w:r>
+      <w:r w:rsidR="00942D2D" w:rsidRPr="00A858E1">
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00942D2D">
+        <w:t xml:space="preserve"> września</w:t>
+      </w:r>
+      <w:r w:rsidR="00942D2D" w:rsidRPr="00A858E1">
+        <w:t xml:space="preserve"> – 7</w:t>
+      </w:r>
+      <w:r w:rsidR="00942D2D">
+        <w:t xml:space="preserve"> listopada </w:t>
+      </w:r>
+      <w:r w:rsidR="00942D2D" w:rsidRPr="00A858E1">
+        <w:t xml:space="preserve">2024 </w:t>
+      </w:r>
+      <w:r w:rsidR="00942D2D">
+        <w:t>r.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A858E1">
+        <w:t xml:space="preserve"> wyniosła 17</w:t>
+      </w:r>
+      <w:r w:rsidR="00942D2D">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A858E1">
+        <w:t xml:space="preserve"> a</w:t>
+      </w:r>
+      <w:r w:rsidR="009560F9">
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A858E1">
+        <w:t>w</w:t>
+      </w:r>
+      <w:r w:rsidR="009560F9">
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A858E1">
+        <w:t>analogicznym okresie roku 2025</w:t>
+      </w:r>
+      <w:r w:rsidR="00942D2D">
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A858E1">
+        <w:t>24</w:t>
+      </w:r>
+      <w:r w:rsidR="00942D2D">
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32A2ECCE" w14:textId="6E160BF7" w:rsidR="008D58E2" w:rsidRPr="00A858E1" w:rsidRDefault="008D58E2" w:rsidP="00942D2D">
+      <w:pPr>
+        <w:pStyle w:val="UMP-listanumerowana"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00A858E1">
+        <w:t>liczba uczestników ofert</w:t>
+      </w:r>
+      <w:r w:rsidR="00942D2D">
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A858E1">
+        <w:t xml:space="preserve"> Zwiedzani</w:t>
+      </w:r>
+      <w:r w:rsidR="009560F9">
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A858E1">
+        <w:t xml:space="preserve"> ekspozycji Bramy Poznania z przewodnikiem dla szkół oraz Zwiedzani</w:t>
+      </w:r>
+      <w:r w:rsidR="009560F9">
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A858E1">
+        <w:t xml:space="preserve"> ekspozycji Centrum Szyfrów Enigma z przewodnikiem dla szkół </w:t>
+      </w:r>
+      <w:r w:rsidR="00942D2D">
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A858E1">
+        <w:t>ofert</w:t>
+      </w:r>
+      <w:r w:rsidR="00942D2D">
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A858E1">
+        <w:t xml:space="preserve"> skierowan</w:t>
+      </w:r>
+      <w:r w:rsidR="00942D2D">
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A858E1">
+        <w:t xml:space="preserve"> wyłącznie </w:t>
+      </w:r>
+      <w:r w:rsidR="00942D2D">
+        <w:t>do</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A858E1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00942D2D">
+        <w:t>szkół). Frekwencja procentowa wyniosła:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F636F82" w14:textId="47176C2B" w:rsidR="008D58E2" w:rsidRPr="00A858E1" w:rsidRDefault="008D58E2" w:rsidP="009560F9">
+      <w:pPr>
+        <w:pStyle w:val="UMP-listawyroniona"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00A858E1">
+        <w:t xml:space="preserve">w Bramie Poznania w okresie </w:t>
+      </w:r>
+      <w:r w:rsidR="009560F9" w:rsidRPr="00A858E1">
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="009560F9">
+        <w:t xml:space="preserve"> września</w:t>
+      </w:r>
+      <w:r w:rsidR="009560F9" w:rsidRPr="00A858E1">
+        <w:t xml:space="preserve"> – 7</w:t>
+      </w:r>
+      <w:r w:rsidR="009560F9">
+        <w:t xml:space="preserve"> listopada </w:t>
+      </w:r>
+      <w:r w:rsidR="009560F9" w:rsidRPr="00A858E1">
+        <w:t xml:space="preserve">2024 </w:t>
+      </w:r>
+      <w:r w:rsidR="009560F9">
+        <w:t xml:space="preserve">r. – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A858E1">
+        <w:t>52,29%</w:t>
+      </w:r>
+      <w:r w:rsidR="009560F9">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A858E1">
+        <w:t xml:space="preserve"> a</w:t>
+      </w:r>
+      <w:r w:rsidR="009560F9">
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A858E1">
+        <w:t>w</w:t>
+      </w:r>
+      <w:r w:rsidR="009560F9">
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A858E1">
+        <w:t>analogicznym okresie roku 2025</w:t>
+      </w:r>
+      <w:r w:rsidR="009560F9">
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A858E1">
+        <w:t xml:space="preserve">16,48%. Oznacza to spadek o 35,81 </w:t>
+      </w:r>
+      <w:r w:rsidR="009560F9">
+        <w:t>punktu procentowego,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14B98B72" w14:textId="7F4ABF65" w:rsidR="008D58E2" w:rsidRPr="00A858E1" w:rsidRDefault="008D58E2" w:rsidP="009560F9">
+      <w:pPr>
+        <w:pStyle w:val="UMP-listawyroniona"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00A858E1">
+        <w:t xml:space="preserve">w Centrum Szyfrów Enigma w okresie </w:t>
+      </w:r>
+      <w:r w:rsidR="009560F9" w:rsidRPr="00A858E1">
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="009560F9">
+        <w:t xml:space="preserve"> września</w:t>
+      </w:r>
+      <w:r w:rsidR="009560F9" w:rsidRPr="00A858E1">
+        <w:t xml:space="preserve"> – 7</w:t>
+      </w:r>
+      <w:r w:rsidR="009560F9">
+        <w:t xml:space="preserve"> listopada </w:t>
+      </w:r>
+      <w:r w:rsidR="009560F9" w:rsidRPr="00A858E1">
+        <w:t xml:space="preserve">2024 </w:t>
+      </w:r>
+      <w:r w:rsidR="009560F9">
+        <w:t>r. –</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A858E1">
+        <w:t xml:space="preserve"> 22,84%</w:t>
+      </w:r>
+      <w:r w:rsidR="009560F9">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A858E1">
+        <w:t xml:space="preserve"> a</w:t>
+      </w:r>
+      <w:r w:rsidR="009560F9">
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A858E1">
+        <w:t>w</w:t>
+      </w:r>
+      <w:r w:rsidR="009560F9">
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A858E1">
+        <w:t>analogicznym okresie roku 2025</w:t>
+      </w:r>
+      <w:r w:rsidR="009560F9">
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A858E1">
+        <w:t xml:space="preserve">36,13%. Oznacza to wzrost o 13,29 </w:t>
+      </w:r>
+      <w:r w:rsidR="009560F9">
+        <w:t>punktu procentowego;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="755D5AF2" w14:textId="705A7C55" w:rsidR="009560F9" w:rsidRDefault="008D58E2" w:rsidP="009560F9">
+      <w:pPr>
+        <w:pStyle w:val="UMP-listanumerowana"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00A858E1">
+        <w:t xml:space="preserve">frekwencja procentowa na </w:t>
+      </w:r>
+      <w:r w:rsidR="009560F9">
+        <w:t>z</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A858E1">
+        <w:t>ajęciach edukacyjnych dla szkół</w:t>
+      </w:r>
+      <w:r w:rsidR="009560F9">
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="594B0CFD" w14:textId="6C63F90B" w:rsidR="008D58E2" w:rsidRPr="00A858E1" w:rsidRDefault="008D58E2" w:rsidP="00AE0005">
+      <w:pPr>
+        <w:pStyle w:val="UMP-listawyroniona"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00A858E1">
+        <w:t xml:space="preserve">w Bramie Poznania </w:t>
+      </w:r>
+      <w:r w:rsidR="00AF1BB3" w:rsidRPr="00A858E1">
+        <w:t>w okresie 1</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF1BB3">
+        <w:t xml:space="preserve"> września</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF1BB3" w:rsidRPr="00A858E1">
+        <w:t xml:space="preserve"> – 7</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF1BB3">
+        <w:t xml:space="preserve"> listopada </w:t>
+      </w:r>
+      <w:r w:rsidR="00AF1BB3" w:rsidRPr="00A858E1">
+        <w:t xml:space="preserve">2024 </w:t>
+      </w:r>
+      <w:r w:rsidR="00AF1BB3">
+        <w:t xml:space="preserve">r. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A858E1">
+        <w:t>wyniosła 29,10%</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF1BB3">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A858E1">
+        <w:t xml:space="preserve"> a</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF1BB3">
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A858E1">
+        <w:t>w</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF1BB3">
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A858E1">
+        <w:t>analogicznym okresie roku 2025</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF1BB3">
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A858E1">
+        <w:t>34,8%. Oznacza to wzrost o 5,7 p</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF1BB3">
+        <w:t>unktu procentowego,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F3E1E7A" w14:textId="4DB43912" w:rsidR="008D58E2" w:rsidRPr="00A858E1" w:rsidRDefault="00AE0005" w:rsidP="00AE0005">
+      <w:pPr>
+        <w:pStyle w:val="UMP-listawyroniona"/>
+      </w:pPr>
+      <w:r>
+        <w:t>w</w:t>
+      </w:r>
+      <w:r w:rsidR="008D58E2" w:rsidRPr="00A858E1">
+        <w:t xml:space="preserve"> Centrum Szyfrów Enigma nie </w:t>
+      </w:r>
+      <w:r>
+        <w:t>ma</w:t>
+      </w:r>
+      <w:r w:rsidR="008D58E2" w:rsidRPr="00A858E1">
+        <w:t xml:space="preserve"> analogicznej oferty.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D23FC9E" w14:textId="52770B34" w:rsidR="008D58E2" w:rsidRPr="00AF1BB3" w:rsidRDefault="005A379D" w:rsidP="00AF1BB3">
+      <w:pPr>
+        <w:pStyle w:val="UMP-tekstpodstawowy"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF1BB3">
+        <w:t>N</w:t>
+      </w:r>
+      <w:r w:rsidR="008D58E2" w:rsidRPr="00AF1BB3">
+        <w:t>a podstawie powyższych danych w analizowanych okresach można zaobserwować spad</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF1BB3">
+        <w:t>ek</w:t>
+      </w:r>
+      <w:r w:rsidR="008D58E2" w:rsidRPr="00AF1BB3">
+        <w:t xml:space="preserve"> sprzedaży biletów na niektóre elementy oferty Poznańskiego Centrum Dziedzictwa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E6086E7" w14:textId="32136299" w:rsidR="008D58E2" w:rsidRDefault="008D58E2" w:rsidP="005A379D">
+      <w:pPr>
+        <w:pStyle w:val="UMP-nagwekdrugiegopoziomu"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Biblioteka Raczyńskich</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18242D2D" w14:textId="4266089F" w:rsidR="008D58E2" w:rsidRDefault="008D58E2" w:rsidP="008D58E2">
+      <w:pPr>
+        <w:pStyle w:val="UMP-tekstpodstawowy"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Biblioteka</w:t>
+      </w:r>
+      <w:r w:rsidR="007728B0">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> zgodnie ze swoim </w:t>
+      </w:r>
+      <w:r w:rsidR="007728B0">
+        <w:t>s</w:t>
+      </w:r>
+      <w:r>
+        <w:t>tatutem oraz przepisami dotyczącymi działalności bibliotek publicznych, nie pobiera opłat za udział w wydarzeniach kulturalnych i edukacyjnych (jedyna placówka z biletowanym wstępem to Muzeum Literackie Henryka Sienkiewicza).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="150F5F5F" w14:textId="3DB7B62E" w:rsidR="008D58E2" w:rsidRDefault="008D58E2" w:rsidP="008D58E2">
+      <w:pPr>
+        <w:pStyle w:val="UMP-tekstpodstawowy"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Na wiele spotkań i zajęć </w:t>
+      </w:r>
+      <w:r w:rsidR="007728B0">
+        <w:t xml:space="preserve">są </w:t>
+      </w:r>
+      <w:r>
+        <w:t>prowadz</w:t>
+      </w:r>
+      <w:r w:rsidR="007728B0">
+        <w:t>one</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007728B0">
+        <w:t>–</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> z powodu ich popularności </w:t>
+      </w:r>
+      <w:r w:rsidR="007728B0">
+        <w:t>–</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> zapisy (które można potraktować jako rezerwację)</w:t>
+      </w:r>
+      <w:r w:rsidR="007728B0">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007728B0">
+        <w:t xml:space="preserve">Dane te nie są jednak </w:t>
+      </w:r>
+      <w:r>
+        <w:t>archiwiz</w:t>
+      </w:r>
+      <w:r w:rsidR="007728B0">
+        <w:t>owane.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007728B0">
+        <w:t>N</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">a potrzeby sprawozdawcze </w:t>
+      </w:r>
+      <w:r w:rsidR="007728B0">
+        <w:t>odnotowywana jest</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> liczb</w:t>
+      </w:r>
+      <w:r w:rsidR="007728B0">
+        <w:t>a</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> zrealizowanych wydarzeń i ich uczestników.</w:t>
+      </w:r>
+      <w:r w:rsidR="007728B0">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Zajęcia dla zorganizowanych grup szkolnych i przedszkolnych to przede wszystkim lekcje biblioteczne, rozmaite warsztaty oraz zwiedzanie biblioteki. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09CA8C77" w14:textId="02625F4A" w:rsidR="008D58E2" w:rsidRDefault="007728B0" w:rsidP="008D58E2">
+      <w:pPr>
+        <w:pStyle w:val="UMP-tekstpodstawowy"/>
+      </w:pPr>
+      <w:r>
+        <w:t>W</w:t>
+      </w:r>
+      <w:r w:rsidR="008D58E2">
+        <w:t xml:space="preserve"> pierwszej połowie września 2025 r</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="008D58E2">
+        <w:t xml:space="preserve"> Biblioteka Raczyńskich była zamknięta dla użytkowników przez dwa tygodnie </w:t>
+      </w:r>
+      <w:r>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidR="008D58E2">
+        <w:t xml:space="preserve"> z powodu wdrożenia nowego systemu bibliotecznego. Zatem tegoroczne dane z przyczyn obiektywnych</w:t>
+      </w:r>
+      <w:r w:rsidR="004E516B">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008D58E2">
+        <w:t xml:space="preserve">odbiegają od zwykłych i nie sposób na ich podstawie oceniać dynamiki udziału grup szkolnych i przedszkolnych w wydarzeniach oferowanych przez </w:t>
+      </w:r>
+      <w:r w:rsidR="004E516B">
+        <w:t>bibliotekę</w:t>
+      </w:r>
+      <w:r w:rsidR="008D58E2">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76D40A3E" w14:textId="4623C6C2" w:rsidR="00AF1BB3" w:rsidRPr="00AF1BB3" w:rsidRDefault="00D95813" w:rsidP="00AF1BB3">
+      <w:pPr>
+        <w:pStyle w:val="UMP-tekstpodstawowy"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF1BB3">
+        <w:lastRenderedPageBreak/>
+        <w:t>Zestawienie danych z września i października</w:t>
+      </w:r>
+      <w:r w:rsidR="008D58E2" w:rsidRPr="00AF1BB3">
+        <w:t xml:space="preserve"> 2024 i 2025 r</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF1BB3">
+        <w:t>. przedstawi</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF1BB3" w:rsidRPr="00AF1BB3">
+        <w:t>ono w</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF1BB3">
+        <w:t xml:space="preserve"> poniższ</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF1BB3" w:rsidRPr="00AF1BB3">
+        <w:t>ej</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF1BB3">
+        <w:t xml:space="preserve"> tabel</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF1BB3" w:rsidRPr="00AF1BB3">
+        <w:t>i.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2DF54158" w14:textId="34A7BD64" w:rsidR="008D58E2" w:rsidRPr="00AF1BB3" w:rsidRDefault="00AF1BB3" w:rsidP="00AD7E51">
+      <w:pPr>
+        <w:pStyle w:val="UMP-tekstpodstawowy"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="709" w:hanging="709"/>
         <w:rPr>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>Przedstawiam odpowiedzi na pytania.</w:t>
-[...21 lines deleted...]
-      <w:r w:rsidR="00F72CB3">
+      </w:pPr>
+      <w:r w:rsidRPr="00AF1BB3">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Tabela. Zajęcia</w:t>
+      </w:r>
+      <w:r w:rsidR="008D58E2" w:rsidRPr="00AF1BB3">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD7E51">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">w Bibliotece Raczyńskich </w:t>
+      </w:r>
+      <w:r w:rsidR="008D58E2" w:rsidRPr="00AF1BB3">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>dla zorganizowanych grup szkolnych i przedszkolnych</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF1BB3">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> w</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD7E51">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="003F624E">
-[...2 lines deleted...]
-      <w:r w:rsidR="00F72CB3">
+      <w:r w:rsidRPr="00AF1BB3">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>roku 2024 i 2025</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD7E51">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Tabela-Siatka"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblCaption w:val="Zajęcia w Bibliotece Raczyńskich dla zorganizowanych grup szkolnych i przedszkolnych w roku 2024 i 2025"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3020"/>
+        <w:gridCol w:w="3020"/>
+        <w:gridCol w:w="3020"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="004E516B" w14:paraId="21CB1D36" w14:textId="77777777" w:rsidTr="00AD7E51">
+        <w:trPr>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3020" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C6BBE58" w14:textId="6178CB03" w:rsidR="004E516B" w:rsidRPr="00AD7E51" w:rsidRDefault="00D95813" w:rsidP="00AD7E51">
+            <w:pPr>
+              <w:pStyle w:val="UMP-tekstpodstawowy"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD7E51">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Rodzaj zajęć</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3020" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C7207B8" w14:textId="2FBA213F" w:rsidR="004E516B" w:rsidRPr="00AD7E51" w:rsidRDefault="004E516B" w:rsidP="00AD7E51">
+            <w:pPr>
+              <w:pStyle w:val="UMP-tekstpodstawowy"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD7E51">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>2024 r.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3020" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D9ED7D7" w14:textId="579CE550" w:rsidR="004E516B" w:rsidRPr="00AD7E51" w:rsidRDefault="004E516B" w:rsidP="00AD7E51">
+            <w:pPr>
+              <w:pStyle w:val="UMP-tekstpodstawowy"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD7E51">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>2025 r.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004E516B" w14:paraId="4D98B2C7" w14:textId="77777777" w:rsidTr="004E516B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3020" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="082C6CC0" w14:textId="01859D4F" w:rsidR="004E516B" w:rsidRDefault="00D95813" w:rsidP="008D58E2">
+            <w:pPr>
+              <w:pStyle w:val="UMP-tekstpodstawowy"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Lekcje biblioteczne i warsztaty dla grup przedszkolnych</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3020" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="42E917CC" w14:textId="3434DE68" w:rsidR="004E516B" w:rsidRDefault="00D95813" w:rsidP="008D58E2">
+            <w:pPr>
+              <w:pStyle w:val="UMP-tekstpodstawowy"/>
+            </w:pPr>
+            <w:r>
+              <w:t>wrzesień: 10 wydarzeń, 206 uczestników</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2B54A3D8" w14:textId="25A72FBC" w:rsidR="00D95813" w:rsidRDefault="00D95813" w:rsidP="008D58E2">
+            <w:pPr>
+              <w:pStyle w:val="UMP-tekstpodstawowy"/>
+            </w:pPr>
+            <w:r>
+              <w:t>październik: 36 wydarzeń, 630 uczestników</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3020" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B8AACD3" w14:textId="72A9C914" w:rsidR="00D95813" w:rsidRDefault="00D95813" w:rsidP="00D95813">
+            <w:pPr>
+              <w:pStyle w:val="UMP-tekstpodstawowy"/>
+            </w:pPr>
+            <w:r>
+              <w:t>wrzesień:</w:t>
+            </w:r>
+            <w:r w:rsidR="005831E7">
+              <w:t xml:space="preserve"> 4 wydarzenia, 84 uczestników</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="691E61BE" w14:textId="584F1E54" w:rsidR="004E516B" w:rsidRDefault="00D95813" w:rsidP="00D95813">
+            <w:pPr>
+              <w:pStyle w:val="UMP-tekstpodstawowy"/>
+            </w:pPr>
+            <w:r>
+              <w:t>październik:</w:t>
+            </w:r>
+            <w:r w:rsidR="005831E7">
+              <w:t xml:space="preserve"> 19 wydarzeń, 349 uczestników</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004E516B" w14:paraId="0EAE96F3" w14:textId="77777777" w:rsidTr="004E516B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3020" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="760F66B0" w14:textId="23B7E105" w:rsidR="004E516B" w:rsidRDefault="00D95813" w:rsidP="008D58E2">
+            <w:pPr>
+              <w:pStyle w:val="UMP-tekstpodstawowy"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Lekcje biblioteczne i warsztaty dla grup szkolnych</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3020" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="301A9B56" w14:textId="4D7F8306" w:rsidR="004E516B" w:rsidRDefault="00D95813" w:rsidP="008D58E2">
+            <w:pPr>
+              <w:pStyle w:val="UMP-tekstpodstawowy"/>
+            </w:pPr>
+            <w:r>
+              <w:t>wrzesień: 10 wydarzeń, 202 uczestników</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="47E36B71" w14:textId="4D0DCA8D" w:rsidR="00D95813" w:rsidRDefault="00D95813" w:rsidP="008D58E2">
+            <w:pPr>
+              <w:pStyle w:val="UMP-tekstpodstawowy"/>
+            </w:pPr>
+            <w:r>
+              <w:t>październik: 38 wydarzeń, 701 uczestników</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3020" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="569B9279" w14:textId="435172DD" w:rsidR="00D95813" w:rsidRDefault="00D95813" w:rsidP="00D95813">
+            <w:pPr>
+              <w:pStyle w:val="UMP-tekstpodstawowy"/>
+            </w:pPr>
+            <w:r>
+              <w:t>wrzesień:</w:t>
+            </w:r>
+            <w:r w:rsidR="005831E7">
+              <w:t xml:space="preserve"> 1 wydarzenie, 19 uczestników</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7A9DB17A" w14:textId="4E8D16D5" w:rsidR="004E516B" w:rsidRDefault="00D95813" w:rsidP="00D95813">
+            <w:pPr>
+              <w:pStyle w:val="UMP-tekstpodstawowy"/>
+            </w:pPr>
+            <w:r>
+              <w:t>październik:</w:t>
+            </w:r>
+            <w:r w:rsidR="005831E7">
+              <w:t xml:space="preserve"> 28 wydarzeń, 535 uczestników</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D95813" w14:paraId="37CD96A6" w14:textId="77777777" w:rsidTr="004E516B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3020" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7165085D" w14:textId="38D48594" w:rsidR="00D95813" w:rsidRDefault="00D95813" w:rsidP="008D58E2">
+            <w:pPr>
+              <w:pStyle w:val="UMP-tekstpodstawowy"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Lekcje muzealne dla grup szkolnych</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3020" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4783FC51" w14:textId="10B5B15C" w:rsidR="00D95813" w:rsidRDefault="00D95813" w:rsidP="00D95813">
+            <w:pPr>
+              <w:pStyle w:val="UMP-tekstpodstawowy"/>
+            </w:pPr>
+            <w:r>
+              <w:t>wrzesień: 2 wydarzenia, 52 uczestników</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4BFEC149" w14:textId="43D23F1A" w:rsidR="00D95813" w:rsidRDefault="00D95813" w:rsidP="00D95813">
+            <w:pPr>
+              <w:pStyle w:val="UMP-tekstpodstawowy"/>
+            </w:pPr>
+            <w:r>
+              <w:t>październik: 1 wydarzenie, 10 uczestników</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3020" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A24F7AE" w14:textId="395B1205" w:rsidR="00D95813" w:rsidRDefault="00D95813" w:rsidP="00D95813">
+            <w:pPr>
+              <w:pStyle w:val="UMP-tekstpodstawowy"/>
+            </w:pPr>
+            <w:r>
+              <w:t>wrzesień:</w:t>
+            </w:r>
+            <w:r w:rsidR="005831E7">
+              <w:t xml:space="preserve"> –</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0749DDC6" w14:textId="26C89382" w:rsidR="00D95813" w:rsidRDefault="00D95813" w:rsidP="00D95813">
+            <w:pPr>
+              <w:pStyle w:val="UMP-tekstpodstawowy"/>
+            </w:pPr>
+            <w:r>
+              <w:t>październik:</w:t>
+            </w:r>
+            <w:r w:rsidR="005831E7">
+              <w:t xml:space="preserve"> –</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D95813" w14:paraId="020EAF0B" w14:textId="77777777" w:rsidTr="004E516B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3020" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4343FF29" w14:textId="5B64E222" w:rsidR="00D95813" w:rsidRDefault="00D95813" w:rsidP="008D58E2">
+            <w:pPr>
+              <w:pStyle w:val="UMP-tekstpodstawowy"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Wycieczki ze zwiedzaniem biblioteki</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3020" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B361DBB" w14:textId="0E64BA25" w:rsidR="00D95813" w:rsidRDefault="00D95813" w:rsidP="00D95813">
+            <w:pPr>
+              <w:pStyle w:val="UMP-tekstpodstawowy"/>
+            </w:pPr>
+            <w:r>
+              <w:t>wrzesień: grupy szkolne i przedszkolne – 13 wydarzeń, 232 uczestników</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="22A0AFBF" w14:textId="6D76EC03" w:rsidR="00D95813" w:rsidRDefault="00D95813" w:rsidP="00D95813">
+            <w:pPr>
+              <w:pStyle w:val="UMP-tekstpodstawowy"/>
+            </w:pPr>
+            <w:r>
+              <w:t>październik: grupy szkolne i przedszkolne – 26 grup, 490 uczestników</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3020" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="429BD8F7" w14:textId="12672EDB" w:rsidR="005831E7" w:rsidRDefault="00D95813" w:rsidP="005831E7">
+            <w:pPr>
+              <w:pStyle w:val="UMP-tekstpodstawowy"/>
+            </w:pPr>
+            <w:r>
+              <w:t>wrzesień:</w:t>
+            </w:r>
+            <w:r w:rsidR="005831E7">
+              <w:t xml:space="preserve"> zorganizowane grupy szkolne i przedszkolne – 3 wydarzenia, 64 uczestników</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="098302CA" w14:textId="550005B1" w:rsidR="00D95813" w:rsidRDefault="00D95813" w:rsidP="00D95813">
+            <w:pPr>
+              <w:pStyle w:val="UMP-tekstpodstawowy"/>
+            </w:pPr>
+            <w:r>
+              <w:t>październik:</w:t>
+            </w:r>
+            <w:r w:rsidR="005831E7">
+              <w:t xml:space="preserve"> zorganizowane grupy szkolne i przedszkolne – 22 grupy, 389 uczestników</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D95813" w14:paraId="4DD6E302" w14:textId="77777777" w:rsidTr="004E516B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3020" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5DD234B4" w14:textId="61736CA8" w:rsidR="00D95813" w:rsidRDefault="00D95813" w:rsidP="008D58E2">
+            <w:pPr>
+              <w:pStyle w:val="UMP-tekstpodstawowy"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Zwiedzanie muzeów</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3020" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2AFC96D8" w14:textId="3A0FEEF9" w:rsidR="00D95813" w:rsidRDefault="00D95813" w:rsidP="00D95813">
+            <w:pPr>
+              <w:pStyle w:val="UMP-tekstpodstawowy"/>
+            </w:pPr>
+            <w:r>
+              <w:t>wrzesień: zorganizowane grupy szkolne – 3 wydarzenia, 52 uczestników</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="643CD007" w14:textId="475F4FC0" w:rsidR="00D95813" w:rsidRDefault="00D95813" w:rsidP="00D95813">
+            <w:pPr>
+              <w:pStyle w:val="UMP-tekstpodstawowy"/>
+            </w:pPr>
+            <w:r>
+              <w:t>październik: zorganizowane grupy szkolne – 6 wydarzeń, 125 uczestników</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3020" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="024EF0D1" w14:textId="231A04F7" w:rsidR="00D95813" w:rsidRDefault="00D95813" w:rsidP="00D95813">
+            <w:pPr>
+              <w:pStyle w:val="UMP-tekstpodstawowy"/>
+            </w:pPr>
+            <w:r>
+              <w:t>wrzesień:</w:t>
+            </w:r>
+            <w:r w:rsidR="005831E7">
+              <w:t xml:space="preserve"> zorganizowane grupy szkolne – 4 wydarzenia, 88 uczestników</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0C05994D" w14:textId="121E8895" w:rsidR="00D95813" w:rsidRDefault="00D95813" w:rsidP="00D95813">
+            <w:pPr>
+              <w:pStyle w:val="UMP-tekstpodstawowy"/>
+            </w:pPr>
+            <w:r>
+              <w:t>październik:</w:t>
+            </w:r>
+            <w:r w:rsidR="005831E7">
+              <w:t xml:space="preserve"> zorganizowane grupy szkolne – 14 wydarzeń, 40 uczestników; zorganizowane grupy </w:t>
+            </w:r>
+            <w:r w:rsidR="005831E7">
+              <w:lastRenderedPageBreak/>
+              <w:t>przedszkolne – 20 wydarzeń, 346 uczestników</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D95813" w14:paraId="57FA3A11" w14:textId="77777777" w:rsidTr="004E516B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3020" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3592923E" w14:textId="50E5CA20" w:rsidR="00D95813" w:rsidRDefault="00D95813" w:rsidP="00D95813">
+            <w:pPr>
+              <w:pStyle w:val="UMP-tekstpodstawowy"/>
+            </w:pPr>
+            <w:r>
+              <w:lastRenderedPageBreak/>
+              <w:t>Warsztaty w ramach Festiwalu Ekologii Int</w:t>
+            </w:r>
+            <w:r w:rsidR="005831E7">
+              <w:t>egralnej „Drzewo Franciszka</w:t>
+            </w:r>
+            <w:r>
+              <w:t>”</w:t>
+            </w:r>
+            <w:r w:rsidR="005831E7">
+              <w:t>,</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> prowadzone przez bibliotekarzy w filiach</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6AA2FD16" w14:textId="77777777" w:rsidR="00D95813" w:rsidRDefault="00D95813" w:rsidP="008D58E2">
+            <w:pPr>
+              <w:pStyle w:val="UMP-tekstpodstawowy"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3020" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3AD54DBD" w14:textId="6A3671B7" w:rsidR="00D95813" w:rsidRDefault="005831E7" w:rsidP="00D95813">
+            <w:pPr>
+              <w:pStyle w:val="UMP-tekstpodstawowy"/>
+            </w:pPr>
+            <w:r>
+              <w:t>wrzesień: –</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="09D41667" w14:textId="623BE5DF" w:rsidR="005831E7" w:rsidRDefault="005831E7" w:rsidP="00D95813">
+            <w:pPr>
+              <w:pStyle w:val="UMP-tekstpodstawowy"/>
+            </w:pPr>
+            <w:r>
+              <w:t>październik: 24 wydarzenia, 405 uczestników</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3020" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0AB12576" w14:textId="5A892898" w:rsidR="00D95813" w:rsidRDefault="005831E7" w:rsidP="00D95813">
+            <w:pPr>
+              <w:pStyle w:val="UMP-tekstpodstawowy"/>
+            </w:pPr>
+            <w:r>
+              <w:t>wrzesień: –</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="286C25FE" w14:textId="3E117DCE" w:rsidR="005831E7" w:rsidRDefault="005831E7" w:rsidP="00D95813">
+            <w:pPr>
+              <w:pStyle w:val="UMP-tekstpodstawowy"/>
+            </w:pPr>
+            <w:r>
+              <w:t>październik: 21 wydarzeń, 385 uczestników</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="566FB387" w14:textId="7652C8D8" w:rsidR="008D58E2" w:rsidRDefault="008D58E2" w:rsidP="008D58E2">
+      <w:pPr>
+        <w:pStyle w:val="UMP-tekstpodstawowy"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Ponadto Biblioteka Raczyńskich oferowała w tym czasie szereg innych wydarzeń jednorazowych i cyklicznych</w:t>
+      </w:r>
+      <w:r w:rsidR="005831E7">
+        <w:t>:</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> dla dzieci i młodzieży w różnym wieku </w:t>
+      </w:r>
+      <w:r w:rsidR="005831E7">
+        <w:t xml:space="preserve">oraz dla </w:t>
+      </w:r>
+      <w:r>
+        <w:t>rodzin z</w:t>
+      </w:r>
+      <w:r w:rsidR="005831E7">
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="003F624E">
-[...3 lines deleted...]
-    <w:p w14:paraId="3D69F4F1" w14:textId="223841C4" w:rsidR="00F76754" w:rsidRPr="003F624E" w:rsidRDefault="00267766" w:rsidP="00812F05">
+      <w:r>
+        <w:t>dziećmi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B741C9F" w14:textId="77777777" w:rsidR="008D58E2" w:rsidRDefault="008D58E2" w:rsidP="005A379D">
+      <w:pPr>
+        <w:pStyle w:val="UMP-nagwekdrugiegopoziomu"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Wydawnictwo Miejskie </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Posnania</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="5645203C" w14:textId="2270B65B" w:rsidR="008D58E2" w:rsidRDefault="008D58E2" w:rsidP="008D58E2">
       <w:pPr>
         <w:pStyle w:val="UMP-tekstpodstawowy"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Zarząd Dróg Miejskich w najbliższym czasie nie planuje prac remontowych na ulicy Górki. </w:t>
-[...16 lines deleted...]
-      <w:r w:rsidR="00812F05">
+        <w:t>Wydawnictwo, w tym działające w jego strukturze Centrum Informacji Kulturalnej</w:t>
+      </w:r>
+      <w:r w:rsidR="005A379D">
+        <w:t xml:space="preserve"> (CIK)</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">, nie dysponuje </w:t>
+      </w:r>
+      <w:r w:rsidR="005A379D">
+        <w:t xml:space="preserve">dokładnymi </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD7E51">
+        <w:t>dan</w:t>
+      </w:r>
+      <w:r w:rsidR="005A379D" w:rsidRPr="00AD7E51">
+        <w:t>ymi dotyczącymi</w:t>
+      </w:r>
+      <w:r w:rsidR="005A379D">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="006E284B">
-[...31 lines deleted...]
-      <w:r w:rsidR="00F72CB3">
+      <w:r w:rsidR="00AF1BB3">
+        <w:t>reze</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD7E51">
+        <w:t>rwacji i sprzedaży biletów dla szkół</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5551B4F9" w14:textId="0A2F4437" w:rsidR="008D58E2" w:rsidRDefault="008D58E2" w:rsidP="008D58E2">
+      <w:pPr>
+        <w:pStyle w:val="UMP-tekstpodstawowy"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">CIK prowadzi sprzedaż biletów do kilku miejskich instytucji kultury, jednak nie można w tym punkcie dokonywać rezerwacji tych biletów. Rezerwacje, zwłaszcza grupowe, dokonywane są bezpośrednio w danej instytucji kultury (kasie lub </w:t>
+      </w:r>
+      <w:r w:rsidR="005A379D">
+        <w:t>b</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">iurze </w:t>
+      </w:r>
+      <w:r w:rsidR="005A379D">
+        <w:t>o</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">bsługi </w:t>
+      </w:r>
+      <w:r w:rsidR="005A379D">
+        <w:t>w</w:t>
+      </w:r>
+      <w:r>
+        <w:t>idza) i tam też są odbierane.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="090DD17E" w14:textId="4BC4F43C" w:rsidR="008D58E2" w:rsidRDefault="008D58E2" w:rsidP="008D58E2">
+      <w:pPr>
+        <w:pStyle w:val="UMP-tekstpodstawowy"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Jedynym wyjątkiem (jednak już spoza grona miejskich instytucji kultury) są bilety na koncerty Orkiestry Kameralnej Polskiego Radia </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Amadeus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">, które rezerwowane są dla grup w siedzibie </w:t>
+      </w:r>
+      <w:r w:rsidR="005A379D">
+        <w:t>o</w:t>
+      </w:r>
+      <w:r>
+        <w:t>rkiestry, ale istnieje możliwość ich odbioru w CIK. Bilety z danej rezerwacji są wówczas drukowane z systemu biletowego i klient reguluje należność w CIK.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64A8595A" w14:textId="634A3D02" w:rsidR="008D58E2" w:rsidRDefault="005A379D" w:rsidP="008D58E2">
+      <w:pPr>
+        <w:pStyle w:val="UMP-tekstpodstawowy"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Z</w:t>
+      </w:r>
+      <w:r w:rsidR="008D58E2">
+        <w:t>decydowaną większość biletów kupowanych w CIK</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008D58E2">
+        <w:t>stanowią bilety indywidualne.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1592F5DC" w14:textId="77777777" w:rsidR="008D58E2" w:rsidRDefault="008D58E2" w:rsidP="00DB21C4">
+      <w:pPr>
+        <w:pStyle w:val="UMP-nagwekdrugiegopoziomu"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Teatr Animacji</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41EEA641" w14:textId="33CC34A2" w:rsidR="00B7643F" w:rsidRDefault="00DB21C4" w:rsidP="008D58E2">
+      <w:pPr>
+        <w:pStyle w:val="UMP-tekstpodstawowy"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Nie zaobserwowano </w:t>
+      </w:r>
+      <w:r w:rsidR="008D58E2">
+        <w:t>zmiany dynamiki rezerwacji i sprzedaży biletów na wydarzenia kulturalne i edukacyjne od 1 września 2025 r. w stosunku do roku poprzedniego. Zarówno w</w:t>
+      </w:r>
+      <w:r>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="003F624E">
-[...3 lines deleted...]
-    <w:p w14:paraId="28ACAC34" w14:textId="1B167D5D" w:rsidR="004A3D6E" w:rsidRDefault="00812F05" w:rsidP="00812F05">
+      <w:r w:rsidR="008D58E2">
+        <w:t>2024 r</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="008D58E2">
+        <w:t xml:space="preserve">, jak i 2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:t>r. teatr</w:t>
+      </w:r>
+      <w:r w:rsidR="008D58E2">
+        <w:t xml:space="preserve"> w połowie września wyprzedał już </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">bilety na </w:t>
+      </w:r>
+      <w:r w:rsidR="008D58E2">
+        <w:t>wszystkie spektakle repertuarowe dla grup szkolnych do końca grudnia.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2BC9FB96" w14:textId="3C0BFEEC" w:rsidR="008D58E2" w:rsidRDefault="00B7643F" w:rsidP="00B7643F">
       <w:pPr>
         <w:pStyle w:val="UMP-tekstpodstawowy"/>
       </w:pPr>
       <w:r>
-        <w:t>ZDM nie planuje budowy drogi dla rowerów na ul</w:t>
-[...33 lines deleted...]
-      <w:r w:rsidR="00D26215">
+        <w:br w:type="column"/>
+      </w:r>
+      <w:r w:rsidR="008D58E2">
+        <w:lastRenderedPageBreak/>
+        <w:t>Filharmonia:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7EC572FE" w14:textId="1D5ADAB4" w:rsidR="008D58E2" w:rsidRDefault="00B55214" w:rsidP="008D58E2">
+      <w:pPr>
+        <w:pStyle w:val="UMP-tekstpodstawowy"/>
+      </w:pPr>
+      <w:r>
+        <w:t>W</w:t>
+      </w:r>
+      <w:r w:rsidR="008D58E2">
+        <w:t xml:space="preserve"> stosunku do roku poprzedniego zainteresowanie ofertą kulturalną i edukacyjną wzrosło. </w:t>
+      </w:r>
+      <w:r w:rsidR="00A6472D">
+        <w:t>Szczególnie dotyczy to</w:t>
+      </w:r>
+      <w:r w:rsidR="008D58E2">
+        <w:t xml:space="preserve"> cyk</w:t>
+      </w:r>
+      <w:r w:rsidR="00A6472D">
+        <w:t>li</w:t>
+      </w:r>
+      <w:r w:rsidR="008D58E2">
+        <w:t xml:space="preserve"> dla dzieci</w:t>
+      </w:r>
+      <w:r w:rsidR="00A6472D">
+        <w:t xml:space="preserve"> oraz </w:t>
+      </w:r>
+      <w:r w:rsidR="008D58E2">
+        <w:t>ofert</w:t>
+      </w:r>
+      <w:r w:rsidR="00A6472D">
+        <w:t>y</w:t>
+      </w:r>
+      <w:r w:rsidR="008D58E2">
+        <w:t xml:space="preserve"> zewnętrzn</w:t>
+      </w:r>
+      <w:r w:rsidR="00A6472D">
+        <w:t>ej</w:t>
+      </w:r>
+      <w:r w:rsidR="008D58E2">
+        <w:t xml:space="preserve"> kierowan</w:t>
+      </w:r>
+      <w:r w:rsidR="00A6472D">
+        <w:t>ej</w:t>
+      </w:r>
+      <w:r w:rsidR="008D58E2">
+        <w:t xml:space="preserve"> do szkół. W</w:t>
+      </w:r>
+      <w:r w:rsidR="00A6472D">
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB21C4">
+        <w:t>przypadku</w:t>
+      </w:r>
+      <w:r w:rsidR="008D58E2">
+        <w:t xml:space="preserve"> koncertów organizowanych w Auli UAM</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB21C4">
+        <w:t xml:space="preserve"> nierzadko trzeba odmawiać rezerwacji ze względu</w:t>
+      </w:r>
+      <w:r w:rsidR="008D58E2">
+        <w:t xml:space="preserve"> na ograniczoną </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB21C4">
+        <w:t>liczbę</w:t>
+      </w:r>
+      <w:r w:rsidR="008D58E2">
+        <w:t xml:space="preserve"> miejsc</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB21C4">
+        <w:t xml:space="preserve"> na sali.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77D981BE" w14:textId="77777777" w:rsidR="008D58E2" w:rsidRDefault="008D58E2" w:rsidP="00AC2A36">
+      <w:pPr>
+        <w:pStyle w:val="UMP-nagwekdrugiegopoziomu"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Teatr Muzyczny</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B2DA69D" w14:textId="77777777" w:rsidR="00B55214" w:rsidRDefault="008D58E2" w:rsidP="008D58E2">
+      <w:pPr>
+        <w:pStyle w:val="UMP-tekstpodstawowy"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Zarówno liczba rezerwacji, jak i poziom sprzedaży biletów utrzymują się na zbliżonym poziomie, a zainteresowanie ofertą kulturalną skierowaną do dzieci i młodzieży pozostaje stabilne. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38DF1DC0" w14:textId="53D211A8" w:rsidR="00B55214" w:rsidRDefault="00B55214" w:rsidP="008D58E2">
+      <w:pPr>
+        <w:pStyle w:val="UMP-tekstpodstawowy"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Odnotowano</w:t>
+      </w:r>
+      <w:r w:rsidR="008D58E2">
+        <w:t xml:space="preserve"> zwiększoną liczbę zapytań o terminy spektakli dla dzieci i</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC2A36">
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008D58E2">
+        <w:t xml:space="preserve">młodzieży zaplanowane na listopad i grudzień. Niestety </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">teatr nie mógł zrealizować dodatkowych zleceń </w:t>
+      </w:r>
+      <w:r w:rsidR="008D58E2">
+        <w:t>ze względu na rezerwacje wszystkich dostępnych w tym okresie spektakli</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="008D58E2">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="008E3687">
-[...2 lines deleted...]
-      <w:r w:rsidR="00CE4D1F">
+    </w:p>
+    <w:p w14:paraId="5C27AC41" w14:textId="69BAA880" w:rsidR="001D55AC" w:rsidRPr="001D55AC" w:rsidRDefault="00B55214" w:rsidP="008D58E2">
+      <w:pPr>
+        <w:pStyle w:val="UMP-tekstpodstawowy"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Jedną</w:t>
+      </w:r>
+      <w:r w:rsidR="008D58E2">
+        <w:t xml:space="preserve"> rezerwacj</w:t>
+      </w:r>
+      <w:r>
+        <w:t>e spektaklu odwołano –</w:t>
+      </w:r>
+      <w:r w:rsidR="008D58E2">
+        <w:t xml:space="preserve"> jako powód </w:t>
+      </w:r>
+      <w:r>
+        <w:t>wskazano</w:t>
+      </w:r>
+      <w:r w:rsidR="008D58E2">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>„</w:t>
+      </w:r>
+      <w:r w:rsidR="008D58E2">
+        <w:t>solidarność z</w:t>
+      </w:r>
+      <w:r>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="008E3687">
-[...324 lines deleted...]
-    <w:p w14:paraId="38353697" w14:textId="63253A49" w:rsidR="009147B1" w:rsidRPr="003F624E" w:rsidRDefault="002A16A4">
+      <w:r w:rsidR="008D58E2">
+        <w:t>nauczycielami, którzy są niechętni, żeby wyjeżdżać z uczniami</w:t>
+      </w:r>
+      <w:r>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidR="008D58E2">
+        <w:t>. Zwolnione bilety zostały zarezerwowane dla grupy z listy rezerwowej.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38353697" w14:textId="1F6E3421" w:rsidR="009147B1" w:rsidRPr="00C45545" w:rsidRDefault="002A16A4" w:rsidP="00C45545">
       <w:pPr>
         <w:pStyle w:val="UMP-zwrotzpowaaniem"/>
       </w:pPr>
-      <w:r w:rsidRPr="003F624E">
+      <w:r>
         <w:t>Z wyrazami szacunku</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F37F265" w14:textId="77777777" w:rsidR="00767217" w:rsidRDefault="00767217" w:rsidP="00767217">
+    <w:p w14:paraId="46ED274B" w14:textId="77777777" w:rsidR="00C45545" w:rsidRPr="00C45545" w:rsidRDefault="00C45545" w:rsidP="00C45545">
       <w:pPr>
         <w:pStyle w:val="UMP-podpis"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00C45545">
         <w:t>Z up. PREZYDENTA MIASTA</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="705AC57C" w14:textId="77777777" w:rsidR="00767217" w:rsidRDefault="00767217" w:rsidP="00767217">
+    <w:p w14:paraId="1309502D" w14:textId="24A6ED42" w:rsidR="00C45545" w:rsidRPr="00C45545" w:rsidRDefault="00C45545" w:rsidP="00C45545">
       <w:pPr>
         <w:pStyle w:val="UMP-podpis"/>
       </w:pPr>
-      <w:r>
-[...3 lines deleted...]
-    <w:p w14:paraId="2639EFFE" w14:textId="65571A1C" w:rsidR="004054CE" w:rsidRPr="003F624E" w:rsidRDefault="00767217" w:rsidP="00767217">
+      <w:r w:rsidRPr="00C45545">
+        <w:t>(–) Jędrzej Solarski</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C508B00" w14:textId="77777777" w:rsidR="00C45545" w:rsidRPr="00C45545" w:rsidRDefault="00C45545" w:rsidP="00C45545">
       <w:pPr>
         <w:pStyle w:val="UMP-podpis"/>
-        <w:spacing w:after="0"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="7443733B" w14:textId="77777777" w:rsidR="009147B1" w:rsidRPr="003F624E" w:rsidRDefault="002A16A4">
+      </w:pPr>
+      <w:r w:rsidRPr="00C45545">
+        <w:t>Z-CA PREZYDENTA</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61D29B72" w14:textId="2791B81A" w:rsidR="00C45545" w:rsidRPr="00C45545" w:rsidRDefault="00C45545" w:rsidP="00C45545">
+      <w:pPr>
+        <w:pStyle w:val="UMP-podpis"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C45545">
+        <w:t>MIASTA POZNANIA</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7443733B" w14:textId="77777777" w:rsidR="009147B1" w:rsidRDefault="002A16A4">
       <w:pPr>
         <w:pStyle w:val="UMP-data-znak-UID-za-prowadzi"/>
       </w:pPr>
-      <w:r w:rsidRPr="003F624E">
+      <w:r>
         <w:t>Do wiadomości:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5AA88190" w14:textId="77777777" w:rsidR="009147B1" w:rsidRPr="003F624E" w:rsidRDefault="002A16A4">
+    <w:p w14:paraId="5AA88190" w14:textId="77777777" w:rsidR="009147B1" w:rsidRDefault="002A16A4">
       <w:pPr>
         <w:pStyle w:val="UMP-data-znak-UID-za-prowadzi"/>
       </w:pPr>
-      <w:r w:rsidRPr="003F624E">
+      <w:r>
         <w:t>Przewodniczący Rady Miasta</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="009147B1" w:rsidRPr="003F624E" w:rsidSect="00864DA0">
+    <w:sectPr w:rsidR="009147B1">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1418" w:right="1418" w:bottom="1985" w:left="1418" w:header="567" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="2269" w:right="1418" w:bottom="1985" w:left="1418" w:header="567" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:formProt w:val="0"/>
       <w:docGrid w:linePitch="600" w:charSpace="36864"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
-<file path=word/commentsIds.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1ED535AD" w14:textId="77777777" w:rsidR="00F3768B" w:rsidRDefault="00F3768B">
+    <w:p w14:paraId="52A04A05" w14:textId="77777777" w:rsidR="000F6B54" w:rsidRDefault="000F6B54">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5F4BBD96" w14:textId="77777777" w:rsidR="00F3768B" w:rsidRDefault="00F3768B">
+    <w:p w14:paraId="61E69B14" w14:textId="77777777" w:rsidR="000F6B54" w:rsidRDefault="000F6B54">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="EE"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
+    <w:altName w:val="Century Gothic"/>
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Free 3 of 9">
     <w:altName w:val="Arial Unicode MS"/>
     <w:panose1 w:val="00000009000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w14:paraId="798B3637" w14:textId="3ECC5A66" w:rsidR="009147B1" w:rsidRDefault="002A16A4">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:p w14:paraId="798B3637" w14:textId="663A60C2" w:rsidR="009147B1" w:rsidRDefault="002A16A4">
     <w:pPr>
       <w:pStyle w:val="UMP-stopkanrstrony"/>
     </w:pPr>
     <w:r>
       <w:t xml:space="preserve">Strona </w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText>PAGE</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00767217">
+    <w:r w:rsidR="004054CE">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:p w14:paraId="519635BC" w14:textId="77777777" w:rsidR="009147B1" w:rsidRDefault="002A16A4">
     <w:pPr>
       <w:pStyle w:val="UMP-stopkastrony"/>
     </w:pPr>
     <w:r>
       <w:t>Urząd Miasta Poznania, plac Kolegiacki 17, 61-841 Poznań</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="0A985CDE" w14:textId="355FF000" w:rsidR="009147B1" w:rsidRPr="00DC3B11" w:rsidRDefault="00065DC7" w:rsidP="00065DC7">
+  <w:p w14:paraId="0A985CDE" w14:textId="0F73FFCF" w:rsidR="009147B1" w:rsidRPr="001C7CC6" w:rsidRDefault="001C7CC6" w:rsidP="001C7CC6">
     <w:pPr>
       <w:pStyle w:val="UMP-stopkastrony"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="7227"/>
       </w:tabs>
       <w:rPr>
         <w:rStyle w:val="UMP-stopkahipercze"/>
+        <w:lang w:val="en-US"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="008C6AF4">
       <w:rPr>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t xml:space="preserve">tel. +48 61 878 53 </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:lang w:val="en-US"/>
       </w:rPr>
-      <w:t>17</w:t>
+      <w:t>23</w:t>
     </w:r>
     <w:r w:rsidRPr="008C6AF4">
       <w:rPr>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t xml:space="preserve">, </w:t>
     </w:r>
     <w:proofErr w:type="spellStart"/>
     <w:r w:rsidRPr="008C6AF4">
       <w:rPr>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t>fa</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t>ks</w:t>
     </w:r>
     <w:proofErr w:type="spellEnd"/>
     <w:r w:rsidRPr="008C6AF4">
       <w:rPr>
         <w:lang w:val="en-US"/>
       </w:rPr>
-      <w:t xml:space="preserve"> +48 61 878 5</w:t>
+      <w:t xml:space="preserve"> +48 61 </w:t>
     </w:r>
-    <w:r>
+    <w:r w:rsidRPr="00925894">
       <w:rPr>
         <w:lang w:val="en-US"/>
       </w:rPr>
-      <w:t>3 60</w:t>
+      <w:t>852 92 84</w:t>
     </w:r>
     <w:r w:rsidRPr="000E2F66">
       <w:rPr>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t xml:space="preserve">, </w:t>
     </w:r>
     <w:hyperlink r:id="rId1" w:history="1">
-      <w:r w:rsidRPr="00A33D56">
+      <w:r w:rsidRPr="00F35B8C">
         <w:rPr>
           <w:rStyle w:val="UMP-stopkahipercze"/>
         </w:rPr>
-        <w:t>sekretariat_m.wisniewski@um.poznan.pl</w:t>
+        <w:t>sekretariat_j.solarski@um.poznan.pl</w:t>
       </w:r>
     </w:hyperlink>
     <w:r w:rsidRPr="00F7474C">
       <w:rPr>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t xml:space="preserve">, </w:t>
     </w:r>
     <w:hyperlink r:id="rId2" w:history="1">
-      <w:r w:rsidRPr="00A33D56">
+      <w:r w:rsidRPr="00F35B8C">
         <w:rPr>
           <w:rStyle w:val="UMP-stopkahipercze"/>
         </w:rPr>
         <w:t>www.poznan.pl</w:t>
       </w:r>
     </w:hyperlink>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="059DBADF" w14:textId="77777777" w:rsidR="00F3768B" w:rsidRDefault="00F3768B">
+    <w:p w14:paraId="56649020" w14:textId="77777777" w:rsidR="000F6B54" w:rsidRDefault="000F6B54">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="72B191C5" w14:textId="77777777" w:rsidR="00F3768B" w:rsidRDefault="00F3768B">
+    <w:p w14:paraId="12EBA0AA" w14:textId="77777777" w:rsidR="000F6B54" w:rsidRDefault="000F6B54">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:p w14:paraId="15988684" w14:textId="0151C184" w:rsidR="009147B1" w:rsidRDefault="00065DC7">
     <w:pPr>
       <w:pStyle w:val="Nagwek"/>
       <w:spacing w:line="288" w:lineRule="auto"/>
     </w:pPr>
     <w:r w:rsidRPr="009F1E82">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="38799522" wp14:editId="2B5B0B53">
           <wp:extent cx="1352550" cy="1228725"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:docPr id="2" name="Obraz 1" descr="Herb Miasta Poznania"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="Obraz 1" descr="Herb Miasta Poznania"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
@@ -1030,52 +3177,139 @@
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1352550" cy="1228725"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1B3D3C0F"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="8860626A"/>
+    <w:lvl w:ilvl="0" w:tplc="57AE4324">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="UMP-odpowiednapytanie"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0415000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0415000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1C4707FE"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="724C4F2C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -1171,51 +3405,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="62C1536E"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="B322ACEE"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="UMP-listanumerowana"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -1312,51 +3546,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="66D13D21"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="BD1C7F4E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="UMP-listawyroniona"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -1453,51 +3687,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="67B13613"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="4EEAD012"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
@@ -1575,301 +3809,225 @@
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
-[...85 lines deleted...]
-  </w:abstractNum>
   <w:num w:numId="1">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="3">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="2">
-[...4 lines deleted...]
-  </w:num>
   <w:num w:numId="4">
-    <w:abstractNumId w:val="3"/>
+    <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
-    <w:abstractNumId w:val="4"/>
+    <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
+  <w:zoom w:percent="150"/>
   <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:autoHyphenation/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:doNotExpandShiftReturn/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="009147B1"/>
     <w:rsid w:val="00065DC7"/>
-    <w:rsid w:val="000A09F1"/>
     <w:rsid w:val="000B010C"/>
-    <w:rsid w:val="000B1C46"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00137B34"/>
+    <w:rsid w:val="000B409C"/>
+    <w:rsid w:val="000E3ED2"/>
+    <w:rsid w:val="000F6B54"/>
+    <w:rsid w:val="001C041B"/>
+    <w:rsid w:val="001C7CC6"/>
     <w:rsid w:val="001D55AC"/>
-    <w:rsid w:val="001F1A70"/>
+    <w:rsid w:val="0021288D"/>
     <w:rsid w:val="00224492"/>
-    <w:rsid w:val="00251B22"/>
-    <w:rsid w:val="00267766"/>
+    <w:rsid w:val="00252A9D"/>
     <w:rsid w:val="00293AAF"/>
     <w:rsid w:val="002A16A4"/>
-    <w:rsid w:val="00312EB7"/>
-[...3 lines deleted...]
-    <w:rsid w:val="003F624E"/>
+    <w:rsid w:val="002A5542"/>
+    <w:rsid w:val="002B52BD"/>
+    <w:rsid w:val="002C563E"/>
     <w:rsid w:val="004054CE"/>
-    <w:rsid w:val="0042743D"/>
     <w:rsid w:val="0044634D"/>
-    <w:rsid w:val="004A3D6E"/>
+    <w:rsid w:val="00465989"/>
     <w:rsid w:val="004A4FA5"/>
-    <w:rsid w:val="004F62A4"/>
-[...2 lines deleted...]
-    <w:rsid w:val="005C0266"/>
+    <w:rsid w:val="004E4A76"/>
+    <w:rsid w:val="004E516B"/>
+    <w:rsid w:val="005831E7"/>
+    <w:rsid w:val="00596D8D"/>
+    <w:rsid w:val="005A379D"/>
     <w:rsid w:val="00604A4A"/>
-    <w:rsid w:val="00680F69"/>
+    <w:rsid w:val="00655702"/>
     <w:rsid w:val="00683A3F"/>
+    <w:rsid w:val="00696FCF"/>
     <w:rsid w:val="006B7EB0"/>
-    <w:rsid w:val="006E284B"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00812F05"/>
+    <w:rsid w:val="0070409B"/>
+    <w:rsid w:val="007245F1"/>
+    <w:rsid w:val="00727BEE"/>
+    <w:rsid w:val="007728B0"/>
+    <w:rsid w:val="007B07E1"/>
+    <w:rsid w:val="007F73E1"/>
     <w:rsid w:val="00842B32"/>
-    <w:rsid w:val="0086045E"/>
-[...6 lines deleted...]
-    <w:rsid w:val="008F6EB4"/>
+    <w:rsid w:val="008C43CD"/>
+    <w:rsid w:val="008C6BAE"/>
+    <w:rsid w:val="008D58E2"/>
+    <w:rsid w:val="0091452D"/>
     <w:rsid w:val="009147B1"/>
+    <w:rsid w:val="00942D2D"/>
+    <w:rsid w:val="009560F9"/>
     <w:rsid w:val="009B349B"/>
-    <w:rsid w:val="00A16455"/>
-[...11 lines deleted...]
-    <w:rsid w:val="00D914CB"/>
+    <w:rsid w:val="00A13AA0"/>
+    <w:rsid w:val="00A6472D"/>
+    <w:rsid w:val="00A858E1"/>
+    <w:rsid w:val="00A87BB0"/>
+    <w:rsid w:val="00AC2A36"/>
+    <w:rsid w:val="00AD23E6"/>
+    <w:rsid w:val="00AD7E51"/>
+    <w:rsid w:val="00AE0005"/>
+    <w:rsid w:val="00AF1BB3"/>
+    <w:rsid w:val="00B55214"/>
+    <w:rsid w:val="00B57256"/>
+    <w:rsid w:val="00B72799"/>
+    <w:rsid w:val="00B7643F"/>
+    <w:rsid w:val="00BF6F38"/>
+    <w:rsid w:val="00C23549"/>
+    <w:rsid w:val="00C45545"/>
+    <w:rsid w:val="00C56431"/>
+    <w:rsid w:val="00C6015F"/>
+    <w:rsid w:val="00C75EF1"/>
+    <w:rsid w:val="00C96A3B"/>
+    <w:rsid w:val="00CE01DD"/>
+    <w:rsid w:val="00D46AFF"/>
+    <w:rsid w:val="00D5260E"/>
+    <w:rsid w:val="00D95813"/>
+    <w:rsid w:val="00DB21C4"/>
     <w:rsid w:val="00DC3B11"/>
-    <w:rsid w:val="00DD35F8"/>
-[...4 lines deleted...]
-    <w:rsid w:val="00F76754"/>
+    <w:rsid w:val="00E23CBF"/>
+    <w:rsid w:val="00E7486B"/>
+    <w:rsid w:val="00EB4DE6"/>
+    <w:rsid w:val="00F77EDF"/>
+    <w:rsid w:val="00F969B4"/>
     <w:rsid w:val="00FA430F"/>
     <w:rsid w:val="00FE3A48"/>
+    <w:rsid w:val="00FF639C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pl-PL" w:eastAsia="" w:bidi=""/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="253C5ACF"/>
   <w15:docId w15:val="{304FB921-6A82-41BB-87F8-EBF507F0F6E1}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
         <w:kern w:val="2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="pl-PL" w:eastAsia="pl-PL" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:suppressAutoHyphens/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
     <w:lsdException w:name="Normal" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:locked="1" w:uiPriority="9"/>
     <w:lsdException w:name="heading 2" w:locked="1" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 3" w:locked="1" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:locked="1" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:locked="1" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:locked="1" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:locked="1" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:locked="1" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:locked="1" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:locked="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:locked="1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:locked="1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:locked="1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:locked="1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:locked="1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:locked="1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -2197,50 +4355,54 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normalny">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="007466B2"/>
     <w:pPr>
       <w:spacing w:after="240" w:line="288" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Nagwek1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normalny"/>
     <w:next w:val="Normalny"/>
     <w:link w:val="Nagwek1Znak"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="002D349B"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
@@ -2251,50 +4413,73 @@
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Nagwek2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normalny"/>
     <w:next w:val="Normalny"/>
     <w:link w:val="Nagwek2Znak"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:locked/>
     <w:rsid w:val="00224492"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Nagwek3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:next w:val="Normalny"/>
+    <w:link w:val="Nagwek3Znak"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:locked/>
+    <w:rsid w:val="00F969B4"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="1F3763" w:themeColor="accent1" w:themeShade="7F"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Domylnaczcionkaakapitu">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Standardowy">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Bezlisty">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
@@ -2551,51 +4736,51 @@
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="UMP-dotyczy">
     <w:name w:val="UMP - dotyczy"/>
     <w:next w:val="UMP-zwrotszanowni"/>
     <w:qFormat/>
     <w:rsid w:val="00567B17"/>
     <w:pPr>
       <w:spacing w:before="480" w:after="480" w:line="288" w:lineRule="auto"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="UMP-stopkanrstrony">
     <w:name w:val="UMP - stopka nr strony"/>
     <w:basedOn w:val="UMP-stopkastrony"/>
     <w:qFormat/>
     <w:rsid w:val="00F77749"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="UMP-nagwekpierwszegopoziomu">
     <w:name w:val="UMP - nagłówek pierwszego poziomu"/>
     <w:basedOn w:val="UMP-tekstpodstawowy"/>
     <w:next w:val="UMP-tekstpodstawowy"/>
     <w:qFormat/>
-    <w:rsid w:val="005225B8"/>
+    <w:rsid w:val="001C041B"/>
     <w:pPr>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="UMP-data-znak-UID-za-prowadzi">
     <w:name w:val="UMP - data - znak - UID - zał - prowadzi"/>
     <w:qFormat/>
     <w:rsid w:val="00567B17"/>
     <w:pPr>
       <w:spacing w:after="240" w:line="288" w:lineRule="auto"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="UMP-podpis">
     <w:name w:val="UMP - podpis"/>
     <w:basedOn w:val="UMP-tekstpodstawowy"/>
     <w:qFormat/>
     <w:rsid w:val="00F77749"/>
     <w:pPr>
       <w:spacing w:before="0" w:after="480"/>
       <w:ind w:left="4961"/>
       <w:contextualSpacing/>
@@ -2702,51 +4887,51 @@
     <w:name w:val="UMP - klauzula rodo treść"/>
     <w:basedOn w:val="UMP-tekstpodstawowy"/>
     <w:qFormat/>
     <w:rsid w:val="00567B17"/>
     <w:rPr>
       <w:spacing w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="UMP-informacja">
     <w:name w:val="UMP - informacja"/>
     <w:basedOn w:val="UMP-tekstpodstawowy"/>
     <w:qFormat/>
     <w:rsid w:val="00567B17"/>
     <w:pPr>
       <w:spacing w:before="480"/>
     </w:pPr>
     <w:rPr>
       <w:spacing w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="UMP-nagwekdrugiegopoziomu">
     <w:name w:val="UMP - nagłówek drugiego poziomu"/>
     <w:basedOn w:val="UMP-tekstpodstawowy"/>
     <w:next w:val="UMP-tekstpodstawowy"/>
     <w:qFormat/>
-    <w:rsid w:val="005225B8"/>
+    <w:rsid w:val="001C041B"/>
     <w:pPr>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="UMP-tabeladanewkomrkachdoprzecinkadziesitnego">
     <w:name w:val="UMP - tabela dane w komórkach do przecinka dziesiętnego"/>
     <w:basedOn w:val="UMP-tabeladanewkomrkachdolewej"/>
     <w:qFormat/>
     <w:rsid w:val="00F614E2"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="decimal" w:pos="851"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="UMP-tabeladanewkomrkachdolewej">
     <w:name w:val="UMP - tabela dane w komórkach do lewej"/>
     <w:qFormat/>
     <w:rsid w:val="005A2F70"/>
     <w:pPr>
       <w:spacing w:before="120" w:after="120" w:line="288" w:lineRule="auto"/>
       <w:ind w:left="113" w:right="113"/>
@@ -3284,71 +5469,84 @@
         <w:tcBorders>
           <w:tl2br w:val="none" w:sz="6" w:space="0" w:color="auto"/>
           <w:tr2bl w:val="none" w:sz="6" w:space="0" w:color="auto"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Nagwek2Znak">
     <w:name w:val="Nagłówek 2 Znak"/>
     <w:basedOn w:val="Domylnaczcionkaakapitu"/>
     <w:link w:val="Nagwek2"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00224492"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="UMP-odpowiednapytanie">
     <w:name w:val="UMP - odpowiedź na pytanie"/>
     <w:basedOn w:val="UMP-nagwekdrugiegopoziomu"/>
     <w:next w:val="UMP-tekstpodstawowy"/>
     <w:qFormat/>
-    <w:rsid w:val="008E7E9C"/>
+    <w:rsid w:val="00596D8D"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="5"/>
       </w:numPr>
       <w:ind w:left="360"/>
     </w:pPr>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Nagwek3Znak">
+    <w:name w:val="Nagłówek 3 Znak"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:link w:val="Nagwek3"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00F969B4"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="1F3763" w:themeColor="accent1" w:themeShade="7F"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se"/>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId13" Type="http://schemas.microsoft.com/office/2016/09/relationships/commentsIds" Target="commentsIds.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.poznan.pl/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sekretariat_m.wisniewski@um.poznan.pl" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.poznan.pl/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sekretariat_j.solarski@um.poznan.pl" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motyw pakietu Office">
   <a:themeElements>
     <a:clrScheme name="Pakiet Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
@@ -3615,83 +5813,83 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{995BBCD7-413D-469F-BDFF-3DB9C82319E9}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C7F65E89-5E47-44DB-A3C9-5B8339134471}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>2815</Characters>
+  <Pages>8</Pages>
+  <Words>2151</Words>
+  <Characters>12908</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>23</Lines>
-  <Paragraphs>6</Paragraphs>
+  <Lines>107</Lines>
+  <Paragraphs>30</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Tytuł</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>odpowiedź na interpelację nr 338/2025 dotyczącą remontu ulicy Górki</vt:lpstr>
+      <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>ump</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3278</CharactersWithSpaces>
+  <CharactersWithSpaces>15029</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>odpowiedź na interpelację nr 338/2025 dotyczącą remontu ulicy Górki</dc:title>
+  <dc:title>Odpowiedź na interpelację 336.25 w sprawie wpływu wstrzymania udziału szkół w wydarzeniach kulturalnych i edukacyjnych na dynamikę sprzedaży biletów przez miejskie instytucje kultury</dc:title>
   <dc:subject/>
   <dc:creator>Urząd Miasta Poznania</dc:creator>
-  <cp:keywords>ulica Górki, remont, interpelacja</cp:keywords>
+  <cp:keywords>interpelacja; miejskie instytucje kultury; sprzedaż biletów; szkoły; zajęcia kulturalne i edukacyjne</cp:keywords>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:language>pl-PL</dc:language>
 </cp:coreProperties>
 </file>