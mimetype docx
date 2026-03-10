--- v0 (2026-01-10)
+++ v1 (2026-03-10)
@@ -8,343 +8,775 @@
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/commentsIds.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.commentsIds+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w14:paraId="49C9E5E0" w14:textId="41A48F8A" w:rsidR="009147B1" w:rsidRDefault="009147B1">
-[...1 lines deleted...]
-        <w:sectPr w:rsidR="009147B1">
+    <w:p w14:paraId="49C9E5E0" w14:textId="41A48F8A" w:rsidR="009147B1" w:rsidRPr="003F624E" w:rsidRDefault="009147B1">
+      <w:pPr>
+        <w:sectPr w:rsidR="009147B1" w:rsidRPr="003F624E">
           <w:footerReference w:type="default" r:id="rId8"/>
           <w:headerReference w:type="first" r:id="rId9"/>
           <w:footerReference w:type="first" r:id="rId10"/>
           <w:pgSz w:w="11906" w:h="16838"/>
           <w:pgMar w:top="2269" w:right="1418" w:bottom="1985" w:left="1418" w:header="567" w:footer="708" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:formProt w:val="0"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="600" w:charSpace="36864"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6184A85A" w14:textId="7552124B" w:rsidR="009147B1" w:rsidRDefault="002A16A4">
+    <w:p w14:paraId="6184A85A" w14:textId="794ABCED" w:rsidR="009147B1" w:rsidRPr="003F624E" w:rsidRDefault="002A16A4">
       <w:pPr>
         <w:pStyle w:val="UMP-data-znak-UID-za-prowadzi"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="003F624E">
         <w:t>Poznań,</w:t>
       </w:r>
-      <w:r w:rsidR="004054CE">
+      <w:r w:rsidR="004054CE" w:rsidRPr="003F624E">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="009335F9">
-[...2 lines deleted...]
-      <w:r w:rsidR="00FD5E4B">
+      <w:r w:rsidR="00767217">
+        <w:t>18</w:t>
+      </w:r>
+      <w:r w:rsidR="00F76754" w:rsidRPr="003F624E">
         <w:t>.11</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="003F624E">
         <w:t>.2025 roku</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="393B66B4" w14:textId="57806007" w:rsidR="009147B1" w:rsidRDefault="002A16A4">
+    <w:p w14:paraId="393B66B4" w14:textId="0C7BFCDF" w:rsidR="009147B1" w:rsidRPr="003F624E" w:rsidRDefault="002A16A4">
       <w:pPr>
         <w:pStyle w:val="UMP-data-znak-UID-za-prowadzi"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="003F624E">
         <w:t>Znak sprawy: Or-II.0003.1.</w:t>
       </w:r>
-      <w:r w:rsidR="00FD5E4B">
-[...2 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="00F76754" w:rsidRPr="003F624E">
+        <w:t>338</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F624E">
         <w:t>.2025</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="36DFD159" w14:textId="19858D45" w:rsidR="009147B1" w:rsidRDefault="002A16A4">
+    <w:p w14:paraId="36DFD159" w14:textId="42B32541" w:rsidR="009147B1" w:rsidRPr="003F624E" w:rsidRDefault="002A16A4">
       <w:pPr>
         <w:pStyle w:val="UMP-data-znak-UID-za-prowadzi"/>
         <w:spacing w:after="0"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="003F624E">
         <w:t xml:space="preserve">Nr rej.: </w:t>
       </w:r>
-      <w:r w:rsidR="00EF5C4A">
-        <w:t>21112500646</w:t>
+      <w:r w:rsidR="00BF3B5C">
+        <w:t>18112502036</w:t>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:p w14:paraId="436F0186" w14:textId="77777777" w:rsidR="009147B1" w:rsidRDefault="002A16A4">
+    <w:p w14:paraId="436F0186" w14:textId="45913F1A" w:rsidR="009147B1" w:rsidRPr="003F624E" w:rsidRDefault="002A16A4">
       <w:pPr>
         <w:pStyle w:val="UMP-odbiorca"/>
         <w:spacing w:before="240"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="003F624E">
         <w:t>Pan</w:t>
       </w:r>
+      <w:r w:rsidR="00F76754" w:rsidRPr="003F624E">
+        <w:t>i</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="149A4261" w14:textId="14C57CA0" w:rsidR="009147B1" w:rsidRDefault="00FD5E4B">
+    <w:p w14:paraId="149A4261" w14:textId="3E97186F" w:rsidR="009147B1" w:rsidRPr="003F624E" w:rsidRDefault="00F76754">
       <w:pPr>
         <w:pStyle w:val="UMP-odbiorca"/>
       </w:pPr>
-      <w:r>
-        <w:t>Zbigniew Czerwiński</w:t>
+      <w:r w:rsidRPr="003F624E">
+        <w:t>Klaudia Strzelecka</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7CF14EC3" w14:textId="77777777" w:rsidR="009147B1" w:rsidRDefault="002A16A4">
+    <w:p w14:paraId="7CF14EC3" w14:textId="49D7E7E3" w:rsidR="009147B1" w:rsidRPr="003F624E" w:rsidRDefault="002A16A4">
       <w:pPr>
         <w:pStyle w:val="UMP-odbiorca"/>
       </w:pPr>
-      <w:r>
-        <w:t>Radny Miasta Poznania</w:t>
+      <w:r w:rsidRPr="003F624E">
+        <w:t>Radn</w:t>
+      </w:r>
+      <w:r w:rsidR="00F76754" w:rsidRPr="003F624E">
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F624E">
+        <w:t xml:space="preserve"> Miasta Poznania</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="506792A3" w14:textId="61ABBEA0" w:rsidR="009147B1" w:rsidRDefault="002A16A4" w:rsidP="005225B8">
+    <w:p w14:paraId="506792A3" w14:textId="3E3CAA45" w:rsidR="009147B1" w:rsidRPr="003F624E" w:rsidRDefault="002A16A4" w:rsidP="005225B8">
       <w:pPr>
         <w:pStyle w:val="UMP-nagwekpierwszegopoziomu"/>
         <w:spacing w:before="480" w:after="480"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="003F624E">
         <w:t>Odpowiedź na interpelację</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="30716489" w14:textId="77777777" w:rsidR="009147B1" w:rsidRDefault="002A16A4" w:rsidP="00293AAF">
+    <w:p w14:paraId="30716489" w14:textId="472B21D9" w:rsidR="009147B1" w:rsidRPr="003F624E" w:rsidRDefault="00F76754" w:rsidP="00293AAF">
       <w:pPr>
         <w:pStyle w:val="UMP-zwrotszanowni"/>
       </w:pPr>
-      <w:r>
-        <w:t>Szanowny Panie Radny,</w:t>
+      <w:r w:rsidRPr="003F624E">
+        <w:t>Szanowna</w:t>
+      </w:r>
+      <w:r w:rsidR="002A16A4" w:rsidRPr="003F624E">
+        <w:t xml:space="preserve"> Pani Radn</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F624E">
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="002A16A4" w:rsidRPr="003F624E">
+        <w:t>,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C130F85" w14:textId="7C4011F1" w:rsidR="00E73AAC" w:rsidRDefault="00FD5E4B" w:rsidP="001D55AC">
+    <w:p w14:paraId="092AB623" w14:textId="5613338E" w:rsidR="009147B1" w:rsidRPr="003F624E" w:rsidRDefault="00F76754">
       <w:pPr>
         <w:pStyle w:val="UMP-tekstpodstawowy"/>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="003F624E">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">7 listopada </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="002A16A4">
+        <w:t xml:space="preserve">6 listopada </w:t>
+      </w:r>
+      <w:r w:rsidR="002A16A4" w:rsidRPr="003F624E">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">2025 r. do Prezydenta Miasta Poznania wpłynęła Pana interpelacja dotycząca </w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>2025 r. do Prezydenta Miasta Poznania wpłynęła Pan</w:t>
+      </w:r>
+      <w:r w:rsidR="00312EB7">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">wprowadzenia do eksploatacji tramwajów NGT6D zakupionych </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="0057396F">
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidR="002A16A4" w:rsidRPr="003F624E">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>w</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve"> interpelacja dotycząca </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F624E">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Niemc</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="0057396F">
+        <w:t>remontu ulicy Górki</w:t>
+      </w:r>
+      <w:r w:rsidR="002A16A4" w:rsidRPr="003F624E">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>zech</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="002A16A4">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00224492" w:rsidRPr="003F624E">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t>Przedstawiam odpowiedzi na pytania.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D715620" w14:textId="6AF4A736" w:rsidR="00F76754" w:rsidRPr="003F624E" w:rsidRDefault="00F76754" w:rsidP="00F76754">
+      <w:pPr>
+        <w:pStyle w:val="UMP-odpowiednapytanie"/>
+      </w:pPr>
+      <w:r w:rsidRPr="003F624E">
+        <w:t>„Czy Miasto Poznań planuje w najbliższym czasie remont ul</w:t>
+      </w:r>
+      <w:r w:rsidR="006E284B">
+        <w:t>icy</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F624E">
+        <w:t xml:space="preserve"> Górki, a jeśli tak </w:t>
+      </w:r>
+      <w:r w:rsidR="00F72CB3">
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F624E">
+        <w:t xml:space="preserve"> jaki</w:t>
+      </w:r>
+      <w:r w:rsidR="00F72CB3">
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F624E">
+        <w:t>jest</w:t>
+      </w:r>
+      <w:r w:rsidR="00F72CB3">
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F624E">
+        <w:t>zakres prac i harmonogram realizacji?”</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D69F4F1" w14:textId="223841C4" w:rsidR="00F76754" w:rsidRPr="003F624E" w:rsidRDefault="00267766" w:rsidP="00812F05">
+      <w:pPr>
+        <w:pStyle w:val="UMP-tekstpodstawowy"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Zarząd Dróg Miejskich w najbliższym czasie nie planuje prac remontowych na ulicy Górki. </w:t>
+      </w:r>
+      <w:r w:rsidR="006E284B">
+        <w:t xml:space="preserve">Stan techniczny </w:t>
+      </w:r>
+      <w:r w:rsidR="00812F05">
+        <w:t>chodnik</w:t>
+      </w:r>
+      <w:r w:rsidR="006E284B">
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="00812F05">
+        <w:t xml:space="preserve"> i jezdni ul</w:t>
+      </w:r>
+      <w:r w:rsidR="006E284B">
+        <w:t>icy</w:t>
+      </w:r>
+      <w:r w:rsidR="00812F05">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006E284B">
+        <w:t xml:space="preserve">jest </w:t>
+      </w:r>
+      <w:r w:rsidR="00812F05">
+        <w:t xml:space="preserve">dobry. Nie </w:t>
+      </w:r>
+      <w:r w:rsidR="006E284B">
+        <w:t xml:space="preserve">ma </w:t>
+      </w:r>
+      <w:r w:rsidR="00812F05">
+        <w:t>ubytk</w:t>
+      </w:r>
+      <w:r w:rsidR="006E284B">
+        <w:t>ów</w:t>
+      </w:r>
+      <w:r w:rsidR="00812F05">
+        <w:t xml:space="preserve"> w nawierzchni zagrażając</w:t>
+      </w:r>
+      <w:r w:rsidR="006E284B">
+        <w:t>ych</w:t>
+      </w:r>
+      <w:r w:rsidR="00812F05">
+        <w:t xml:space="preserve"> bezpieczeństwu ruchu drogowego. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4001CEEF" w14:textId="793F7912" w:rsidR="00F76754" w:rsidRPr="003F624E" w:rsidRDefault="00F76754" w:rsidP="00F76754">
+      <w:pPr>
+        <w:pStyle w:val="UMP-odpowiednapytanie"/>
+      </w:pPr>
+      <w:r w:rsidRPr="003F624E">
+        <w:t>„Czy w ramach planowanego remontu przewiduje się budowę ścieżki rowerowej lub</w:t>
+      </w:r>
+      <w:r w:rsidR="00F72CB3">
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F624E">
+        <w:t>infrastruktury rowerowej kosztem miejsc parkingowych?”</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28ACAC34" w14:textId="1B167D5D" w:rsidR="004A3D6E" w:rsidRDefault="00812F05" w:rsidP="00812F05">
+      <w:pPr>
+        <w:pStyle w:val="UMP-tekstpodstawowy"/>
+      </w:pPr>
+      <w:r>
+        <w:t>ZDM nie planuje budowy drogi dla rowerów na ul</w:t>
+      </w:r>
+      <w:r w:rsidR="003D692A">
+        <w:t>icy</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> Górki</w:t>
+      </w:r>
+      <w:r w:rsidR="003D692A">
+        <w:t>. P</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">rzewidywane jest </w:t>
+      </w:r>
+      <w:r w:rsidR="003D692A">
+        <w:t xml:space="preserve">natomiast </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">wprowadzenie </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>kontraruchu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> rowerowego. </w:t>
+      </w:r>
+      <w:r w:rsidR="00C801AE">
+        <w:t>Taki p</w:t>
+      </w:r>
+      <w:r>
+        <w:t>ostulat został zawarty w</w:t>
+      </w:r>
+      <w:r w:rsidR="00D26215">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008E3687">
+        <w:t>zgłoszonym do</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE4D1F">
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008E3687">
+        <w:t>Poznańskiego Budżetu Obywatelskiego w 2024 roku projek</w:t>
+      </w:r>
+      <w:r w:rsidR="00357E9D">
+        <w:t>cie</w:t>
+      </w:r>
+      <w:r w:rsidR="008E3687">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008739E9">
+        <w:t>„Rowerowa Głogowska. Rowerem szybciej i łatwiej”</w:t>
+      </w:r>
+      <w:r>
+        <w:t>. Projekt uzyskał poparcie mieszkańców i został przyjęty do</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE4D1F">
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>realizacji.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06C2501F" w14:textId="203820D9" w:rsidR="00812F05" w:rsidRDefault="004A3D6E" w:rsidP="00812F05">
+      <w:pPr>
+        <w:pStyle w:val="UMP-tekstpodstawowy"/>
+      </w:pPr>
+      <w:r>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidR="00812F05">
+        <w:t>rojekt stałej organizacji ruchu dla ul</w:t>
+      </w:r>
+      <w:r>
+        <w:t>icy</w:t>
+      </w:r>
+      <w:r w:rsidR="00812F05">
+        <w:t xml:space="preserve"> Górki, </w:t>
+      </w:r>
+      <w:r w:rsidR="0077144A">
+        <w:t xml:space="preserve">który zakłada </w:t>
+      </w:r>
+      <w:r w:rsidR="00812F05">
+        <w:t xml:space="preserve">wprowadzenie </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00812F05">
+        <w:t>kontraruchu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00812F05">
+        <w:t xml:space="preserve"> rowerowego</w:t>
+      </w:r>
+      <w:r>
+        <w:t>, został opracowany przez Miejskiego Inżyniera Ruchu</w:t>
+      </w:r>
+      <w:r w:rsidR="0077144A">
+        <w:t xml:space="preserve"> i jest </w:t>
+      </w:r>
+      <w:r w:rsidR="00812F05">
+        <w:t>zgodn</w:t>
+      </w:r>
+      <w:r w:rsidR="0077144A">
+        <w:t>y</w:t>
+      </w:r>
+      <w:r w:rsidR="00812F05">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0077144A">
+        <w:t>ze</w:t>
+      </w:r>
+      <w:r w:rsidR="00864DA0">
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00812F05">
+        <w:t>Standardami Rowerowymi dla Miasta Poznania</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> [1]</w:t>
+      </w:r>
+      <w:r w:rsidR="00812F05">
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00B51A0C">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="005C0266">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidR="00812F05">
+        <w:t>Obecnie ZDM czek</w:t>
+      </w:r>
+      <w:r w:rsidR="005C0266">
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="00812F05">
+        <w:t xml:space="preserve"> na zatwierdzenie przez MIR projektu oraz korekty sygnalizacji świetlej, dostosowanej do </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00812F05">
+        <w:t>kontraruchu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00812F05">
+        <w:t xml:space="preserve"> rowerowego. Realizacja prac zaplanowana </w:t>
+      </w:r>
+      <w:r w:rsidR="00A72A11">
+        <w:t xml:space="preserve">jest </w:t>
+      </w:r>
+      <w:r w:rsidR="00812F05">
+        <w:t>na wiosnę 2026 r</w:t>
+      </w:r>
+      <w:r w:rsidR="005C0266">
+        <w:t>oku.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="5C27AC41" w14:textId="3863CB39" w:rsidR="001D55AC" w:rsidRPr="00E73AAC" w:rsidRDefault="00E73AAC" w:rsidP="001D55AC">
+    <w:p w14:paraId="4343D871" w14:textId="3FF8CB21" w:rsidR="00F76754" w:rsidRPr="003F624E" w:rsidRDefault="005C0266" w:rsidP="00812F05">
       <w:pPr>
         <w:pStyle w:val="UMP-tekstpodstawowy"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">O wyjaśnienia w tej sprawie zwrócono się do spółki MPK </w:t>
-[...2 lines deleted...]
-        <w:t>sp.</w:t>
+        <w:lastRenderedPageBreak/>
+        <w:t>Należy jednak zaznaczyć, że zmiany z</w:t>
+      </w:r>
+      <w:r w:rsidR="00812F05">
+        <w:t xml:space="preserve">awarte w projekcie </w:t>
       </w:r>
       <w:r>
+        <w:t xml:space="preserve">stałej organizacji ruchu </w:t>
+      </w:r>
+      <w:r w:rsidR="00812F05">
+        <w:t>dotyczą jedynie obrębu skrzyżowania ul</w:t>
+      </w:r>
+      <w:r>
+        <w:t>icy</w:t>
+      </w:r>
+      <w:r w:rsidR="00812F05">
+        <w:t xml:space="preserve"> Górki z ul</w:t>
+      </w:r>
+      <w:r>
+        <w:t>icą</w:t>
+      </w:r>
+      <w:r w:rsidR="00812F05">
+        <w:t xml:space="preserve"> Głogowską. Istniejące na ul</w:t>
+      </w:r>
+      <w:r>
+        <w:t>icy</w:t>
+      </w:r>
+      <w:r w:rsidR="00812F05">
+        <w:t xml:space="preserve"> Górki miejsca postojowe pozostaną bez zmian.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="206C8157" w14:textId="2965D5D8" w:rsidR="00F76754" w:rsidRPr="003F624E" w:rsidRDefault="00F76754" w:rsidP="00F76754">
+      <w:pPr>
+        <w:pStyle w:val="UMP-odpowiednapytanie"/>
+      </w:pPr>
+      <w:r w:rsidRPr="003F624E">
+        <w:t>„Czy planowana inwestycja zakłada inne rozwiązania parkingowe (np. nowe miejsca postojowe, zatoki, alternatywne lokalizacje dla mieszkańców)?”</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26A55826" w14:textId="7F58324C" w:rsidR="00F76754" w:rsidRPr="003F624E" w:rsidRDefault="00812F05" w:rsidP="00812F05">
+      <w:pPr>
+        <w:pStyle w:val="UMP-tekstpodstawowy"/>
+      </w:pPr>
+      <w:r>
+        <w:t>ZDM nie przewiduje wprowadzenia dodatkowych rozwiązań parkingowych na ul</w:t>
+      </w:r>
+      <w:r w:rsidR="005C0266">
+        <w:t>icy</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> Górki. Projekt stałej organizacji ruchu zakłada jedynie uporządkowanie istniejącego oznakowania.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7DAAAA43" w14:textId="488E2E7B" w:rsidR="00F76754" w:rsidRPr="003F624E" w:rsidRDefault="00F76754" w:rsidP="00F76754">
+      <w:pPr>
+        <w:pStyle w:val="UMP-odpowiednapytanie"/>
+      </w:pPr>
+      <w:r w:rsidRPr="003F624E">
+        <w:t>„Jakie są wyniki pomiarów lub szacunków dotyczących natężenia ruchu rowerowego na</w:t>
+      </w:r>
+      <w:r w:rsidR="00864DA0">
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F624E">
+        <w:t>ul</w:t>
+      </w:r>
+      <w:r w:rsidR="005C0266">
+        <w:t>icy</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F624E">
+        <w:t xml:space="preserve"> Górki oraz na ulicach sąsiadujących?”</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42CCC86F" w14:textId="1ABA1066" w:rsidR="00F76754" w:rsidRPr="003F624E" w:rsidRDefault="00812F05" w:rsidP="00F76754">
+      <w:pPr>
+        <w:pStyle w:val="UMP-tekstpodstawowy"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00812F05">
+        <w:t>ZDM nie sporządzał pomiarów w zakresie natężenia ruchu rowerowego na ul</w:t>
+      </w:r>
+      <w:r w:rsidR="005C0266">
+        <w:t>icy</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00812F05">
+        <w:t xml:space="preserve"> Górki i</w:t>
+      </w:r>
+      <w:r w:rsidR="00864DA0">
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00812F05">
+        <w:t>ulic</w:t>
+      </w:r>
+      <w:r w:rsidR="000A09F1">
+        <w:t>ach</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00812F05">
+        <w:t xml:space="preserve"> sąsiednich.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1752CD5F" w14:textId="0D23C3E1" w:rsidR="00F76754" w:rsidRPr="003F624E" w:rsidRDefault="00F76754" w:rsidP="00F76754">
+      <w:pPr>
+        <w:pStyle w:val="UMP-odpowiednapytanie"/>
+      </w:pPr>
+      <w:r w:rsidRPr="003F624E">
+        <w:t xml:space="preserve">„Czy </w:t>
+      </w:r>
+      <w:r w:rsidR="00251B22">
+        <w:t>M</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F624E">
+        <w:t>iasto dysponuje analizą, która uzasadnia potrzebę budowy ścieżki rowerowej w</w:t>
+      </w:r>
+      <w:r w:rsidR="00864DA0">
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F624E">
+        <w:t>tym miejscu — np. w kontekście łączności z innymi trasami rowerowymi i</w:t>
+      </w:r>
+      <w:r w:rsidR="00864DA0">
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F624E">
+        <w:t>bezpieczeństwa ruchu?”</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76E63DF7" w14:textId="42B7247E" w:rsidR="00F76754" w:rsidRPr="003F624E" w:rsidRDefault="00812F05" w:rsidP="00F76754">
+      <w:pPr>
+        <w:pStyle w:val="UMP-tekstpodstawowy"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00812F05">
+        <w:t>ZDM nie planuj</w:t>
+      </w:r>
+      <w:r w:rsidR="005C0266">
+        <w:t>e budowy drogi dla rowerów na u</w:t>
+      </w:r>
+      <w:r w:rsidR="00864DA0">
+        <w:t>l</w:t>
+      </w:r>
+      <w:r w:rsidR="005C0266">
+        <w:t>icy</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00812F05">
+        <w:t xml:space="preserve"> Górki.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E9D60E5" w14:textId="24B85EC7" w:rsidR="00F76754" w:rsidRPr="003F624E" w:rsidRDefault="00F76754" w:rsidP="00F76754">
+      <w:pPr>
+        <w:pStyle w:val="UMP-odpowiednapytanie"/>
+      </w:pPr>
+      <w:r w:rsidRPr="003F624E">
+        <w:t xml:space="preserve">„Czy </w:t>
+      </w:r>
+      <w:r w:rsidR="00B81A0A">
+        <w:t>M</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F624E">
+        <w:t>iasto planuje kompleksową modernizację infrastruktury podziemnej (wodociągowej, kanalizacyjnej, energetycznej) w ramach tego remontu, aby uniknąć ponownych rozkopów w najbliższych latach?”</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="569B118C" w14:textId="7141FA28" w:rsidR="00F76754" w:rsidRPr="003F624E" w:rsidRDefault="00F76754" w:rsidP="00F76754">
+      <w:pPr>
+        <w:pStyle w:val="UMP-odpowiednapytanie"/>
+      </w:pPr>
+      <w:r w:rsidRPr="003F624E">
+        <w:t>„Jaki jest szacunkowy koszt inwestycji i z jakich źródeł planuje się jej finansowanie (budżet miasta, fundusze zewnętrzne, środki unijne)?”</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C27AC41" w14:textId="19AF87FC" w:rsidR="001D55AC" w:rsidRPr="003F624E" w:rsidRDefault="00590C5A" w:rsidP="00590C5A">
+      <w:pPr>
+        <w:pStyle w:val="UMP-tekstpodstawowy"/>
+      </w:pPr>
+      <w:r>
+        <w:t>ZDM nie zlecał i nie planuje opracowania projektu dotyczącego przebudowy</w:t>
+      </w:r>
+      <w:r w:rsidR="00812F05">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00877107">
-[...1 lines deleted...]
-      </w:r>
       <w:r>
-        <w:t xml:space="preserve">. </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>infrastruktury drogowej na ul</w:t>
+      </w:r>
+      <w:r w:rsidR="005C0266">
+        <w:t>icy</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> Górki.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="38353697" w14:textId="2628EF43" w:rsidR="009147B1" w:rsidRDefault="002A16A4">
+    <w:p w14:paraId="0718736B" w14:textId="77777777" w:rsidR="009147B1" w:rsidRPr="003F624E" w:rsidRDefault="002A16A4" w:rsidP="005225B8">
+      <w:pPr>
+        <w:pStyle w:val="UMP-nagwekpierwszegopoziomu"/>
+        <w:spacing w:before="480"/>
+      </w:pPr>
+      <w:r w:rsidRPr="003F624E">
+        <w:t>Podstawa prawna</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50107303" w14:textId="174914B2" w:rsidR="009147B1" w:rsidRPr="003F624E" w:rsidRDefault="002A16A4" w:rsidP="00D26215">
+      <w:pPr>
+        <w:pStyle w:val="UMP-tekstpodstawowy"/>
+        <w:spacing w:after="480"/>
+      </w:pPr>
+      <w:r w:rsidRPr="003F624E">
+        <w:t xml:space="preserve">[1] </w:t>
+      </w:r>
+      <w:r w:rsidR="004A3D6E">
+        <w:t>Zarządzenie Nr 481/2019/P Prezydenta Miasta Poznania w sprawie standardów technicznych infrastruktury rowerowej na terenie miasta Poznania.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38353697" w14:textId="63253A49" w:rsidR="009147B1" w:rsidRPr="003F624E" w:rsidRDefault="002A16A4">
       <w:pPr>
         <w:pStyle w:val="UMP-zwrotzpowaaniem"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="003F624E">
         <w:t>Z wyrazami szacunku</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B7673E8" w14:textId="77777777" w:rsidR="001D1912" w:rsidRDefault="001D1912" w:rsidP="001D1912">
+    <w:p w14:paraId="0F37F265" w14:textId="77777777" w:rsidR="00767217" w:rsidRDefault="00767217" w:rsidP="00767217">
       <w:pPr>
         <w:pStyle w:val="UMP-podpis"/>
       </w:pPr>
       <w:r>
         <w:t>Z up. PREZYDENTA MIASTA</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A49322B" w14:textId="77777777" w:rsidR="001D1912" w:rsidRDefault="001D1912" w:rsidP="001D1912">
+    <w:p w14:paraId="705AC57C" w14:textId="77777777" w:rsidR="00767217" w:rsidRDefault="00767217" w:rsidP="00767217">
       <w:pPr>
         <w:pStyle w:val="UMP-podpis"/>
       </w:pPr>
       <w:r>
         <w:t>(-) Mariusz Wiśniewski</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E5BF566" w14:textId="7A746352" w:rsidR="00272AA4" w:rsidRPr="00B51A0C" w:rsidRDefault="001D1912" w:rsidP="00B51A0C">
+    <w:p w14:paraId="2639EFFE" w14:textId="65571A1C" w:rsidR="004054CE" w:rsidRPr="003F624E" w:rsidRDefault="00767217" w:rsidP="00767217">
       <w:pPr>
         <w:pStyle w:val="UMP-podpis"/>
+        <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:t>Z-CA PREZYDENTA MIASTA POZNANIA</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2639EFFE" w14:textId="5401DD5A" w:rsidR="004054CE" w:rsidRPr="004054CE" w:rsidRDefault="00B51A0C" w:rsidP="00B51A0C">
-[...5 lines deleted...]
-        <w:t>Załącznik: 1</w:t>
+    <w:p w14:paraId="7443733B" w14:textId="77777777" w:rsidR="009147B1" w:rsidRPr="003F624E" w:rsidRDefault="002A16A4">
+      <w:pPr>
+        <w:pStyle w:val="UMP-data-znak-UID-za-prowadzi"/>
+      </w:pPr>
+      <w:r w:rsidRPr="003F624E">
+        <w:t>Do wiadomości:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7443733B" w14:textId="77777777" w:rsidR="009147B1" w:rsidRDefault="002A16A4">
+    <w:p w14:paraId="5AA88190" w14:textId="77777777" w:rsidR="009147B1" w:rsidRPr="003F624E" w:rsidRDefault="002A16A4">
       <w:pPr>
         <w:pStyle w:val="UMP-data-znak-UID-za-prowadzi"/>
       </w:pPr>
-      <w:r>
-        <w:t>Do wiadomości:</w:t>
+      <w:r w:rsidRPr="003F624E">
+        <w:t>Przewodniczący Rady Miasta</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5AA88190" w14:textId="77777777" w:rsidR="009147B1" w:rsidRDefault="002A16A4">
-[...7 lines deleted...]
-    <w:sectPr w:rsidR="009147B1">
+    <w:sectPr w:rsidR="009147B1" w:rsidRPr="003F624E" w:rsidSect="00864DA0">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="2269" w:right="1418" w:bottom="1985" w:left="1418" w:header="567" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="1418" w:right="1418" w:bottom="1985" w:left="1418" w:header="567" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:formProt w:val="0"/>
       <w:docGrid w:linePitch="600" w:charSpace="36864"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/commentsIds.xml><?xml version="1.0" encoding="utf-8"?>
 <w16cid:commentsIds xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w16cid:commentId w16cid:paraId="12D0FD25" w16cid:durableId="2C7BAD69"/>
   <w16cid:commentId w16cid:paraId="3A71A3B0" w16cid:durableId="2C7BADA7"/>
   <w16cid:commentId w16cid:paraId="34A161A4" w16cid:durableId="2C7BAF13"/>
 </w16cid:commentsIds>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="331FF5DD" w14:textId="77777777" w:rsidR="00617865" w:rsidRDefault="00617865">
+    <w:p w14:paraId="1ED535AD" w14:textId="77777777" w:rsidR="00F3768B" w:rsidRDefault="00F3768B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="50C45DE1" w14:textId="77777777" w:rsidR="00617865" w:rsidRDefault="00617865">
+    <w:p w14:paraId="5F4BBD96" w14:textId="77777777" w:rsidR="00F3768B" w:rsidRDefault="00F3768B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -383,67 +815,67 @@
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Free 3 of 9">
     <w:altName w:val="Arial Unicode MS"/>
     <w:panose1 w:val="00000009000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w14:paraId="798B3637" w14:textId="663A60C2" w:rsidR="009147B1" w:rsidRDefault="002A16A4">
+  <w:p w14:paraId="798B3637" w14:textId="3ECC5A66" w:rsidR="009147B1" w:rsidRDefault="002A16A4">
     <w:pPr>
       <w:pStyle w:val="UMP-stopkanrstrony"/>
     </w:pPr>
     <w:r>
       <w:t xml:space="preserve">Strona </w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText>PAGE</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="004054CE">
+    <w:r w:rsidR="00767217">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:p w14:paraId="519635BC" w14:textId="77777777" w:rsidR="009147B1" w:rsidRDefault="002A16A4">
     <w:pPr>
       <w:pStyle w:val="UMP-stopkastrony"/>
     </w:pPr>
     <w:r>
       <w:t>Urząd Miasta Poznania, plac Kolegiacki 17, 61-841 Poznań</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="0A985CDE" w14:textId="355FF000" w:rsidR="009147B1" w:rsidRPr="00DC3B11" w:rsidRDefault="00065DC7" w:rsidP="00065DC7">
     <w:pPr>
       <w:pStyle w:val="UMP-stopkastrony"/>
@@ -511,61 +943,61 @@
         </w:rPr>
         <w:t>sekretariat_m.wisniewski@um.poznan.pl</w:t>
       </w:r>
     </w:hyperlink>
     <w:r w:rsidRPr="00F7474C">
       <w:rPr>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t xml:space="preserve">, </w:t>
     </w:r>
     <w:hyperlink r:id="rId2" w:history="1">
       <w:r w:rsidRPr="00A33D56">
         <w:rPr>
           <w:rStyle w:val="UMP-stopkahipercze"/>
         </w:rPr>
         <w:t>www.poznan.pl</w:t>
       </w:r>
     </w:hyperlink>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0D5B1121" w14:textId="77777777" w:rsidR="00617865" w:rsidRDefault="00617865">
+    <w:p w14:paraId="059DBADF" w14:textId="77777777" w:rsidR="00F3768B" w:rsidRDefault="00F3768B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="782F5896" w14:textId="77777777" w:rsidR="00617865" w:rsidRDefault="00617865">
+    <w:p w14:paraId="72B191C5" w14:textId="77777777" w:rsidR="00F3768B" w:rsidRDefault="00F3768B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:p w14:paraId="15988684" w14:textId="0151C184" w:rsidR="009147B1" w:rsidRDefault="00065DC7">
     <w:pPr>
       <w:pStyle w:val="Nagwek"/>
       <w:spacing w:line="288" w:lineRule="auto"/>
     </w:pPr>
     <w:r w:rsidRPr="009F1E82">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="38799522" wp14:editId="2B5B0B53">
           <wp:extent cx="1352550" cy="1228725"/>
@@ -1278,97 +1710,117 @@
   <w:autoHyphenation/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:doNotExpandShiftReturn/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="009147B1"/>
     <w:rsid w:val="00065DC7"/>
+    <w:rsid w:val="000A09F1"/>
     <w:rsid w:val="000B010C"/>
+    <w:rsid w:val="000B1C46"/>
+    <w:rsid w:val="00125C90"/>
     <w:rsid w:val="00137B34"/>
-    <w:rsid w:val="00160231"/>
-    <w:rsid w:val="001D1912"/>
     <w:rsid w:val="001D55AC"/>
     <w:rsid w:val="001F1A70"/>
     <w:rsid w:val="00224492"/>
-    <w:rsid w:val="00272AA4"/>
+    <w:rsid w:val="00251B22"/>
+    <w:rsid w:val="00267766"/>
     <w:rsid w:val="00293AAF"/>
     <w:rsid w:val="002A16A4"/>
-    <w:rsid w:val="00300F95"/>
-[...4 lines deleted...]
-    <w:rsid w:val="003C514D"/>
+    <w:rsid w:val="00312EB7"/>
+    <w:rsid w:val="00357E9D"/>
+    <w:rsid w:val="003D692A"/>
+    <w:rsid w:val="003E7E8A"/>
+    <w:rsid w:val="003F624E"/>
     <w:rsid w:val="004054CE"/>
+    <w:rsid w:val="0042743D"/>
     <w:rsid w:val="0044634D"/>
+    <w:rsid w:val="004A3D6E"/>
     <w:rsid w:val="004A4FA5"/>
+    <w:rsid w:val="004F62A4"/>
     <w:rsid w:val="005225B8"/>
-    <w:rsid w:val="0057396F"/>
+    <w:rsid w:val="00590C5A"/>
+    <w:rsid w:val="005C0266"/>
     <w:rsid w:val="00604A4A"/>
-    <w:rsid w:val="00617865"/>
-    <w:rsid w:val="00635C3B"/>
     <w:rsid w:val="00680F69"/>
     <w:rsid w:val="00683A3F"/>
-    <w:rsid w:val="006B1ABE"/>
     <w:rsid w:val="006B7EB0"/>
+    <w:rsid w:val="006E284B"/>
+    <w:rsid w:val="00767217"/>
+    <w:rsid w:val="0077144A"/>
+    <w:rsid w:val="007C3ED8"/>
+    <w:rsid w:val="00812F05"/>
     <w:rsid w:val="00842B32"/>
     <w:rsid w:val="0086045E"/>
+    <w:rsid w:val="00864DA0"/>
+    <w:rsid w:val="008739E9"/>
+    <w:rsid w:val="008D1747"/>
+    <w:rsid w:val="008D51D1"/>
+    <w:rsid w:val="008E3687"/>
     <w:rsid w:val="008E7E9C"/>
+    <w:rsid w:val="008F6EB4"/>
     <w:rsid w:val="009147B1"/>
-    <w:rsid w:val="009335F9"/>
     <w:rsid w:val="009B349B"/>
-    <w:rsid w:val="00B51A0C"/>
-    <w:rsid w:val="00BB6400"/>
+    <w:rsid w:val="00A16455"/>
+    <w:rsid w:val="00A22E63"/>
+    <w:rsid w:val="00A72A11"/>
+    <w:rsid w:val="00B24BE8"/>
+    <w:rsid w:val="00B81A0A"/>
+    <w:rsid w:val="00BB2894"/>
     <w:rsid w:val="00BD114C"/>
-    <w:rsid w:val="00C12455"/>
-    <w:rsid w:val="00C257E3"/>
+    <w:rsid w:val="00BF3B5C"/>
+    <w:rsid w:val="00C801AE"/>
+    <w:rsid w:val="00CE4D1F"/>
+    <w:rsid w:val="00D26215"/>
     <w:rsid w:val="00D448FB"/>
-    <w:rsid w:val="00D63A80"/>
+    <w:rsid w:val="00D914CB"/>
     <w:rsid w:val="00DC3B11"/>
-    <w:rsid w:val="00E73AAC"/>
-    <w:rsid w:val="00EF5C4A"/>
+    <w:rsid w:val="00DD35F8"/>
+    <w:rsid w:val="00EB16FB"/>
+    <w:rsid w:val="00F35FD8"/>
+    <w:rsid w:val="00F3768B"/>
+    <w:rsid w:val="00F72CB3"/>
+    <w:rsid w:val="00F76754"/>
     <w:rsid w:val="00FA430F"/>
-    <w:rsid w:val="00FD0EC4"/>
-    <w:rsid w:val="00FD5E4B"/>
     <w:rsid w:val="00FE3A48"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pl-PL" w:eastAsia="" w:bidi=""/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
@@ -2848,51 +3300,51 @@
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="UMP-odpowiednapytanie">
     <w:name w:val="UMP - odpowiedź na pytanie"/>
     <w:basedOn w:val="UMP-nagwekdrugiegopoziomu"/>
     <w:next w:val="UMP-tekstpodstawowy"/>
     <w:qFormat/>
     <w:rsid w:val="008E7E9C"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="5"/>
       </w:numPr>
       <w:ind w:left="360"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId14" Type="http://schemas.microsoft.com/office/2016/09/relationships/commentsIds" Target="commentsIds.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId13" Type="http://schemas.microsoft.com/office/2016/09/relationships/commentsIds" Target="commentsIds.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.poznan.pl/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sekretariat_m.wisniewski@um.poznan.pl" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motyw pakietu Office">
   <a:themeElements>
     <a:clrScheme name="Pakiet Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
@@ -3163,83 +3615,83 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F2772D7D-F0C0-40C9-A9E2-DCD4F433C9BE}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{995BBCD7-413D-469F-BDFF-3DB9C82319E9}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>617</Characters>
+  <Pages>2</Pages>
+  <Words>469</Words>
+  <Characters>2815</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>5</Lines>
-  <Paragraphs>1</Paragraphs>
+  <Lines>23</Lines>
+  <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Tytuł</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>odpowiedź na interpelację nr 339/2025 dotyczącaą wprowadzenia do eksploatacji tramwajów NGT6D zakupionych w Niemczech</vt:lpstr>
+      <vt:lpstr>odpowiedź na interpelację nr 338/2025 dotyczącą remontu ulicy Górki</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>ump</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>718</CharactersWithSpaces>
+  <CharactersWithSpaces>3278</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>odpowiedź na interpelację nr 339/2025 dotyczącaą wprowadzenia do eksploatacji tramwajów NGT6D zakupionych w Niemczech</dc:title>
+  <dc:title>odpowiedź na interpelację nr 338/2025 dotyczącą remontu ulicy Górki</dc:title>
   <dc:subject/>
   <dc:creator>Urząd Miasta Poznania</dc:creator>
-  <cp:keywords>tramwaje NGT6D, dopuszczenie do ruchu, interpelacja</cp:keywords>
+  <cp:keywords>ulica Górki, remont, interpelacja</cp:keywords>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:language>pl-PL</dc:language>
 </cp:coreProperties>
 </file>