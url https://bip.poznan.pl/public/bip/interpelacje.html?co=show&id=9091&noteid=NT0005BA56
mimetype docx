--- v0 (2025-10-26)
+++ v1 (2025-12-22)
@@ -1,283 +1,272 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w:rsidR="007141EF" w:rsidRDefault="00021578">
+    <w:p w:rsidR="007141EF" w:rsidRPr="002D4F65" w:rsidRDefault="002D4F65">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
-      <w:r w:rsidRPr="00021578">
+      <w:r w:rsidRPr="002D4F65">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t>Załącznik nr 1</w:t>
+        <w:t>Załącznik nr 2</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00021578" w:rsidRPr="00021578" w:rsidRDefault="00021578">
-[...6 lines deleted...]
-    <w:p w:rsidR="00021578" w:rsidRDefault="00021578">
+    <w:p w:rsidR="002D4F65" w:rsidRDefault="002D4F65"/>
+    <w:p w:rsidR="002D4F65" w:rsidRDefault="002D4F65">
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="TimesNewRomanPSMT" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:lang w:eastAsia="pl-PL"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="6144467" cy="7477125"/>
-            <wp:effectExtent l="0" t="0" r="8890" b="0"/>
+            <wp:extent cx="6172921" cy="3781425"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="1" name="Obraz 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId4">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="6151844" cy="7486102"/>
+                      <a:ext cx="6176656" cy="3783713"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00021578" w:rsidRDefault="00021578" w:rsidP="00021578">
-[...4 lines deleted...]
-    <w:p w:rsidR="00021578" w:rsidRPr="00021578" w:rsidRDefault="00021578" w:rsidP="00021578">
+    <w:p w:rsidR="002D4F65" w:rsidRDefault="002D4F65"/>
+    <w:p w:rsidR="002D4F65" w:rsidRPr="00021578" w:rsidRDefault="002D4F65" w:rsidP="002D4F65">
       <w:pPr>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00021578">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Źródło : </w:t>
       </w:r>
       <w:r w:rsidRPr="00021578">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">program ochrony powietrza przyjęty </w:t>
       </w:r>
       <w:r w:rsidRPr="00021578">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">przez Sejmik Województwa Wielkopolskiego uchwałą nr XXI/393/20 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00021578">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="18"/>
         </w:rPr>
-        <w:t>z dnia 13 lipca 2020 roku w sprawie określenia Programu ochrony powietrza dla strefy aglomeracja poznańska - strona 52</w:t>
+        <w:t xml:space="preserve">z dnia 13 lipca 2020 roku w sprawie określenia Programu ochrony powietrza dla strefy aglomeracja poznańska - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>strona 19</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00021578" w:rsidRPr="00021578">
+    <w:p w:rsidR="002D4F65" w:rsidRDefault="002D4F65"/>
+    <w:sectPr w:rsidR="002D4F65">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="TimesNewRomanPSMT">
-[...7 lines deleted...]
-  </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00021578"/>
-[...1 lines deleted...]
-    <w:rsid w:val="004E2B3E"/>
+    <w:rsidRoot w:val="002D4F65"/>
+    <w:rsid w:val="002D4F65"/>
+    <w:rsid w:val="006B2F53"/>
     <w:rsid w:val="007650D7"/>
     <w:rsid w:val="00D756EA"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pl-PL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{F44AD5DE-B614-45B0-897E-60D1CAD36F7C}"/>
+  <w15:docId w15:val="{AB8C8D79-C4EF-4878-AB7C-E8D9349D1A07}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="pl-PL" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -939,68 +928,68 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
   <Words>35</Words>
-  <Characters>211</Characters>
+  <Characters>212</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>1</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Tytuł</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>UM</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>245</CharactersWithSpaces>
+  <CharactersWithSpaces>246</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Joanna Przebieracz</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>