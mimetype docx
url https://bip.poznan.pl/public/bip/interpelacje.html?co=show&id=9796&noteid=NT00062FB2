--- v0 (2025-11-03)
+++ v1 (2025-12-29)
@@ -3,5861 +3,2895 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
-    <w:p w14:paraId="07915383" w14:textId="77777777" w:rsidR="00C435BD" w:rsidRPr="00C10B59" w:rsidRDefault="005C6EF8" w:rsidP="00C435BD">
+    <w:p w14:paraId="658479B4" w14:textId="77777777" w:rsidR="00C435BD" w:rsidRPr="00C10B59" w:rsidRDefault="00C435BD" w:rsidP="00C435BD">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
-      <w:r>
+      <w:r w:rsidRPr="00C10B59">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Projekt ekologicznych demonstratorów</w:t>
+        <w:t>Mechanizm wsparcia przedszkoli poznańskich w projektowaniu naturalnych placów zabaw.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D3D8129" w14:textId="77777777" w:rsidR="00C435BD" w:rsidRPr="00C10B59" w:rsidRDefault="00C435BD" w:rsidP="00C435BD">
+    <w:p w14:paraId="263DD21F" w14:textId="77777777" w:rsidR="00C435BD" w:rsidRPr="00C10B59" w:rsidRDefault="00C435BD" w:rsidP="00C435BD">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6B90E10D" w14:textId="77777777" w:rsidR="00C435BD" w:rsidRDefault="008A681B" w:rsidP="00C435BD">
+    <w:p w14:paraId="2CB2C009" w14:textId="77777777" w:rsidR="00C435BD" w:rsidRDefault="008A681B" w:rsidP="00C435BD">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:color w:val="222222"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:color w:val="222222"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Rok 2018</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3016A3F0" w14:textId="77777777" w:rsidR="008A681B" w:rsidRPr="00C10B59" w:rsidRDefault="008A681B" w:rsidP="00C435BD">
+    <w:p w14:paraId="607DEBC4" w14:textId="77777777" w:rsidR="008A681B" w:rsidRPr="00C10B59" w:rsidRDefault="008A681B" w:rsidP="00C435BD">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:color w:val="222222"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabela-Siatka"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="697"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="1987"/>
+        <w:gridCol w:w="698"/>
+        <w:gridCol w:w="3608"/>
+        <w:gridCol w:w="2772"/>
+        <w:gridCol w:w="1982"/>
       </w:tblGrid>
-      <w:tr w:rsidR="003A4057" w:rsidRPr="00BF79A1" w14:paraId="6EE8B9AF" w14:textId="77777777" w:rsidTr="008F4E27">
-[...2 lines deleted...]
-            <w:tcW w:w="697" w:type="dxa"/>
+      <w:tr w:rsidR="00C435BD" w:rsidRPr="00C10B59" w14:paraId="5260F918" w14:textId="77777777" w:rsidTr="008F4E27">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="708" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
           </w:tcPr>
-          <w:p w14:paraId="6F9BFD89" w14:textId="77777777" w:rsidR="003A4057" w:rsidRPr="00BF79A1" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00BF79A1">
+          <w:p w14:paraId="59CA9784" w14:textId="77777777" w:rsidR="00C435BD" w:rsidRPr="00C10B59" w:rsidRDefault="00C435BD" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C10B59">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Lp.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3602" w:type="dxa"/>
+            <w:tcW w:w="3720" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
           </w:tcPr>
-          <w:p w14:paraId="4E5A5852" w14:textId="77777777" w:rsidR="003A4057" w:rsidRPr="00BF79A1" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00BF79A1">
+          <w:p w14:paraId="4C239093" w14:textId="77777777" w:rsidR="00C435BD" w:rsidRPr="00C10B59" w:rsidRDefault="00C435BD" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C10B59">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Numer / nazwa przedszkola</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2776" w:type="dxa"/>
+            <w:tcW w:w="2833" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
           </w:tcPr>
-          <w:p w14:paraId="7AFB1CD3" w14:textId="77777777" w:rsidR="003A4057" w:rsidRPr="00BF79A1" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00BF79A1">
+          <w:p w14:paraId="0B6E2748" w14:textId="77777777" w:rsidR="00C435BD" w:rsidRPr="00C10B59" w:rsidRDefault="00C435BD" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C10B59">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Adres</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1987" w:type="dxa"/>
+            <w:tcW w:w="2025" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
           </w:tcPr>
-          <w:p w14:paraId="0E8DBF18" w14:textId="77777777" w:rsidR="003A4057" w:rsidRPr="00BF79A1" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
-[...14 lines deleted...]
-              <w:t>Dzielnica/Osiedle</w:t>
+          <w:p w14:paraId="1BE59A66" w14:textId="77777777" w:rsidR="00C435BD" w:rsidRPr="00C10B59" w:rsidRDefault="00C435BD" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C10B59">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dzielnica </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003A4057" w:rsidRPr="00BF79A1" w14:paraId="32ADEDFA" w14:textId="77777777" w:rsidTr="008F4E27">
-[...22 lines deleted...]
-              <w:t>Inwestycja finansowana z budżetu projektu CONNECTING Nature, łącznie 94 000 zł brutto</w:t>
+      <w:tr w:rsidR="00C435BD" w:rsidRPr="00C10B59" w14:paraId="35973672" w14:textId="77777777" w:rsidTr="008F4E27">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="708" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D40F6D7" w14:textId="77777777" w:rsidR="00C435BD" w:rsidRPr="00C10B59" w:rsidRDefault="00C435BD" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C10B59">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="704A903C" w14:textId="77777777" w:rsidR="00C435BD" w:rsidRPr="00C10B59" w:rsidRDefault="00C435BD" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C10B59">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Przedszkole nr 42 „Kwiaty Polskie”</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2833" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="778C50FE" w14:textId="77777777" w:rsidR="00C435BD" w:rsidRPr="00C10B59" w:rsidRDefault="00C435BD" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C10B59">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ul. Prądzyńskiego 15a</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2025" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D0C2293" w14:textId="77777777" w:rsidR="00C435BD" w:rsidRPr="00C10B59" w:rsidRDefault="00C435BD" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C10B59">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Wilda</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003A4057" w:rsidRPr="00BF79A1" w14:paraId="0019C8CC" w14:textId="77777777" w:rsidTr="008F4E27">
-[...102 lines deleted...]
-              <w:t>Smochowice</w:t>
+      <w:tr w:rsidR="00C435BD" w:rsidRPr="00C10B59" w14:paraId="72729B77" w14:textId="77777777" w:rsidTr="008F4E27">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="708" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0510937A" w14:textId="77777777" w:rsidR="00C435BD" w:rsidRPr="00C10B59" w:rsidRDefault="00C435BD" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C10B59">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="67F65D8D" w14:textId="77777777" w:rsidR="00C435BD" w:rsidRPr="00C10B59" w:rsidRDefault="00C435BD" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C10B59">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Przedszkole nr 46</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2833" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="716FC6D5" w14:textId="77777777" w:rsidR="00C435BD" w:rsidRPr="00C10B59" w:rsidRDefault="00C435BD" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C10B59">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ul. Księżycowa 10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2025" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="682BC6B2" w14:textId="77777777" w:rsidR="00C435BD" w:rsidRPr="00C10B59" w:rsidRDefault="00C435BD" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C10B59">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Grunwald</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003A4057" w:rsidRPr="00BF79A1" w14:paraId="5CDFE569" w14:textId="77777777" w:rsidTr="008F4E27">
-[...129 lines deleted...]
-                <w:color w:val="000000"/>
+      <w:tr w:rsidR="00C435BD" w:rsidRPr="00C10B59" w14:paraId="65DF142F" w14:textId="77777777" w:rsidTr="008F4E27">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="708" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="31C30749" w14:textId="77777777" w:rsidR="00C435BD" w:rsidRPr="00C10B59" w:rsidRDefault="00C435BD" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C10B59">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3602" w:type="dxa"/>
-[...169 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:tcW w:w="3720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="21FB5A75" w14:textId="77777777" w:rsidR="00C435BD" w:rsidRPr="00C10B59" w:rsidRDefault="00C435BD" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C10B59">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Przedszkole nr 87 im. Jacusia i Agatki</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2833" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="42C9F34D" w14:textId="77777777" w:rsidR="00C435BD" w:rsidRPr="00C10B59" w:rsidRDefault="00C435BD" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C10B59">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ul. św. Czesława 6a</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2025" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="58879EAC" w14:textId="77777777" w:rsidR="00C435BD" w:rsidRPr="00C10B59" w:rsidRDefault="00C435BD" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C10B59">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Wilda</w:t>
             </w:r>
-          </w:p>
-[...664 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="2B6DE9D3" w14:textId="77777777" w:rsidR="00C435BD" w:rsidRDefault="00C435BD" w:rsidP="00C435BD">
+    <w:p w14:paraId="3A1637E6" w14:textId="77777777" w:rsidR="00C435BD" w:rsidRDefault="00C435BD" w:rsidP="00C435BD">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="32AFFDDF" w14:textId="77777777" w:rsidR="008A681B" w:rsidRDefault="008A681B" w:rsidP="00C435BD">
+    <w:p w14:paraId="016B50D2" w14:textId="77777777" w:rsidR="008A681B" w:rsidRDefault="008A681B" w:rsidP="00C435BD">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Rok 2019</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24AB3306" w14:textId="77777777" w:rsidR="008A681B" w:rsidRPr="00C10B59" w:rsidRDefault="008A681B" w:rsidP="00C435BD">
+    <w:p w14:paraId="0D0828BD" w14:textId="77777777" w:rsidR="008A681B" w:rsidRPr="00C10B59" w:rsidRDefault="008A681B" w:rsidP="00C435BD">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabela-Siatka"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="697"/>
+        <w:gridCol w:w="696"/>
         <w:gridCol w:w="3601"/>
-        <w:gridCol w:w="2775"/>
+        <w:gridCol w:w="2776"/>
         <w:gridCol w:w="1987"/>
       </w:tblGrid>
-      <w:tr w:rsidR="003A4057" w:rsidRPr="00BF79A1" w14:paraId="0D3D885F" w14:textId="77777777" w:rsidTr="008F4E27">
-[...2 lines deleted...]
-            <w:tcW w:w="697" w:type="dxa"/>
+      <w:tr w:rsidR="00C435BD" w:rsidRPr="00C10B59" w14:paraId="41E2EE59" w14:textId="77777777" w:rsidTr="008F4E27">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="708" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
           </w:tcPr>
-          <w:p w14:paraId="56D12CF1" w14:textId="77777777" w:rsidR="003A4057" w:rsidRPr="00BF79A1" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00BF79A1">
+          <w:p w14:paraId="0D0F80BA" w14:textId="77777777" w:rsidR="00C435BD" w:rsidRPr="00C10B59" w:rsidRDefault="00C435BD" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C10B59">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Lp.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3602" w:type="dxa"/>
+            <w:tcW w:w="3720" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
           </w:tcPr>
-          <w:p w14:paraId="31B6097F" w14:textId="77777777" w:rsidR="003A4057" w:rsidRPr="00BF79A1" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00BF79A1">
+          <w:p w14:paraId="26CA290A" w14:textId="77777777" w:rsidR="00C435BD" w:rsidRPr="00C10B59" w:rsidRDefault="00C435BD" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C10B59">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Numer / nazwa przedszkola</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2776" w:type="dxa"/>
+            <w:tcW w:w="2833" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
           </w:tcPr>
-          <w:p w14:paraId="2F970EDA" w14:textId="77777777" w:rsidR="003A4057" w:rsidRPr="00BF79A1" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00BF79A1">
+          <w:p w14:paraId="34952F13" w14:textId="77777777" w:rsidR="00C435BD" w:rsidRPr="00C10B59" w:rsidRDefault="00C435BD" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C10B59">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Adres</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1987" w:type="dxa"/>
+            <w:tcW w:w="2025" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
           </w:tcPr>
-          <w:p w14:paraId="51218022" w14:textId="77777777" w:rsidR="003A4057" w:rsidRPr="00BF79A1" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
-[...14 lines deleted...]
-              <w:t>Dzielnica/Osiedle</w:t>
+          <w:p w14:paraId="5A3BC434" w14:textId="77777777" w:rsidR="00C435BD" w:rsidRPr="00C10B59" w:rsidRDefault="00C435BD" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C10B59">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dzielnica </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003A4057" w:rsidRPr="00BF79A1" w14:paraId="415AD1FC" w14:textId="77777777" w:rsidTr="008F4E27">
-[...2 lines deleted...]
-            <w:tcW w:w="9062" w:type="dxa"/>
+      <w:tr w:rsidR="00C435BD" w:rsidRPr="00C10B59" w14:paraId="2BD0AC38" w14:textId="77777777" w:rsidTr="008F4E27">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9286" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w14:paraId="0CA56D32" w14:textId="77777777" w:rsidR="003A4057" w:rsidRPr="00BF79A1" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+          <w:p w14:paraId="39DE9A42" w14:textId="77777777" w:rsidR="00C435BD" w:rsidRPr="00C10B59" w:rsidRDefault="00C435BD" w:rsidP="008F4E27">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BF79A1">
+            <w:r w:rsidRPr="00C10B59">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Inwestycja finansowana z budżetu projektu CONNECTING Nature, łącznie 75 000 zł brutto</w:t>
+              <w:t xml:space="preserve">Inwestycja finansowana z budżetu Wydziału Oświaty, dotacja 50 000 zł na przedszkole </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003A4057" w:rsidRPr="00BF79A1" w14:paraId="21D79BAB" w14:textId="77777777" w:rsidTr="008F4E27">
-[...14 lines deleted...]
-            <w:r w:rsidRPr="00BF79A1">
+      <w:tr w:rsidR="00C435BD" w:rsidRPr="00C10B59" w14:paraId="1AD413E1" w14:textId="77777777" w:rsidTr="008F4E27">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="708" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F6BBCCD" w14:textId="77777777" w:rsidR="00C435BD" w:rsidRPr="00C10B59" w:rsidRDefault="00C435BD" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C10B59">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3602" w:type="dxa"/>
-[...65 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:tcW w:w="3720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="63370A38" w14:textId="77777777" w:rsidR="00C435BD" w:rsidRPr="00C10B59" w:rsidRDefault="00C435BD" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C10B59">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Przedszkole nr 3 "Promyczek"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2833" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="518FE906" w14:textId="77777777" w:rsidR="00C435BD" w:rsidRPr="00C10B59" w:rsidRDefault="00C435BD" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C10B59">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ul. Dojazd 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2025" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="18EB6D7D" w14:textId="77777777" w:rsidR="00C435BD" w:rsidRPr="00C10B59" w:rsidRDefault="00C435BD" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C10B59">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Golęcin</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003A4057" w:rsidRPr="00BF79A1" w14:paraId="684226B4" w14:textId="77777777" w:rsidTr="008F4E27">
-[...14 lines deleted...]
-            <w:r w:rsidRPr="00BF79A1">
+      <w:tr w:rsidR="00C435BD" w:rsidRPr="00C10B59" w14:paraId="28A5C730" w14:textId="77777777" w:rsidTr="008F4E27">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="708" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="550B4C72" w14:textId="77777777" w:rsidR="00C435BD" w:rsidRPr="00C10B59" w:rsidRDefault="00C435BD" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C10B59">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3602" w:type="dxa"/>
-[...65 lines deleted...]
-          <w:p w14:paraId="6DF4ED57" w14:textId="77777777" w:rsidR="003A4057" w:rsidRPr="00BF79A1" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+            <w:tcW w:w="3720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D80839D" w14:textId="77777777" w:rsidR="00C435BD" w:rsidRPr="00C10B59" w:rsidRDefault="00C435BD" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C10B59">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Przedszkole nr 7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2833" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3645DB7A" w14:textId="77777777" w:rsidR="00C435BD" w:rsidRPr="00C10B59" w:rsidRDefault="00C435BD" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C10B59">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ul. Mikołowska 14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2025" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3101AF10" w14:textId="77777777" w:rsidR="00C435BD" w:rsidRPr="00C10B59" w:rsidRDefault="00C435BD" w:rsidP="008F4E27">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2015"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...6 lines deleted...]
-              <w:t>Starołęka</w:t>
+            <w:r w:rsidRPr="00C10B59">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Świerczewo</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003A4057" w:rsidRPr="00BF79A1" w14:paraId="67418104" w14:textId="77777777" w:rsidTr="008F4E27">
-[...14 lines deleted...]
-            <w:r w:rsidRPr="00BF79A1">
+      <w:tr w:rsidR="00C435BD" w:rsidRPr="00C10B59" w14:paraId="14F6A0ED" w14:textId="77777777" w:rsidTr="008F4E27">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="708" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7AD75620" w14:textId="77777777" w:rsidR="00C435BD" w:rsidRPr="00C10B59" w:rsidRDefault="00C435BD" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C10B59">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3602" w:type="dxa"/>
-[...75 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:tcW w:w="3720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="320FF3BA" w14:textId="77777777" w:rsidR="00C435BD" w:rsidRPr="00C10B59" w:rsidRDefault="00C435BD" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C10B59">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Przedszkole nr 9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2833" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2905E1D7" w14:textId="77777777" w:rsidR="00C435BD" w:rsidRPr="00C10B59" w:rsidRDefault="00C435BD" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C10B59">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>os. Jagiellońskie 9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2025" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="61B5C294" w14:textId="77777777" w:rsidR="00C435BD" w:rsidRPr="00C10B59" w:rsidRDefault="00C435BD" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C10B59">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Rataje</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003A4057" w:rsidRPr="00BF79A1" w14:paraId="2014AFB1" w14:textId="77777777" w:rsidTr="008F4E27">
-[...14 lines deleted...]
-            <w:r w:rsidRPr="00BF79A1">
+      <w:tr w:rsidR="00C435BD" w:rsidRPr="00C10B59" w14:paraId="76130464" w14:textId="77777777" w:rsidTr="008F4E27">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="708" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="548872EC" w14:textId="77777777" w:rsidR="00C435BD" w:rsidRPr="00C10B59" w:rsidRDefault="00C435BD" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C10B59">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3602" w:type="dxa"/>
-[...57 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+            <w:tcW w:w="3720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="11ADA4E0" w14:textId="77777777" w:rsidR="00C435BD" w:rsidRPr="00C10B59" w:rsidRDefault="00C435BD" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C10B59">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Przedszkole nr 16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2833" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D9AD062" w14:textId="77777777" w:rsidR="00C435BD" w:rsidRPr="00C10B59" w:rsidRDefault="00C435BD" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C10B59">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ul. Sarmacka 105A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2025" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4739237B" w14:textId="77777777" w:rsidR="00C435BD" w:rsidRPr="00C10B59" w:rsidRDefault="00C435BD" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C10B59">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Piątkowo</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C435BD" w:rsidRPr="00C10B59" w14:paraId="38F0392E" w14:textId="77777777" w:rsidTr="008F4E27">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="708" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="529C60F2" w14:textId="77777777" w:rsidR="00C435BD" w:rsidRPr="00C10B59" w:rsidRDefault="00C435BD" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C10B59">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="543FFE0D" w14:textId="77777777" w:rsidR="00C435BD" w:rsidRPr="00C10B59" w:rsidRDefault="00C435BD" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C10B59">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Przedszkole nr 83</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2833" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="36022645" w14:textId="77777777" w:rsidR="00C435BD" w:rsidRPr="00C10B59" w:rsidRDefault="00C435BD" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C10B59">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ul. Kasztelańska 19</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2025" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B82EDFA" w14:textId="77777777" w:rsidR="00C435BD" w:rsidRPr="00C10B59" w:rsidRDefault="00C435BD" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C10B59">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Grunwald</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003A4057" w:rsidRPr="00BF79A1" w14:paraId="39460450" w14:textId="77777777" w:rsidTr="008F4E27">
-[...90 lines deleted...]
-              <w:t>Jeżyce</w:t>
+      <w:tr w:rsidR="00C435BD" w:rsidRPr="00C10B59" w14:paraId="3D807DB9" w14:textId="77777777" w:rsidTr="008F4E27">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="708" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="72CE7DBD" w14:textId="77777777" w:rsidR="00C435BD" w:rsidRPr="00C10B59" w:rsidRDefault="00C435BD" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C10B59">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="76BAA84E" w14:textId="77777777" w:rsidR="00C435BD" w:rsidRPr="00C10B59" w:rsidRDefault="00C435BD" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C10B59">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Przedszkole nr 114</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2833" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="71D7A0DC" w14:textId="77777777" w:rsidR="00C435BD" w:rsidRPr="00C10B59" w:rsidRDefault="00C435BD" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C10B59">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>os. Bohaterów II WŚ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2025" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="784300BE" w14:textId="77777777" w:rsidR="00C435BD" w:rsidRPr="00C10B59" w:rsidRDefault="00C435BD" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C10B59">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Rataje</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003A4057" w:rsidRPr="00BF79A1" w14:paraId="1DCD9367" w14:textId="77777777" w:rsidTr="008F4E27">
-[...90 lines deleted...]
-              <w:t>Jeżyce</w:t>
+      <w:tr w:rsidR="00C435BD" w:rsidRPr="00C10B59" w14:paraId="44574D75" w14:textId="77777777" w:rsidTr="008F4E27">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="708" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0563F010" w14:textId="77777777" w:rsidR="00C435BD" w:rsidRPr="00C10B59" w:rsidRDefault="00C435BD" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C10B59">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="65FD3EB9" w14:textId="77777777" w:rsidR="00C435BD" w:rsidRPr="00C10B59" w:rsidRDefault="00C435BD" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C10B59">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Przedszkole nr 115 Zespół Szkół nr 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2833" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F5C1FCA" w14:textId="77777777" w:rsidR="00C435BD" w:rsidRPr="00C10B59" w:rsidRDefault="00C435BD" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C10B59">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ul. Różana 1/3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2025" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C3C6764" w14:textId="77777777" w:rsidR="00C435BD" w:rsidRPr="00C10B59" w:rsidRDefault="00C435BD" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C10B59">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Wilda</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003A4057" w:rsidRPr="00BF79A1" w14:paraId="1BD503A0" w14:textId="77777777" w:rsidTr="008F4E27">
-[...86 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+      <w:tr w:rsidR="00C435BD" w:rsidRPr="00C10B59" w14:paraId="4DBBBA78" w14:textId="77777777" w:rsidTr="008F4E27">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="708" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="64434B15" w14:textId="77777777" w:rsidR="00C435BD" w:rsidRPr="00C10B59" w:rsidRDefault="00C435BD" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C10B59">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="04A44CB5" w14:textId="77777777" w:rsidR="00C435BD" w:rsidRPr="00C10B59" w:rsidRDefault="00C435BD" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C10B59">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Przedszkole nr 129</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2833" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E1F7AB2" w14:textId="77777777" w:rsidR="00C435BD" w:rsidRPr="00C10B59" w:rsidRDefault="00C435BD" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C10B59">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>os. Przyjaźni 135</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2025" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="08B2C853" w14:textId="77777777" w:rsidR="00C435BD" w:rsidRPr="00C10B59" w:rsidRDefault="00C435BD" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C10B59">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Winogrady</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C435BD" w:rsidRPr="00C10B59" w14:paraId="42B8BB5A" w14:textId="77777777" w:rsidTr="008F4E27">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="708" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="35ED6EC7" w14:textId="77777777" w:rsidR="00C435BD" w:rsidRPr="00C10B59" w:rsidRDefault="00C435BD" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C10B59">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="70BF9252" w14:textId="77777777" w:rsidR="00C435BD" w:rsidRPr="00C10B59" w:rsidRDefault="00C435BD" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C10B59">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Przedszkole nr 130 "Bajkowy Świat"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2833" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="005D3F51" w14:textId="77777777" w:rsidR="00C435BD" w:rsidRPr="00C10B59" w:rsidRDefault="00C435BD" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C10B59">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>os. Rzeczypospolitej 43</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2025" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1452ACB8" w14:textId="77777777" w:rsidR="00C435BD" w:rsidRPr="00C10B59" w:rsidRDefault="00C435BD" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C10B59">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Rataje</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003A4057" w:rsidRPr="00BF79A1" w14:paraId="431C6631" w14:textId="77777777" w:rsidTr="008F4E27">
-[...214 lines deleted...]
-            <w:r w:rsidRPr="00BF79A1">
+      <w:tr w:rsidR="00C435BD" w:rsidRPr="00C10B59" w14:paraId="417E29AD" w14:textId="77777777" w:rsidTr="008F4E27">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="708" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="43F84FDB" w14:textId="77777777" w:rsidR="00C435BD" w:rsidRPr="00C10B59" w:rsidRDefault="00C435BD" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C10B59">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3602" w:type="dxa"/>
-[...47 lines deleted...]
-          <w:p w14:paraId="420297EE" w14:textId="77777777" w:rsidR="003A4057" w:rsidRPr="00BF79A1" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+            <w:tcW w:w="3720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="281C60A6" w14:textId="77777777" w:rsidR="00C435BD" w:rsidRPr="00C10B59" w:rsidRDefault="00C435BD" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C10B59">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Przedszkole nr 178</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2833" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="63B47CD8" w14:textId="77777777" w:rsidR="00C435BD" w:rsidRPr="00C10B59" w:rsidRDefault="00C435BD" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C10B59">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>os. Orła Białego 72</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2025" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E2661AF" w14:textId="77777777" w:rsidR="00C435BD" w:rsidRPr="00C10B59" w:rsidRDefault="00C435BD" w:rsidP="008F4E27">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2015"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00C10B59">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Rataje</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C435BD" w:rsidRPr="00C10B59" w14:paraId="604218A0" w14:textId="77777777" w:rsidTr="008F4E27">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9286" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+          </w:tcPr>
+          <w:p w14:paraId="2011A70B" w14:textId="77777777" w:rsidR="00C435BD" w:rsidRPr="00C10B59" w:rsidRDefault="00C435BD" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2015"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:i/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C10B59">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:i/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Inwestycja finansowana w ramach Poznańskiego Budżetu Obywatelskiego, 100 000 zł na przedszkole</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C435BD" w:rsidRPr="00C10B59" w14:paraId="4C7542DB" w14:textId="77777777" w:rsidTr="008F4E27">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="708" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="62B7A4D7" w14:textId="77777777" w:rsidR="00C435BD" w:rsidRPr="00C10B59" w:rsidRDefault="00C435BD" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C10B59">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A3BA978" w14:textId="77777777" w:rsidR="00C435BD" w:rsidRPr="00C10B59" w:rsidRDefault="00C435BD" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C10B59">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Przedszkole nr 37</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2833" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1DE12083" w14:textId="77777777" w:rsidR="00C435BD" w:rsidRPr="00C10B59" w:rsidRDefault="00C435BD" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C10B59">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>os. Wichrowe Wzgórza 112</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2025" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="60A8F2BE" w14:textId="77777777" w:rsidR="00C435BD" w:rsidRPr="00C10B59" w:rsidRDefault="00C435BD" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2015"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C10B59">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Winogrady</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C435BD" w:rsidRPr="00C10B59" w14:paraId="59C28231" w14:textId="77777777" w:rsidTr="008F4E27">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="708" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4992B19C" w14:textId="77777777" w:rsidR="00C435BD" w:rsidRPr="00C10B59" w:rsidRDefault="00C435BD" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C10B59">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1BB496A6" w14:textId="77777777" w:rsidR="00C435BD" w:rsidRPr="00C10B59" w:rsidRDefault="00C435BD" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C10B59">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Przedszkole nr 185 "Baśniowy Zakątek"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2833" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A042422" w14:textId="77777777" w:rsidR="00C435BD" w:rsidRPr="00C10B59" w:rsidRDefault="00C435BD" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C10B59">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>os. Wichrowe Wzgórze 118</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2025" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0BEB37A6" w14:textId="77777777" w:rsidR="00C435BD" w:rsidRPr="00C10B59" w:rsidRDefault="00C435BD" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2015"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C10B59">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Winogrady</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="1407F357" w14:textId="77777777" w:rsidR="00C435BD" w:rsidRDefault="00C435BD" w:rsidP="00C435BD">
+    <w:p w14:paraId="1609760F" w14:textId="77777777" w:rsidR="00C435BD" w:rsidRPr="00C10B59" w:rsidRDefault="00C435BD" w:rsidP="00C435BD">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:tbl>
-[...1239 lines deleted...]
-    <w:p w14:paraId="2CCEF9EF" w14:textId="77777777" w:rsidR="00C435BD" w:rsidRPr="00C10B59" w:rsidRDefault="00C435BD" w:rsidP="00C435BD">
+    <w:p w14:paraId="0402D247" w14:textId="77777777" w:rsidR="00C435BD" w:rsidRPr="00C10B59" w:rsidRDefault="00C435BD" w:rsidP="00C435BD">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C10B59">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Rok 2020:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B5718B3" w14:textId="77777777" w:rsidR="00C435BD" w:rsidRPr="00C10B59" w:rsidRDefault="00C435BD" w:rsidP="00C435BD">
-[...1320 lines deleted...]
-    <w:p w14:paraId="41936F4D" w14:textId="77777777" w:rsidR="00C435BD" w:rsidRPr="00C10B59" w:rsidRDefault="00C435BD" w:rsidP="00C435BD">
+    <w:p w14:paraId="7B49A370" w14:textId="77777777" w:rsidR="00C435BD" w:rsidRPr="00C10B59" w:rsidRDefault="00C435BD" w:rsidP="00C435BD">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabela-Siatka"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="698"/>
         <w:gridCol w:w="3608"/>
         <w:gridCol w:w="2775"/>
         <w:gridCol w:w="1979"/>
       </w:tblGrid>
-      <w:tr w:rsidR="003A4057" w:rsidRPr="00C10B59" w14:paraId="0D8BC408" w14:textId="77777777" w:rsidTr="008F4E27">
+      <w:tr w:rsidR="00C435BD" w:rsidRPr="00C10B59" w14:paraId="6BBCD25F" w14:textId="77777777" w:rsidTr="008F4E27">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="708" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
           </w:tcPr>
-          <w:p w14:paraId="5021A8E0" w14:textId="77777777" w:rsidR="003A4057" w:rsidRPr="00C10B59" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+          <w:p w14:paraId="531001FD" w14:textId="77777777" w:rsidR="00C435BD" w:rsidRPr="00C10B59" w:rsidRDefault="00C435BD" w:rsidP="008F4E27">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C10B59">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Lp.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3720" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
           </w:tcPr>
-          <w:p w14:paraId="3658734A" w14:textId="77777777" w:rsidR="003A4057" w:rsidRPr="00C10B59" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+          <w:p w14:paraId="28291BF5" w14:textId="77777777" w:rsidR="00C435BD" w:rsidRPr="00C10B59" w:rsidRDefault="00C435BD" w:rsidP="008F4E27">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C10B59">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Numer / nazwa przedszkola</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2833" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
           </w:tcPr>
-          <w:p w14:paraId="7A4BB685" w14:textId="77777777" w:rsidR="003A4057" w:rsidRPr="00C10B59" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+          <w:p w14:paraId="4C223FB3" w14:textId="77777777" w:rsidR="00C435BD" w:rsidRPr="00C10B59" w:rsidRDefault="00C435BD" w:rsidP="008F4E27">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C10B59">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Adres</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2025" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
           </w:tcPr>
-          <w:p w14:paraId="45A607F3" w14:textId="77777777" w:rsidR="003A4057" w:rsidRPr="00C10B59" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+          <w:p w14:paraId="58F28A9F" w14:textId="77777777" w:rsidR="00C435BD" w:rsidRPr="00C10B59" w:rsidRDefault="00C435BD" w:rsidP="008F4E27">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C10B59">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Dzielnica </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003A4057" w:rsidRPr="00C10B59" w14:paraId="1D2A0DA1" w14:textId="77777777" w:rsidTr="008F4E27">
+      <w:tr w:rsidR="00C435BD" w:rsidRPr="00C10B59" w14:paraId="725D3A50" w14:textId="77777777" w:rsidTr="008F4E27">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="708" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="45EC16B6" w14:textId="77777777" w:rsidR="003A4057" w:rsidRPr="00C10B59" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+          <w:p w14:paraId="45DF73D5" w14:textId="77777777" w:rsidR="00C435BD" w:rsidRPr="00C10B59" w:rsidRDefault="00C435BD" w:rsidP="008F4E27">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C10B59">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3720" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0D30199D" w14:textId="77777777" w:rsidR="003A4057" w:rsidRPr="00C10B59" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+          <w:p w14:paraId="286B8CD2" w14:textId="77777777" w:rsidR="00C435BD" w:rsidRPr="00C10B59" w:rsidRDefault="00C435BD" w:rsidP="008F4E27">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C10B59">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Przedszkole nr 112 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2833" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0953592E" w14:textId="77777777" w:rsidR="003A4057" w:rsidRPr="00C10B59" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+          <w:p w14:paraId="410610FB" w14:textId="77777777" w:rsidR="00C435BD" w:rsidRPr="00C10B59" w:rsidRDefault="00C435BD" w:rsidP="008F4E27">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C10B59">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Osinowa 14a</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2025" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5D90F594" w14:textId="77777777" w:rsidR="003A4057" w:rsidRPr="00C10B59" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+          <w:p w14:paraId="20C64BF8" w14:textId="77777777" w:rsidR="00C435BD" w:rsidRPr="00C10B59" w:rsidRDefault="00C435BD" w:rsidP="008F4E27">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003A4057" w:rsidRPr="00C10B59" w14:paraId="62B54361" w14:textId="77777777" w:rsidTr="008F4E27">
+      <w:tr w:rsidR="00C435BD" w:rsidRPr="00C10B59" w14:paraId="53EF1C1E" w14:textId="77777777" w:rsidTr="008F4E27">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="708" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="71598B50" w14:textId="77777777" w:rsidR="003A4057" w:rsidRPr="00C10B59" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+          <w:p w14:paraId="7D930B5D" w14:textId="77777777" w:rsidR="00C435BD" w:rsidRPr="00C10B59" w:rsidRDefault="00C435BD" w:rsidP="008F4E27">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C10B59">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3720" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="13427440" w14:textId="77777777" w:rsidR="003A4057" w:rsidRPr="00C10B59" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+          <w:p w14:paraId="0D27FC2E" w14:textId="77777777" w:rsidR="00C435BD" w:rsidRPr="00C10B59" w:rsidRDefault="00C435BD" w:rsidP="008F4E27">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C10B59">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Przedszkole nr 158</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2833" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="77727C36" w14:textId="77777777" w:rsidR="003A4057" w:rsidRPr="00C10B59" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+          <w:p w14:paraId="52021AE5" w14:textId="77777777" w:rsidR="00C435BD" w:rsidRPr="00C10B59" w:rsidRDefault="00C435BD" w:rsidP="008F4E27">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C10B59">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Os. Kosmonautów 107</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2025" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7E140FF6" w14:textId="77777777" w:rsidR="003A4057" w:rsidRPr="00C10B59" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+          <w:p w14:paraId="35CEA726" w14:textId="77777777" w:rsidR="00C435BD" w:rsidRPr="00C10B59" w:rsidRDefault="00C435BD" w:rsidP="008F4E27">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003A4057" w:rsidRPr="00C10B59" w14:paraId="7BF19C00" w14:textId="77777777" w:rsidTr="008F4E27">
+      <w:tr w:rsidR="00C435BD" w:rsidRPr="00C10B59" w14:paraId="29B032E1" w14:textId="77777777" w:rsidTr="008F4E27">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="708" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5EE6D98C" w14:textId="77777777" w:rsidR="003A4057" w:rsidRPr="00C10B59" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+          <w:p w14:paraId="17169766" w14:textId="77777777" w:rsidR="00C435BD" w:rsidRPr="00C10B59" w:rsidRDefault="00C435BD" w:rsidP="008F4E27">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C10B59">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3720" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5934AC9F" w14:textId="77777777" w:rsidR="003A4057" w:rsidRPr="00C10B59" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+          <w:p w14:paraId="58BAD821" w14:textId="77777777" w:rsidR="00C435BD" w:rsidRPr="00C10B59" w:rsidRDefault="00C435BD" w:rsidP="008F4E27">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C10B59">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Przedszkole nr 45</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2833" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="54CF24A8" w14:textId="77777777" w:rsidR="003A4057" w:rsidRPr="00C10B59" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+          <w:p w14:paraId="13024D0C" w14:textId="77777777" w:rsidR="00C435BD" w:rsidRPr="00C10B59" w:rsidRDefault="00C435BD" w:rsidP="008F4E27">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C10B59">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Trzemeszeńska 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2025" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="29BE1328" w14:textId="77777777" w:rsidR="003A4057" w:rsidRPr="00C10B59" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+          <w:p w14:paraId="5A527DC7" w14:textId="77777777" w:rsidR="00C435BD" w:rsidRPr="00C10B59" w:rsidRDefault="00C435BD" w:rsidP="008F4E27">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003A4057" w:rsidRPr="00C10B59" w14:paraId="4E9C7248" w14:textId="77777777" w:rsidTr="008F4E27">
+      <w:tr w:rsidR="00C435BD" w:rsidRPr="00C10B59" w14:paraId="0A965658" w14:textId="77777777" w:rsidTr="008F4E27">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="708" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7EFAAE39" w14:textId="77777777" w:rsidR="003A4057" w:rsidRPr="00C10B59" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+          <w:p w14:paraId="679CB7AE" w14:textId="77777777" w:rsidR="00C435BD" w:rsidRPr="00C10B59" w:rsidRDefault="00C435BD" w:rsidP="008F4E27">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C10B59">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3720" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="71FAB538" w14:textId="77777777" w:rsidR="003A4057" w:rsidRPr="00C10B59" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+          <w:p w14:paraId="023F752B" w14:textId="77777777" w:rsidR="00C435BD" w:rsidRPr="00C10B59" w:rsidRDefault="00C435BD" w:rsidP="008F4E27">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C10B59">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Przedszkole nr 24</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2833" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3A071091" w14:textId="77777777" w:rsidR="003A4057" w:rsidRPr="00C10B59" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+          <w:p w14:paraId="577E95C3" w14:textId="77777777" w:rsidR="00C435BD" w:rsidRPr="00C10B59" w:rsidRDefault="00C435BD" w:rsidP="008F4E27">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C10B59">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Chrobrego 104</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2025" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3C1361D1" w14:textId="77777777" w:rsidR="003A4057" w:rsidRPr="00C10B59" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+          <w:p w14:paraId="2E443AF3" w14:textId="77777777" w:rsidR="00C435BD" w:rsidRPr="00C10B59" w:rsidRDefault="00C435BD" w:rsidP="008F4E27">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003A4057" w:rsidRPr="00C10B59" w14:paraId="650C1393" w14:textId="77777777" w:rsidTr="008F4E27">
+      <w:tr w:rsidR="00C435BD" w:rsidRPr="00C10B59" w14:paraId="115E7FA7" w14:textId="77777777" w:rsidTr="008F4E27">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="708" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="62D90873" w14:textId="77777777" w:rsidR="003A4057" w:rsidRPr="00C10B59" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+          <w:p w14:paraId="447B2E2F" w14:textId="77777777" w:rsidR="00C435BD" w:rsidRPr="00C10B59" w:rsidRDefault="00C435BD" w:rsidP="008F4E27">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C10B59">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3720" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3B260AE1" w14:textId="77777777" w:rsidR="003A4057" w:rsidRPr="00C10B59" w:rsidRDefault="00C139DA" w:rsidP="008F4E27">
-[...21 lines deleted...]
-              <w:t>31</w:t>
+          <w:p w14:paraId="44A78E1A" w14:textId="77777777" w:rsidR="00C435BD" w:rsidRPr="00C10B59" w:rsidRDefault="00C435BD" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C10B59">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Przedszkole nr 131</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2833" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3D7C312E" w14:textId="77777777" w:rsidR="003A4057" w:rsidRPr="00C10B59" w:rsidRDefault="00C139DA" w:rsidP="008F4E27">
-[...13 lines deleted...]
-              <w:t>Krakowska 10</w:t>
+          <w:p w14:paraId="6B034ACB" w14:textId="77777777" w:rsidR="00C435BD" w:rsidRPr="00C10B59" w:rsidRDefault="00C435BD" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C10B59">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Os. Przyjaźni 117</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2025" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="60778A93" w14:textId="77777777" w:rsidR="003A4057" w:rsidRPr="00C10B59" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+          <w:p w14:paraId="7859354B" w14:textId="77777777" w:rsidR="00C435BD" w:rsidRPr="00C10B59" w:rsidRDefault="00C435BD" w:rsidP="008F4E27">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="1B57D701" w14:textId="77777777" w:rsidR="009126EA" w:rsidRDefault="009126EA"/>
+    <w:p w14:paraId="7153D174" w14:textId="77777777" w:rsidR="00C435BD" w:rsidRPr="00C10B59" w:rsidRDefault="00C435BD" w:rsidP="00C435BD">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="37973A4A" w14:textId="77777777" w:rsidR="00C435BD" w:rsidRPr="00C10B59" w:rsidRDefault="00C435BD" w:rsidP="00C435BD">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C10B59">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Rok 2021 (ale nie ma jeszcze realizacji)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3FA3F922" w14:textId="77777777" w:rsidR="00C435BD" w:rsidRPr="00C10B59" w:rsidRDefault="00C435BD" w:rsidP="00C435BD">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Tabela-Siatka"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="699"/>
+        <w:gridCol w:w="3616"/>
+        <w:gridCol w:w="2763"/>
+        <w:gridCol w:w="1982"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00C435BD" w:rsidRPr="00C10B59" w14:paraId="59CEE253" w14:textId="77777777" w:rsidTr="008F4E27">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="708" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+          </w:tcPr>
+          <w:p w14:paraId="10995570" w14:textId="77777777" w:rsidR="00C435BD" w:rsidRPr="00C10B59" w:rsidRDefault="00C435BD" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C10B59">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Lp.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3720" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+          </w:tcPr>
+          <w:p w14:paraId="656F531F" w14:textId="77777777" w:rsidR="00C435BD" w:rsidRPr="00C10B59" w:rsidRDefault="00C435BD" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C10B59">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Numer / nazwa przedszkola</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2833" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+          </w:tcPr>
+          <w:p w14:paraId="7AD4B742" w14:textId="77777777" w:rsidR="00C435BD" w:rsidRPr="00C10B59" w:rsidRDefault="00C435BD" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C10B59">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Adres</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2025" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D874780" w14:textId="77777777" w:rsidR="00C435BD" w:rsidRPr="00C10B59" w:rsidRDefault="00C435BD" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C10B59">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dzielnica </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C435BD" w:rsidRPr="00C10B59" w14:paraId="1F562FBB" w14:textId="77777777" w:rsidTr="008F4E27">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="708" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="70CD6869" w14:textId="77777777" w:rsidR="00C435BD" w:rsidRPr="00C10B59" w:rsidRDefault="00C435BD" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C10B59">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="132B7151" w14:textId="77777777" w:rsidR="00C435BD" w:rsidRPr="00C10B59" w:rsidRDefault="00C435BD" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C10B59">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Przedszkole nr 74</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2833" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="04A6FCEE" w14:textId="77777777" w:rsidR="00C435BD" w:rsidRPr="00C10B59" w:rsidRDefault="00C435BD" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C10B59">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Kazimierza Wielkiego 19/21</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2025" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1541FB66" w14:textId="77777777" w:rsidR="00C435BD" w:rsidRPr="00C10B59" w:rsidRDefault="00C435BD" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="4871CAD6" w14:textId="77777777" w:rsidR="00C435BD" w:rsidRPr="00C10B59" w:rsidRDefault="00C435BD" w:rsidP="00C435BD">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="507F4C88" w14:textId="77777777" w:rsidR="009126EA" w:rsidRDefault="009126EA"/>
     <w:sectPr w:rsidR="009126EA" w:rsidSect="00C435BD">
       <w:headerReference w:type="default" r:id="rId6"/>
       <w:footerReference w:type="default" r:id="rId7"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1418" w:right="1418" w:bottom="1079" w:left="1418" w:header="680" w:footer="927" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="62D591E6" w14:textId="77777777" w:rsidR="002C3B57" w:rsidRDefault="002C3B57">
+    <w:p w14:paraId="22559157" w14:textId="77777777" w:rsidR="009D57A4" w:rsidRDefault="009D57A4">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="76F9EFC1" w14:textId="77777777" w:rsidR="002C3B57" w:rsidRDefault="002C3B57">
+    <w:p w14:paraId="15A7F9D2" w14:textId="77777777" w:rsidR="009D57A4" w:rsidRDefault="009D57A4">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:altName w:val="Times New Roman PSMT"/>
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w14:paraId="602051D0" w14:textId="77777777" w:rsidR="00881209" w:rsidRPr="0016550B" w:rsidRDefault="00C435BD">
+  <w:p w14:paraId="61E6ADD0" w14:textId="77777777" w:rsidR="00881209" w:rsidRPr="0016550B" w:rsidRDefault="00C435BD">
     <w:pPr>
       <w:pStyle w:val="Stopka"/>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="0016550B">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve">Biuro Koordynacji Projektów i Rewitalizacji Miasta </w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="52EF7C11" w14:textId="77777777" w:rsidR="00881209" w:rsidRPr="0016550B" w:rsidRDefault="00C435BD">
+  <w:p w14:paraId="69A6E405" w14:textId="77777777" w:rsidR="00881209" w:rsidRPr="0016550B" w:rsidRDefault="00C435BD">
     <w:pPr>
       <w:pStyle w:val="Stopka"/>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="0016550B">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve">Oddział projektów interdyscyplinarnych </w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="47A13A9A" w14:textId="77777777" w:rsidR="002C3B57" w:rsidRDefault="002C3B57">
+    <w:p w14:paraId="6745D065" w14:textId="77777777" w:rsidR="009D57A4" w:rsidRDefault="009D57A4">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="56E2DE4C" w14:textId="77777777" w:rsidR="002C3B57" w:rsidRDefault="002C3B57">
+    <w:p w14:paraId="6E3ED61E" w14:textId="77777777" w:rsidR="009D57A4" w:rsidRDefault="009D57A4">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w14:paraId="562E449B" w14:textId="77777777" w:rsidR="00881209" w:rsidRPr="00CE223E" w:rsidRDefault="002C3B57" w:rsidP="00CE223E">
+  <w:p w14:paraId="3CBFE9AA" w14:textId="77777777" w:rsidR="00881209" w:rsidRPr="00CE223E" w:rsidRDefault="009D57A4" w:rsidP="00CE223E">
     <w:pPr>
       <w:pStyle w:val="Nagwek"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A53B2A"/>
-    <w:rsid w:val="000E5022"/>
-[...1 lines deleted...]
-    <w:rsid w:val="003A4057"/>
+    <w:rsid w:val="00074815"/>
+    <w:rsid w:val="002D2BD9"/>
+    <w:rsid w:val="00365028"/>
     <w:rsid w:val="005B3656"/>
-    <w:rsid w:val="005C6EF8"/>
-[...1 lines deleted...]
-    <w:rsid w:val="008379F1"/>
+    <w:rsid w:val="005D6DD5"/>
     <w:rsid w:val="008A681B"/>
     <w:rsid w:val="009126EA"/>
+    <w:rsid w:val="009C2C15"/>
+    <w:rsid w:val="009D57A4"/>
     <w:rsid w:val="00A53B2A"/>
-    <w:rsid w:val="00C139DA"/>
-    <w:rsid w:val="00C30674"/>
+    <w:rsid w:val="00B74162"/>
     <w:rsid w:val="00C435BD"/>
-    <w:rsid w:val="00E03BB3"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00F77A60"/>
+    <w:rsid w:val="00D70B18"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pl-PL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="2C44AC64"/>
+  <w14:docId w14:val="1E8A6A77"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{C6E74EF4-6E24-4B14-9022-AF74C56C876E}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="pl-PL" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
@@ -6605,70 +3639,70 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>3252</Characters>
+  <Pages>1</Pages>
+  <Words>232</Words>
+  <Characters>1392</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>27</Lines>
-  <Paragraphs>7</Paragraphs>
+  <Lines>11</Lines>
+  <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Tytuł</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Hewlett-Packard Company</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3787</CharactersWithSpaces>
+  <CharactersWithSpaces>1621</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Agnieszka Dziubała</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>