--- v0 (2025-11-03)
+++ v1 (2025-12-29)
@@ -1,1191 +1,5919 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
-    <w:p w:rsidR="00012374" w:rsidRPr="00B26067" w:rsidRDefault="00012374" w:rsidP="00B26067">
+    <w:p w14:paraId="07915383" w14:textId="77777777" w:rsidR="00C435BD" w:rsidRPr="00C10B59" w:rsidRDefault="005C6EF8" w:rsidP="00C435BD">
       <w:pPr>
-        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
-          <w:spacing w:val="20"/>
-[...379 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
-      <w:r w:rsidRPr="00B26067">
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Z wyrazami szacunku</w:t>
+        <w:t>Projekt ekologicznych demonstratorów</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00012374" w:rsidRPr="00B26067" w:rsidRDefault="00012374" w:rsidP="00B26067">
+    <w:p w14:paraId="6D3D8129" w14:textId="77777777" w:rsidR="00C435BD" w:rsidRPr="00C10B59" w:rsidRDefault="00C435BD" w:rsidP="00C435BD">
       <w:pPr>
-        <w:spacing w:line="276" w:lineRule="auto"/>
-[...1 lines deleted...]
-        <w:jc w:val="right"/>
+        <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B26067">
+    </w:p>
+    <w:p w14:paraId="6B90E10D" w14:textId="77777777" w:rsidR="00C435BD" w:rsidRDefault="008A681B" w:rsidP="00C435BD">
+      <w:pPr>
+        <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve">Sara Szynkowska vel Sęk </w:t>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Rok 2018</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00012374" w:rsidRPr="00B26067">
-[...1 lines deleted...]
-      <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
+    <w:p w14:paraId="3016A3F0" w14:textId="77777777" w:rsidR="008A681B" w:rsidRPr="00C10B59" w:rsidRDefault="008A681B" w:rsidP="00C435BD">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Tabela-Siatka"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="697"/>
+        <w:gridCol w:w="3601"/>
+        <w:gridCol w:w="2775"/>
+        <w:gridCol w:w="1987"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="003A4057" w:rsidRPr="00BF79A1" w14:paraId="6EE8B9AF" w14:textId="77777777" w:rsidTr="008F4E27">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="697" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F9BFD89" w14:textId="77777777" w:rsidR="003A4057" w:rsidRPr="00BF79A1" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF79A1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Lp.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3602" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E5A5852" w14:textId="77777777" w:rsidR="003A4057" w:rsidRPr="00BF79A1" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF79A1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Numer / nazwa przedszkola</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2776" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+          </w:tcPr>
+          <w:p w14:paraId="7AFB1CD3" w14:textId="77777777" w:rsidR="003A4057" w:rsidRPr="00BF79A1" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF79A1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Adres</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1987" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E8DBF18" w14:textId="77777777" w:rsidR="003A4057" w:rsidRPr="00BF79A1" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Dzielnica/Osiedle</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A4057" w:rsidRPr="00BF79A1" w14:paraId="32ADEDFA" w14:textId="77777777" w:rsidTr="008F4E27">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9062" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+          </w:tcPr>
+          <w:p w14:paraId="712850BA" w14:textId="77777777" w:rsidR="003A4057" w:rsidRPr="00BF79A1" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:i/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF79A1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:i/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Inwestycja finansowana z budżetu projektu CONNECTING Nature, łącznie 94 000 zł brutto</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A4057" w:rsidRPr="00BF79A1" w14:paraId="0019C8CC" w14:textId="77777777" w:rsidTr="008F4E27">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="697" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="558F53C7" w14:textId="77777777" w:rsidR="003A4057" w:rsidRPr="00BF79A1" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF79A1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3602" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="768DEFD4" w14:textId="77777777" w:rsidR="003A4057" w:rsidRPr="0072690B" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0072690B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Przedszkole nr 14 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>„Polne Kwiaty”</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2776" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E367F7E" w14:textId="77777777" w:rsidR="003A4057" w:rsidRPr="0072690B" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0072690B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ul. Tczewska 11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1987" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4BC5D8C5" w14:textId="77777777" w:rsidR="003A4057" w:rsidRPr="0072690B" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0072690B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Smochowice</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A4057" w:rsidRPr="00BF79A1" w14:paraId="5CDFE569" w14:textId="77777777" w:rsidTr="008F4E27">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="697" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7838FBAB" w14:textId="77777777" w:rsidR="003A4057" w:rsidRPr="00BF79A1" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF79A1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3602" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D1BCCDA" w14:textId="77777777" w:rsidR="003A4057" w:rsidRPr="0072690B" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0072690B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Przedszkole nr 22</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> „Chatka Puchatka”</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2776" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E8EA6E0" w14:textId="77777777" w:rsidR="003A4057" w:rsidRPr="0072690B" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0072690B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ul. Orzechowa 2B</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1987" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="71A4DDDA" w14:textId="77777777" w:rsidR="003A4057" w:rsidRPr="0072690B" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2015"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0072690B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Dębiec</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A4057" w:rsidRPr="00BF79A1" w14:paraId="4A3CB184" w14:textId="77777777" w:rsidTr="008F4E27">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="697" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1470D8AB" w14:textId="77777777" w:rsidR="003A4057" w:rsidRPr="00BF79A1" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF79A1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3602" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4834E4B3" w14:textId="77777777" w:rsidR="003A4057" w:rsidRPr="0072690B" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0072690B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Przedszkole nr 28</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> „Małych Astronomów”</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2776" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="303672EE" w14:textId="77777777" w:rsidR="003A4057" w:rsidRPr="0072690B" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0072690B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ul. Galileusza 7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1987" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="33E3EE60" w14:textId="77777777" w:rsidR="003A4057" w:rsidRPr="0072690B" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0072690B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Grunwald</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A4057" w:rsidRPr="00BF79A1" w14:paraId="13C99DEC" w14:textId="77777777" w:rsidTr="008F4E27">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="697" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1572EA39" w14:textId="77777777" w:rsidR="003A4057" w:rsidRPr="00BF79A1" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF79A1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3602" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="74905B4E" w14:textId="77777777" w:rsidR="003A4057" w:rsidRPr="0072690B" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0072690B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Przedszkole nr 42</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> „Kwiaty Polskie”</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2776" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="610BADEE" w14:textId="77777777" w:rsidR="003A4057" w:rsidRPr="0072690B" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0072690B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ul. Prądzyńskiego 15A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1987" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="181C6133" w14:textId="77777777" w:rsidR="003A4057" w:rsidRPr="0072690B" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0072690B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Wilda</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A4057" w:rsidRPr="00BF79A1" w14:paraId="679EBCCB" w14:textId="77777777" w:rsidTr="008F4E27">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="697" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="38BC29A5" w14:textId="77777777" w:rsidR="003A4057" w:rsidRPr="00BF79A1" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF79A1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3602" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="259680A6" w14:textId="77777777" w:rsidR="003A4057" w:rsidRPr="0072690B" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0072690B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Przedszkole nr 43</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> im. Krasnala </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Hałabały</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2776" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="19D234C0" w14:textId="77777777" w:rsidR="003A4057" w:rsidRPr="0072690B" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0072690B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ul. Wiązowa 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1987" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="303E786D" w14:textId="77777777" w:rsidR="003A4057" w:rsidRPr="0072690B" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0072690B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Wilda</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A4057" w:rsidRPr="00BF79A1" w14:paraId="3B37BAFA" w14:textId="77777777" w:rsidTr="008F4E27">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="697" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4FBDB7B9" w14:textId="77777777" w:rsidR="003A4057" w:rsidRPr="00BF79A1" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF79A1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3602" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C3E1756" w14:textId="77777777" w:rsidR="003A4057" w:rsidRPr="0072690B" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0072690B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Przedszkole nr 46</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2776" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="351223FF" w14:textId="77777777" w:rsidR="003A4057" w:rsidRPr="0072690B" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0072690B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ul. Księżycowa 10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1987" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="13FBBABE" w14:textId="77777777" w:rsidR="003A4057" w:rsidRPr="0072690B" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0072690B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Grunwald</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A4057" w:rsidRPr="00BF79A1" w14:paraId="501708E7" w14:textId="77777777" w:rsidTr="008F4E27">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="697" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="640CEC40" w14:textId="77777777" w:rsidR="003A4057" w:rsidRPr="00BF79A1" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF79A1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3602" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5ED02E83" w14:textId="77777777" w:rsidR="003A4057" w:rsidRPr="0072690B" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0072690B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Przedszkole nr 87</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> im. Jacusia i Agatki</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2776" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="73953A91" w14:textId="77777777" w:rsidR="003A4057" w:rsidRPr="0072690B" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0072690B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ul. Świętego Czesława 6a</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1987" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3EF4CADB" w14:textId="77777777" w:rsidR="003A4057" w:rsidRPr="0072690B" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0072690B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Wilda</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A4057" w:rsidRPr="00BF79A1" w14:paraId="79E6961F" w14:textId="77777777" w:rsidTr="008F4E27">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="697" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1EBD5B7D" w14:textId="77777777" w:rsidR="003A4057" w:rsidRPr="00BF79A1" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF79A1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3602" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="616B8E85" w14:textId="77777777" w:rsidR="003A4057" w:rsidRPr="0072690B" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0072690B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Przedszkole nr 113</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> „Mali sportowcy”</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2776" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7647626C" w14:textId="77777777" w:rsidR="003A4057" w:rsidRPr="0072690B" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0072690B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Os. Rzeczypospolitej 7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1987" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B97CED5" w14:textId="77777777" w:rsidR="003A4057" w:rsidRPr="0072690B" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0072690B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Rataje</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A4057" w:rsidRPr="00BF79A1" w14:paraId="1555A29E" w14:textId="77777777" w:rsidTr="008F4E27">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="697" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E1A0DD0" w14:textId="77777777" w:rsidR="003A4057" w:rsidRPr="00BF79A1" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF79A1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3602" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6890A36D" w14:textId="77777777" w:rsidR="003A4057" w:rsidRPr="0072690B" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0072690B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Przedszkole nr 160</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> „Biały Orzeł”</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2776" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0FDA75A6" w14:textId="77777777" w:rsidR="003A4057" w:rsidRPr="0072690B" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0072690B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Os. Tysiąclecia 69</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1987" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4AE02E1B" w14:textId="77777777" w:rsidR="003A4057" w:rsidRPr="0072690B" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0072690B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Rataje</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A4057" w:rsidRPr="00BF79A1" w14:paraId="39E543FC" w14:textId="77777777" w:rsidTr="008F4E27">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="697" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="114C54F4" w14:textId="77777777" w:rsidR="003A4057" w:rsidRPr="00BF79A1" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF79A1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3602" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3863C80B" w14:textId="77777777" w:rsidR="003A4057" w:rsidRPr="0072690B" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0072690B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Przedszkole nr 186</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> „Mieszkańcy </w:t>
+            </w:r>
+            <w:r w:rsidR="00F77A60">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Łąki</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>”</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2776" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="66FE18B3" w14:textId="77777777" w:rsidR="003A4057" w:rsidRPr="0072690B" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0072690B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Os. Stare </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0072690B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Żegrze</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0072690B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1987" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D06688A" w14:textId="77777777" w:rsidR="003A4057" w:rsidRPr="0072690B" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2015"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0072690B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Żegrze</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="2B6DE9D3" w14:textId="77777777" w:rsidR="00C435BD" w:rsidRDefault="00C435BD" w:rsidP="00C435BD">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="32AFFDDF" w14:textId="77777777" w:rsidR="008A681B" w:rsidRDefault="008A681B" w:rsidP="00C435BD">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Rok 2019</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24AB3306" w14:textId="77777777" w:rsidR="008A681B" w:rsidRPr="00C10B59" w:rsidRDefault="008A681B" w:rsidP="00C435BD">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Tabela-Siatka"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="697"/>
+        <w:gridCol w:w="3601"/>
+        <w:gridCol w:w="2775"/>
+        <w:gridCol w:w="1987"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="003A4057" w:rsidRPr="00BF79A1" w14:paraId="0D3D885F" w14:textId="77777777" w:rsidTr="008F4E27">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="697" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+          </w:tcPr>
+          <w:p w14:paraId="56D12CF1" w14:textId="77777777" w:rsidR="003A4057" w:rsidRPr="00BF79A1" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF79A1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Lp.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3602" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+          </w:tcPr>
+          <w:p w14:paraId="31B6097F" w14:textId="77777777" w:rsidR="003A4057" w:rsidRPr="00BF79A1" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF79A1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Numer / nazwa przedszkola</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2776" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F970EDA" w14:textId="77777777" w:rsidR="003A4057" w:rsidRPr="00BF79A1" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF79A1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Adres</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1987" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+          </w:tcPr>
+          <w:p w14:paraId="51218022" w14:textId="77777777" w:rsidR="003A4057" w:rsidRPr="00BF79A1" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Dzielnica/Osiedle</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A4057" w:rsidRPr="00BF79A1" w14:paraId="415AD1FC" w14:textId="77777777" w:rsidTr="008F4E27">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9062" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+          </w:tcPr>
+          <w:p w14:paraId="0CA56D32" w14:textId="77777777" w:rsidR="003A4057" w:rsidRPr="00BF79A1" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:i/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF79A1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:i/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Inwestycja finansowana z budżetu projektu CONNECTING Nature, łącznie 75 000 zł brutto</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A4057" w:rsidRPr="00BF79A1" w14:paraId="21D79BAB" w14:textId="77777777" w:rsidTr="008F4E27">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="697" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="54367A93" w14:textId="77777777" w:rsidR="003A4057" w:rsidRPr="00BF79A1" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF79A1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3602" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="490944ED" w14:textId="77777777" w:rsidR="003A4057" w:rsidRPr="00BF79A1" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0078537A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Przedszkole nr 1 "Bajkowy Zamek"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2776" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="03A604AE" w14:textId="77777777" w:rsidR="003A4057" w:rsidRPr="00BF79A1" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0078537A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ul. Jawornicka 17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1987" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="130E2CC1" w14:textId="77777777" w:rsidR="003A4057" w:rsidRPr="00BF79A1" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Junikowo</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A4057" w:rsidRPr="00BF79A1" w14:paraId="684226B4" w14:textId="77777777" w:rsidTr="008F4E27">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="697" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="677BA165" w14:textId="77777777" w:rsidR="003A4057" w:rsidRPr="00BF79A1" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF79A1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3602" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0CEB9B54" w14:textId="77777777" w:rsidR="003A4057" w:rsidRPr="00BF79A1" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0078537A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Przedszkole nr 15 "</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0078537A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Calineczka</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0078537A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2776" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="45B28DC1" w14:textId="77777777" w:rsidR="003A4057" w:rsidRPr="00BF79A1" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0078537A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ul. Św. Antoniego 42</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1987" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6DF4ED57" w14:textId="77777777" w:rsidR="003A4057" w:rsidRPr="00BF79A1" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2015"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Starołęka</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A4057" w:rsidRPr="00BF79A1" w14:paraId="67418104" w14:textId="77777777" w:rsidTr="008F4E27">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="697" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4CD3AA38" w14:textId="77777777" w:rsidR="003A4057" w:rsidRPr="00BF79A1" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF79A1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3602" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F361695" w14:textId="77777777" w:rsidR="003A4057" w:rsidRPr="00BF79A1" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0078537A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Przedszkole nr 20 im. Śmiałka </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0078537A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Umiałka</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2776" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="090D5615" w14:textId="77777777" w:rsidR="003A4057" w:rsidRPr="00BF79A1" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0078537A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>os. Orła Białego 29</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1987" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5FAC1228" w14:textId="77777777" w:rsidR="003A4057" w:rsidRPr="00BF79A1" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Żegrze</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A4057" w:rsidRPr="00BF79A1" w14:paraId="2014AFB1" w14:textId="77777777" w:rsidTr="008F4E27">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="697" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="56FF534A" w14:textId="77777777" w:rsidR="003A4057" w:rsidRPr="00BF79A1" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF79A1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3602" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C2B19BF" w14:textId="77777777" w:rsidR="003A4057" w:rsidRPr="00BF79A1" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0078537A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Przedszkole nr 40 "Poznańskie Koziołki"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2776" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C878263" w14:textId="77777777" w:rsidR="003A4057" w:rsidRPr="00BF79A1" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0078537A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ul. Cześnikowska 18a</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1987" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="35A1ED2D" w14:textId="77777777" w:rsidR="003A4057" w:rsidRPr="00BF79A1" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Grunwald</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A4057" w:rsidRPr="00BF79A1" w14:paraId="39460450" w14:textId="77777777" w:rsidTr="008F4E27">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="697" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="54A4D2B2" w14:textId="77777777" w:rsidR="003A4057" w:rsidRPr="00BF79A1" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF79A1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3602" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5233D5BF" w14:textId="77777777" w:rsidR="003A4057" w:rsidRPr="00BF79A1" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0078537A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Przedszkole nr 71 "Pod Topolą"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2776" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="299BED7C" w14:textId="77777777" w:rsidR="003A4057" w:rsidRPr="00BF79A1" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0078537A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ul. Galla Anonima 13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1987" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5DF27381" w14:textId="77777777" w:rsidR="003A4057" w:rsidRPr="00BF79A1" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Jeżyce</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A4057" w:rsidRPr="00BF79A1" w14:paraId="1DCD9367" w14:textId="77777777" w:rsidTr="008F4E27">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="697" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E2052D8" w14:textId="77777777" w:rsidR="003A4057" w:rsidRPr="00BF79A1" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF79A1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3602" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="491703E2" w14:textId="77777777" w:rsidR="003A4057" w:rsidRPr="00BF79A1" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0078537A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Przedszkole nr 86 "Tęczowy Świat"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2776" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="12FCBFA9" w14:textId="77777777" w:rsidR="003A4057" w:rsidRPr="00BF79A1" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00996570">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ul. Juliusza Słowackiego 15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1987" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="05515F9C" w14:textId="77777777" w:rsidR="003A4057" w:rsidRPr="00BF79A1" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Jeżyce</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A4057" w:rsidRPr="00BF79A1" w14:paraId="1BD503A0" w14:textId="77777777" w:rsidTr="008F4E27">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="697" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="729CA4F1" w14:textId="77777777" w:rsidR="003A4057" w:rsidRPr="00BF79A1" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF79A1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3602" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E70992C" w14:textId="77777777" w:rsidR="003A4057" w:rsidRPr="00BF79A1" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0078537A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Przedszkole nr 117 im. Czecha</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2776" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="40B13547" w14:textId="77777777" w:rsidR="003A4057" w:rsidRPr="00BF79A1" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00996570">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>os. Piastowskie 105</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1987" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6955CE37" w14:textId="77777777" w:rsidR="003A4057" w:rsidRPr="00BF79A1" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Rataje</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A4057" w:rsidRPr="00BF79A1" w14:paraId="431C6631" w14:textId="77777777" w:rsidTr="008F4E27">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="697" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="55F8DD53" w14:textId="77777777" w:rsidR="003A4057" w:rsidRPr="00BF79A1" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF79A1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3602" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="474FAEF1" w14:textId="77777777" w:rsidR="003A4057" w:rsidRPr="00BF79A1" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0078537A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Przedszkole nr 127</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2776" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="56F71BB5" w14:textId="77777777" w:rsidR="003A4057" w:rsidRPr="00BF79A1" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00996570">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>os. Pod Lipami 102</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1987" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="60EEC585" w14:textId="77777777" w:rsidR="003A4057" w:rsidRPr="00BF79A1" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Winogrady</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A4057" w:rsidRPr="00BF79A1" w14:paraId="46C558C2" w14:textId="77777777" w:rsidTr="008F4E27">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="697" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="33894EB4" w14:textId="77777777" w:rsidR="003A4057" w:rsidRPr="00BF79A1" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF79A1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3602" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="359D0E42" w14:textId="77777777" w:rsidR="003A4057" w:rsidRPr="00BF79A1" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>P</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0078537A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>rzedszkole nr 131 im. Kubusia Puchatka</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2776" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6538BCA9" w14:textId="77777777" w:rsidR="003A4057" w:rsidRPr="00BF79A1" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00996570">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>os. Przyjaźni 117</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1987" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4CAA928F" w14:textId="77777777" w:rsidR="003A4057" w:rsidRPr="00BF79A1" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Winogrady</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A4057" w:rsidRPr="00BF79A1" w14:paraId="788B534F" w14:textId="77777777" w:rsidTr="008F4E27">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="697" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1BEAD808" w14:textId="77777777" w:rsidR="003A4057" w:rsidRPr="00BF79A1" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF79A1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3602" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B6E5E4F" w14:textId="77777777" w:rsidR="003A4057" w:rsidRPr="00BF79A1" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0078537A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Przedszkole nr 185 "Baśniowy Zakątek"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2776" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7424C766" w14:textId="77777777" w:rsidR="003A4057" w:rsidRPr="00BF79A1" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00996570">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>os. Wichrowe Wzgórze 118</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1987" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="420297EE" w14:textId="77777777" w:rsidR="003A4057" w:rsidRPr="00BF79A1" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2015"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Winogrady</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="1407F357" w14:textId="77777777" w:rsidR="00C435BD" w:rsidRDefault="00C435BD" w:rsidP="00C435BD">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Tabela-Siatka"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="697"/>
+        <w:gridCol w:w="3601"/>
+        <w:gridCol w:w="2775"/>
+        <w:gridCol w:w="1987"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="003A4057" w:rsidRPr="00BF79A1" w14:paraId="2E287CCB" w14:textId="77777777" w:rsidTr="008F4E27">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="697" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+          </w:tcPr>
+          <w:p w14:paraId="100F0AFA" w14:textId="77777777" w:rsidR="003A4057" w:rsidRPr="00BF79A1" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF79A1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Lp.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3602" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C24DF68" w14:textId="77777777" w:rsidR="003A4057" w:rsidRPr="00BF79A1" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF79A1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Numer / nazwa przedszkola</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2776" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D9B504E" w14:textId="77777777" w:rsidR="003A4057" w:rsidRPr="00BF79A1" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF79A1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Adres</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1987" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A648AAA" w14:textId="77777777" w:rsidR="003A4057" w:rsidRPr="00BF79A1" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Dzielnica/Osiedle</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A4057" w:rsidRPr="00BF79A1" w14:paraId="06F98C83" w14:textId="77777777" w:rsidTr="008F4E27">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9062" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+          </w:tcPr>
+          <w:p w14:paraId="624833D6" w14:textId="77777777" w:rsidR="003A4057" w:rsidRPr="00BF79A1" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:i/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF79A1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:i/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Inwestycja finansowana z dotacji otrzymanej na edukację ekologiczną z Wojewódzkiego Funduszu Ochrony Środowiska i Gospodarki Wodnej, łącznie 65 000 zł brutto</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:i/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (dofinansowanie w wysokości 32 500 zł)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A4057" w:rsidRPr="00BF79A1" w14:paraId="12ECE294" w14:textId="77777777" w:rsidTr="008F4E27">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="697" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E90230E" w14:textId="77777777" w:rsidR="003A4057" w:rsidRPr="00BF79A1" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF79A1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3602" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A9DA307" w14:textId="77777777" w:rsidR="003A4057" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Przedszkole nr 32 "</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Świerszczykowe</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Nutki"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2776" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C8446AB" w14:textId="77777777" w:rsidR="003A4057" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ul. Chociszewskiego 44c</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1987" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3997E304" w14:textId="77777777" w:rsidR="003A4057" w:rsidRPr="00BF79A1" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Łazarz</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A4057" w:rsidRPr="00BF79A1" w14:paraId="07951095" w14:textId="77777777" w:rsidTr="008F4E27">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="697" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="24BCFE3E" w14:textId="77777777" w:rsidR="003A4057" w:rsidRPr="00BF79A1" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF79A1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3602" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="01724607" w14:textId="77777777" w:rsidR="003A4057" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Przedszkole nr 36 im. Marii Kownackiej</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2776" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="17F5222F" w14:textId="77777777" w:rsidR="003A4057" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ul. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Perzycka</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 30b</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1987" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="322D1BED" w14:textId="77777777" w:rsidR="003A4057" w:rsidRPr="00BF79A1" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2015"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Ławica</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A4057" w:rsidRPr="00BF79A1" w14:paraId="04CE81F2" w14:textId="77777777" w:rsidTr="008F4E27">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="697" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7CA9C5CE" w14:textId="77777777" w:rsidR="003A4057" w:rsidRPr="00BF79A1" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF79A1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3602" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="181675B3" w14:textId="77777777" w:rsidR="003A4057" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Przedszkole nr 75 "Przyjaciele Włóczykija"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2776" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="30AE07A7" w14:textId="77777777" w:rsidR="003A4057" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ul. Sporna 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1987" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F687147" w14:textId="77777777" w:rsidR="003A4057" w:rsidRPr="00BF79A1" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Stare Miasto</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A4057" w:rsidRPr="00BF79A1" w14:paraId="0DDEC00D" w14:textId="77777777" w:rsidTr="008F4E27">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="697" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="015BC988" w14:textId="77777777" w:rsidR="003A4057" w:rsidRPr="00BF79A1" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF79A1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3602" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="394F04C1" w14:textId="77777777" w:rsidR="003A4057" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Przedszkole nr 93 im. Hanny </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Zdzitowieckiej</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2776" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2776293F" w14:textId="77777777" w:rsidR="003A4057" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ul. Skibowa 13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1987" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B191F9D" w14:textId="77777777" w:rsidR="003A4057" w:rsidRPr="00BF79A1" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Nowe Miasto</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A4057" w:rsidRPr="00BF79A1" w14:paraId="53E54792" w14:textId="77777777" w:rsidTr="008F4E27">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="697" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="357A697F" w14:textId="77777777" w:rsidR="003A4057" w:rsidRPr="00BF79A1" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF79A1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3602" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="342DFE83" w14:textId="77777777" w:rsidR="003A4057" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Przedszkole nr 104 "</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Bajlandia</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2776" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6389A51B" w14:textId="77777777" w:rsidR="003A4057" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ul. Jesionowa 14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1987" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="328FDB85" w14:textId="77777777" w:rsidR="003A4057" w:rsidRPr="00BF79A1" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Górczyn</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A4057" w:rsidRPr="00BF79A1" w14:paraId="06C8A880" w14:textId="77777777" w:rsidTr="008F4E27">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="697" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1DF7861B" w14:textId="77777777" w:rsidR="003A4057" w:rsidRPr="00BF79A1" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF79A1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3602" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3BE07A06" w14:textId="77777777" w:rsidR="003A4057" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Przedszkole nr 118 im. Ewy Szelburg-Zarembiny</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2776" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2DB60535" w14:textId="77777777" w:rsidR="003A4057" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ul. Płomienna 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1987" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3AF2919B" w14:textId="77777777" w:rsidR="003A4057" w:rsidRPr="00BF79A1" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Grunwald</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A4057" w:rsidRPr="00BF79A1" w14:paraId="7576BC77" w14:textId="77777777" w:rsidTr="008F4E27">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="697" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5AF4EB06" w14:textId="77777777" w:rsidR="003A4057" w:rsidRPr="00BF79A1" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF79A1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3602" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00E92BB0" w14:textId="77777777" w:rsidR="003A4057" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Przedszkole nr 150 "Baśniowy Dom"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2776" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C3D9EA3" w14:textId="77777777" w:rsidR="003A4057" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>os. Rusa 120</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1987" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="32FB8053" w14:textId="77777777" w:rsidR="003A4057" w:rsidRPr="00BF79A1" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Os. Rusa</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A4057" w:rsidRPr="00BF79A1" w14:paraId="56DB78A4" w14:textId="77777777" w:rsidTr="008F4E27">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="697" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="67290E49" w14:textId="77777777" w:rsidR="003A4057" w:rsidRPr="00BF79A1" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF79A1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3602" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D160214" w14:textId="77777777" w:rsidR="003A4057" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Przedszkole nr 155 "Polanie"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2776" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="405A80E6" w14:textId="77777777" w:rsidR="003A4057" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>os. Winiary 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1987" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B0FC3E8" w14:textId="77777777" w:rsidR="003A4057" w:rsidRPr="00BF79A1" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Winiary</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A4057" w:rsidRPr="00BF79A1" w14:paraId="42A41E0B" w14:textId="77777777" w:rsidTr="008F4E27">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="697" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3CB01201" w14:textId="77777777" w:rsidR="003A4057" w:rsidRPr="00BF79A1" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF79A1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3602" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="49AF95D1" w14:textId="77777777" w:rsidR="003A4057" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Przedszkole nr 188 "Dębowe Ludki"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2776" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="70134A84" w14:textId="77777777" w:rsidR="003A4057" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>os. Dębina 15 (Błogosławionej Poznańskiej Piątki 4)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1987" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F1E90C2" w14:textId="77777777" w:rsidR="003A4057" w:rsidRPr="00BF79A1" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Dębiec</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A4057" w:rsidRPr="00BF79A1" w14:paraId="7A5FB1CA" w14:textId="77777777" w:rsidTr="008F4E27">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="697" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D217559" w14:textId="77777777" w:rsidR="003A4057" w:rsidRPr="00BF79A1" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF79A1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3602" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="779F99A4" w14:textId="77777777" w:rsidR="003A4057" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Przedszkole nr 189 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2776" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="40D61F44" w14:textId="77777777" w:rsidR="003A4057" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>os. Bolesława Śmiałego 105</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1987" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="717A42C0" w14:textId="77777777" w:rsidR="003A4057" w:rsidRPr="00BF79A1" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2015"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Piątkowo</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="44347DE8" w14:textId="77777777" w:rsidR="003A4057" w:rsidRPr="00C10B59" w:rsidRDefault="003A4057" w:rsidP="00C435BD">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2CCEF9EF" w14:textId="77777777" w:rsidR="00C435BD" w:rsidRPr="00C10B59" w:rsidRDefault="00C435BD" w:rsidP="00C435BD">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C10B59">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Rok 2020:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B5718B3" w14:textId="77777777" w:rsidR="00C435BD" w:rsidRPr="00C10B59" w:rsidRDefault="00C435BD" w:rsidP="00C435BD">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Tabela-Siatka"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="697"/>
+        <w:gridCol w:w="3408"/>
+        <w:gridCol w:w="2692"/>
+        <w:gridCol w:w="2263"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="003A4057" w:rsidRPr="00BF79A1" w14:paraId="0AAAE618" w14:textId="77777777" w:rsidTr="008F4E27">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="697" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+          </w:tcPr>
+          <w:p w14:paraId="775B3A74" w14:textId="77777777" w:rsidR="003A4057" w:rsidRPr="00BF79A1" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF79A1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Lp.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3409" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+          </w:tcPr>
+          <w:p w14:paraId="01DE7386" w14:textId="77777777" w:rsidR="003A4057" w:rsidRPr="00BF79A1" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF79A1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Numer / nazwa przedszkola</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E028710" w14:textId="77777777" w:rsidR="003A4057" w:rsidRPr="00BF79A1" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF79A1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Adres</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2263" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+          </w:tcPr>
+          <w:p w14:paraId="5204512C" w14:textId="77777777" w:rsidR="003A4057" w:rsidRPr="00BF79A1" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Dzielnica/Osiedle</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A4057" w:rsidRPr="00BF79A1" w14:paraId="039A66F1" w14:textId="77777777" w:rsidTr="008F4E27">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9062" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+          </w:tcPr>
+          <w:p w14:paraId="5949E9C7" w14:textId="77777777" w:rsidR="003A4057" w:rsidRPr="00BF79A1" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:i/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF79A1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:i/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Inwestycja finansowana z dotacji otrzymanej na edukację ekologiczną z Wojewódzkiego Funduszu Ochrony Środowiska i Gospodarki Wodnej, łącznie </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:i/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>80</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF79A1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:i/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> 000 zł brutto</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:i/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (dofinansowanie w wysokości 48 000 zł)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A4057" w:rsidRPr="00BF79A1" w14:paraId="1A281742" w14:textId="77777777" w:rsidTr="008F4E27">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="697" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="556BD163" w14:textId="77777777" w:rsidR="003A4057" w:rsidRPr="00BF79A1" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF79A1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3409" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="244CB8C1" w14:textId="77777777" w:rsidR="003A4057" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00190B13">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Przedszkole nr 3 "Promyczek"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E588C45" w14:textId="77777777" w:rsidR="003A4057" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ul. Dojazd 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2263" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="160A09D6" w14:textId="77777777" w:rsidR="003A4057" w:rsidRPr="00BF79A1" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Winiary</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A4057" w:rsidRPr="00BF79A1" w14:paraId="5B8004A5" w14:textId="77777777" w:rsidTr="008F4E27">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="697" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F110184" w14:textId="77777777" w:rsidR="003A4057" w:rsidRPr="00BF79A1" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF79A1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3409" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A73E3D2" w14:textId="77777777" w:rsidR="003A4057" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00190B13">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Przedszkole nr 7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6AF7B1F9" w14:textId="77777777" w:rsidR="003A4057" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00190B13">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ul. Mikołowska 14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2263" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B73909F" w14:textId="77777777" w:rsidR="003A4057" w:rsidRPr="00BF79A1" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2015"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Świerczewo</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A4057" w:rsidRPr="00BF79A1" w14:paraId="1F4F65C8" w14:textId="77777777" w:rsidTr="008F4E27">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="697" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="593F0276" w14:textId="77777777" w:rsidR="003A4057" w:rsidRPr="00BF79A1" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF79A1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3409" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="614E3E82" w14:textId="77777777" w:rsidR="003A4057" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00190B13">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Przedszkole nr 9 im. Zbyszka i Jagienki</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="11C0F2AC" w14:textId="77777777" w:rsidR="003A4057" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00190B13">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>os. Jagiellońskie 9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2263" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="322A641C" w14:textId="77777777" w:rsidR="003A4057" w:rsidRPr="00BF79A1" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Rataje</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A4057" w:rsidRPr="00BF79A1" w14:paraId="70262B93" w14:textId="77777777" w:rsidTr="008F4E27">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="697" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="44007ACE" w14:textId="77777777" w:rsidR="003A4057" w:rsidRPr="00BF79A1" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF79A1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3409" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6173FFCF" w14:textId="77777777" w:rsidR="003A4057" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00190B13">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Przedszkole nr 16 "Pszczółki"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A299346" w14:textId="77777777" w:rsidR="003A4057" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00190B13">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ul. Sarmacka 105A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2263" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6803AD8F" w14:textId="77777777" w:rsidR="003A4057" w:rsidRPr="00BF79A1" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Naramowice</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A4057" w:rsidRPr="00BF79A1" w14:paraId="042CAAB1" w14:textId="77777777" w:rsidTr="008F4E27">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="697" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0362A470" w14:textId="77777777" w:rsidR="003A4057" w:rsidRPr="00BF79A1" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF79A1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3409" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A4AFDE1" w14:textId="77777777" w:rsidR="003A4057" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00190B13">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Przedszkole nr 37</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="29FA8C7D" w14:textId="77777777" w:rsidR="003A4057" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00190B13">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>os. Wichrowe Wzgórze 112</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2263" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0BEC52AF" w14:textId="77777777" w:rsidR="003A4057" w:rsidRPr="00BF79A1" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Winogrady</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A4057" w:rsidRPr="00BF79A1" w14:paraId="1F1BD87B" w14:textId="77777777" w:rsidTr="008F4E27">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="697" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="409CF4BC" w14:textId="77777777" w:rsidR="003A4057" w:rsidRPr="00BF79A1" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF79A1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3409" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="60659F1F" w14:textId="77777777" w:rsidR="003A4057" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00190B13">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Przedszkole nr 83 "Zuch"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="35964566" w14:textId="77777777" w:rsidR="003A4057" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00190B13">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ul. Kasztelańska 19</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2263" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="60F12B6D" w14:textId="77777777" w:rsidR="003A4057" w:rsidRPr="00BF79A1" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Grunwald</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A4057" w:rsidRPr="00BF79A1" w14:paraId="3B5B5828" w14:textId="77777777" w:rsidTr="008F4E27">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="697" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A4C9F09" w14:textId="77777777" w:rsidR="003A4057" w:rsidRPr="00BF79A1" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF79A1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3409" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="387DC029" w14:textId="77777777" w:rsidR="003A4057" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00190B13">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Przedszkole nr 114 "Pinokio"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B41BEF5" w14:textId="77777777" w:rsidR="003A4057" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00190B13">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>os. Bohaterów II Wojny Światowej 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2263" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3447A395" w14:textId="77777777" w:rsidR="003A4057" w:rsidRPr="00BF79A1" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Rataje</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A4057" w:rsidRPr="00BF79A1" w14:paraId="2B62BD78" w14:textId="77777777" w:rsidTr="008F4E27">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="697" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A51C5E2" w14:textId="77777777" w:rsidR="003A4057" w:rsidRPr="00BF79A1" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF79A1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3409" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E213049" w14:textId="77777777" w:rsidR="003A4057" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00190B13">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Przedszkole nr 115 "Sportowa Drużyna"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A4661C6" w14:textId="77777777" w:rsidR="003A4057" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00190B13">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ul. Różana 1/3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2263" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4921A925" w14:textId="77777777" w:rsidR="003A4057" w:rsidRPr="00BF79A1" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Wilda</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A4057" w:rsidRPr="00BF79A1" w14:paraId="7CFF741F" w14:textId="77777777" w:rsidTr="008F4E27">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="697" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="060B73F2" w14:textId="77777777" w:rsidR="003A4057" w:rsidRPr="00BF79A1" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF79A1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3409" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="006BCC1B" w14:textId="77777777" w:rsidR="003A4057" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00190B13">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Przedszkole nr 129 im. Małych Przyjaciół</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4281DC55" w14:textId="77777777" w:rsidR="003A4057" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00190B13">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>os. Przyjaźni 135</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2263" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0AEE8F63" w14:textId="77777777" w:rsidR="003A4057" w:rsidRPr="00BF79A1" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Winogrady</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A4057" w:rsidRPr="00BF79A1" w14:paraId="084EDD1A" w14:textId="77777777" w:rsidTr="008F4E27">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="697" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F16BB13" w14:textId="77777777" w:rsidR="003A4057" w:rsidRPr="00BF79A1" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF79A1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3409" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5613C4CF" w14:textId="77777777" w:rsidR="003A4057" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00190B13">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Przedszkole nr 130 "Bajkowy Świat"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F720B3F" w14:textId="77777777" w:rsidR="003A4057" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00190B13">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>os. Rzeczypospolitej 43</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2263" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="652645C1" w14:textId="77777777" w:rsidR="003A4057" w:rsidRPr="00BF79A1" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2015"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Rataje</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A4057" w:rsidRPr="00BF79A1" w14:paraId="32CD9339" w14:textId="77777777" w:rsidTr="008F4E27">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="697" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5484D5B5" w14:textId="77777777" w:rsidR="003A4057" w:rsidRPr="00190B13" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00190B13">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3409" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0707617D" w14:textId="77777777" w:rsidR="003A4057" w:rsidRPr="00190B13" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00190B13">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Przedszkole nr 178 "Kwiaty Polskie"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4133BEFE" w14:textId="77777777" w:rsidR="003A4057" w:rsidRPr="00190B13" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00190B13">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>os. Orła Białego 72</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2263" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7932F428" w14:textId="77777777" w:rsidR="003A4057" w:rsidRPr="00190B13" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2015"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00190B13">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Żegrze</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="1395D2BE" w14:textId="77777777" w:rsidR="00C435BD" w:rsidRPr="00C10B59" w:rsidRDefault="00C435BD" w:rsidP="00C435BD">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="75C27F1D" w14:textId="77777777" w:rsidR="00C435BD" w:rsidRPr="00C10B59" w:rsidRDefault="003A4057" w:rsidP="00C435BD">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Rok 2021</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41936F4D" w14:textId="77777777" w:rsidR="00C435BD" w:rsidRPr="00C10B59" w:rsidRDefault="00C435BD" w:rsidP="00C435BD">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Tabela-Siatka"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="698"/>
+        <w:gridCol w:w="3608"/>
+        <w:gridCol w:w="2775"/>
+        <w:gridCol w:w="1979"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="003A4057" w:rsidRPr="00C10B59" w14:paraId="0D8BC408" w14:textId="77777777" w:rsidTr="008F4E27">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="708" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+          </w:tcPr>
+          <w:p w14:paraId="5021A8E0" w14:textId="77777777" w:rsidR="003A4057" w:rsidRPr="00C10B59" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C10B59">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Lp.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3720" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+          </w:tcPr>
+          <w:p w14:paraId="3658734A" w14:textId="77777777" w:rsidR="003A4057" w:rsidRPr="00C10B59" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C10B59">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Numer / nazwa przedszkola</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2833" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A4BB685" w14:textId="77777777" w:rsidR="003A4057" w:rsidRPr="00C10B59" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C10B59">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Adres</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2025" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
+          </w:tcPr>
+          <w:p w14:paraId="45A607F3" w14:textId="77777777" w:rsidR="003A4057" w:rsidRPr="00C10B59" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C10B59">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dzielnica </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A4057" w:rsidRPr="00C10B59" w14:paraId="1D2A0DA1" w14:textId="77777777" w:rsidTr="008F4E27">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="708" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="45EC16B6" w14:textId="77777777" w:rsidR="003A4057" w:rsidRPr="00C10B59" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C10B59">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D30199D" w14:textId="77777777" w:rsidR="003A4057" w:rsidRPr="00C10B59" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C10B59">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Przedszkole nr 112 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2833" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0953592E" w14:textId="77777777" w:rsidR="003A4057" w:rsidRPr="00C10B59" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C10B59">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Osinowa 14a</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2025" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D90F594" w14:textId="77777777" w:rsidR="003A4057" w:rsidRPr="00C10B59" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A4057" w:rsidRPr="00C10B59" w14:paraId="62B54361" w14:textId="77777777" w:rsidTr="008F4E27">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="708" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="71598B50" w14:textId="77777777" w:rsidR="003A4057" w:rsidRPr="00C10B59" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C10B59">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="13427440" w14:textId="77777777" w:rsidR="003A4057" w:rsidRPr="00C10B59" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C10B59">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Przedszkole nr 158</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2833" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="77727C36" w14:textId="77777777" w:rsidR="003A4057" w:rsidRPr="00C10B59" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C10B59">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Os. Kosmonautów 107</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2025" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E140FF6" w14:textId="77777777" w:rsidR="003A4057" w:rsidRPr="00C10B59" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A4057" w:rsidRPr="00C10B59" w14:paraId="7BF19C00" w14:textId="77777777" w:rsidTr="008F4E27">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="708" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5EE6D98C" w14:textId="77777777" w:rsidR="003A4057" w:rsidRPr="00C10B59" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C10B59">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5934AC9F" w14:textId="77777777" w:rsidR="003A4057" w:rsidRPr="00C10B59" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C10B59">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Przedszkole nr 45</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2833" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="54CF24A8" w14:textId="77777777" w:rsidR="003A4057" w:rsidRPr="00C10B59" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C10B59">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Trzemeszeńska 12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2025" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="29BE1328" w14:textId="77777777" w:rsidR="003A4057" w:rsidRPr="00C10B59" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A4057" w:rsidRPr="00C10B59" w14:paraId="4E9C7248" w14:textId="77777777" w:rsidTr="008F4E27">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="708" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7EFAAE39" w14:textId="77777777" w:rsidR="003A4057" w:rsidRPr="00C10B59" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C10B59">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="71FAB538" w14:textId="77777777" w:rsidR="003A4057" w:rsidRPr="00C10B59" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C10B59">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Przedszkole nr 24</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2833" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A071091" w14:textId="77777777" w:rsidR="003A4057" w:rsidRPr="00C10B59" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C10B59">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Chrobrego 104</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2025" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C1361D1" w14:textId="77777777" w:rsidR="003A4057" w:rsidRPr="00C10B59" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A4057" w:rsidRPr="00C10B59" w14:paraId="650C1393" w14:textId="77777777" w:rsidTr="008F4E27">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="708" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="62D90873" w14:textId="77777777" w:rsidR="003A4057" w:rsidRPr="00C10B59" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C10B59">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3720" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B260AE1" w14:textId="77777777" w:rsidR="003A4057" w:rsidRPr="00C10B59" w:rsidRDefault="00C139DA" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Przedszkole nr </w:t>
+            </w:r>
+            <w:r w:rsidR="003A4057" w:rsidRPr="00C10B59">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>31</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2833" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D7C312E" w14:textId="77777777" w:rsidR="003A4057" w:rsidRPr="00C10B59" w:rsidRDefault="00C139DA" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Krakowska 10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2025" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="60778A93" w14:textId="77777777" w:rsidR="003A4057" w:rsidRPr="00C10B59" w:rsidRDefault="003A4057" w:rsidP="008F4E27">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="1B57D701" w14:textId="77777777" w:rsidR="009126EA" w:rsidRDefault="009126EA"/>
+    <w:sectPr w:rsidR="009126EA" w:rsidSect="00C435BD">
+      <w:headerReference w:type="default" r:id="rId6"/>
+      <w:footerReference w:type="default" r:id="rId7"/>
+      <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
+      <w:pgMar w:top="1418" w:right="1418" w:bottom="1079" w:left="1418" w:header="680" w:footer="927" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00980D70" w:rsidRDefault="00980D70" w:rsidP="000603C9">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="62D591E6" w14:textId="77777777" w:rsidR="002C3B57" w:rsidRDefault="002C3B57">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00980D70" w:rsidRDefault="00980D70" w:rsidP="000603C9">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="76F9EFC1" w14:textId="77777777" w:rsidR="002C3B57" w:rsidRDefault="002C3B57">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
-[...27 lines deleted...]
-  </w:font>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Times New Roman">
+    <w:altName w:val="Times New Roman PSMT"/>
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="EE"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:p w14:paraId="602051D0" w14:textId="77777777" w:rsidR="00881209" w:rsidRPr="0016550B" w:rsidRDefault="00C435BD">
+    <w:pPr>
+      <w:pStyle w:val="Stopka"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidRPr="0016550B">
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t xml:space="preserve">Biuro Koordynacji Projektów i Rewitalizacji Miasta </w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="52EF7C11" w14:textId="77777777" w:rsidR="00881209" w:rsidRPr="0016550B" w:rsidRDefault="00C435BD">
+    <w:pPr>
+      <w:pStyle w:val="Stopka"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidRPr="0016550B">
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t xml:space="preserve">Oddział projektów interdyscyplinarnych </w:t>
+    </w:r>
+  </w:p>
+</w:ftr>
+</file>
+
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00980D70" w:rsidRDefault="00980D70" w:rsidP="000603C9">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="47A13A9A" w14:textId="77777777" w:rsidR="002C3B57" w:rsidRDefault="002C3B57">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00980D70" w:rsidRDefault="00980D70" w:rsidP="000603C9">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="56E2DE4C" w14:textId="77777777" w:rsidR="002C3B57" w:rsidRDefault="002C3B57">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
-<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-[...12 lines deleted...]
-      </w:pPr>
+<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:p w14:paraId="562E449B" w14:textId="77777777" w:rsidR="00881209" w:rsidRPr="00CE223E" w:rsidRDefault="002C3B57" w:rsidP="00CE223E">
+    <w:pPr>
+      <w:pStyle w:val="Nagwek"/>
+      <w:jc w:val="right"/>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
       </w:rPr>
-    </w:lvl>
-[...453 lines deleted...]
-</w:numbering>
+    </w:pPr>
+  </w:p>
+</w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
-  <w:zoom w:percent="150"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
+  <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="0056679B"/>
-[...26 lines deleted...]
-    <w:rsid w:val="00F94D7B"/>
+    <w:rsidRoot w:val="00A53B2A"/>
+    <w:rsid w:val="000E5022"/>
+    <w:rsid w:val="002C3B57"/>
+    <w:rsid w:val="003A4057"/>
+    <w:rsid w:val="005B3656"/>
+    <w:rsid w:val="005C6EF8"/>
+    <w:rsid w:val="00657977"/>
+    <w:rsid w:val="008379F1"/>
+    <w:rsid w:val="008A681B"/>
+    <w:rsid w:val="009126EA"/>
+    <w:rsid w:val="00A53B2A"/>
+    <w:rsid w:val="00C139DA"/>
+    <w:rsid w:val="00C30674"/>
+    <w:rsid w:val="00C435BD"/>
+    <w:rsid w:val="00E03BB3"/>
+    <w:rsid w:val="00EA5254"/>
+    <w:rsid w:val="00EA5C66"/>
+    <w:rsid w:val="00F40F9C"/>
+    <w:rsid w:val="00F77A60"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pl-PL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="2C44AC64"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{39DA76D1-5102-4998-91FF-A888F897DA57}"/>
+  <w15:docId w15:val="{C6E74EF4-6E24-4B14-9022-AF74C56C876E}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="pl-PL" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -1263,76 +5991,76 @@
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="0"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
-    <w:lsdException w:name="List Paragraph" w:qFormat="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
     <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
@@ -1480,176 +6208,180 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normalny">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="00C435BD"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="pl-PL"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Domylnaczcionkaakapitu">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Standardowy">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Bezlisty">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Tekstprzypisukocowego">
-[...6 lines deleted...]
-    <w:rsid w:val="000603C9"/>
+  <w:style w:type="table" w:styleId="Tabela-Siatka">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="Standardowy"/>
+    <w:rsid w:val="00C435BD"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="pl-PL"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Nagwek">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:link w:val="NagwekZnak"/>
+    <w:rsid w:val="00C435BD"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4536"/>
+        <w:tab w:val="right" w:pos="9072"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="NagwekZnak">
+    <w:name w:val="Nagłówek Znak"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:link w:val="Nagwek"/>
+    <w:rsid w:val="00C435BD"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="pl-PL"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="TekstprzypisukocowegoZnak">
-    <w:name w:val="Tekst przypisu końcowego Znak"/>
+  <w:style w:type="paragraph" w:styleId="Stopka">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:link w:val="StopkaZnak"/>
+    <w:rsid w:val="00C435BD"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4536"/>
+        <w:tab w:val="right" w:pos="9072"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="StopkaZnak">
+    <w:name w:val="Stopka Znak"/>
     <w:basedOn w:val="Domylnaczcionkaakapitu"/>
-    <w:link w:val="Tekstprzypisukocowego"/>
-[...2 lines deleted...]
-    <w:rsid w:val="000603C9"/>
+    <w:link w:val="Stopka"/>
+    <w:rsid w:val="00C435BD"/>
     <w:rPr>
-      <w:sz w:val="20"/>
-[...38 lines deleted...]
-      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="pl-PL"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
-[...14 lines deleted...]
-  </w:divs>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:optimizeForBrowser/>
-  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motyw pakietu Office">
   <a:themeElements>
     <a:clrScheme name="Pakiet Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -1873,70 +6605,70 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>629</Characters>
+  <Pages>2</Pages>
+  <Words>542</Words>
+  <Characters>3252</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>5</Lines>
-  <Paragraphs>1</Paragraphs>
+  <Lines>27</Lines>
+  <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Tytuł</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
-  <Company/>
+  <Company>Hewlett-Packard Company</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>732</CharactersWithSpaces>
+  <CharactersWithSpaces>3787</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>Sara Szynkowska vel Sęk</dc:creator>
+  <dc:creator>Agnieszka Dziubała</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>