--- v0 (2025-10-09)
+++ v1 (2025-11-29)
@@ -3,223 +3,309 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="67204977" w14:textId="1258A100" w:rsidR="00627785" w:rsidRDefault="00CD3668" w:rsidP="00CD3668">
+    <w:p w14:paraId="7F3D37AA" w14:textId="1DA7F2B4" w:rsidR="00627785" w:rsidRDefault="00763DD9" w:rsidP="00627785">
       <w:pPr>
         <w:pStyle w:val="Nagwek1"/>
       </w:pPr>
+      <w:r w:rsidRPr="0091354A">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Zarządzenie nr</w:t>
+      </w:r>
       <w:r>
-        <w:t>Zarządzenie nr 2/2025</w:t>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7/2025</w:t>
       </w:r>
       <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:br/>
       </w:r>
+      <w:r w:rsidRPr="0091354A">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Dyrektora Biura Cyfryzacji i Cyberbezpieczeństwa</w:t>
+      </w:r>
       <w:r>
-        <w:t xml:space="preserve">Dyrektora Biura Cyfryzacji i </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r>
-        <w:t>Cyberbezpieczeństwa</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="0091354A">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">z dnia </w:t>
+      </w:r>
       <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>30</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0091354A">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:br/>
-[...2 lines deleted...]
-        <w:t>z dnia 16 czerwca 2025 r.</w:t>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>października</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0091354A">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2025 </w:t>
+      </w:r>
+      <w:r w:rsidR="00627785" w:rsidRPr="00627785">
+        <w:t>r</w:t>
+      </w:r>
+      <w:r w:rsidR="00627785">
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5CAF52B4" w14:textId="69EF59AD" w:rsidR="00627785" w:rsidRDefault="00627785" w:rsidP="00627785">
+    <w:p w14:paraId="6A8D6F30" w14:textId="77777777" w:rsidR="00627785" w:rsidRDefault="00627785" w:rsidP="00627785">
       <w:pPr>
         <w:pStyle w:val="Nagwek2"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">w sprawie Regulaminu Organizacyjnego </w:t>
       </w:r>
       <w:r w:rsidR="00EE33FF">
         <w:t>Biura</w:t>
       </w:r>
       <w:r w:rsidR="00752D00">
-        <w:t xml:space="preserve"> Cyfryzacji i </w:t>
-[...5 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> Cyfryzacji i Cyberbezpieczeństwa</w:t>
+      </w:r>
       <w:r w:rsidR="00EE33FF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>Urzędu Miasta Poznania.</w:t>
+        <w:t xml:space="preserve">Urzędu Miasta Poznania. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D04B74E" w14:textId="47C01E39" w:rsidR="00627785" w:rsidRDefault="00CD3668" w:rsidP="00627785">
-[...1 lines deleted...]
-        <w:t>Na podstawie § 27 ust. 1 Regulaminu organizacyjnego Urzędu Miasta Poznania, stanowiącego załącznik do zarządzenia Nr 4/2025/K Prezydenta Miasta Poznania z dnia 20 stycznia 2025 r. w sprawie Regulaminu organizacyjnego Urzędu Miasta Poznania, zarządza się, co następuje</w:t>
+    <w:p w14:paraId="4EEF7D25" w14:textId="1406A6CF" w:rsidR="00627785" w:rsidRDefault="00763DD9" w:rsidP="00627785">
+      <w:r w:rsidRPr="00763DD9">
+        <w:t>Na podstawie § 27 ust. 1 Regulaminu organizacyjnego Urzędu Miasta Poznania, stanowiącego załącznik do zarządzenia Nr 25/2025/K Prezydenta Miasta Poznania z dnia 1 lipca 2025 r. w sprawie Regulaminu organizacyjnego Urzędu Miasta Poznania ze zmianą, zarządza się, co następuje</w:t>
       </w:r>
       <w:r w:rsidR="00627785">
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="48F9051A" w14:textId="77777777" w:rsidR="00627785" w:rsidRDefault="00627785" w:rsidP="00627785">
+    <w:p w14:paraId="54A0E62E" w14:textId="77777777" w:rsidR="00627785" w:rsidRDefault="00627785" w:rsidP="00627785">
       <w:pPr>
         <w:pStyle w:val="Nagwek3"/>
       </w:pPr>
       <w:r>
         <w:t>§1</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="14458127" w14:textId="77777777" w:rsidR="00627785" w:rsidRDefault="00627785" w:rsidP="00627785">
+    <w:p w14:paraId="3BAB6893" w14:textId="77777777" w:rsidR="00627785" w:rsidRDefault="00627785" w:rsidP="00627785">
       <w:r>
         <w:t xml:space="preserve">Nadaje się, stanowiący załącznik do zarządzenia, Regulamin Organizacyjny </w:t>
       </w:r>
       <w:r w:rsidR="00EE33FF">
         <w:t>Biura</w:t>
       </w:r>
       <w:r w:rsidR="00752D00">
-        <w:t xml:space="preserve"> Cyfryzacji i </w:t>
-[...5 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> Cyfryzacji i Cyberbezpieczeństwa</w:t>
+      </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="49786C51" w14:textId="77777777" w:rsidR="00627785" w:rsidRDefault="00627785" w:rsidP="00627785">
+    <w:p w14:paraId="39D79E87" w14:textId="77777777" w:rsidR="00627785" w:rsidRDefault="00627785" w:rsidP="00627785">
       <w:pPr>
         <w:pStyle w:val="Nagwek3"/>
       </w:pPr>
       <w:r>
         <w:t>§2</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2BE02D47" w14:textId="77777777" w:rsidR="00C91F84" w:rsidRPr="00C91F84" w:rsidRDefault="00C91F84" w:rsidP="00C91F84">
+    <w:p w14:paraId="1FE973B1" w14:textId="77777777" w:rsidR="00C91F84" w:rsidRPr="00C91F84" w:rsidRDefault="00C91F84" w:rsidP="00C91F84">
       <w:r>
         <w:t>Wykonanie zarządzenia powierza się pracownikom Biura</w:t>
       </w:r>
       <w:r w:rsidR="00752D00">
-        <w:t xml:space="preserve"> Cyfryzacji i </w:t>
-[...5 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> Cyfryzacji i Cyberbezpieczeństwa</w:t>
+      </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5235CC11" w14:textId="77777777" w:rsidR="00627785" w:rsidRDefault="00627785" w:rsidP="00627785">
+    <w:p w14:paraId="5A080E30" w14:textId="77777777" w:rsidR="00627785" w:rsidRDefault="00627785" w:rsidP="00627785">
       <w:pPr>
         <w:pStyle w:val="Nagwek3"/>
       </w:pPr>
       <w:r>
         <w:t>§3</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74E288C1" w14:textId="3F6834F2" w:rsidR="00627785" w:rsidRDefault="00CD3668" w:rsidP="00627785">
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> Urzędu Miasta Poznania</w:t>
+    <w:p w14:paraId="02152CD2" w14:textId="20940D6E" w:rsidR="00627785" w:rsidRDefault="00763DD9" w:rsidP="00627785">
+      <w:r w:rsidRPr="00763DD9">
+        <w:t>Traci moc zarządzenie Nr 2/2025 Dyrektora Biura Cyfryzacji i Cyberbezpieczeństwa z dnia 16 czerwca 2025 r. w sprawie Regulaminu organizacyjnego Biura Cyfryzacji i Cyberbezpieczeństwa Urzędu Miasta Poznania ze zmianą</w:t>
       </w:r>
       <w:r w:rsidR="00C14556">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="31A5597D" w14:textId="77777777" w:rsidR="00627785" w:rsidRDefault="00627785" w:rsidP="00627785">
+    <w:p w14:paraId="01651E8E" w14:textId="77777777" w:rsidR="00627785" w:rsidRDefault="00627785" w:rsidP="00627785">
       <w:pPr>
         <w:pStyle w:val="Nagwek3"/>
       </w:pPr>
       <w:r>
         <w:t>§4</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F66D02D" w14:textId="6678DF3A" w:rsidR="00627785" w:rsidRDefault="00CD3668" w:rsidP="00627785">
-[...1 lines deleted...]
-        <w:t>Zarządzenie wchodzi w życie z dniem 16 czerwca 2025 r., po zatwierdzeniu przez Sekretarza Miasta Poznania</w:t>
+    <w:p w14:paraId="1F51CBC9" w14:textId="03652ADB" w:rsidR="00627785" w:rsidRDefault="00763DD9" w:rsidP="00627785">
+      <w:r w:rsidRPr="0091354A">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Zarządzenie wchodzi w życie z dniem </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0091354A">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>listopada</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0091354A">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2025 r., po zatwierdzeniu przez Sekretarza Miasta Poznania</w:t>
       </w:r>
       <w:r w:rsidR="00627785">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="164D17EE" w14:textId="77777777" w:rsidR="004411F4" w:rsidRDefault="004411F4" w:rsidP="004411F4">
+    <w:p w14:paraId="2003B036" w14:textId="77777777" w:rsidR="004411F4" w:rsidRDefault="004411F4" w:rsidP="004411F4">
       <w:pPr>
         <w:spacing w:before="600"/>
         <w:ind w:left="5670"/>
       </w:pPr>
       <w:r>
-        <w:t>Dyrektor Biura</w:t>
+        <w:t xml:space="preserve"> Dyrektor Biura</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="269BC72D" w14:textId="77777777" w:rsidR="00E4502C" w:rsidRDefault="00CF0F41" w:rsidP="004411F4">
+    <w:p w14:paraId="488BD847" w14:textId="1EF511E5" w:rsidR="00E4502C" w:rsidRDefault="00CF0F41" w:rsidP="004411F4">
       <w:pPr>
         <w:ind w:left="5670"/>
       </w:pPr>
       <w:r>
         <w:t>Michał Łakomski</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00E4502C">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
@@ -1020,271 +1106,264 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="166212979">
+  <w:num w:numId="1" w16cid:durableId="95567557">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="1703822452">
+  <w:num w:numId="2" w16cid:durableId="1575310757">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="531918734">
+  <w:num w:numId="3" w16cid:durableId="145362203">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="464352841">
+  <w:num w:numId="4" w16cid:durableId="2077824453">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="1073310080">
+  <w:num w:numId="5" w16cid:durableId="1312978442">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="166024222">
+  <w:num w:numId="6" w16cid:durableId="906309444">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="7" w16cid:durableId="1474248280">
+  <w:num w:numId="7" w16cid:durableId="560678473">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="8" w16cid:durableId="638807077">
+  <w:num w:numId="8" w16cid:durableId="1920867319">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="9" w16cid:durableId="1758676494">
+  <w:num w:numId="9" w16cid:durableId="1317228343">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="10" w16cid:durableId="1890218394">
+  <w:num w:numId="10" w16cid:durableId="735976151">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="11" w16cid:durableId="1259945005">
+  <w:num w:numId="11" w16cid:durableId="2112626271">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="12" w16cid:durableId="728575863">
+  <w:num w:numId="12" w16cid:durableId="213320372">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="13" w16cid:durableId="70351614">
+  <w:num w:numId="13" w16cid:durableId="292559635">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="14" w16cid:durableId="1237010274">
+  <w:num w:numId="14" w16cid:durableId="440489346">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="15" w16cid:durableId="328406946">
+  <w:num w:numId="15" w16cid:durableId="1305546960">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="16" w16cid:durableId="1901361478">
+  <w:num w:numId="16" w16cid:durableId="652951624">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="17" w16cid:durableId="575164377">
+  <w:num w:numId="17" w16cid:durableId="1097482856">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="18" w16cid:durableId="1613853828">
+  <w:num w:numId="18" w16cid:durableId="418872426">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="19" w16cid:durableId="1575433456">
+  <w:num w:numId="19" w16cid:durableId="1440567904">
     <w:abstractNumId w:val="0"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00804A66"/>
+    <w:rsidRoot w:val="004025B4"/>
     <w:rsid w:val="00006A8D"/>
     <w:rsid w:val="00027CE9"/>
-    <w:rsid w:val="0003058E"/>
-    <w:rsid w:val="000465C5"/>
     <w:rsid w:val="0008046C"/>
     <w:rsid w:val="000C648F"/>
     <w:rsid w:val="001240B2"/>
     <w:rsid w:val="00124545"/>
     <w:rsid w:val="0012562B"/>
     <w:rsid w:val="00144E46"/>
     <w:rsid w:val="001726F8"/>
     <w:rsid w:val="001A2E1B"/>
     <w:rsid w:val="00267BC9"/>
     <w:rsid w:val="00303ADB"/>
     <w:rsid w:val="00306597"/>
-    <w:rsid w:val="00364893"/>
-    <w:rsid w:val="00375C18"/>
+    <w:rsid w:val="00383AEF"/>
     <w:rsid w:val="003B5461"/>
     <w:rsid w:val="003D2524"/>
     <w:rsid w:val="003F4BD2"/>
     <w:rsid w:val="004025B4"/>
     <w:rsid w:val="00413B04"/>
     <w:rsid w:val="00440BBC"/>
     <w:rsid w:val="004411F4"/>
     <w:rsid w:val="0048773E"/>
     <w:rsid w:val="004B1CFE"/>
     <w:rsid w:val="004B77EF"/>
     <w:rsid w:val="004E30E8"/>
     <w:rsid w:val="005034BC"/>
     <w:rsid w:val="005145FA"/>
     <w:rsid w:val="0053788E"/>
     <w:rsid w:val="005935C1"/>
-    <w:rsid w:val="00595325"/>
     <w:rsid w:val="005D4256"/>
-    <w:rsid w:val="005F3F12"/>
     <w:rsid w:val="006054AE"/>
     <w:rsid w:val="006159F9"/>
     <w:rsid w:val="00627785"/>
     <w:rsid w:val="00635430"/>
     <w:rsid w:val="00665F69"/>
     <w:rsid w:val="00666BA1"/>
     <w:rsid w:val="006A48EE"/>
     <w:rsid w:val="00703988"/>
     <w:rsid w:val="00746159"/>
     <w:rsid w:val="00752D00"/>
+    <w:rsid w:val="00763DD9"/>
     <w:rsid w:val="00781107"/>
-    <w:rsid w:val="00804A66"/>
     <w:rsid w:val="008059BB"/>
-    <w:rsid w:val="00816BC0"/>
+    <w:rsid w:val="00821532"/>
     <w:rsid w:val="008876C8"/>
     <w:rsid w:val="0089601A"/>
     <w:rsid w:val="008979CF"/>
     <w:rsid w:val="008D3A98"/>
+    <w:rsid w:val="00950771"/>
     <w:rsid w:val="009D471F"/>
-    <w:rsid w:val="00A07B5A"/>
     <w:rsid w:val="00A1124F"/>
     <w:rsid w:val="00AB6ED8"/>
     <w:rsid w:val="00AD4C4E"/>
     <w:rsid w:val="00AF360C"/>
+    <w:rsid w:val="00B04C6C"/>
     <w:rsid w:val="00B04FB2"/>
-    <w:rsid w:val="00B069B2"/>
     <w:rsid w:val="00B52FD9"/>
     <w:rsid w:val="00B66B22"/>
     <w:rsid w:val="00BA6830"/>
     <w:rsid w:val="00BB1749"/>
     <w:rsid w:val="00BF5862"/>
     <w:rsid w:val="00C14556"/>
     <w:rsid w:val="00C24553"/>
     <w:rsid w:val="00C40ADE"/>
     <w:rsid w:val="00C91F84"/>
     <w:rsid w:val="00CA4396"/>
-    <w:rsid w:val="00CD3668"/>
     <w:rsid w:val="00CD5616"/>
     <w:rsid w:val="00CF0F41"/>
     <w:rsid w:val="00D41D97"/>
+    <w:rsid w:val="00D50999"/>
     <w:rsid w:val="00D9464D"/>
     <w:rsid w:val="00D967AF"/>
-    <w:rsid w:val="00DD3506"/>
     <w:rsid w:val="00DD663D"/>
     <w:rsid w:val="00DE60D2"/>
     <w:rsid w:val="00E4502C"/>
     <w:rsid w:val="00E52D65"/>
     <w:rsid w:val="00E704D6"/>
     <w:rsid w:val="00E87B55"/>
     <w:rsid w:val="00EE33FF"/>
     <w:rsid w:val="00F71A9A"/>
     <w:rsid w:val="00F732E4"/>
     <w:rsid w:val="00F82ABB"/>
     <w:rsid w:val="00F90056"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pl-PL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="6026DED0"/>
+  <w14:docId w14:val="04753A1D"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{B4E75BA7-1F56-4909-836C-F114E1C01E75}"/>
+  <w15:docId w15:val="{625E8B20-0186-4F0F-A512-83C9C0D240FB}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:lang w:val="pl-PL" w:eastAsia="pl-PL" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -2525,51 +2604,51 @@
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00303ADB"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\kinkoz\AppData\Local\Temp\MicrosoftEdgeDownloads\30fdb39e-2915-4929-bb39-db422a7be1e5\Zarz&#261;dzenie%20nr%207.dotx" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\joanmu\AppData\Local\Temp\Zarz&#261;dzenie%20nr%203-1.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motyw pakietu Office">
   <a:themeElements>
     <a:clrScheme name="Pakiet Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -3080,81 +3159,80 @@
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1CFABF66-1034-4DF6-9127-07D6E9F73A66}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="6fa38083-e5e8-49a7-847f-1dc5c5d6f00a"/>
     <ds:schemaRef ds:uri="aa29a899-52fd-4d86-ba55-efbb640ad347"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Zarządzenie nr 7</Template>
+  <Template>Zarządzenie nr 3-1</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>146</Words>
-  <Characters>876</Characters>
+  <Words>150</Words>
+  <Characters>900</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>7</Lines>
   <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Tytuł</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>ump</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1020</CharactersWithSpaces>
+  <CharactersWithSpaces>1048</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>kinkoz</dc:creator>
+  <dc:creator>Joanna Muszyńska</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100C18EBA5A9860B743874A3A0BE3185DE2</vt:lpwstr>
   </property>
 </Properties>
 </file>