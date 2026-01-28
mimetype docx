--- v1 (2025-11-29)
+++ v2 (2026-01-28)
@@ -3,338 +3,530 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="7F3D37AA" w14:textId="1DA7F2B4" w:rsidR="00627785" w:rsidRDefault="00763DD9" w:rsidP="00627785">
+    <w:p w14:paraId="513FBE0A" w14:textId="77777777" w:rsidR="00627785" w:rsidRDefault="00763DD9" w:rsidP="00627785">
       <w:pPr>
         <w:pStyle w:val="Nagwek1"/>
       </w:pPr>
       <w:r w:rsidRPr="0091354A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Zarządzenie nr</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 7/2025</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008C2A65">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>/2025</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="0091354A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Dyrektora Biura Cyfryzacji i Cyberbezpieczeństwa</w:t>
-      </w:r>
+        <w:t xml:space="preserve">Dyrektora Biura Cyfryzacji i </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0091354A">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Cyberbezpieczeństwa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="0091354A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">z dnia </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="008C2A65">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>30</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="0091354A">
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00420B82">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve">2 </w:t>
+      </w:r>
+      <w:r w:rsidR="008C2A65">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>października</w:t>
+        <w:t>grudnia</w:t>
       </w:r>
       <w:r w:rsidRPr="0091354A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025 </w:t>
       </w:r>
       <w:r w:rsidR="00627785" w:rsidRPr="00627785">
         <w:t>r</w:t>
       </w:r>
       <w:r w:rsidR="00627785">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A8D6F30" w14:textId="77777777" w:rsidR="00627785" w:rsidRDefault="00627785" w:rsidP="00627785">
+    <w:p w14:paraId="156A6F96" w14:textId="77777777" w:rsidR="00627785" w:rsidRDefault="00627785" w:rsidP="00627785">
       <w:pPr>
         <w:pStyle w:val="Nagwek2"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">w sprawie Regulaminu Organizacyjnego </w:t>
+        <w:t xml:space="preserve">w sprawie Regulaminu </w:t>
+      </w:r>
+      <w:r w:rsidR="00FB4159">
+        <w:t>o</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">rganizacyjnego </w:t>
       </w:r>
       <w:r w:rsidR="00EE33FF">
         <w:t>Biura</w:t>
       </w:r>
       <w:r w:rsidR="00752D00">
-        <w:t xml:space="preserve"> Cyfryzacji i Cyberbezpieczeństwa</w:t>
-      </w:r>
+        <w:t xml:space="preserve"> Cyfryzacji i </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00752D00">
+        <w:t>Cyberbezpieczeństwa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00EE33FF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Urzędu Miasta Poznania. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4EEF7D25" w14:textId="1406A6CF" w:rsidR="00627785" w:rsidRDefault="00763DD9" w:rsidP="00627785">
+    <w:p w14:paraId="2F477AD3" w14:textId="77777777" w:rsidR="00627785" w:rsidRDefault="00763DD9" w:rsidP="00627785">
       <w:r w:rsidRPr="00763DD9">
         <w:t>Na podstawie § 27 ust. 1 Regulaminu organizacyjnego Urzędu Miasta Poznania, stanowiącego załącznik do zarządzenia Nr 25/2025/K Prezydenta Miasta Poznania z dnia 1 lipca 2025 r. w sprawie Regulaminu organizacyjnego Urzędu Miasta Poznania ze zmianą, zarządza się, co następuje</w:t>
       </w:r>
       <w:r w:rsidR="00627785">
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="54A0E62E" w14:textId="77777777" w:rsidR="00627785" w:rsidRDefault="00627785" w:rsidP="00627785">
+    <w:p w14:paraId="643FC65E" w14:textId="77777777" w:rsidR="00627785" w:rsidRDefault="00627785" w:rsidP="00627785">
       <w:pPr>
         <w:pStyle w:val="Nagwek3"/>
       </w:pPr>
       <w:r>
         <w:t>§1</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3BAB6893" w14:textId="77777777" w:rsidR="00627785" w:rsidRDefault="00627785" w:rsidP="00627785">
+    <w:p w14:paraId="7DA9FC8E" w14:textId="77777777" w:rsidR="00627785" w:rsidRDefault="00627785" w:rsidP="00627785">
       <w:r>
-        <w:t xml:space="preserve">Nadaje się, stanowiący załącznik do zarządzenia, Regulamin Organizacyjny </w:t>
+        <w:t xml:space="preserve">Nadaje się, stanowiący załącznik do zarządzenia, Regulamin </w:t>
+      </w:r>
+      <w:r w:rsidR="00664BD3">
+        <w:t>o</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">rganizacyjny </w:t>
       </w:r>
       <w:r w:rsidR="00EE33FF">
         <w:t>Biura</w:t>
       </w:r>
       <w:r w:rsidR="00752D00">
-        <w:t xml:space="preserve"> Cyfryzacji i Cyberbezpieczeństwa</w:t>
-      </w:r>
+        <w:t xml:space="preserve"> Cyfryzacji i </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00752D00">
+        <w:t>Cyberbezpieczeństwa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="39D79E87" w14:textId="77777777" w:rsidR="00627785" w:rsidRDefault="00627785" w:rsidP="00627785">
+    <w:p w14:paraId="7D4ACFD0" w14:textId="77777777" w:rsidR="00627785" w:rsidRDefault="00627785" w:rsidP="00627785">
       <w:pPr>
         <w:pStyle w:val="Nagwek3"/>
       </w:pPr>
       <w:r>
         <w:t>§2</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1FE973B1" w14:textId="77777777" w:rsidR="00C91F84" w:rsidRPr="00C91F84" w:rsidRDefault="00C91F84" w:rsidP="00C91F84">
+    <w:p w14:paraId="3A13650F" w14:textId="77777777" w:rsidR="00C91F84" w:rsidRPr="00C91F84" w:rsidRDefault="00C91F84" w:rsidP="00C91F84">
       <w:r>
         <w:t>Wykonanie zarządzenia powierza się pracownikom Biura</w:t>
       </w:r>
       <w:r w:rsidR="00752D00">
-        <w:t xml:space="preserve"> Cyfryzacji i Cyberbezpieczeństwa</w:t>
-      </w:r>
+        <w:t xml:space="preserve"> Cyfryzacji i </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00752D00">
+        <w:t>Cyberbezpieczeństwa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A080E30" w14:textId="77777777" w:rsidR="00627785" w:rsidRDefault="00627785" w:rsidP="00627785">
+    <w:p w14:paraId="1518CC17" w14:textId="77777777" w:rsidR="00627785" w:rsidRDefault="00627785" w:rsidP="00627785">
       <w:pPr>
         <w:pStyle w:val="Nagwek3"/>
       </w:pPr>
       <w:r>
         <w:t>§3</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02152CD2" w14:textId="20940D6E" w:rsidR="00627785" w:rsidRDefault="00763DD9" w:rsidP="00627785">
+    <w:p w14:paraId="735A4773" w14:textId="77777777" w:rsidR="00627785" w:rsidRDefault="00763DD9" w:rsidP="00627785">
       <w:r w:rsidRPr="00763DD9">
-        <w:t>Traci moc zarządzenie Nr 2/2025 Dyrektora Biura Cyfryzacji i Cyberbezpieczeństwa z dnia 16 czerwca 2025 r. w sprawie Regulaminu organizacyjnego Biura Cyfryzacji i Cyberbezpieczeństwa Urzędu Miasta Poznania ze zmianą</w:t>
+        <w:t xml:space="preserve">Traci moc zarządzenie Nr </w:t>
+      </w:r>
+      <w:r w:rsidR="008C2A65">
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00763DD9">
+        <w:t xml:space="preserve">/2025 Dyrektora Biura Cyfryzacji i </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00763DD9">
+        <w:t>Cyberbezpieczeństwa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00763DD9">
+        <w:t xml:space="preserve"> z dnia </w:t>
+      </w:r>
+      <w:r w:rsidR="008C2A65">
+        <w:t>30 października</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00763DD9">
+        <w:t xml:space="preserve"> 2025 r. w sprawie Regulaminu organizacyjnego Biura Cyfryzacji i </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00763DD9">
+        <w:t>Cyberbezpieczeństwa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00763DD9">
+        <w:t xml:space="preserve"> Urzędu Miasta Poznania</w:t>
       </w:r>
       <w:r w:rsidR="00C14556">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01651E8E" w14:textId="77777777" w:rsidR="00627785" w:rsidRDefault="00627785" w:rsidP="00627785">
+    <w:p w14:paraId="6973F059" w14:textId="77777777" w:rsidR="00627785" w:rsidRDefault="00627785" w:rsidP="00627785">
       <w:pPr>
         <w:pStyle w:val="Nagwek3"/>
       </w:pPr>
       <w:r>
         <w:t>§4</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F51CBC9" w14:textId="03652ADB" w:rsidR="00627785" w:rsidRDefault="00763DD9" w:rsidP="00627785">
-      <w:r w:rsidRPr="0091354A">
+    <w:p w14:paraId="1FD883FD" w14:textId="77777777" w:rsidR="00627785" w:rsidRPr="00D32A88" w:rsidRDefault="00763DD9" w:rsidP="00627785">
+      <w:pPr>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D32A88">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Zarządzenie wchodzi w życie z dniem </w:t>
       </w:r>
+      <w:r w:rsidR="004F0908">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="004F0908" w:rsidRPr="00D32A88">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E13DA9">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>lutego</w:t>
+      </w:r>
+      <w:r w:rsidR="00E13DA9" w:rsidRPr="00D32A88">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D32A88">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>202</w:t>
+      </w:r>
+      <w:r w:rsidR="008C2A65" w:rsidRPr="00D32A88">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D32A88">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> r., po zatwierdzeniu przez Sekretarza Miasta Poznania</w:t>
+      </w:r>
+      <w:r w:rsidR="00E13DA9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00E13DA9">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>za wyjątkiem</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00E13DA9">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> § 8 ust</w:t>
+      </w:r>
+      <w:r w:rsidR="00B56094">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00E13DA9">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B56094">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1, § 8 ust. </w:t>
+      </w:r>
+      <w:r w:rsidR="003C6E7C">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="00E13DA9">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pkt 20 oraz § 9 ust</w:t>
+      </w:r>
+      <w:r w:rsidR="00B56094">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00E13DA9">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3 pkt </w:t>
+      </w:r>
+      <w:r w:rsidR="00B56094">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2 i </w:t>
+      </w:r>
+      <w:r w:rsidR="00E13DA9">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4, które wchodzą w życie z dniem 1 stycznia 2026 r. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="504C4BD6" w14:textId="1F3A7053" w:rsidR="004411F4" w:rsidRDefault="008C2A65" w:rsidP="000555A7">
+      <w:pPr>
+        <w:ind w:left="5670"/>
+      </w:pPr>
       <w:r>
-        <w:rPr>
-[...12 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">Zastępca </w:t>
+      </w:r>
+      <w:r w:rsidR="004411F4">
+        <w:t>Dyrektor</w:t>
       </w:r>
       <w:r>
-        <w:rPr>
-[...15 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="004411F4">
+        <w:t xml:space="preserve"> Biura</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2003B036" w14:textId="77777777" w:rsidR="004411F4" w:rsidRDefault="004411F4" w:rsidP="004411F4">
-[...1 lines deleted...]
-        <w:spacing w:before="600"/>
+    <w:p w14:paraId="1A064329" w14:textId="7D9EE6EB" w:rsidR="00664BD3" w:rsidRDefault="008C2A65" w:rsidP="00664BD3">
+      <w:pPr>
         <w:ind w:left="5670"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve"> Dyrektor Biura</w:t>
+        <w:t>Katarzyna Joanna Sobkowiak</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="488BD847" w14:textId="1EF511E5" w:rsidR="00E4502C" w:rsidRDefault="00CF0F41" w:rsidP="004411F4">
-[...7 lines deleted...]
-    <w:sectPr w:rsidR="00E4502C">
+    <w:sectPr w:rsidR="00664BD3">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="EE"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="EE"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -1106,264 +1298,288 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="95567557">
+  <w:num w:numId="1" w16cid:durableId="1177187474">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="1575310757">
+  <w:num w:numId="2" w16cid:durableId="1999848078">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="145362203">
+  <w:num w:numId="3" w16cid:durableId="1902983515">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="2077824453">
+  <w:num w:numId="4" w16cid:durableId="207886837">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="1312978442">
+  <w:num w:numId="5" w16cid:durableId="113452541">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="906309444">
+  <w:num w:numId="6" w16cid:durableId="1798403402">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="7" w16cid:durableId="560678473">
+  <w:num w:numId="7" w16cid:durableId="242447842">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="8" w16cid:durableId="1920867319">
+  <w:num w:numId="8" w16cid:durableId="2142573074">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="9" w16cid:durableId="1317228343">
+  <w:num w:numId="9" w16cid:durableId="495154166">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="10" w16cid:durableId="735976151">
+  <w:num w:numId="10" w16cid:durableId="179392488">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="11" w16cid:durableId="2112626271">
+  <w:num w:numId="11" w16cid:durableId="1259026148">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="12" w16cid:durableId="213320372">
+  <w:num w:numId="12" w16cid:durableId="467019971">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="13" w16cid:durableId="292559635">
+  <w:num w:numId="13" w16cid:durableId="1862277195">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="14" w16cid:durableId="440489346">
+  <w:num w:numId="14" w16cid:durableId="165874479">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="15" w16cid:durableId="1305546960">
+  <w:num w:numId="15" w16cid:durableId="706370295">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="16" w16cid:durableId="652951624">
+  <w:num w:numId="16" w16cid:durableId="1804812159">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="17" w16cid:durableId="1097482856">
+  <w:num w:numId="17" w16cid:durableId="85082769">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="18" w16cid:durableId="418872426">
+  <w:num w:numId="18" w16cid:durableId="1132021373">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="19" w16cid:durableId="1440567904">
+  <w:num w:numId="19" w16cid:durableId="1515068041">
     <w:abstractNumId w:val="0"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
+  <w:doNotDisplayPageBoundaries/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="004025B4"/>
+    <w:rsidRoot w:val="00892AB6"/>
     <w:rsid w:val="00006A8D"/>
     <w:rsid w:val="00027CE9"/>
+    <w:rsid w:val="000555A7"/>
     <w:rsid w:val="0008046C"/>
     <w:rsid w:val="000C648F"/>
     <w:rsid w:val="001240B2"/>
     <w:rsid w:val="00124545"/>
     <w:rsid w:val="0012562B"/>
     <w:rsid w:val="00144E46"/>
     <w:rsid w:val="001726F8"/>
     <w:rsid w:val="001A2E1B"/>
     <w:rsid w:val="00267BC9"/>
     <w:rsid w:val="00303ADB"/>
     <w:rsid w:val="00306597"/>
     <w:rsid w:val="00383AEF"/>
     <w:rsid w:val="003B5461"/>
+    <w:rsid w:val="003C6E7C"/>
     <w:rsid w:val="003D2524"/>
     <w:rsid w:val="003F4BD2"/>
     <w:rsid w:val="004025B4"/>
     <w:rsid w:val="00413B04"/>
+    <w:rsid w:val="00420B82"/>
     <w:rsid w:val="00440BBC"/>
     <w:rsid w:val="004411F4"/>
+    <w:rsid w:val="00444081"/>
+    <w:rsid w:val="004665EF"/>
     <w:rsid w:val="0048773E"/>
     <w:rsid w:val="004B1CFE"/>
     <w:rsid w:val="004B77EF"/>
     <w:rsid w:val="004E30E8"/>
+    <w:rsid w:val="004F0908"/>
     <w:rsid w:val="005034BC"/>
     <w:rsid w:val="005145FA"/>
     <w:rsid w:val="0053788E"/>
     <w:rsid w:val="005935C1"/>
     <w:rsid w:val="005D4256"/>
     <w:rsid w:val="006054AE"/>
     <w:rsid w:val="006159F9"/>
+    <w:rsid w:val="00621000"/>
     <w:rsid w:val="00627785"/>
     <w:rsid w:val="00635430"/>
+    <w:rsid w:val="00664BD3"/>
     <w:rsid w:val="00665F69"/>
     <w:rsid w:val="00666BA1"/>
     <w:rsid w:val="006A48EE"/>
     <w:rsid w:val="00703988"/>
     <w:rsid w:val="00746159"/>
     <w:rsid w:val="00752D00"/>
     <w:rsid w:val="00763DD9"/>
     <w:rsid w:val="00781107"/>
     <w:rsid w:val="008059BB"/>
+    <w:rsid w:val="008202F4"/>
     <w:rsid w:val="00821532"/>
     <w:rsid w:val="008876C8"/>
+    <w:rsid w:val="00892AB6"/>
     <w:rsid w:val="0089601A"/>
     <w:rsid w:val="008979CF"/>
+    <w:rsid w:val="008C2A65"/>
     <w:rsid w:val="008D3A98"/>
+    <w:rsid w:val="00937CE5"/>
     <w:rsid w:val="00950771"/>
     <w:rsid w:val="009D471F"/>
     <w:rsid w:val="00A1124F"/>
+    <w:rsid w:val="00AA1276"/>
     <w:rsid w:val="00AB6ED8"/>
     <w:rsid w:val="00AD4C4E"/>
     <w:rsid w:val="00AF360C"/>
     <w:rsid w:val="00B04C6C"/>
     <w:rsid w:val="00B04FB2"/>
+    <w:rsid w:val="00B116CE"/>
     <w:rsid w:val="00B52FD9"/>
+    <w:rsid w:val="00B56094"/>
     <w:rsid w:val="00B66B22"/>
     <w:rsid w:val="00BA6830"/>
     <w:rsid w:val="00BB1749"/>
     <w:rsid w:val="00BF5862"/>
     <w:rsid w:val="00C14556"/>
     <w:rsid w:val="00C24553"/>
     <w:rsid w:val="00C40ADE"/>
+    <w:rsid w:val="00C70612"/>
     <w:rsid w:val="00C91F84"/>
     <w:rsid w:val="00CA4396"/>
     <w:rsid w:val="00CD5616"/>
     <w:rsid w:val="00CF0F41"/>
+    <w:rsid w:val="00D32A88"/>
     <w:rsid w:val="00D41D97"/>
     <w:rsid w:val="00D50999"/>
     <w:rsid w:val="00D9464D"/>
     <w:rsid w:val="00D967AF"/>
+    <w:rsid w:val="00DA57D3"/>
     <w:rsid w:val="00DD663D"/>
     <w:rsid w:val="00DE60D2"/>
+    <w:rsid w:val="00E13DA9"/>
     <w:rsid w:val="00E4502C"/>
     <w:rsid w:val="00E52D65"/>
     <w:rsid w:val="00E704D6"/>
     <w:rsid w:val="00E87B55"/>
     <w:rsid w:val="00EE33FF"/>
+    <w:rsid w:val="00EF7BDF"/>
     <w:rsid w:val="00F71A9A"/>
     <w:rsid w:val="00F732E4"/>
     <w:rsid w:val="00F82ABB"/>
     <w:rsid w:val="00F90056"/>
+    <w:rsid w:val="00FB107F"/>
+    <w:rsid w:val="00FB4159"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pl-PL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="04753A1D"/>
+  <w14:docId w14:val="6DB5D63E"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{625E8B20-0186-4F0F-A512-83C9C0D240FB}"/>
+  <w15:docId w15:val="{049457A9-95AB-49C2-BD10-5E997134BF4E}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:lang w:val="pl-PL" w:eastAsia="pl-PL" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -2604,51 +2820,51 @@
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00303ADB"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\joanmu\AppData\Local\Temp\Zarz&#261;dzenie%20nr%203-1.dotx" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\beaskr\Desktop\Zarz&#261;dzenie%20nr%208%20BCC.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motyw pakietu Office">
   <a:themeElements>
     <a:clrScheme name="Pakiet Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -2911,59 +3127,50 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...7 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokument" ma:contentTypeID="0x010100C18EBA5A9860B743874A3A0BE3185DE2" ma:contentTypeVersion="11" ma:contentTypeDescription="Utwórz nowy dokument." ma:contentTypeScope="" ma:versionID="3aa920e0731f124d8cb1883b537998d7">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns3="6fa38083-e5e8-49a7-847f-1dc5c5d6f00a" xmlns:ns4="aa29a899-52fd-4d86-ba55-efbb640ad347" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="fc132442cade7aa41d2d686008ac7131" ns3:_="" ns4:_="">
     <xsd:import namespace="6fa38083-e5e8-49a7-847f-1dc5c5d6f00a"/>
     <xsd:import namespace="aa29a899-52fd-4d86-ba55-efbb640ad347"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns4:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns4:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns4:SharingHintHash" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
@@ -3130,109 +3337,118 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1CFABF66-1034-4DF6-9127-07D6E9F73A66}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="6fa38083-e5e8-49a7-847f-1dc5c5d6f00a"/>
     <ds:schemaRef ds:uri="aa29a899-52fd-4d86-ba55-efbb640ad347"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{34CF2352-C428-4019-9962-7541E1134302}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Zarządzenie nr 3-1</Template>
+  <Template>Zarządzenie nr 8 BCC</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>150</Words>
-  <Characters>900</Characters>
+  <Words>168</Words>
+  <Characters>1009</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>7</Lines>
+  <Lines>8</Lines>
   <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Tytuł</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>ump</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1048</CharactersWithSpaces>
+  <CharactersWithSpaces>1175</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>Joanna Muszyńska</dc:creator>
+  <dc:creator>Beata Skrzypczak</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100C18EBA5A9860B743874A3A0BE3185DE2</vt:lpwstr>
   </property>
 </Properties>
 </file>