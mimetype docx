--- v2 (2026-01-28)
+++ v3 (2026-03-17)
@@ -3,85 +3,93 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="513FBE0A" w14:textId="77777777" w:rsidR="00627785" w:rsidRDefault="00763DD9" w:rsidP="00627785">
+    <w:p w14:paraId="7B5A264B" w14:textId="77777777" w:rsidR="00627785" w:rsidRDefault="00763DD9" w:rsidP="00627785">
       <w:pPr>
         <w:pStyle w:val="Nagwek1"/>
       </w:pPr>
       <w:r w:rsidRPr="0091354A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Zarządzenie nr</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="008C2A65">
+      <w:r w:rsidR="001B2E3B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>8</w:t>
+        <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>/2025</w:t>
+        <w:t>/202</w:t>
+      </w:r>
+      <w:r w:rsidR="001D7627">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="0091354A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -101,411 +109,306 @@
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="0091354A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">z dnia </w:t>
       </w:r>
-      <w:r w:rsidR="008C2A65">
+      <w:r w:rsidR="001B2E3B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>2</w:t>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidR="00420B82">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">2 </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="008C2A65">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001B2E3B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>grudnia</w:t>
+        <w:t>marca</w:t>
       </w:r>
       <w:r w:rsidRPr="0091354A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2025 </w:t>
+        <w:t xml:space="preserve"> 202</w:t>
+      </w:r>
+      <w:r w:rsidR="001D7627">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0091354A">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00627785" w:rsidRPr="00627785">
         <w:t>r</w:t>
       </w:r>
       <w:r w:rsidR="00627785">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="156A6F96" w14:textId="77777777" w:rsidR="00627785" w:rsidRDefault="00627785" w:rsidP="00627785">
+    <w:p w14:paraId="4C7BF7BE" w14:textId="77777777" w:rsidR="00627785" w:rsidRDefault="00627785" w:rsidP="00627785">
       <w:pPr>
         <w:pStyle w:val="Nagwek2"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">w sprawie Regulaminu </w:t>
       </w:r>
       <w:r w:rsidR="00FB4159">
         <w:t>o</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">rganizacyjnego </w:t>
       </w:r>
       <w:r w:rsidR="00EE33FF">
         <w:t>Biura</w:t>
       </w:r>
       <w:r w:rsidR="00752D00">
         <w:t xml:space="preserve"> Cyfryzacji i </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00752D00">
         <w:t>Cyberbezpieczeństwa</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00EE33FF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Urzędu Miasta Poznania. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F477AD3" w14:textId="77777777" w:rsidR="00627785" w:rsidRDefault="00763DD9" w:rsidP="00627785">
+    <w:p w14:paraId="4ADC0E76" w14:textId="77777777" w:rsidR="00627785" w:rsidRDefault="00763DD9" w:rsidP="00627785">
       <w:r w:rsidRPr="00763DD9">
         <w:t>Na podstawie § 27 ust. 1 Regulaminu organizacyjnego Urzędu Miasta Poznania, stanowiącego załącznik do zarządzenia Nr 25/2025/K Prezydenta Miasta Poznania z dnia 1 lipca 2025 r. w sprawie Regulaminu organizacyjnego Urzędu Miasta Poznania ze zmianą, zarządza się, co następuje</w:t>
       </w:r>
       <w:r w:rsidR="00627785">
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="643FC65E" w14:textId="77777777" w:rsidR="00627785" w:rsidRDefault="00627785" w:rsidP="00627785">
+    <w:p w14:paraId="7723A7EB" w14:textId="77777777" w:rsidR="00627785" w:rsidRDefault="00627785" w:rsidP="00627785">
       <w:pPr>
         <w:pStyle w:val="Nagwek3"/>
       </w:pPr>
       <w:r>
         <w:t>§1</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7DA9FC8E" w14:textId="77777777" w:rsidR="00627785" w:rsidRDefault="00627785" w:rsidP="00627785">
+    <w:p w14:paraId="2DEDE785" w14:textId="77777777" w:rsidR="00627785" w:rsidRDefault="00627785" w:rsidP="00627785">
       <w:r>
         <w:t xml:space="preserve">Nadaje się, stanowiący załącznik do zarządzenia, Regulamin </w:t>
       </w:r>
       <w:r w:rsidR="00664BD3">
         <w:t>o</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">rganizacyjny </w:t>
       </w:r>
       <w:r w:rsidR="00EE33FF">
         <w:t>Biura</w:t>
       </w:r>
       <w:r w:rsidR="00752D00">
         <w:t xml:space="preserve"> Cyfryzacji i </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00752D00">
         <w:t>Cyberbezpieczeństwa</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D4ACFD0" w14:textId="77777777" w:rsidR="00627785" w:rsidRDefault="00627785" w:rsidP="00627785">
+    <w:p w14:paraId="1AD7AA9E" w14:textId="77777777" w:rsidR="00627785" w:rsidRDefault="00627785" w:rsidP="00627785">
       <w:pPr>
         <w:pStyle w:val="Nagwek3"/>
       </w:pPr>
       <w:r>
         <w:t>§2</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A13650F" w14:textId="77777777" w:rsidR="00C91F84" w:rsidRPr="00C91F84" w:rsidRDefault="00C91F84" w:rsidP="00C91F84">
+    <w:p w14:paraId="5EB925F2" w14:textId="77777777" w:rsidR="00C91F84" w:rsidRPr="00C91F84" w:rsidRDefault="00C91F84" w:rsidP="00C91F84">
       <w:r>
         <w:t>Wykonanie zarządzenia powierza się pracownikom Biura</w:t>
       </w:r>
       <w:r w:rsidR="00752D00">
         <w:t xml:space="preserve"> Cyfryzacji i </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00752D00">
         <w:t>Cyberbezpieczeństwa</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1518CC17" w14:textId="77777777" w:rsidR="00627785" w:rsidRDefault="00627785" w:rsidP="00627785">
+    <w:p w14:paraId="7FF197BE" w14:textId="77777777" w:rsidR="00627785" w:rsidRDefault="00627785" w:rsidP="00627785">
       <w:pPr>
         <w:pStyle w:val="Nagwek3"/>
       </w:pPr>
       <w:r>
         <w:t>§3</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="735A4773" w14:textId="77777777" w:rsidR="00627785" w:rsidRDefault="00763DD9" w:rsidP="00627785">
+    <w:p w14:paraId="72574443" w14:textId="77777777" w:rsidR="00627785" w:rsidRDefault="00763DD9" w:rsidP="00627785">
       <w:r w:rsidRPr="00763DD9">
         <w:t xml:space="preserve">Traci moc zarządzenie Nr </w:t>
       </w:r>
-      <w:r w:rsidR="008C2A65">
-        <w:t>7</w:t>
+      <w:r w:rsidR="001D7627">
+        <w:t>8</w:t>
       </w:r>
       <w:r w:rsidRPr="00763DD9">
         <w:t xml:space="preserve">/2025 Dyrektora Biura Cyfryzacji i </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00763DD9">
         <w:t>Cyberbezpieczeństwa</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00763DD9">
         <w:t xml:space="preserve"> z dnia </w:t>
       </w:r>
+      <w:r w:rsidR="001D7627">
+        <w:t>22</w:t>
+      </w:r>
       <w:r w:rsidR="008C2A65">
-        <w:t>30 października</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001D7627">
+        <w:t>grudnia</w:t>
       </w:r>
       <w:r w:rsidRPr="00763DD9">
         <w:t xml:space="preserve"> 2025 r. w sprawie Regulaminu organizacyjnego Biura Cyfryzacji i </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00763DD9">
         <w:t>Cyberbezpieczeństwa</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00763DD9">
         <w:t xml:space="preserve"> Urzędu Miasta Poznania</w:t>
       </w:r>
       <w:r w:rsidR="00C14556">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6973F059" w14:textId="77777777" w:rsidR="00627785" w:rsidRDefault="00627785" w:rsidP="00627785">
+    <w:p w14:paraId="18E2C271" w14:textId="77777777" w:rsidR="00627785" w:rsidRDefault="00627785" w:rsidP="00627785">
       <w:pPr>
         <w:pStyle w:val="Nagwek3"/>
       </w:pPr>
       <w:r>
         <w:t>§4</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1FD883FD" w14:textId="77777777" w:rsidR="00627785" w:rsidRPr="00D32A88" w:rsidRDefault="00763DD9" w:rsidP="00627785">
+    <w:p w14:paraId="4E4A2584" w14:textId="3EB97192" w:rsidR="00627785" w:rsidRDefault="00763DD9" w:rsidP="00627785">
       <w:pPr>
         <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D32A88">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Zarządzenie wchodzi w życie z dniem </w:t>
       </w:r>
-      <w:r w:rsidR="004F0908">
+      <w:r w:rsidR="00883065">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>1</w:t>
-[...65 lines deleted...]
-      <w:r w:rsidR="00B56094">
+        <w:t>16 marca 2026 r., po zatwierdzeniu przez Sekretarza Miasta Poznania</w:t>
+      </w:r>
+      <w:r w:rsidR="001D7627">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00E13DA9">
-[...54 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="504C4BD6" w14:textId="1F3A7053" w:rsidR="004411F4" w:rsidRDefault="008C2A65" w:rsidP="000555A7">
+    <w:p w14:paraId="26F3DA92" w14:textId="5A129F7D" w:rsidR="006D6102" w:rsidRDefault="002D0793" w:rsidP="00423CDD">
+      <w:pPr>
+        <w:spacing w:before="600"/>
+        <w:ind w:left="5671" w:hanging="1"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Michał Łakomski</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7414DE30" w14:textId="77777777" w:rsidR="004411F4" w:rsidRDefault="004411F4" w:rsidP="006D6102">
       <w:pPr>
         <w:ind w:left="5670"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Zastępca </w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> Biura</w:t>
+        <w:t>Dyrektor Biura</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A064329" w14:textId="7D9EE6EB" w:rsidR="00664BD3" w:rsidRDefault="008C2A65" w:rsidP="00664BD3">
-[...7 lines deleted...]
-    <w:sectPr w:rsidR="00664BD3">
+    <w:sectPr w:rsidR="004411F4">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -521,51 +424,51 @@
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
+    <w:sig w:usb0="00000003" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00AF6A27"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="460A4790"/>
     <w:lvl w:ilvl="0">
@@ -1298,288 +1201,310 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="1177187474">
+  <w:num w:numId="1" w16cid:durableId="1051616387">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="1999848078">
+  <w:num w:numId="2" w16cid:durableId="949777365">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="1902983515">
+  <w:num w:numId="3" w16cid:durableId="1017080477">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="207886837">
+  <w:num w:numId="4" w16cid:durableId="292558389">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="113452541">
+  <w:num w:numId="5" w16cid:durableId="5208155">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="1798403402">
+  <w:num w:numId="6" w16cid:durableId="1695040226">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="7" w16cid:durableId="242447842">
+  <w:num w:numId="7" w16cid:durableId="1138499568">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="8" w16cid:durableId="2142573074">
+  <w:num w:numId="8" w16cid:durableId="192111009">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="9" w16cid:durableId="495154166">
+  <w:num w:numId="9" w16cid:durableId="1724907553">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="10" w16cid:durableId="179392488">
+  <w:num w:numId="10" w16cid:durableId="568463651">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="11" w16cid:durableId="1259026148">
+  <w:num w:numId="11" w16cid:durableId="1473601339">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="12" w16cid:durableId="467019971">
+  <w:num w:numId="12" w16cid:durableId="332804647">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="13" w16cid:durableId="1862277195">
+  <w:num w:numId="13" w16cid:durableId="225145290">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="14" w16cid:durableId="165874479">
+  <w:num w:numId="14" w16cid:durableId="800268321">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="15" w16cid:durableId="706370295">
+  <w:num w:numId="15" w16cid:durableId="1979797231">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="16" w16cid:durableId="1804812159">
+  <w:num w:numId="16" w16cid:durableId="1341468776">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="17" w16cid:durableId="85082769">
+  <w:num w:numId="17" w16cid:durableId="331179159">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="18" w16cid:durableId="1132021373">
+  <w:num w:numId="18" w16cid:durableId="938636577">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="19" w16cid:durableId="1515068041">
+  <w:num w:numId="19" w16cid:durableId="104615841">
     <w:abstractNumId w:val="0"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:doNotDisplayPageBoundaries/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00892AB6"/>
+    <w:rsidRoot w:val="00075D1B"/>
     <w:rsid w:val="00006A8D"/>
     <w:rsid w:val="00027CE9"/>
     <w:rsid w:val="000555A7"/>
+    <w:rsid w:val="00075D1B"/>
     <w:rsid w:val="0008046C"/>
+    <w:rsid w:val="00091AE5"/>
     <w:rsid w:val="000C648F"/>
+    <w:rsid w:val="000F4BE3"/>
     <w:rsid w:val="001240B2"/>
     <w:rsid w:val="00124545"/>
     <w:rsid w:val="0012562B"/>
     <w:rsid w:val="00144E46"/>
     <w:rsid w:val="001726F8"/>
     <w:rsid w:val="001A2E1B"/>
+    <w:rsid w:val="001B0F6D"/>
+    <w:rsid w:val="001B2E3B"/>
+    <w:rsid w:val="001D7627"/>
     <w:rsid w:val="00267BC9"/>
+    <w:rsid w:val="0028500D"/>
+    <w:rsid w:val="002D0793"/>
     <w:rsid w:val="00303ADB"/>
     <w:rsid w:val="00306597"/>
+    <w:rsid w:val="003152C2"/>
+    <w:rsid w:val="0036114B"/>
     <w:rsid w:val="00383AEF"/>
+    <w:rsid w:val="003865D3"/>
     <w:rsid w:val="003B5461"/>
     <w:rsid w:val="003C6E7C"/>
     <w:rsid w:val="003D2524"/>
     <w:rsid w:val="003F4BD2"/>
     <w:rsid w:val="004025B4"/>
     <w:rsid w:val="00413B04"/>
     <w:rsid w:val="00420B82"/>
+    <w:rsid w:val="00423CDD"/>
     <w:rsid w:val="00440BBC"/>
     <w:rsid w:val="004411F4"/>
     <w:rsid w:val="00444081"/>
     <w:rsid w:val="004665EF"/>
     <w:rsid w:val="0048773E"/>
     <w:rsid w:val="004B1CFE"/>
+    <w:rsid w:val="004B55E2"/>
     <w:rsid w:val="004B77EF"/>
     <w:rsid w:val="004E30E8"/>
     <w:rsid w:val="004F0908"/>
     <w:rsid w:val="005034BC"/>
     <w:rsid w:val="005145FA"/>
     <w:rsid w:val="0053788E"/>
+    <w:rsid w:val="00573EA9"/>
+    <w:rsid w:val="00574BF9"/>
     <w:rsid w:val="005935C1"/>
     <w:rsid w:val="005D4256"/>
     <w:rsid w:val="006054AE"/>
     <w:rsid w:val="006159F9"/>
     <w:rsid w:val="00621000"/>
     <w:rsid w:val="00627785"/>
     <w:rsid w:val="00635430"/>
     <w:rsid w:val="00664BD3"/>
     <w:rsid w:val="00665F69"/>
     <w:rsid w:val="00666BA1"/>
     <w:rsid w:val="006A48EE"/>
+    <w:rsid w:val="006C4F12"/>
+    <w:rsid w:val="006D6102"/>
     <w:rsid w:val="00703988"/>
+    <w:rsid w:val="00726C8F"/>
     <w:rsid w:val="00746159"/>
     <w:rsid w:val="00752D00"/>
+    <w:rsid w:val="0075623A"/>
     <w:rsid w:val="00763DD9"/>
     <w:rsid w:val="00781107"/>
     <w:rsid w:val="008059BB"/>
     <w:rsid w:val="008202F4"/>
     <w:rsid w:val="00821532"/>
+    <w:rsid w:val="00883065"/>
     <w:rsid w:val="008876C8"/>
-    <w:rsid w:val="00892AB6"/>
     <w:rsid w:val="0089601A"/>
     <w:rsid w:val="008979CF"/>
     <w:rsid w:val="008C2A65"/>
     <w:rsid w:val="008D3A98"/>
-    <w:rsid w:val="00937CE5"/>
+    <w:rsid w:val="009060F9"/>
     <w:rsid w:val="00950771"/>
+    <w:rsid w:val="00967F25"/>
+    <w:rsid w:val="00967F6A"/>
     <w:rsid w:val="009D471F"/>
     <w:rsid w:val="00A1124F"/>
     <w:rsid w:val="00AA1276"/>
     <w:rsid w:val="00AB6ED8"/>
     <w:rsid w:val="00AD4C4E"/>
+    <w:rsid w:val="00AE0733"/>
     <w:rsid w:val="00AF360C"/>
     <w:rsid w:val="00B04C6C"/>
     <w:rsid w:val="00B04FB2"/>
     <w:rsid w:val="00B116CE"/>
     <w:rsid w:val="00B52FD9"/>
     <w:rsid w:val="00B56094"/>
     <w:rsid w:val="00B66B22"/>
     <w:rsid w:val="00BA6830"/>
     <w:rsid w:val="00BB1749"/>
     <w:rsid w:val="00BF5862"/>
     <w:rsid w:val="00C14556"/>
     <w:rsid w:val="00C24553"/>
     <w:rsid w:val="00C40ADE"/>
     <w:rsid w:val="00C70612"/>
     <w:rsid w:val="00C91F84"/>
     <w:rsid w:val="00CA4396"/>
     <w:rsid w:val="00CD5616"/>
     <w:rsid w:val="00CF0F41"/>
     <w:rsid w:val="00D32A88"/>
     <w:rsid w:val="00D41D97"/>
     <w:rsid w:val="00D50999"/>
     <w:rsid w:val="00D9464D"/>
     <w:rsid w:val="00D967AF"/>
-    <w:rsid w:val="00DA57D3"/>
+    <w:rsid w:val="00DD0090"/>
     <w:rsid w:val="00DD663D"/>
     <w:rsid w:val="00DE60D2"/>
+    <w:rsid w:val="00DF3F80"/>
     <w:rsid w:val="00E13DA9"/>
     <w:rsid w:val="00E4502C"/>
     <w:rsid w:val="00E52D65"/>
     <w:rsid w:val="00E704D6"/>
+    <w:rsid w:val="00E837F0"/>
     <w:rsid w:val="00E87B55"/>
     <w:rsid w:val="00EE33FF"/>
-    <w:rsid w:val="00EF7BDF"/>
     <w:rsid w:val="00F71A9A"/>
     <w:rsid w:val="00F732E4"/>
     <w:rsid w:val="00F82ABB"/>
     <w:rsid w:val="00F90056"/>
     <w:rsid w:val="00FB107F"/>
     <w:rsid w:val="00FB4159"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pl-PL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="6DB5D63E"/>
+  <w14:docId w14:val="6CEBE40C"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{049457A9-95AB-49C2-BD10-5E997134BF4E}"/>
+  <w15:docId w15:val="{CF7FE3AC-E0A6-49E2-B77E-1A66B2A54BF1}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:lang w:val="pl-PL" w:eastAsia="pl-PL" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -2820,51 +2745,51 @@
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00303ADB"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\beaskr\Desktop\Zarz&#261;dzenie%20nr%208%20BCC.dotx" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\joanmu\AppData\Local\Temp\Zarz&#261;dzenie%20nr%202.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motyw pakietu Office">
   <a:themeElements>
     <a:clrScheme name="Pakiet Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -3375,80 +3300,80 @@
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="6fa38083-e5e8-49a7-847f-1dc5c5d6f00a"/>
     <ds:schemaRef ds:uri="aa29a899-52fd-4d86-ba55-efbb640ad347"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{34CF2352-C428-4019-9962-7541E1134302}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Zarządzenie nr 8 BCC</Template>
+  <Template>Zarządzenie nr 2</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>168</Words>
-  <Characters>1009</Characters>
+  <Words>146</Words>
+  <Characters>882</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>8</Lines>
+  <Lines>7</Lines>
   <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Tytuł</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>ump</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1175</CharactersWithSpaces>
+  <CharactersWithSpaces>1026</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
+  <dc:title>Zarządzenie nr 2/2026</dc:title>
   <dc:subject/>
-  <dc:creator>Beata Skrzypczak</dc:creator>
-  <cp:keywords/>
+  <dc:creator>Joanna Muszyńska</dc:creator>
+  <cp:keywords>BCC, regulamin organizacyjny</cp:keywords>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100C18EBA5A9860B743874A3A0BE3185DE2</vt:lpwstr>
   </property>
 </Properties>
 </file>