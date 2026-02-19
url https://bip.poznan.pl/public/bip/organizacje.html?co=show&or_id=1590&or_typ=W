--- v0 (2025-11-02)
+++ v1 (2026-02-19)
@@ -9,353 +9,348 @@
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
     <w:p w:rsidR="00627785" w:rsidRDefault="00627785" w:rsidP="00627785">
       <w:pPr>
         <w:pStyle w:val="Nagwek1"/>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidRPr="00627785">
         <w:t xml:space="preserve">Zarządzenie nr </w:t>
       </w:r>
-      <w:r w:rsidR="00AD3F48">
-[...3 lines deleted...]
-        <w:t>/2024</w:t>
+      <w:r w:rsidR="00391DEE">
+        <w:t>18</w:t>
+      </w:r>
+      <w:r w:rsidR="00FD7E3C">
+        <w:t>/2025</w:t>
       </w:r>
       <w:r w:rsidR="003F4BD2">
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00627785">
         <w:t>Dyrektora Wydziału</w:t>
       </w:r>
-      <w:r w:rsidR="002B5693">
+      <w:r w:rsidR="00FD7E3C">
         <w:t xml:space="preserve"> Wspierania Jednostek Pomocniczych Miasta</w:t>
       </w:r>
       <w:r w:rsidR="003F4BD2">
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00627785">
-        <w:t xml:space="preserve">z dnia </w:t>
-[...4 lines deleted...]
-      <w:r w:rsidR="002B5693">
+        <w:t>z dnia</w:t>
+      </w:r>
+      <w:r w:rsidR="00391DEE">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="003864AB">
-        <w:t>2024</w:t>
+      <w:r w:rsidR="00411C67">
+        <w:t>10</w:t>
+      </w:r>
+      <w:r w:rsidR="00FD7E3C">
+        <w:t xml:space="preserve"> grudnia 2025</w:t>
       </w:r>
       <w:r w:rsidRPr="00627785">
         <w:t xml:space="preserve"> r</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00627785" w:rsidRDefault="00627785" w:rsidP="00627785">
       <w:pPr>
         <w:pStyle w:val="Nagwek2"/>
       </w:pPr>
       <w:r>
-        <w:t>w sprawie Regulaminu Organizacyjnego Wydziału</w:t>
-[...8 lines deleted...]
-        <w:t>Jednostek Pomocniczych Miasta</w:t>
+        <w:t xml:space="preserve">w sprawie Regulaminu </w:t>
+      </w:r>
+      <w:r w:rsidR="00D90C83">
+        <w:t>o</w:t>
+      </w:r>
+      <w:r>
+        <w:t>rganizacyjnego Wydziału</w:t>
+      </w:r>
+      <w:r w:rsidR="00FD7E3C">
+        <w:t xml:space="preserve"> Wspierania Jednostek Pomocniczych Miasta</w:t>
       </w:r>
       <w:r w:rsidR="00EE33FF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Urzędu Miasta Poznania. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00627785" w:rsidRDefault="00627785" w:rsidP="00627785">
       <w:r>
-        <w:t xml:space="preserve">Na podstawie § 27 ust. 1 Regulaminu Organizacyjnego Urzędu Miasta Poznania, stanowiącego załącznik do zarządzenia Nr </w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">Na podstawie § 27 ust. 1 Regulaminu </w:t>
+      </w:r>
+      <w:r w:rsidR="00D90C83">
+        <w:t>o</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">Prezydenta Miasta Poznania z dnia </w:t>
-[...5 lines deleted...]
-        <w:t>stycznia</w:t>
+        <w:t xml:space="preserve">rganizacyjnego Urzędu Miasta Poznania, stanowiącego załącznik do zarządzenia </w:t>
+      </w:r>
+      <w:r w:rsidR="00FD7E3C">
+        <w:t>25/2025</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> </w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> Prezydenta Miasta Poznania z dnia </w:t>
+      </w:r>
+      <w:r w:rsidR="00FD7E3C">
+        <w:t xml:space="preserve">1 lipca 2025 </w:t>
       </w:r>
       <w:r>
-        <w:t>r. w sprawie Regulaminu Organizacyjnego Urzędu Miasta Poznania, zarządza się, co następuje:</w:t>
+        <w:t xml:space="preserve">r. w sprawie Regulaminu </w:t>
+      </w:r>
+      <w:r w:rsidR="00D90C83">
+        <w:t>o</w:t>
+      </w:r>
+      <w:r>
+        <w:t>rganizacyjnego Urzędu Miasta Poznania</w:t>
+      </w:r>
+      <w:r w:rsidR="00790760">
+        <w:t xml:space="preserve"> ze zmianą</w:t>
+      </w:r>
+      <w:r>
+        <w:t>, zarządza się, co następuje:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00627785" w:rsidRDefault="00627785" w:rsidP="00627785">
       <w:pPr>
         <w:pStyle w:val="Nagwek3"/>
       </w:pPr>
       <w:r>
         <w:t>§1</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00627785" w:rsidRDefault="00627785" w:rsidP="00627785">
       <w:r>
-        <w:t>Nadaje się, stanowiący załącznik do zarządzenia, Regulamin Organizacyjny Wydziału</w:t>
-[...8 lines deleted...]
-        <w:t>Jednostek Pomocniczych Miasta</w:t>
+        <w:t xml:space="preserve">Nadaje się, stanowiący załącznik do zarządzenia, Regulamin </w:t>
+      </w:r>
+      <w:r w:rsidR="00D90C83">
+        <w:t>o</w:t>
+      </w:r>
+      <w:r>
+        <w:t>rganizacyjny Wydziału</w:t>
+      </w:r>
+      <w:r w:rsidR="00FD7E3C">
+        <w:t xml:space="preserve"> Wspierania Jednostek Pomocniczych Miasta</w:t>
+      </w:r>
+      <w:r w:rsidR="00790760">
+        <w:t xml:space="preserve"> Urzędu Miasta Poznania</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00627785" w:rsidRDefault="00627785" w:rsidP="00627785">
       <w:pPr>
         <w:pStyle w:val="Nagwek3"/>
       </w:pPr>
       <w:r>
         <w:t>§2</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00C91F84" w:rsidRPr="00C91F84" w:rsidRDefault="00C91F84" w:rsidP="00C91F84">
       <w:r>
-        <w:t>Wykonanie zarządzenia powierz</w:t>
-[...11 lines deleted...]
-        <w:t>Jednostek Pomocniczych Miasta</w:t>
+        <w:t>Wykonanie zarządzenia powierza się pracownikom Wydziału</w:t>
+      </w:r>
+      <w:r w:rsidR="00FD7E3C">
+        <w:t xml:space="preserve"> Wspierania Jednostek Pomocniczych Miasta</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00627785" w:rsidRDefault="00627785" w:rsidP="00627785">
       <w:pPr>
         <w:pStyle w:val="Nagwek3"/>
       </w:pPr>
       <w:r>
         <w:t>§3</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00627785" w:rsidRDefault="002B5693" w:rsidP="00627785">
+    <w:p w:rsidR="00C91F84" w:rsidRDefault="00FD7E3C" w:rsidP="00C91F84">
       <w:r>
-        <w:t xml:space="preserve">Traci moc zarządzenie Nr </w:t>
-[...2 lines deleted...]
-        <w:t>1/2023</w:t>
+        <w:t>Traci moc zarządzenie Nr 2/2024</w:t>
+      </w:r>
+      <w:r w:rsidR="00C91F84">
+        <w:t xml:space="preserve"> Dyrektora Wydziału </w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> Dyrektora Wydziału</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00DB74D7">
+        <w:t>Wspierania Jednostek Pomocniczych Miasta z dnia 9 kwietnia 2024</w:t>
+      </w:r>
+      <w:r w:rsidR="00C91F84">
+        <w:t xml:space="preserve"> r. w sprawie Regulaminu Organizacyjnego Wydziału</w:t>
+      </w:r>
+      <w:r>
         <w:t xml:space="preserve"> Wspierania Jednostek Pomocniczych Miasta</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-        <w:t>u Organizacyjnego Wydziału Wspierania Jednostek Pomocniczych Miasta</w:t>
+      <w:r w:rsidR="00790760">
+        <w:t xml:space="preserve"> Urzędu Miasta Poznania</w:t>
       </w:r>
       <w:r w:rsidR="00C91F84">
         <w:t>.</w:t>
       </w:r>
     </w:p>
+    <w:p w:rsidR="00627785" w:rsidRDefault="00627785" w:rsidP="00627785"/>
     <w:p w:rsidR="00627785" w:rsidRDefault="00627785" w:rsidP="00627785">
       <w:pPr>
         <w:pStyle w:val="Nagwek3"/>
       </w:pPr>
       <w:r>
         <w:t>§4</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00627785" w:rsidRDefault="00627785" w:rsidP="00627785">
       <w:r>
-        <w:t>Zarządzenie wchodzi w życie z dniem</w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> 2024</w:t>
+        <w:t xml:space="preserve">Zarządzenie wchodzi w życie z dniem </w:t>
+      </w:r>
+      <w:r w:rsidR="00411C67">
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00391DEE">
+        <w:t xml:space="preserve"> stycznia 2026</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> r., po zatwierdzeniu przez </w:t>
       </w:r>
       <w:r w:rsidR="00EE33FF">
         <w:t>Sekretarza</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Miasta Poznania. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000577B0" w:rsidRDefault="000577B0" w:rsidP="008059BB">
+    <w:p w:rsidR="00FD7E3C" w:rsidRDefault="00FD7E3C" w:rsidP="008059BB">
       <w:pPr>
         <w:spacing w:before="600"/>
         <w:ind w:left="5954"/>
       </w:pPr>
       <w:r>
-        <w:t>Arkadiusz Bujak</w:t>
+        <w:t>Przemysław Markowski</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E4502C" w:rsidRDefault="00627785" w:rsidP="008059BB">
+    <w:p w:rsidR="00E4502C" w:rsidRDefault="00FD7E3C" w:rsidP="008059BB">
       <w:pPr>
         <w:spacing w:before="600"/>
         <w:ind w:left="5954"/>
       </w:pPr>
       <w:r>
+        <w:t xml:space="preserve">p.o. </w:t>
+      </w:r>
+      <w:r w:rsidR="00627785">
         <w:t>Dyrektor Wydziału</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00E4502C">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="EE"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00AF6A27"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="460A4790"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Akapitzlist1"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
@@ -1165,146 +1160,133 @@
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
   <w:attachedTemplate r:id="rId1"/>
-  <w:trackRevisions/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="004A240E"/>
-[...1 lines deleted...]
-    <w:rsid w:val="000577B0"/>
+    <w:rsidRoot w:val="00EC4062"/>
+    <w:rsid w:val="00071177"/>
     <w:rsid w:val="001240B2"/>
     <w:rsid w:val="0012562B"/>
-    <w:rsid w:val="001814E9"/>
     <w:rsid w:val="001A2E1B"/>
     <w:rsid w:val="00267BC9"/>
-    <w:rsid w:val="002B5693"/>
-[...3 lines deleted...]
-    <w:rsid w:val="003B1ABB"/>
+    <w:rsid w:val="00391DEE"/>
+    <w:rsid w:val="003D6345"/>
     <w:rsid w:val="003F4BD2"/>
-    <w:rsid w:val="004A240E"/>
+    <w:rsid w:val="00411C67"/>
     <w:rsid w:val="004B77EF"/>
     <w:rsid w:val="005D4256"/>
     <w:rsid w:val="006054AE"/>
     <w:rsid w:val="00627785"/>
-    <w:rsid w:val="006A77FE"/>
     <w:rsid w:val="00703988"/>
+    <w:rsid w:val="0075049E"/>
     <w:rsid w:val="00781107"/>
+    <w:rsid w:val="00790760"/>
     <w:rsid w:val="008059BB"/>
-    <w:rsid w:val="00916197"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00AD3F48"/>
     <w:rsid w:val="00AD4C4E"/>
     <w:rsid w:val="00B04FB2"/>
-    <w:rsid w:val="00B46E54"/>
+    <w:rsid w:val="00B2185A"/>
     <w:rsid w:val="00B52FD9"/>
-    <w:rsid w:val="00BB0203"/>
     <w:rsid w:val="00C91F84"/>
+    <w:rsid w:val="00CC2C1B"/>
+    <w:rsid w:val="00D90C83"/>
     <w:rsid w:val="00D9464D"/>
-    <w:rsid w:val="00DB74D7"/>
+    <w:rsid w:val="00DC514D"/>
     <w:rsid w:val="00DD663D"/>
     <w:rsid w:val="00E4502C"/>
+    <w:rsid w:val="00EC4062"/>
     <w:rsid w:val="00EE33FF"/>
+    <w:rsid w:val="00FD7E3C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pl-PL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{C801CE93-9A5F-4190-AFC9-3EB00F9C5CEC}"/>
+  <w15:docId w15:val="{34557888-66B9-4E40-A846-CCD5EE2CA9EE}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...2 lines deleted...]
-        <w:lang w:val="pl-PL" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+        <w:lang w:val="pl-PL" w:eastAsia="pl-PL" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault>
-[...3 lines deleted...]
-    </w:pPrDefault>
+    <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -1641,171 +1623,169 @@
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normalny">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00627785"/>
     <w:pPr>
       <w:suppressAutoHyphens/>
-      <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+      <w:spacing w:line="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-      <w:lang w:eastAsia="pl-PL"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Nagwek1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Nagwek"/>
     <w:next w:val="Normalny"/>
     <w:link w:val="Nagwek1Znak"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="00627785"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="480" w:after="600"/>
       <w:contextualSpacing/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="SimSun"/>
       <w:b/>
-      <w:color w:val="000000" w:themeColor="text1"/>
+      <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Nagwek2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normalny"/>
     <w:next w:val="Normalny"/>
     <w:link w:val="Nagwek2Znak"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="99"/>
     <w:qFormat/>
     <w:rsid w:val="00627785"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="120"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:color w:val="000000"/>
       <w:szCs w:val="26"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Nagwek3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normalny"/>
     <w:next w:val="Normalny"/>
     <w:link w:val="Nagwek3Znak"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="99"/>
     <w:qFormat/>
     <w:rsid w:val="00627785"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="120" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
-      <w:color w:val="000000" w:themeColor="text1"/>
+      <w:color w:val="000000"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Domylnaczcionkaakapitu">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Standardowy">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Bezlisty">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="regulamin1">
     <w:name w:val="regulamin1"/>
     <w:basedOn w:val="Tytu"/>
     <w:link w:val="regulamin1Znak"/>
     <w:rsid w:val="00267BC9"/>
     <w:rPr>
       <w:rFonts w:cs="Arial"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="regulamin1Znak">
     <w:name w:val="regulamin1 Znak"/>
-    <w:basedOn w:val="TytuZnak"/>
     <w:link w:val="regulamin1"/>
     <w:rsid w:val="00267BC9"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b w:val="0"/>
       <w:spacing w:val="-10"/>
       <w:kern w:val="28"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="pl-PL"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Tytu">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normalny"/>
     <w:next w:val="Normalny"/>
     <w:link w:val="TytuZnak"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="99"/>
     <w:qFormat/>
     <w:rsid w:val="00AD4C4E"/>
     <w:pPr>
       <w:spacing w:before="480" w:after="480" w:line="240" w:lineRule="auto"/>
       <w:contextualSpacing/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:spacing w:val="-10"/>
       <w:kern w:val="2"/>
@@ -1815,308 +1795,299 @@
   <w:style w:type="character" w:customStyle="1" w:styleId="TytuZnak">
     <w:name w:val="Tytuł Znak"/>
     <w:link w:val="Tytu"/>
     <w:uiPriority w:val="99"/>
     <w:qFormat/>
     <w:rsid w:val="00AD4C4E"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:spacing w:val="-10"/>
       <w:kern w:val="2"/>
       <w:szCs w:val="56"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="regrozdzia">
     <w:name w:val="reg rozdział"/>
     <w:basedOn w:val="Nagwek1"/>
     <w:link w:val="regrozdziaZnak"/>
     <w:rsid w:val="001240B2"/>
     <w:rPr>
       <w:rFonts w:cs="Arial"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="regrozdziaZnak">
     <w:name w:val="reg rozdział Znak"/>
-    <w:basedOn w:val="Nagwek1Znak"/>
     <w:link w:val="regrozdzia"/>
     <w:rsid w:val="001240B2"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
-      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:color w:val="2F5496"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="pl-PL"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Nagwek1Znak">
     <w:name w:val="Nagłówek 1 Znak"/>
     <w:link w:val="Nagwek1"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00627785"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:b/>
-      <w:color w:val="000000" w:themeColor="text1"/>
+      <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="32"/>
       <w:lang w:eastAsia="pl-PL"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Styl1">
     <w:name w:val="Styl1"/>
     <w:basedOn w:val="Tytu"/>
     <w:link w:val="Styl1Znak"/>
     <w:autoRedefine/>
     <w:qFormat/>
     <w:rsid w:val="00AD4C4E"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="16"/>
       </w:numPr>
       <w:jc w:val="left"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Styl1Znak">
     <w:name w:val="Styl1 Znak"/>
     <w:link w:val="Styl1"/>
     <w:rsid w:val="00AD4C4E"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:spacing w:val="-10"/>
       <w:kern w:val="2"/>
       <w:szCs w:val="56"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="regtytu">
     <w:name w:val="reg tytuł"/>
     <w:basedOn w:val="Tytu"/>
     <w:link w:val="regtytuZnak"/>
     <w:rsid w:val="001240B2"/>
     <w:rPr>
       <w:rFonts w:cs="Arial"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="regtytuZnak">
     <w:name w:val="reg tytuł Znak"/>
-    <w:basedOn w:val="TytuZnak"/>
     <w:link w:val="regtytu"/>
     <w:rsid w:val="001240B2"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b w:val="0"/>
       <w:spacing w:val="-10"/>
       <w:kern w:val="28"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="pl-PL"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="regPunktowanie1">
     <w:name w:val="reg Punktowanie1"/>
     <w:basedOn w:val="Akapitzlist"/>
     <w:link w:val="regPunktowanie1Znak"/>
     <w:rsid w:val="001240B2"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="1"/>
       </w:numPr>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+      <w:rFonts w:cs="Arial"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="regPunktowanie1Znak">
     <w:name w:val="reg Punktowanie1 Znak"/>
-    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
     <w:link w:val="regPunktowanie1"/>
     <w:rsid w:val="001240B2"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Akapitzlist">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normalny"/>
     <w:link w:val="AkapitzlistZnak"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00703988"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:rFonts w:eastAsia="Calibri"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="regpkt1">
     <w:name w:val="reg pkt 1"/>
     <w:basedOn w:val="Akapitzlist"/>
     <w:link w:val="regpkt1Znak"/>
     <w:rsid w:val="001240B2"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="5"/>
       </w:numPr>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+      <w:rFonts w:cs="Arial"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="regpkt1Znak">
     <w:name w:val="reg pkt 1 Znak"/>
-    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
     <w:link w:val="regpkt1"/>
     <w:rsid w:val="001240B2"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="regpkta">
     <w:name w:val="reg pkt a)"/>
     <w:basedOn w:val="Akapitzlist"/>
     <w:link w:val="regpktaZnak"/>
     <w:rsid w:val="001240B2"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="7"/>
       </w:numPr>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+      <w:rFonts w:cs="Arial"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="regpktaZnak">
     <w:name w:val="reg pkt a) Znak"/>
-    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
     <w:link w:val="regpkta"/>
     <w:rsid w:val="001240B2"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="regpkt10">
     <w:name w:val="reg pkt 1)"/>
     <w:basedOn w:val="Akapitzlist"/>
     <w:link w:val="regpkt1Znak0"/>
     <w:rsid w:val="001240B2"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="6"/>
       </w:numPr>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+      <w:rFonts w:cs="Arial"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="regpkt1Znak0">
     <w:name w:val="reg pkt 1) Znak"/>
-    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
     <w:link w:val="regpkt10"/>
     <w:rsid w:val="001240B2"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="regparagraf">
     <w:name w:val="reg paragraf"/>
     <w:basedOn w:val="regrozdzia"/>
     <w:link w:val="regparagrafZnak"/>
     <w:rsid w:val="001240B2"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="regparagrafZnak">
     <w:name w:val="reg paragraf Znak"/>
-    <w:basedOn w:val="regrozdziaZnak"/>
     <w:link w:val="regparagraf"/>
     <w:rsid w:val="001240B2"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
-      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:color w:val="2F5496"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="pl-PL"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="regtekst">
     <w:name w:val="reg tekst"/>
     <w:basedOn w:val="Normalny"/>
     <w:link w:val="regtekstZnak"/>
     <w:rsid w:val="001240B2"/>
     <w:rPr>
       <w:rFonts w:cs="Arial"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="regtekstZnak">
     <w:name w:val="reg tekst Znak"/>
-    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
     <w:link w:val="regtekst"/>
     <w:rsid w:val="001240B2"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="regrozdz">
     <w:name w:val="reg rozdz"/>
     <w:basedOn w:val="regPunktowanie1"/>
     <w:link w:val="regrozdzZnak"/>
     <w:rsid w:val="001240B2"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="0"/>
       </w:numPr>
       <w:ind w:left="1080"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="regrozdzZnak">
     <w:name w:val="reg rozdz Znak"/>
-    <w:basedOn w:val="regPunktowanie1Znak"/>
     <w:link w:val="regrozdz"/>
     <w:rsid w:val="001240B2"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Nagwek2Znak">
     <w:name w:val="Nagłówek 2 Znak"/>
     <w:link w:val="Nagwek2"/>
     <w:uiPriority w:val="99"/>
     <w:qFormat/>
     <w:rsid w:val="00627785"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:b/>
       <w:color w:val="000000"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Styl2">
     <w:name w:val="Styl2"/>
     <w:basedOn w:val="Nagwek1"/>
     <w:link w:val="Styl2Znak"/>
@@ -2134,108 +2105,105 @@
       <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
       <w:color w:val="auto"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Styl2Znak">
     <w:name w:val="Styl2 Znak"/>
     <w:link w:val="Styl2"/>
     <w:rsid w:val="00AD4C4E"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Styl3">
     <w:name w:val="Styl3"/>
     <w:basedOn w:val="Nagwek1"/>
     <w:link w:val="Styl3Znak"/>
     <w:qFormat/>
     <w:rsid w:val="0012562B"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Styl3Znak">
     <w:name w:val="Styl3 Znak"/>
-    <w:basedOn w:val="Nagwek1Znak"/>
     <w:link w:val="Styl3"/>
     <w:rsid w:val="0012562B"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:b/>
-      <w:color w:val="000000" w:themeColor="text1"/>
+      <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="32"/>
       <w:lang w:eastAsia="pl-PL"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Styl4">
     <w:name w:val="Styl4"/>
     <w:basedOn w:val="Nagwek2"/>
     <w:link w:val="Styl4Znak"/>
     <w:qFormat/>
     <w:rsid w:val="0012562B"/>
     <w:rPr>
       <w:sz w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Styl4Znak">
     <w:name w:val="Styl4 Znak"/>
-    <w:basedOn w:val="Nagwek2Znak"/>
     <w:link w:val="Styl4"/>
     <w:rsid w:val="0012562B"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:b/>
-      <w:color w:val="000000" w:themeColor="text1"/>
+      <w:color w:val="000000"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
       <w:lang w:eastAsia="pl-PL"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Styl5">
     <w:name w:val="Styl5"/>
     <w:basedOn w:val="Nagwek2"/>
     <w:link w:val="Styl5Znak"/>
     <w:qFormat/>
     <w:rsid w:val="0012562B"/>
     <w:pPr>
       <w:spacing w:before="160"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Styl5Znak">
     <w:name w:val="Styl5 Znak"/>
-    <w:basedOn w:val="Nagwek2Znak"/>
     <w:link w:val="Styl5"/>
     <w:rsid w:val="0012562B"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:b/>
-      <w:color w:val="000000" w:themeColor="text1"/>
+      <w:color w:val="000000"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
       <w:lang w:eastAsia="pl-PL"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Podtytu">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normalny"/>
     <w:next w:val="Normalny"/>
     <w:link w:val="PodtytuZnak"/>
     <w:uiPriority w:val="11"/>
     <w:qFormat/>
     <w:rsid w:val="005D4256"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="1"/>
       </w:numPr>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:spacing w:val="15"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="PodtytuZnak">
     <w:name w:val="Podtytuł Znak"/>
@@ -2271,464 +2239,354 @@
     <w:uiPriority w:val="29"/>
     <w:rsid w:val="005D4256"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:iCs/>
       <w:color w:val="404040"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Nagwek">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normalny"/>
     <w:link w:val="NagwekZnak"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="004B77EF"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="NagwekZnak">
     <w:name w:val="Nagłówek Znak"/>
-    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
     <w:link w:val="Nagwek"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="004B77EF"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="pl-PL"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Nagowek1">
     <w:name w:val="Nagłowek 1"/>
     <w:basedOn w:val="Normalny"/>
     <w:link w:val="Nagowek1Znak"/>
     <w:autoRedefine/>
     <w:rsid w:val="006054AE"/>
     <w:pPr>
       <w:spacing w:before="720"/>
       <w:ind w:left="-567"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
+      <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
       <w:b/>
       <w:sz w:val="56"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Nagowek1Znak">
     <w:name w:val="Nagłowek 1 Znak"/>
-    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
     <w:link w:val="Nagowek1"/>
     <w:rsid w:val="006054AE"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
       <w:sz w:val="56"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Cytaty">
     <w:name w:val="Cytaty"/>
     <w:basedOn w:val="Normalny"/>
     <w:autoRedefine/>
     <w:qFormat/>
     <w:rsid w:val="00AD4C4E"/>
     <w:pPr>
       <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="5954" w:right="567"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="21"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Nagwek3Znak">
     <w:name w:val="Nagłówek 3 Znak"/>
     <w:link w:val="Nagwek3"/>
     <w:uiPriority w:val="99"/>
     <w:qFormat/>
     <w:rsid w:val="00627785"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:b/>
-      <w:color w:val="000000" w:themeColor="text1"/>
+      <w:color w:val="000000"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="pl-PL"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Akapitzlist1">
     <w:name w:val="Akapit  z listą 1"/>
     <w:basedOn w:val="Styl1"/>
     <w:autoRedefine/>
     <w:qFormat/>
     <w:rsid w:val="00AD4C4E"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="18"/>
       </w:numPr>
       <w:ind w:left="357" w:hanging="357"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Akapitzlist2">
     <w:name w:val="Akapit z listą 2"/>
     <w:basedOn w:val="Styl2"/>
     <w:link w:val="Akapitzlist2Znak"/>
     <w:autoRedefine/>
     <w:qFormat/>
     <w:rsid w:val="00AD4C4E"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="0"/>
       </w:numPr>
       <w:tabs>
         <w:tab w:val="num" w:pos="720"/>
       </w:tabs>
       <w:ind w:left="527" w:hanging="357"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Akapitzlist2Znak">
     <w:name w:val="Akapit z listą 2 Znak"/>
-    <w:basedOn w:val="Styl2Znak"/>
     <w:link w:val="Akapitzlist2"/>
     <w:rsid w:val="00AD4C4E"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Nagowek4">
     <w:name w:val="Nagłowek 4"/>
     <w:basedOn w:val="Normalny"/>
     <w:link w:val="Nagowek4Znak"/>
     <w:autoRedefine/>
     <w:rsid w:val="00703988"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="280" w:after="240" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Nagowek4Znak">
     <w:name w:val="Nagłowek 4 Znak"/>
-    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
     <w:link w:val="Nagowek4"/>
     <w:rsid w:val="00703988"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:b/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="AkapitzlistZnak">
     <w:name w:val="Akapit z listą Znak"/>
     <w:link w:val="Akapitzlist"/>
     <w:uiPriority w:val="34"/>
     <w:rsid w:val="00703988"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
-    </w:rPr>
-[...69 lines deleted...]
-      <w:lang w:eastAsia="pl-PL"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Tekstdymka">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normalny"/>
     <w:link w:val="TekstdymkaZnak"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="003B1ABB"/>
+    <w:rsid w:val="00391DEE"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TekstdymkaZnak">
     <w:name w:val="Tekst dymka Znak"/>
-    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
     <w:link w:val="Tekstdymka"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="003B1ABB"/>
+    <w:rsid w:val="00391DEE"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
       <w:lang w:eastAsia="pl-PL"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\joagaw\Desktop\Pisma%20do%20wys&#322;ania\zmiana%20regulaminu%202024\regulamin%20wys&#322;any%20do%20WOr\zamieszczony%20w%20Mdoku\WJPM_zarzadzenie.dotx" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\joagaw\AppData\Local\Temp\WJPM_zarzadzenie.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motyw pakietu Office">
   <a:themeElements>
     <a:clrScheme name="Pakiet Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Pakiet Office">
       <a:majorFont>
         <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Pakiet Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
@@ -2840,70 +2698,69 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>WJPM_zarzadzenie</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>152</Words>
-  <Characters>913</Characters>
+  <Words>161</Words>
+  <Characters>970</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>7</Lines>
+  <Lines>8</Lines>
   <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Tytuł</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>ump</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1063</CharactersWithSpaces>
+  <CharactersWithSpaces>1129</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Joanna Gawarecka</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>