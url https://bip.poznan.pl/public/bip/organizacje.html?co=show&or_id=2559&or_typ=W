--- v0 (2025-10-24)
+++ v1 (2025-12-10)
@@ -1,5065 +1,5239 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
     <w:p w:rsidR="00043CF0" w:rsidRPr="00125E4C" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
       <w:pPr>
         <w:spacing w:after="480"/>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidRPr="00125E4C">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Załącznik do zarządzenia nr </w:t>
       </w:r>
       <w:r w:rsidR="00B53920" w:rsidRPr="00125E4C">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidRPr="00125E4C">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>/202</w:t>
       </w:r>
-      <w:r w:rsidR="00B53920" w:rsidRPr="00125E4C">
+      <w:r w:rsidR="00B279B3">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>4</w:t>
+        <w:t>5</w:t>
       </w:r>
       <w:r w:rsidRPr="00125E4C">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Dyrektora Biura Spraw Lokalowych z dnia</w:t>
       </w:r>
       <w:r w:rsidR="00040487" w:rsidRPr="00125E4C">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00AA1C1F">
+      <w:r w:rsidR="000610A5">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>22</w:t>
+        <w:t>3</w:t>
       </w:r>
       <w:r w:rsidR="00EC6FC6">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> października </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000610A5">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>listopada</w:t>
+      </w:r>
+      <w:r w:rsidR="00886804">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00125E4C">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>202</w:t>
       </w:r>
-      <w:r w:rsidR="00B53920" w:rsidRPr="00125E4C">
+      <w:r w:rsidR="00B279B3">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>4</w:t>
+        <w:t>5</w:t>
       </w:r>
       <w:r w:rsidRPr="00125E4C">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> r.</w:t>
       </w:r>
     </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="00BA488B">
+      <w:pPr>
+        <w:spacing w:after="600"/>
+        <w:ind w:left="5954"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>Zatwierdzam</w:t>
+      </w:r>
+    </w:p>
     <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="00EC6FC6">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:ind w:left="5954"/>
       </w:pPr>
       <w:r w:rsidRPr="00B96BC3">
-        <w:t>Zatwierdzam</w:t>
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00B96BC3">
         <w:t>Stanisław Tamm</w:t>
       </w:r>
       <w:r w:rsidR="00EC6FC6">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B96BC3">
         <w:t xml:space="preserve">Sekretarz Miasta Poznania </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="00EC6FC6">
-[...1 lines deleted...]
-        <w:spacing w:after="240"/>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="00BA488B">
+      <w:pPr>
+        <w:spacing w:after="600"/>
         <w:ind w:left="5954"/>
       </w:pPr>
       <w:r w:rsidRPr="00B96BC3">
         <w:t>Akceptuję</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00125E4C" w:rsidP="00EC6FC6">
-[...1 lines deleted...]
-        <w:spacing w:after="240"/>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00B279B3" w:rsidP="00223158">
+      <w:pPr>
+        <w:spacing w:after="480"/>
         <w:ind w:left="5954"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Natalia Weremczuk </w:t>
+        <w:t>Marcin Gołek Zastępca Prezydenta Miasta Poznania</w:t>
+      </w:r>
+      <w:r w:rsidR="00125E4C">
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00043CF0" w:rsidRPr="00B96BC3">
-        <w:t>Zastępc</w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> Prezydenta Miasta Poznania</w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00043CF0" w:rsidRPr="00321010" w:rsidRDefault="00043CF0" w:rsidP="00CD552D">
       <w:pPr>
         <w:spacing w:before="480" w:after="480"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00321010">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Regulamin Organizacyjny Biura Spraw Lokalowych</w:t>
+        <w:t xml:space="preserve">Regulamin </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA488B">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00321010">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>rganizacyjny Biura Spraw Lokalowych</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00043CF0" w:rsidRPr="00321010" w:rsidRDefault="00043CF0" w:rsidP="00CD552D">
       <w:pPr>
         <w:keepNext/>
         <w:spacing w:before="480" w:after="240"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00321010">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Rozdział I Struktura organizacyjna</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00043CF0" w:rsidRPr="00321010" w:rsidRDefault="00043CF0" w:rsidP="00CD552D">
       <w:pPr>
         <w:keepNext/>
         <w:spacing w:before="360" w:after="240"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00321010">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>§ 1</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:left="357" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00B96BC3">
-        <w:t xml:space="preserve">Pracą Biura kieruje </w:t>
+        <w:t xml:space="preserve">Pracą </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA488B">
+        <w:t>b</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t xml:space="preserve">iura kieruje </w:t>
       </w:r>
       <w:r w:rsidR="00EC6FC6">
         <w:t>d</w:t>
       </w:r>
       <w:r w:rsidR="00EC6FC6" w:rsidRPr="00B96BC3">
         <w:t xml:space="preserve">yrektor </w:t>
       </w:r>
       <w:r w:rsidRPr="00B96BC3">
         <w:t xml:space="preserve">przy pomocy </w:t>
       </w:r>
       <w:r w:rsidR="00EC6FC6">
         <w:t>z</w:t>
       </w:r>
       <w:r w:rsidR="00EC6FC6" w:rsidRPr="00B96BC3">
         <w:t>astępc</w:t>
       </w:r>
       <w:r w:rsidR="00EC6FC6">
         <w:t>y</w:t>
       </w:r>
       <w:r w:rsidRPr="00B96BC3">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:left="357" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00B96BC3">
         <w:t xml:space="preserve">Dyrektor przy pomocy </w:t>
       </w:r>
       <w:r w:rsidR="00EC6FC6">
         <w:t>z</w:t>
       </w:r>
       <w:r w:rsidR="00EC6FC6" w:rsidRPr="00B96BC3">
         <w:t>astępc</w:t>
       </w:r>
       <w:r w:rsidR="00EC6FC6">
         <w:t>y</w:t>
       </w:r>
       <w:r w:rsidR="00EC6FC6" w:rsidRPr="00B96BC3">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B96BC3">
-        <w:t>zarządza Biurem zgodnie ze standardami kontroli zarządczej wspomaganymi systemem zarządzania zgodnym z wymaganiami normy PN-EN ISO 9001:2015.</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+        <w:t xml:space="preserve">zarządza </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA488B">
+        <w:t>b</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>iurem zgodnie ze standardami kontroli zarządczej wspomaganymi systemem zarządzania zgodnym z wymaganiami normy PN-EN ISO 9001:2015.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00583CA4" w:rsidRDefault="00583CA4" w:rsidP="009C0C43">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:left="357" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
-      <w:r w:rsidRPr="00B96BC3">
-        <w:t xml:space="preserve">Realizacja zadań Biura oparta jest na podejściu procesowym, zgodnym z normą określoną w ust. 2. </w:t>
+      <w:r w:rsidRPr="00583CA4">
+        <w:t xml:space="preserve">Wsparcie koordynacyjne w zakresie utrzymania i doskonalenia systemu zarządzania zgodnego z wymaganiami normy PN-EN ISO 9001:2015 oraz standardów kontroli zarządczej w wydziale, zapewnia wyznaczony przez dyrektora pracownik </w:t>
+      </w:r>
+      <w:r w:rsidR="00F35CB0">
+        <w:t>biura</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00583CA4">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:ind w:left="357" w:hanging="357"/>
+        <w:contextualSpacing w:val="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t xml:space="preserve">Realizacja zadań </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA488B">
+        <w:t>b</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t xml:space="preserve">iura oparta jest na podejściu procesowym, zgodnym z normą określoną w ust. 2. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00043CF0" w:rsidRPr="00321010" w:rsidRDefault="00043CF0" w:rsidP="00CD552D">
       <w:pPr>
         <w:keepNext/>
         <w:spacing w:before="360" w:after="240"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00321010">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>§ 2</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
       <w:r w:rsidRPr="00B96BC3">
-        <w:t>W strukturze organizacyjnej Biura funkcjonuje Pełnomocni</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00125E4C">
+        <w:t>Biuro dzieli się na następujące oddziały i stanowiska pracy:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:ind w:left="714" w:hanging="357"/>
+        <w:contextualSpacing w:val="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t xml:space="preserve">Oddział Pomocy Mieszkaniowej, w skład którego wchodzą: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:contextualSpacing w:val="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t xml:space="preserve">kierownik </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA488B">
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>ddziału,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:contextualSpacing w:val="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:lastRenderedPageBreak/>
+        <w:t>stanowisko ds. pomocy mieszkaniowej;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:ind w:left="714" w:hanging="357"/>
+        <w:contextualSpacing w:val="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>Oddział Projektów Mieszkaniowych, w skład którego wchodzą:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:contextualSpacing w:val="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>kierowni</w:t>
+      </w:r>
+      <w:r w:rsidR="00F230EF">
         <w:t>k</w:t>
       </w:r>
       <w:r w:rsidRPr="00B96BC3">
-        <w:t xml:space="preserve"> Prezydenta Miasta Poznania ds. Ochrony Praw Lokatorów i Projektów Mieszkaniowych.</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA488B">
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>ddziału,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:contextualSpacing w:val="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>stanowisko ds. projektów mieszkaniowych,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:contextualSpacing w:val="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>stanowisko ds. wsparcia w kryzysie mieszkaniowym;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:ind w:left="714" w:hanging="357"/>
+        <w:contextualSpacing w:val="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>Oddział Współpracy ze Spółkami Mieszkaniowymi i Realizacji Polityki Mieszkaniowej, w skład którego wchodzą:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:contextualSpacing w:val="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>kierowni</w:t>
+      </w:r>
+      <w:r w:rsidR="00F230EF">
+        <w:t>k</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA488B">
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>ddziału,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:contextualSpacing w:val="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>stanowisko ds. współpracy ze spółkami mieszkaniowymi,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:contextualSpacing w:val="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>stanowisko ds. gospodarowania zasobem mieszkaniowym,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:contextualSpacing w:val="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t xml:space="preserve">stanowisko ds. </w:t>
+      </w:r>
+      <w:r w:rsidR="00886804">
+        <w:t>polityki mieszkaniowej</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t xml:space="preserve"> i sprawozdawczości;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00002158" w:rsidRPr="00B96BC3" w:rsidRDefault="00002158" w:rsidP="0014011D">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:contextualSpacing w:val="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t>stanowisko ds.</w:t>
+      </w:r>
+      <w:r w:rsidR="00886804">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>polityki mieszkaniowej i legislacji;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:ind w:left="714" w:hanging="357"/>
+        <w:contextualSpacing w:val="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>stanowisko ds. budżetu, analiz i rozliczeń;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:ind w:left="714" w:hanging="357"/>
+        <w:contextualSpacing w:val="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>stanowisko ds. obsługi sekretariatu.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00043CF0" w:rsidRPr="00321010" w:rsidRDefault="00043CF0" w:rsidP="00CD552D">
       <w:pPr>
         <w:keepNext/>
         <w:spacing w:before="360" w:after="240"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00321010">
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>§ 3</w:t>
-[...218 lines deleted...]
-        <w:t>stanowisko ds. obsługi sekretariatu.</w:t>
+        <w:t xml:space="preserve">§ </w:t>
+      </w:r>
+      <w:r w:rsidR="000610A5">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:contextualSpacing w:val="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t xml:space="preserve">Dyrektor kieruje pracą </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA488B">
+        <w:t>b</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t xml:space="preserve">iura w zakresie planowania, organizacji i kontroli realizacji zadań należących do </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA488B">
+        <w:t>b</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>iura.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:contextualSpacing w:val="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t xml:space="preserve">Dyrektor reprezentuje </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA488B">
+        <w:t>b</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>iuro na zewnątrz oraz odpowiada za kontakt z mediami.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:contextualSpacing w:val="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t xml:space="preserve">W zakresie realizowanych przez </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA488B">
+        <w:t>b</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t xml:space="preserve">iuro zadań </w:t>
+      </w:r>
+      <w:r w:rsidR="008C7D34">
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidR="008C7D34" w:rsidRPr="00B96BC3">
+        <w:t xml:space="preserve">yrektor </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>zapewnia współpracę z miejskimi jednostkami organizacyjnymi, spółkami prawa handlowego, w których Miasto Poznań posiada udziały, organizacjami pozarządowymi oraz innymi podmiotami zajmującymi się problematyką mieszkaniową.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00420E3A" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:contextualSpacing w:val="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>Dyrektor sprawuje nadzór nad:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="008C7D34" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="38"/>
+        </w:numPr>
+        <w:ind w:left="709"/>
+      </w:pPr>
+      <w:r>
+        <w:t>z</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>astępc</w:t>
+      </w:r>
+      <w:r>
+        <w:t>ą</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>yrektor</w:t>
+      </w:r>
+      <w:r>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="00043CF0" w:rsidRPr="00B96BC3">
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="38"/>
+        </w:numPr>
+        <w:ind w:left="709"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>Oddziałem Współpracy ze Spółkami Mieszkaniowymi i Realizacji Polityki Mieszkaniowej;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="38"/>
+        </w:numPr>
+        <w:ind w:left="709"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>stanowiskiem ds. budżetu, analiz i rozliczeń;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="38"/>
+        </w:numPr>
+        <w:ind w:left="709"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>stanowiskiem ds. obsługi sekretariatu.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00043CF0" w:rsidRPr="00321010" w:rsidRDefault="00043CF0" w:rsidP="00CD552D">
       <w:pPr>
         <w:keepNext/>
         <w:spacing w:before="360" w:after="240"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00321010">
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>§ 4</w:t>
-[...40 lines deleted...]
-      <w:r w:rsidR="008C7D34">
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">§ </w:t>
+      </w:r>
+      <w:r w:rsidR="000610A5">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0027203A" w:rsidRPr="00B96BC3" w:rsidRDefault="0027203A" w:rsidP="0027203A">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+        <w:contextualSpacing w:val="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t xml:space="preserve">Zadania </w:t>
+      </w:r>
+      <w:r>
         <w:t>d</w:t>
       </w:r>
-      <w:r w:rsidR="008C7D34" w:rsidRPr="00B96BC3">
-[...27 lines deleted...]
-      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>yrektor</w:t>
+      </w:r>
+      <w:r>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t xml:space="preserve"> podczas j</w:t>
+      </w:r>
+      <w:r>
+        <w:t>ego</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t xml:space="preserve"> nieobecności spowodowanej chorobą, urlopem lub wyjazdem służbowym wykonuje </w:t>
+      </w:r>
       <w:r>
         <w:t>z</w:t>
       </w:r>
       <w:r w:rsidRPr="00B96BC3">
         <w:t>astępc</w:t>
       </w:r>
       <w:r>
-        <w:t>ą</w:t>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0027203A" w:rsidRPr="00B96BC3" w:rsidRDefault="0027203A" w:rsidP="0027203A">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+        <w:contextualSpacing w:val="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>Zastępc</w:t>
+      </w:r>
+      <w:r>
+        <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="00B96BC3">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>d</w:t>
       </w:r>
       <w:r w:rsidRPr="00B96BC3">
-        <w:t>yrektor</w:t>
+        <w:t>yrekto</w:t>
       </w:r>
       <w:r>
-        <w:t>a</w:t>
-[...54 lines deleted...]
-        <w:t>stanowiskiem ds. obsługi sekretariatu.</w:t>
+        <w:t>ra</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t xml:space="preserve"> sprawuje nadzór nad:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0027203A" w:rsidRPr="00B96BC3" w:rsidRDefault="0027203A" w:rsidP="0027203A">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:contextualSpacing w:val="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>Oddziałem Pomocy Mieszkaniowej;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0027203A" w:rsidRPr="00B96BC3" w:rsidRDefault="0027203A" w:rsidP="00F35CB0">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:spacing w:after="480"/>
+        <w:ind w:left="714" w:hanging="357"/>
+        <w:contextualSpacing w:val="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>Oddziałem Projektów Mieszkaniowych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00321010" w:rsidRDefault="00043CF0" w:rsidP="00F35CB0">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00321010">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">§ </w:t>
+      </w:r>
+      <w:r w:rsidR="007E4DB9">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t xml:space="preserve">Schemat organizacyjny </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA488B">
+        <w:t>b</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t xml:space="preserve">iura oraz zasady podporządkowania poszczególnych oddziałów i stanowisk pracy przedstawia załącznik nr 1 do </w:t>
+      </w:r>
+      <w:r w:rsidR="00F35CB0">
+        <w:t>r</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>egulaminu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00321010" w:rsidRDefault="00043CF0" w:rsidP="00CD552D">
+      <w:pPr>
+        <w:keepNext/>
+        <w:spacing w:before="480" w:after="240"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00321010">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Rozdział II Zakres działania Biura</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00043CF0" w:rsidRPr="00321010" w:rsidRDefault="00043CF0" w:rsidP="00CD552D">
       <w:pPr>
         <w:keepNext/>
         <w:spacing w:before="360" w:after="240"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00321010">
         <w:rPr>
           <w:b/>
         </w:rPr>
+        <w:t xml:space="preserve">§ </w:t>
+      </w:r>
+      <w:r w:rsidR="007E4DB9">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005279C8" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:ind w:left="360"/>
+        <w:contextualSpacing w:val="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t xml:space="preserve">Biuro zapewnia realizację polityki mieszkaniowej prowadzonej przez Prezydenta oraz Radę poprzez opracowywanie projektów aktów prawnych regulujących zasady najmu lokali z mieszkaniowego zasobu Miasta oraz zasady gospodarowania tym mieniem, z wyłączeniem zasobu Miasta oddanego w trwały zarząd miejskim jednostkom organizacyjnym. Bierze udział w wypracowywaniu rozwiązań, projektów i programów, których celem jest zaspokajanie potrzeb mieszkaniowych społeczności miasta. Współtworzy politykę czynszową dotyczącą mieszkaniowego zasobu Miasta. Diagnozuje potrzeby mieszkaniowe poznaniaków oraz sposoby ich zaspokojenia. Biuro współpracuje z organizacjami pozarządowymi i innymi podmiotami w zakresie rozwiązywania problemów mieszkaniowych, zapobiegania bezdomności i wykluczeniu społecznemu spowodowanego bezdomnością. Biuro załatwia sprawy dotyczące udzielania pomocy mieszkaniowej osobom i rodzinom o niskich dochodach i w tym celu opracowuje listy osób ubiegających się o zawarcie umowy najmu lokalu mieszkalnego lub umowy najmu socjalnego lokalu. Realizuje uprawnienia Miasta do wskazywania najemców w zasobie stanowiącym własność spółki Poznańskie Towarzystwo Budownictwa Społecznego sp. z o.o., w którym Miasto jest partycypantem. Informuje o zasadach i trybach dysponowania majątkiem mieszkaniowym Miasta i zapewnia wsparcie oraz pomoc mieszkańcom w rozwiązywaniu ich spraw i problemów wynikających ze stosunku najmu lokali mieszkalnych. Monitoruje wykonanie polityki mieszkaniowej Miasta. Koordynuje i weryfikuje sposób realizacji zadań własnych gminy przez spółki prawa handlowego z </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B96BC3">
         <w:lastRenderedPageBreak/>
-        <w:t>§ 5</w:t>
-[...47 lines deleted...]
-      <w:r w:rsidRPr="00B96BC3">
+        <w:t xml:space="preserve">udziałem Miasta, w szczególności: Miejskie Przedsiębiorstwo Gospodarki Mieszkaniowej </w:t>
+      </w:r>
+      <w:r w:rsidR="00420E3A">
+        <w:t xml:space="preserve">sp. z o.o. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t xml:space="preserve">, Poznańskie Towarzystwo Budownictwa Społecznego sp. z o.o. oraz Zarząd Komunalnych Zasobów Lokalowych sp. z o.o. Biuro opracowuje i monitoruje umowy zawarte pomiędzy Miastem a spółką Poznańskie Towarzystwo Budownictwa Społecznego sp. z o.o. oraz spółką Zarząd Komunalnych Zasobów Lokalowych sp. z o.o., w szczególności umowy w sprawie warunków realizacji powierzonych zadań własnych oraz przyznawania i rozliczania wsparcia działalności powierzonej. Opracowuje zasady realizacji roszczeń podmiotów zewnętrznych kierowanych do Miasta z tytułu niezrealizowanych wyroków sądowych z orzeczonym prawem do lokalu socjalnego oraz dochodzenia przez Miasto należności z tytułu regresu. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:ind w:left="360"/>
+        <w:contextualSpacing w:val="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>Do zadań Biura należy w szczególności:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="18"/>
+        </w:numPr>
+        <w:contextualSpacing w:val="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>w zakresie związanym z pełnieniem przez Prezydenta funkcji organu udzielania pomocy mieszkaniowej:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:ind w:left="1068"/>
+        <w:contextualSpacing w:val="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>przyjmowanie i rozpatrywanie wniosków o ujęcie do listy osób ubiegających się o zawarcie umowy najmu lokalu mieszkalnego lub umowy najmu socjalnego lokalu,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:ind w:left="1068"/>
+        <w:contextualSpacing w:val="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>przygotowanie projektów zarządzeń Prezydenta dotyczących listy osób ubiegających się o zawarcie umowy najmu lokalu mieszkalnego lub umowy najmu socjalnego lokalu,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:ind w:left="1068"/>
+        <w:contextualSpacing w:val="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>rozpatrywanie spraw związanych z realizacją uprawnień do lokalu mieszkalnego wynikających z ustawy o ochronie praw lokatorów,</w:t>
+      </w:r>
+      <w:r w:rsidR="00A01A36">
+        <w:t xml:space="preserve"> mieszkaniowym zasobie gminy i o zmianie </w:t>
+      </w:r>
+      <w:r w:rsidR="0069435B">
+        <w:t xml:space="preserve">Kodeksu </w:t>
+      </w:r>
+      <w:r w:rsidR="00A01A36">
+        <w:t>cywilnego,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:ind w:left="1068"/>
+        <w:contextualSpacing w:val="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>udzielanie informacji o możliwości uzyskania pomocy mieszkaniowej, a także sposobach realizacji potrzeb mieszkaniowych mieszkańców Miasta Poznania,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:ind w:left="1068"/>
+        <w:contextualSpacing w:val="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>udzielanie informacji o osobach poszukiwanych przez policję w zakresie składania wniosków o pomoc mieszkaniową,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:ind w:left="1068"/>
+        <w:contextualSpacing w:val="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>współpraca z innymi jednostkami zajmującymi się udzieleniem pomocy, w szczególności z Miejskim Ośrodkiem Pomocy Rodzinie i Poznańskim Centrum Świadczeń,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FF41EF" w:rsidRPr="00B96BC3" w:rsidRDefault="00FF41EF" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:ind w:left="1068"/>
+        <w:contextualSpacing w:val="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">prowadzenie egzekucji obowiązków o charakterze niepieniężnym wynikających z działalności </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA488B">
+        <w:t>b</w:t>
+      </w:r>
+      <w:r>
+        <w:t>iura, w tym wyko</w:t>
+      </w:r>
+      <w:r w:rsidR="003B633A">
+        <w:t>nywanie wyroków zapadłych i niewykonanych przed 1994 rokiem jako organu egzekucyjnego</w:t>
+      </w:r>
+      <w:r w:rsidR="0069435B">
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="18"/>
+        </w:numPr>
+        <w:contextualSpacing w:val="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>w zakresie realizacji programów i projektów mieszkaniowych:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="20"/>
+        </w:numPr>
+        <w:contextualSpacing w:val="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:lastRenderedPageBreak/>
+        <w:t>inicjowanie i</w:t>
+      </w:r>
+      <w:r w:rsidR="00A01A36">
+        <w:t xml:space="preserve"> realizacja</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t xml:space="preserve"> programów i projektów mieszkaniowych dedykowanych różnym grupom beneficjentów,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="20"/>
+        </w:numPr>
+        <w:contextualSpacing w:val="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>współpraca ze spółkami mieszkaniowymi w zakresie realizacji programów i projektów mieszkaniowych,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="20"/>
+        </w:numPr>
+        <w:contextualSpacing w:val="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t xml:space="preserve">współpraca z organizacjami pozarządowymi w zakresie wsparcia mieszkaniowego, walki z bezdomnością, przeciwdziałania wykluczeniu społecznemu oraz wsparcia z zakresu pomocy społecznej, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="20"/>
+        </w:numPr>
+        <w:contextualSpacing w:val="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>udzielanie i rozliczanie dotacji i grantów udzielonych przez Miasto Poznań organizacjom pozarządowym i innym podmiotom wymienionym w art. 3 ust. 3 ustawy o działalności pożytku publicznego i o wolontariacie na zadania w zakresie polityki mieszkaniowej,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="20"/>
+        </w:numPr>
+        <w:contextualSpacing w:val="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t xml:space="preserve">reprezentowanie interesów i </w:t>
+      </w:r>
+      <w:r w:rsidR="0069435B" w:rsidRPr="00B96BC3">
+        <w:t>osiągni</w:t>
+      </w:r>
+      <w:r w:rsidR="0069435B">
+        <w:t>ę</w:t>
+      </w:r>
+      <w:r w:rsidR="0069435B" w:rsidRPr="00B96BC3">
+        <w:t xml:space="preserve">ć </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>Miasta z zakresu programów i projektów mieszkaniowych oraz walki z bezdomnością na konferencjach, warsztatach, spotkaniach z udziałem przedstawicieli Miasta Poznań, w tym w ramach Stowarzyszenia EUROCITIES oraz innych projektów międzynarodowych,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="20"/>
+        </w:numPr>
+        <w:contextualSpacing w:val="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>opiniowanie regulacji w zakresie programów i projektów mieszkaniowych realizowanych przez ZKZL sp. z o.o. i PTBS sp. z o.o.,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="20"/>
+        </w:numPr>
+        <w:contextualSpacing w:val="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>wnioskowanie o środki finansowe zapewniające realizację programów i projektów mieszkaniowych,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="20"/>
+        </w:numPr>
+        <w:contextualSpacing w:val="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>udział w projektach dofinansowanych ze środków pozabudżetowych dotyczących programów mieszkaniowych;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="18"/>
+        </w:numPr>
+        <w:contextualSpacing w:val="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>w zakresie współpracy ze spółkami mieszkaniowymi i realizacji polityki mieszkaniowej:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:contextualSpacing w:val="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>regulowanie stosunków pomiędzy Miastem a spółkami mieszkaniowymi, w zakresie realizacji polityki mieszkaniowej Miasta,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:contextualSpacing w:val="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>opracowanie i monitorowanie realizacji umów zawartych pomiędzy Miastem a spółkami mieszkaniowymi, w szczególności umów o współpracy oraz w sprawie warunków realizacji powierzonych zadań własnych oraz przyznawania i rozliczania wsparcia działalności powierzonej,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:contextualSpacing w:val="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t xml:space="preserve">przygotowanie i zawieranie umów partycypacji w kosztach budowy lokali mieszkalnych z zasobu PTBS sp. z o.o., </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:contextualSpacing w:val="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>prowadzenie spraw związanych z pomocą publiczną udzielaną spółkom ZKZL sp. o.o. oraz PTBS sp. z o.o.,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:contextualSpacing w:val="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">opiniowanie rocznych i wieloletnich planów działalności oraz planów inwestycyjnych spółek: MPGM </w:t>
+      </w:r>
+      <w:r w:rsidR="00420E3A">
+        <w:t>sp. z o.o.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>, PTBS sp. z o.o., ZKZL sp. z o.o.,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:contextualSpacing w:val="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t xml:space="preserve">przedstawianie oraz opiniowanie propozycji celów zarządczych dla członków Zarządów spółek: MPGM </w:t>
+      </w:r>
+      <w:r w:rsidR="00420E3A">
+        <w:t>sp. z o.o</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>., PTBS sp. z o.o., ZKZL sp. z o.o. oraz weryfikacja stopnia ich realizacji,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:contextualSpacing w:val="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>rozpatrywanie spraw związanych z realizacją uprawnień do lokalu mieszkalnego wynikających z ustawy o ochronie praw lokatorów</w:t>
+      </w:r>
+      <w:r w:rsidR="00B14C69" w:rsidRPr="00B96BC3">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00B14C69">
+        <w:t xml:space="preserve"> mieszkaniowym zasobie gminy i o zmianie </w:t>
+      </w:r>
+      <w:r w:rsidR="00FC49DC">
+        <w:t xml:space="preserve">Kodeksu </w:t>
+      </w:r>
+      <w:r w:rsidR="00B14C69">
+        <w:t>cywilnego</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:contextualSpacing w:val="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>monitorowanie sposobu realizacji polityki mieszkaniowej przyjętej uchwałą Rady Miasta Poznania,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:contextualSpacing w:val="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>monitorowanie, koordynowanie i weryfikacja sposobu realizacji wyroków eksmisyjnych z prawem do lokalu socjalnego lub pomieszczenia tymczasowego,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:contextualSpacing w:val="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>udział w procedurach regulujących tytuł prawny do lokalu mieszkalnego,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:contextualSpacing w:val="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>opiniowanie wniosków o sprzedaż lub wyłączenie ze sprzedaży zasobu mieszkaniowego,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00377CC6" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:contextualSpacing w:val="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">koordynowanie </w:t>
+      </w:r>
+      <w:r w:rsidR="00043CF0" w:rsidRPr="00B96BC3">
+        <w:t>realizac</w:t>
+      </w:r>
+      <w:r w:rsidR="00B14C69">
+        <w:t>j</w:t>
+      </w:r>
+      <w:r>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidR="00043CF0" w:rsidRPr="00B96BC3">
+        <w:t xml:space="preserve"> porozumienia zawartego pomiędzy Miastem Poznań a Policją w sprawie przejęcia lokali znajdujących się w dyspozycji Policji,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:contextualSpacing w:val="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>sprawozdawczość z realizacji obowiązujących polityk Miasta w zakresie zadań właściwych dla mieszkalnictwa;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A1261" w:rsidRPr="00B96BC3" w:rsidRDefault="009A1261" w:rsidP="0014011D">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:contextualSpacing w:val="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>analiza i prognoza potrzeb mieszkaniowych w Poznaniu oraz możliwości ich zaspokojenia,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A1261" w:rsidRPr="00B96BC3" w:rsidRDefault="009A1261" w:rsidP="0014011D">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:contextualSpacing w:val="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>monitorowanie zmian przepisów prawa dotyczących rynku mieszkaniowego, udział w konferencjach i spotkaniach organizowanych przez podmioty wewnętrzne i zewnętrzne, dotyczących problematyki mieszkalnictwa,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A1261" w:rsidRPr="00B96BC3" w:rsidRDefault="009A1261" w:rsidP="0014011D">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:contextualSpacing w:val="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>opracowanie wieloletniego programu gospodarowania mieszkaniowym zasobem gminy i zapewnienie w tym zakresie współpracy,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A1261" w:rsidRPr="00B96BC3" w:rsidRDefault="009A1261" w:rsidP="0014011D">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:contextualSpacing w:val="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>opracowanie zasad wynajmowania lokali z mieszkaniowego zasobu Miasta Poznania,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A1261" w:rsidRPr="00B96BC3" w:rsidRDefault="009A1261" w:rsidP="0014011D">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:contextualSpacing w:val="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>opracowanie polityki czynszowej w mieszkaniowym zasobie Miasta Poznania,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A1261" w:rsidRPr="00B96BC3" w:rsidRDefault="009A1261" w:rsidP="0014011D">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:contextualSpacing w:val="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>opracowanie i realizacja strategii komunikacji w zakresie polityki mieszkaniowej Miasta w ramach kontaktów z mediami oraz na konferencjach, warsztatach i innych spotkaniach z udziałem przedstawicieli Miasta Poznań</w:t>
+      </w:r>
+      <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
-[...96 lines deleted...]
-        <w:t xml:space="preserve"> Prezydenta Miasta Poznania ds. Ochrony Praw Lokatorów i Projektów Mieszkaniowych.</w:t>
+    <w:p w:rsidR="009A1261" w:rsidRPr="00B96BC3" w:rsidRDefault="009A1261" w:rsidP="00217B7E">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:ind w:left="1068"/>
+        <w:contextualSpacing w:val="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:ind w:left="360"/>
+        <w:contextualSpacing w:val="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>Biuro realizuje zadania zgodnie ze zidentyfikowanym procesem: SLk/PS-01 – Koordynacja działań w zakresie pomocy mieszkaniowej w ramach systemu zarządzania zgodnego z wymogami normy PN-EN ISO 9001:2015.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:ind w:left="360"/>
+        <w:contextualSpacing w:val="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>Biuro Spraw Lokalowych realizuje cele ustalone dla Biura poprzez działania:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="23"/>
+        </w:numPr>
+        <w:contextualSpacing w:val="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>zapewnianie wysokiego poziomu obsługi klienta;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="23"/>
+        </w:numPr>
+        <w:contextualSpacing w:val="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>prowadzenie polityki mieszkaniowej zmierzającej do realizacji potrzeb mieszkaniowych różnych grup społecznych;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="23"/>
+        </w:numPr>
+        <w:contextualSpacing w:val="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>współtworzenie i monitorowanie polityki czynszowej w mieszkaniowym zasobie Miasta;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="23"/>
+        </w:numPr>
+        <w:contextualSpacing w:val="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>udzielanie skutecznie pomocy mieszkaniowej osobom i rodzinom o niskich dochodach;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="23"/>
+        </w:numPr>
+        <w:contextualSpacing w:val="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t xml:space="preserve">ustalanie uprawnień osób do zawierania umów najmu lokali mieszkalnych w zasobach PTBS sp. z o.o., w których Miasto jest partycypantem; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="23"/>
+        </w:numPr>
+        <w:contextualSpacing w:val="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>zapewnianie wsparcia mieszkańcom w rozwiązywaniu problemów wynikających ze stosunku najmu lokali mieszkalnych;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="23"/>
+        </w:numPr>
+        <w:contextualSpacing w:val="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>tworzenie i realizowanie programów i projektów mieszkaniowych dedykowanych różnym grupom społecznym;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="23"/>
+        </w:numPr>
+        <w:contextualSpacing w:val="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>uczestniczenie w rozwiązywaniu problemów mieszkaniowych, zapobieganiu bezdomności i wykluczeniu społecznemu spowodowanemu bezdomnością poprzez współpracę z organizacjami pozarządowymi i innymi podmiotami;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="23"/>
+        </w:numPr>
+        <w:contextualSpacing w:val="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>realizowanie zadań w sposób sprawny, kompetentny, w trybie i terminach określonych przepisami prawa;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="23"/>
+        </w:numPr>
+        <w:contextualSpacing w:val="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>stałe podnoszenie kwalifikacji wszystkich zatrudnionych pracowników;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="23"/>
+        </w:numPr>
+        <w:contextualSpacing w:val="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>uczestniczenie w działaniach związanych z polityką mieszkaniową lub tworzeniem warunków do rozwoju mieszkalnictwa realizowanych przez inne podmioty.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00CD552D" w:rsidRDefault="00043CF0" w:rsidP="00CD552D">
+      <w:pPr>
+        <w:keepNext/>
+        <w:spacing w:before="480" w:after="240"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD552D">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Rozdział III Zakres zadań oddziałów i stanowisk pracy</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00043CF0" w:rsidRPr="00321010" w:rsidRDefault="00043CF0" w:rsidP="00CD552D">
       <w:pPr>
         <w:keepNext/>
         <w:spacing w:before="360" w:after="240"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00321010">
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>§ 6</w:t>
-[...6 lines deleted...]
-      <w:r w:rsidR="00F35587">
+        <w:t xml:space="preserve">§ </w:t>
+      </w:r>
+      <w:r w:rsidR="007E4DB9">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="00CD552D">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="24"/>
+        </w:numPr>
+        <w:ind w:left="357" w:hanging="357"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>Do zadań Oddziału Pomocy Mieszkaniowej należy:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:contextualSpacing w:val="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">przyjmowanie, weryfikacja i rozpatrywanie, z wykorzystaniem dedykowanej aplikacji „Pomoc Mieszkaniowa”, wniosków o ujęcie do listy osób ubiegających się o zawarcie umowy najmu lokalu mieszkalnego lub umowy najmu socjalnego lokalu; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:contextualSpacing w:val="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t xml:space="preserve">prowadzenie, za pomocą dedykowanej aplikacji „Pomoc Mieszkaniowa”, ewidencji wniosków osób ubiegających się o objęcie listą socjalną lub listą mieszkaniową; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:contextualSpacing w:val="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>dokonywanie wizji lokalowych w zakresie prowadzonych spraw;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:contextualSpacing w:val="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>rozpatrywanie odwołań wniesionych w związku z rozpatrzeniem wniosku o ujęcie do listy osób ubiegających się o zawarcie umowy najmu lokalu mieszkalnego lub umowy najmu socjalnego lokalu;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:contextualSpacing w:val="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t xml:space="preserve">współpraca z ZKZL sp. z o.o. przy tworzeniu </w:t>
+      </w:r>
+      <w:r w:rsidR="00B631BE">
+        <w:t>oraz</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t xml:space="preserve"> aktualizacji list socjalnej i mieszkaniowej, monitorowanie stopnia realizacji przez ZKZL sp. z o.o. listy socjalnej i mieszkaniowej oraz przygotowaniu rekomendacji dla Prezydenta w zakresie tworzenia listy, a także progu punktowego uprawniającego do objęcia listą;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:contextualSpacing w:val="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>przygotowanie projektów zarządzeń Prezydenta w sprawie ustalenia oraz zmiany rocznych list socjalnej i mieszkaniowej;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:contextualSpacing w:val="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>przygotowywanie projektów zarządzeń Prezydenta w sprawie skreślenia z listy osób ubiegających się o zawarcie umowy najmu lokalu mieszkalnego lub umowy najmu socjalnego lokalu;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:contextualSpacing w:val="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>organizacja, obsługa, dokumentowanie posiedzeń Komisji ds. Opiniowania List, opracowanie merytoryczne materiałów do pracy Komisji oraz udział w pracach Komisji;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:contextualSpacing w:val="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>udział w pracach Komisji ws. najmu socjalnego lokali ze wsparciem;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:contextualSpacing w:val="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t xml:space="preserve">udział w pracach innych komisji i zespołów powołanych zarządzeniem Prezydenta Miasta z udziałem pracowników </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA488B">
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>ddziału;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:contextualSpacing w:val="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>udzielanie informacji w zakresie możliwości uzyskania pomocy mieszkaniowej oraz współdziałanie w tym zakresie z innymi jednostkami organizacyjnymi Miasta, organami ścigania i organizacjami pozarządowymi oraz innymi podmiotami zapewniającymi wsparcie mieszkańcom miasta;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:contextualSpacing w:val="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>przygotowywanie odpowiedzi na skargi i interwencje osób ubiegających się o udzielenie pomocy mieszkaniowej;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:contextualSpacing w:val="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t xml:space="preserve">przygotowywanie odpowiedzi na interpelacje i zapytania radnych w przedmiocie zadań </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA488B">
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>ddziału;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:contextualSpacing w:val="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:lastRenderedPageBreak/>
+        <w:t>udzielanie informacji organom ścigania o osobach poszukiwanych, w zakresie składania wniosków o pomoc mieszkaniową;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003B633A" w:rsidRDefault="003B633A" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:contextualSpacing w:val="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">prowadzenie egzekucji obowiązków o charakterze niepieniężnym wynikających z działalności </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA488B">
+        <w:t>b</w:t>
+      </w:r>
+      <w:r>
+        <w:t>iura, w tym wykonywanie wyroków zapadłych i niewykonanych przed 1994 rokiem jako organu egzekucyjnego;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:contextualSpacing w:val="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>udział w przygotowywaniu projektów aktów prawnych z obszaru pomocy mieszkaniowej;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:contextualSpacing w:val="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t xml:space="preserve">przygotowywanie projektów zarządzeń Prezydenta w zakresie merytorycznej właściwości </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA488B">
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>ddziału;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:contextualSpacing w:val="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t xml:space="preserve">przygotowywanie informacji na narady Zastępcy Prezydenta z Biurem w sprawach </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA488B">
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>ddziału;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:contextualSpacing w:val="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t xml:space="preserve">przygotowywanie innych informacji, statystyk i sprawozdań z zakresu merytorycznej właściwości </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA488B">
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>ddziału;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:contextualSpacing w:val="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t xml:space="preserve">przygotowywanie informacji do zamieszczenia w Biuletynie Informacji Publicznej oraz wortalu Biura z zakresu merytorycznej właściwości </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA488B">
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>ddziału;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:contextualSpacing w:val="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t xml:space="preserve">współpraca z Biurem Poznań Kontakt w ramach umowy o współpracy w zakresie telefonicznej obsługi </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA488B">
+        <w:t>b</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>iura w standardzie call center;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:contextualSpacing w:val="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>zapewnienie funkcjonowania Punktu Obsługi Klienta.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="24"/>
+        </w:numPr>
+        <w:ind w:left="357" w:hanging="357"/>
+        <w:contextualSpacing w:val="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>Do zadań Oddziału Projektów Mieszkaniowych należy:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="26"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>inicjowanie działań w zakresie przygotowania i realizacji programów i projektów mieszkaniowych dedykowanych różnym grupom beneficjentów;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="26"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>tworzenie i realizacja programów mieszkaniowych wynikających z określonych ustaw oraz rozeznanych potrzeb mieszkańców Poznania;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="26"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>opracowywanie założeń programów i projektów mieszkaniowych oraz współpraca w tym zakresie z jednostkami je realizującymi;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="26"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>bieżąca współpraca z podmiotami zainteresowanymi współpracą przy projektach mieszkaniowych;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="26"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>udział w realizacji programów mieszkaniowych objętych Strategią Rozwoju Miasta Poznania 2020+;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="26"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>poszukiwanie i analiza możliwości uzyskania środków finansowych na realizację programów i projektów mieszkaniowych służących walce z bezdomnością i wykluczeniem mieszkaniowym, w tym środków z budżetu Miasta;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="26"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t xml:space="preserve">współpraca z organizacjami pozarządowymi, instytucjami finansowymi i innymi podmiotami w zakresie pozyskiwania środków i funduszy na realizację programów </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:lastRenderedPageBreak/>
+        <w:t>mieszkaniowych i programów społecznych dotyczących zaspokajania potrzeb mieszkaniowych;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="000610A5">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="26"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>prowadzenie i rozstrzygnięcie otwartego konkursu ofert na powierzenie realizacji zadania Miasta Poznania w obszarze pomocy społecznej, w związku z realizacją programu Najem socjalny lokali ze wsparciem;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="26"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>organizacja, obsługa, dokumentowanie posiedzeń Komisji ws. Najmu socjalnego lokali ze wsparciem, opracowanie merytoryczne materiałów do pracy Komisji oraz udział w pracach Komisji;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="26"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>udzielanie i rozliczanie dotacji i grantów udzielonych przez Miasto Poznań organizacjom pozarządowym i innym podmiotom wymienionym w art. 3 ust. 3 ustawy o działalności pożytku publicznego i o wolontariacie na zadania w zakresie polityki mieszkaniowej;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="26"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>monitorowanie realizacji projektów finansowanych z budżetu Miasta w celu zbadania zgodności postępów z harmonogramem projektu;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="26"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>przyjmowanie, weryfikacja i rozpatrywanie wniosków osób ubiegających się o zawarcie umów najmu lokali mieszkalnych w zasobach PTBS sp. z o.o., w których Miasto zawiera umowę partycypacji w kosztach budowy lub zawarło odrębne porozumienia;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="26"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>przygotowanie zarządzeń Prezydenta w sprawie wyznaczenia osoby uprawnionej do zawarcia umowy najmu zwolnionego lokalu z zasobu PTBS sp. z o.o., w którym Miasto pokrywa partycypację w kosztach budowy lub zawarło odrębne porozumienia;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="26"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>przygotowywanie wskazań do zawarcia umowy najmu zwolnionego lokalu z zasobu PTBS sp. z o.o. w którym Miasto pokrywa partycypację w kosztach budowy lub zawarło odrębne porozumienia;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="26"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>współpraca z ZKZL sp. z o.o. i PTBS sp. z o.o. przy zasiedlaniu zwolnionych lokali z partycypacją Miasta;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="26"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>organizacja, obsługa, dokumentowanie posiedzeń Komisji ds. lokali w zasobie PTBS sp. z o.o. oddanych do dyspozycji Miasta, opracowanie merytoryczne materiałów do pracy Komisji oraz udział w pracach Komisji;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="26"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>przyjmowanie, weryfikacja i rozpatrywanie wniosków osób ubiegających się o udział w programie „POZnań – i zamieszkaj”;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="26"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>tworzenie listy osób uprawnionych do udziału w programie „POZnań – i zamieszkaj”;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="26"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>organizacja, obsługa, dokumentowanie posiedzeń Komisji ds. zatwierdzenia wniosków osób ubiegających się o udział w programie „POZnań – i zamieszkaj”, opracowanie merytoryczne materiałów do pracy Komisji oraz udział w pracach Komisji;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="26"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:lastRenderedPageBreak/>
+        <w:t>przygotowanie i prowadzenie naborów, w tym przyjmowanie, weryfikacja i rozpatrywanie wniosków, do innych programów i projektów realizowanych przez Biuro oraz tworzenie listy osób uprawnionych do udziału w programach i projektach;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="26"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t xml:space="preserve">udział w pracach innych komisji i zespołów powołanych zarządzeniem Prezydenta Miasta z udziałem pracowników </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA488B">
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>ddziału;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="26"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>udział w przygotowywaniu projektów aktów prawnych z obszaru polityki mieszkaniowej, w szczególności programów i projektów mieszkaniowych;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="26"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t xml:space="preserve">przygotowywanie projektów zarządzeń Prezydenta w zakresie merytorycznej właściwości </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA488B">
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>ddziału;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="26"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>inicjowanie i organizowanie przedsięwzięć informacyjnych, promocyjnych i negocjacji dotyczących planowanych projektów mieszkaniowych oraz uczestniczenie w procesach konsultacji społecznych, w tym organizowanie i obsługa spotkań, konsultacji i konferencji dotyczących projektów mieszkaniowych;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="26"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>stała współpraca z wydziałami Urzędu i miejskimi jednostkami organizacyjnymi w planowaniu i realizacji projektów mieszkaniowych;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="26"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>przygotowywanie informacji i sprawozdań w zakresie monitorowania realizacji programów i projektów mieszkaniowych;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="26"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>przygotowywanie odpowiedzi na skargi i interwencje w zakresie realizowanych programów i projektów mieszkaniowych;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="26"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t xml:space="preserve">przygotowywanie odpowiedzi na interpelacje i zapytania radnych w przedmiocie zadań </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA488B">
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>ddziału;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="26"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>reprezentowanie osiągnięć Miasta z zakresu programów i projektów mieszkaniowych oraz walki z bezdomnością na konferencjach, warsztatach, spotkaniach z udziałem przedstawicieli Miasta Poznań oraz podczas spotkań w ramach projektów międzynarodowych;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="26"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t xml:space="preserve">opiniowanie regulaminów programów i projektów mieszkaniowych realizowanych przez spółki mieszkaniowe oraz koordynacja działań </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA488B">
+        <w:t>b</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>iura w tym zakresie;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="26"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t xml:space="preserve">udział w analizie i weryfikacji danych i sprawozdań przekazywanych przez ZKZL sp. z o.o., PTBS sp. z o.o., MPGM </w:t>
+      </w:r>
+      <w:r w:rsidR="00E4710E">
+        <w:t>sp. z o.o.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="26"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t xml:space="preserve">współudział w opiniowaniu rocznych i wieloletnich planów działalności, w tym planu rzeczowo-finansowego, oraz planów inwestycyjnych spółek MPGM </w:t>
+      </w:r>
+      <w:r w:rsidR="00E4710E">
+        <w:t>sp. z o.o.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>, PTBS sp. z o.o., ZKZL sp. z o.o.;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="26"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t xml:space="preserve">opracowywanie, analizowanie i nadzorowanie realizacji projektów, planów finansowych, projektów zmian planów </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA488B">
+        <w:t>b</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>iura w zakresie wydatków oraz dochodów na projekty mieszkaniowe;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="26"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t xml:space="preserve">opiniowanie projektów w ramach Poznańskiego Budżetu Obywatelskiego oraz koordynacja działań </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA488B">
+        <w:t>b</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>iura w tym zakresie;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="26"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">udział w przygotowywaniu materiałów dla </w:t>
+      </w:r>
+      <w:r w:rsidR="00D62A68">
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>yrektor</w:t>
+      </w:r>
+      <w:r w:rsidR="00F369A7">
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t xml:space="preserve"> na spotkania w ramach Związku Miast Polskich oraz Unii Metropolii Polskich;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="26"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t xml:space="preserve">przygotowywanie informacji na narady Zastępcy Prezydenta z </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA488B">
+        <w:t>b</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t xml:space="preserve">iurem w sprawach </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA488B">
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>ddziału;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="26"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t xml:space="preserve">przygotowywanie innych informacji, statystyk i sprawozdań z zakresu merytorycznej właściwości </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA488B">
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>ddziału;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C24FA" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="26"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>przygotowywanie informacji do zamieszczenia z zakresu merytorycznej właściwości Oddziału oraz administrowanie informacjami zawartym</w:t>
+      </w:r>
+      <w:r w:rsidR="00DC7D21">
         <w:t>i</w:t>
       </w:r>
-      <w:r w:rsidR="00125E4C">
-[...5 lines deleted...]
-      <w:r w:rsidR="005279C8">
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t xml:space="preserve"> w Biuletynie Informacji Publicznej oraz wortalu </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA488B">
+        <w:t>b</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>iura</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA488B">
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00886804" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="26"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>realizacja obowiązków wynikających z pełnienia funkcji Lidera Prostego Języka określonych w przepisach wewnętrznych Urzędu Miasta Poznania z zakresu stosowania prostego języka</w:t>
+      </w:r>
+      <w:r w:rsidR="00043CF0" w:rsidRPr="00B96BC3">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:keepNext/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="24"/>
+        </w:numPr>
+        <w:ind w:left="357" w:hanging="357"/>
+        <w:contextualSpacing w:val="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>Do zadań Oddziału Współpracy ze Spółkami Mieszkaniowymi i Realizacji Polityki Mieszkaniowej należy:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>przygotowywanie i zmiana umów zawieranych w imieniu Miasta z jednostkami i podmiotami realizującymi zadania własne gminy w zakresie zaspokajania potrzeb mieszkaniowych wspólnoty samorządowej, w tym w szczególności ze spółkami ZKZL sp. z o.o. i PTBS sp. z o.o.;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>monitorowanie realizacji umów zawartych pomiędzy Miastem a spółkami PTBS sp. z o.o. i ZKZL sp. z o.o., w szczególności umów o współpracy oraz w sprawie warunków realizacji powierzonych zadań własnych oraz przyznawania i rozliczania wsparcia działalności powierzonej;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>przygotowanie i zawieranie umów partycypacji w kosztach budowy lokali mieszkalnych z zasobu PTBS sp. z o.o.;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>przygotowywanie upoważnień do reprezentowania właściciela lokali komunalnych we wspólnotach mieszkaniowych i współwłasnościach;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t xml:space="preserve">prowadzenie spraw związanych z pomocą publiczną udzielaną spółkom ZKZL sp. z o.o. i PTBS sp. </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA488B">
+        <w:t xml:space="preserve">z </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>o.o. z tytułu usług świadczonych w ogólnym interesie gospodarczym, w szczególności zlecenie przeprowadzenia audytu rekompensaty, zawarcie umowy z wykonawcą, koordynowanie przebiegu audytu, odbiór audytu i współpraca w tym zakresie z Biurem Nadzoru Właścicielskiego, a także sformułowanie wniosków oraz nadzór nad ich realizacją;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t xml:space="preserve">przygotowywanie sprawozdań </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB5914" w:rsidRPr="00BB5914">
+        <w:t>wynikających z przepisów prawnych lub umów z</w:t>
+      </w:r>
+      <w:r w:rsidR="003342A3">
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB5914" w:rsidRPr="00BB5914">
+        <w:t>wartych z podmiotami zewnętrznymi w zakresie pomocy publicznej udzielonej spółkom mieszkaniowym</w:t>
+      </w:r>
+      <w:r w:rsidR="003342A3">
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:lastRenderedPageBreak/>
+        <w:t>udział w konferencjach i spotkaniach, na których będzie reprezentowane stanowisko Miasta w zakresie usług świadczonych w ogólnym interesie gospodarczym z zakresu mieszkalnictwa;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A1261" w:rsidRPr="00B96BC3" w:rsidRDefault="009A1261" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>udział w konferencjach i spotkan</w:t>
+      </w:r>
+      <w:r w:rsidR="00217B7E">
+        <w:t>iach</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> organizowanych przez podmioty wewnętrzne i zewnętrzne, dotyczące problematyki mieszkalnictwa;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>monitorowanie regulacji prawnych dotyczących zagadnień związanych z pomocą publiczną (w tym regulacji Unii Europejskiej);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t xml:space="preserve">analizowanie </w:t>
+      </w:r>
+      <w:r w:rsidR="000744E2">
+        <w:t>oraz</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t xml:space="preserve"> weryfikacja danych </w:t>
+      </w:r>
+      <w:r w:rsidR="00AA1C1F">
+        <w:t>lub</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t xml:space="preserve"> sprawozdań przekazywanych przez ZKZL sp. z o.o., PTBS sp. z o.o., MPGM </w:t>
+      </w:r>
+      <w:r w:rsidR="00310341">
+        <w:t xml:space="preserve">sp. </w:t>
+      </w:r>
+      <w:r w:rsidR="004171ED">
+        <w:t xml:space="preserve">z </w:t>
+      </w:r>
+      <w:r w:rsidR="00310341">
+        <w:t>o.o.</w:t>
+      </w:r>
+      <w:r w:rsidR="00D24A6E">
+        <w:t xml:space="preserve"> oraz </w:t>
+      </w:r>
+      <w:r w:rsidR="000742DE">
+        <w:t>koordynacja zadań w tym zakresie</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA1C1F">
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>opiniowanie rocznych i wieloletnich planów działalności, w tym planu rzeczowo-finansowego, oraz planów inwestycyjnych spółek: MPGM</w:t>
+      </w:r>
+      <w:r w:rsidR="004F766D">
+        <w:t xml:space="preserve"> sp. z o.o.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t xml:space="preserve">, PTBS sp. z o.o., ZKZL sp. z o.o. oraz koordynacja działań </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA488B">
+        <w:t>b</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>iura w tym zakresie;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t xml:space="preserve">zgłaszanie </w:t>
+      </w:r>
+      <w:r w:rsidR="009A1261" w:rsidRPr="00B96BC3">
+        <w:t xml:space="preserve">propozycji wniosków </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>do budżetu Miasta oraz Wieloletniej Prognozy Finansowej Miasta Poznania w zakresie finansowania usług publicznych świadczonych przez spółki mieszkaniowe;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t xml:space="preserve">przedstawianie oraz opiniowanie propozycji celów zarządczych dla członków Zarządów spółek: MPGM </w:t>
+      </w:r>
+      <w:r w:rsidR="004171ED">
+        <w:t>sp</w:t>
+      </w:r>
+      <w:r w:rsidR="00685671">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="004171ED">
+        <w:t xml:space="preserve"> z o.o</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>., PTBS sp. z o.o., ZKZL sp. z o.o. oraz weryfikacja stopnia ich realizacji;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>bieżąca współpraca z Biurem Nadzoru Właścicielskiego w zakresie nadzoru nad spółkami mieszkaniowymi;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t xml:space="preserve">rozpatrywanie skarg na działania podejmowane przez spółki MPGM </w:t>
+      </w:r>
+      <w:r w:rsidR="004171ED">
+        <w:t>sp. z o.o.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>, PTBS sp. z o.o., ZKZL sp. z o.o. w zakresie zadań realizowanych przez te spółki;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>uczestniczenie w konsultacjach i negocjacjach, w tym w zespołach zadaniowych, dotyczących współpracy Miasta ze spółkami ZKZL sp. z o.o. i PTBS sp. z o.o., w tym z udziałem innych podmiotów;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>organizowanie</w:t>
+      </w:r>
+      <w:r w:rsidR="00D17371">
+        <w:t xml:space="preserve"> i</w:t>
+      </w:r>
+      <w:r w:rsidR="00D17371" w:rsidRPr="00D17371">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D17371" w:rsidRPr="00B96BC3">
+        <w:t>dokumentowanie</w:t>
+      </w:r>
+      <w:r w:rsidR="00D17371">
+        <w:t xml:space="preserve"> narad oraz spotkań</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00D17371">
+        <w:t>w tym z Zastępcą Prezydenta</w:t>
+      </w:r>
+      <w:r w:rsidR="002034E6">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00D17371">
+        <w:t xml:space="preserve"> także </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t xml:space="preserve">na wniosek spółek mieszkaniowych i innych jednostek, w których uczestnikiem jest </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA488B">
+        <w:t>b</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t xml:space="preserve">iuro wraz z dokumentowaniem przebiegu i </w:t>
+      </w:r>
+      <w:r w:rsidR="00AA1C1F">
+        <w:t xml:space="preserve">podjętych </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>decyzji;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>inicjowanie, informowanie, opracowywanie, koordynowanie działań związanych z realizacją polityki mieszkaniowej Miasta;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>rozpatrywanie spraw związanych z realizacją uprawnień do lokalu mieszkalnego wynikających z ustawy o ochronie praw lokatorów</w:t>
+      </w:r>
+      <w:r w:rsidR="002034E6">
+        <w:t>, mieszkaniowym zasobie gminy i o zmianie Kodeksu cywilnego</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>koordynacja spraw w zakresie realizacji roszczeń podmiotów zewnętrznych kierowanych do Miasta Poznania z tytułu niezrealizowanych wyroków sądowych z orzeczonym prawem do lokalu socjalnego oraz zasad dochodzenia przez Miasto roszczeń z tytułu regresu;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:lastRenderedPageBreak/>
+        <w:t>opiniowanie celowości sprzedaży budynków i lokali z mieszkaniowego zasobu Miasta;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00D17371" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>pozyskiwanie</w:t>
+      </w:r>
+      <w:r w:rsidR="00CC33C3">
+        <w:t xml:space="preserve"> informacji</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> i </w:t>
+      </w:r>
+      <w:r w:rsidR="00043CF0" w:rsidRPr="00B96BC3">
+        <w:t>udzielanie wyjaśnień w sprawach związanych z przygotowaniem budynków i lokali mieszkalnych do sprzedaży;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>opiniowanie postępowań w zakresie regulacji tytułów prawnych do lokali mieszkalnych;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>uczestnictwo w postępowaniach mających na celu realizację porozumienia zawartego pomiędzy Policją a Miastem Poznań;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00D17371" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>pozyskiwanie</w:t>
+      </w:r>
+      <w:r w:rsidR="00CC33C3">
+        <w:t xml:space="preserve"> informacji</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> i </w:t>
+      </w:r>
+      <w:r w:rsidR="00043CF0" w:rsidRPr="00B96BC3">
+        <w:t>udzielanie wyjaśnień w sprawie realizacji wniosków o sprzedaż lokali pozostających w dyspozycji Policji;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>przygotowywanie odpowiedzi na skargi i interwencje w zakresie realizowanej polityki mieszkaniowej;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t xml:space="preserve">monitorowanie, koordynacja i weryfikacja sposobu realizacji polityki mieszkaniowej przyjętej uchwałą Rady Miasta Poznania; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00BC6579" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">udział w tworzeniu i </w:t>
+      </w:r>
+      <w:r w:rsidR="00043CF0" w:rsidRPr="00B96BC3">
+        <w:t>monitorowani</w:t>
+      </w:r>
+      <w:r>
+        <w:t>u</w:t>
+      </w:r>
+      <w:r w:rsidR="00043CF0" w:rsidRPr="00B96BC3">
+        <w:t xml:space="preserve"> polityki czynszowej w mieszkaniowym zasobie Miasta;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>monitorowanie polityki czynszowej w mieszkaniowym zasobie niepublicznym;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>monitorowanie</w:t>
+      </w:r>
+      <w:r w:rsidR="00377CC6">
+        <w:t>, koordynowanie</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t xml:space="preserve"> i weryfikacja sposobu realizacji wyroków eksmisyjnych z prawem do lokalu socjalnego lub pomieszczenia tymczasowego;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t xml:space="preserve">opracowanie sprawozdań dotyczących mieszkaniowego zasobu Miasta przekazywanych do Głównego Urzędu Statystycznego; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>opracowywanie raportu rocznego z realizacji polityki mieszkaniowej przyjętej uchwałą Rady Miasta Poznania;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t xml:space="preserve">przygotowywanie odpowiedzi i wyjaśnień na protokoły oraz sprawozdania pokontrolne z prowadzonych w </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA488B">
+        <w:t>b</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>iurze kontroli w zakresie realizacji polityki mieszkaniowej Miasta;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>stała współpraca z wydziałami urzędu i miejskimi jednostkami organizacyjnymi w zakresie realizacji polityki mieszkaniowej Miasta;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>prowadzenie ewidencji lokali będących własnością Miasta, oddanych w trwały zarząd miejskim jednostkom organizacyjnym;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>monitorowanie zmian przepisów prawa dotyczącego rynku mieszkaniowego, spółek mieszkaniowych oraz pomocy publicznej;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>udzielanie mieszkańcom wyjaśnień w zakresie prowadzonej przez Miasto polityki mieszkaniowej i obowiązujących przepisów prawa;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DE411A" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>przygotowywani</w:t>
+      </w:r>
+      <w:r w:rsidR="00FD108A">
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t xml:space="preserve"> projektów aktów prawnych </w:t>
+      </w:r>
+      <w:r w:rsidR="006C420A">
+        <w:t>regulujących zasady polityki mieszkaniowej, w tym w szczególności uchwał w sprawie zasad</w:t>
+      </w:r>
+      <w:r w:rsidR="00FD4BE1">
+        <w:t xml:space="preserve"> wynajmowania lokali </w:t>
+      </w:r>
+      <w:r w:rsidR="00FD4BE1">
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">z zasobu gminy i w sprawie programu gospodarowania mieszkaniowym zasobem Miasta oraz koordynacja działań </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA488B">
+        <w:t>b</w:t>
+      </w:r>
+      <w:r w:rsidR="00FD4BE1">
+        <w:t xml:space="preserve">iura w tym zakresie; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DE411A" w:rsidRDefault="00DE411A" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">przygotowywanie projektów aktów prawnych w zakresie programów mieszkaniowych oraz regulujących zasady współpracy Miasta Poznania ze spółkami mieszkaniowymi i koordynacja działań </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA488B">
+        <w:t>b</w:t>
+      </w:r>
+      <w:r>
+        <w:t>iura w tym zakresie;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00DE411A" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>opracowywani</w:t>
+      </w:r>
+      <w:r w:rsidR="00134C1D">
+        <w:t>e</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> aktów prawnych </w:t>
+      </w:r>
+      <w:r w:rsidR="00043CF0" w:rsidRPr="00B96BC3">
+        <w:t xml:space="preserve">z obszaru </w:t>
+      </w:r>
+      <w:r w:rsidR="00B15329">
+        <w:t xml:space="preserve">gospodarowania zasobem mieszkaniowym Miasta i sprzedaży lokali mieszkalnych z zasobu Miasta oraz innych, w których powstaniu udział </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA488B">
+        <w:t>b</w:t>
+      </w:r>
+      <w:r w:rsidR="00B15329">
+        <w:t xml:space="preserve">iura jest </w:t>
+      </w:r>
+      <w:r w:rsidR="00C51DE9">
+        <w:t>uzasadniony</w:t>
+      </w:r>
+      <w:r w:rsidR="00B15329">
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>udział w tworzeniu programów i projektów mieszkaniowych, w tym opiniowanie regulaminów programów i projektów mieszkaniowych realizowanych przez spółki mieszkaniowe;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t xml:space="preserve">udział </w:t>
+      </w:r>
+      <w:r w:rsidR="00134C1D">
+        <w:t xml:space="preserve">w </w:t>
+      </w:r>
+      <w:r w:rsidR="00B15329" w:rsidRPr="00B96BC3">
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidR="00B15329">
+        <w:t xml:space="preserve">worzeniu polityki czynszowej w mieszkaniowym zasobie Miasta oraz koordynacja działań </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA488B">
+        <w:t>b</w:t>
+      </w:r>
+      <w:r w:rsidR="00B15329">
+        <w:t>iura w tym zakresie</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t xml:space="preserve">przygotowywanie projektów zarządzeń Prezydenta w zakresie merytorycznej właściwości </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA488B">
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>ddziału;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0046598B" w:rsidRDefault="0046598B" w:rsidP="0014011D">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">opiniowanie projektów aktów prawnych, w tym projektów ustaw, przekazywanych do </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA488B">
+        <w:t>b</w:t>
+      </w:r>
+      <w:r>
+        <w:t>iura;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>udział w opiniowaniu projektów w ramach Poznańskiego Budżetu Obywatelskiego;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="0046598B" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">przygotowywanie </w:t>
+      </w:r>
+      <w:r w:rsidR="00043CF0" w:rsidRPr="00B96BC3">
+        <w:t xml:space="preserve">materiałów dla </w:t>
+      </w:r>
+      <w:r w:rsidR="00D62A68">
         <w:t>d</w:t>
       </w:r>
-      <w:r w:rsidR="005279C8" w:rsidRPr="00B96BC3">
+      <w:r w:rsidR="00D62A68" w:rsidRPr="00B96BC3">
         <w:t>yrektor</w:t>
       </w:r>
-      <w:r w:rsidR="005279C8">
-[...2 lines deleted...]
-      <w:r w:rsidR="005279C8" w:rsidRPr="00B96BC3">
+      <w:r w:rsidR="00D62A68">
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="00D62A68" w:rsidRPr="00B96BC3">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B96BC3">
-        <w:t xml:space="preserve">Biura. </w:t>
+      <w:r w:rsidR="00043CF0" w:rsidRPr="00B96BC3">
+        <w:t>na spotkania w ramach Związku Miast Polskich oraz Unii Metropolii Polskich</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> oraz koordynacja działań Biura w tym zakresie</w:t>
+      </w:r>
+      <w:r w:rsidR="00043CF0" w:rsidRPr="00B96BC3">
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t xml:space="preserve">przygotowywanie sprawozdań i informacji z pracy </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA488B">
+        <w:t>b</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>iura dla Prezydenta Miasta Poznania na sesje Rady Miasta Poznania;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t xml:space="preserve">opracowywanie okresowych sprawozdań z realizacji uchwał Rady Miasta Poznania, zarządzeń Prezydenta oraz ustaleń z narad Prezydenta z Zastępcami, Skarbnikiem i Sekretarzem, a także innych sprawozdań z zakresu zadań </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA488B">
+        <w:t>b</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>iura;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t xml:space="preserve">przygotowywanie odpowiedzi na interpelacje i zapytania radnych w przedmiocie zadań </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA488B">
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>ddziału;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t xml:space="preserve">przygotowywanie informacji na narady Zastępcy Prezydenta z Biurem w sprawach </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA488B">
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>ddziału;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t xml:space="preserve">przygotowywanie innych informacji, statystyk i sprawozdań z zakresu merytorycznej właściwości </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA488B">
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>ddziału;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t xml:space="preserve">przygotowywanie informacji do zamieszczenia w Biuletynie Informacji Publicznej oraz wortalu Biura z zakresu merytorycznej właściwości </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA488B">
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>ddziału;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t xml:space="preserve">prowadzenie, za pomocą dedykowanego oprogramowania, zestawienia ryzyka w </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA488B">
+        <w:t>b</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>iurze, na zasadach zawartych w zarządzeniu Prezydenta w sprawie zarządzania ryzykiem w Mieście;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">realizacja obowiązków </w:t>
+      </w:r>
+      <w:r w:rsidR="00BC6579" w:rsidRPr="00B96BC3">
+        <w:t>Administrat</w:t>
+      </w:r>
+      <w:r w:rsidR="00BC6579">
+        <w:t>ora</w:t>
+      </w:r>
+      <w:r w:rsidR="00BC6579" w:rsidRPr="00B96BC3">
+        <w:t xml:space="preserve"> Elektronicznych</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t xml:space="preserve"> Nośników Informacji określonych w przepisach wewnętrznych Urzędu Miasta Poznania z zakresu bezpieczeństwa informacji</w:t>
+      </w:r>
+      <w:r w:rsidR="006525FE">
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>realizacja obowiązków koordynator</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB70E2">
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t xml:space="preserve"> wydziałowe</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB70E2">
+        <w:t>go</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t xml:space="preserve"> ds. informacji publicznej określonych w przepisach wewnętrznych Urzędu Miasta Poznania z zakresu informacji publicznej.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00663A85" w:rsidRPr="00B96BC3" w:rsidRDefault="00663A85" w:rsidP="0014011D">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t xml:space="preserve">przygotowywanie analiz i raportów dotyczących potrzeb mieszkaniowych mieszkańców miasta oraz możliwości ich zaspokojenia; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00663A85" w:rsidRPr="00B96BC3" w:rsidRDefault="00663A85" w:rsidP="0014011D">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>analiza i ocena potencjalnych możliwości zaspokojenia potrzeb mieszkaniowych w ramach rozwoju budownictwa mieszkaniowego w sektorze gminnym oraz towarzystw budownictwa społecznego;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00663A85" w:rsidRPr="00B96BC3" w:rsidRDefault="00663A85" w:rsidP="0014011D">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>monitorowanie zmian przepisów prawa w zakresie mieszkalnictwa;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00663A85" w:rsidRPr="00B96BC3" w:rsidRDefault="00663A85" w:rsidP="0014011D">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>inicjowanie, informowanie, opracowywanie, koordynowanie działań związanych z kształtowaniem polityki mieszkaniowej Miasta;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C51DE9" w:rsidRPr="00B96BC3" w:rsidRDefault="00C51DE9" w:rsidP="0014011D">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>prowadzenie szkoleń wewnętrznych z zakresu przepisów prawa miejscowego i powszechnie obowiązującego w zakresie spraw mieszkaniowych;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C51DE9" w:rsidRPr="00B96BC3" w:rsidRDefault="00C51DE9" w:rsidP="0014011D">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>opracowanie i realizacja strategii komunikacji w zakresie polityki mieszkaniowej Miasta w ramach kontaktów z mediami oraz na konferencjach, warsztatach i innych spotkaniach z udziałem przedstawicieli Miasta Poznań;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C51DE9" w:rsidRPr="00B96BC3" w:rsidRDefault="00C51DE9" w:rsidP="0014011D">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>przygotowywanie materiałów i stanowisk w zakresie polityki mieszkaniowej Miasta w ramach kontaktów z mediami i spotkaniach z udziałem przedstawicieli Miasta Poznań;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00663A85" w:rsidRDefault="00C51DE9" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">udział w pracach komisji i zespołów powołanych zarządzeniem Prezydenta Miasta z udziałem pracowników </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA488B">
+        <w:t>o</w:t>
+      </w:r>
+      <w:r>
+        <w:t>ddziałów;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C51DE9" w:rsidRPr="00B96BC3" w:rsidRDefault="00C51DE9" w:rsidP="0014011D">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t xml:space="preserve">udział w </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">pracach </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>komi</w:t>
+      </w:r>
+      <w:r>
+        <w:t>sji</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t xml:space="preserve"> i zespoł</w:t>
+      </w:r>
+      <w:r>
+        <w:t>ów</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t xml:space="preserve"> zadaniowych, których celem jest tworzenie warunków dla rozwoju mieszkalnictwa na terenie Miasta; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C51DE9" w:rsidRPr="00B96BC3" w:rsidRDefault="00C51DE9" w:rsidP="0014011D">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>monitorowanie działań innych gmin, podmiotów i organizacji zajmujących się mieszkalnictwem, udział w</w:t>
+      </w:r>
+      <w:r w:rsidR="00134C1D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>grupach dyskusyjnych, warsztatach w celu wymiany doświadczeń, dobrych praktyk i rozwoju;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002467BF" w:rsidRDefault="004A1F36" w:rsidP="0014011D">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>przygotowywan</w:t>
+      </w:r>
+      <w:r w:rsidR="002263E3">
+        <w:t xml:space="preserve">ie </w:t>
+      </w:r>
+      <w:r w:rsidR="00D825F6">
+        <w:t xml:space="preserve">projektów wniosków </w:t>
+      </w:r>
+      <w:r w:rsidR="00D5578F">
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidR="00D825F6">
+        <w:t xml:space="preserve">yrektora o </w:t>
+      </w:r>
+      <w:r w:rsidR="005F765A">
+        <w:t xml:space="preserve">udzielanie pełnomocnictw w zakresie zadań </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA488B">
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidR="005F765A">
+        <w:t>ddziału</w:t>
+      </w:r>
+      <w:r w:rsidR="002467BF">
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C51DE9" w:rsidRPr="00B96BC3" w:rsidRDefault="002467BF" w:rsidP="0014011D">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">protokołowanie narad Zastępcy Prezydenta z </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA488B">
+        <w:t>b</w:t>
+      </w:r>
+      <w:r>
+        <w:t>iurem</w:t>
+      </w:r>
+      <w:r w:rsidR="005F765A">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00D825F6">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="24"/>
+        </w:numPr>
+        <w:ind w:left="357" w:hanging="357"/>
+        <w:contextualSpacing w:val="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>Do zadań stanowiska ds. budżetu, analiz i rozliczeń należą:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="31"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t xml:space="preserve">prowadzenie spraw zapłaty odszkodowań na rzecz wierzycieli, którym przysługuje prawo do odszkodowania z tytułu niedostarczenia przez Miasto na rzecz osób </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:lastRenderedPageBreak/>
+        <w:t>uprawnionych lokali socjalnych z tytułu wyroku sądowego, zgodnie z zawartymi przez Miasto z ZKZL sp. z o.o. zasadami rozliczeń z tytułu realizacji dodatkowych zadań;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="31"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t xml:space="preserve">weryfikacja pod względem merytorycznym i rachunkowym dokumentów wystawianych przez ZKZL sp. z o.o. i inne podmioty z tytułu umów zawartych przez </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA488B">
+        <w:t>b</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>iuro;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="31"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>wypłata odszkodowań z tytułu niedostarczenia lokali socjalnych z tytułu wyroków sądowych, w których sąd przyznał to prawo;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="31"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t xml:space="preserve">rejestracja dokumentów księgowych związanych z działalnością </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA488B">
+        <w:t>b</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>iura w Centralnym Rejestrze Umów w systemie KSAT;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="31"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t xml:space="preserve">realizacja ustalonych roszczeń Miasta Poznania z tytułu regresu w związku z wypłaconym odszkodowaniem na rzecz wierzycieli wyroków sądowych, w których Miasto Poznań zostało zobowiązane do dostarczenia lokalu socjalnego; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="31"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>prowadzenie analiz i sprawozdawczości w wyżej wymienionych zakresach;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="31"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t xml:space="preserve">prowadzenie bieżącej ewidencji zleceń oraz ewidencji umów z zakresu działania </w:t>
+      </w:r>
+      <w:r w:rsidR="00F35CB0">
+        <w:t>b</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>iura w Centralnym Rejestrze Umów;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="31"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t xml:space="preserve">opracowanie projektu planu zadań budżetowych dla jednostki; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="31"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>uzgadnianie planów budżetowych jednostki w porozumieniu z innymi jednostkami, w szczególności realizującymi zadania z zakresu polityki mieszkaniowej;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="31"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t xml:space="preserve">prowadzenie nadzoru nad wydatkami </w:t>
+      </w:r>
+      <w:r w:rsidR="00F35CB0">
+        <w:t>b</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>iura;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="31"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>realizowanie zagadnień związanych z wykonywaniem budżetu Miasta Poznania;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="31"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>zgłaszanie do budżetu Miasta oraz Wieloletniej Prognozy Finansowej Miasta Poznania wniosków w zakresie finansowania usług publicznych świadczonych przez spółki mieszkaniowe oraz finansowania programów i projektów mieszkaniowych;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="31"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t xml:space="preserve">przygotowanie i monitorowanie realizacji rocznego planu zamówień publicznych </w:t>
+      </w:r>
+      <w:r w:rsidR="00F35CB0">
+        <w:t>b</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>iura oraz opracowywanie sprawozdań;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="31"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t xml:space="preserve">opracowywanie okresowych sprawozdań z realizacji zadań </w:t>
+      </w:r>
+      <w:r w:rsidR="00F35CB0">
+        <w:t>b</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>iura;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="31"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>prowadzenie bieżącej ewidencji udzielonej pomocy publicznej w aplikacji SHRIMP;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="31"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t xml:space="preserve">przygotowywanie informacji na narady Zastępcy Prezydenta z </w:t>
+      </w:r>
+      <w:r w:rsidR="00F35CB0">
+        <w:t>b</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>iurem w sprawach stanowiska.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="24"/>
+        </w:numPr>
+        <w:ind w:left="357" w:hanging="357"/>
+        <w:contextualSpacing w:val="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>Do zadań stanowiska ds. obsługi sekretariatu należy:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="30"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t xml:space="preserve">prowadzenie aktualnego zbioru informacji adresowych i telefonicznych niezbędnych do pracy stanowisk w </w:t>
+      </w:r>
+      <w:r w:rsidR="00F35CB0">
+        <w:t>b</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>iurze;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="30"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t xml:space="preserve">organizowanie i obsługa spotkań prowadzonych przez </w:t>
+      </w:r>
+      <w:r w:rsidR="00F35CB0">
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t xml:space="preserve">yrekcję </w:t>
+      </w:r>
+      <w:r w:rsidR="00F35CB0">
+        <w:t>b</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>iura;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="30"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t xml:space="preserve">prowadzenie ewidencji pieczęci i mienia ruchomego znajdującego się na stanie </w:t>
+      </w:r>
+      <w:r w:rsidR="00F35CB0">
+        <w:t>b</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>iura;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="30"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>przekazywanie dokumentów do Wydziału Organizacyjnego Oddziału Skarg, Wniosków i Petycji w celu rejestracji w rejestrze;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="30"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">udzielenie interesantom informacji dotyczących działalności i funkcjonowania </w:t>
+      </w:r>
+      <w:r w:rsidR="00F35CB0">
+        <w:t>b</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>iura;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="30"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>prowadzenie spraw osobowych w zakresie planowania urlopów pracowniczych, ewidencji wykorzystanych urlopów oraz listy obecności w pracy;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="30"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>opracowanie kart stanowisk pracy;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="30"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>opracowanie zbiorczego sprawozdania wpływu, rozpatrywania i załatwiania skarg, wniosków lub listów, na podstawie opracowań cząstkowych przekazywanych przez oddziały i stanowiska;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="30"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t xml:space="preserve">prowadzenie spraw organizacyjnych </w:t>
+      </w:r>
+      <w:r w:rsidR="00F35CB0">
+        <w:t>b</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>iura, w tym zaopatrzenia w materiały biurowe stanowisk pracy Biura oraz szkoleń pracowników;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="30"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t xml:space="preserve">prowadzenie kalendarza narad i spotkań związanych z pracami </w:t>
+      </w:r>
+      <w:r w:rsidR="00F35CB0">
+        <w:t>b</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>iura;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="30"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>ewidencjonowanie korespondencji wpływającej, przedkładanie jej przełożonemu, zapewnienie doręczenia tej korespondencji na stanowiska pracy;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="30"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>prowadzenie spraw dotyczących umów zawartych z pracownikami o korzystanie z samochodów prywatnych dla celów służbowych;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="30"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t xml:space="preserve">bieżące sprawdzanie poczty elektronicznej kierowanej na oficjalną skrzynkę internetową </w:t>
+      </w:r>
+      <w:r w:rsidR="00F35CB0">
+        <w:t>b</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>iura, przekazywanie jej do właściwych adresatów oraz monitorowanie udzielania odpowiedzi w tym zakresie;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="30"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t xml:space="preserve">tworzenie kart użytkowników systemu informatycznego i innych niezbędnych upoważnień i pełnomocnictw potrzebnych do realizacji zadań przez pracowników </w:t>
+      </w:r>
+      <w:r w:rsidR="00F35CB0">
+        <w:t>b</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t xml:space="preserve">iura; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="30"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>prowadzenie spraw kadrowych i pracowniczych;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="30"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t xml:space="preserve">przygotowanie upoważnień do przetwarzania danych osobowych nadawanych przez </w:t>
+      </w:r>
+      <w:r w:rsidR="00D62A68">
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidR="00D62A68" w:rsidRPr="00B96BC3">
+        <w:t>yrekto</w:t>
+      </w:r>
+      <w:r w:rsidR="00D62A68">
+        <w:t>ra</w:t>
+      </w:r>
+      <w:r w:rsidR="00D62A68" w:rsidRPr="00B96BC3">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F35CB0">
+        <w:t>b</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>iura;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="30"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t xml:space="preserve">prowadzenie i aktualizacja Rejestru Czynności Przetwarzania dla </w:t>
+      </w:r>
+      <w:r w:rsidR="00F35CB0">
+        <w:t>b</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>iura;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="30"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>prowadzenie inwentaryzacji kluczowych aktywów informacyjnych;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="30"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t xml:space="preserve">koordynacja prac związanych z wykorzystaniem aplikacji „narady z Zastępcą Prezydenta” – przygotowywanie porządku obrad, materiałów dla </w:t>
+      </w:r>
+      <w:r w:rsidR="00D62A68">
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidR="00D62A68" w:rsidRPr="00B96BC3">
+        <w:t>yrektor</w:t>
+      </w:r>
+      <w:r w:rsidR="00D62A68">
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="00D62A68" w:rsidRPr="00B96BC3">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>Biura oraz wysyłanie korespondencji do uczestników narady;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="00F35CB0">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="30"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t xml:space="preserve">koordynacja zadań związanych z wortalem </w:t>
+      </w:r>
+      <w:r w:rsidR="00F35CB0">
+        <w:t>b</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>iura oraz przygotowywanie informacji z zakresu właściwości stanowiska w nim zawartych.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00043CF0" w:rsidRPr="00321010" w:rsidRDefault="00043CF0" w:rsidP="00CD552D">
       <w:pPr>
         <w:keepNext/>
         <w:spacing w:before="360" w:after="240"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00321010">
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>§ 7</w:t>
-[...4 lines deleted...]
-        <w:t>Schemat organizacyjny Biura oraz zasady podporządkowania poszczególnych oddziałów i stanowisk pracy przedstawia załącznik nr 1 do Regulaminu.</w:t>
+        <w:t xml:space="preserve">§ </w:t>
+      </w:r>
+      <w:r w:rsidR="007E4DB9">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
+        <w:ind w:left="357" w:hanging="357"/>
+        <w:contextualSpacing w:val="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t xml:space="preserve">Na potrzeby realizacji zadań </w:t>
+      </w:r>
+      <w:r w:rsidR="00F35CB0">
+        <w:t>b</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t xml:space="preserve">iura </w:t>
+      </w:r>
+      <w:r w:rsidR="00D62A68">
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidR="00D62A68" w:rsidRPr="00B96BC3">
+        <w:t xml:space="preserve">yrektor </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>może w uzasadnionych przypadkach powołać na stałe lub doraźnie zespoły zadaniowe.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
+        <w:ind w:left="357" w:hanging="357"/>
+        <w:contextualSpacing w:val="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t xml:space="preserve">W skład zespołów zadaniowych powołani mogą być wyznaczeni przez </w:t>
+      </w:r>
+      <w:r w:rsidR="00D62A68">
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidR="00D62A68" w:rsidRPr="00B96BC3">
+        <w:t>yrektor</w:t>
+      </w:r>
+      <w:r w:rsidR="00D62A68">
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="00D62A68" w:rsidRPr="00B96BC3">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t xml:space="preserve">pracownicy </w:t>
+      </w:r>
+      <w:r w:rsidR="00F35CB0">
+        <w:t>b</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>iura.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
+        <w:ind w:left="357" w:hanging="357"/>
+        <w:contextualSpacing w:val="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Zarządzenie o powołaniu zespołu zadaniowego wydaje </w:t>
+      </w:r>
+      <w:r w:rsidR="00D62A68">
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidR="00D62A68" w:rsidRPr="00B96BC3">
+        <w:t xml:space="preserve">yrektor </w:t>
+      </w:r>
+      <w:r w:rsidR="00F35CB0">
+        <w:t>b</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t xml:space="preserve">iura z własnej inicjatywy lub na wniosek </w:t>
+      </w:r>
+      <w:r w:rsidR="0087704A">
+        <w:t>z</w:t>
+      </w:r>
+      <w:r w:rsidR="0087704A" w:rsidRPr="00B96BC3">
+        <w:t>astępc</w:t>
+      </w:r>
+      <w:r w:rsidR="0087704A">
+        <w:t>y</w:t>
+      </w:r>
+      <w:r w:rsidR="0087704A" w:rsidRPr="00B96BC3">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0087704A">
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidR="0087704A" w:rsidRPr="00B96BC3">
+        <w:t>yrekto</w:t>
+      </w:r>
+      <w:r w:rsidR="0087704A">
+        <w:t>ra</w:t>
+      </w:r>
+      <w:r w:rsidR="0087704A" w:rsidRPr="00B96BC3">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>albo kierownika oddziału.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00043CF0" w:rsidRPr="00321010" w:rsidRDefault="00043CF0" w:rsidP="00CD552D">
+      <w:pPr>
+        <w:keepNext/>
+        <w:spacing w:before="360" w:after="240"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00321010">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">§ </w:t>
+      </w:r>
+      <w:r w:rsidR="007E4DB9">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t xml:space="preserve">Liczba etatów w </w:t>
+      </w:r>
+      <w:r w:rsidR="00F35CB0">
+        <w:t>b</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t xml:space="preserve">iurze określona jest w załączniku nr 2 do </w:t>
+      </w:r>
+      <w:r w:rsidR="00F35CB0">
+        <w:t>r</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>egulaminu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00CD552D" w:rsidRDefault="00043CF0" w:rsidP="00CD552D">
       <w:pPr>
         <w:keepNext/>
         <w:spacing w:before="480" w:after="240"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00321010">
+      <w:r w:rsidRPr="00CD552D">
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>Rozdział II Zakres działania Biura</w:t>
+        <w:t>Rozdział IV Zasady podpisywania pism</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00043CF0" w:rsidRPr="00321010" w:rsidRDefault="00043CF0" w:rsidP="00CD552D">
       <w:pPr>
         <w:keepNext/>
         <w:spacing w:before="360" w:after="240"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00321010">
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>§ 8</w:t>
-[...15 lines deleted...]
-      <w:r w:rsidRPr="00B96BC3">
+        <w:t>§ 1</w:t>
+      </w:r>
+      <w:r w:rsidR="007E4DB9">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="33"/>
+        </w:numPr>
+        <w:ind w:left="357" w:hanging="357"/>
+        <w:contextualSpacing w:val="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t xml:space="preserve">Dyrektor </w:t>
+      </w:r>
+      <w:r w:rsidR="00F35CB0">
+        <w:t>b</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>iura uprawnion</w:t>
+      </w:r>
+      <w:r w:rsidR="00F369A7">
+        <w:t>y</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t xml:space="preserve"> jest do </w:t>
+      </w:r>
+      <w:r w:rsidR="0087704A">
+        <w:t xml:space="preserve">aprobaty i </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t xml:space="preserve">podpisywania pism, zgodnie z zasadami określonymi w Regulaminie </w:t>
+      </w:r>
+      <w:r w:rsidR="00F35CB0">
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t xml:space="preserve">rganizacyjnym Urzędu Miasta Poznania. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="33"/>
+        </w:numPr>
+        <w:ind w:left="357" w:hanging="357"/>
+        <w:contextualSpacing w:val="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t xml:space="preserve">Dyrektor </w:t>
+      </w:r>
+      <w:r w:rsidR="00F35CB0">
+        <w:t>b</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>iura aprobuje wstępnie pisma w sprawach zastrzeżonych dla Prezydenta oraz należących do kompetencji zastępców Prezydenta, Sekretarza i Skarbnika.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="33"/>
+        </w:numPr>
+        <w:ind w:left="357" w:hanging="357"/>
+        <w:contextualSpacing w:val="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t xml:space="preserve">Dyrektor </w:t>
+      </w:r>
+      <w:r w:rsidR="00F35CB0">
+        <w:t>b</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t xml:space="preserve">iura podpisuje pisma w sprawach należących do zakresu działania Biura, niezastrzeżone dla innych osób określonych w Regulaminie </w:t>
+      </w:r>
+      <w:r w:rsidR="00F35CB0">
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>rganizacyjnym Urzędu Miasta Poznania.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="33"/>
+        </w:numPr>
+        <w:ind w:left="357" w:hanging="357"/>
+        <w:contextualSpacing w:val="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t xml:space="preserve">W pozostałych sprawach </w:t>
+      </w:r>
+      <w:r w:rsidR="0087704A">
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidR="0087704A" w:rsidRPr="00B96BC3">
+        <w:t xml:space="preserve">yrektor </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>upoważnion</w:t>
+      </w:r>
+      <w:r w:rsidR="00F369A7">
+        <w:t>y</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t xml:space="preserve"> jest do składania oświadczeń woli w granicach pełnomocnictwa udzielonego </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB70E2">
+        <w:t>mu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t xml:space="preserve"> przez Prezydenta.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="33"/>
+        </w:numPr>
+        <w:ind w:left="357" w:hanging="357"/>
+        <w:contextualSpacing w:val="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>Zastępc</w:t>
+      </w:r>
+      <w:r w:rsidR="007C308B">
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0087704A">
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidR="0087704A" w:rsidRPr="00B96BC3">
+        <w:t>yrektor</w:t>
+      </w:r>
+      <w:r w:rsidR="0087704A">
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="0087704A" w:rsidRPr="00B96BC3">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>jest upoważnion</w:t>
+      </w:r>
+      <w:r w:rsidR="0067091D">
+        <w:t>y</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t xml:space="preserve"> do </w:t>
+      </w:r>
+      <w:r w:rsidR="00A55573">
+        <w:t xml:space="preserve">podpisywania </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>pism należących do zakresu zadań nadzorowanych pracowników.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="33"/>
+        </w:numPr>
+        <w:ind w:left="357" w:hanging="357"/>
+        <w:contextualSpacing w:val="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t xml:space="preserve">Kierownik Oddziału Pomocy Mieszkaniowej upoważniony jest do </w:t>
+      </w:r>
+      <w:r w:rsidR="0067091D">
+        <w:t>podpisywania</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t xml:space="preserve"> pism będących odpowiedzią na złożony wniosek o ujęcie do listy osób ubiegających się o zawarcie umowy najmu lokalu mieszkalnego lub umowy najmu socjalnego lokalu</w:t>
+      </w:r>
+      <w:r w:rsidR="00295E17">
+        <w:t xml:space="preserve"> oraz pism będących wezwaniami do uzupełnienia braku wniosku</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="33"/>
+        </w:numPr>
+        <w:ind w:left="357" w:hanging="357"/>
+        <w:contextualSpacing w:val="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t xml:space="preserve">Kierownicy </w:t>
+      </w:r>
+      <w:r w:rsidR="00F35CB0">
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>ddziałów podpisują protokoły, notatki i informacje o charakterze wewnętrznym, parafują pisma i materiały opracowywane w kierowanym oddziale.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="33"/>
+        </w:numPr>
+        <w:ind w:left="357" w:hanging="357"/>
+        <w:contextualSpacing w:val="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>Pracownicy Oddziału Pomocy Mieszkaniowej, zatrudnieni na czas nieokreślony, upoważnieni są do podpisywania wezwań kierowanych do wnioskodawców w zakresie uzupełnienia wniosku o ujęcie do listy osób ubiegających się o zawarcie umowy najmu lokalu mieszkalnego lub umowy najmu socjalnego lokalu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="007C308B" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="33"/>
+        </w:numPr>
+        <w:ind w:left="357" w:hanging="357"/>
+        <w:contextualSpacing w:val="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>Zastępc</w:t>
+      </w:r>
+      <w:r>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="00043CF0" w:rsidRPr="00B96BC3">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0087704A">
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidR="0087704A" w:rsidRPr="00B96BC3">
+        <w:t>yrekto</w:t>
+      </w:r>
+      <w:r w:rsidR="0087704A">
+        <w:t>ra</w:t>
+      </w:r>
+      <w:r w:rsidR="00043CF0" w:rsidRPr="00B96BC3">
+        <w:t xml:space="preserve">, kierownik Oddziału Pomocy Mieszkaniowej, Oddziału Współpracy ze Spółkami Mieszkaniowymi i Realizacji Polityki Mieszkaniowej, Oddziału Projektów </w:t>
+      </w:r>
+      <w:r w:rsidR="00043CF0" w:rsidRPr="00B96BC3">
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">osób ubiegających się o zawarcie umowy najmu lokalu mieszkalnego lub umowy najmu socjalnego lokalu. Realizuje uprawnienia Miasta do wskazywania najemców w zasobie stanowiącym własność spółki Poznańskie Towarzystwo Budownictwa Społecznego sp. z o.o., w którym Miasto jest partycypantem. Informuje o zasadach i trybach dysponowania majątkiem mieszkaniowym Miasta i zapewnia wsparcie oraz pomoc mieszkańcom w rozwiązywaniu ich spraw i problemów wynikających ze stosunku najmu lokali mieszkalnych. Monitoruje wykonanie polityki mieszkaniowej Miasta. Koordynuje i weryfikuje sposób realizacji zadań własnych gminy przez spółki prawa handlowego z udziałem Miasta, w szczególności: Miejskie Przedsiębiorstwo Gospodarki Mieszkaniowej </w:t>
-[...7 lines deleted...]
-      <w:r w:rsidR="00125E4C">
+        <w:t xml:space="preserve">Mieszkaniowych parafują – przed przedłożeniem </w:t>
+      </w:r>
+      <w:r w:rsidR="0065308E">
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidR="0065308E" w:rsidRPr="00B96BC3">
+        <w:t>yrekto</w:t>
+      </w:r>
+      <w:r w:rsidR="0065308E">
+        <w:t>rowi</w:t>
+      </w:r>
+      <w:r w:rsidR="0065308E" w:rsidRPr="00B96BC3">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F35CB0">
+        <w:t>b</w:t>
+      </w:r>
+      <w:r w:rsidR="00043CF0" w:rsidRPr="00B96BC3">
+        <w:t>iura – wnioski o urlop podległych sobie pracowników.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="009C0C43">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="33"/>
+        </w:numPr>
+        <w:ind w:left="357" w:hanging="357"/>
+        <w:contextualSpacing w:val="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>Pracowni</w:t>
+      </w:r>
+      <w:r w:rsidR="007C308B">
         <w:t>k</w:t>
       </w:r>
       <w:r w:rsidRPr="00B96BC3">
-        <w:t xml:space="preserve"> Prezydenta Miasta Poznania ds. Ochrony Praw Lokatorów i Projektów Mieszkaniowych, któr</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="000E0BC7">
+        <w:t xml:space="preserve"> zatrudnion</w:t>
+      </w:r>
+      <w:r w:rsidR="007C308B">
         <w:t>y</w:t>
       </w:r>
       <w:r w:rsidRPr="00B96BC3">
-        <w:t xml:space="preserve"> zapewnia pomoc lokatorom w rozwiązywaniu konfliktów z wynajmującymi, promuje działania związane z polityką mieszkaniową Miasta oraz wspiera osoby w kryzysie mieszkaniowym, wywołanym działaniami wojennymi, katastrofami budowalnymi, klęskami żywiołowymi</w:t>
-[...795 lines deleted...]
-    <w:p w:rsidR="00043CF0" w:rsidRPr="00CD552D" w:rsidRDefault="00043CF0" w:rsidP="00CD552D">
+        <w:t xml:space="preserve"> na stanowisku ds. obsługi sekretariatu jest upoważnion</w:t>
+      </w:r>
+      <w:r w:rsidR="007C308B">
+        <w:t>y</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t xml:space="preserve"> do potwierdzania prawa do urlopu pracowników </w:t>
+      </w:r>
+      <w:r w:rsidR="00F35CB0">
+        <w:t>b</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>iura.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00043CF0" w:rsidRPr="001B5538" w:rsidRDefault="00043CF0" w:rsidP="001B5538">
       <w:pPr>
         <w:keepNext/>
         <w:spacing w:before="480" w:after="240"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CD552D">
+      <w:r w:rsidRPr="001B5538">
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>Rozdział III Zakres zadań oddziałów i stanowisk pracy</w:t>
+        <w:t>Rozdział V Przepisy końcowe</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00043CF0" w:rsidRPr="00321010" w:rsidRDefault="00043CF0" w:rsidP="00CD552D">
       <w:pPr>
         <w:keepNext/>
         <w:spacing w:before="360" w:after="240"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00321010">
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>§ 9</w:t>
-[...2670 lines deleted...]
-        <w:jc w:val="center"/>
+        <w:t>§ 1</w:t>
+      </w:r>
+      <w:r w:rsidR="007E4DB9">
         <w:rPr>
           <w:b/>
         </w:rPr>
-      </w:pPr>
-[...502 lines deleted...]
-        <w:t>§ 13</w:t>
+        <w:t>1</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="001B5538">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="34"/>
         </w:numPr>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00B96BC3">
-        <w:t>Dla zapewnienia jednolitego oznakowania akt w Biurze stosuje się symbol „SLk”.</w:t>
+        <w:t xml:space="preserve">Dla zapewnienia jednolitego oznakowania akt w </w:t>
+      </w:r>
+      <w:r w:rsidR="00F35CB0">
+        <w:t>b</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>iurze stosuje się symbol „SLk”.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="001B5538">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="34"/>
         </w:numPr>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00B96BC3">
-        <w:t xml:space="preserve">Dla rozróżnienia pism przygotowywanych przez poszczególne oddziały i stanowiska pracy, w Biurze </w:t>
+        <w:t xml:space="preserve">Dla rozróżnienia pism przygotowywanych przez poszczególne oddziały i stanowiska pracy, w </w:t>
+      </w:r>
+      <w:r w:rsidR="00F35CB0">
+        <w:t>b</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t xml:space="preserve">iurze </w:t>
       </w:r>
       <w:r w:rsidR="000C7B76">
         <w:t>stosuje się</w:t>
       </w:r>
       <w:r w:rsidR="000C7B76" w:rsidRPr="00B96BC3">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B96BC3">
         <w:t>następujące symbole:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="001B5538">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="35"/>
         </w:numPr>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00B96BC3">
         <w:t>SLk-I – Oddział Pomocy Mieszkaniowej;</w:t>
       </w:r>
     </w:p>
@@ -5094,261 +5268,281 @@
     <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="001B5538">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="35"/>
         </w:numPr>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00B96BC3">
         <w:t>SLk-VIII – Oddział Projektów Mieszkaniowych;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="001B5538">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="35"/>
         </w:numPr>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00B96BC3">
-        <w:t>SLk-X – Oddział Współpracy ze Spółkami Mieszkaniowymi i Realizacji Polityki Mieszkaniowej;</w:t>
+        <w:t>SLk-X – Oddział Współpracy ze Spółkami Mieszkaniowymi i Realizacji Polityki Mieszkaniowej</w:t>
+      </w:r>
+      <w:r w:rsidR="00002158">
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="001B5538">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="35"/>
-        </w:numPr>
+          <w:numId w:val="34"/>
+        </w:numPr>
+        <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00B96BC3">
-        <w:t>SLk-XI – stanowisko ds. kształtowania polityki mieszkaniowej i legislacji.</w:t>
-[...14 lines deleted...]
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Na końcu znaku sprawy, po symbolu roku, w którym założono sprawę, pracownicy </w:t>
       </w:r>
+      <w:r w:rsidR="00F35CB0">
+        <w:t>b</w:t>
+      </w:r>
       <w:r w:rsidR="000C7B76">
-        <w:t>Biura</w:t>
+        <w:t>iura</w:t>
       </w:r>
       <w:r w:rsidR="000C7B76" w:rsidRPr="00B96BC3">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B96BC3">
         <w:t>mogą stosować swoje symbole literowe zgodne z oznaczeniami ustalonymi odrębnym zarządzeniem dyrektora.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00043CF0" w:rsidRPr="00B96BC3" w:rsidRDefault="00043CF0" w:rsidP="001B5538">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="34"/>
         </w:numPr>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00B96BC3">
-        <w:t>Adres poczty elektronicznej Biura: slk@um.poznan.pl</w:t>
+        <w:t xml:space="preserve">Adres poczty elektronicznej </w:t>
+      </w:r>
+      <w:r w:rsidR="00F35CB0">
+        <w:t>b</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B96BC3">
+        <w:t>iura: slk@um.poznan.pl</w:t>
       </w:r>
       <w:r w:rsidR="00685671">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00B96BC3">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00C3738A" w:rsidRDefault="00C3738A" w:rsidP="00CD552D"/>
     <w:sectPr w:rsidR="00C3738A">
-      <w:footerReference w:type="default" r:id="rId8"/>
+      <w:headerReference w:type="default" r:id="rId8"/>
+      <w:footerReference w:type="default" r:id="rId9"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00EC574C" w:rsidRDefault="00EC574C">
+    <w:p w:rsidR="009A3291" w:rsidRDefault="009A3291">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00EC574C" w:rsidRDefault="00EC574C">
+    <w:p w:rsidR="009A3291" w:rsidRDefault="009A3291">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationNotice" w:id="1">
+    <w:p w:rsidR="009A3291" w:rsidRDefault="009A3291">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
-    <w:altName w:val="Times"/>
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
-    <w:altName w:val="Arial"/>
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="1179164034"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr/>
     <w:sdtContent>
       <w:p w:rsidR="00092A14" w:rsidRDefault="001B5538">
         <w:pPr>
           <w:pStyle w:val="Stopka"/>
           <w:jc w:val="right"/>
         </w:pPr>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00942488">
+        <w:r w:rsidR="00F73788">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
-          <w:t>2</w:t>
+          <w:t>20</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
-  <w:p w:rsidR="00092A14" w:rsidRDefault="00EC574C">
+  <w:p w:rsidR="00092A14" w:rsidRDefault="009A3291">
     <w:pPr>
       <w:pStyle w:val="Stopka"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00EC574C" w:rsidRDefault="00EC574C">
+    <w:p w:rsidR="009A3291" w:rsidRDefault="009A3291">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00EC574C" w:rsidRDefault="00EC574C">
+    <w:p w:rsidR="009A3291" w:rsidRDefault="009A3291">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
+  <w:footnote w:type="continuationNotice" w:id="1">
+    <w:p w:rsidR="009A3291" w:rsidRDefault="009A3291">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+    </w:p>
+  </w:footnote>
 </w:footnotes>
+</file>
+
+<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:p w:rsidR="00054C1D" w:rsidRDefault="00054C1D" w:rsidP="0014011D">
+    <w:pPr>
+      <w:pStyle w:val="Nagwek"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="05257C7E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D6482828"/>
     <w:lvl w:ilvl="0" w:tplc="04150017">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1068" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150017">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1788" w:hanging="360"/>
       </w:pPr>
@@ -8698,255 +8892,347 @@
   <w:num w:numId="33">
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="34">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="35">
     <w:abstractNumId w:val="37"/>
   </w:num>
   <w:num w:numId="36">
     <w:abstractNumId w:val="26"/>
   </w:num>
   <w:num w:numId="37">
     <w:abstractNumId w:val="25"/>
   </w:num>
   <w:num w:numId="38">
     <w:abstractNumId w:val="13"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
   <w:attachedTemplate r:id="rId1"/>
-  <w:trackRevisions/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
+    <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
+    <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="004F1CF8"/>
+    <w:rsidRoot w:val="00F73788"/>
+    <w:rsid w:val="00002158"/>
     <w:rsid w:val="00007728"/>
     <w:rsid w:val="00020BAE"/>
     <w:rsid w:val="00040487"/>
     <w:rsid w:val="0004153C"/>
+    <w:rsid w:val="000435D3"/>
     <w:rsid w:val="00043CF0"/>
+    <w:rsid w:val="00054C1D"/>
+    <w:rsid w:val="000610A5"/>
     <w:rsid w:val="000742DE"/>
     <w:rsid w:val="000744E2"/>
     <w:rsid w:val="000C12EA"/>
     <w:rsid w:val="000C7B76"/>
     <w:rsid w:val="000D7D5A"/>
     <w:rsid w:val="000E0BC7"/>
     <w:rsid w:val="00125E4C"/>
+    <w:rsid w:val="00134C1D"/>
+    <w:rsid w:val="0014011D"/>
     <w:rsid w:val="001473A9"/>
+    <w:rsid w:val="00154614"/>
     <w:rsid w:val="00154958"/>
     <w:rsid w:val="0016368A"/>
     <w:rsid w:val="00174A41"/>
     <w:rsid w:val="00175826"/>
     <w:rsid w:val="00175EA4"/>
     <w:rsid w:val="0019031A"/>
+    <w:rsid w:val="00191F3F"/>
     <w:rsid w:val="001B5538"/>
+    <w:rsid w:val="001C551D"/>
+    <w:rsid w:val="001D697D"/>
     <w:rsid w:val="001F1EBE"/>
     <w:rsid w:val="002034E6"/>
+    <w:rsid w:val="00204305"/>
     <w:rsid w:val="00212BD3"/>
+    <w:rsid w:val="002147D5"/>
+    <w:rsid w:val="00217B7E"/>
+    <w:rsid w:val="00223158"/>
+    <w:rsid w:val="002263E3"/>
     <w:rsid w:val="00227CBF"/>
+    <w:rsid w:val="002467BF"/>
     <w:rsid w:val="002503E2"/>
+    <w:rsid w:val="0027203A"/>
     <w:rsid w:val="00275504"/>
+    <w:rsid w:val="00280EC4"/>
     <w:rsid w:val="002817F2"/>
     <w:rsid w:val="00287F87"/>
     <w:rsid w:val="002926E5"/>
     <w:rsid w:val="00295E17"/>
+    <w:rsid w:val="002A0742"/>
     <w:rsid w:val="002C5BB0"/>
     <w:rsid w:val="002D109E"/>
     <w:rsid w:val="003019F6"/>
     <w:rsid w:val="00304F20"/>
     <w:rsid w:val="00310341"/>
     <w:rsid w:val="00321010"/>
     <w:rsid w:val="0032260B"/>
     <w:rsid w:val="003342A3"/>
     <w:rsid w:val="00347C33"/>
     <w:rsid w:val="00356D11"/>
+    <w:rsid w:val="00360D69"/>
     <w:rsid w:val="00377CC6"/>
     <w:rsid w:val="00384CB8"/>
     <w:rsid w:val="0038724A"/>
     <w:rsid w:val="00395E76"/>
     <w:rsid w:val="003A2108"/>
     <w:rsid w:val="003B259C"/>
     <w:rsid w:val="003B633A"/>
     <w:rsid w:val="0040542F"/>
     <w:rsid w:val="0040568A"/>
     <w:rsid w:val="00415A93"/>
     <w:rsid w:val="004171ED"/>
     <w:rsid w:val="00420E3A"/>
     <w:rsid w:val="004272F4"/>
     <w:rsid w:val="00431348"/>
+    <w:rsid w:val="004316CF"/>
+    <w:rsid w:val="0043708F"/>
     <w:rsid w:val="00437F62"/>
+    <w:rsid w:val="0046440D"/>
     <w:rsid w:val="00464727"/>
+    <w:rsid w:val="0046598B"/>
     <w:rsid w:val="0047641A"/>
-    <w:rsid w:val="004F1CF8"/>
+    <w:rsid w:val="004A1F36"/>
+    <w:rsid w:val="004D78A8"/>
     <w:rsid w:val="004F766D"/>
     <w:rsid w:val="005279C8"/>
     <w:rsid w:val="00533669"/>
+    <w:rsid w:val="00552B90"/>
     <w:rsid w:val="00555155"/>
+    <w:rsid w:val="0056094D"/>
+    <w:rsid w:val="00583CA4"/>
+    <w:rsid w:val="005C24FA"/>
     <w:rsid w:val="005F5153"/>
+    <w:rsid w:val="005F765A"/>
+    <w:rsid w:val="006013F6"/>
+    <w:rsid w:val="00601E5C"/>
     <w:rsid w:val="00617DFB"/>
     <w:rsid w:val="00633C64"/>
     <w:rsid w:val="006525FE"/>
     <w:rsid w:val="00652DF8"/>
     <w:rsid w:val="0065308E"/>
+    <w:rsid w:val="00663A85"/>
     <w:rsid w:val="0067091D"/>
+    <w:rsid w:val="0068009D"/>
     <w:rsid w:val="00685671"/>
     <w:rsid w:val="0069313F"/>
     <w:rsid w:val="0069435B"/>
+    <w:rsid w:val="006A2076"/>
+    <w:rsid w:val="006B58C2"/>
+    <w:rsid w:val="006C3EC2"/>
+    <w:rsid w:val="006C420A"/>
     <w:rsid w:val="006F1DEC"/>
+    <w:rsid w:val="006F3ED9"/>
     <w:rsid w:val="00701DB8"/>
     <w:rsid w:val="00707AEA"/>
+    <w:rsid w:val="00762E8B"/>
     <w:rsid w:val="007A78B1"/>
     <w:rsid w:val="007C308B"/>
+    <w:rsid w:val="007D0B88"/>
     <w:rsid w:val="007E15BA"/>
+    <w:rsid w:val="007E4DB9"/>
     <w:rsid w:val="00816B7C"/>
+    <w:rsid w:val="00825F49"/>
     <w:rsid w:val="00833214"/>
+    <w:rsid w:val="00850496"/>
     <w:rsid w:val="00852FB8"/>
+    <w:rsid w:val="00870A69"/>
     <w:rsid w:val="0087704A"/>
+    <w:rsid w:val="008774A0"/>
+    <w:rsid w:val="008819FA"/>
     <w:rsid w:val="00883F2C"/>
+    <w:rsid w:val="00886804"/>
     <w:rsid w:val="008A53FC"/>
+    <w:rsid w:val="008B7D00"/>
     <w:rsid w:val="008C7D34"/>
     <w:rsid w:val="008D0C7E"/>
     <w:rsid w:val="008D7616"/>
     <w:rsid w:val="008E265E"/>
     <w:rsid w:val="008F5C32"/>
     <w:rsid w:val="0090045C"/>
+    <w:rsid w:val="00903933"/>
     <w:rsid w:val="0090401E"/>
     <w:rsid w:val="0091730E"/>
-    <w:rsid w:val="00942488"/>
     <w:rsid w:val="00944BE9"/>
     <w:rsid w:val="00952AE3"/>
+    <w:rsid w:val="009530C8"/>
     <w:rsid w:val="00972FDD"/>
+    <w:rsid w:val="009758BF"/>
+    <w:rsid w:val="009A1261"/>
+    <w:rsid w:val="009A3291"/>
     <w:rsid w:val="009B50F5"/>
     <w:rsid w:val="009C0C43"/>
     <w:rsid w:val="009F6C29"/>
     <w:rsid w:val="00A01A36"/>
     <w:rsid w:val="00A223B5"/>
     <w:rsid w:val="00A327A3"/>
+    <w:rsid w:val="00A42650"/>
     <w:rsid w:val="00A540AC"/>
     <w:rsid w:val="00A55573"/>
+    <w:rsid w:val="00A762CC"/>
+    <w:rsid w:val="00A87348"/>
     <w:rsid w:val="00AA1C1F"/>
+    <w:rsid w:val="00AA392F"/>
     <w:rsid w:val="00AB5505"/>
+    <w:rsid w:val="00AB79B4"/>
     <w:rsid w:val="00AC4C94"/>
+    <w:rsid w:val="00AC5690"/>
     <w:rsid w:val="00AD2250"/>
+    <w:rsid w:val="00AD5810"/>
+    <w:rsid w:val="00AF7DD7"/>
     <w:rsid w:val="00B067FF"/>
+    <w:rsid w:val="00B116E6"/>
     <w:rsid w:val="00B14C69"/>
+    <w:rsid w:val="00B15329"/>
     <w:rsid w:val="00B2076E"/>
     <w:rsid w:val="00B2241E"/>
+    <w:rsid w:val="00B279B3"/>
     <w:rsid w:val="00B52E30"/>
     <w:rsid w:val="00B53920"/>
+    <w:rsid w:val="00B631BE"/>
     <w:rsid w:val="00B76E33"/>
+    <w:rsid w:val="00BA1ED5"/>
+    <w:rsid w:val="00BA488B"/>
+    <w:rsid w:val="00BB0746"/>
     <w:rsid w:val="00BB5914"/>
     <w:rsid w:val="00BC6579"/>
+    <w:rsid w:val="00C35A3C"/>
     <w:rsid w:val="00C3738A"/>
+    <w:rsid w:val="00C51DE9"/>
     <w:rsid w:val="00C53DFB"/>
     <w:rsid w:val="00C751CD"/>
     <w:rsid w:val="00CA2930"/>
     <w:rsid w:val="00CC33C3"/>
     <w:rsid w:val="00CC6C35"/>
     <w:rsid w:val="00CD552D"/>
+    <w:rsid w:val="00CE5E1F"/>
+    <w:rsid w:val="00D01255"/>
     <w:rsid w:val="00D14BF3"/>
     <w:rsid w:val="00D17371"/>
     <w:rsid w:val="00D24A6E"/>
     <w:rsid w:val="00D33F37"/>
+    <w:rsid w:val="00D51CBF"/>
+    <w:rsid w:val="00D5578F"/>
     <w:rsid w:val="00D62A68"/>
+    <w:rsid w:val="00D73527"/>
+    <w:rsid w:val="00D825F6"/>
     <w:rsid w:val="00D84EF2"/>
+    <w:rsid w:val="00D95438"/>
     <w:rsid w:val="00D9588F"/>
+    <w:rsid w:val="00DA5DB5"/>
     <w:rsid w:val="00DB4066"/>
     <w:rsid w:val="00DB70E2"/>
     <w:rsid w:val="00DC7D21"/>
+    <w:rsid w:val="00DD3DB2"/>
+    <w:rsid w:val="00DE411A"/>
     <w:rsid w:val="00DE439F"/>
     <w:rsid w:val="00E26549"/>
-    <w:rsid w:val="00E2692B"/>
     <w:rsid w:val="00E31431"/>
+    <w:rsid w:val="00E35F8A"/>
     <w:rsid w:val="00E4710E"/>
     <w:rsid w:val="00E6054B"/>
     <w:rsid w:val="00E64B13"/>
     <w:rsid w:val="00E74504"/>
-    <w:rsid w:val="00EC574C"/>
+    <w:rsid w:val="00E762CD"/>
+    <w:rsid w:val="00E813D2"/>
+    <w:rsid w:val="00E81C92"/>
+    <w:rsid w:val="00E94131"/>
     <w:rsid w:val="00EC6FC6"/>
+    <w:rsid w:val="00ED3A18"/>
     <w:rsid w:val="00EE4627"/>
     <w:rsid w:val="00EF2DB2"/>
+    <w:rsid w:val="00F05691"/>
     <w:rsid w:val="00F114D0"/>
+    <w:rsid w:val="00F12B9C"/>
+    <w:rsid w:val="00F13B90"/>
     <w:rsid w:val="00F17D9E"/>
     <w:rsid w:val="00F230EF"/>
     <w:rsid w:val="00F35587"/>
+    <w:rsid w:val="00F35CB0"/>
     <w:rsid w:val="00F369A7"/>
     <w:rsid w:val="00F36FD3"/>
     <w:rsid w:val="00F6270F"/>
+    <w:rsid w:val="00F73788"/>
     <w:rsid w:val="00F84C7D"/>
     <w:rsid w:val="00FA150C"/>
     <w:rsid w:val="00FC49DC"/>
+    <w:rsid w:val="00FD108A"/>
+    <w:rsid w:val="00FD4BE1"/>
     <w:rsid w:val="00FF41EF"/>
     <w:rsid w:val="00FF552F"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pl-PL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{EE71A45A-5533-4937-ACB9-9BB333C1C602}"/>
+  <w15:docId w15:val="{02F7289F-0154-4651-AFD9-E3DBEC52B0E2}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="pl-PL" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -9477,67 +9763,162 @@
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="008D0C7E"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TematkomentarzaZnak">
     <w:name w:val="Temat komentarza Znak"/>
     <w:basedOn w:val="TekstkomentarzaZnak"/>
     <w:link w:val="Tematkomentarza"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="008D0C7E"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="pl-PL"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Tekstprzypisudolnego">
+    <w:name w:val="footnote text"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:link w:val="TekstprzypisudolnegoZnak"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="004D78A8"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TekstprzypisudolnegoZnak">
+    <w:name w:val="Tekst przypisu dolnego Znak"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:link w:val="Tekstprzypisudolnego"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="004D78A8"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="pl-PL"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Odwoanieprzypisudolnego">
+    <w:name w:val="footnote reference"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="004D78A8"/>
+    <w:rPr>
+      <w:vertAlign w:val="superscript"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Nagwek">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Normalny"/>
+    <w:link w:val="NagwekZnak"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00054C1D"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4536"/>
+        <w:tab w:val="right" w:pos="9072"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="NagwekZnak">
+    <w:name w:val="Nagłówek Znak"/>
+    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:link w:val="Nagwek"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00054C1D"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="pl-PL"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+  <w:divs>
+    <w:div w:id="1060514620">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1170096785">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\malant\AppData\Local\Temp\notesED23E6\Regulamin.dotx" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\malant\AppData\Local\Temp\MicrosoftEdgeDownloads\65c25809-6560-4931-8bf8-6ffe092808fa\Regulamin.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motyw pakietu Office">
   <a:themeElements>
     <a:clrScheme name="Pakiet Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -9800,82 +10181,82 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B5B505ED-D5F0-4A0E-A5B8-6B444118F0B9}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{65094D39-FE02-48C9-80DB-430836DF42D0}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Regulamin</Template>
   <TotalTime></TotalTime>
-  <Pages>23</Pages>
-[...1 lines deleted...]
-  <Characters>37748</Characters>
+  <Pages>20</Pages>
+  <Words>5523</Words>
+  <Characters>33139</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>314</Lines>
-  <Paragraphs>87</Paragraphs>
+  <Lines>276</Lines>
+  <Paragraphs>77</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Tytuł</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>ump</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>43952</CharactersWithSpaces>
+  <CharactersWithSpaces>38585</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Małgorzata Antkowiak</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>