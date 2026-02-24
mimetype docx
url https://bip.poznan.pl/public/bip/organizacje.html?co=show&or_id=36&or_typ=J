--- v0 (2025-10-09)
+++ v1 (2026-02-24)
@@ -1,217 +1,244 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
-  <Override PartName="/word/people.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.people+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="7734CDB1" w14:textId="58AD62BF" w:rsidR="001179D3" w:rsidRPr="000C134B" w:rsidRDefault="001179D3" w:rsidP="00F61F4B">
+    <w:p w14:paraId="1B57E1AC" w14:textId="77777777" w:rsidR="002A6C66" w:rsidRDefault="001179D3" w:rsidP="009E0B9B">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000C134B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Załącznik </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00C954EC">
+        <w:t>Załącznik</w:t>
+      </w:r>
+      <w:r w:rsidR="00A41942">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Nr 2 </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="000C134B">
+        <w:t xml:space="preserve"> Nr 2</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D627F31" w14:textId="095D71D0" w:rsidR="009E0B9B" w:rsidRPr="000C134B" w:rsidRDefault="001179D3" w:rsidP="009E0B9B">
+      <w:pPr>
+        <w:pStyle w:val="Tekstpodstawowy"/>
+        <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>do Zarządzenia</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00F61F4B">
+      </w:pPr>
+      <w:r w:rsidRPr="000C134B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="000C134B">
+        <w:t>do Zarządzenia</w:t>
+      </w:r>
+      <w:r w:rsidR="00F61F4B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Nr </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00C954EC">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C134B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>14/23</w:t>
-[...5 lines deleted...]
-        <w:jc w:val="right"/>
+        <w:t xml:space="preserve">Nr </w:t>
+      </w:r>
+      <w:r w:rsidR="003D4FB7">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="000C134B">
+        <w:t>03</w:t>
+      </w:r>
+      <w:r w:rsidR="00C954EC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Dyrektora </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00AA1329" w:rsidRPr="000C134B">
+        <w:t>/2</w:t>
+      </w:r>
+      <w:r w:rsidR="009E0B9B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Miejskiej Pracowni Urbanistycznej w Poznaniu</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="5AE923BC" w14:textId="0338026D" w:rsidR="001179D3" w:rsidRPr="000C134B" w:rsidRDefault="001179D3" w:rsidP="000C134B">
+        <w:t>6</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3FC3F05E" w14:textId="77777777" w:rsidR="00DD0DE4" w:rsidRPr="000C134B" w:rsidRDefault="00DD0DE4" w:rsidP="000C134B">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000C134B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">z dnia </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00C954EC">
+        <w:t xml:space="preserve">Dyrektora </w:t>
+      </w:r>
+      <w:r w:rsidR="00AA1329" w:rsidRPr="000C134B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>28 sierpnia</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="000C134B">
+        <w:t>Miejskiej Pracowni Urbanistycznej w Poznaniu</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5AE923BC" w14:textId="7BF678ED" w:rsidR="001179D3" w:rsidRPr="000C134B" w:rsidRDefault="001179D3" w:rsidP="000C134B">
+      <w:pPr>
+        <w:pStyle w:val="Tekstpodstawowy"/>
+        <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 202</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="0023258A">
+      </w:pPr>
+      <w:r w:rsidRPr="000C134B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>3</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="000C134B">
+        <w:t xml:space="preserve">z dnia </w:t>
+      </w:r>
+      <w:r w:rsidR="003D4FB7">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
+        <w:t>30</w:t>
+      </w:r>
+      <w:r w:rsidR="009E0B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> stycznia</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C134B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 202</w:t>
+      </w:r>
+      <w:r w:rsidR="009E0B9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C134B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:t xml:space="preserve"> r.</w:t>
       </w:r>
-    </w:p>
-[...9 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:p w14:paraId="6002F077" w14:textId="77777777" w:rsidR="00F61F4B" w:rsidRPr="001179D3" w:rsidRDefault="00F61F4B" w:rsidP="001179D3">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2C00220E" w14:textId="77777777" w:rsidR="00DD0DE4" w:rsidRPr="001179D3" w:rsidRDefault="00DD0DE4" w:rsidP="001179D3">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001179D3">
@@ -460,154 +487,154 @@
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>§ 2</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="222EDA6F" w14:textId="77777777" w:rsidR="00DD0DE4" w:rsidRPr="001179D3" w:rsidRDefault="00DD0DE4" w:rsidP="001179D3">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Ilekroć w niniejszym Regulaminie jest mowa o:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A7E8ACB" w14:textId="77777777" w:rsidR="00354082" w:rsidRPr="001179D3" w:rsidRDefault="00DD0DE4" w:rsidP="00694CC6">
+    <w:p w14:paraId="7A7E8ACB" w14:textId="77777777" w:rsidR="00354082" w:rsidRPr="001179D3" w:rsidRDefault="00DD0DE4" w:rsidP="00006A26">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="30"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="709"/>
-[...2 lines deleted...]
-        <w:ind w:left="709" w:hanging="425"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="851" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Pracowni – należy przez to rozumieć Miejską Pracownię Urbanistyczną w Poznaniu;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="639F8FF8" w14:textId="77777777" w:rsidR="00354082" w:rsidRPr="001179D3" w:rsidRDefault="00DD0DE4" w:rsidP="00694CC6">
+    <w:p w14:paraId="639F8FF8" w14:textId="77777777" w:rsidR="00354082" w:rsidRPr="001179D3" w:rsidRDefault="00DD0DE4" w:rsidP="00006A26">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="30"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="709"/>
-[...2 lines deleted...]
-        <w:ind w:left="709" w:hanging="425"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="851" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Dyrektorze – należy przez to rozumieć Dyrektora Miejskiej Pracowni Urbanistycznej </w:t>
       </w:r>
       <w:r w:rsidR="003D2CDE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>w Poznaniu;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B63119B" w14:textId="77777777" w:rsidR="00354082" w:rsidRPr="001179D3" w:rsidRDefault="00DD0DE4" w:rsidP="00694CC6">
+    <w:p w14:paraId="7B63119B" w14:textId="77777777" w:rsidR="00354082" w:rsidRPr="001179D3" w:rsidRDefault="00DD0DE4" w:rsidP="00006A26">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="30"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="709"/>
-[...2 lines deleted...]
-        <w:ind w:left="709" w:hanging="425"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="851" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Regulaminie – należy przez to rozumieć Regulamin Organizacyjny Miejskiej Pracowni Urbanistycznej w Poznaniu;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22A75275" w14:textId="4ED72339" w:rsidR="00DD0DE4" w:rsidRPr="001179D3" w:rsidRDefault="00DD0DE4" w:rsidP="00694CC6">
+    <w:p w14:paraId="22A75275" w14:textId="4ED72339" w:rsidR="00DD0DE4" w:rsidRPr="001179D3" w:rsidRDefault="00DD0DE4" w:rsidP="00006A26">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="30"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="709"/>
-[...2 lines deleted...]
-        <w:ind w:left="709" w:hanging="425"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="851" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>komórkach organizacyjnych – należy przez to rozumieć zespoły</w:t>
       </w:r>
       <w:r w:rsidR="00E77233">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
@@ -797,774 +824,719 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5C51D629" w14:textId="77777777" w:rsidR="00DD0DE4" w:rsidRPr="001179D3" w:rsidRDefault="00DD0DE4" w:rsidP="001179D3">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>§ 5</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A91C50D" w14:textId="77777777" w:rsidR="00AB21FE" w:rsidRDefault="00DD0DE4" w:rsidP="00AB21FE">
+    <w:p w14:paraId="4A91C50D" w14:textId="77777777" w:rsidR="00AB21FE" w:rsidRDefault="00DD0DE4" w:rsidP="00006A26">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="360"/>
-          <w:tab w:val="num" w:pos="284"/>
-[...2 lines deleted...]
-        <w:ind w:left="284" w:hanging="284"/>
+          <w:tab w:val="num" w:pos="426"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Struktura liniowej podległości ustalona jest następująco:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55415B9D" w14:textId="77777777" w:rsidR="00AB21FE" w:rsidRDefault="00AB21FE" w:rsidP="00AB21FE">
+    <w:p w14:paraId="55415B9D" w14:textId="77777777" w:rsidR="00AB21FE" w:rsidRDefault="00AB21FE" w:rsidP="00006A26">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1080"/>
-          <w:tab w:val="num" w:pos="709"/>
-[...2 lines deleted...]
-        <w:ind w:left="709" w:hanging="425"/>
+          <w:tab w:val="num" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="851" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AB21FE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Dyrektorowi bezpośrednio podlegają:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="47647259" w14:textId="77777777" w:rsidR="00AB21FE" w:rsidRDefault="00AB21FE" w:rsidP="00AB21FE">
+    <w:p w14:paraId="47647259" w14:textId="77777777" w:rsidR="00AB21FE" w:rsidRDefault="00AB21FE" w:rsidP="00006A26">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1800"/>
-          <w:tab w:val="num" w:pos="1134"/>
-[...2 lines deleted...]
-        <w:ind w:left="1134" w:hanging="425"/>
+          <w:tab w:val="num" w:pos="1276"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="1276" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AB21FE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Zastępca Dyrektora ds. Analiz,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="738391C7" w14:textId="77777777" w:rsidR="00AB21FE" w:rsidRDefault="00AB21FE" w:rsidP="00AB21FE">
+    <w:p w14:paraId="738391C7" w14:textId="77777777" w:rsidR="00AB21FE" w:rsidRDefault="00AB21FE" w:rsidP="00006A26">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1800"/>
-          <w:tab w:val="num" w:pos="1134"/>
-[...2 lines deleted...]
-        <w:ind w:left="1134" w:hanging="425"/>
+          <w:tab w:val="num" w:pos="1276"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="1276" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AB21FE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Zastępca Dyrektora ds. Projektowania,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="197C6A25" w14:textId="77777777" w:rsidR="00AB21FE" w:rsidRDefault="00AB21FE" w:rsidP="00AB21FE">
+    <w:p w14:paraId="5500C1D1" w14:textId="77777777" w:rsidR="00AB21FE" w:rsidRDefault="00AB21FE" w:rsidP="00006A26">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1800"/>
-          <w:tab w:val="num" w:pos="1134"/>
-[...2 lines deleted...]
-        <w:ind w:left="1134" w:hanging="425"/>
+          <w:tab w:val="num" w:pos="1276"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="1276" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AB21FE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>Zastępca Dyrektora ds. Organizacyjnych,</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="5500C1D1" w14:textId="77777777" w:rsidR="00AB21FE" w:rsidRDefault="00AB21FE" w:rsidP="00AB21FE">
+        <w:t>Główny Księgowy,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1918477E" w14:textId="77777777" w:rsidR="00AB21FE" w:rsidRDefault="00AB21FE" w:rsidP="00006A26">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1800"/>
-          <w:tab w:val="num" w:pos="1134"/>
-[...2 lines deleted...]
-        <w:ind w:left="1134" w:hanging="425"/>
+          <w:tab w:val="num" w:pos="1276"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="1276" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AB21FE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>Główny Księgowy,</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="1918477E" w14:textId="77777777" w:rsidR="00AB21FE" w:rsidRDefault="00AB21FE" w:rsidP="00AB21FE">
+        <w:t>Inspektor Ochrony Danych,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="537B7B13" w14:textId="77777777" w:rsidR="00AB21FE" w:rsidRDefault="00AB21FE" w:rsidP="00006A26">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1800"/>
-          <w:tab w:val="num" w:pos="1134"/>
-[...2 lines deleted...]
-        <w:ind w:left="1134" w:hanging="425"/>
+          <w:tab w:val="num" w:pos="1276"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="1276" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AB21FE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>Inspektor Ochrony Danych,</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="537B7B13" w14:textId="77777777" w:rsidR="00AB21FE" w:rsidRDefault="00AB21FE" w:rsidP="00AB21FE">
+        <w:t>Kierownik Działu Prawnego, któremu podlega Dział Prawny, w skład którego wchodzą stanowiska do spraw obsługi prawnej,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="432D5AA0" w14:textId="77777777" w:rsidR="00AB21FE" w:rsidRDefault="00AB21FE" w:rsidP="00006A26">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1800"/>
-          <w:tab w:val="num" w:pos="1134"/>
-[...2 lines deleted...]
-        <w:ind w:left="1134" w:hanging="425"/>
+          <w:tab w:val="num" w:pos="1276"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="1276" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AB21FE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>Kierownik Działu Prawnego, któremu podlega Dział Prawny, w skład którego wchodzą stanowiska do spraw obsługi prawnej,</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="432D5AA0" w14:textId="77777777" w:rsidR="00AB21FE" w:rsidRDefault="00AB21FE" w:rsidP="00AB21FE">
+        <w:t>Generalny Projektant,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70F6DD30" w14:textId="35FC8DA2" w:rsidR="00E249FC" w:rsidRDefault="00621705" w:rsidP="00006A26">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1800"/>
-          <w:tab w:val="num" w:pos="1134"/>
-[...17 lines deleted...]
-    <w:p w14:paraId="3DFA73FB" w14:textId="2C3F3DF2" w:rsidR="00AB21FE" w:rsidRDefault="00621705" w:rsidP="00AB21FE">
+          <w:tab w:val="num" w:pos="1276"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="1276" w:hanging="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C954EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Stanowisko</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB21FE" w:rsidRPr="00C954EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ds. Kształtowania Relacji Społecznych</w:t>
+      </w:r>
+      <w:r w:rsidR="00007629">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="720B11A0" w14:textId="77777777" w:rsidR="00E249FC" w:rsidRDefault="00E249FC" w:rsidP="00006A26">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1800"/>
-          <w:tab w:val="num" w:pos="1134"/>
-[...31 lines deleted...]
-    <w:p w14:paraId="58B4D10C" w14:textId="77777777" w:rsidR="00AB21FE" w:rsidRDefault="00AB21FE" w:rsidP="00AB21FE">
+          <w:tab w:val="num" w:pos="1276"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="1276" w:hanging="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E249FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Kierownik Działu Organizacyjnego, któremu podlega Dział Organizacyjny, w skład którego wchodzą stanowiska do spraw: administracyjnych, obsługi planistycznej, obsługi sekretariatu, obsługi kancelaryjnej i technicznej oraz archiwizacji,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30E19151" w14:textId="77777777" w:rsidR="00E249FC" w:rsidRDefault="00E249FC" w:rsidP="00006A26">
+      <w:pPr>
+        <w:pStyle w:val="Tekstpodstawowy"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="1800"/>
+          <w:tab w:val="num" w:pos="1276"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="1276" w:hanging="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E249FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Kierownik Działu Kadr i Płac, któremu podlega Dział Kadr i Płac, w skład którego wchodzą stanowiska do spraw kadrowo-płacowych,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="548BC2ED" w14:textId="0E32FA6F" w:rsidR="00E249FC" w:rsidRPr="00C01AA6" w:rsidRDefault="00E249FC" w:rsidP="00006A26">
+      <w:pPr>
+        <w:pStyle w:val="Tekstpodstawowy"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="1800"/>
+          <w:tab w:val="num" w:pos="1276"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="1276" w:hanging="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E249FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Kierownik Zespołu Infrastruktury Informacji Przestrzennej, któremu podlega Zespół Infrastruktury Informacji Przestrzennej, w skład którego wchodzą stanowiska do spraw obsługi </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E249FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>geoinformatycznej</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E249FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> i informatycznej</w:t>
+      </w:r>
+      <w:r w:rsidR="00620775">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58B4D10C" w14:textId="77777777" w:rsidR="00AB21FE" w:rsidRDefault="00AB21FE" w:rsidP="00006A26">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1080"/>
-          <w:tab w:val="num" w:pos="709"/>
-[...2 lines deleted...]
-        <w:ind w:left="709" w:hanging="425"/>
+          <w:tab w:val="num" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="851" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AB21FE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Zastępcy Dyrektora ds. Analiz podlegają:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2BC4A0C3" w14:textId="77777777" w:rsidR="00AB21FE" w:rsidRDefault="00AB21FE" w:rsidP="00AB21FE">
+    <w:p w14:paraId="2BC4A0C3" w14:textId="5BA873DA" w:rsidR="00AB21FE" w:rsidRDefault="00AB21FE" w:rsidP="00006A26">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1800"/>
-          <w:tab w:val="num" w:pos="1134"/>
-[...2 lines deleted...]
-        <w:ind w:left="1134" w:hanging="425"/>
+          <w:tab w:val="num" w:pos="1276"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="1276" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AB21FE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Kierownik Zespołu Transportu i Inżynierii, któremu podlega Zespół Transportu </w:t>
-[...6 lines deleted...]
-        <w:br/>
+        <w:t xml:space="preserve">Kierownik </w:t>
+      </w:r>
+      <w:r w:rsidR="00006A26" w:rsidRPr="00AB21FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Zespołu</w:t>
+      </w:r>
+      <w:r w:rsidR="00006A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Infrastruktury</w:t>
+      </w:r>
+      <w:r w:rsidR="00340D67">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Transportowej i Technicznej </w:t>
       </w:r>
       <w:r w:rsidRPr="00AB21FE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>i Inżynierii, w skład którego wchodzą stanowiska do spraw projektowania układu transportowego</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> oraz</w:t>
+        <w:t>, któremu podlega Zespół</w:t>
+      </w:r>
+      <w:r w:rsidR="00340D67">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Infrastruktury Transportowej i Technicznej</w:t>
       </w:r>
       <w:r w:rsidRPr="00AB21FE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> stanowiska do spraw projektowania </w:t>
-[...11 lines deleted...]
-          <w:szCs w:val="22"/>
+        <w:t>, w skład którego wchodzą stanowiska do spraw</w:t>
+      </w:r>
+      <w:r w:rsidR="00330634">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> projektowania </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB21FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00012C24">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>infrastruktury</w:t>
+      </w:r>
+      <w:r w:rsidR="00721F4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="315825CB" w14:textId="77777777" w:rsidR="00AB21FE" w:rsidRDefault="00AB21FE" w:rsidP="00AB21FE">
+    <w:p w14:paraId="315825CB" w14:textId="77777777" w:rsidR="00AB21FE" w:rsidRDefault="00AB21FE" w:rsidP="00006A26">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1800"/>
-          <w:tab w:val="num" w:pos="1134"/>
-[...2 lines deleted...]
-        <w:ind w:left="1134" w:hanging="425"/>
+          <w:tab w:val="num" w:pos="1276"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="1276" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AB21FE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Kierownik Zespołu Opracowań Środowiskowych, któremu podlega Zespół Opracowań Środowiskowych, w skład którego wchodzą stanowiska do spraw opracowań środowiskowych,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1DAEA521" w14:textId="77777777" w:rsidR="00AB21FE" w:rsidRDefault="00AB21FE" w:rsidP="00AB21FE">
+    <w:p w14:paraId="1DAEA521" w14:textId="6871686E" w:rsidR="00AB21FE" w:rsidRDefault="00AB21FE" w:rsidP="00006A26">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1800"/>
-          <w:tab w:val="num" w:pos="1134"/>
-[...2 lines deleted...]
-        <w:ind w:left="1134" w:hanging="425"/>
+          <w:tab w:val="num" w:pos="1276"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="1276" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AB21FE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>Kierownik Zespołu Opracowań Finansowych, któremu podlega Zespół Opracowań Finansowych, w skład którego wchodzą stanowiska do spraw analiz skutków finansowych,</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="5001A84C" w14:textId="5AC68F41" w:rsidR="00AB21FE" w:rsidRDefault="00AB21FE" w:rsidP="00AB21FE">
+        <w:lastRenderedPageBreak/>
+        <w:t>Kierownik Zespołu Opracowań Finansowych, któremu podlega Zespół Opracowań Finansowych, w skład którego wchodzą stanowiska do spraw analiz skutków finansowych</w:t>
+      </w:r>
+      <w:r w:rsidR="00721F4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5001A84C" w14:textId="689902E0" w:rsidR="00AB21FE" w:rsidRDefault="00721F4E" w:rsidP="00006A26">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1800"/>
-          <w:tab w:val="num" w:pos="1134"/>
-[...45 lines deleted...]
-    <w:p w14:paraId="6AA2461F" w14:textId="61C15D61" w:rsidR="00AB21FE" w:rsidRDefault="00AB21FE" w:rsidP="00AB21FE">
+          <w:tab w:val="num" w:pos="1276"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="1276" w:hanging="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>(uchylony)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A4285B2" w14:textId="77777777" w:rsidR="00006A26" w:rsidRDefault="00AB21FE" w:rsidP="00006A26">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1080"/>
-          <w:tab w:val="num" w:pos="709"/>
-[...2 lines deleted...]
-        <w:ind w:left="709" w:hanging="425"/>
+          <w:tab w:val="num" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="851" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AB21FE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Zastępcy Dyrektora ds. Projektowania podlegają Kierownicy Zespołów Projektowych nr 1, </w:t>
       </w:r>
       <w:r w:rsidR="002D16A0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">2, </w:t>
       </w:r>
       <w:r w:rsidRPr="00AB21FE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>3, 4, którym podlegają Zespoły Projektowe nr 1,</w:t>
       </w:r>
       <w:r w:rsidR="002D16A0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2,</w:t>
       </w:r>
       <w:r w:rsidRPr="00AB21FE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3, 4, w skład których wchodzą stanowiska do spraw projektowania urbanistycznego;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E68FD48" w14:textId="77777777" w:rsidR="00AB21FE" w:rsidRDefault="00AB21FE" w:rsidP="00AB21FE">
+    <w:p w14:paraId="711240D1" w14:textId="12BBD0B6" w:rsidR="00AB21FE" w:rsidRPr="00006A26" w:rsidRDefault="00721F4E" w:rsidP="00006A26">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1080"/>
-          <w:tab w:val="num" w:pos="709"/>
-[...161 lines deleted...]
-    <w:p w14:paraId="644D98A5" w14:textId="77777777" w:rsidR="00DD0DE4" w:rsidRPr="00AB21FE" w:rsidRDefault="00DD0DE4" w:rsidP="00AB21FE">
+          <w:tab w:val="num" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="851" w:hanging="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00006A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>(uchylony)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="644D98A5" w14:textId="77777777" w:rsidR="00DD0DE4" w:rsidRPr="00AB21FE" w:rsidRDefault="00DD0DE4" w:rsidP="00006A26">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="360"/>
+          <w:tab w:val="num" w:pos="426"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AB21FE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Struktura liniowej podległości pokazana została na schemacie organizacyjnym stanowiącym załącznik do Regulaminu.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0FE5E290" w14:textId="77777777" w:rsidR="00DD0DE4" w:rsidRPr="001179D3" w:rsidRDefault="00DD0DE4" w:rsidP="001179D3">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
         </w:rPr>
@@ -1622,51 +1594,51 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0BECF09F" w14:textId="77777777" w:rsidR="00DD0DE4" w:rsidRPr="001179D3" w:rsidRDefault="00DD0DE4" w:rsidP="001179D3">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>§ 7</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1BD7BCEF" w14:textId="77777777" w:rsidR="00DD0DE4" w:rsidRPr="001179D3" w:rsidRDefault="00DD0DE4" w:rsidP="001179D3">
+    <w:p w14:paraId="7BF5D5BF" w14:textId="6E4E5CEB" w:rsidR="00B75FF8" w:rsidRDefault="00DD0DE4" w:rsidP="001179D3">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Dyrektor </w:t>
       </w:r>
       <w:r w:rsidR="0009104C" w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">w drodze zarządzenia </w:t>
       </w:r>
       <w:r w:rsidR="00003D17" w:rsidRPr="001179D3">
         <w:rPr>
@@ -1759,51 +1731,51 @@
         </w:rPr>
         <w:t xml:space="preserve"> skład osobowy </w:t>
       </w:r>
       <w:r w:rsidR="00E300A4" w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>oraz</w:t>
       </w:r>
       <w:r w:rsidR="0009104C" w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> zasady działania</w:t>
       </w:r>
       <w:r w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E77E701" w14:textId="77777777" w:rsidR="00DD0DE4" w:rsidRPr="001179D3" w:rsidRDefault="00DD0DE4" w:rsidP="001179D3">
+    <w:p w14:paraId="4E9AF8CA" w14:textId="77777777" w:rsidR="00C112DF" w:rsidRPr="001179D3" w:rsidRDefault="00C112DF" w:rsidP="001179D3">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="18E5E476" w14:textId="77777777" w:rsidR="00DD0DE4" w:rsidRPr="001179D3" w:rsidRDefault="00DD0DE4" w:rsidP="001179D3">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
@@ -1898,132 +1870,131 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="60555E90" w14:textId="77777777" w:rsidR="00DD0DE4" w:rsidRPr="001179D3" w:rsidRDefault="00DD0DE4" w:rsidP="001179D3">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>§ 9</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4619B26C" w14:textId="77777777" w:rsidR="00660042" w:rsidRPr="001179D3" w:rsidRDefault="00DD0DE4" w:rsidP="00694CC6">
+    <w:p w14:paraId="4619B26C" w14:textId="77777777" w:rsidR="00660042" w:rsidRPr="001179D3" w:rsidRDefault="00DD0DE4" w:rsidP="00006A26">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="2520"/>
-          <w:tab w:val="num" w:pos="284"/>
-[...2 lines deleted...]
-        <w:ind w:left="284" w:hanging="284"/>
+          <w:tab w:val="num" w:pos="426"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Dyrektor kier</w:t>
       </w:r>
       <w:r w:rsidR="0009104C" w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>uje</w:t>
       </w:r>
       <w:r w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> działalnością Pracowni.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="62DEC50E" w14:textId="77777777" w:rsidR="00660042" w:rsidRPr="001179D3" w:rsidRDefault="00DD0DE4" w:rsidP="00694CC6">
+    <w:p w14:paraId="62DEC50E" w14:textId="77777777" w:rsidR="00660042" w:rsidRPr="001179D3" w:rsidRDefault="00DD0DE4" w:rsidP="00006A26">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="2520"/>
-          <w:tab w:val="num" w:pos="284"/>
-[...14 lines deleted...]
-        <w:lastRenderedPageBreak/>
+          <w:tab w:val="num" w:pos="426"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="426" w:hanging="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001179D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
         <w:t>Dyrektor kierując Pracownią działa jednoosobowo.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="173A928A" w14:textId="116958A8" w:rsidR="00660042" w:rsidRPr="001179D3" w:rsidRDefault="00DD0DE4" w:rsidP="00694CC6">
+    <w:p w14:paraId="286B85FC" w14:textId="77777777" w:rsidR="00266357" w:rsidRDefault="00DD0DE4" w:rsidP="00006A26">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="2520"/>
-          <w:tab w:val="num" w:pos="284"/>
-[...2 lines deleted...]
-        <w:ind w:left="284" w:hanging="284"/>
+          <w:tab w:val="num" w:pos="426"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Dyrektor </w:t>
       </w:r>
       <w:r w:rsidR="0009104C" w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>sprawuje</w:t>
       </w:r>
       <w:r w:rsidR="0009104C" w:rsidRPr="001179D3" w:rsidDel="0009104C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
@@ -2043,733 +2014,830 @@
         </w:rPr>
         <w:t xml:space="preserve">powierzonych </w:t>
       </w:r>
       <w:r w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>zadań</w:t>
       </w:r>
       <w:r w:rsidR="00DA306B" w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>, w tym za pośrednictwem z</w:t>
       </w:r>
       <w:r w:rsidR="0009104C" w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>astępców Dyrektora i Głównego Księgowego.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D14738D" w14:textId="1DAD0AC7" w:rsidR="00784157" w:rsidRPr="003C7C6E" w:rsidRDefault="00784157" w:rsidP="00694CC6">
+    <w:p w14:paraId="2C391AAD" w14:textId="3A06107A" w:rsidR="00C24B71" w:rsidRPr="00C7220F" w:rsidRDefault="00266357" w:rsidP="00006A26">
+      <w:pPr>
+        <w:pStyle w:val="Tekstpodstawowy"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="426"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="426" w:hanging="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00266357">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>3a.</w:t>
+      </w:r>
+      <w:r w:rsidR="00006A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00266357">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Dyrektor przy pomocy Kierownika Działu Organizacyjnego, Kierownika Działu Kadr i Płac, Kierownika Działu Prawnego i Kierownika Zespołu Infrastruktury Informacji Przestrzennej kieruje pracą podległych działów</w:t>
+      </w:r>
+      <w:r w:rsidR="00544BBF">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> i zespoł</w:t>
+      </w:r>
+      <w:r w:rsidR="007202C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>u</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00266357">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D14738D" w14:textId="2D95BEBF" w:rsidR="00784157" w:rsidRDefault="00784157" w:rsidP="00006A26">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="2520"/>
-          <w:tab w:val="num" w:pos="284"/>
-[...8 lines deleted...]
-      </w:pPr>
+          <w:tab w:val="num" w:pos="426"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="426" w:hanging="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F3371">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>W czasie nieobecności Dyrektora jego zadania i kompetencje w zakresie kierowania Pracownią, wynikające z Regulaminu i Zarządzeń Prezydenta</w:t>
+      </w:r>
+      <w:r w:rsidR="00120AC7" w:rsidRPr="003802BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Miasta Poznania</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003802BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>, wykonuje w pierwszej kolejności Zastępca</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000162AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Dyrektora ds. </w:t>
+      </w:r>
+      <w:r w:rsidR="007B5761" w:rsidRPr="000162AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Analiz</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000162AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, w drugiej kolejności Zastępca Dyrektora ds. </w:t>
+      </w:r>
+      <w:r w:rsidR="007B5761" w:rsidRPr="000162AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA4152" w:rsidRPr="000162AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>rojektowania</w:t>
+      </w:r>
       <w:r w:rsidRPr="003C7C6E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>W czasie nieobecności Dyrektora jego zadania i kompetencje w zakresie kierowania Pracownią, wynikające z Regulaminu i Zarządzeń Prezydenta</w:t>
-[...61 lines deleted...]
-        </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="54A1C3A2" w14:textId="77777777" w:rsidR="008231B9" w:rsidRPr="001179D3" w:rsidRDefault="008231B9" w:rsidP="001179D3">
-[...2 lines deleted...]
-        <w:spacing w:line="360" w:lineRule="auto"/>
+    <w:p w14:paraId="54A1C3A2" w14:textId="77777777" w:rsidR="008231B9" w:rsidRPr="009F3371" w:rsidRDefault="008231B9" w:rsidP="003C4582">
+      <w:pPr>
+        <w:pStyle w:val="Tekstpodstawowy"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="284"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5CDB0EC4" w14:textId="77777777" w:rsidR="00DD0DE4" w:rsidRPr="001179D3" w:rsidRDefault="00DD0DE4" w:rsidP="001179D3">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>§ 10</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5AD26B24" w14:textId="77777777" w:rsidR="00DD0DE4" w:rsidRPr="001179D3" w:rsidRDefault="00DD0DE4" w:rsidP="001179D3">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Dyrektor uprawniony jest w szczególności do:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55651A2B" w14:textId="77777777" w:rsidR="00660042" w:rsidRPr="001179D3" w:rsidRDefault="00DD0DE4" w:rsidP="00694CC6">
+    <w:p w14:paraId="55651A2B" w14:textId="77777777" w:rsidR="00660042" w:rsidRPr="001179D3" w:rsidRDefault="00DD0DE4" w:rsidP="00006A26">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:hanging="436"/>
+        <w:ind w:left="851" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ustalania struktury organizacyjnej Pracowni i regulaminu organizacyjnego oraz wydawania wszelkich wewnętrznych aktów normatywnych obowiązujących </w:t>
       </w:r>
       <w:r w:rsidR="003D2CDE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>w</w:t>
       </w:r>
       <w:r w:rsidR="005971C1">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Pracowni;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22A9D883" w14:textId="77777777" w:rsidR="00660042" w:rsidRPr="001179D3" w:rsidRDefault="00DD0DE4" w:rsidP="00694CC6">
+    <w:p w14:paraId="22A9D883" w14:textId="77777777" w:rsidR="00660042" w:rsidRPr="001179D3" w:rsidRDefault="00DD0DE4" w:rsidP="00006A26">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:hanging="436"/>
+        <w:ind w:left="851" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>wydawania poleceń służbowych oraz żądania udzielania informacji i wyjaśnień;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="68E3DADA" w14:textId="77777777" w:rsidR="00660042" w:rsidRPr="001179D3" w:rsidRDefault="00777591" w:rsidP="00694CC6">
+    <w:p w14:paraId="68E3DADA" w14:textId="77777777" w:rsidR="00660042" w:rsidRDefault="00777591" w:rsidP="00006A26">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:hanging="436"/>
+        <w:ind w:left="851" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ustalania polityki kadrowej Pracowni oraz zarządzania zasobami ludzkimi Pracowni, </w:t>
       </w:r>
       <w:r w:rsidR="003D2CDE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">w tym </w:t>
       </w:r>
       <w:r w:rsidR="00DD0DE4" w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">nawiązywania i rozwiązywania </w:t>
       </w:r>
       <w:r w:rsidR="00972E56" w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>stosunku pracy</w:t>
       </w:r>
       <w:r w:rsidR="00DD0DE4" w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="084FBF0E" w14:textId="77777777" w:rsidR="00660042" w:rsidRPr="001179D3" w:rsidRDefault="00DD0DE4" w:rsidP="00694CC6">
+    <w:p w14:paraId="09214A7A" w14:textId="45AE74A4" w:rsidR="00266357" w:rsidRPr="001179D3" w:rsidRDefault="00266357" w:rsidP="00006A26">
+      <w:pPr>
+        <w:pStyle w:val="Tekstpodstawowy"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="851" w:hanging="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002856BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>3a)</w:t>
+      </w:r>
+      <w:r w:rsidR="00006A26">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>ustalania polityki zakupowej Pracowni oraz zarządzania jej realizacją;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="084FBF0E" w14:textId="77777777" w:rsidR="00660042" w:rsidRPr="001179D3" w:rsidRDefault="00DD0DE4" w:rsidP="00006A26">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:hanging="436"/>
+        <w:ind w:left="851" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>analizowania i akceptowania sprawozdań wychodzących na zewnątrz Pracowni;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7661381A" w14:textId="77777777" w:rsidR="00660042" w:rsidRPr="001179D3" w:rsidRDefault="00DD0DE4" w:rsidP="00694CC6">
+    <w:p w14:paraId="7661381A" w14:textId="77777777" w:rsidR="00660042" w:rsidRPr="001179D3" w:rsidRDefault="00DD0DE4" w:rsidP="00006A26">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:hanging="436"/>
+        <w:ind w:left="851" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>nagradzania i karania pracowników zgodnie z Regulaminem pracy;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0AB22A3F" w14:textId="77777777" w:rsidR="00DD0DE4" w:rsidRPr="001179D3" w:rsidRDefault="00DD0DE4" w:rsidP="00694CC6">
+    <w:p w14:paraId="15722F08" w14:textId="182AB0AB" w:rsidR="00277668" w:rsidRPr="009979F4" w:rsidRDefault="00DD0DE4" w:rsidP="00006A26">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:hanging="436"/>
+        <w:ind w:left="851" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>oceniania działalności podległych stanowisk pracy.</w:t>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="700B5C78" w14:textId="77777777" w:rsidR="00DD0DE4" w:rsidRPr="001179D3" w:rsidRDefault="00DD0DE4" w:rsidP="001179D3">
+      <w:r w:rsidR="009979F4" w:rsidRPr="009979F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58831255" w14:textId="77777777" w:rsidR="00277668" w:rsidRPr="001179D3" w:rsidRDefault="00277668" w:rsidP="000162AC">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7EE76086" w14:textId="77777777" w:rsidR="00DD0DE4" w:rsidRPr="001179D3" w:rsidRDefault="00DD0DE4" w:rsidP="001179D3">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>§ 11</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D6EFB7B" w14:textId="77777777" w:rsidR="005971C1" w:rsidRDefault="00DD0DE4" w:rsidP="00694CC6">
+    <w:p w14:paraId="0D6EFB7B" w14:textId="77777777" w:rsidR="005971C1" w:rsidRDefault="00DD0DE4" w:rsidP="00006A26">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="284" w:hanging="284"/>
+        <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Do obowiązków </w:t>
       </w:r>
       <w:r w:rsidR="00DA306B" w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t>z</w:t>
       </w:r>
       <w:r w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t>astępców Dyrektora należy w szczególności:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="75B24877" w14:textId="77777777" w:rsidR="005971C1" w:rsidRDefault="00005BEB" w:rsidP="00694CC6">
+    <w:p w14:paraId="75B24877" w14:textId="77777777" w:rsidR="005971C1" w:rsidRDefault="00005BEB" w:rsidP="00006A26">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="709"/>
-[...2 lines deleted...]
-        <w:ind w:left="709" w:hanging="425"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="851" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005971C1">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t>kierowanie pracą podległych komórek organizacyjnych i stanowisk;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5392F291" w14:textId="77777777" w:rsidR="005971C1" w:rsidRDefault="00005BEB" w:rsidP="00694CC6">
+    <w:p w14:paraId="5392F291" w14:textId="77777777" w:rsidR="005971C1" w:rsidRDefault="00005BEB" w:rsidP="00006A26">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="709"/>
-[...2 lines deleted...]
-        <w:ind w:left="709" w:hanging="425"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="851" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005971C1">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t>przydzielanie zadań podległym komórkom organizacyjnym i stanowiskom;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="47708FE6" w14:textId="77777777" w:rsidR="005971C1" w:rsidRDefault="00005BEB" w:rsidP="00694CC6">
+    <w:p w14:paraId="47708FE6" w14:textId="77777777" w:rsidR="005971C1" w:rsidRDefault="00005BEB" w:rsidP="00006A26">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="709"/>
-[...2 lines deleted...]
-        <w:ind w:left="709" w:hanging="425"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="851" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005971C1">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t>kontrolowanie i nadzorowanie realizacji zadań powierzonych do wykonania;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="444D419F" w14:textId="77777777" w:rsidR="005971C1" w:rsidRDefault="00005BEB" w:rsidP="00694CC6">
+    <w:p w14:paraId="444D419F" w14:textId="77777777" w:rsidR="005971C1" w:rsidRDefault="00005BEB" w:rsidP="00006A26">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="709"/>
-[...2 lines deleted...]
-        <w:ind w:left="709" w:hanging="425"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="851" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005971C1">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t>podejmowanie kontaktów z wydziałami Urzędu Miasta Poznania i miejskimi jednostkami organizacyjnymi, a także innymi podmiotami w celu ustalania zasad współpracy.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="62DB4D26" w14:textId="77777777" w:rsidR="00460A49" w:rsidRDefault="00DD0DE4" w:rsidP="00694CC6">
+    <w:p w14:paraId="62DB4D26" w14:textId="77777777" w:rsidR="00460A49" w:rsidRDefault="00DD0DE4" w:rsidP="00006A26">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="284" w:hanging="284"/>
+        <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005971C1">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Do uprawnień </w:t>
       </w:r>
       <w:r w:rsidR="00DA306B" w:rsidRPr="005971C1">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t>z</w:t>
       </w:r>
       <w:r w:rsidRPr="005971C1">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t>astępców Dyrektora należy w szczególności:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="122B8339" w14:textId="1EA311C6" w:rsidR="00460A49" w:rsidRDefault="00DD0DE4" w:rsidP="00460A49">
+    <w:p w14:paraId="122B8339" w14:textId="1EA311C6" w:rsidR="00460A49" w:rsidRDefault="00DD0DE4" w:rsidP="00006A26">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1080"/>
-          <w:tab w:val="num" w:pos="709"/>
-[...2 lines deleted...]
-        <w:ind w:left="709" w:hanging="425"/>
+          <w:tab w:val="num" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="851" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00460A49">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t>wydawanie poleceń służbowych oraz żądanie udzielenia informacji i wyjaśnień;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A55E212" w14:textId="77777777" w:rsidR="00460A49" w:rsidRDefault="00DD0DE4" w:rsidP="00460A49">
+    <w:p w14:paraId="2A55E212" w14:textId="77777777" w:rsidR="00460A49" w:rsidRDefault="00DD0DE4" w:rsidP="00006A26">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1080"/>
-          <w:tab w:val="num" w:pos="709"/>
-[...2 lines deleted...]
-        <w:ind w:left="709" w:hanging="425"/>
+          <w:tab w:val="num" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="851" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00460A49">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">ocena działalności podległych stanowisk i </w:t>
       </w:r>
       <w:r w:rsidR="00777591" w:rsidRPr="00460A49">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t>komórek organizacyjnych</w:t>
       </w:r>
       <w:r w:rsidRPr="00460A49">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3BCEA781" w14:textId="77777777" w:rsidR="00460A49" w:rsidRDefault="00DD0DE4" w:rsidP="00460A49">
+    <w:p w14:paraId="3BCEA781" w14:textId="77777777" w:rsidR="00460A49" w:rsidRDefault="00DD0DE4" w:rsidP="00006A26">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1080"/>
-          <w:tab w:val="num" w:pos="709"/>
-[...2 lines deleted...]
-        <w:ind w:left="709" w:hanging="425"/>
+          <w:tab w:val="num" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="851" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00460A49">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>ocena pracy poszczególnych pracowników podległych komórek organizacyjnych;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01FCC6F9" w14:textId="77777777" w:rsidR="00460A49" w:rsidRDefault="00DD0DE4" w:rsidP="00460A49">
+    <w:p w14:paraId="01FCC6F9" w14:textId="77777777" w:rsidR="00460A49" w:rsidRDefault="00DD0DE4" w:rsidP="00006A26">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1080"/>
-          <w:tab w:val="num" w:pos="709"/>
-[...2 lines deleted...]
-        <w:ind w:left="709" w:hanging="425"/>
+          <w:tab w:val="num" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="851" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00460A49">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t>zgłaszanie propozycji dotyczących zatrudnienia lub zwalniania pracowników podległych komórek organizacyjnych;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="596A0065" w14:textId="77777777" w:rsidR="00460A49" w:rsidRPr="00111DDE" w:rsidRDefault="00260D9F" w:rsidP="00460A49">
+    <w:p w14:paraId="596A0065" w14:textId="77777777" w:rsidR="00460A49" w:rsidRPr="00111DDE" w:rsidRDefault="00260D9F" w:rsidP="00006A26">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1080"/>
-          <w:tab w:val="num" w:pos="709"/>
-[...2 lines deleted...]
-        <w:ind w:left="709" w:hanging="425"/>
+          <w:tab w:val="num" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="851" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00111DDE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t>wnioskowanie o premie, nagrody, awanse lub ukaranie pracowników podległej komórki organizacyjnej</w:t>
       </w:r>
       <w:r w:rsidR="00DD0DE4" w:rsidRPr="00111DDE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="529DF68A" w14:textId="77777777" w:rsidR="00DD0DE4" w:rsidRPr="00460A49" w:rsidRDefault="00DD0DE4" w:rsidP="00460A49">
+    <w:p w14:paraId="529DF68A" w14:textId="77777777" w:rsidR="00DD0DE4" w:rsidRPr="00460A49" w:rsidRDefault="00DD0DE4" w:rsidP="00006A26">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1080"/>
-          <w:tab w:val="num" w:pos="709"/>
-[...2 lines deleted...]
-        <w:ind w:left="709" w:hanging="425"/>
+          <w:tab w:val="num" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="851" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00460A49">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t>podpisywanie pism wychodzących z Pracowni, które nie są zastrzeżone do podpisu Dyrektora,</w:t>
       </w:r>
       <w:r w:rsidRPr="00460A49">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="800000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00460A49">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t>z uwzględnieniem przepisów Rozdziału V Regulaminu.</w:t>
       </w:r>
     </w:p>
@@ -2795,153 +2863,158 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">§ </w:t>
       </w:r>
       <w:r w:rsidR="00E43CC4" w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>12</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B3D5679" w14:textId="37FD0CF7" w:rsidR="00B91A38" w:rsidRPr="001179D3" w:rsidRDefault="00B91A38" w:rsidP="00694CC6">
+    <w:p w14:paraId="1B3D5679" w14:textId="4AE6982E" w:rsidR="00B91A38" w:rsidRPr="001179D3" w:rsidRDefault="00B91A38" w:rsidP="00006A26">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="360"/>
-          <w:tab w:val="num" w:pos="284"/>
-[...2 lines deleted...]
-        <w:ind w:left="284" w:hanging="284"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Zastępca Dyrektora </w:t>
       </w:r>
       <w:r w:rsidR="00720DD6" w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>ds.</w:t>
       </w:r>
       <w:r w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00720DD6" w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>naliz przy pomocy Kierownika Zespołu Transportu i Inżynierii, Kierownika Z</w:t>
+        <w:t xml:space="preserve">naliz przy pomocy Kierownika </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD0633">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Zespołu Infrastruktury Transportowej i Technicznej</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001179D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>, Kierownika Z</w:t>
       </w:r>
       <w:r w:rsidR="00EE6340">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">espołu Opracowań Środowiskowych, </w:t>
-[...30 lines deleted...]
-    <w:p w14:paraId="1B2B1289" w14:textId="77777777" w:rsidR="009F5DF6" w:rsidRPr="001179D3" w:rsidRDefault="009F5DF6" w:rsidP="00694CC6">
+        <w:t>espołu Opracowań Środowiskowych</w:t>
+      </w:r>
+      <w:r w:rsidR="003802BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> oraz</w:t>
+      </w:r>
+      <w:r w:rsidR="007C2C65">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001179D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Kierownika Zespołu Opracowań Finansowych kieruje pracą podległych zespołów.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B2B1289" w14:textId="77777777" w:rsidR="009F5DF6" w:rsidRPr="001179D3" w:rsidRDefault="009F5DF6" w:rsidP="00006A26">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="360"/>
-          <w:tab w:val="num" w:pos="284"/>
-[...2 lines deleted...]
-        <w:ind w:left="284" w:hanging="284"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Zastępca Dyrektora </w:t>
       </w:r>
       <w:r w:rsidR="00720DD6" w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>ds.</w:t>
       </w:r>
       <w:r w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
@@ -2982,1028 +3055,841 @@
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>w</w:t>
       </w:r>
       <w:r w:rsidR="00460A49">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Pracowni analizami.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E72DC8C" w14:textId="77777777" w:rsidR="009F5DF6" w:rsidRPr="001179D3" w:rsidRDefault="009F5DF6" w:rsidP="00694CC6">
+    <w:p w14:paraId="5E72DC8C" w14:textId="54104A3A" w:rsidR="009F5DF6" w:rsidRPr="001179D3" w:rsidRDefault="009F5DF6" w:rsidP="00006A26">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="360"/>
-          <w:tab w:val="num" w:pos="284"/>
-[...2 lines deleted...]
-        <w:ind w:left="284" w:hanging="284"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Zastępca Dyrektora </w:t>
       </w:r>
       <w:r w:rsidR="00720DD6" w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>ds.</w:t>
       </w:r>
       <w:r w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00720DD6" w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>naliz, w celu bieżącej oceny aktualności studium i planów miejscowych,</w:t>
+        <w:t xml:space="preserve">naliz, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D06C44">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">w celu bieżącej oceny aktualności </w:t>
+      </w:r>
+      <w:r w:rsidR="00B370E1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>planu ogólnego</w:t>
+      </w:r>
+      <w:r w:rsidR="00B370E1" w:rsidRPr="001179D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001179D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>i planów miejscowych,</w:t>
       </w:r>
       <w:r w:rsidRPr="001179D3" w:rsidDel="00A150C3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">sprawuje merytoryczny nadzór </w:t>
       </w:r>
       <w:r w:rsidR="00D44C42" w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">nad </w:t>
       </w:r>
       <w:r w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>sporządzanymi w Pracowni analizami zmian w zagospodarowaniu przestrzennym.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7783CB56" w14:textId="77777777" w:rsidR="009F5DF6" w:rsidRPr="001179D3" w:rsidRDefault="009F5DF6" w:rsidP="00694CC6">
+    <w:p w14:paraId="7783CB56" w14:textId="0FFC8244" w:rsidR="009F5DF6" w:rsidRPr="001179D3" w:rsidRDefault="009F5DF6" w:rsidP="00006A26">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="360"/>
-          <w:tab w:val="num" w:pos="284"/>
-[...2 lines deleted...]
-        <w:ind w:left="284" w:hanging="284"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Zastępca Dyrektora </w:t>
       </w:r>
       <w:r w:rsidR="00720DD6" w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>ds.</w:t>
       </w:r>
       <w:r w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00720DD6" w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>naliz sprawuje nadzór nad sporządzanymi zmianami studium uwarunkowań i kierunków zagospodarowania przestrzennego.</w:t>
+        <w:t xml:space="preserve">naliz sprawuje nadzór </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D06C44">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nad sporządzanymi zmianami </w:t>
+      </w:r>
+      <w:r w:rsidR="00B370E1" w:rsidRPr="00D06C44">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>planu</w:t>
+      </w:r>
+      <w:r w:rsidR="00B370E1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ogólnego</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001179D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="161C9256" w14:textId="77777777" w:rsidR="00DD0DE4" w:rsidRPr="001179D3" w:rsidRDefault="00DD0DE4" w:rsidP="001179D3">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6126BCE4" w14:textId="77777777" w:rsidR="00FA4152" w:rsidRPr="001179D3" w:rsidRDefault="00FA4152" w:rsidP="001179D3">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">§ </w:t>
       </w:r>
       <w:r w:rsidR="00E43CC4" w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>13</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="262953E4" w14:textId="77777777" w:rsidR="00B91A38" w:rsidRPr="001179D3" w:rsidRDefault="00B91A38" w:rsidP="00694CC6">
+    <w:p w14:paraId="262953E4" w14:textId="77777777" w:rsidR="00B91A38" w:rsidRPr="001179D3" w:rsidRDefault="00B91A38" w:rsidP="00006A26">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="360"/>
-          <w:tab w:val="num" w:pos="284"/>
-[...2 lines deleted...]
-        <w:ind w:left="284" w:hanging="284"/>
+          <w:tab w:val="num" w:pos="426"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Zastępca Dyrektora </w:t>
       </w:r>
       <w:r w:rsidR="00720DD6" w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>ds.</w:t>
       </w:r>
       <w:r w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00720DD6" w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>rojektowania przy pomocy kierowników zespołów projektowych kieruje pracą podległych zespołów.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A841C3C" w14:textId="77777777" w:rsidR="00FA4152" w:rsidRPr="001179D3" w:rsidRDefault="00FA4152" w:rsidP="00694CC6">
+    <w:p w14:paraId="1A841C3C" w14:textId="77777777" w:rsidR="00FA4152" w:rsidRPr="001179D3" w:rsidRDefault="00FA4152" w:rsidP="00006A26">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="360"/>
-          <w:tab w:val="num" w:pos="284"/>
-[...2 lines deleted...]
-        <w:ind w:left="284" w:hanging="284"/>
+          <w:tab w:val="num" w:pos="426"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Zastępca Dyrektora </w:t>
       </w:r>
       <w:r w:rsidR="007B5761" w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>ds.</w:t>
       </w:r>
       <w:r w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="007B5761" w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">rojektowania </w:t>
       </w:r>
       <w:r w:rsidR="009F5DF6" w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>sprawuje merytoryczny nadzór nad sporządzanymi w Pracowni projektami miejscowych planów zagospodarowania przestrzennego.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="593BEB6F" w14:textId="77777777" w:rsidR="009F5DF6" w:rsidRPr="001179D3" w:rsidRDefault="00FA4152" w:rsidP="00694CC6">
+    <w:p w14:paraId="593BEB6F" w14:textId="77777777" w:rsidR="009F5DF6" w:rsidRPr="001179D3" w:rsidRDefault="00FA4152" w:rsidP="00006A26">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="360"/>
-          <w:tab w:val="num" w:pos="284"/>
-[...2 lines deleted...]
-        <w:ind w:left="284" w:hanging="284"/>
+          <w:tab w:val="num" w:pos="426"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Zastępca Dyrektora </w:t>
       </w:r>
       <w:r w:rsidR="007B5761" w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>ds.</w:t>
       </w:r>
       <w:r w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="007B5761" w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidR="009F5DF6" w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>rojektowania sprawuje merytoryczny nadzór nad sporządzanymi w Pracow</w:t>
       </w:r>
       <w:r w:rsidR="0035124E" w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>ni koncepcjami zagospodarowania oraz ich wizualizacjami.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="54FCC290" w14:textId="77777777" w:rsidR="00F61F4B" w:rsidRPr="001179D3" w:rsidRDefault="00F61F4B" w:rsidP="001179D3">
-[...49 lines deleted...]
-    <w:p w14:paraId="7768242B" w14:textId="3B4EF6E5" w:rsidR="00DD0DE4" w:rsidRPr="001179D3" w:rsidRDefault="00DD0DE4" w:rsidP="001179D3">
+    <w:p w14:paraId="5F62941E" w14:textId="77777777" w:rsidR="00F61F4B" w:rsidRDefault="00F61F4B" w:rsidP="000C7164">
+      <w:pPr>
+        <w:pStyle w:val="Tekstpodstawowy"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7768242B" w14:textId="58840DF7" w:rsidR="00DD0DE4" w:rsidRPr="001179D3" w:rsidRDefault="00DD0DE4" w:rsidP="002461B5">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
         </w:rPr>
+        <w:t xml:space="preserve">§ </w:t>
+      </w:r>
+      <w:r w:rsidR="00E43CC4" w:rsidRPr="001179D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>14</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="106DAB0A" w14:textId="6D993AC0" w:rsidR="00DD0DE4" w:rsidRPr="001179D3" w:rsidRDefault="00B13E6E" w:rsidP="001179D3">
+      <w:pPr>
+        <w:pStyle w:val="Tekstpodstawowy"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B13E6E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>(uchylony)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2068F5A1" w14:textId="77777777" w:rsidR="00006A26" w:rsidRDefault="00006A26" w:rsidP="001179D3">
+      <w:pPr>
+        <w:pStyle w:val="Tekstpodstawowy"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2D58496D" w14:textId="77777777" w:rsidR="00006A26" w:rsidRDefault="00006A26" w:rsidP="001179D3">
+      <w:pPr>
+        <w:pStyle w:val="Tekstpodstawowy"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5A4752B5" w14:textId="75A3F0C2" w:rsidR="00DD0DE4" w:rsidRPr="001179D3" w:rsidRDefault="00DD0DE4" w:rsidP="001179D3">
+      <w:pPr>
+        <w:pStyle w:val="Tekstpodstawowy"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001179D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">§ </w:t>
       </w:r>
       <w:r w:rsidR="00E43CC4" w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>14</w:t>
-[...276 lines deleted...]
-        </w:rPr>
         <w:t>15</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D3CCCCE" w14:textId="77777777" w:rsidR="009B49F8" w:rsidRPr="001179D3" w:rsidRDefault="00DD0DE4" w:rsidP="00694CC6">
+    <w:p w14:paraId="7D3CCCCE" w14:textId="77777777" w:rsidR="009B49F8" w:rsidRPr="001179D3" w:rsidRDefault="00DD0DE4" w:rsidP="00006A26">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="360"/>
-          <w:tab w:val="num" w:pos="284"/>
-[...2 lines deleted...]
-        <w:ind w:left="284" w:hanging="284"/>
+          <w:tab w:val="num" w:pos="426"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Do obowiązków Głównego Księgowego należy w szczególności:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2089FFFC" w14:textId="77777777" w:rsidR="009B49F8" w:rsidRPr="001179D3" w:rsidRDefault="009B49F8" w:rsidP="00694CC6">
+    <w:p w14:paraId="2089FFFC" w14:textId="77777777" w:rsidR="009B49F8" w:rsidRPr="001179D3" w:rsidRDefault="009B49F8" w:rsidP="00006A26">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1080"/>
-          <w:tab w:val="num" w:pos="709"/>
-[...2 lines deleted...]
-        <w:ind w:left="709" w:hanging="425"/>
+          <w:tab w:val="num" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="851" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>prowadzenie rachunkowości Pracowni zgodnie z obowiązującymi przepisami;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="692E37D8" w14:textId="77777777" w:rsidR="009B49F8" w:rsidRPr="001179D3" w:rsidRDefault="009B49F8" w:rsidP="00694CC6">
+    <w:p w14:paraId="692E37D8" w14:textId="77777777" w:rsidR="009B49F8" w:rsidRPr="001179D3" w:rsidRDefault="009B49F8" w:rsidP="00006A26">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1080"/>
-          <w:tab w:val="num" w:pos="709"/>
-[...2 lines deleted...]
-        <w:ind w:left="709" w:hanging="425"/>
+          <w:tab w:val="num" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="851" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>prowadzenie gospodarki finansowej Pracowni;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D213662" w14:textId="77777777" w:rsidR="009B49F8" w:rsidRPr="001179D3" w:rsidRDefault="009B49F8" w:rsidP="00694CC6">
+    <w:p w14:paraId="2D213662" w14:textId="77777777" w:rsidR="009B49F8" w:rsidRPr="001179D3" w:rsidRDefault="009B49F8" w:rsidP="00006A26">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1080"/>
-          <w:tab w:val="num" w:pos="709"/>
-[...2 lines deleted...]
-        <w:ind w:left="709" w:hanging="425"/>
+          <w:tab w:val="num" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="851" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>analizowanie środków będących w dyspozycji Pracowni;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E300A11" w14:textId="77777777" w:rsidR="009B49F8" w:rsidRPr="001179D3" w:rsidRDefault="009B49F8" w:rsidP="00694CC6">
+    <w:p w14:paraId="6E300A11" w14:textId="77777777" w:rsidR="009B49F8" w:rsidRPr="001179D3" w:rsidRDefault="009B49F8" w:rsidP="00006A26">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1080"/>
-          <w:tab w:val="num" w:pos="709"/>
-[...2 lines deleted...]
-        <w:ind w:left="709" w:hanging="425"/>
+          <w:tab w:val="num" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="851" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>dokonywanie kontroli operacji stanowiących przedmiot księgowań;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="43FF1E6B" w14:textId="77777777" w:rsidR="009B49F8" w:rsidRPr="001179D3" w:rsidRDefault="009B49F8" w:rsidP="00694CC6">
+    <w:p w14:paraId="43FF1E6B" w14:textId="77777777" w:rsidR="009B49F8" w:rsidRPr="001179D3" w:rsidRDefault="009B49F8" w:rsidP="00006A26">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1080"/>
-          <w:tab w:val="num" w:pos="709"/>
-[...2 lines deleted...]
-        <w:ind w:left="709" w:hanging="425"/>
+          <w:tab w:val="num" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="851" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>opracowywanie projektów przepisów wewnętrznych wydawanych przez Dyrektora, dotyczących prowadzenia rachunkowości, a w szczególności planu kont Pracowni, obiegu dowodów księgowych, zasad prowadzenia i rozliczania inwentaryzacji;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D3ECC9C" w14:textId="77777777" w:rsidR="009B49F8" w:rsidRPr="001179D3" w:rsidRDefault="009B49F8" w:rsidP="00694CC6">
+    <w:p w14:paraId="2D3ECC9C" w14:textId="77777777" w:rsidR="009B49F8" w:rsidRPr="001179D3" w:rsidRDefault="009B49F8" w:rsidP="00006A26">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1080"/>
-          <w:tab w:val="num" w:pos="709"/>
-[...2 lines deleted...]
-        <w:ind w:left="709" w:hanging="425"/>
+          <w:tab w:val="num" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="851" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>przygotowanie i realizacja budżetu Pracowni;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D3C3910" w14:textId="77777777" w:rsidR="009B49F8" w:rsidRPr="001179D3" w:rsidRDefault="009B49F8" w:rsidP="00694CC6">
+    <w:p w14:paraId="5D3C3910" w14:textId="77777777" w:rsidR="009B49F8" w:rsidRPr="001179D3" w:rsidRDefault="009B49F8" w:rsidP="00006A26">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1080"/>
-          <w:tab w:val="num" w:pos="709"/>
-[...2 lines deleted...]
-        <w:ind w:left="709" w:hanging="425"/>
+          <w:tab w:val="num" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="851" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>kontrasygnowanie czynności prawnych mogących spowodować powstanie zobowiązań pieniężnych.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A660416" w14:textId="77777777" w:rsidR="00DD0DE4" w:rsidRPr="001179D3" w:rsidRDefault="00DD0DE4" w:rsidP="00694CC6">
+    <w:p w14:paraId="6A660416" w14:textId="77777777" w:rsidR="00DD0DE4" w:rsidRPr="001179D3" w:rsidRDefault="00DD0DE4" w:rsidP="00006A26">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="360"/>
-          <w:tab w:val="num" w:pos="284"/>
-[...2 lines deleted...]
-        <w:ind w:left="284" w:hanging="284"/>
+          <w:tab w:val="num" w:pos="426"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Do uprawnień Głównego Księgowego należy w szczególności:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="66B7A1B2" w14:textId="77777777" w:rsidR="00DD0DE4" w:rsidRPr="001179D3" w:rsidRDefault="00DD0DE4" w:rsidP="00694CC6">
+    <w:p w14:paraId="66B7A1B2" w14:textId="77777777" w:rsidR="00DD0DE4" w:rsidRPr="001179D3" w:rsidRDefault="00DD0DE4" w:rsidP="00006A26">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
-          <w:tab w:val="left" w:pos="709"/>
-[...3 lines deleted...]
-        <w:ind w:left="709" w:hanging="425"/>
+          <w:tab w:val="num" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="851" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>żądanie od komórek organizacyjnych i poszcze</w:t>
       </w:r>
       <w:r w:rsidR="002009B5">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">gólnych pracowników udzielania </w:t>
       </w:r>
       <w:r w:rsidR="003D2CDE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
@@ -4016,1523 +3902,1557 @@
         </w:rPr>
         <w:t>w formie ustnej i pisemnej niezbędnych informacji i wyjaśnień, jak również udostępniania do wglądu dokumentów i wyliczeń</w:t>
       </w:r>
       <w:r w:rsidR="002009B5">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> dotyczących spraw finansowych </w:t>
       </w:r>
       <w:r w:rsidR="003D2CDE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>i księgowych;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2DC32479" w14:textId="77777777" w:rsidR="00DD0DE4" w:rsidRPr="001179D3" w:rsidRDefault="00DD0DE4" w:rsidP="00694CC6">
+    <w:p w14:paraId="2DC32479" w14:textId="77777777" w:rsidR="00DD0DE4" w:rsidRPr="001179D3" w:rsidRDefault="00DD0DE4" w:rsidP="00006A26">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
-          <w:tab w:val="left" w:pos="709"/>
-[...3 lines deleted...]
-        <w:ind w:left="709" w:hanging="425"/>
+          <w:tab w:val="num" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="851" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>występowanie do Dyrektora z wnioskiem o przeprowadzenie kontroli określonych spraw, które nie leżą w zakresie działania Głównego Księgowego</w:t>
       </w:r>
       <w:r w:rsidR="00CE6E2E" w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="325B04A2" w14:textId="77777777" w:rsidR="00690B3C" w:rsidRPr="001179D3" w:rsidRDefault="00690B3C" w:rsidP="001179D3">
-[...10 lines deleted...]
-    <w:p w14:paraId="1F0A43FA" w14:textId="77777777" w:rsidR="00F61F4B" w:rsidRDefault="00F61F4B" w:rsidP="001179D3">
+    <w:p w14:paraId="44F000E3" w14:textId="77777777" w:rsidR="00F61F4B" w:rsidRDefault="00F61F4B" w:rsidP="000C7164">
+      <w:pPr>
+        <w:pStyle w:val="Tekstpodstawowy"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="68CD8A0C" w14:textId="35898FFD" w:rsidR="00690B3C" w:rsidRPr="001179D3" w:rsidRDefault="00690B3C" w:rsidP="001179D3">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:sz w:val="24"/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w14:paraId="5EE4E8D7" w14:textId="77777777" w:rsidR="00F61F4B" w:rsidRDefault="00F61F4B" w:rsidP="001179D3">
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001179D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">§ </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE6E2E" w:rsidRPr="001179D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00E43CC4" w:rsidRPr="001179D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3035EE57" w14:textId="77777777" w:rsidR="00317CD2" w:rsidRDefault="00690B3C" w:rsidP="00006A26">
+      <w:pPr>
+        <w:pStyle w:val="Tekstpodstawowy"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="34"/>
+        </w:numPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="426" w:hanging="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001179D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Do podstawowych obowiązków Inspektora Ochrony Danych należy w szczególności:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20053C60" w14:textId="77777777" w:rsidR="00317CD2" w:rsidRDefault="00690B3C" w:rsidP="00006A26">
+      <w:pPr>
+        <w:pStyle w:val="Tekstpodstawowy"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="851" w:hanging="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00317CD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>bieżący nadzór nad przetwarzaniem danych osobowych zgodnie z obowiązującymi przepisami prawa;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03E9EE45" w14:textId="77777777" w:rsidR="00317CD2" w:rsidRDefault="00690B3C" w:rsidP="00006A26">
+      <w:pPr>
+        <w:pStyle w:val="Tekstpodstawowy"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="851" w:hanging="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00317CD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>udział w projektowaniu procedur, polityk, dokumentów dotyczących ochrony danych osobowych;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="406673CE" w14:textId="77777777" w:rsidR="00317CD2" w:rsidRDefault="00690B3C" w:rsidP="00006A26">
+      <w:pPr>
+        <w:pStyle w:val="Tekstpodstawowy"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="851" w:hanging="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00317CD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>prowadzenie niezbędnej dokumentacji dotyczącej zapewnienia ochrony danych osobowych;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35757C28" w14:textId="77777777" w:rsidR="00317CD2" w:rsidRDefault="00690B3C" w:rsidP="00006A26">
+      <w:pPr>
+        <w:pStyle w:val="Tekstpodstawowy"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="851" w:hanging="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00317CD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>podejmowanie odpowiednich działań w przypadku wykrycia naruszeń lub podejrzenia naruszeń;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7728C798" w14:textId="77777777" w:rsidR="00317CD2" w:rsidRDefault="00690B3C" w:rsidP="00006A26">
+      <w:pPr>
+        <w:pStyle w:val="Tekstpodstawowy"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="851" w:hanging="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00317CD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>konsultacje z zakresu ochrony danych osobowych;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="727E13D8" w14:textId="77777777" w:rsidR="00317CD2" w:rsidRDefault="00690B3C" w:rsidP="00006A26">
+      <w:pPr>
+        <w:pStyle w:val="Tekstpodstawowy"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="851" w:hanging="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00317CD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>organizacja i prowadzenie wewnętrznych szkoleń z zakresu ochrony danych osobowych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69CC2899" w14:textId="77777777" w:rsidR="00690B3C" w:rsidRPr="00317CD2" w:rsidRDefault="00690B3C" w:rsidP="00006A26">
+      <w:pPr>
+        <w:pStyle w:val="Tekstpodstawowy"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="34"/>
+        </w:numPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="426" w:hanging="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00317CD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Do uprawnień Inspektora Ochrony Danych należy w szczególności:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="583E5B69" w14:textId="77777777" w:rsidR="00690B3C" w:rsidRPr="001179D3" w:rsidRDefault="00690B3C" w:rsidP="00006A26">
+      <w:pPr>
+        <w:pStyle w:val="Tekstpodstawowy"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="23"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="851" w:hanging="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001179D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>pełnienie funkcji doradczej Dyrektora w zakresie przetwarzania danych osobowych zgodnie z obowiązującymi przepisami</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE6E2E" w:rsidRPr="001179D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B459F36" w14:textId="77777777" w:rsidR="00CE6E2E" w:rsidRPr="001179D3" w:rsidRDefault="00690B3C" w:rsidP="00006A26">
+      <w:pPr>
+        <w:pStyle w:val="Tekstpodstawowy"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="23"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="851" w:hanging="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001179D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>uprawnienie do przeprowadzania kontroli pracowników MPU w zakresie przetwarzania danych osobowych zgodnie z obowiązującymi przepisami</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE6E2E" w:rsidRPr="001179D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68F9D32D" w14:textId="77777777" w:rsidR="00690B3C" w:rsidRPr="001179D3" w:rsidRDefault="00690B3C" w:rsidP="00006A26">
+      <w:pPr>
+        <w:pStyle w:val="Tekstpodstawowy"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="23"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="851" w:hanging="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001179D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>wydawanie zaleceń pracownikom MPU w zakresie przetwarzania danych osobowych zgodnie z obowiązującymi przepisami i monitorowanie ich wykonania</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE6E2E" w:rsidRPr="001179D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5327493A" w14:textId="77777777" w:rsidR="00690B3C" w:rsidRPr="001179D3" w:rsidRDefault="00690B3C" w:rsidP="001179D3">
+      <w:pPr>
+        <w:pStyle w:val="Tekstpodstawowy"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="253114C8" w14:textId="49B422B1" w:rsidR="00CD6F37" w:rsidRPr="001179D3" w:rsidRDefault="00CD6F37" w:rsidP="001179D3">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="44F000E3" w14:textId="77777777" w:rsidR="00F61F4B" w:rsidRDefault="00F61F4B" w:rsidP="001179D3">
+      <w:r w:rsidRPr="001179D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>§</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE6E2E" w:rsidRPr="001179D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E43CC4" w:rsidRPr="001179D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>17</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66F706E8" w14:textId="77777777" w:rsidR="006219CC" w:rsidRPr="001179D3" w:rsidRDefault="00CD6F37" w:rsidP="001179D3">
+      <w:pPr>
+        <w:pStyle w:val="Tekstpodstawowy"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001179D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Do podstawowych </w:t>
+      </w:r>
+      <w:r w:rsidR="007F38A5" w:rsidRPr="001179D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>zadań</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001179D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Generalnego Projektanta należy w szczególności:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2DD0F2B6" w14:textId="651E3375" w:rsidR="006219CC" w:rsidRPr="00D06C44" w:rsidRDefault="006219CC" w:rsidP="00006A26">
+      <w:pPr>
+        <w:pStyle w:val="Tekstpodstawowy"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="1080"/>
+          <w:tab w:val="num" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="851" w:hanging="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001179D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">weryfikacja projektów miejscowych planów zagospodarowania przestrzennego oraz </w:t>
+      </w:r>
+      <w:r w:rsidR="002247B3" w:rsidRPr="00D06C44">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>planu ogólnego</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D06C44">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="43FBF055" w14:textId="52A8F7A7" w:rsidR="006219CC" w:rsidRPr="001179D3" w:rsidRDefault="006219CC" w:rsidP="00006A26">
+      <w:pPr>
+        <w:pStyle w:val="Tekstpodstawowy"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="1080"/>
+          <w:tab w:val="num" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="851" w:hanging="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D06C44">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">weryfikacja analiz sporządzanych na potrzeby </w:t>
+      </w:r>
+      <w:r w:rsidR="002247B3" w:rsidRPr="00D06C44">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>planu</w:t>
+      </w:r>
+      <w:r w:rsidR="002247B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ogólnego</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001179D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="333FB9E8" w14:textId="77777777" w:rsidR="006219CC" w:rsidRPr="001179D3" w:rsidRDefault="006219CC" w:rsidP="00006A26">
+      <w:pPr>
+        <w:pStyle w:val="Tekstpodstawowy"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="1080"/>
+          <w:tab w:val="num" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="851" w:hanging="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001179D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>konsultacje przy tworzeniu opracowań planistycznych;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2ECBC8A2" w14:textId="77777777" w:rsidR="006219CC" w:rsidRPr="001179D3" w:rsidRDefault="00666331" w:rsidP="00006A26">
+      <w:pPr>
+        <w:pStyle w:val="Tekstpodstawowy"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="1080"/>
+          <w:tab w:val="num" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="851" w:hanging="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001179D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">współpraca z zespołami i </w:t>
+      </w:r>
+      <w:r w:rsidR="006219CC" w:rsidRPr="001179D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">działami </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001179D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Pracowni</w:t>
+      </w:r>
+      <w:r w:rsidR="006219CC" w:rsidRPr="001179D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> w zakresie aktów ustawodawczych oraz ich zmian związanych z planowaniem;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5ADCB00A" w14:textId="77777777" w:rsidR="006219CC" w:rsidRPr="001179D3" w:rsidRDefault="006219CC" w:rsidP="00006A26">
+      <w:pPr>
+        <w:pStyle w:val="Tekstpodstawowy"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="1080"/>
+          <w:tab w:val="num" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="851" w:hanging="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001179D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>opracowywanie propozycji rozwiązań do projektów miejscowych planów zagospodarowania przestrzennego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F5A4A85" w14:textId="77777777" w:rsidR="00690B3C" w:rsidRPr="001179D3" w:rsidRDefault="00690B3C" w:rsidP="001179D3">
+      <w:pPr>
+        <w:pStyle w:val="Tekstpodstawowy"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="25E9B6D2" w14:textId="122CE70D" w:rsidR="00CD6F37" w:rsidRPr="001179D3" w:rsidRDefault="00CD6F37" w:rsidP="001179D3">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="68CD8A0C" w14:textId="0EC55F91" w:rsidR="00690B3C" w:rsidRPr="001179D3" w:rsidRDefault="00690B3C" w:rsidP="001179D3">
+      <w:r w:rsidRPr="001179D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>§</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE6E2E" w:rsidRPr="001179D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E43CC4" w:rsidRPr="001179D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>18</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12175C5A" w14:textId="7B4D822C" w:rsidR="00CD6F37" w:rsidRPr="001179D3" w:rsidRDefault="00CD6F37" w:rsidP="001179D3">
+      <w:pPr>
+        <w:pStyle w:val="Tekstpodstawowy"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001179D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Do podstawowych </w:t>
+      </w:r>
+      <w:r w:rsidR="007F38A5" w:rsidRPr="001179D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>zadań</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001179D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0051201C" w:rsidRPr="00C954EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Stanowiska</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C954EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007F38A5" w:rsidRPr="00C954EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>ds. Kształtowania Relacji Społecznych</w:t>
+      </w:r>
+      <w:r w:rsidR="007F38A5" w:rsidRPr="001179D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001179D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>należy w szczególności:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="253E95CE" w14:textId="77777777" w:rsidR="00690B3C" w:rsidRPr="001179D3" w:rsidRDefault="00690B3C" w:rsidP="00006A26">
+      <w:pPr>
+        <w:pStyle w:val="Tekstpodstawowy"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="20"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="720"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="851" w:hanging="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001179D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>reprezentowanie Pracowni w kontaktach z mediami;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D05C0A6" w14:textId="77777777" w:rsidR="00690B3C" w:rsidRPr="001179D3" w:rsidRDefault="00690B3C" w:rsidP="00006A26">
+      <w:pPr>
+        <w:pStyle w:val="Tekstpodstawowy"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="20"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="720"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="851" w:hanging="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001179D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>moderowanie konsultacji społecznych i dyskusji publicznych oraz współpraca w tym zakresie z właściwymi komórkami organizacyjnymi Urzędu Miasta Poznania oraz miejskimi jednostkami organizacyjnymi;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10BC7EB8" w14:textId="77777777" w:rsidR="00690B3C" w:rsidRPr="001179D3" w:rsidRDefault="00690B3C" w:rsidP="00006A26">
+      <w:pPr>
+        <w:pStyle w:val="Tekstpodstawowy"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="20"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="720"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="851" w:hanging="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001179D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>inicjacja i koordynacja działań z zakresu komunikacji społecznej;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A56073A" w14:textId="77777777" w:rsidR="00690B3C" w:rsidRPr="001179D3" w:rsidRDefault="00690B3C" w:rsidP="00006A26">
+      <w:pPr>
+        <w:pStyle w:val="Tekstpodstawowy"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="20"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="720"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="851" w:hanging="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001179D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>obsługa prasowa Pracowni</w:t>
+      </w:r>
+      <w:r w:rsidR="00060CF2" w:rsidRPr="001179D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41600041" w14:textId="77777777" w:rsidR="00690B3C" w:rsidRPr="001179D3" w:rsidRDefault="00CE6E2E" w:rsidP="00006A26">
+      <w:pPr>
+        <w:pStyle w:val="Tekstpodstawowy"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="20"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="720"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="851" w:hanging="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001179D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>r</w:t>
+      </w:r>
+      <w:r w:rsidR="00690B3C" w:rsidRPr="001179D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>ealizacja i nadzór nad polityką staży i praktyk w Pracowni.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1AF6A2B2" w14:textId="77777777" w:rsidR="00CD6F37" w:rsidRPr="001179D3" w:rsidRDefault="00CD6F37" w:rsidP="001179D3">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...6 lines deleted...]
-          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="02CC3B6B" w14:textId="209CF8C7" w:rsidR="00DD0DE4" w:rsidRPr="001179D3" w:rsidRDefault="00DD0DE4" w:rsidP="001179D3">
+      <w:pPr>
+        <w:pStyle w:val="Tekstpodstawowy"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001179D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">§ </w:t>
       </w:r>
-      <w:r w:rsidR="00CE6E2E" w:rsidRPr="001179D3">
-[...6 lines deleted...]
-      </w:r>
       <w:r w:rsidR="00E43CC4" w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...843 lines deleted...]
-          <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>19</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7010268C" w14:textId="77777777" w:rsidR="00317CD2" w:rsidRDefault="00DD0DE4" w:rsidP="00694CC6">
+    <w:p w14:paraId="7010268C" w14:textId="77777777" w:rsidR="00317CD2" w:rsidRDefault="00DD0DE4" w:rsidP="00006A26">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="35"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="284" w:hanging="284"/>
+        <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Do podstawowych obowiązków osób kierujących komórkami organizacyjnymi należy </w:t>
       </w:r>
       <w:r w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:br/>
         <w:t>w szczególności:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="36A3CF49" w14:textId="77777777" w:rsidR="00317CD2" w:rsidRDefault="00DD0DE4" w:rsidP="00694CC6">
+    <w:p w14:paraId="36A3CF49" w14:textId="77777777" w:rsidR="00317CD2" w:rsidRDefault="00DD0DE4" w:rsidP="00006A26">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:hanging="436"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="720"/>
+          <w:tab w:val="num" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="851" w:hanging="436"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00317CD2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>koordynowanie realizacji zadań powierzonych komórce</w:t>
       </w:r>
       <w:r w:rsidR="00CB218C" w:rsidRPr="00317CD2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> oraz</w:t>
       </w:r>
       <w:r w:rsidRPr="00317CD2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> jej współpracy z innymi komórkami organizacyjnymi Pracowni</w:t>
       </w:r>
       <w:r w:rsidR="00CB218C" w:rsidRPr="00317CD2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4553E8D4" w14:textId="77777777" w:rsidR="00317CD2" w:rsidRDefault="00DD0DE4" w:rsidP="00694CC6">
+    <w:p w14:paraId="4553E8D4" w14:textId="77777777" w:rsidR="00317CD2" w:rsidRDefault="00DD0DE4" w:rsidP="00006A26">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:hanging="436"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="720"/>
+          <w:tab w:val="num" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="851" w:hanging="436"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00317CD2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>znajomość zakresu działania pozostałych komórek;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F17E788" w14:textId="77777777" w:rsidR="00317CD2" w:rsidRDefault="00DD0DE4" w:rsidP="00694CC6">
+    <w:p w14:paraId="3F17E788" w14:textId="77777777" w:rsidR="00317CD2" w:rsidRDefault="00DD0DE4" w:rsidP="00006A26">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:hanging="436"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="720"/>
+          <w:tab w:val="num" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="851" w:hanging="436"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00317CD2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>rozdzielenie zadań pomiędzy poszczególne stanowiska pracy</w:t>
       </w:r>
       <w:r w:rsidR="001F376D" w:rsidRPr="00317CD2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> w podległych komórkach organizacyjnych</w:t>
       </w:r>
       <w:r w:rsidRPr="00317CD2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="001F376D" w:rsidRPr="00317CD2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>oraz</w:t>
       </w:r>
       <w:r w:rsidRPr="00317CD2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> kontrola ich realizacji;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="131A1012" w14:textId="77777777" w:rsidR="00317CD2" w:rsidRDefault="00DD0DE4" w:rsidP="00694CC6">
+    <w:p w14:paraId="131A1012" w14:textId="77777777" w:rsidR="00317CD2" w:rsidRDefault="00DD0DE4" w:rsidP="00006A26">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:hanging="436"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="720"/>
+          <w:tab w:val="num" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="851" w:hanging="436"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00317CD2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>przestrzeganie terminowości i rzetelności obiegu</w:t>
       </w:r>
       <w:r w:rsidR="001F376D" w:rsidRPr="00317CD2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> dokumentów i</w:t>
       </w:r>
       <w:r w:rsidRPr="00317CD2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> informacji;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="69E736D6" w14:textId="77777777" w:rsidR="00317CD2" w:rsidRDefault="00DD0DE4" w:rsidP="00694CC6">
+    <w:p w14:paraId="69E736D6" w14:textId="77777777" w:rsidR="00317CD2" w:rsidRDefault="00DD0DE4" w:rsidP="00006A26">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:hanging="436"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="720"/>
+          <w:tab w:val="num" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="851" w:hanging="436"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00317CD2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>zapewnienie właściwego zaopatrzenia podległych pracowników w potrzebne materiały i środki pracy;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="662FA7B3" w14:textId="77777777" w:rsidR="00317CD2" w:rsidRDefault="00DD0DE4" w:rsidP="00694CC6">
+    <w:p w14:paraId="662FA7B3" w14:textId="77777777" w:rsidR="00317CD2" w:rsidRDefault="00DD0DE4" w:rsidP="00006A26">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:hanging="436"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="720"/>
+          <w:tab w:val="num" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="851" w:hanging="436"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00317CD2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>informowanie przełożonych o przebiegu i postępie pracy, napotykanych trudnościach oraz podjętych środkach zabezpieczających realizację zadań;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D4176D0" w14:textId="77777777" w:rsidR="00317CD2" w:rsidRDefault="00DD0DE4" w:rsidP="00694CC6">
+    <w:p w14:paraId="4D4176D0" w14:textId="77777777" w:rsidR="00317CD2" w:rsidRDefault="00DD0DE4" w:rsidP="00006A26">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:hanging="436"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="720"/>
+          <w:tab w:val="num" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="851" w:hanging="436"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00317CD2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>nadzór nad przestrzeganiem przepisów prawa;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6377DBE8" w14:textId="77777777" w:rsidR="00317CD2" w:rsidRDefault="00DD0DE4" w:rsidP="00694CC6">
+    <w:p w14:paraId="6377DBE8" w14:textId="77777777" w:rsidR="00317CD2" w:rsidRDefault="00DD0DE4" w:rsidP="00006A26">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:hanging="436"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="720"/>
+          <w:tab w:val="num" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="851" w:hanging="436"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00317CD2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>nadzór nad przestrzeganiem dyscypliny pracy przez podległych pracowników</w:t>
       </w:r>
       <w:r w:rsidR="00DB2CBC" w:rsidRPr="00317CD2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="083C4507" w14:textId="77777777" w:rsidR="00317CD2" w:rsidRDefault="00DB2CBC" w:rsidP="00694CC6">
+    <w:p w14:paraId="083C4507" w14:textId="77777777" w:rsidR="00317CD2" w:rsidRDefault="00DB2CBC" w:rsidP="00006A26">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:hanging="436"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="720"/>
+          <w:tab w:val="num" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="851" w:hanging="436"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00317CD2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>współpraca z wydziałami Urzędu Miasta</w:t>
       </w:r>
       <w:r w:rsidR="001F376D" w:rsidRPr="00317CD2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Poznania</w:t>
       </w:r>
       <w:r w:rsidRPr="00317CD2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> i miejskimi jednostkami organizacyjnymi, a także innymi podmiotami w celu realizacji zadań Pracowni</w:t>
       </w:r>
       <w:r w:rsidR="00DD0DE4" w:rsidRPr="00317CD2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B30C6AF" w14:textId="77777777" w:rsidR="00DD0DE4" w:rsidRPr="00317CD2" w:rsidRDefault="00DD0DE4" w:rsidP="00694CC6">
+    <w:p w14:paraId="0B30C6AF" w14:textId="77777777" w:rsidR="00DD0DE4" w:rsidRPr="00317CD2" w:rsidRDefault="00DD0DE4" w:rsidP="00006A26">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="35"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="284" w:hanging="284"/>
+        <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00317CD2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Do podstawowych uprawnień osób kierujących komórkami organizacyjnymi należy:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6942D055" w14:textId="77777777" w:rsidR="00DD0DE4" w:rsidRPr="001179D3" w:rsidRDefault="00DD0DE4" w:rsidP="00694CC6">
+    <w:p w14:paraId="6942D055" w14:textId="77777777" w:rsidR="00DD0DE4" w:rsidRPr="001179D3" w:rsidRDefault="00DD0DE4" w:rsidP="00006A26">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
-          <w:tab w:val="num" w:pos="709"/>
-[...2 lines deleted...]
-        <w:ind w:left="709" w:hanging="425"/>
+          <w:tab w:val="num" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="851" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>występowanie do swojego przełożonego o określenie podstawowych zadań dla kierowanej komórki;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="433F45E3" w14:textId="77777777" w:rsidR="00DD0DE4" w:rsidRPr="001179D3" w:rsidRDefault="00DD0DE4" w:rsidP="00694CC6">
+    <w:p w14:paraId="433F45E3" w14:textId="77777777" w:rsidR="00DD0DE4" w:rsidRPr="001179D3" w:rsidRDefault="00DD0DE4" w:rsidP="00006A26">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
-          <w:tab w:val="num" w:pos="709"/>
-[...14 lines deleted...]
-        <w:lastRenderedPageBreak/>
+          <w:tab w:val="num" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="851" w:hanging="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001179D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
         <w:t>wydawanie poleceń służbowych pracownikom podległej komórki organizacyjnej;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D68FCB7" w14:textId="77777777" w:rsidR="00DD0DE4" w:rsidRPr="001179D3" w:rsidRDefault="00DD0DE4" w:rsidP="00694CC6">
+    <w:p w14:paraId="6D68FCB7" w14:textId="77777777" w:rsidR="00DD0DE4" w:rsidRPr="001179D3" w:rsidRDefault="00DD0DE4" w:rsidP="00006A26">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
-          <w:tab w:val="num" w:pos="709"/>
-[...2 lines deleted...]
-        <w:ind w:left="709" w:hanging="425"/>
+          <w:tab w:val="num" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="851" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>ocena wyników pracy podległych pracowników;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6FB3DDDB" w14:textId="77777777" w:rsidR="00DD0DE4" w:rsidRPr="001179D3" w:rsidRDefault="00DD0DE4" w:rsidP="00694CC6">
+    <w:p w14:paraId="6FB3DDDB" w14:textId="77777777" w:rsidR="00DD0DE4" w:rsidRPr="001179D3" w:rsidRDefault="00DD0DE4" w:rsidP="00006A26">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
-          <w:tab w:val="num" w:pos="709"/>
-[...2 lines deleted...]
-        <w:ind w:left="709" w:hanging="425"/>
+          <w:tab w:val="num" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="851" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>zgłaszanie propozycji dotyczących zatrudnienia lub zwalniania pracowników podległej komórki organizacyjnej;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6253119E" w14:textId="77777777" w:rsidR="00DD0DE4" w:rsidRPr="00111DDE" w:rsidRDefault="00E473D3" w:rsidP="00694CC6">
+    <w:p w14:paraId="6253119E" w14:textId="77777777" w:rsidR="00DD0DE4" w:rsidRPr="00111DDE" w:rsidRDefault="00E473D3" w:rsidP="00006A26">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
-          <w:tab w:val="num" w:pos="709"/>
-[...2 lines deleted...]
-        <w:ind w:left="709" w:hanging="425"/>
+          <w:tab w:val="num" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="851" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00111DDE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>wnioskowanie o premie, nagrody, awanse lub ukaranie pracowników podległej komórki organizacyjnej</w:t>
       </w:r>
       <w:r w:rsidR="00DD0DE4" w:rsidRPr="00111DDE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="27D7CC5E" w14:textId="77777777" w:rsidR="00A232E7" w:rsidRPr="001179D3" w:rsidRDefault="00A232E7" w:rsidP="001179D3">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1CC7F031" w14:textId="77777777" w:rsidR="00C474B5" w:rsidRPr="001179D3" w:rsidRDefault="00C474B5" w:rsidP="001179D3">
+    <w:p w14:paraId="1CC7F031" w14:textId="4A661954" w:rsidR="00C474B5" w:rsidRPr="001179D3" w:rsidRDefault="00C474B5" w:rsidP="001179D3">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">§ </w:t>
       </w:r>
       <w:r w:rsidR="00E43CC4" w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
@@ -5551,78 +5471,90 @@
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>W czasie nieobecności kierownika komórki organizacyjnej</w:t>
       </w:r>
       <w:r w:rsidR="004C4B37" w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> jego zadania i kompetencje</w:t>
       </w:r>
       <w:r w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>, wynikające z Regulaminu wykonuje zastępca kierownika komórki organizacyjnej.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="32774A15" w14:textId="77777777" w:rsidR="00690B3C" w:rsidRPr="001179D3" w:rsidRDefault="00690B3C" w:rsidP="001179D3">
-[...10 lines deleted...]
-    <w:p w14:paraId="2561E451" w14:textId="77777777" w:rsidR="00690B3C" w:rsidRPr="001179D3" w:rsidRDefault="00690B3C" w:rsidP="001179D3">
+    <w:p w14:paraId="32774A15" w14:textId="77777777" w:rsidR="00690B3C" w:rsidRDefault="00690B3C" w:rsidP="001179D3">
+      <w:pPr>
+        <w:pStyle w:val="Tekstpodstawowy"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="06880D80" w14:textId="77777777" w:rsidR="00006A26" w:rsidRPr="001179D3" w:rsidRDefault="00006A26" w:rsidP="001179D3">
+      <w:pPr>
+        <w:pStyle w:val="Tekstpodstawowy"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2561E451" w14:textId="0333AA90" w:rsidR="00690B3C" w:rsidRPr="001179D3" w:rsidRDefault="00690B3C" w:rsidP="001179D3">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">§ </w:t>
       </w:r>
       <w:r w:rsidR="00F921B6" w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="00E43CC4" w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3780C55A" w14:textId="77777777" w:rsidR="00690B3C" w:rsidRPr="001179D3" w:rsidRDefault="00690B3C" w:rsidP="001179D3">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
@@ -5634,177 +5566,177 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Do zadań Działu Prawnego należy prowadzenie obsługi prawnej Pracowni zgodnie </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="621FE3F0" w14:textId="77777777" w:rsidR="00690B3C" w:rsidRPr="001179D3" w:rsidRDefault="00690B3C" w:rsidP="001179D3">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>z przepisami odrębnymi, w szczególności:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C784AA5" w14:textId="77777777" w:rsidR="00F921B6" w:rsidRPr="001179D3" w:rsidRDefault="00690B3C" w:rsidP="00694CC6">
+    <w:p w14:paraId="7C784AA5" w14:textId="77777777" w:rsidR="00F921B6" w:rsidRPr="001179D3" w:rsidRDefault="00690B3C" w:rsidP="00006A26">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="709" w:hanging="425"/>
+        <w:ind w:left="851" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>udzielanie pracownikom konsultacji prawnych dotyczących ich zadań;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2DD4A1B1" w14:textId="77777777" w:rsidR="00F921B6" w:rsidRPr="001179D3" w:rsidRDefault="00690B3C" w:rsidP="00694CC6">
+    <w:p w14:paraId="2DD4A1B1" w14:textId="77777777" w:rsidR="00F921B6" w:rsidRPr="001179D3" w:rsidRDefault="00690B3C" w:rsidP="00006A26">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="709" w:hanging="425"/>
+        <w:ind w:left="851" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>sporządzanie opinii prawnych;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="514BBF9E" w14:textId="77777777" w:rsidR="00F921B6" w:rsidRPr="001179D3" w:rsidRDefault="00690B3C" w:rsidP="00694CC6">
+    <w:p w14:paraId="514BBF9E" w14:textId="77777777" w:rsidR="00F921B6" w:rsidRPr="001179D3" w:rsidRDefault="00690B3C" w:rsidP="00006A26">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="709" w:hanging="425"/>
+        <w:ind w:left="851" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>sprawdzanie pod względem redakcyjnym i prawnym projektów aktów prawnych;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6202F2B4" w14:textId="77777777" w:rsidR="00F921B6" w:rsidRPr="001179D3" w:rsidRDefault="00690B3C" w:rsidP="00694CC6">
+    <w:p w14:paraId="6202F2B4" w14:textId="77777777" w:rsidR="00F921B6" w:rsidRPr="001179D3" w:rsidRDefault="00690B3C" w:rsidP="00006A26">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="709" w:hanging="425"/>
+        <w:ind w:left="851" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>sporządzanie lub sprawdzanie projektów umów;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2625C938" w14:textId="77777777" w:rsidR="002D08B5" w:rsidRPr="00745DAD" w:rsidRDefault="00690B3C" w:rsidP="00694CC6">
+    <w:p w14:paraId="2625C938" w14:textId="77777777" w:rsidR="002D08B5" w:rsidRPr="00745DAD" w:rsidRDefault="00690B3C" w:rsidP="00006A26">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="709" w:hanging="425"/>
+        <w:ind w:left="851" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>sporządzanie projektów aktów prawnych wydawanych przez Dyrektora oraz związanych z działalnością Pracowni aktów prawnych wydawanych przez Prezydenta Miasta Poznania.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="12A53D6B" w14:textId="77777777" w:rsidR="00690B3C" w:rsidRPr="001179D3" w:rsidRDefault="00690B3C" w:rsidP="001179D3">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6831DDB4" w14:textId="77777777" w:rsidR="002D08B5" w:rsidRPr="001179D3" w:rsidRDefault="002D08B5" w:rsidP="001179D3">
+    <w:p w14:paraId="6831DDB4" w14:textId="5291428D" w:rsidR="002D08B5" w:rsidRPr="001179D3" w:rsidRDefault="002D08B5" w:rsidP="001179D3">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">§ </w:t>
       </w:r>
       <w:r w:rsidR="00CD6F37" w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>2</w:t>
@@ -5814,372 +5746,371 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5C132632" w14:textId="77777777" w:rsidR="002D08B5" w:rsidRPr="001179D3" w:rsidRDefault="002D08B5" w:rsidP="001179D3">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Do zadań Działu Kadr i Płac należy w szczególności:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="65AD23E7" w14:textId="77777777" w:rsidR="003A40CD" w:rsidRPr="001179D3" w:rsidRDefault="00C83B5C" w:rsidP="00694CC6">
+    <w:p w14:paraId="65AD23E7" w14:textId="77777777" w:rsidR="003A40CD" w:rsidRPr="001179D3" w:rsidRDefault="00C83B5C" w:rsidP="00006A26">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:hanging="436"/>
+        <w:ind w:left="851" w:hanging="436"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">prowadzenie spraw </w:t>
       </w:r>
       <w:r w:rsidR="003A40CD" w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>pracowniczych;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E4749A8" w14:textId="77777777" w:rsidR="001020BD" w:rsidRPr="001179D3" w:rsidRDefault="001020BD" w:rsidP="00694CC6">
+    <w:p w14:paraId="3E4749A8" w14:textId="77777777" w:rsidR="001020BD" w:rsidRPr="001179D3" w:rsidRDefault="001020BD" w:rsidP="00006A26">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:hanging="436"/>
+        <w:ind w:left="851" w:hanging="436"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>realizowanie polityki kadrowej oraz polityki zarządzania zasobami ludzkimi Pracowni;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4FE18BB8" w14:textId="77777777" w:rsidR="00C83B5C" w:rsidRPr="001179D3" w:rsidRDefault="003A40CD" w:rsidP="00694CC6">
+    <w:p w14:paraId="4FE18BB8" w14:textId="77777777" w:rsidR="00C83B5C" w:rsidRPr="001179D3" w:rsidRDefault="003A40CD" w:rsidP="00006A26">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:hanging="436"/>
+        <w:ind w:left="851" w:hanging="436"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">prowadzenie spraw </w:t>
       </w:r>
       <w:r w:rsidR="00C83B5C" w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>związanych z nawiązaniem, zmianą i rozwiązaniem stosunku pracy;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1AB9FBF2" w14:textId="77777777" w:rsidR="00C83B5C" w:rsidRPr="001179D3" w:rsidRDefault="00C83B5C" w:rsidP="00694CC6">
+    <w:p w14:paraId="1AB9FBF2" w14:textId="77777777" w:rsidR="00C83B5C" w:rsidRPr="001179D3" w:rsidRDefault="00C83B5C" w:rsidP="00006A26">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:hanging="436"/>
+        <w:ind w:left="851" w:hanging="436"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>prowadzenie dokumentacji pracowniczej;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C032E2E" w14:textId="77777777" w:rsidR="00C83B5C" w:rsidRPr="001179D3" w:rsidRDefault="00C83B5C" w:rsidP="00694CC6">
+    <w:p w14:paraId="6C032E2E" w14:textId="77777777" w:rsidR="00C83B5C" w:rsidRPr="001179D3" w:rsidRDefault="00C83B5C" w:rsidP="00006A26">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:hanging="436"/>
+        <w:ind w:left="851" w:hanging="436"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">obsługa w zakresie płacowym z tytułu stosunków pracy, umów zlecenia, umów </w:t>
       </w:r>
       <w:r w:rsidR="003C2A1D" w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>o dzieło, w szczególności spraw związanych z naliczaniem i wypłatą wynagrodzeń</w:t>
       </w:r>
       <w:r w:rsidR="00926743" w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="510F8E8D" w14:textId="77777777" w:rsidR="00C83B5C" w:rsidRPr="001179D3" w:rsidRDefault="00C83B5C" w:rsidP="00694CC6">
+    <w:p w14:paraId="510F8E8D" w14:textId="77777777" w:rsidR="00C83B5C" w:rsidRPr="001179D3" w:rsidRDefault="00C83B5C" w:rsidP="00006A26">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:hanging="436"/>
-[...11 lines deleted...]
-        <w:lastRenderedPageBreak/>
+        <w:ind w:left="851" w:hanging="436"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001179D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
         <w:t>prowadzenie spraw socjalnych pracowników</w:t>
       </w:r>
       <w:r w:rsidR="007F284F" w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, w </w:t>
       </w:r>
       <w:r w:rsidR="003C2A1D" w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>szczególności</w:t>
       </w:r>
       <w:r w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> administrowanie świadczeniami z Zakładowego Funduszu Świadczeń Socjalnych;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5CDC8A2B" w14:textId="77777777" w:rsidR="00C83B5C" w:rsidRPr="00EE3BF0" w:rsidRDefault="00C83B5C" w:rsidP="00694CC6">
+    <w:p w14:paraId="5CDC8A2B" w14:textId="77777777" w:rsidR="00C83B5C" w:rsidRPr="00EE3BF0" w:rsidRDefault="00C83B5C" w:rsidP="00006A26">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:hanging="436"/>
+        <w:ind w:left="851" w:hanging="436"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EE3BF0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>sporządza</w:t>
       </w:r>
       <w:r w:rsidR="00EB1687" w:rsidRPr="00EE3BF0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>ni</w:t>
       </w:r>
       <w:r w:rsidR="00506A64" w:rsidRPr="00EE3BF0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidRPr="00EE3BF0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> kart stanowisk pracy;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="13AD7063" w14:textId="77777777" w:rsidR="00C83B5C" w:rsidRPr="001179D3" w:rsidRDefault="00C83B5C" w:rsidP="00694CC6">
+    <w:p w14:paraId="13AD7063" w14:textId="77777777" w:rsidR="00C83B5C" w:rsidRPr="001179D3" w:rsidRDefault="00C83B5C" w:rsidP="00006A26">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:hanging="436"/>
+        <w:ind w:left="851" w:hanging="436"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>nadzór nad prawidłowym sporządzaniem okresowej oceny pracowniczej;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7FBD347E" w14:textId="77777777" w:rsidR="00C83B5C" w:rsidRPr="001179D3" w:rsidRDefault="00C83B5C" w:rsidP="00694CC6">
+    <w:p w14:paraId="7FBD347E" w14:textId="77777777" w:rsidR="00C83B5C" w:rsidRPr="001179D3" w:rsidRDefault="00C83B5C" w:rsidP="00006A26">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:hanging="436"/>
+        <w:ind w:left="851" w:hanging="436"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>kontrola dyscypliny pracy i rozliczanie czasu pracy;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1893BE43" w14:textId="77777777" w:rsidR="000E0249" w:rsidRPr="001179D3" w:rsidRDefault="00C83B5C" w:rsidP="00694CC6">
+    <w:p w14:paraId="1893BE43" w14:textId="77777777" w:rsidR="000E0249" w:rsidRPr="001179D3" w:rsidRDefault="00C83B5C" w:rsidP="00006A26">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:ind w:hanging="436"/>
+        <w:ind w:left="851" w:hanging="436"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>prowadzenie spraw z zakresu rozwoju zawodowego pracowników.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="76F6C6CF" w14:textId="77777777" w:rsidR="00DD0DE4" w:rsidRPr="001179D3" w:rsidRDefault="00DD0DE4" w:rsidP="001179D3">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7435F56C" w14:textId="77777777" w:rsidR="006C15E6" w:rsidRPr="001179D3" w:rsidRDefault="006C15E6" w:rsidP="001179D3">
+    <w:p w14:paraId="7435F56C" w14:textId="62538015" w:rsidR="006C15E6" w:rsidRPr="001179D3" w:rsidRDefault="006C15E6" w:rsidP="001179D3">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">§ </w:t>
       </w:r>
       <w:r w:rsidR="00F921B6" w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
@@ -6193,241 +6124,263 @@
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="551524BF" w14:textId="77777777" w:rsidR="006C15E6" w:rsidRPr="001179D3" w:rsidRDefault="006C15E6" w:rsidP="001179D3">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Do zadań Zespołu Opracowań Finansowych należy w szczególności:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="272F9E9C" w14:textId="77777777" w:rsidR="006C15E6" w:rsidRPr="001179D3" w:rsidRDefault="006C15E6" w:rsidP="00694CC6">
+    <w:p w14:paraId="272F9E9C" w14:textId="07EABC17" w:rsidR="006C15E6" w:rsidRPr="001179D3" w:rsidRDefault="006C15E6" w:rsidP="00006A26">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
-          <w:tab w:val="num" w:pos="709"/>
-[...14 lines deleted...]
-        <w:t xml:space="preserve">udział w opracowywaniu miejscowych planów zagospodarowania przestrzennego oraz studium uwarunkowań i kierunków zagospodarowania przestrzennego, a także ich zmian, w zakresie sporządzania prognoz </w:t>
+          <w:tab w:val="num" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="851" w:hanging="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001179D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">udział w opracowywaniu miejscowych planów zagospodarowania przestrzennego </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D06C44">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">oraz </w:t>
+      </w:r>
+      <w:r w:rsidR="002247B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>planu ogólnego</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001179D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, a także ich zmian, w zakresie sporządzania prognoz </w:t>
       </w:r>
       <w:r w:rsidR="0090689E" w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>skutków finansowych</w:t>
       </w:r>
       <w:r w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="68E49DBD" w14:textId="77777777" w:rsidR="006C15E6" w:rsidRPr="001179D3" w:rsidRDefault="006C15E6" w:rsidP="00694CC6">
+    <w:p w14:paraId="68E49DBD" w14:textId="77777777" w:rsidR="006C15E6" w:rsidRPr="001179D3" w:rsidRDefault="006C15E6" w:rsidP="00006A26">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
-          <w:tab w:val="num" w:pos="709"/>
-[...13 lines deleted...]
-        </w:rPr>
+          <w:tab w:val="num" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="851" w:hanging="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001179D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">konsultowanie z projektantami prowadzącymi zakresu i stopnia szczegółowości informacji wymaganych w </w:t>
       </w:r>
       <w:r w:rsidR="00F02123" w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>prognozie skutków finansowych</w:t>
       </w:r>
       <w:r w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2584380C" w14:textId="77777777" w:rsidR="0077051E" w:rsidRPr="001179D3" w:rsidRDefault="0077051E" w:rsidP="00694CC6">
+    <w:p w14:paraId="2584380C" w14:textId="77777777" w:rsidR="0077051E" w:rsidRPr="001179D3" w:rsidRDefault="0077051E" w:rsidP="00006A26">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
-          <w:tab w:val="num" w:pos="709"/>
-[...2 lines deleted...]
-        <w:ind w:left="709" w:hanging="425"/>
+          <w:tab w:val="num" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="851" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>sporządzanie</w:t>
       </w:r>
       <w:r w:rsidR="00D44C42" w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> innych niż prognozy skutków finansowych</w:t>
       </w:r>
       <w:r w:rsidR="00D44C42" w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> analiz finansowych z zakresu planowania i zagospodarowania przestrzennego;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C66FCC6" w14:textId="77777777" w:rsidR="006C15E6" w:rsidRPr="001179D3" w:rsidRDefault="006C15E6" w:rsidP="00694CC6">
+    <w:p w14:paraId="5C66FCC6" w14:textId="77777777" w:rsidR="006C15E6" w:rsidRPr="001179D3" w:rsidRDefault="006C15E6" w:rsidP="00006A26">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
-          <w:tab w:val="num" w:pos="709"/>
-[...2 lines deleted...]
-        <w:ind w:left="709" w:hanging="425"/>
+          <w:tab w:val="num" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="851" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>gromadzenie i przechowywanie n</w:t>
       </w:r>
       <w:r w:rsidR="00F02123" w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>iezbędnych informacji z zakresu analizy wartości i wyceny nieruchomości</w:t>
       </w:r>
       <w:r w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="75FC1EA7" w14:textId="77777777" w:rsidR="006C15E6" w:rsidRPr="001179D3" w:rsidRDefault="006C15E6" w:rsidP="001179D3">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6430EDFE" w14:textId="77777777" w:rsidR="00DD0DE4" w:rsidRPr="001179D3" w:rsidRDefault="00DD0DE4" w:rsidP="001179D3">
+    <w:p w14:paraId="6430EDFE" w14:textId="6C8ADEB1" w:rsidR="00DD0DE4" w:rsidRPr="001179D3" w:rsidRDefault="00DD0DE4" w:rsidP="001179D3">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">§ </w:t>
       </w:r>
       <w:r w:rsidR="00325368" w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
@@ -6455,2033 +6408,2055 @@
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Do zadań Zespołu Opracowań Środowiskowych należy</w:t>
       </w:r>
       <w:r w:rsidR="00432918" w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> w szczególności</w:t>
       </w:r>
       <w:r w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2AA61F11" w14:textId="77777777" w:rsidR="00DD0DE4" w:rsidRPr="001179D3" w:rsidRDefault="00DD0DE4" w:rsidP="00694CC6">
+    <w:p w14:paraId="2AA61F11" w14:textId="1B1DE706" w:rsidR="00DD0DE4" w:rsidRPr="001179D3" w:rsidRDefault="00DD0DE4" w:rsidP="00006A26">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
-          <w:tab w:val="num" w:pos="709"/>
-[...14 lines deleted...]
-        <w:t>udział w opracowywaniu miejscowych planów zagospodarowania przestrzennego oraz studium uwarunkowań i kierunków zagospodarowania przestrzennego</w:t>
+          <w:tab w:val="num" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="851" w:hanging="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001179D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">udział w opracowywaniu miejscowych planów zagospodarowania przestrzennego oraz </w:t>
+      </w:r>
+      <w:r w:rsidR="002247B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>planu ogólnego</w:t>
       </w:r>
       <w:r w:rsidR="00432918" w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>, a także ich zmian,</w:t>
       </w:r>
       <w:r w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> w zakresie sporządzania prognoz oddziaływania na środowisko;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42029AC7" w14:textId="77777777" w:rsidR="00DD0DE4" w:rsidRPr="001179D3" w:rsidRDefault="00DD0DE4" w:rsidP="00694CC6">
+    <w:p w14:paraId="42029AC7" w14:textId="77777777" w:rsidR="00DD0DE4" w:rsidRPr="001179D3" w:rsidRDefault="00DD0DE4" w:rsidP="00006A26">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
-          <w:tab w:val="num" w:pos="709"/>
-[...2 lines deleted...]
-        <w:ind w:left="709" w:hanging="425"/>
+          <w:tab w:val="num" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="851" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">konsultowanie z </w:t>
       </w:r>
       <w:r w:rsidR="00FE41E8" w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">rojektantami </w:t>
       </w:r>
       <w:r w:rsidR="00FE41E8" w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>rowadzącymi zakresu i stopnia szczegółowości informacji wymaganych w prognozie oddziaływania na środowisko;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78F8A8B2" w14:textId="77777777" w:rsidR="00DD0DE4" w:rsidRPr="001179D3" w:rsidRDefault="00DD0DE4" w:rsidP="00694CC6">
+    <w:p w14:paraId="78F8A8B2" w14:textId="77777777" w:rsidR="00DD0DE4" w:rsidRPr="001179D3" w:rsidRDefault="00DD0DE4" w:rsidP="00006A26">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
-          <w:tab w:val="num" w:pos="709"/>
-[...2 lines deleted...]
-        <w:ind w:left="709" w:hanging="425"/>
+          <w:tab w:val="num" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="851" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>sporządzanie, innych niż prognozy oddziaływania na środowisko, opracowań środowiskowych, a także koordynowanie opracowań środowiskowych wykonywanych poza Pracownią;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="766C9DC9" w14:textId="77777777" w:rsidR="00DD0DE4" w:rsidRPr="001179D3" w:rsidRDefault="00C14960" w:rsidP="00694CC6">
+    <w:p w14:paraId="766C9DC9" w14:textId="77777777" w:rsidR="00DD0DE4" w:rsidRPr="001179D3" w:rsidRDefault="00C14960" w:rsidP="00006A26">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
-          <w:tab w:val="num" w:pos="709"/>
-[...2 lines deleted...]
-        <w:ind w:left="709" w:hanging="425"/>
+          <w:tab w:val="num" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="851" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">gromadzenie i przechowywanie </w:t>
       </w:r>
       <w:r w:rsidR="00DD0DE4" w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>niezbędnych informacji z zakresu zagadnień przyrodniczych.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3FEE223A" w14:textId="77777777" w:rsidR="001677B4" w:rsidRPr="001179D3" w:rsidRDefault="001677B4" w:rsidP="001179D3">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2DA3EECD" w14:textId="77777777" w:rsidR="00DD0DE4" w:rsidRPr="001179D3" w:rsidRDefault="00DD0DE4" w:rsidP="001179D3">
+    <w:p w14:paraId="2DA3EECD" w14:textId="14060133" w:rsidR="00DD0DE4" w:rsidRPr="001179D3" w:rsidRDefault="00DD0DE4" w:rsidP="001179D3">
+      <w:pPr>
+        <w:pStyle w:val="Tekstpodstawowy"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001179D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">§ </w:t>
+      </w:r>
+      <w:r w:rsidR="00325368" w:rsidRPr="001179D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00E43CC4" w:rsidRPr="001179D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="050CFF40" w14:textId="493B6439" w:rsidR="00DD0DE4" w:rsidRPr="001179D3" w:rsidRDefault="00DD0DE4" w:rsidP="001179D3">
+      <w:pPr>
+        <w:pStyle w:val="Tekstpodstawowy"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001179D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Do zadań Zespołu </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB7059">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Infrastruktury Transportowej i Technicznej </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001179D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>należy</w:t>
+      </w:r>
+      <w:r w:rsidR="00432918" w:rsidRPr="001179D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> w szczególności</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001179D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5EA8E662" w14:textId="77777777" w:rsidR="00DD0DE4" w:rsidRPr="001179D3" w:rsidRDefault="00DD0DE4" w:rsidP="00006A26">
+      <w:pPr>
+        <w:pStyle w:val="Tekstpodstawowy"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="720"/>
+          <w:tab w:val="num" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="851" w:hanging="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001179D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">analizowanie i rozwiązywanie problemów transportu wynikających z potrzeb zagospodarowania przestrzennego miasta Poznania oraz współpraca w tym zakresie </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001179D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">z </w:t>
+      </w:r>
+      <w:r w:rsidR="001677B4" w:rsidRPr="001179D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>kierownikami z</w:t>
+      </w:r>
+      <w:r w:rsidR="00784157" w:rsidRPr="001179D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">espołów </w:t>
+      </w:r>
+      <w:r w:rsidR="001677B4" w:rsidRPr="001179D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidR="00784157" w:rsidRPr="001179D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>rojektowych</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001179D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="109B16EB" w14:textId="2B1CAF58" w:rsidR="00DD0DE4" w:rsidRPr="001179D3" w:rsidRDefault="00DD0DE4" w:rsidP="00006A26">
+      <w:pPr>
+        <w:pStyle w:val="Tekstpodstawowy"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="720"/>
+          <w:tab w:val="num" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="851" w:hanging="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001179D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">udział w opracowaniu miejscowych planów zagospodarowania przestrzennego, </w:t>
+      </w:r>
+      <w:r w:rsidR="002247B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>planu ogólnego</w:t>
+      </w:r>
+      <w:r w:rsidR="009E394A" w:rsidRPr="001179D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001179D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00432918" w:rsidRPr="001179D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>a także ich zmian,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001179D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> w zakresie zagadnień infrastruktury technicznej i transportu;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28CAFCA1" w14:textId="77777777" w:rsidR="00DD0DE4" w:rsidRPr="001179D3" w:rsidRDefault="00DD0DE4" w:rsidP="00006A26">
+      <w:pPr>
+        <w:pStyle w:val="Tekstpodstawowy"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="720"/>
+          <w:tab w:val="num" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="851" w:hanging="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001179D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>prowadzenie studiów i analiz z zakresu zagospodarowania przestrzennego miasta Poznania i jego obszaru funkcjonalnego, w zakresie zagadnień infrastruktury technicznej i transportu;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E4A7C5D" w14:textId="77777777" w:rsidR="00DD0DE4" w:rsidRPr="001179D3" w:rsidRDefault="00DD0DE4" w:rsidP="00006A26">
+      <w:pPr>
+        <w:pStyle w:val="Tekstpodstawowy"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="720"/>
+          <w:tab w:val="num" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="851" w:hanging="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001179D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>wydawanie opinii urbanistycznych i udzielanie informacji dot</w:t>
+      </w:r>
+      <w:r w:rsidR="00432918" w:rsidRPr="001179D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>yczących</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001179D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> terenu nieobjętego opracowywanym lub obowiązującym </w:t>
+      </w:r>
+      <w:r w:rsidR="00432918" w:rsidRPr="001179D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">miejscowym planem zagospodarowania przestrzennego </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001179D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">w zakresie zagadnień infrastruktury technicznej </w:t>
+      </w:r>
+      <w:r w:rsidR="00940F24" w:rsidRPr="001179D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="001179D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>i transportu;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A91C763" w14:textId="77777777" w:rsidR="00DD0DE4" w:rsidRPr="001179D3" w:rsidRDefault="00C14960" w:rsidP="00006A26">
+      <w:pPr>
+        <w:pStyle w:val="Tekstpodstawowy"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="720"/>
+          <w:tab w:val="num" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="851" w:hanging="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001179D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">gromadzenie i przechowywanie </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD0DE4" w:rsidRPr="001179D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>informacji w zakresie zagadnień infrastruktury technicznej i transportu dla wyznaczonego terenu;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="259B055F" w14:textId="77777777" w:rsidR="00C14960" w:rsidRPr="001179D3" w:rsidRDefault="00DD0DE4" w:rsidP="00006A26">
+      <w:pPr>
+        <w:pStyle w:val="Tekstpodstawowy"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="720"/>
+          <w:tab w:val="num" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="851" w:hanging="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001179D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>analizowanie i określanie skutków oddziaływania na gospodarkę przestrzenną miasta Poznania stanu i kierunków zagospodarowania przestrzennego gmin sąsiednich oraz obowiązujących w tych gminach aktów prawnych związanych z zagospodarowaniem przestrzennym, w zakresie zagadnień infrastruktury technicznej i transportu</w:t>
+      </w:r>
+      <w:r w:rsidR="00C14960" w:rsidRPr="001179D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4729D046" w14:textId="77777777" w:rsidR="00DD0DE4" w:rsidRPr="001179D3" w:rsidRDefault="009E394A" w:rsidP="00006A26">
+      <w:pPr>
+        <w:pStyle w:val="Tekstpodstawowy"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="720"/>
+          <w:tab w:val="num" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="851" w:hanging="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001179D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">udzielanie </w:t>
+      </w:r>
+      <w:r w:rsidR="00C14960" w:rsidRPr="001179D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>informacji klientom Pracowni w zakresie prowadzonych prac projektowych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A27E134" w14:textId="77777777" w:rsidR="00DD0DE4" w:rsidRPr="001179D3" w:rsidRDefault="00DD0DE4" w:rsidP="001179D3">
+      <w:pPr>
+        <w:pStyle w:val="Tekstpodstawowy"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="56F73E36" w14:textId="2F90218B" w:rsidR="00DD0DE4" w:rsidRPr="001179D3" w:rsidRDefault="00DD0DE4" w:rsidP="001179D3">
+      <w:pPr>
+        <w:pStyle w:val="Tekstpodstawowy"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001179D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">§ </w:t>
+      </w:r>
+      <w:r w:rsidR="00E43CC4" w:rsidRPr="001179D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>26</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="661A91E7" w14:textId="77777777" w:rsidR="00DD0DE4" w:rsidRPr="001179D3" w:rsidRDefault="00DD0DE4" w:rsidP="001179D3">
+      <w:pPr>
+        <w:pStyle w:val="Tekstpodstawowy"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001179D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Do zadań </w:t>
+      </w:r>
+      <w:r w:rsidR="00690B3C" w:rsidRPr="001179D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">zespołów </w:t>
+      </w:r>
+      <w:r w:rsidR="005A3353" w:rsidRPr="001179D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidR="00647521" w:rsidRPr="001179D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">rojektowych </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001179D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>należy w szczególności:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="245C4787" w14:textId="36EA1373" w:rsidR="00C45C80" w:rsidRPr="001179D3" w:rsidRDefault="00C45C80" w:rsidP="00006A26">
+      <w:pPr>
+        <w:pStyle w:val="Tekstpodstawowy"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="720"/>
+          <w:tab w:val="num" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="851" w:hanging="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001179D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">sporządzanie projektów miejscowych planów zagospodarowania przestrzennego oraz </w:t>
+      </w:r>
+      <w:r w:rsidR="003F2BA5" w:rsidRPr="001179D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">projektów </w:t>
+      </w:r>
+      <w:r w:rsidR="002247B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>planu ogólnego</w:t>
+      </w:r>
+      <w:r w:rsidR="003F2BA5" w:rsidRPr="001179D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>, a także ich zmian;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0330BC25" w14:textId="052000AC" w:rsidR="00DD0DE4" w:rsidRPr="001179D3" w:rsidRDefault="00DD0DE4" w:rsidP="00006A26">
+      <w:pPr>
+        <w:pStyle w:val="Tekstpodstawowy"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="720"/>
+          <w:tab w:val="num" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="851" w:hanging="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001179D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">udział w </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D06C44">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">opracowaniu </w:t>
+      </w:r>
+      <w:r w:rsidR="002247B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>planu ogólnego</w:t>
+      </w:r>
+      <w:r w:rsidR="009E394A" w:rsidRPr="001179D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001179D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AF4D3D" w:rsidRPr="001179D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>a także ich zmian</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001179D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7FAE9075" w14:textId="77777777" w:rsidR="00DD0DE4" w:rsidRPr="001179D3" w:rsidRDefault="00DD0DE4" w:rsidP="00006A26">
+      <w:pPr>
+        <w:pStyle w:val="Tekstpodstawowy"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="720"/>
+          <w:tab w:val="num" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="851" w:hanging="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001179D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">prowadzenie studiów i </w:t>
+      </w:r>
+      <w:r w:rsidR="001677B4" w:rsidRPr="001179D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">sporządzanie </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001179D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>analiz z zakresu zagospodarowania przestrzennego miasta Poznania i jego obszaru funkcjonalnego;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66E8E179" w14:textId="77777777" w:rsidR="00DD0DE4" w:rsidRPr="001179D3" w:rsidRDefault="00DD0DE4" w:rsidP="00006A26">
+      <w:pPr>
+        <w:pStyle w:val="Tekstpodstawowy"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="720"/>
+          <w:tab w:val="num" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="851" w:hanging="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001179D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>wydawanie opinii urbanistycznych;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F1ED160" w14:textId="77777777" w:rsidR="00DD0DE4" w:rsidRPr="001179D3" w:rsidRDefault="00C14960" w:rsidP="00006A26">
+      <w:pPr>
+        <w:pStyle w:val="Tekstpodstawowy"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="720"/>
+          <w:tab w:val="num" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="851" w:hanging="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001179D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">gromadzenie i przechowywanie </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD0DE4" w:rsidRPr="001179D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>informacji urbanistycznych;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C53115D" w14:textId="77777777" w:rsidR="006B70D0" w:rsidRPr="001179D3" w:rsidRDefault="00DD0DE4" w:rsidP="00006A26">
+      <w:pPr>
+        <w:pStyle w:val="Tekstpodstawowy"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="720"/>
+          <w:tab w:val="num" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="851" w:hanging="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001179D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>analizowanie i określanie skutków oddziaływania na gospodarkę przestrzenną miasta Poznania stanu i kierunków zagospodarowania przestrzennego gmin sąsiednich oraz obowiązujących w tych gminach aktów prawnych związanych z zagospodarowaniem przestrzennym</w:t>
+      </w:r>
+      <w:r w:rsidR="001677B4" w:rsidRPr="001179D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09CDED30" w14:textId="77777777" w:rsidR="00694F71" w:rsidRPr="001179D3" w:rsidRDefault="00694F71" w:rsidP="00006A26">
+      <w:pPr>
+        <w:pStyle w:val="Tekstpodstawowy"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="720"/>
+          <w:tab w:val="num" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="851" w:hanging="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001179D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>udzielanie informacji klientom Pracowni w zakresie prowadzonych prac planistycznych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C10FA18" w14:textId="77777777" w:rsidR="00DD0DE4" w:rsidRPr="001179D3" w:rsidRDefault="00DD0DE4" w:rsidP="001179D3">
+      <w:pPr>
+        <w:pStyle w:val="Tekstpodstawowy"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="72573246" w14:textId="0DEA8151" w:rsidR="00DD0DE4" w:rsidRPr="001179D3" w:rsidRDefault="00DD0DE4" w:rsidP="001179D3">
+      <w:pPr>
+        <w:pStyle w:val="Tekstpodstawowy"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001179D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">§ </w:t>
+      </w:r>
+      <w:r w:rsidR="00E43CC4" w:rsidRPr="001179D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>27</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1630932E" w14:textId="24F50199" w:rsidR="00DD0DE4" w:rsidRPr="001179D3" w:rsidRDefault="00DD0DE4" w:rsidP="001179D3">
+      <w:pPr>
+        <w:pStyle w:val="Tekstpodstawowy"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001179D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Do zadań </w:t>
+      </w:r>
+      <w:r w:rsidR="006377F7" w:rsidRPr="006377F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Zespołu Infrastruktury Informacji Przestrzennej</w:t>
+      </w:r>
+      <w:r w:rsidR="006377F7" w:rsidRPr="006377F7" w:rsidDel="006377F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001179D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>należy w szczególności:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="608B06FA" w14:textId="4EB3CD24" w:rsidR="006377F7" w:rsidRDefault="006377F7" w:rsidP="00006A26">
+      <w:pPr>
+        <w:pStyle w:val="Tekstpodstawowy"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="12"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="720"/>
+          <w:tab w:val="num" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="851" w:hanging="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">zarządzanie, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006377F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>pozyskiwanie, przetwarzanie</w:t>
+      </w:r>
+      <w:r w:rsidR="003A55A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> i</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> analiz</w:t>
+      </w:r>
+      <w:r w:rsidR="00E77233">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>owanie</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> d</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006377F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>anych przestrzennych</w:t>
+      </w:r>
+      <w:r w:rsidR="003A55A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="509798A9" w14:textId="37C67730" w:rsidR="00DD0DE4" w:rsidRPr="001179D3" w:rsidRDefault="003A55A6" w:rsidP="00006A26">
+      <w:pPr>
+        <w:pStyle w:val="Tekstpodstawowy"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="12"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="720"/>
+          <w:tab w:val="num" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="851" w:hanging="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>cyfryzacja planowania przestrzennego, w tym aktualizacja Zbiorów Aktów Planowania Przestrzennego;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62C85E30" w14:textId="40D6E3F8" w:rsidR="00DD0DE4" w:rsidRPr="001179D3" w:rsidRDefault="00DD0DE4" w:rsidP="00006A26">
+      <w:pPr>
+        <w:pStyle w:val="Tekstpodstawowy"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="12"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="720"/>
+          <w:tab w:val="num" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="851" w:hanging="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001179D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>administrowanie siecią</w:t>
+      </w:r>
+      <w:r w:rsidR="006377F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>, bazami danych</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001179D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> i systemami </w:t>
+      </w:r>
+      <w:r w:rsidR="006377F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>tele</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001179D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>informatycznymi;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3BD24CA0" w14:textId="77777777" w:rsidR="00DD0DE4" w:rsidRDefault="00DD0DE4" w:rsidP="00006A26">
+      <w:pPr>
+        <w:pStyle w:val="Tekstpodstawowy"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="12"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="720"/>
+          <w:tab w:val="num" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="851" w:hanging="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001179D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>zapewnienie sprawnego działania systemów informatycznych, sprzętu komputerowego i telefonicznego;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0DD27344" w14:textId="77777777" w:rsidR="006377F7" w:rsidRPr="00C954EC" w:rsidRDefault="006377F7" w:rsidP="00006A26">
+      <w:pPr>
+        <w:pStyle w:val="Tekstpodstawowy"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="12"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="720"/>
+          <w:tab w:val="num" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="851" w:hanging="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C954EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>zapewnienie bezpieczeństwa systemów informatycznych oraz gromadzonych w nich danych;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D9CA2B6" w14:textId="739C6B98" w:rsidR="003A55A6" w:rsidRDefault="00DD0DE4" w:rsidP="00006A26">
+      <w:pPr>
+        <w:pStyle w:val="Tekstpodstawowy"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="12"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="720"/>
+          <w:tab w:val="num" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="851" w:hanging="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001179D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>opracowywanie</w:t>
+      </w:r>
+      <w:r w:rsidR="00E77233">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001179D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> wdrażanie systemów informatycznych</w:t>
+      </w:r>
+      <w:r w:rsidR="003A55A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> oraz narzędzi informatycznych wspierających i usprawniających pracę oraz funkcjonowanie Pracowni;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D1B03FF" w14:textId="77777777" w:rsidR="00DD0DE4" w:rsidRPr="001179D3" w:rsidRDefault="00DD0DE4" w:rsidP="00006A26">
+      <w:pPr>
+        <w:pStyle w:val="Tekstpodstawowy"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="12"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="720"/>
+          <w:tab w:val="num" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="851" w:hanging="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001179D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>organizowanie szkoleń z zakresu działania systemów informatycznych</w:t>
+      </w:r>
+      <w:r w:rsidR="003A55A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> oraz obsługi programów i narzędzi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001179D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70752C58" w14:textId="17036986" w:rsidR="00DD0DE4" w:rsidRPr="001179D3" w:rsidRDefault="00DD0DE4" w:rsidP="00006A26">
+      <w:pPr>
+        <w:pStyle w:val="Tekstpodstawowy"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="12"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="720"/>
+          <w:tab w:val="num" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="851" w:hanging="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001179D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">współpraca z komórkami organizacyjnymi </w:t>
+      </w:r>
+      <w:r w:rsidR="005B4F7E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>oraz</w:t>
+      </w:r>
+      <w:r w:rsidR="005B4F7E" w:rsidRPr="001179D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003A55A6" w:rsidRPr="001179D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">sprawowanie obsługi informatycznej </w:t>
+      </w:r>
+      <w:r w:rsidR="003A55A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">i </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="003A55A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>geoinformatycznej</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="003A55A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003A55A6" w:rsidRPr="001179D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Pracowni</w:t>
+      </w:r>
+      <w:r w:rsidR="003A55A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F7CC55D" w14:textId="77777777" w:rsidR="00F61F4B" w:rsidRDefault="00F61F4B" w:rsidP="000C7164">
+      <w:pPr>
+        <w:pStyle w:val="Tekstpodstawowy"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="75DC80A1" w14:textId="3D67AF2D" w:rsidR="00DD0DE4" w:rsidRPr="001179D3" w:rsidRDefault="00DD0DE4" w:rsidP="001179D3">
+      <w:pPr>
+        <w:pStyle w:val="Tekstpodstawowy"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001179D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">§ </w:t>
+      </w:r>
+      <w:r w:rsidR="00E43CC4" w:rsidRPr="001179D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>28</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="273F8E09" w14:textId="77777777" w:rsidR="00DD0DE4" w:rsidRPr="001179D3" w:rsidRDefault="00DD0DE4" w:rsidP="001179D3">
+      <w:pPr>
+        <w:pStyle w:val="Tekstpodstawowy"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001179D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Do zadań Działu Organizacyjnego należy w szczególności:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C38B853" w14:textId="77777777" w:rsidR="00DD0DE4" w:rsidRPr="001179D3" w:rsidRDefault="00DD0DE4" w:rsidP="00006A26">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="851" w:hanging="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001179D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t>kompleksowa obsługa informacyjna klient</w:t>
+      </w:r>
+      <w:r w:rsidR="00694F71" w:rsidRPr="001179D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t>ów Pracowni</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001179D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00694F71" w:rsidRPr="001179D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">w zakresie </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001179D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t>zagospodarowania przestrzennego miasta Poznania;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="370425D0" w14:textId="77777777" w:rsidR="00DD0DE4" w:rsidRPr="001179D3" w:rsidRDefault="00DD0DE4" w:rsidP="00006A26">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="851" w:hanging="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001179D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t>prowadzenie dokumentacji prac planistycznych;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="352B785A" w14:textId="77777777" w:rsidR="00694F71" w:rsidRPr="001179D3" w:rsidRDefault="00694F71" w:rsidP="00006A26">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="851" w:hanging="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001179D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t>prowadzenie rejestru miejscowych planów zagospodarowania przestrzennego;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5FB4DBBA" w14:textId="05119F12" w:rsidR="00694F71" w:rsidRPr="001179D3" w:rsidRDefault="00694F71" w:rsidP="00006A26">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="851" w:hanging="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001179D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t>prowadzenie rejestru wniosków o sporządzenie lub zmianę miejsc</w:t>
+      </w:r>
+      <w:r w:rsidR="00701FAB" w:rsidRPr="001179D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">owych planów zagospodarowania przestrzennego oraz </w:t>
+      </w:r>
+      <w:r w:rsidR="002247B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t>planu ogólnego</w:t>
+      </w:r>
+      <w:r w:rsidR="00701FAB" w:rsidRPr="001179D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="385E4FE7" w14:textId="77777777" w:rsidR="00DD0DE4" w:rsidRPr="001179D3" w:rsidRDefault="00DD0DE4" w:rsidP="00006A26">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="851" w:hanging="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001179D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">obsługa </w:t>
+      </w:r>
+      <w:r w:rsidR="00564BB9" w:rsidRPr="001179D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">organizacyjna, </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB1DBF" w:rsidRPr="001179D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">administracyjna </w:t>
+      </w:r>
+      <w:r w:rsidR="00564BB9" w:rsidRPr="001179D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">i gospodarcza </w:t>
+      </w:r>
+      <w:r w:rsidR="00127C3A" w:rsidRPr="001179D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t>Pracowni</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001179D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="152C28E3" w14:textId="77777777" w:rsidR="00DD0DE4" w:rsidRPr="001179D3" w:rsidRDefault="00EB1DBF" w:rsidP="00006A26">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="851" w:hanging="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001179D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">utrzymanie i doskonalenie </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD0DE4" w:rsidRPr="001179D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">systemu zarządzania jakością </w:t>
+      </w:r>
+      <w:r w:rsidR="00127C3A" w:rsidRPr="001179D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t>Pracowni</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD0DE4" w:rsidRPr="001179D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A294961" w14:textId="77777777" w:rsidR="00D44C42" w:rsidRPr="001179D3" w:rsidRDefault="00DD0DE4" w:rsidP="00006A26">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="851" w:hanging="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001179D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">prowadzenie gospodarki zaopatrzeniowej </w:t>
+      </w:r>
+      <w:r w:rsidR="00127C3A" w:rsidRPr="001179D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t>Pracowni</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001179D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7CF101ED" w14:textId="77777777" w:rsidR="00EB1DBF" w:rsidRPr="001179D3" w:rsidRDefault="00C14EF6" w:rsidP="00006A26">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="851" w:hanging="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001179D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t>zapewnienie</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB1687" w:rsidRPr="001179D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, we współpracy z osobą </w:t>
+      </w:r>
+      <w:r w:rsidR="00484407" w:rsidRPr="001179D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t>wyznaczoną do wykonywania zadań służby BHP</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB1687" w:rsidRPr="001179D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001179D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> przestrzegania przepisów o warunkach bezpieczeństwa i higieny pracy oraz </w:t>
+      </w:r>
+      <w:r w:rsidR="003D2CDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="001179D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t>o ochronie przeciwpożarowej;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44E3CC52" w14:textId="77777777" w:rsidR="00EB1687" w:rsidRPr="001179D3" w:rsidRDefault="00EB1DBF" w:rsidP="00006A26">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="851" w:hanging="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001179D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">prowadzenie Składnicy Map i Planów oraz Archiwum Zakładowego </w:t>
+      </w:r>
+      <w:r w:rsidR="00127C3A" w:rsidRPr="001179D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t>Pracowni</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001179D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72223CEE" w14:textId="77777777" w:rsidR="000E0249" w:rsidRDefault="000E0249" w:rsidP="001179D3">
+      <w:pPr>
+        <w:pStyle w:val="Tekstpodstawowy"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="133288E7" w14:textId="77777777" w:rsidR="00006A26" w:rsidRPr="001179D3" w:rsidRDefault="00006A26" w:rsidP="001179D3">
+      <w:pPr>
+        <w:pStyle w:val="Tekstpodstawowy"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="268859D1" w14:textId="08CF40AC" w:rsidR="00DD0DE4" w:rsidRPr="001179D3" w:rsidRDefault="00DD0DE4" w:rsidP="001179D3">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">§ </w:t>
       </w:r>
-      <w:r w:rsidR="00325368" w:rsidRPr="001179D3">
-[...415 lines deleted...]
-    <w:p w14:paraId="661A91E7" w14:textId="77777777" w:rsidR="00DD0DE4" w:rsidRPr="001179D3" w:rsidRDefault="00DD0DE4" w:rsidP="001179D3">
+      <w:r w:rsidR="00506A64">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>29</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57EA7B5E" w14:textId="77777777" w:rsidR="00701FAB" w:rsidRPr="001179D3" w:rsidRDefault="00701FAB" w:rsidP="001179D3">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Do zadań </w:t>
       </w:r>
-      <w:r w:rsidR="00690B3C" w:rsidRPr="001179D3">
-[...1124 lines deleted...]
-      </w:r>
       <w:r w:rsidR="00484407" w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
-        </w:rPr>
-[...122 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Pełnomocnika Dyrektora ds. Systemu Zarządzania</w:t>
       </w:r>
       <w:r w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> należy w szczególności:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="598BBA2F" w14:textId="77777777" w:rsidR="00701FAB" w:rsidRPr="001179D3" w:rsidRDefault="00701FAB" w:rsidP="00694CC6">
+    <w:p w14:paraId="598BBA2F" w14:textId="77777777" w:rsidR="00701FAB" w:rsidRPr="001179D3" w:rsidRDefault="00701FAB" w:rsidP="00006A26">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
-          <w:tab w:val="num" w:pos="709"/>
-[...2 lines deleted...]
-        <w:ind w:left="709" w:hanging="425"/>
+          <w:tab w:val="num" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="851" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>koordynowanie działań związanych z Systemem Zarządzania;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="607292A3" w14:textId="77777777" w:rsidR="00701FAB" w:rsidRPr="001179D3" w:rsidRDefault="00701FAB" w:rsidP="00694CC6">
+    <w:p w14:paraId="607292A3" w14:textId="77777777" w:rsidR="00701FAB" w:rsidRPr="001179D3" w:rsidRDefault="00701FAB" w:rsidP="00006A26">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
-          <w:tab w:val="num" w:pos="709"/>
-[...2 lines deleted...]
-        <w:ind w:left="709" w:hanging="425"/>
+          <w:tab w:val="num" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="851" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>nadzór nad opracowywaniem zmian Systemu Zarządzania;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="267050D5" w14:textId="77777777" w:rsidR="00701FAB" w:rsidRPr="001179D3" w:rsidRDefault="00701FAB" w:rsidP="00694CC6">
+    <w:p w14:paraId="267050D5" w14:textId="77777777" w:rsidR="00701FAB" w:rsidRPr="001179D3" w:rsidRDefault="00701FAB" w:rsidP="00006A26">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
-          <w:tab w:val="num" w:pos="709"/>
-[...2 lines deleted...]
-        <w:ind w:left="709" w:hanging="425"/>
+          <w:tab w:val="num" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="851" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>prowadzenie w formie elektronicznej rejestrów wymaganych przez odpowiednią normę ISO, które po przedstawieniu na przeglądzie Systemu Zarządzania przez kierownictwo dołączane są w formie wydruków do dokumentacji Systemu Zarządzania.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3DD9B825" w14:textId="77777777" w:rsidR="001541A2" w:rsidRPr="001179D3" w:rsidRDefault="001541A2" w:rsidP="001179D3">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="647A4931" w14:textId="77777777" w:rsidR="00DD0DE4" w:rsidRPr="001179D3" w:rsidRDefault="00DD0DE4" w:rsidP="001179D3">
+    <w:p w14:paraId="647A4931" w14:textId="7EF59894" w:rsidR="00DD0DE4" w:rsidRPr="001179D3" w:rsidRDefault="00DD0DE4" w:rsidP="001179D3">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">§ </w:t>
       </w:r>
       <w:r w:rsidR="00325368" w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
@@ -8503,131 +8478,118 @@
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Szczegółowe zakresy obowiązków, uprawnień i zadań na poszczególnych stanowiskach pracy zawarte są w kartach stanowiska pracy</w:t>
       </w:r>
       <w:r w:rsidR="00930643" w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-    </w:p>
-[...10 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:p w14:paraId="4B7A27B3" w14:textId="77777777" w:rsidR="00F61F4B" w:rsidRPr="001179D3" w:rsidRDefault="00F61F4B" w:rsidP="001179D3">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3B2E7E3F" w14:textId="77777777" w:rsidR="00DD0DE4" w:rsidRPr="001179D3" w:rsidRDefault="00DD0DE4" w:rsidP="00522C28">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Rozdział IV</w:t>
       </w:r>
       <w:r w:rsidR="00522C28">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Ogólny zakres odpowiedzialności pracowników</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="01AE1227" w14:textId="77777777" w:rsidR="00DD0DE4" w:rsidRPr="001179D3" w:rsidRDefault="00DD0DE4" w:rsidP="001179D3">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0DFB1ECA" w14:textId="77777777" w:rsidR="00DD0DE4" w:rsidRPr="001179D3" w:rsidRDefault="00DD0DE4" w:rsidP="001179D3">
+    <w:p w14:paraId="0DFB1ECA" w14:textId="320F55FC" w:rsidR="00DD0DE4" w:rsidRPr="001179D3" w:rsidRDefault="00DD0DE4" w:rsidP="001179D3">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">§ </w:t>
       </w:r>
       <w:r w:rsidR="00325368" w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
@@ -8673,51 +8635,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>prowadzenie zgodnie z obowiązującymi przepisami powierzonych im przez przełożonych spraw, a w szczególności za ścisłe przestrzeganie terminów ich załatwiania</w:t>
       </w:r>
       <w:r w:rsidR="00930643" w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1B9CEA17" w14:textId="77777777" w:rsidR="00DD0DE4" w:rsidRPr="001179D3" w:rsidRDefault="00DD0DE4" w:rsidP="001179D3">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6DCD4101" w14:textId="77777777" w:rsidR="00DD0DE4" w:rsidRPr="001179D3" w:rsidRDefault="00DD0DE4" w:rsidP="001179D3">
+    <w:p w14:paraId="6DCD4101" w14:textId="3245721C" w:rsidR="00DD0DE4" w:rsidRPr="001179D3" w:rsidRDefault="00DD0DE4" w:rsidP="001179D3">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">§ </w:t>
       </w:r>
       <w:r w:rsidR="00325368" w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
@@ -8745,249 +8707,261 @@
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Dyrektor odpowiedzialny jest za całość spraw objętych zakresem działania Pracowni, </w:t>
       </w:r>
       <w:r w:rsidR="00940F24" w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>w szczególności za właściwą realizację zadań Pracowni, sprawne zarządzanie i organizację pracy w Pracowni.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1FA70F87" w14:textId="77777777" w:rsidR="006E3A28" w:rsidRPr="001179D3" w:rsidRDefault="006E3A28" w:rsidP="001179D3">
-[...10 lines deleted...]
-    <w:p w14:paraId="670B6EB4" w14:textId="77777777" w:rsidR="00DD0DE4" w:rsidRPr="001179D3" w:rsidRDefault="00DD0DE4" w:rsidP="001179D3">
+    <w:p w14:paraId="1FA70F87" w14:textId="77777777" w:rsidR="006E3A28" w:rsidRDefault="006E3A28" w:rsidP="001179D3">
+      <w:pPr>
+        <w:pStyle w:val="Tekstpodstawowy"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="58F0B9E1" w14:textId="77777777" w:rsidR="000C7164" w:rsidRPr="001179D3" w:rsidRDefault="000C7164" w:rsidP="001179D3">
+      <w:pPr>
+        <w:pStyle w:val="Tekstpodstawowy"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="670B6EB4" w14:textId="77450ABB" w:rsidR="00DD0DE4" w:rsidRPr="001179D3" w:rsidRDefault="00DD0DE4" w:rsidP="001179D3">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">§ </w:t>
       </w:r>
       <w:r w:rsidR="00325368" w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidR="00506A64">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3CA2E63A" w14:textId="77777777" w:rsidR="00DD0DE4" w:rsidRPr="001179D3" w:rsidRDefault="00DD0DE4" w:rsidP="00694CC6">
+    <w:p w14:paraId="3CA2E63A" w14:textId="77777777" w:rsidR="00DD0DE4" w:rsidRPr="001179D3" w:rsidRDefault="00DD0DE4" w:rsidP="00006A26">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="360"/>
-          <w:tab w:val="num" w:pos="284"/>
-[...2 lines deleted...]
-        <w:ind w:left="284" w:hanging="284"/>
+          <w:tab w:val="num" w:pos="426"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Osoby kierujące komórkami organizacyjnymi są odpowiedzialne za całość zagadnień objętych zakresem działania tych komórek.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50671C0E" w14:textId="77777777" w:rsidR="00DD0DE4" w:rsidRPr="001179D3" w:rsidRDefault="00DD0DE4" w:rsidP="00694CC6">
+    <w:p w14:paraId="50671C0E" w14:textId="77777777" w:rsidR="00DD0DE4" w:rsidRPr="001179D3" w:rsidRDefault="00DD0DE4" w:rsidP="00006A26">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="360"/>
-          <w:tab w:val="num" w:pos="284"/>
-[...2 lines deleted...]
-        <w:ind w:left="284" w:hanging="284"/>
+          <w:tab w:val="num" w:pos="426"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Ponoszą one odpowiedzialność w szczególności za:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1EAC2EE3" w14:textId="77777777" w:rsidR="00DD0DE4" w:rsidRPr="001179D3" w:rsidRDefault="00DD0DE4" w:rsidP="00694CC6">
+    <w:p w14:paraId="1EAC2EE3" w14:textId="77777777" w:rsidR="00DD0DE4" w:rsidRPr="001179D3" w:rsidRDefault="00DD0DE4" w:rsidP="00006A26">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
-          <w:tab w:val="num" w:pos="709"/>
-[...2 lines deleted...]
-        <w:ind w:left="709" w:hanging="425"/>
+          <w:tab w:val="num" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="851" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>właściwe i terminowe wykonanie zadań przez kierowaną komórkę organizacyjną;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E8F8039" w14:textId="77777777" w:rsidR="00DD0DE4" w:rsidRPr="001179D3" w:rsidRDefault="00DD0DE4" w:rsidP="00694CC6">
+    <w:p w14:paraId="4E8F8039" w14:textId="77777777" w:rsidR="00DD0DE4" w:rsidRPr="001179D3" w:rsidRDefault="00DD0DE4" w:rsidP="00006A26">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
-          <w:tab w:val="num" w:pos="709"/>
-[...13 lines deleted...]
-        </w:rPr>
+          <w:tab w:val="num" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="851" w:hanging="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001179D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>właściwą gospodarkę składnikami majątkowymi przydzielonymi komórce;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7236E8AA" w14:textId="77777777" w:rsidR="00DD0DE4" w:rsidRPr="001179D3" w:rsidRDefault="00DD0DE4" w:rsidP="00694CC6">
+    <w:p w14:paraId="7236E8AA" w14:textId="77777777" w:rsidR="00DD0DE4" w:rsidRPr="001179D3" w:rsidRDefault="00DD0DE4" w:rsidP="00006A26">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
-          <w:tab w:val="num" w:pos="709"/>
-[...2 lines deleted...]
-        <w:ind w:left="709" w:hanging="425"/>
+          <w:tab w:val="num" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="851" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>przestrzeganie przepisów prawa.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F88B96B" w14:textId="77777777" w:rsidR="00DD0DE4" w:rsidRPr="001179D3" w:rsidRDefault="00DD0DE4" w:rsidP="00694CC6">
+    <w:p w14:paraId="3F88B96B" w14:textId="77777777" w:rsidR="00DD0DE4" w:rsidRPr="001179D3" w:rsidRDefault="00DD0DE4" w:rsidP="00006A26">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="360"/>
-          <w:tab w:val="num" w:pos="284"/>
-[...2 lines deleted...]
-        <w:ind w:left="284" w:hanging="284"/>
+          <w:tab w:val="num" w:pos="426"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Zapisy ust. 1 i 2 stosuje się odpowiednio do </w:t>
       </w:r>
       <w:r w:rsidR="00BC06F4" w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>os</w:t>
       </w:r>
       <w:r w:rsidR="00F33B60" w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
@@ -9054,51 +9028,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
       <w:r w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Regulaminu.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7B3E1ADB" w14:textId="77777777" w:rsidR="00CE792C" w:rsidRPr="001179D3" w:rsidRDefault="00CE792C" w:rsidP="001179D3">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="18992D5C" w14:textId="77777777" w:rsidR="00DD0DE4" w:rsidRPr="001179D3" w:rsidRDefault="00DD0DE4" w:rsidP="001179D3">
+    <w:p w14:paraId="18992D5C" w14:textId="3161214D" w:rsidR="00DD0DE4" w:rsidRPr="001179D3" w:rsidRDefault="00DD0DE4" w:rsidP="001179D3">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">§ </w:t>
       </w:r>
       <w:r w:rsidR="009B49F8" w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
@@ -9111,356 +9085,282 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="476DE82E" w14:textId="77777777" w:rsidR="00316835" w:rsidRPr="001179D3" w:rsidRDefault="00DD0DE4" w:rsidP="001179D3">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Szczegółowe zakresy odpowiedzialności poszczególnych pracowników zawarte są w kartach stanowiska pracy.</w:t>
       </w:r>
-    </w:p>
-[...50 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:p w14:paraId="617474CE" w14:textId="77777777" w:rsidR="00F61F4B" w:rsidRPr="001179D3" w:rsidRDefault="00F61F4B" w:rsidP="001179D3">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="31B339C8" w14:textId="77777777" w:rsidR="00DD0DE4" w:rsidRPr="001179D3" w:rsidRDefault="00DD0DE4" w:rsidP="00522C28">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Rozdział V</w:t>
       </w:r>
       <w:r w:rsidR="00522C28">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Kompetencje w zakresie działania w imieniu Pracowni oraz podpisywania korespondencji</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="43BC8A91" w14:textId="77777777" w:rsidR="00DD0DE4" w:rsidRPr="001179D3" w:rsidRDefault="00DD0DE4" w:rsidP="001179D3">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="331CBF82" w14:textId="77777777" w:rsidR="00DD0DE4" w:rsidRPr="001179D3" w:rsidRDefault="00DD0DE4" w:rsidP="001179D3">
+    <w:p w14:paraId="331CBF82" w14:textId="2BF94A49" w:rsidR="00DD0DE4" w:rsidRPr="001179D3" w:rsidRDefault="00DD0DE4" w:rsidP="001179D3">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">§ </w:t>
       </w:r>
       <w:r w:rsidR="00E43CC4" w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidR="00506A64">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="70EBA81A" w14:textId="77777777" w:rsidR="00DD0DE4" w:rsidRPr="001179D3" w:rsidRDefault="00DD0DE4" w:rsidP="00694CC6">
+    <w:p w14:paraId="70EBA81A" w14:textId="57ECCAA5" w:rsidR="00DD0DE4" w:rsidRPr="001179D3" w:rsidRDefault="00DD0DE4" w:rsidP="00006A26">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="360"/>
-          <w:tab w:val="num" w:pos="284"/>
-[...2 lines deleted...]
-        <w:ind w:left="284" w:hanging="284"/>
+          <w:tab w:val="num" w:pos="426"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Do dokonywania czynności w imieniu Pracowni uprawniony jest jednoosobowo Dyrektor, a pod jego nieobecność kolejno: Zastępca Dyrektora </w:t>
       </w:r>
       <w:r w:rsidR="00720DD6" w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>ds.</w:t>
       </w:r>
       <w:r w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00720DD6" w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Analiz</w:t>
       </w:r>
+      <w:r w:rsidR="00D93B63">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> oraz</w:t>
+      </w:r>
+      <w:r w:rsidR="00D93B63" w:rsidRPr="001179D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidR="001029FC" w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">, Zastępca Dyrektora </w:t>
+        <w:t xml:space="preserve">Zastępca Dyrektora </w:t>
       </w:r>
       <w:r w:rsidR="00720DD6" w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>ds.</w:t>
       </w:r>
       <w:r w:rsidR="001029FC" w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00720DD6" w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidR="001029FC" w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>rojektowania</w:t>
       </w:r>
-      <w:r w:rsidR="00777FFA" w:rsidRPr="001179D3">
-[...33 lines deleted...]
-      </w:r>
       <w:r w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B9CF166" w14:textId="1A080479" w:rsidR="00DD0DE4" w:rsidRPr="001179D3" w:rsidRDefault="0093685E" w:rsidP="00694CC6">
+    <w:p w14:paraId="1B9CF166" w14:textId="1A080479" w:rsidR="00DD0DE4" w:rsidRPr="001179D3" w:rsidRDefault="0093685E" w:rsidP="00006A26">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="360"/>
-          <w:tab w:val="num" w:pos="284"/>
-[...9 lines deleted...]
-      <w:bookmarkStart w:id="1" w:name="_Hlk143866321"/>
+          <w:tab w:val="num" w:pos="426"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="426" w:hanging="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_Hlk143866321"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Czynności w imieniu Pracowni mogą być dokonywane także </w:t>
       </w:r>
       <w:r w:rsidR="00DD0DE4" w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">na podstawie udzielonego przez Dyrektora pełnomocnictwa lub zapisu w </w:t>
       </w:r>
       <w:r w:rsidR="00972E56" w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>k</w:t>
       </w:r>
       <w:r w:rsidR="00DD0DE4" w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
@@ -9473,495 +9373,488 @@
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="00DD0DE4" w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">tanowiska </w:t>
       </w:r>
       <w:r w:rsidR="00972E56" w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidR="00DD0DE4" w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>racy</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="1"/>
+      <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidR="00DD0DE4" w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6EE58495" w14:textId="77777777" w:rsidR="00DD0DE4" w:rsidRPr="001179D3" w:rsidRDefault="00DD0DE4" w:rsidP="001179D3">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="761C409C" w14:textId="77777777" w:rsidR="00DD0DE4" w:rsidRPr="001179D3" w:rsidRDefault="00DD0DE4" w:rsidP="001179D3">
+    <w:p w14:paraId="761C409C" w14:textId="2AF9527E" w:rsidR="00DD0DE4" w:rsidRPr="001179D3" w:rsidRDefault="00DD0DE4" w:rsidP="001179D3">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">§ </w:t>
       </w:r>
       <w:r w:rsidR="00E43CC4" w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidR="00506A64">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="34E7A3DF" w14:textId="36C912B9" w:rsidR="00053612" w:rsidRPr="001179D3" w:rsidRDefault="00C474B5" w:rsidP="00694CC6">
+    <w:p w14:paraId="34E7A3DF" w14:textId="36C912B9" w:rsidR="00053612" w:rsidRPr="001179D3" w:rsidRDefault="00C474B5" w:rsidP="00006A26">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="284"/>
-[...2 lines deleted...]
-        <w:ind w:left="284" w:hanging="284"/>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t>Dyrektor podpisuje pisma i dokumenty we wszystkich sprawach należących do zakresu działania Pracowni, z zastrzeżeniem postanowień ust. 2</w:t>
       </w:r>
       <w:r w:rsidR="00053612" w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3</w:t>
       </w:r>
       <w:r w:rsidR="00053612" w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> i 4.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="35867DF3" w14:textId="77777777" w:rsidR="00C474B5" w:rsidRPr="001179D3" w:rsidRDefault="00C474B5" w:rsidP="00694CC6">
+    <w:p w14:paraId="35867DF3" w14:textId="77777777" w:rsidR="00C474B5" w:rsidRPr="001179D3" w:rsidRDefault="00C474B5" w:rsidP="00006A26">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="284"/>
-[...2 lines deleted...]
-        <w:ind w:left="284" w:hanging="284"/>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Zastępcy Dyrektora są upoważnieni do podpisywania wszelkich pism i dokumentów </w:t>
       </w:r>
       <w:r w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:br/>
         <w:t>w sprawach należących do zakresu działania podległej im komórki organizacyjnej, za wyjątkiem spraw zastrzeżonych przez Dyrektora do jego podpisu.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="039AA840" w14:textId="77777777" w:rsidR="00053612" w:rsidRPr="001179D3" w:rsidRDefault="00C474B5" w:rsidP="00694CC6">
+    <w:p w14:paraId="039AA840" w14:textId="77777777" w:rsidR="00053612" w:rsidRPr="001179D3" w:rsidRDefault="00C474B5" w:rsidP="00006A26">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="284"/>
-[...2 lines deleted...]
-        <w:ind w:left="284" w:hanging="284"/>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Kierownicy komórek organizacyjnych są upoważnieni do podpisywania wszelkich pism </w:t>
       </w:r>
       <w:r w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:br/>
         <w:t>i dokumentów w sprawach należących do zakresu działania kierowanej przez nich komórki organizacyjnej, z wyjątkiem pism zastrzeżonych do podpisu Dyrektora, zastępców Dyrektora i Głównego Księgowego.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F3551FA" w14:textId="77777777" w:rsidR="00053612" w:rsidRPr="001179D3" w:rsidRDefault="00622752" w:rsidP="00694CC6">
+    <w:p w14:paraId="5F3551FA" w14:textId="77777777" w:rsidR="00053612" w:rsidRPr="001179D3" w:rsidRDefault="00622752" w:rsidP="00006A26">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="284"/>
-[...2 lines deleted...]
-        <w:ind w:left="284" w:hanging="284"/>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t>Dyrektor może w drodze</w:t>
       </w:r>
       <w:r w:rsidR="00053612" w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t>pełnomocnictwa lub zapisu w karcie stanowiska pracy upoważnić pracownika do podpisywania</w:t>
       </w:r>
       <w:r w:rsidR="00053612" w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t>pism i dokumentów</w:t>
       </w:r>
       <w:r w:rsidR="00053612" w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> w poszczególnych sprawach należących do zakresu działania Pracowni</w:t>
       </w:r>
       <w:r w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B96BC8A" w14:textId="77777777" w:rsidR="00C474B5" w:rsidRPr="001179D3" w:rsidRDefault="00C474B5" w:rsidP="00694CC6">
+    <w:p w14:paraId="1B96BC8A" w14:textId="77777777" w:rsidR="00C474B5" w:rsidRPr="001179D3" w:rsidRDefault="00C474B5" w:rsidP="00006A26">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="284"/>
-[...11 lines deleted...]
-        </w:rPr>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="426" w:hanging="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001179D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Kierownicy komórek organizacyjnych są zobowiązani do parafowania pism </w:t>
       </w:r>
       <w:r w:rsidR="00D13A69" w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">przedkładanych </w:t>
       </w:r>
       <w:r w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t>do podpis</w:t>
       </w:r>
       <w:r w:rsidR="00EE6340">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
         <w:t>u Dyrektorowi lub jego zastępcom.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="00CBB003" w14:textId="77777777" w:rsidR="001E59F6" w:rsidRPr="001179D3" w:rsidRDefault="001E59F6" w:rsidP="001179D3">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="212C0735" w14:textId="77777777" w:rsidR="00DD0DE4" w:rsidRPr="009D40D1" w:rsidRDefault="00DD0DE4" w:rsidP="001179D3">
+    <w:p w14:paraId="212C0735" w14:textId="0FB37BDF" w:rsidR="00DD0DE4" w:rsidRPr="009D40D1" w:rsidRDefault="00DD0DE4" w:rsidP="001179D3">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009D40D1">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">§ </w:t>
       </w:r>
       <w:r w:rsidR="00E43CC4" w:rsidRPr="009D40D1">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidR="00506A64">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="311D44DD" w14:textId="77777777" w:rsidR="00DD0DE4" w:rsidRPr="009D40D1" w:rsidRDefault="00BE58FE" w:rsidP="00694CC6">
+    <w:p w14:paraId="311D44DD" w14:textId="77777777" w:rsidR="00DD0DE4" w:rsidRPr="009D40D1" w:rsidRDefault="00BE58FE" w:rsidP="00E50F17">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="360"/>
-          <w:tab w:val="num" w:pos="284"/>
-[...2 lines deleted...]
-        <w:ind w:left="284" w:hanging="284"/>
+          <w:tab w:val="num" w:pos="426"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009D40D1">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>D</w:t>
       </w:r>
       <w:r w:rsidR="00DD0DE4" w:rsidRPr="009D40D1">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">okumenty, z których wynikają lub mogą powstać zobowiązania finansowe wymagają </w:t>
       </w:r>
       <w:r w:rsidR="00F0485C" w:rsidRPr="009D40D1">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>podpisu</w:t>
       </w:r>
       <w:r w:rsidRPr="009D40D1">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009D40D1" w:rsidRPr="009D40D1">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Głównego Księgowego.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4AE791A3" w14:textId="77777777" w:rsidR="00DD0DE4" w:rsidRPr="001179D3" w:rsidRDefault="00DD0DE4" w:rsidP="00694CC6">
+    <w:p w14:paraId="4AE791A3" w14:textId="77777777" w:rsidR="00DD0DE4" w:rsidRPr="001179D3" w:rsidRDefault="00DD0DE4" w:rsidP="00E50F17">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="360"/>
-          <w:tab w:val="num" w:pos="284"/>
-[...25 lines deleted...]
-    <w:p w14:paraId="30CAF704" w14:textId="77777777" w:rsidR="00DD0DE4" w:rsidRPr="001179D3" w:rsidRDefault="00DD0DE4" w:rsidP="00694CC6">
+          <w:tab w:val="num" w:pos="426"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="426" w:hanging="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001179D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Złożenie podpisu przez Głównego Księgowego na dokumentach określonych w ust. 1 oznacza, że dokumenty zostały sporządzone prawidłowo i rzetelnie, że Pracownia posiada środki finansowe na pokrycie zobowiązań finansowych wynikających z tych dokumentów oraz że taka operacja mieści się w planie finansowym Pracowni.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30CAF704" w14:textId="77777777" w:rsidR="00DD0DE4" w:rsidRPr="001179D3" w:rsidRDefault="00DD0DE4" w:rsidP="00E50F17">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="360"/>
-          <w:tab w:val="num" w:pos="284"/>
-[...2 lines deleted...]
-        <w:ind w:left="284" w:hanging="284"/>
+          <w:tab w:val="num" w:pos="426"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Główny Księgowy może odmówić zaakceptowania i podpisania dokumentu, pisemnie wyjaśniając przyczynę odmowy.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="757319AF" w14:textId="77777777" w:rsidR="00612756" w:rsidRPr="001179D3" w:rsidRDefault="00612756" w:rsidP="001179D3">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5BAD487B" w14:textId="77777777" w:rsidR="00612756" w:rsidRPr="001179D3" w:rsidRDefault="00612756" w:rsidP="001179D3">
+    <w:p w14:paraId="5BAD487B" w14:textId="255DADB9" w:rsidR="00612756" w:rsidRPr="001179D3" w:rsidRDefault="00612756" w:rsidP="001179D3">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">§ </w:t>
       </w:r>
       <w:r w:rsidR="009D40D1">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
@@ -10069,526 +9962,602 @@
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Wewnętrzne akty normatywne</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6E69555E" w14:textId="77777777" w:rsidR="00DD0DE4" w:rsidRPr="001179D3" w:rsidRDefault="00DD0DE4" w:rsidP="001179D3">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="59FCEA76" w14:textId="77777777" w:rsidR="00DD0DE4" w:rsidRPr="001179D3" w:rsidRDefault="00DD0DE4" w:rsidP="001179D3">
+    <w:p w14:paraId="59FCEA76" w14:textId="21E52B87" w:rsidR="00DD0DE4" w:rsidRPr="001179D3" w:rsidRDefault="00DD0DE4" w:rsidP="001179D3">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">§ </w:t>
       </w:r>
       <w:r w:rsidR="00506A64">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>39</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="56BB9FAF" w14:textId="77777777" w:rsidR="00DD0DE4" w:rsidRPr="001179D3" w:rsidRDefault="00DD0DE4" w:rsidP="00694CC6">
+    <w:p w14:paraId="56BB9FAF" w14:textId="77777777" w:rsidR="00DD0DE4" w:rsidRPr="001179D3" w:rsidRDefault="00DD0DE4" w:rsidP="00E50F17">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="360"/>
-          <w:tab w:val="num" w:pos="284"/>
-[...2 lines deleted...]
-        <w:ind w:left="284" w:hanging="284"/>
+          <w:tab w:val="num" w:pos="426"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Wewnętrzne akty normatywne wydaje Dyrektor.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="76E9EF36" w14:textId="77777777" w:rsidR="00DD0DE4" w:rsidRPr="001179D3" w:rsidRDefault="00DD0DE4" w:rsidP="00694CC6">
+    <w:p w14:paraId="76E9EF36" w14:textId="77777777" w:rsidR="00DD0DE4" w:rsidRDefault="00DD0DE4" w:rsidP="00E50F17">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="360"/>
-          <w:tab w:val="num" w:pos="284"/>
-[...2 lines deleted...]
-        <w:ind w:left="284" w:hanging="284"/>
+          <w:tab w:val="num" w:pos="426"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Wewnętrznymi aktami normatywnymi Pracowni są zarządzenia – akty dotyczące działalności i struktury organizacyjnej Pracowni, akty o charakterze nakazów lub zakazów obowiązujących w Pracowni oraz wprowadzające w życie regulaminy i instrukcje.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="078AE760" w14:textId="77777777" w:rsidR="00977CC4" w:rsidRPr="001179D3" w:rsidRDefault="00977CC4" w:rsidP="001179D3">
+    <w:p w14:paraId="4FC7A237" w14:textId="0D12447F" w:rsidR="002247B3" w:rsidRPr="001179D3" w:rsidRDefault="002247B3" w:rsidP="00E50F17">
+      <w:pPr>
+        <w:pStyle w:val="Tekstpodstawowy"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="360"/>
+          <w:tab w:val="num" w:pos="426"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="426" w:hanging="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Dział Prawny prowadzi rejestr wewnętrznych aktów normatywnych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="078AE760" w14:textId="77777777" w:rsidR="00977CC4" w:rsidRDefault="00977CC4" w:rsidP="001179D3">
+      <w:pPr>
+        <w:pStyle w:val="Tekstpodstawowy"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7AF06F7B" w14:textId="77777777" w:rsidR="00E50F17" w:rsidRDefault="00E50F17" w:rsidP="001179D3">
+      <w:pPr>
+        <w:pStyle w:val="Tekstpodstawowy"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7A8DE8DD" w14:textId="77777777" w:rsidR="00E50F17" w:rsidRDefault="00E50F17" w:rsidP="001179D3">
+      <w:pPr>
+        <w:pStyle w:val="Tekstpodstawowy"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="669AB717" w14:textId="77777777" w:rsidR="00E50F17" w:rsidRDefault="00E50F17" w:rsidP="001179D3">
+      <w:pPr>
+        <w:pStyle w:val="Tekstpodstawowy"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2F01A223" w14:textId="77777777" w:rsidR="00E50F17" w:rsidRPr="001179D3" w:rsidRDefault="00E50F17" w:rsidP="001179D3">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="76DB11FB" w14:textId="77777777" w:rsidR="00DD0DE4" w:rsidRPr="001179D3" w:rsidRDefault="00DD0DE4" w:rsidP="00522C28">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Rozdział VII</w:t>
       </w:r>
       <w:r w:rsidR="00522C28">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Postanowienia końcowe</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4D4DCEA8" w14:textId="77777777" w:rsidR="00DD0DE4" w:rsidRPr="001179D3" w:rsidRDefault="00DD0DE4" w:rsidP="001179D3">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3CFDE244" w14:textId="77777777" w:rsidR="00DD0DE4" w:rsidRPr="001179D3" w:rsidRDefault="00DD0DE4" w:rsidP="001179D3">
+    <w:p w14:paraId="3CFDE244" w14:textId="52D97061" w:rsidR="00DD0DE4" w:rsidRPr="001179D3" w:rsidRDefault="00DD0DE4" w:rsidP="001179D3">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">§ </w:t>
       </w:r>
       <w:r w:rsidR="00061EAA" w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidR="00506A64">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>0</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="72DE1F5F" w14:textId="77777777" w:rsidR="00DD0DE4" w:rsidRPr="001179D3" w:rsidRDefault="00DD0DE4" w:rsidP="00694CC6">
+    <w:p w14:paraId="72DE1F5F" w14:textId="77777777" w:rsidR="00DD0DE4" w:rsidRPr="001179D3" w:rsidRDefault="00DD0DE4" w:rsidP="00E50F17">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="360"/>
-          <w:tab w:val="num" w:pos="284"/>
-[...2 lines deleted...]
-        <w:ind w:left="284" w:hanging="284"/>
+          <w:tab w:val="num" w:pos="426"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>W sprawach dotyczących struktury organizacyjnej Pracowni, nie uregulowanych niniejszym Regulaminem decyduje Dyrektor.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E666317" w14:textId="77777777" w:rsidR="00DD0DE4" w:rsidRPr="001179D3" w:rsidRDefault="00DD0DE4" w:rsidP="00694CC6">
+    <w:p w14:paraId="4E666317" w14:textId="77777777" w:rsidR="00DD0DE4" w:rsidRPr="001179D3" w:rsidRDefault="00DD0DE4" w:rsidP="00E50F17">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="360"/>
-          <w:tab w:val="num" w:pos="284"/>
-[...2 lines deleted...]
-        <w:ind w:left="284" w:hanging="284"/>
+          <w:tab w:val="num" w:pos="426"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001179D3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Wszelkie zmiany Regulaminu wymagają zarządzenia Dyrektora oraz zatwierdzenia Prezydenta Miasta Poznania.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="48F452A1" w14:textId="77777777" w:rsidR="00DD0DE4" w:rsidRPr="001179D3" w:rsidRDefault="00DD0DE4" w:rsidP="001179D3">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00DD0DE4" w:rsidRPr="001179D3" w:rsidSect="00E300A4">
       <w:footerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2F8710D3" w14:textId="77777777" w:rsidR="008E345D" w:rsidRDefault="008E345D">
+    <w:p w14:paraId="52BC9551" w14:textId="77777777" w:rsidR="00516CCD" w:rsidRDefault="00516CCD">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="099CF659" w14:textId="77777777" w:rsidR="008E345D" w:rsidRDefault="008E345D">
+    <w:p w14:paraId="05FE4F08" w14:textId="77777777" w:rsidR="00516CCD" w:rsidRDefault="00516CCD">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="EE"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="4C306E9C" w14:textId="77777777" w:rsidR="001179D3" w:rsidRPr="001179D3" w:rsidRDefault="001179D3">
     <w:pPr>
       <w:pStyle w:val="Stopka"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="001179D3">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve">Strona </w:t>
     </w:r>
     <w:r w:rsidRPr="001179D3">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         <w:bCs/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="001179D3">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         <w:bCs/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:instrText>PAGE</w:instrText>
     </w:r>
     <w:r w:rsidRPr="001179D3">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         <w:bCs/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00443E45">
+    <w:r w:rsidR="00EB7059">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         <w:bCs/>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t>3</w:t>
+      <w:t>11</w:t>
     </w:r>
     <w:r w:rsidRPr="001179D3">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         <w:bCs/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r w:rsidRPr="001179D3">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve"> z </w:t>
     </w:r>
     <w:r w:rsidRPr="001179D3">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         <w:bCs/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="001179D3">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         <w:bCs/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:instrText>NUMPAGES</w:instrText>
     </w:r>
     <w:r w:rsidRPr="001179D3">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         <w:bCs/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00443E45">
+    <w:r w:rsidR="00EB7059">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         <w:bCs/>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>16</w:t>
     </w:r>
     <w:r w:rsidRPr="001179D3">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         <w:bCs/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="79102558" w14:textId="77777777" w:rsidR="00CD6F37" w:rsidRDefault="00CD6F37">
     <w:pPr>
       <w:pStyle w:val="Stopka"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="06941485" w14:textId="77777777" w:rsidR="008E345D" w:rsidRDefault="008E345D">
+    <w:p w14:paraId="386776D8" w14:textId="77777777" w:rsidR="00516CCD" w:rsidRDefault="00516CCD">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="36161861" w14:textId="77777777" w:rsidR="008E345D" w:rsidRDefault="008E345D">
+    <w:p w14:paraId="63A60399" w14:textId="77777777" w:rsidR="00516CCD" w:rsidRDefault="00516CCD">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00516378"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="17B86714"/>
     <w:lvl w:ilvl="0" w:tplc="CF78CA60">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
@@ -11079,50 +11048,308 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1EF37FD9"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="FBCA1824"/>
+    <w:lvl w:ilvl="0" w:tplc="0415000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0415000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0415000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="20D07FED"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="C602E936"/>
+    <w:lvl w:ilvl="0" w:tplc="0415000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0415000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0415000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="219A390B"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="11BCE13A"/>
+    <w:lvl w:ilvl="0" w:tplc="0415000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0415000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0415000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="23400138"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="BD144B36"/>
     <w:lvl w:ilvl="0" w:tplc="0415000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
@@ -11194,51 +11421,51 @@
     <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5400"/>
         </w:tabs>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="23C460BF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B8A2B384"/>
     <w:lvl w:ilvl="0" w:tplc="491E7442">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -11311,51 +11538,51 @@
     <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="28B27CA5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9ABCAB2A"/>
     <w:lvl w:ilvl="0" w:tplc="E5E66FFE">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0415001B" w:tentative="1">
@@ -11400,51 +11627,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2BEA78E5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4DF42282"/>
     <w:lvl w:ilvl="0" w:tplc="8794DC1A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -11490,51 +11717,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2DCF14FD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="097AD902"/>
     <w:lvl w:ilvl="0" w:tplc="C71C347E">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -11607,51 +11834,51 @@
     <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="32C14135"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7BF02ABA"/>
     <w:lvl w:ilvl="0" w:tplc="73C481BA">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0415001B" w:tentative="1">
@@ -11696,51 +11923,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3435259D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A9E67FFE"/>
     <w:lvl w:ilvl="0" w:tplc="CEE4858A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -11813,51 +12040,51 @@
     <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="34ED3653"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A3F2EF38"/>
     <w:lvl w:ilvl="0" w:tplc="007CE292">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
         <w:b/>
         <w:sz w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
@@ -11931,51 +12158,51 @@
     <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3610403C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F7E81FD0"/>
     <w:lvl w:ilvl="0" w:tplc="CB4E0FA4">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
         <w:b/>
         <w:sz w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
@@ -12049,51 +12276,51 @@
     <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="38107E7F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="EBAA9E9A"/>
     <w:lvl w:ilvl="0" w:tplc="EC262446">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
         <w:b/>
         <w:sz w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
@@ -12167,51 +12394,51 @@
     <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3FC3600C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="22F210BE"/>
     <w:lvl w:ilvl="0" w:tplc="BC443548">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -12257,51 +12484,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7920" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="8640" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="40745728"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="03AAD0AA"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
         <w:b/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2)"/>
@@ -12404,51 +12631,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5400"/>
         </w:tabs>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="425D3546"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DDC09972"/>
     <w:lvl w:ilvl="0" w:tplc="1EA64A1A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0415001B" w:tentative="1">
@@ -12493,51 +12720,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="43F00BAF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="25CA30BC"/>
     <w:lvl w:ilvl="0" w:tplc="089C864E">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -12609,51 +12836,51 @@
     <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5400"/>
         </w:tabs>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4C8A00F3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="34027836"/>
     <w:lvl w:ilvl="0" w:tplc="4B0EED96">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
         <w:b/>
         <w:sz w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
@@ -12727,51 +12954,51 @@
     <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="54366CBC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1A32564A"/>
     <w:lvl w:ilvl="0" w:tplc="C49C0DC4">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -12844,51 +13071,51 @@
     <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="58475F74"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="08786384"/>
     <w:lvl w:ilvl="0" w:tplc="562685B6">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
         <w:b/>
         <w:sz w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
@@ -12962,51 +13189,137 @@
     <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5A040DA7"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="CEF06BF0"/>
+    <w:lvl w:ilvl="0" w:tplc="0415000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0415000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0415000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5B3A18F2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7108CAC0"/>
     <w:lvl w:ilvl="0" w:tplc="A088205A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
         <w:b/>
         <w:sz w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
@@ -13080,51 +13393,51 @@
     <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5D83451E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="42D68238"/>
     <w:lvl w:ilvl="0" w:tplc="00528D44">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
         <w:b/>
         <w:sz w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
@@ -13198,51 +13511,51 @@
     <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="611E13A3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="AD447DB6"/>
     <w:lvl w:ilvl="0" w:tplc="425AF80A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -13314,51 +13627,51 @@
     <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5400"/>
         </w:tabs>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="672302D1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E0B6300E"/>
     <w:lvl w:ilvl="0" w:tplc="DB6426EA">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0415001B" w:tentative="1">
@@ -13403,51 +13716,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="68F43074"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="82D492B6"/>
     <w:lvl w:ilvl="0" w:tplc="CF3A873A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0415001B" w:tentative="1">
@@ -13492,51 +13805,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6A2E29C6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="AA4EFD46"/>
     <w:lvl w:ilvl="0" w:tplc="0BD0890A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0415001B" w:tentative="1">
@@ -13581,51 +13894,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6CEC7A95"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E12858D4"/>
     <w:lvl w:ilvl="0" w:tplc="2804746C">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
         <w:b/>
         <w:sz w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
@@ -13699,51 +14012,51 @@
     <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="713F415D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3C1C8E6E"/>
     <w:lvl w:ilvl="0" w:tplc="73D09380">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0415001B" w:tentative="1">
@@ -13788,51 +14101,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="71993FB4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="072A3AB6"/>
     <w:lvl w:ilvl="0" w:tplc="E716EC52">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0415001B" w:tentative="1">
@@ -13877,51 +14190,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="35" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="72E33DE4"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="EDE4D32C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
         <w:b/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2)"/>
@@ -14025,51 +14338,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5400"/>
         </w:tabs>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="36" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7BA428C3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5824B292"/>
     <w:lvl w:ilvl="0" w:tplc="0850483E">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
         <w:b/>
         <w:sz w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
@@ -14143,51 +14456,51 @@
     <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="37" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7F263714"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="EA58BAB4"/>
     <w:lvl w:ilvl="0" w:tplc="00BEEF64">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -14260,51 +14573,51 @@
     <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="38" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7FA06258"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="83A84100"/>
     <w:lvl w:ilvl="0" w:tplc="F43C5104">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -14377,702 +14690,766 @@
     <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="1947224041">
+  <w:num w:numId="1" w16cid:durableId="1218542816">
+    <w:abstractNumId w:val="19"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="764886849">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="1044479116">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="1436974540">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="1285231336">
+    <w:abstractNumId w:val="24"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="1427843005">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="279800255">
+    <w:abstractNumId w:val="36"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="539243882">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="1428696792">
+    <w:abstractNumId w:val="32"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="1582830380">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="446001159">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="12" w16cid:durableId="1663966330">
+    <w:abstractNumId w:val="22"/>
+  </w:num>
+  <w:num w:numId="13" w16cid:durableId="1344672095">
+    <w:abstractNumId w:val="23"/>
+  </w:num>
+  <w:num w:numId="14" w16cid:durableId="416367132">
+    <w:abstractNumId w:val="26"/>
+  </w:num>
+  <w:num w:numId="15" w16cid:durableId="391194201">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="16" w16cid:durableId="534079219">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="17" w16cid:durableId="1083574681">
+    <w:abstractNumId w:val="37"/>
+  </w:num>
+  <w:num w:numId="18" w16cid:durableId="583877340">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="19" w16cid:durableId="972444075">
+    <w:abstractNumId w:val="38"/>
+  </w:num>
+  <w:num w:numId="20" w16cid:durableId="258759337">
+    <w:abstractNumId w:val="27"/>
+  </w:num>
+  <w:num w:numId="21" w16cid:durableId="719329805">
+    <w:abstractNumId w:val="20"/>
+  </w:num>
+  <w:num w:numId="22" w16cid:durableId="1428119250">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="23" w16cid:durableId="209078371">
+    <w:abstractNumId w:val="29"/>
+  </w:num>
+  <w:num w:numId="24" w16cid:durableId="211161438">
+    <w:abstractNumId w:val="31"/>
+  </w:num>
+  <w:num w:numId="25" w16cid:durableId="1322731323">
+    <w:abstractNumId w:val="34"/>
+  </w:num>
+  <w:num w:numId="26" w16cid:durableId="864683069">
+    <w:abstractNumId w:val="35"/>
+  </w:num>
+  <w:num w:numId="27" w16cid:durableId="1108502483">
+    <w:abstractNumId w:val="28"/>
+  </w:num>
+  <w:num w:numId="28" w16cid:durableId="75447131">
     <w:abstractNumId w:val="16"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="151944173">
+  <w:num w:numId="29" w16cid:durableId="1758282312">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="30" w16cid:durableId="1527451046">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="31" w16cid:durableId="472723154">
+    <w:abstractNumId w:val="30"/>
+  </w:num>
+  <w:num w:numId="32" w16cid:durableId="2104034287">
+    <w:abstractNumId w:val="18"/>
+  </w:num>
+  <w:num w:numId="33" w16cid:durableId="1939868354">
+    <w:abstractNumId w:val="33"/>
+  </w:num>
+  <w:num w:numId="34" w16cid:durableId="891890935">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="35" w16cid:durableId="272249887">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="36" w16cid:durableId="134611952">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="37" w16cid:durableId="1422722142">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="17582017">
-[...80 lines deleted...]
-  <w:num w:numId="30" w16cid:durableId="228005591">
+  <w:num w:numId="38" w16cid:durableId="391540204">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="31" w16cid:durableId="1597858835">
-[...12 lines deleted...]
-    <w:abstractNumId w:val="10"/>
+  <w:num w:numId="39" w16cid:durableId="50429832">
+    <w:abstractNumId w:val="25"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="35"/>
 </w:numbering>
 </file>
 
-<file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean"/>
-  <w:doNotTrackMoves/>
   <w:defaultTabStop w:val="709"/>
   <w:hyphenationZone w:val="425"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
-    <w:doNotBreakWrappedTables/>
-[...23 lines deleted...]
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00EB1DBF"/>
     <w:rsid w:val="00003D17"/>
     <w:rsid w:val="00004C82"/>
     <w:rsid w:val="00005BEB"/>
+    <w:rsid w:val="00006A26"/>
+    <w:rsid w:val="00007629"/>
+    <w:rsid w:val="00007B6A"/>
     <w:rsid w:val="00011C3A"/>
+    <w:rsid w:val="00012C24"/>
+    <w:rsid w:val="000162AC"/>
     <w:rsid w:val="00021958"/>
     <w:rsid w:val="000244B4"/>
     <w:rsid w:val="00030A51"/>
     <w:rsid w:val="00053612"/>
     <w:rsid w:val="00060CF2"/>
     <w:rsid w:val="00060D76"/>
     <w:rsid w:val="00061EAA"/>
     <w:rsid w:val="000622C1"/>
     <w:rsid w:val="00062803"/>
     <w:rsid w:val="00064440"/>
     <w:rsid w:val="00066D17"/>
     <w:rsid w:val="00081276"/>
     <w:rsid w:val="0009104C"/>
     <w:rsid w:val="00092A79"/>
+    <w:rsid w:val="00096E4A"/>
     <w:rsid w:val="000A1155"/>
     <w:rsid w:val="000A4A1A"/>
     <w:rsid w:val="000A6835"/>
     <w:rsid w:val="000B3CFB"/>
     <w:rsid w:val="000B5913"/>
     <w:rsid w:val="000B7759"/>
     <w:rsid w:val="000C134B"/>
     <w:rsid w:val="000C38DA"/>
+    <w:rsid w:val="000C7164"/>
     <w:rsid w:val="000D7142"/>
     <w:rsid w:val="000D753A"/>
     <w:rsid w:val="000E0249"/>
     <w:rsid w:val="000E282E"/>
     <w:rsid w:val="000E62F0"/>
     <w:rsid w:val="000F2C15"/>
     <w:rsid w:val="001020BD"/>
     <w:rsid w:val="001024BA"/>
     <w:rsid w:val="001029FC"/>
     <w:rsid w:val="00106455"/>
     <w:rsid w:val="00111DDE"/>
     <w:rsid w:val="0011248D"/>
     <w:rsid w:val="001179D3"/>
     <w:rsid w:val="00120AC7"/>
+    <w:rsid w:val="00122E86"/>
     <w:rsid w:val="00123E36"/>
     <w:rsid w:val="00125AB0"/>
     <w:rsid w:val="00127C3A"/>
     <w:rsid w:val="001541A2"/>
     <w:rsid w:val="00154321"/>
     <w:rsid w:val="0016360C"/>
     <w:rsid w:val="001677B4"/>
     <w:rsid w:val="00170A3A"/>
     <w:rsid w:val="001812FA"/>
     <w:rsid w:val="0019459E"/>
     <w:rsid w:val="00197D71"/>
     <w:rsid w:val="001A4AD3"/>
     <w:rsid w:val="001A594D"/>
     <w:rsid w:val="001A6339"/>
     <w:rsid w:val="001C23B6"/>
     <w:rsid w:val="001C7127"/>
     <w:rsid w:val="001D1895"/>
     <w:rsid w:val="001E182B"/>
+    <w:rsid w:val="001E2FA2"/>
     <w:rsid w:val="001E5639"/>
     <w:rsid w:val="001E59F6"/>
     <w:rsid w:val="001F376D"/>
+    <w:rsid w:val="001F5A8A"/>
     <w:rsid w:val="002009B5"/>
     <w:rsid w:val="002051AF"/>
     <w:rsid w:val="00220218"/>
     <w:rsid w:val="002205E0"/>
     <w:rsid w:val="00221553"/>
+    <w:rsid w:val="002220CC"/>
     <w:rsid w:val="00222FA7"/>
+    <w:rsid w:val="002247B3"/>
+    <w:rsid w:val="002310C9"/>
     <w:rsid w:val="0023258A"/>
+    <w:rsid w:val="002421C8"/>
     <w:rsid w:val="0024562A"/>
+    <w:rsid w:val="002461B5"/>
     <w:rsid w:val="00260D9F"/>
     <w:rsid w:val="00261392"/>
     <w:rsid w:val="002652BB"/>
+    <w:rsid w:val="00266357"/>
+    <w:rsid w:val="00266DCD"/>
     <w:rsid w:val="00272909"/>
+    <w:rsid w:val="00277668"/>
     <w:rsid w:val="00280B0F"/>
     <w:rsid w:val="00281E21"/>
+    <w:rsid w:val="002856BC"/>
     <w:rsid w:val="00290292"/>
     <w:rsid w:val="00290868"/>
     <w:rsid w:val="00290ED6"/>
     <w:rsid w:val="00294580"/>
+    <w:rsid w:val="002A6C66"/>
     <w:rsid w:val="002B1C31"/>
     <w:rsid w:val="002C565B"/>
     <w:rsid w:val="002C5FEF"/>
     <w:rsid w:val="002D0032"/>
     <w:rsid w:val="002D08B5"/>
     <w:rsid w:val="002D16A0"/>
     <w:rsid w:val="002F5A63"/>
     <w:rsid w:val="00300611"/>
+    <w:rsid w:val="003011BF"/>
     <w:rsid w:val="00305797"/>
     <w:rsid w:val="00316835"/>
     <w:rsid w:val="00317CD2"/>
     <w:rsid w:val="00325368"/>
     <w:rsid w:val="0033018B"/>
+    <w:rsid w:val="00330634"/>
     <w:rsid w:val="00332DBA"/>
+    <w:rsid w:val="00340D67"/>
     <w:rsid w:val="0035124E"/>
     <w:rsid w:val="00354082"/>
     <w:rsid w:val="003548B9"/>
+    <w:rsid w:val="00361224"/>
     <w:rsid w:val="00364F03"/>
+    <w:rsid w:val="00371C77"/>
     <w:rsid w:val="00372A05"/>
     <w:rsid w:val="0037769F"/>
+    <w:rsid w:val="003802BD"/>
     <w:rsid w:val="00397CD4"/>
     <w:rsid w:val="003A3998"/>
     <w:rsid w:val="003A3A45"/>
     <w:rsid w:val="003A40CD"/>
     <w:rsid w:val="003A52B0"/>
     <w:rsid w:val="003A55A6"/>
     <w:rsid w:val="003B6993"/>
     <w:rsid w:val="003B6F71"/>
     <w:rsid w:val="003C2A1D"/>
+    <w:rsid w:val="003C4582"/>
     <w:rsid w:val="003C7C6E"/>
     <w:rsid w:val="003D2CDE"/>
+    <w:rsid w:val="003D4FB7"/>
     <w:rsid w:val="003D52B3"/>
     <w:rsid w:val="003D7071"/>
     <w:rsid w:val="003D7B05"/>
     <w:rsid w:val="003F2BA5"/>
     <w:rsid w:val="0041325C"/>
     <w:rsid w:val="004201C6"/>
     <w:rsid w:val="00422C9C"/>
     <w:rsid w:val="00431674"/>
     <w:rsid w:val="00432918"/>
+    <w:rsid w:val="00434CC6"/>
+    <w:rsid w:val="00434FF6"/>
     <w:rsid w:val="00435D7E"/>
     <w:rsid w:val="00443E45"/>
     <w:rsid w:val="004504B8"/>
     <w:rsid w:val="00451B9F"/>
     <w:rsid w:val="00460A49"/>
     <w:rsid w:val="004634B9"/>
     <w:rsid w:val="00466F16"/>
     <w:rsid w:val="0047578D"/>
     <w:rsid w:val="00483781"/>
     <w:rsid w:val="00484407"/>
     <w:rsid w:val="00486CC0"/>
     <w:rsid w:val="004879F6"/>
     <w:rsid w:val="00497CE8"/>
     <w:rsid w:val="004A190D"/>
     <w:rsid w:val="004A2E7A"/>
     <w:rsid w:val="004B1996"/>
     <w:rsid w:val="004C312E"/>
+    <w:rsid w:val="004C3880"/>
     <w:rsid w:val="004C3899"/>
     <w:rsid w:val="004C4B37"/>
     <w:rsid w:val="004C4F8A"/>
     <w:rsid w:val="004D5AF2"/>
     <w:rsid w:val="00506A64"/>
     <w:rsid w:val="0051201C"/>
+    <w:rsid w:val="00516CCD"/>
     <w:rsid w:val="00517A49"/>
     <w:rsid w:val="00522C28"/>
+    <w:rsid w:val="00533AE7"/>
     <w:rsid w:val="0054314C"/>
     <w:rsid w:val="00543862"/>
+    <w:rsid w:val="00544BBF"/>
     <w:rsid w:val="00545DE0"/>
     <w:rsid w:val="0055672B"/>
     <w:rsid w:val="00564389"/>
     <w:rsid w:val="00564BB9"/>
     <w:rsid w:val="00564CE0"/>
     <w:rsid w:val="0056642F"/>
     <w:rsid w:val="005715F9"/>
     <w:rsid w:val="00571769"/>
     <w:rsid w:val="00590D08"/>
+    <w:rsid w:val="00596DF6"/>
     <w:rsid w:val="005971C1"/>
     <w:rsid w:val="005A3353"/>
     <w:rsid w:val="005A3435"/>
     <w:rsid w:val="005A3BFC"/>
     <w:rsid w:val="005A67CC"/>
     <w:rsid w:val="005B4F7E"/>
     <w:rsid w:val="005B5218"/>
     <w:rsid w:val="005D1979"/>
     <w:rsid w:val="005D3E7F"/>
     <w:rsid w:val="005E6523"/>
     <w:rsid w:val="005E7ACB"/>
     <w:rsid w:val="005F1645"/>
     <w:rsid w:val="006049B8"/>
     <w:rsid w:val="00612756"/>
     <w:rsid w:val="006154AF"/>
+    <w:rsid w:val="00620775"/>
     <w:rsid w:val="006209EB"/>
     <w:rsid w:val="00621705"/>
     <w:rsid w:val="006219CC"/>
     <w:rsid w:val="00622752"/>
     <w:rsid w:val="00624987"/>
     <w:rsid w:val="00634A88"/>
     <w:rsid w:val="006377F7"/>
     <w:rsid w:val="00640BD4"/>
     <w:rsid w:val="00642A6E"/>
     <w:rsid w:val="006431EA"/>
     <w:rsid w:val="00647521"/>
     <w:rsid w:val="00647FD2"/>
     <w:rsid w:val="0065394A"/>
     <w:rsid w:val="006564A2"/>
     <w:rsid w:val="00660042"/>
     <w:rsid w:val="00666331"/>
     <w:rsid w:val="00690792"/>
     <w:rsid w:val="00690B17"/>
     <w:rsid w:val="00690B3C"/>
+    <w:rsid w:val="006919A5"/>
     <w:rsid w:val="00694CC6"/>
     <w:rsid w:val="00694F71"/>
     <w:rsid w:val="006955F8"/>
     <w:rsid w:val="006B5DD3"/>
     <w:rsid w:val="006B70D0"/>
     <w:rsid w:val="006C15DF"/>
     <w:rsid w:val="006C15E6"/>
     <w:rsid w:val="006C44D4"/>
     <w:rsid w:val="006C54B7"/>
     <w:rsid w:val="006D3AA4"/>
     <w:rsid w:val="006E3A28"/>
+    <w:rsid w:val="006E4707"/>
     <w:rsid w:val="006E4CA9"/>
     <w:rsid w:val="006E4ECC"/>
     <w:rsid w:val="006F000C"/>
     <w:rsid w:val="00701FAB"/>
     <w:rsid w:val="00713D23"/>
     <w:rsid w:val="00714CD3"/>
     <w:rsid w:val="0071766A"/>
+    <w:rsid w:val="007202C2"/>
     <w:rsid w:val="00720DD6"/>
+    <w:rsid w:val="00721F4E"/>
+    <w:rsid w:val="007254B5"/>
     <w:rsid w:val="00730913"/>
     <w:rsid w:val="007319DB"/>
     <w:rsid w:val="007325FE"/>
     <w:rsid w:val="0073621A"/>
     <w:rsid w:val="007444A3"/>
     <w:rsid w:val="007458AB"/>
     <w:rsid w:val="00745DAD"/>
     <w:rsid w:val="00753FFE"/>
     <w:rsid w:val="00756A4D"/>
     <w:rsid w:val="0077051E"/>
     <w:rsid w:val="00777591"/>
     <w:rsid w:val="00777FFA"/>
     <w:rsid w:val="00784157"/>
     <w:rsid w:val="00792095"/>
     <w:rsid w:val="007A2867"/>
     <w:rsid w:val="007A4A96"/>
     <w:rsid w:val="007B5761"/>
+    <w:rsid w:val="007C2C65"/>
+    <w:rsid w:val="007D45D7"/>
     <w:rsid w:val="007D6D2B"/>
     <w:rsid w:val="007D6DAF"/>
     <w:rsid w:val="007F284F"/>
     <w:rsid w:val="007F38A5"/>
+    <w:rsid w:val="007F4666"/>
     <w:rsid w:val="00806AE0"/>
     <w:rsid w:val="00814143"/>
     <w:rsid w:val="008146D5"/>
     <w:rsid w:val="008231B9"/>
     <w:rsid w:val="0082514E"/>
     <w:rsid w:val="00832D08"/>
     <w:rsid w:val="0085282F"/>
     <w:rsid w:val="0085648B"/>
     <w:rsid w:val="008575F1"/>
     <w:rsid w:val="0086308A"/>
     <w:rsid w:val="00872761"/>
     <w:rsid w:val="0088125A"/>
     <w:rsid w:val="00896902"/>
     <w:rsid w:val="008A332B"/>
     <w:rsid w:val="008A5A5B"/>
+    <w:rsid w:val="008B124F"/>
     <w:rsid w:val="008B7C7D"/>
     <w:rsid w:val="008C0718"/>
     <w:rsid w:val="008C582F"/>
     <w:rsid w:val="008E345D"/>
     <w:rsid w:val="008E43FB"/>
     <w:rsid w:val="008E7AB7"/>
     <w:rsid w:val="008F6300"/>
+    <w:rsid w:val="008F7139"/>
     <w:rsid w:val="00905545"/>
     <w:rsid w:val="0090689E"/>
+    <w:rsid w:val="00910579"/>
     <w:rsid w:val="00926743"/>
+    <w:rsid w:val="00927F10"/>
     <w:rsid w:val="00930643"/>
     <w:rsid w:val="00932B89"/>
     <w:rsid w:val="00935946"/>
     <w:rsid w:val="0093685E"/>
     <w:rsid w:val="00940F24"/>
     <w:rsid w:val="00951ACF"/>
     <w:rsid w:val="00953A98"/>
     <w:rsid w:val="00954992"/>
     <w:rsid w:val="009556D4"/>
     <w:rsid w:val="00972E56"/>
     <w:rsid w:val="0097630A"/>
     <w:rsid w:val="00977CC4"/>
     <w:rsid w:val="00986C2F"/>
     <w:rsid w:val="0099182F"/>
     <w:rsid w:val="00995DE8"/>
+    <w:rsid w:val="009971B0"/>
+    <w:rsid w:val="009979F4"/>
     <w:rsid w:val="009A2C28"/>
     <w:rsid w:val="009B49F8"/>
     <w:rsid w:val="009C04FE"/>
     <w:rsid w:val="009D1421"/>
     <w:rsid w:val="009D40D1"/>
     <w:rsid w:val="009D45F7"/>
+    <w:rsid w:val="009D55C7"/>
     <w:rsid w:val="009E0A0F"/>
+    <w:rsid w:val="009E0B9B"/>
     <w:rsid w:val="009E394A"/>
+    <w:rsid w:val="009E5A1D"/>
+    <w:rsid w:val="009F3371"/>
     <w:rsid w:val="009F5DF6"/>
     <w:rsid w:val="009F6D16"/>
+    <w:rsid w:val="00A13477"/>
     <w:rsid w:val="00A140DB"/>
     <w:rsid w:val="00A14B29"/>
     <w:rsid w:val="00A150C3"/>
     <w:rsid w:val="00A21457"/>
     <w:rsid w:val="00A22F55"/>
     <w:rsid w:val="00A232E7"/>
     <w:rsid w:val="00A24DB3"/>
+    <w:rsid w:val="00A41942"/>
     <w:rsid w:val="00A555A6"/>
     <w:rsid w:val="00A61471"/>
     <w:rsid w:val="00A724C7"/>
     <w:rsid w:val="00A77BD7"/>
     <w:rsid w:val="00A92279"/>
     <w:rsid w:val="00A92CF9"/>
     <w:rsid w:val="00A93F51"/>
     <w:rsid w:val="00AA1329"/>
     <w:rsid w:val="00AA2779"/>
     <w:rsid w:val="00AB21FE"/>
     <w:rsid w:val="00AB3F29"/>
     <w:rsid w:val="00AC5AEC"/>
     <w:rsid w:val="00AE6AF9"/>
     <w:rsid w:val="00AF4D3D"/>
     <w:rsid w:val="00AF556C"/>
+    <w:rsid w:val="00B13E6E"/>
     <w:rsid w:val="00B32712"/>
+    <w:rsid w:val="00B370E1"/>
     <w:rsid w:val="00B477EC"/>
     <w:rsid w:val="00B47D43"/>
     <w:rsid w:val="00B53365"/>
     <w:rsid w:val="00B54489"/>
+    <w:rsid w:val="00B75FF8"/>
     <w:rsid w:val="00B76F26"/>
     <w:rsid w:val="00B82FA7"/>
     <w:rsid w:val="00B91A38"/>
     <w:rsid w:val="00B94F33"/>
     <w:rsid w:val="00BA3195"/>
     <w:rsid w:val="00BA3FDD"/>
     <w:rsid w:val="00BB002A"/>
     <w:rsid w:val="00BB1C5A"/>
     <w:rsid w:val="00BC06F4"/>
     <w:rsid w:val="00BD645A"/>
     <w:rsid w:val="00BE224D"/>
     <w:rsid w:val="00BE46E6"/>
     <w:rsid w:val="00BE58FE"/>
     <w:rsid w:val="00BE76DD"/>
     <w:rsid w:val="00BF089E"/>
     <w:rsid w:val="00BF18E3"/>
+    <w:rsid w:val="00C01AA6"/>
     <w:rsid w:val="00C03138"/>
     <w:rsid w:val="00C100A7"/>
     <w:rsid w:val="00C10E3A"/>
+    <w:rsid w:val="00C112DF"/>
     <w:rsid w:val="00C144EF"/>
     <w:rsid w:val="00C14960"/>
     <w:rsid w:val="00C14EF6"/>
     <w:rsid w:val="00C16FB3"/>
     <w:rsid w:val="00C24A2D"/>
+    <w:rsid w:val="00C24B71"/>
     <w:rsid w:val="00C25D13"/>
     <w:rsid w:val="00C32CF3"/>
     <w:rsid w:val="00C43590"/>
     <w:rsid w:val="00C45C80"/>
+    <w:rsid w:val="00C466A9"/>
     <w:rsid w:val="00C474B5"/>
     <w:rsid w:val="00C52609"/>
     <w:rsid w:val="00C57AF4"/>
     <w:rsid w:val="00C60B7B"/>
+    <w:rsid w:val="00C7220F"/>
     <w:rsid w:val="00C77A2D"/>
     <w:rsid w:val="00C82FCB"/>
     <w:rsid w:val="00C83B5C"/>
     <w:rsid w:val="00C84544"/>
     <w:rsid w:val="00C90237"/>
     <w:rsid w:val="00C954EC"/>
     <w:rsid w:val="00C97113"/>
     <w:rsid w:val="00CB218C"/>
     <w:rsid w:val="00CB79B9"/>
+    <w:rsid w:val="00CD0633"/>
     <w:rsid w:val="00CD2CB1"/>
     <w:rsid w:val="00CD6F37"/>
     <w:rsid w:val="00CE4E35"/>
     <w:rsid w:val="00CE6E2E"/>
     <w:rsid w:val="00CE792C"/>
     <w:rsid w:val="00CF06E5"/>
     <w:rsid w:val="00D04854"/>
     <w:rsid w:val="00D051D4"/>
+    <w:rsid w:val="00D06C44"/>
     <w:rsid w:val="00D117F2"/>
     <w:rsid w:val="00D13A69"/>
     <w:rsid w:val="00D14F09"/>
     <w:rsid w:val="00D16546"/>
+    <w:rsid w:val="00D26815"/>
     <w:rsid w:val="00D42DF4"/>
     <w:rsid w:val="00D44C42"/>
     <w:rsid w:val="00D47667"/>
     <w:rsid w:val="00D6428A"/>
     <w:rsid w:val="00D65505"/>
     <w:rsid w:val="00D65B0B"/>
     <w:rsid w:val="00D7043A"/>
     <w:rsid w:val="00D70CE3"/>
     <w:rsid w:val="00D73AD9"/>
     <w:rsid w:val="00D77F98"/>
+    <w:rsid w:val="00D93B63"/>
     <w:rsid w:val="00DA0F18"/>
     <w:rsid w:val="00DA306B"/>
     <w:rsid w:val="00DA5AC2"/>
     <w:rsid w:val="00DA7086"/>
     <w:rsid w:val="00DA7DA1"/>
     <w:rsid w:val="00DB2CBC"/>
     <w:rsid w:val="00DC4163"/>
     <w:rsid w:val="00DC68C9"/>
     <w:rsid w:val="00DD0DE4"/>
     <w:rsid w:val="00DF624C"/>
     <w:rsid w:val="00E01C05"/>
     <w:rsid w:val="00E022B2"/>
     <w:rsid w:val="00E12AB8"/>
     <w:rsid w:val="00E1330E"/>
     <w:rsid w:val="00E1630B"/>
+    <w:rsid w:val="00E249FC"/>
     <w:rsid w:val="00E300A4"/>
+    <w:rsid w:val="00E319E5"/>
     <w:rsid w:val="00E33F59"/>
+    <w:rsid w:val="00E33F84"/>
     <w:rsid w:val="00E35EF3"/>
     <w:rsid w:val="00E43CC4"/>
+    <w:rsid w:val="00E4533B"/>
     <w:rsid w:val="00E473D3"/>
+    <w:rsid w:val="00E50F17"/>
     <w:rsid w:val="00E62489"/>
     <w:rsid w:val="00E658CE"/>
+    <w:rsid w:val="00E65A23"/>
     <w:rsid w:val="00E66492"/>
     <w:rsid w:val="00E737F3"/>
     <w:rsid w:val="00E77043"/>
     <w:rsid w:val="00E77233"/>
     <w:rsid w:val="00E81519"/>
     <w:rsid w:val="00E84561"/>
     <w:rsid w:val="00E948FF"/>
     <w:rsid w:val="00E96BBC"/>
     <w:rsid w:val="00E976ED"/>
     <w:rsid w:val="00EA1C52"/>
     <w:rsid w:val="00EA306A"/>
     <w:rsid w:val="00EA38A5"/>
     <w:rsid w:val="00EA3DDC"/>
     <w:rsid w:val="00EA55BB"/>
     <w:rsid w:val="00EB1687"/>
     <w:rsid w:val="00EB1DBF"/>
+    <w:rsid w:val="00EB5CB3"/>
+    <w:rsid w:val="00EB7059"/>
     <w:rsid w:val="00EB7063"/>
     <w:rsid w:val="00ED0B6A"/>
+    <w:rsid w:val="00ED2181"/>
     <w:rsid w:val="00ED67C8"/>
     <w:rsid w:val="00EE19B4"/>
     <w:rsid w:val="00EE3BF0"/>
     <w:rsid w:val="00EE45F9"/>
     <w:rsid w:val="00EE6340"/>
     <w:rsid w:val="00EF7FDC"/>
     <w:rsid w:val="00F02123"/>
+    <w:rsid w:val="00F03A46"/>
     <w:rsid w:val="00F0485C"/>
     <w:rsid w:val="00F06AFB"/>
+    <w:rsid w:val="00F12544"/>
     <w:rsid w:val="00F12EBD"/>
     <w:rsid w:val="00F130FC"/>
     <w:rsid w:val="00F33B60"/>
     <w:rsid w:val="00F46E3D"/>
     <w:rsid w:val="00F52B03"/>
     <w:rsid w:val="00F6005A"/>
     <w:rsid w:val="00F610CE"/>
     <w:rsid w:val="00F6164C"/>
     <w:rsid w:val="00F61F4B"/>
     <w:rsid w:val="00F621F6"/>
     <w:rsid w:val="00F70CC2"/>
+    <w:rsid w:val="00F719FA"/>
     <w:rsid w:val="00F72E34"/>
+    <w:rsid w:val="00F875F0"/>
     <w:rsid w:val="00F91C82"/>
     <w:rsid w:val="00F921B6"/>
     <w:rsid w:val="00F953E5"/>
     <w:rsid w:val="00FA0AAC"/>
     <w:rsid w:val="00FA0E4A"/>
     <w:rsid w:val="00FA1361"/>
     <w:rsid w:val="00FA4152"/>
     <w:rsid w:val="00FA45AD"/>
     <w:rsid w:val="00FA5FE7"/>
     <w:rsid w:val="00FA7253"/>
     <w:rsid w:val="00FB387D"/>
     <w:rsid w:val="00FB429B"/>
     <w:rsid w:val="00FB749F"/>
     <w:rsid w:val="00FD0679"/>
     <w:rsid w:val="00FD3C3A"/>
     <w:rsid w:val="00FD4A00"/>
     <w:rsid w:val="00FD6CD7"/>
     <w:rsid w:val="00FD7F1A"/>
     <w:rsid w:val="00FE0A2A"/>
     <w:rsid w:val="00FE2E53"/>
     <w:rsid w:val="00FE41E8"/>
     <w:rsid w:val="00FF0339"/>
     <w:rsid w:val="00FF7846"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pl-PL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="2714A14C"/>
-  <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{4451A844-AA2C-4821-A834-E00F570063CB}"/>
+  <w15:docId w15:val="{B4B228F2-5508-494C-BEBB-0C81474A7DC6}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="pl-PL" w:eastAsia="pl-PL" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -15697,74 +16074,74 @@
     <w:rsid w:val="00872761"/>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="StopkaZnak">
     <w:name w:val="Stopka Znak"/>
     <w:link w:val="Stopka"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="001179D3"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="642075872">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motyw pakietu Office">
   <a:themeElements>
     <a:clrScheme name="Pakiet Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -16027,81 +16404,82 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B5AF57FC-EFE0-4995-A4CF-0EF6C0EE453A}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6F36EFCF-AEF3-4491-82BA-12D724E49D36}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>16</Pages>
-  <Words>3367</Words>
-  <Characters>20208</Characters>
+  <Words>3242</Words>
+  <Characters>19453</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>168</Lines>
-  <Paragraphs>47</Paragraphs>
+  <Lines>162</Lines>
+  <Paragraphs>45</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Tytuł</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>REGULAMIN ORGANIZACYJNY</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Miejska Pracownia Urbanistyczna</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>23528</CharactersWithSpaces>
+  <CharactersWithSpaces>22650</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>REGULAMIN ORGANIZACYJNY</dc:title>
   <dc:subject/>
   <dc:creator>MWrobel</dc:creator>
   <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>