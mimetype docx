--- v0 (2025-10-24)
+++ v1 (2025-12-23)
@@ -1,1368 +1,1629 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="2B3B5732" w14:textId="77777777" w:rsidR="00FA5602" w:rsidRPr="00FA5602" w:rsidRDefault="00192157" w:rsidP="00FA5602">
+    <w:p w14:paraId="32EA9E53" w14:textId="77777777" w:rsidR="00FA5602" w:rsidRPr="00FA5602" w:rsidRDefault="00192157" w:rsidP="00FA5602">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00192157">
         <w:rPr>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t>Załącznik do zarządzenia nr</w:t>
       </w:r>
       <w:r w:rsidR="00FD7122">
         <w:rPr>
           <w:sz w:val="21"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E94D83">
+        <w:rPr>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidR="00D47FA7">
         <w:rPr>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t>/202</w:t>
       </w:r>
       <w:r w:rsidR="000B34CE">
         <w:rPr>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidRPr="00192157">
         <w:rPr>
           <w:sz w:val="21"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Dyrektora Biura Cyfryzacji i Cyberbezpieczeństwa z dnia</w:t>
+        <w:t xml:space="preserve"> Dyrektora Biura Cyfryzacji i </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00192157">
+        <w:rPr>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t>Cyberbezpieczeństwa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00192157">
+        <w:rPr>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> z dnia</w:t>
       </w:r>
       <w:r w:rsidR="00FD7122">
         <w:rPr>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00FD7122">
         <w:rPr>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:br/>
-        <w:t>1</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="0088071D">
+      </w:r>
+      <w:r w:rsidR="00E94D83">
         <w:rPr>
           <w:sz w:val="21"/>
         </w:rPr>
-        <w:t>6</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00FD7122">
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="00D93317">
         <w:rPr>
           <w:sz w:val="21"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="001C01EB">
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidR="00E94D83">
         <w:rPr>
           <w:sz w:val="21"/>
         </w:rPr>
-        <w:t>czerwca</w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>.10.</w:t>
       </w:r>
       <w:r w:rsidRPr="00192157">
         <w:rPr>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t>202</w:t>
       </w:r>
       <w:r w:rsidR="009F2ABB">
         <w:rPr>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidRPr="00192157">
         <w:rPr>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> r.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E8CD209" w14:textId="77777777" w:rsidR="00FA5602" w:rsidRDefault="00FA5602" w:rsidP="00FA5602">
+    <w:p w14:paraId="6DC8AD97" w14:textId="77777777" w:rsidR="00FA5602" w:rsidRDefault="00FA5602" w:rsidP="00FA5602">
       <w:pPr>
         <w:spacing w:after="480" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="5954"/>
       </w:pPr>
       <w:r>
         <w:t>Zatwierdzam</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B6277F1" w14:textId="77777777" w:rsidR="00FA5602" w:rsidRDefault="00041CB2" w:rsidP="00FA5602">
+    <w:p w14:paraId="46B87915" w14:textId="77777777" w:rsidR="00FA5602" w:rsidRDefault="00041CB2" w:rsidP="00FA5602">
       <w:pPr>
         <w:spacing w:after="480" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="5954"/>
       </w:pPr>
       <w:r>
         <w:t>Stanisław Tamm Sekretarz Miasta Poznania</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2BA015C5" w14:textId="77777777" w:rsidR="00FA5602" w:rsidRDefault="00FA5602" w:rsidP="00FA5602">
+    <w:p w14:paraId="2E0A04F4" w14:textId="77777777" w:rsidR="00FA5602" w:rsidRDefault="00FA5602" w:rsidP="00FA5602">
       <w:pPr>
         <w:pStyle w:val="Nagwek1"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Regulamin </w:t>
       </w:r>
       <w:r w:rsidR="00C10329">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
       <w:r w:rsidRPr="00041CB2">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">rganizacyjny </w:t>
       </w:r>
       <w:r w:rsidR="00D24DA1">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Biura </w:t>
       </w:r>
       <w:r w:rsidR="00041CB2" w:rsidRPr="00041CB2">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Cyfryzacji i Cyberbezpieczeństwa</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="376FE967" w14:textId="77777777" w:rsidR="00041CB2" w:rsidRDefault="00041CB2" w:rsidP="00041CB2">
+        <w:t xml:space="preserve">Cyfryzacji i </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00041CB2" w:rsidRPr="00041CB2">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Cyberbezpieczeństwa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="516CD4D0" w14:textId="77777777" w:rsidR="00041CB2" w:rsidRDefault="00041CB2" w:rsidP="00041CB2">
       <w:r w:rsidRPr="00041CB2">
         <w:t>Ilekroć w regulaminie jest mowa o</w:t>
       </w:r>
       <w:r>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B59EF28" w14:textId="77777777" w:rsidR="004B303B" w:rsidRDefault="004B303B" w:rsidP="00670939">
+    <w:p w14:paraId="572D170A" w14:textId="77777777" w:rsidR="004B303B" w:rsidRDefault="004B303B" w:rsidP="00670939">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Security Operations Center (SOC) – należy przez to rozumieć wyspecjalizowaną komórkę organizacyjną, odpowiedzialną za monitorowanie poziomu i jakości zabezpieczeń systemów i infrastruktury IT oraz rekomendowanie działań doradczych i korygujących mających wpływ na poprawę ich bezpieczeństwa, przy wykorzystaniu informacji pozyskiwanych z procesu zarządzania ryzykiem bezpieczeństwa informacji oraz mechanizmów wykrywania, analizowania i reagowania na incydenty w obszarze bezpieczeństwa teleinformatycznego;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2438AA19" w14:textId="77777777" w:rsidR="004B303B" w:rsidRDefault="004B303B" w:rsidP="00670939">
+    <w:p w14:paraId="77D9AE8D" w14:textId="77777777" w:rsidR="004B303B" w:rsidRDefault="004B303B" w:rsidP="00670939">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
       </w:pPr>
-      <w:r>
-[...3 lines deleted...]
-    <w:p w14:paraId="2CE24F62" w14:textId="77777777" w:rsidR="004B303B" w:rsidRDefault="004B303B" w:rsidP="00670939">
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Aplication</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> Programming Interface (API) – należy przez to rozumieć interfejs programowania aplikacji, tj. zbiór reguł ściśle opisujący, w jaki sposób programy lub podprogramy komunikują się ze sobą;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="750A41D8" w14:textId="77777777" w:rsidR="004B303B" w:rsidRDefault="004B303B" w:rsidP="00670939">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
       </w:pPr>
       <w:r>
-        <w:t>Zasada privacy by design – należy przez to rozumieć wdrażanie odpowiednich środków technicznych i organizacyjnych przez Administratora danych osobowych zarówno przed przystąpieniem do przetwarzania (tj. w fazie planowania / projektowania sposobów przetwarzania) danych osobowych, jak i w czasie samego przetwarzania, mająca na celu zapewnienie zgodności z RODO;</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="010C3554" w14:textId="77777777" w:rsidR="004B303B" w:rsidRDefault="004B303B" w:rsidP="00670939">
+        <w:t xml:space="preserve">Zasada </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>privacy</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> by design – należy przez to rozumieć wdrażanie odpowiednich środków technicznych i organizacyjnych przez Administratora danych osobowych zarówno przed przystąpieniem do przetwarzania (tj. w fazie planowania / projektowania sposobów przetwarzania) danych osobowych, jak i w czasie samego przetwarzania, mająca na celu zapewnienie zgodności z RODO;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="258CE798" w14:textId="77777777" w:rsidR="004B303B" w:rsidRDefault="004B303B" w:rsidP="00670939">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>RODO – należy przez to rozumieć rozporządzenie Parlamentu Europejskiego i Rady (UE) 2016/679 z dnia 27 kwietnia 2016 r. w sprawie ochrony osób fizycznych w związku z przetwarzaniem danych osobowych i w sprawie swobodnego przepływu takich danych oraz uchylenia dyrektywy 95/46/WE (ogólne rozporządzenie o ochronie danych) - Dz. Urz. UE. L z 2016 r. Nr 119, str. 1 oraz z 2018 r. Nr 127, poz. 2;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C667902" w14:textId="77777777" w:rsidR="004B303B" w:rsidRDefault="004B303B" w:rsidP="00670939">
+    <w:p w14:paraId="299D69E4" w14:textId="77777777" w:rsidR="004B303B" w:rsidRDefault="004B303B" w:rsidP="00670939">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
       </w:pPr>
       <w:r>
-        <w:t>Administratorze danych osobowych – należy przez to rozumieć Administratora, o którym mowa w art. 4 pkt. 7 RODO, tj. odpowiednio Urząd Miasta Poznania lub miejską jednostkę organizacyjną (m.j.o.), które samodzielnie lub wspólnie z innymi ustalają cele i sposoby przetwarzania danych osobowych;</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="123D22FD" w14:textId="77777777" w:rsidR="00EB3543" w:rsidRDefault="004B303B" w:rsidP="00670939">
+        <w:t>Administratorze danych osobowych – należy przez to rozumieć Administratora, o którym mowa w art. 4 pkt. 7 RODO, tj. odpowiednio Urząd Miasta Poznania lub miejską jednostkę organizacyjną (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>m.j.o</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>.), które samodzielnie lub wspólnie z innymi ustalają cele i sposoby przetwarzania danych osobowych;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16F42819" w14:textId="77777777" w:rsidR="00EB3543" w:rsidRDefault="004B303B" w:rsidP="00670939">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Poznań CityLab – należy przez to rozumieć laboratorium miejskie (przestrzeń zarówno fizyczna, jak i wirtualna) służące weryfikacji pomysłów, testowaniu </w:t>
+        <w:t xml:space="preserve">Poznań </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>CityLab</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> – należy przez to rozumieć laboratorium miejskie (przestrzeń zarówno fizyczna, jak i wirtualna) służące weryfikacji pomysłów, testowaniu </w:t>
       </w:r>
       <w:r>
         <w:lastRenderedPageBreak/>
-        <w:t>rozwiązań przede wszystkim cyfrowych, opartych o wschodzące technologie takie jak sztuczna inteligencja, uczenie maszynowe, big data, internet rzeczy, blockchain. Technologie będące źródłem innowacji dla Miasta, animujące miejski ekosystem oraz wspierające inicjatywy łączące interesariuszy. Rozwiązania stanowiące bank wiedzy o projektach, narzędziach i zasobach smart city. Częścią Poznań CityLab jest Welcome Center pokazujące potencjał Miasta, wdrażane innowacje i współpracę środowisk w inteligentnym mieście.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="4E73FA02" w14:textId="77777777" w:rsidR="00041CB2" w:rsidRDefault="00FA5602" w:rsidP="00041CB2">
+        <w:t xml:space="preserve">rozwiązań przede wszystkim cyfrowych, opartych o wschodzące technologie takie jak sztuczna inteligencja, uczenie maszynowe, big data, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>internet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> rzeczy, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>blockchain</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">. Technologie będące źródłem innowacji dla Miasta, animujące miejski ekosystem oraz wspierające inicjatywy łączące interesariuszy. Rozwiązania stanowiące bank wiedzy o projektach, narzędziach i zasobach smart </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>city</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">. Częścią Poznań </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>CityLab</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> jest </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Welcome</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> Center pokazujące potencjał Miasta, wdrażane innowacje i współpracę środowisk w inteligentnym mieście.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2FB2F983" w14:textId="77777777" w:rsidR="00041CB2" w:rsidRDefault="00FA5602" w:rsidP="00041CB2">
       <w:pPr>
         <w:pStyle w:val="Nagwek2"/>
       </w:pPr>
       <w:r>
         <w:t>Rozdział I Struktura organizacyjna</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="524AFE1C" w14:textId="77777777" w:rsidR="00041CB2" w:rsidRPr="00041CB2" w:rsidRDefault="00041CB2" w:rsidP="00041CB2">
+    <w:p w14:paraId="001AD370" w14:textId="77777777" w:rsidR="00041CB2" w:rsidRPr="00041CB2" w:rsidRDefault="00041CB2" w:rsidP="00041CB2">
       <w:pPr>
         <w:pStyle w:val="Nagwek3"/>
       </w:pPr>
       <w:r>
         <w:t>§ 1</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22035AC8" w14:textId="77777777" w:rsidR="007C2B4C" w:rsidRDefault="007C2B4C" w:rsidP="00526D8C">
+    <w:p w14:paraId="202E0FAF" w14:textId="77777777" w:rsidR="007C2B4C" w:rsidRDefault="007C2B4C" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Pracą b</w:t>
       </w:r>
       <w:r w:rsidRPr="00041CB2">
         <w:t xml:space="preserve">iura kieruje </w:t>
       </w:r>
       <w:r>
         <w:t>d</w:t>
       </w:r>
       <w:r w:rsidRPr="00041CB2">
         <w:t xml:space="preserve">yrektor przy pomocy </w:t>
       </w:r>
       <w:r>
         <w:t>z</w:t>
       </w:r>
       <w:r w:rsidRPr="00041CB2">
         <w:t xml:space="preserve">astępcy </w:t>
       </w:r>
       <w:r>
         <w:t>d</w:t>
       </w:r>
       <w:r w:rsidRPr="00041CB2">
         <w:t xml:space="preserve">yrektora ds. </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>c</w:t>
       </w:r>
       <w:r w:rsidRPr="00041CB2">
-        <w:t>yberbezpieczeństwa.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="75BE5FA1" w14:textId="77777777" w:rsidR="007C2B4C" w:rsidRDefault="007C2B4C" w:rsidP="00526D8C">
+        <w:t>yberbezpieczeństwa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00041CB2">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="221C758F" w14:textId="77777777" w:rsidR="007C2B4C" w:rsidRDefault="007C2B4C" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Dyrektor przy pomocy zastępcy zarządza biurem zgodnie ze standardami kontroli zarządczej wspomaganymi systemem zarządzania zgodnym z wymaganiami normy PN-EN ISO 9001:2015.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="23678D70" w14:textId="77777777" w:rsidR="00FA5602" w:rsidRDefault="007C2B4C" w:rsidP="00526D8C">
+    <w:p w14:paraId="38D6ADAA" w14:textId="77777777" w:rsidR="00496383" w:rsidRDefault="00496383" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
       </w:pPr>
+      <w:r w:rsidRPr="00496383">
+        <w:t xml:space="preserve">Wsparcie koordynacyjne w zakresie utrzymania i doskonalenia systemu zarządzania zgodnego z wymaganiami normy PN-EN ISO 9001:2015 oraz standardów kontroli zarządczej w </w:t>
+      </w:r>
+      <w:r w:rsidR="00857EB2">
+        <w:t>biurze</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00496383">
+        <w:t>, zapewnia wyznaczony przez dyrektora pracownik biura.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1ED12DDF" w14:textId="77777777" w:rsidR="00FA5602" w:rsidRDefault="007C2B4C" w:rsidP="00526D8C">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+      </w:pPr>
       <w:r>
         <w:t>Realizacja zadań biura oparta jest na podejściu procesowym, zgodnym z normą określoną w ust. 2</w:t>
       </w:r>
       <w:r w:rsidR="00FA5602">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="56A9D588" w14:textId="77777777" w:rsidR="00FA5602" w:rsidRDefault="00FA5602" w:rsidP="00FA5602">
+    <w:p w14:paraId="59D9990E" w14:textId="77777777" w:rsidR="00FA5602" w:rsidRDefault="00FA5602" w:rsidP="00FA5602">
       <w:pPr>
         <w:pStyle w:val="Nagwek3"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">§ </w:t>
       </w:r>
       <w:r w:rsidR="00041CB2">
         <w:t>2</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C71A60F" w14:textId="77777777" w:rsidR="007C2B4C" w:rsidRDefault="007C2B4C" w:rsidP="00670939">
+    <w:p w14:paraId="0BD18E26" w14:textId="77777777" w:rsidR="007C2B4C" w:rsidRDefault="007C2B4C" w:rsidP="00670939">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>W strukturze organizacyjnej biura funkcjonuje Pełnomocnik Prezydenta Miasta Poznania ds. Smart City – dyrektor biura.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3EFC7D9E" w14:textId="77777777" w:rsidR="007C2B4C" w:rsidRDefault="007C2B4C" w:rsidP="00670939">
+    <w:p w14:paraId="0146F60A" w14:textId="77777777" w:rsidR="007C2B4C" w:rsidRDefault="007C2B4C" w:rsidP="00670939">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Zadania Pełnomocnika, o którym mowa w ust. 1, określa zarządzenie Prezydenta.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="776BED03" w14:textId="77777777" w:rsidR="00041CB2" w:rsidRDefault="007C2B4C" w:rsidP="00670939">
+    <w:p w14:paraId="1A5993E2" w14:textId="77777777" w:rsidR="00041CB2" w:rsidRDefault="007C2B4C" w:rsidP="00670939">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Pełnomocnik, o którym mowa w ust. 1, realizuje swoje zadania przy pomocy </w:t>
       </w:r>
       <w:r w:rsidR="00D24DA1">
         <w:t>b</w:t>
       </w:r>
       <w:r w:rsidR="00041CB2">
         <w:t>iura.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02708B66" w14:textId="77777777" w:rsidR="00FA5602" w:rsidRDefault="00FA5602" w:rsidP="00FA5602">
+    <w:p w14:paraId="798B0C0F" w14:textId="77777777" w:rsidR="00FA5602" w:rsidRDefault="00FA5602" w:rsidP="00FA5602">
       <w:pPr>
         <w:pStyle w:val="Nagwek3"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">§ </w:t>
       </w:r>
       <w:r w:rsidR="00041CB2">
         <w:t>3</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="32A06C8C" w14:textId="77777777" w:rsidR="00FA5602" w:rsidRDefault="0055025E" w:rsidP="00041CB2">
+    <w:p w14:paraId="665A8150" w14:textId="77777777" w:rsidR="00FA5602" w:rsidRDefault="0055025E" w:rsidP="00041CB2">
       <w:r>
         <w:t xml:space="preserve">Biuro </w:t>
       </w:r>
       <w:r w:rsidR="00FA5602">
         <w:t>dzieli się na następujące oddziały i stanowiska pracy:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4F70FBF2" w14:textId="77777777" w:rsidR="007C2B4C" w:rsidRDefault="007C2B4C" w:rsidP="00670939">
+    <w:p w14:paraId="391FC4D6" w14:textId="77777777" w:rsidR="007C2B4C" w:rsidRDefault="007C2B4C" w:rsidP="00670939">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
       </w:pPr>
       <w:r>
-        <w:t>Oddział Serwisów i Technologii Informacyjnych, w skład którego wchodzi:</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="3C7E4F87" w14:textId="77777777" w:rsidR="001D180D" w:rsidRDefault="007C2B4C" w:rsidP="00670939">
+        <w:t xml:space="preserve">Oddział Serwisów i Technologii Informacyjnych, w </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>skład</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> którego wchodzi:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12CF195E" w14:textId="77777777" w:rsidR="001D180D" w:rsidRDefault="007C2B4C" w:rsidP="00670939">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>kierownik oddziału,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="54BDB500" w14:textId="77777777" w:rsidR="001D180D" w:rsidRDefault="007C2B4C" w:rsidP="00670939">
+    <w:p w14:paraId="2E0CD389" w14:textId="77777777" w:rsidR="001D180D" w:rsidRDefault="007C2B4C" w:rsidP="00670939">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>stanowisko ds. redakcji serwisów informacyjnych,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0CD59B5E" w14:textId="77777777" w:rsidR="001D180D" w:rsidRDefault="007C2B4C" w:rsidP="00670939">
+    <w:p w14:paraId="3D1C04F0" w14:textId="77777777" w:rsidR="001D180D" w:rsidRDefault="007C2B4C" w:rsidP="00670939">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">stanowisko ds. </w:t>
       </w:r>
       <w:r w:rsidR="005301C8">
         <w:t>zarządzania i optymalizacji treści</w:t>
       </w:r>
       <w:r>
         <w:t>,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="79B61ADE" w14:textId="77777777" w:rsidR="001D180D" w:rsidRDefault="007C2B4C" w:rsidP="00670939">
+    <w:p w14:paraId="76F640AD" w14:textId="77777777" w:rsidR="001D180D" w:rsidRDefault="007C2B4C" w:rsidP="00670939">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>stanowisko ds. danych i serwisów informacyjnych,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A31BFEA" w14:textId="77777777" w:rsidR="001D180D" w:rsidRDefault="007C2B4C" w:rsidP="00670939">
+    <w:p w14:paraId="601C36B7" w14:textId="77777777" w:rsidR="001D180D" w:rsidRDefault="007C2B4C" w:rsidP="00670939">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>stanowisko ds. multimediów i serwisów informacyjnych,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="419C6B38" w14:textId="77777777" w:rsidR="00B65698" w:rsidRDefault="00B65698" w:rsidP="00670939">
+    <w:p w14:paraId="356BECB6" w14:textId="77777777" w:rsidR="00B65698" w:rsidRDefault="00B65698" w:rsidP="00670939">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>stanowisko ds. wdrażania i monitorowania dostępności cyfrowej</w:t>
       </w:r>
       <w:r w:rsidR="00300133">
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="28CA1CCF" w14:textId="77777777" w:rsidR="007C2B4C" w:rsidRDefault="006127B7" w:rsidP="00670939">
+    <w:p w14:paraId="0864E0FB" w14:textId="77777777" w:rsidR="007C2B4C" w:rsidRDefault="006127B7" w:rsidP="00670939">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Oddział </w:t>
       </w:r>
       <w:r w:rsidR="003167A8">
         <w:t>Cyfryzacji i Smart City</w:t>
       </w:r>
       <w:r w:rsidR="007C2B4C">
         <w:t>, w którego skład wchodzą:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6CC00664" w14:textId="77777777" w:rsidR="001D180D" w:rsidRDefault="00F076A3" w:rsidP="00670939">
+    <w:p w14:paraId="2117AF03" w14:textId="77777777" w:rsidR="001D180D" w:rsidRDefault="00F076A3" w:rsidP="00670939">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
       </w:pPr>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>kierownik oddziału</w:t>
       </w:r>
       <w:r w:rsidR="00D62C57">
         <w:t>,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1DC21853" w14:textId="77777777" w:rsidR="001D180D" w:rsidRDefault="00D62C57" w:rsidP="00670939">
+    <w:p w14:paraId="24A1D7EA" w14:textId="77777777" w:rsidR="001D180D" w:rsidRDefault="00D62C57" w:rsidP="00670939">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>stanowisko ds.</w:t>
       </w:r>
       <w:r w:rsidR="00EA79DF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="006858CD">
         <w:t xml:space="preserve">projektowania i rozwoju </w:t>
       </w:r>
       <w:r w:rsidR="00067348">
         <w:t>produktów cyfrowych</w:t>
       </w:r>
       <w:r w:rsidR="007C2B4C">
         <w:t>,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A2BF481" w14:textId="77777777" w:rsidR="001A0DEC" w:rsidRDefault="001A0DEC" w:rsidP="00670939">
+    <w:p w14:paraId="6FE4ECF8" w14:textId="77777777" w:rsidR="001A0DEC" w:rsidRDefault="001A0DEC" w:rsidP="00670939">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>stanowisko ds. projektów cyfrowych,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="434FD639" w14:textId="77777777" w:rsidR="001D180D" w:rsidRDefault="007C2B4C" w:rsidP="00670939">
+    <w:p w14:paraId="3C63D271" w14:textId="77777777" w:rsidR="001D180D" w:rsidRDefault="007C2B4C" w:rsidP="00670939">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">stanowisko ds. </w:t>
       </w:r>
       <w:r w:rsidR="006232B3">
         <w:t>S</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">mart </w:t>
       </w:r>
       <w:r w:rsidR="006232B3">
         <w:t>C</w:t>
       </w:r>
       <w:r>
         <w:t>ity,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="68DA2EFB" w14:textId="77777777" w:rsidR="001D180D" w:rsidRDefault="007C2B4C" w:rsidP="00670939">
+    <w:p w14:paraId="5C8D05B3" w14:textId="77777777" w:rsidR="001D180D" w:rsidRDefault="007C2B4C" w:rsidP="00670939">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">stanowisko ds. innowacji </w:t>
       </w:r>
       <w:r w:rsidR="00DD0AAD">
         <w:t>cyfrowych</w:t>
       </w:r>
       <w:r w:rsidR="00FA77F9">
         <w:t>,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="15495111" w14:textId="77777777" w:rsidR="007C2B4C" w:rsidRDefault="0023764D" w:rsidP="00670939">
+    <w:p w14:paraId="29209D43" w14:textId="77777777" w:rsidR="007C2B4C" w:rsidRDefault="0023764D" w:rsidP="00670939">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>stanowisko ds. integracji systemów</w:t>
       </w:r>
       <w:r w:rsidR="00A31519">
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="38B7B2A6" w14:textId="77777777" w:rsidR="00A608CC" w:rsidRDefault="009F2ABB" w:rsidP="00670939">
+    <w:p w14:paraId="633DE922" w14:textId="77777777" w:rsidR="00A608CC" w:rsidRDefault="009F2ABB" w:rsidP="00670939">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Oddział Ochrony Danych </w:t>
       </w:r>
       <w:r w:rsidR="00DF76CF">
         <w:t xml:space="preserve">dla </w:t>
       </w:r>
       <w:r>
         <w:t>Miejskich Jednostek Organizacyjnych</w:t>
       </w:r>
       <w:r w:rsidR="00A608CC">
         <w:t>, w którego skład wchodzą:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A4D49FE" w14:textId="77777777" w:rsidR="001E7889" w:rsidRDefault="00A608CC" w:rsidP="00670939">
+    <w:p w14:paraId="5925965D" w14:textId="77777777" w:rsidR="001E7889" w:rsidRDefault="00A608CC" w:rsidP="00670939">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">kierownik oddziału – Inspektor Ochrony Danych </w:t>
       </w:r>
       <w:r w:rsidR="005566AE">
         <w:t>dla m</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">iejskich </w:t>
       </w:r>
       <w:r w:rsidR="005566AE">
         <w:t>j</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ednostek </w:t>
       </w:r>
       <w:r w:rsidR="005566AE">
         <w:t>o</w:t>
       </w:r>
       <w:r>
         <w:t>rganizacyjnych,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="021C7E41" w14:textId="77777777" w:rsidR="00F547BA" w:rsidRDefault="00F547BA" w:rsidP="00670939">
+    <w:p w14:paraId="120665E6" w14:textId="77777777" w:rsidR="00F547BA" w:rsidRDefault="00E549E3" w:rsidP="00670939">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
       </w:pPr>
       <w:r>
-        <w:t>Zastępca Inspektora Ochrony Danych dla miejskich jednostek organizacyjnych,</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="1A242329" w14:textId="77777777" w:rsidR="009F2ABB" w:rsidRDefault="00A608CC" w:rsidP="00670939">
+        <w:t>z</w:t>
+      </w:r>
+      <w:r w:rsidR="00F547BA">
+        <w:t>astępca Inspektora Ochrony Danych dla miejskich jednostek organizacyjnych,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A7FE28D" w14:textId="77777777" w:rsidR="009F2ABB" w:rsidRDefault="00A608CC" w:rsidP="00670939">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">stanowisko ds. ochrony danych; </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7765A16D" w14:textId="77777777" w:rsidR="00F547BA" w:rsidRDefault="00F547BA" w:rsidP="00670939">
+    <w:p w14:paraId="37230554" w14:textId="77777777" w:rsidR="00F547BA" w:rsidRDefault="00F547BA" w:rsidP="00670939">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>stanowisko ds. koordynacji bezpieczeństwa informacji;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="10EED906" w14:textId="77777777" w:rsidR="001D180D" w:rsidRDefault="007C2B4C" w:rsidP="00670939">
+    <w:p w14:paraId="559033A4" w14:textId="77777777" w:rsidR="001D180D" w:rsidRDefault="007C2B4C" w:rsidP="00670939">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>stanowisko ds. zabezpieczania zasobów informacyjnych;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="36086990" w14:textId="77777777" w:rsidR="001D180D" w:rsidRDefault="007C2B4C" w:rsidP="00670939">
+    <w:p w14:paraId="181A0966" w14:textId="77777777" w:rsidR="001D180D" w:rsidRDefault="007C2B4C" w:rsidP="00670939">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>stanowisko ds. koordynacji SOC;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7BC67D7E" w14:textId="77777777" w:rsidR="001D180D" w:rsidRDefault="007C2B4C" w:rsidP="00670939">
+    <w:p w14:paraId="39E75A55" w14:textId="77777777" w:rsidR="001D180D" w:rsidRDefault="007C2B4C" w:rsidP="00670939">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>stanowisko ds. operacyjnych SOC;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="08C95638" w14:textId="77777777" w:rsidR="001D180D" w:rsidRDefault="007C2B4C" w:rsidP="00670939">
+    <w:p w14:paraId="7B814545" w14:textId="77777777" w:rsidR="001D180D" w:rsidRDefault="007C2B4C" w:rsidP="00670939">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Inspektor Ochrony Danych dla Urzędu Miasta Poznania (w tym jego zastępcy na podstawie art. 11a ustawy o ochronie danych osobowych);</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2EFD572B" w14:textId="77777777" w:rsidR="00F547BA" w:rsidRDefault="00F547BA" w:rsidP="00670939">
+    <w:p w14:paraId="294B5277" w14:textId="77777777" w:rsidR="00F547BA" w:rsidRDefault="00F547BA" w:rsidP="00670939">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>stanowisko ds. koordynacji budżetu i zamówień publicznych;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4805E8A2" w14:textId="77777777" w:rsidR="001D180D" w:rsidRDefault="007C2B4C" w:rsidP="00670939">
+    <w:p w14:paraId="49A7765F" w14:textId="77777777" w:rsidR="001D180D" w:rsidRDefault="007C2B4C" w:rsidP="00670939">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">stanowisko ds. </w:t>
       </w:r>
       <w:r w:rsidR="00FD7122">
         <w:t>administracyjno-finansowych</w:t>
       </w:r>
       <w:r>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="25BA6ACA" w14:textId="77777777" w:rsidR="00FA5602" w:rsidRDefault="007C2B4C" w:rsidP="00670939">
+    <w:p w14:paraId="3874FDDE" w14:textId="77777777" w:rsidR="00FA5602" w:rsidRDefault="007C2B4C" w:rsidP="00670939">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>stanowisko ds. organizacyjnych i obsługi sekretariatu</w:t>
       </w:r>
       <w:r w:rsidR="00DA32FC">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B9F9C59" w14:textId="77777777" w:rsidR="00FA5602" w:rsidRDefault="00FA5602" w:rsidP="00FA5602">
+    <w:p w14:paraId="7B3C01F1" w14:textId="77777777" w:rsidR="00FA5602" w:rsidRDefault="00FA5602" w:rsidP="00FA5602">
       <w:pPr>
         <w:pStyle w:val="Nagwek3"/>
       </w:pPr>
       <w:r>
         <w:t>§ 4</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="353E01C9" w14:textId="77777777" w:rsidR="00F46A32" w:rsidRDefault="009A4C4C" w:rsidP="00670939">
+    <w:p w14:paraId="482361A7" w14:textId="77777777" w:rsidR="00F46A32" w:rsidRDefault="009A4C4C" w:rsidP="00670939">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Dyrektor organizuje wykonanie zadań należących do biura oraz reprezentuje je na zewnątrz.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26D754D0" w14:textId="77777777" w:rsidR="009A4C4C" w:rsidRDefault="009A4C4C" w:rsidP="00670939">
+    <w:p w14:paraId="10661B1D" w14:textId="77777777" w:rsidR="009A4C4C" w:rsidRDefault="009A4C4C" w:rsidP="00670939">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Dyrektor sprawuje bezpośredni nadzór nad:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2DDD6C68" w14:textId="77777777" w:rsidR="009A4C4C" w:rsidRDefault="009A4C4C" w:rsidP="00670939">
+    <w:p w14:paraId="382ADA0A" w14:textId="77777777" w:rsidR="009A4C4C" w:rsidRDefault="009A4C4C" w:rsidP="00670939">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="19"/>
         </w:numPr>
       </w:pPr>
       <w:r>
-        <w:t>zastępcą dyrektora ds. cyberbezpieczeństwa;</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="22949824" w14:textId="77777777" w:rsidR="009A4C4C" w:rsidRDefault="009A4C4C" w:rsidP="00670939">
+        <w:t xml:space="preserve">zastępcą dyrektora ds. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>cyberbezpieczeństwa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5EFB7571" w14:textId="77777777" w:rsidR="009A4C4C" w:rsidRDefault="009A4C4C" w:rsidP="00670939">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="19"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Oddziałem Serwisów i Technologii Informacyjnych;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="399D660F" w14:textId="77777777" w:rsidR="009A4C4C" w:rsidRDefault="00DC11AF" w:rsidP="00670939">
+    <w:p w14:paraId="6FD558A6" w14:textId="77777777" w:rsidR="009A4C4C" w:rsidRDefault="00DC11AF" w:rsidP="00670939">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="19"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Oddziałem </w:t>
       </w:r>
       <w:r w:rsidR="00D34241">
         <w:t>Cyfryzacji i Smart City</w:t>
       </w:r>
       <w:r w:rsidR="009A4C4C">
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="66612424" w14:textId="77777777" w:rsidR="00F547BA" w:rsidRDefault="00F547BA" w:rsidP="00670939">
+    <w:p w14:paraId="66B6C805" w14:textId="77777777" w:rsidR="00F547BA" w:rsidRDefault="00F547BA" w:rsidP="00670939">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="19"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>stanowiskiem ds. koordynacji budżetu i zamówień publicznych;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37B458FD" w14:textId="77777777" w:rsidR="009A4C4C" w:rsidRDefault="009A4C4C" w:rsidP="00670939">
+    <w:p w14:paraId="0D24616E" w14:textId="77777777" w:rsidR="009A4C4C" w:rsidRDefault="009A4C4C" w:rsidP="00670939">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="19"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">stanowiskiem ds. </w:t>
       </w:r>
       <w:r w:rsidR="00FD7122">
         <w:t>administracyjno-finansowych</w:t>
       </w:r>
       <w:r>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1CC6A892" w14:textId="77777777" w:rsidR="009A4C4C" w:rsidRDefault="009A4C4C" w:rsidP="00670939">
+    <w:p w14:paraId="47BA64DE" w14:textId="77777777" w:rsidR="009A4C4C" w:rsidRDefault="009A4C4C" w:rsidP="00670939">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="19"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>stanowiskiem ds. organizacyjnych i obsługi sekretariatu.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C3DA788" w14:textId="77777777" w:rsidR="009A4C4C" w:rsidRDefault="009A4C4C" w:rsidP="00670939">
+    <w:p w14:paraId="54BC836C" w14:textId="77777777" w:rsidR="009A4C4C" w:rsidRDefault="009A4C4C" w:rsidP="00670939">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Dyrektor pełni jednocześnie funkcję:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3450D29D" w14:textId="77777777" w:rsidR="009A4C4C" w:rsidRDefault="009A4C4C" w:rsidP="00670939">
+    <w:p w14:paraId="5F0A99DA" w14:textId="77777777" w:rsidR="009A4C4C" w:rsidRDefault="009A4C4C" w:rsidP="00670939">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="20"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Przewodniczącego Zespołu zadaniowego ds. wprowadzenia systemu elektronicznego zarządzania dokumentacją w Urzędzie Miasta Poznania;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1BACB272" w14:textId="77777777" w:rsidR="009A4C4C" w:rsidRDefault="009A4C4C" w:rsidP="00670939">
+    <w:p w14:paraId="34BD354F" w14:textId="77777777" w:rsidR="009A4C4C" w:rsidRDefault="009A4C4C" w:rsidP="00670939">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="20"/>
         </w:numPr>
       </w:pPr>
       <w:r>
-        <w:t>Przewodniczącego Zespołu zadaniowego ds. wdrażania innowacji i rozwoju Miasta w koncepcji smart city;</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="4B4677FC" w14:textId="77777777" w:rsidR="00FF6924" w:rsidRDefault="00FF6924" w:rsidP="00670939">
+        <w:t xml:space="preserve">Przewodniczącego Zespołu zadaniowego ds. wdrażania innowacji i rozwoju Miasta w koncepcji smart </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>city</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59B2EDDE" w14:textId="77777777" w:rsidR="00FF6924" w:rsidRDefault="00FF6924" w:rsidP="00670939">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="20"/>
         </w:numPr>
       </w:pPr>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Przewodniczącego Zespołu ds. </w:t>
       </w:r>
       <w:r w:rsidR="72FAEE2C" w:rsidRPr="55F01363">
         <w:t>ustalenia zasad funkcjonowania Centralnej Kartoteki Kontrahentów</w:t>
       </w:r>
       <w:r>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6975DDB4" w14:textId="77777777" w:rsidR="00FA5602" w:rsidRDefault="009A4C4C" w:rsidP="00670939">
+    <w:p w14:paraId="405C3324" w14:textId="77777777" w:rsidR="00FA5602" w:rsidRDefault="009A4C4C" w:rsidP="00670939">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="20"/>
         </w:numPr>
       </w:pPr>
       <w:r>
-        <w:t>Przewodniczącego Zespołu ds. Bezpieczeństwa Informacji oraz jest osobą odpowiedzialną za utrzymywanie kontaktów z podmiotami krajowego systemu cyberbezpieczeństwa.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="69C73674" w14:textId="77777777" w:rsidR="00F86FD0" w:rsidRDefault="00F86FD0" w:rsidP="00F86FD0">
+        <w:t xml:space="preserve">Przewodniczącego Zespołu ds. Bezpieczeństwa Informacji oraz jest osobą odpowiedzialną za utrzymywanie kontaktów z podmiotami krajowego systemu </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>cyberbezpieczeństwa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C22CF96" w14:textId="77777777" w:rsidR="00F86FD0" w:rsidRDefault="00F86FD0" w:rsidP="00F86FD0">
       <w:pPr>
         <w:pStyle w:val="Nagwek3"/>
       </w:pPr>
       <w:r>
         <w:t>§ 5</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A80E7D8" w14:textId="77777777" w:rsidR="00986953" w:rsidRDefault="00986953" w:rsidP="00670939">
+    <w:p w14:paraId="4E82695C" w14:textId="77777777" w:rsidR="00986953" w:rsidRDefault="00986953" w:rsidP="00670939">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
       </w:pPr>
       <w:r>
-        <w:t>Zastępca dyrektora ds. cyberbezpieczeństwa sprawuje bezpośredni nadzór nad:</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="5E4B0BEE" w14:textId="77777777" w:rsidR="006A0C7E" w:rsidRDefault="006A0C7E" w:rsidP="00670939">
+        <w:t xml:space="preserve">Zastępca dyrektora ds. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>cyberbezpieczeństwa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> sprawuje bezpośredni nadzór nad:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C10CD47" w14:textId="77777777" w:rsidR="006A0C7E" w:rsidRDefault="006A0C7E" w:rsidP="00670939">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="13"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="006A0C7E">
         <w:t xml:space="preserve">Oddziałem Ochrony Danych dla Miejskich Jednostek Organizacyjnych z </w:t>
       </w:r>
       <w:r w:rsidR="0073415F">
         <w:t>uwzględnieniem</w:t>
       </w:r>
       <w:r w:rsidRPr="006A0C7E">
         <w:t xml:space="preserve"> § 6 ust.3;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="001587BA" w14:textId="77777777" w:rsidR="00F547BA" w:rsidRDefault="00986953" w:rsidP="00670939">
+    <w:p w14:paraId="2BA01B59" w14:textId="77777777" w:rsidR="00F547BA" w:rsidRDefault="00986953" w:rsidP="00670939">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="13"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">stanowiskiem ds. </w:t>
       </w:r>
       <w:r w:rsidR="00F547BA">
         <w:t>koordynacji bezpieczeństwa informacji;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55048B03" w14:textId="77777777" w:rsidR="00986953" w:rsidRDefault="00F547BA" w:rsidP="00670939">
+    <w:p w14:paraId="3845F73B" w14:textId="77777777" w:rsidR="00986953" w:rsidRDefault="00F547BA" w:rsidP="00670939">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="13"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">stanowiskiem ds. </w:t>
       </w:r>
       <w:r w:rsidR="00986953">
         <w:t>zabezpieczania zasobów informacyjnych;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A55E4E2" w14:textId="77777777" w:rsidR="00986953" w:rsidRDefault="00986953" w:rsidP="00670939">
+    <w:p w14:paraId="6F2A5A5D" w14:textId="77777777" w:rsidR="00986953" w:rsidRDefault="00986953" w:rsidP="00670939">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="13"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>stanowiskiem ds. koordynacji SOC;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C3A7DB4" w14:textId="77777777" w:rsidR="00986953" w:rsidRDefault="00986953" w:rsidP="00670939">
+    <w:p w14:paraId="46D98A03" w14:textId="77777777" w:rsidR="00986953" w:rsidRDefault="00986953" w:rsidP="00670939">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="13"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>stanowiskiem ds. operacyjnych SOC.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2AF546CC" w14:textId="77777777" w:rsidR="00986953" w:rsidRDefault="00986953" w:rsidP="00670939">
+    <w:p w14:paraId="2290620B" w14:textId="77777777" w:rsidR="00986953" w:rsidRDefault="00986953" w:rsidP="00670939">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
       </w:pPr>
       <w:r>
-        <w:t>Zastępca dyrektora ds. cyberbezpieczeństwa podlega dyrektorowi biura.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="1EA9C2DF" w14:textId="77777777" w:rsidR="00986953" w:rsidRDefault="00986953" w:rsidP="00670939">
+        <w:t xml:space="preserve">Zastępca dyrektora ds. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>cyberbezpieczeństwa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> podlega dyrektorowi biura.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="180E0861" w14:textId="77777777" w:rsidR="00986953" w:rsidRDefault="00986953" w:rsidP="00670939">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
       </w:pPr>
       <w:r>
-        <w:t>Zastępca dyrektora ds. cyberbezpieczeństwa zastępuje dyrektora w zakresie utrzymywania kontaktów z podmiotami krajowego systemu cyberbezpieczeństwa oraz w Zespole ds. Bezpieczeństwa Informacji.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="71A5B8C7" w14:textId="77777777" w:rsidR="00F86FD0" w:rsidRDefault="00986953" w:rsidP="00670939">
+        <w:t xml:space="preserve">Zastępca dyrektora ds. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>cyberbezpieczeństwa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> zastępuje dyrektora w zakresie utrzymywania kontaktów z podmiotami krajowego systemu </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>cyberbezpieczeństwa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> oraz w Zespole ds. Bezpieczeństwa Informacji.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D64368B" w14:textId="77777777" w:rsidR="00F86FD0" w:rsidRDefault="00986953" w:rsidP="00670939">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Zastępca dyrektora ds. cyberbezpieczeństwa wykonuje obowiązki dyrektora podczas jego nieobecności w zakresie wynikającym z zadań określonych w </w:t>
+        <w:t xml:space="preserve">Zastępca dyrektora ds. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>cyberbezpieczeństwa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> wykonuje obowiązki dyrektora podczas jego nieobecności w zakresie wynikającym z zadań określonych w </w:t>
       </w:r>
       <w:r w:rsidR="00D24DA1">
         <w:t>r</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">egulaminie </w:t>
       </w:r>
       <w:r w:rsidR="00D24DA1">
         <w:t>o</w:t>
       </w:r>
       <w:r>
         <w:t>rganizacyjnym biura i zarządzeniach Prezydenta oraz w zakresie odrębnie udzielonych upoważnień i pełnomocnictw.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7DAEAD57" w14:textId="77777777" w:rsidR="00F86FD0" w:rsidRDefault="00F86FD0" w:rsidP="00F86FD0">
+    <w:p w14:paraId="388D7360" w14:textId="77777777" w:rsidR="00F86FD0" w:rsidRDefault="00F86FD0" w:rsidP="00F86FD0">
       <w:pPr>
         <w:pStyle w:val="Nagwek3"/>
       </w:pPr>
       <w:r>
         <w:t>§ 6</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="313CD6F8" w14:textId="77777777" w:rsidR="001715C9" w:rsidRDefault="001715C9" w:rsidP="00670939">
+    <w:p w14:paraId="258FED8A" w14:textId="77777777" w:rsidR="001715C9" w:rsidRDefault="001715C9" w:rsidP="00670939">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
       </w:pPr>
       <w:r>
-        <w:t>Stanowisko Inspektora Ochrony Danych dla Urzędu Miasta Poznania (i jego zastępców) podlega merytorycznie Prezydentowi jako Administratorowi danych osobowych, a organizacyjnie – zastępcy dyrektora ds. cyberbezpieczeństwa.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="060FC562" w14:textId="77777777" w:rsidR="001715C9" w:rsidRDefault="001715C9" w:rsidP="00670939">
+        <w:t xml:space="preserve">Stanowisko Inspektora Ochrony Danych dla Urzędu Miasta Poznania (i jego zastępców) podlega merytorycznie Prezydentowi jako Administratorowi danych osobowych, a organizacyjnie – zastępcy dyrektora ds. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>cyberbezpieczeństwa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D987B6F" w14:textId="77777777" w:rsidR="001715C9" w:rsidRDefault="001715C9" w:rsidP="00670939">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
       </w:pPr>
       <w:r>
-        <w:t>Inspektora Ochrony Danych dla Urzędu Miasta Poznania (stanowisko 01) zastępuje pracownik zatrudniony na stanowisku pierwszego Zastępcy Inspektora Ochrony Danych dla Urzędu Miasta Poznania (stanowisko 02), a w przypadku jego nieobecności – pracownik zatrudniony na stanowisku drugiego Zastępcy Inspektora Ochrony Danych dla Urzędu Miasta Poznania (stanowisko 03).</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="2613F98D" w14:textId="77777777" w:rsidR="00FA5602" w:rsidRDefault="001715C9" w:rsidP="00670939">
+        <w:t>Inspektora Ochrony Danych dla Urzędu Miasta Poznania (01) zastępuje pracownik zatrudniony na stanowisku Inspektora Ochrony Danych dla Urzędu Miasta Poznania (02)</w:t>
+      </w:r>
+      <w:r w:rsidR="00611142">
+        <w:t xml:space="preserve"> – pierwszy zastępca IOD</w:t>
+      </w:r>
+      <w:r>
+        <w:t>, a w przypadku jego nieobecności – pracownik zatrudniony na stanowisku Inspektora Ochrony Danych dla Urzędu Miasta Poznania (03)</w:t>
+      </w:r>
+      <w:r w:rsidR="00FB1B9E">
+        <w:t xml:space="preserve"> – drugi zastępca IOD</w:t>
+      </w:r>
+      <w:r w:rsidR="00A670BC">
+        <w:t xml:space="preserve">, a w przypadku ich nieobecności </w:t>
+      </w:r>
+      <w:r w:rsidR="00FB1B9E">
+        <w:t xml:space="preserve">pracownik zatrudniony na stanowisku </w:t>
+      </w:r>
+      <w:r w:rsidR="00A670BC">
+        <w:t xml:space="preserve">Inspektora Ochrony </w:t>
+      </w:r>
+      <w:r w:rsidR="00FB1B9E">
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidR="00A670BC">
+        <w:t>anych dla Urzędu Miasta Poznania (04)</w:t>
+      </w:r>
+      <w:r w:rsidR="00FB1B9E">
+        <w:t xml:space="preserve"> – trzeci zastępca IOD</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7DC422EB" w14:textId="77777777" w:rsidR="00FA5602" w:rsidRDefault="001715C9" w:rsidP="00670939">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Stanowisko Inspektora Ochrony Danych dla miejskich jednostek organizacyjnych </w:t>
       </w:r>
       <w:r w:rsidR="005C7BD4">
         <w:t xml:space="preserve">(i jego zastępca) </w:t>
       </w:r>
       <w:r>
-        <w:t>podlega merytorycznie dyrektorowi miejskiej jednostki organizacyjnej będącej Administratorem danych osobowych, wyznaczonemu odrębnym dokumentem, a organizacyjnie – zastępcy dyrektora ds. cyberbezpieczeństwa</w:t>
-      </w:r>
+        <w:t xml:space="preserve">podlega merytorycznie dyrektorowi miejskiej jednostki organizacyjnej będącej Administratorem danych osobowych, wyznaczonemu odrębnym dokumentem, a organizacyjnie – zastępcy dyrektora ds. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>cyberbezpieczeństwa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00F86FD0">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67594B7F" w14:textId="77777777" w:rsidR="00F96500" w:rsidRDefault="00F96500" w:rsidP="00670939">
+    <w:p w14:paraId="687C8A27" w14:textId="77777777" w:rsidR="00F96500" w:rsidRDefault="00F96500" w:rsidP="00670939">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
       </w:pPr>
       <w:r>
-        <w:t>Inspektora Ochrony Danych dla miejskich jednostek organizacyjny zastępuje pracownik zatrudniony na stanowisku Zastępcy Inspektora Ochrony Danych dla miejskich jednostek organizacyjnych.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="67B22698" w14:textId="77777777" w:rsidR="00F86FD0" w:rsidRDefault="00F86FD0" w:rsidP="00F86FD0">
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Inspektora Ochrony Danych dla miejskich jednostek organizacyjny zastępuje pracownik zatrudniony na stanowisku </w:t>
+      </w:r>
+      <w:r w:rsidR="00E549E3">
+        <w:t>z</w:t>
+      </w:r>
+      <w:r>
+        <w:t>astępcy Inspektora Ochrony Danych dla miejskich jednostek organizacyjnych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0CCCF2E2" w14:textId="77777777" w:rsidR="00F86FD0" w:rsidRDefault="00F86FD0" w:rsidP="00F86FD0">
       <w:pPr>
         <w:pStyle w:val="Nagwek3"/>
       </w:pPr>
       <w:r>
         <w:t>§ 7</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="387F7ECB" w14:textId="77777777" w:rsidR="00F86FD0" w:rsidRDefault="00F86FD0" w:rsidP="00F86FD0">
+    <w:p w14:paraId="2D8E6D1E" w14:textId="77777777" w:rsidR="00F86FD0" w:rsidRDefault="00F86FD0" w:rsidP="00F86FD0">
       <w:r w:rsidRPr="00F86FD0">
         <w:t xml:space="preserve">Schemat struktury organizacyjnej </w:t>
       </w:r>
       <w:r w:rsidR="00D24DA1">
         <w:t>b</w:t>
       </w:r>
       <w:r w:rsidRPr="00F86FD0">
-        <w:t xml:space="preserve">iura i podporządkowanie poszczególnych oddziałów i stanowisk przedstawia załącznik Nr 1 do </w:t>
+        <w:t xml:space="preserve">iura i podporządkowanie poszczególnych oddziałów i stanowisk przedstawia załącznik </w:t>
+      </w:r>
+      <w:r w:rsidR="004E62E7">
+        <w:t>n</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F86FD0">
+        <w:t xml:space="preserve">r 1 do </w:t>
       </w:r>
       <w:r w:rsidR="00300133">
         <w:t>r</w:t>
       </w:r>
       <w:r w:rsidRPr="00F86FD0">
         <w:t>egulaminu.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E3008F7" w14:textId="77777777" w:rsidR="00FA5602" w:rsidRDefault="00FA5602" w:rsidP="00FA5602">
+    <w:p w14:paraId="4BFCE766" w14:textId="77777777" w:rsidR="00FA5602" w:rsidRDefault="00FA5602" w:rsidP="00FA5602">
       <w:pPr>
         <w:pStyle w:val="Nagwek2"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Rozdział II Zakres działania </w:t>
       </w:r>
       <w:r w:rsidR="0055025E">
         <w:t>b</w:t>
       </w:r>
       <w:r>
         <w:t>iura</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="63D4AFB0" w14:textId="77777777" w:rsidR="00FA5602" w:rsidRDefault="00FA5602" w:rsidP="00FA5602">
+    <w:p w14:paraId="4046032E" w14:textId="77777777" w:rsidR="00FA5602" w:rsidRDefault="00FA5602" w:rsidP="00FA5602">
       <w:pPr>
         <w:pStyle w:val="Nagwek3"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">§ </w:t>
       </w:r>
       <w:r w:rsidR="00F86FD0">
         <w:t>8</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7164E979" w14:textId="77777777" w:rsidR="00B65698" w:rsidRDefault="001715C9" w:rsidP="00FD7122">
+    <w:p w14:paraId="58F4CE5B" w14:textId="77777777" w:rsidR="00B65698" w:rsidRDefault="001715C9" w:rsidP="00FD7122">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Biuro prowadzi i koordynuje funkcjonowanie serwisów informacyjnych i internetowych Urzędu, podejmuje działania na rzecz ich integracji i rozwoju. </w:t>
       </w:r>
       <w:r w:rsidR="005301C8" w:rsidRPr="005301C8">
         <w:t>Monitor</w:t>
       </w:r>
       <w:r w:rsidR="005301C8">
         <w:t>uje</w:t>
       </w:r>
       <w:r w:rsidR="005301C8" w:rsidRPr="005301C8">
         <w:t xml:space="preserve"> i analiz</w:t>
       </w:r>
       <w:r w:rsidR="005301C8">
         <w:t>uje</w:t>
       </w:r>
       <w:r w:rsidR="005301C8" w:rsidRPr="005301C8">
         <w:t xml:space="preserve"> efektywnoś</w:t>
       </w:r>
       <w:r w:rsidR="005301C8">
         <w:t>ć</w:t>
       </w:r>
       <w:r w:rsidR="005301C8" w:rsidRPr="005301C8">
         <w:t xml:space="preserve"> treści pod kątem zaangażowania użytkowników, </w:t>
       </w:r>
       <w:r w:rsidR="00F20294">
         <w:t xml:space="preserve">współczynnika </w:t>
       </w:r>
       <w:r w:rsidR="005301C8" w:rsidRPr="005301C8">
         <w:t>konwersji i innych wskaźników.</w:t>
       </w:r>
       <w:r w:rsidR="005301C8">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Poprzez Pełnomocnika Prezydenta Miasta Poznania ds. Smart City biuro wdraża i koordynuje rozwiązania Smart City w celu poprawy funkcjonowania organizacji Urzędu oraz efektywniejszej realizacji zadań Prezydenta wynikających z przepisów prawa. </w:t>
       </w:r>
       <w:r w:rsidR="00FD7122">
         <w:t>W</w:t>
       </w:r>
       <w:r>
-        <w:t>spółpracuje z wydziałami i biurami Urzędu, miejskimi jednostkami organizacyjnymi, spółkami miejskimi i podmiotami zewnętrznymi w zakresie koncepcji Smart City i jej ewolucji poprzez Poznań CityLab. Koordynuje projekty miejskie dotyczące Smart City, Politykę Otwartych Danych,</w:t>
+        <w:t xml:space="preserve">spółpracuje z wydziałami i biurami Urzędu, miejskimi jednostkami organizacyjnymi, spółkami miejskimi i podmiotami zewnętrznymi w zakresie koncepcji Smart City i jej ewolucji poprzez Poznań </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>CityLab</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>. Koordynuje projekty miejskie dotyczące Smart City, Politykę Otwartych Danych,</w:t>
       </w:r>
       <w:r w:rsidR="007C0F6D" w:rsidRPr="007C0F6D">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">transformację cyfrową, innowacje </w:t>
       </w:r>
       <w:r w:rsidR="00FD7122">
         <w:t>oraz</w:t>
       </w:r>
       <w:r w:rsidR="00F96500">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">wdrożenia z zastosowaniem </w:t>
       </w:r>
       <w:r w:rsidR="00860B42">
         <w:t xml:space="preserve">nowoczesnych </w:t>
       </w:r>
       <w:r>
         <w:t>technologii</w:t>
       </w:r>
       <w:r w:rsidR="008120D6">
         <w:t xml:space="preserve"> w szczególności sztucznej inteligencji i big data</w:t>
       </w:r>
       <w:r w:rsidRPr="005301C8">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00FC2485" w:rsidRPr="005301C8">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Biuro koordynuje </w:t>
       </w:r>
       <w:r w:rsidR="00FC2485">
         <w:t xml:space="preserve">funkcjonowanie </w:t>
       </w:r>
       <w:r w:rsidR="00FC2485" w:rsidRPr="007C0F6D">
-        <w:t>programu benefitowego System usług dla mieszkańców Poznania</w:t>
+        <w:t xml:space="preserve">programu </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00FC2485" w:rsidRPr="007C0F6D">
+        <w:t>benefitowego</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00FC2485" w:rsidRPr="007C0F6D">
+        <w:t xml:space="preserve"> System usług dla mieszkańców Poznania</w:t>
       </w:r>
       <w:r w:rsidR="00781B60">
         <w:t xml:space="preserve"> (Program OK</w:t>
       </w:r>
       <w:r w:rsidR="00FC2485">
         <w:t xml:space="preserve"> Poznań). </w:t>
       </w:r>
       <w:r w:rsidR="00FD7122">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Z</w:t>
       </w:r>
       <w:r w:rsidR="00F241BD" w:rsidRPr="005301C8">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>arządza Centraln</w:t>
       </w:r>
       <w:r w:rsidR="0055025E" w:rsidRPr="005301C8">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>ą</w:t>
       </w:r>
@@ -1393,3380 +1654,3668 @@
       <w:r w:rsidR="00F241BD" w:rsidRPr="005301C8">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008120D6" w:rsidRPr="005301C8">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>tj.</w:t>
       </w:r>
       <w:r w:rsidR="00F241BD" w:rsidRPr="005301C8">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> zapewnia prawidłowe administrowanie zasobem, zwłaszcza w aspekcie ochrony danych i bezpieczeństwa informacji.</w:t>
       </w:r>
       <w:r w:rsidR="00D75D6D" w:rsidRPr="005301C8">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">Do zadań biura należy także określanie zasad i wytycznych zmierzających do budowy cyberbezpieczeństwa w </w:t>
+        <w:t xml:space="preserve">Do zadań biura należy także określanie zasad i wytycznych zmierzających do budowy </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>cyberbezpieczeństwa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> w </w:t>
       </w:r>
       <w:r w:rsidR="00FD7122">
         <w:t>m</w:t>
       </w:r>
       <w:r>
         <w:t>ieście, którego głównymi komponentami w strukturze Urzędu jest system zarządzania bezpieczeństwem informacji Urzędu oraz etapowe wdrażanie Security Operations Center. Biuro zapewnia warunki funkcjonowania Inspektora Ochrony Danych (IOD) dla Urzędu i niektórych miejskich jednostek organizacyjnych zgodnie z przepisami o ochronie danych osobowych oraz koordynuje aud</w:t>
       </w:r>
       <w:r w:rsidR="005407B5">
         <w:t>y</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ty bezpieczeństwa informacji w wyznaczonych miejskich jednostkach organizacyjnych. Dąży w ten sposób do budowy scentralizowanej komórki zapewniającej standaryzację i jednolitość systemu ochrony danych w </w:t>
       </w:r>
       <w:r w:rsidR="00FD7122">
         <w:t>m</w:t>
       </w:r>
       <w:r>
         <w:t>ieście.</w:t>
       </w:r>
       <w:r w:rsidR="00FD7122">
         <w:t xml:space="preserve"> W</w:t>
       </w:r>
       <w:r w:rsidR="00B65698">
         <w:t xml:space="preserve">draża i rozwija etapowo </w:t>
       </w:r>
       <w:r w:rsidR="00FD7122">
         <w:t>monitorowanie</w:t>
       </w:r>
       <w:r w:rsidR="00B65698">
         <w:t xml:space="preserve"> dostępnoś</w:t>
       </w:r>
       <w:r w:rsidR="00FD7122">
         <w:t>ci</w:t>
       </w:r>
       <w:r w:rsidR="00B65698">
         <w:t xml:space="preserve"> cyfrow</w:t>
       </w:r>
       <w:r w:rsidR="00FD7122">
         <w:t>ej</w:t>
       </w:r>
       <w:r w:rsidR="00B65698">
         <w:t xml:space="preserve"> stron internetowych, aplikacji mobilnych i dokumentów elektronicznych Urzędu. Opracowuje szczegółowe procedury i instrukcje w tym zakresie, aby zapewnić spójność i wysoki standard dostępności</w:t>
       </w:r>
       <w:r w:rsidR="005407B5">
-        <w:t xml:space="preserve">. Dodatkowo </w:t>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="005407B5">
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Dodatkowo </w:t>
       </w:r>
       <w:r w:rsidR="00300133">
         <w:t>b</w:t>
       </w:r>
       <w:r w:rsidR="005407B5">
         <w:t xml:space="preserve">iuro formułuje rekomendacje </w:t>
       </w:r>
       <w:r w:rsidR="00FD7122">
         <w:t xml:space="preserve">w kwestii dostępności </w:t>
       </w:r>
       <w:r w:rsidR="005407B5">
         <w:t>dla miejskich jednostek organizacyjnych.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="475DAE6F" w14:textId="77777777" w:rsidR="001715C9" w:rsidRDefault="001715C9" w:rsidP="00526D8C">
+    <w:p w14:paraId="429D604F" w14:textId="77777777" w:rsidR="001715C9" w:rsidRDefault="001715C9" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Do zadań biura należy w szczególności:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6FF9AC51" w14:textId="77777777" w:rsidR="001715C9" w:rsidRDefault="001715C9" w:rsidP="00526D8C">
+    <w:p w14:paraId="2A849C14" w14:textId="77777777" w:rsidR="001715C9" w:rsidRDefault="001715C9" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">przewodzenie transformacji cyfrowej, a w szczególności rozwój eUsług i rozbudowa API; </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="58549104" w14:textId="77777777" w:rsidR="001715C9" w:rsidRDefault="001715C9" w:rsidP="00526D8C">
+        <w:t xml:space="preserve">przewodzenie transformacji cyfrowej, a w szczególności rozwój </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>eUsług</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> i rozbudowa API; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C647BE4" w14:textId="77777777" w:rsidR="001715C9" w:rsidRDefault="001715C9" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>realizacja polityki otwartych danych dla Urzędu; rozwój Platformy Otwartych Danych;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F4C2E61" w14:textId="77777777" w:rsidR="00C31EAF" w:rsidRDefault="009114FD" w:rsidP="009A2DFF">
+    <w:p w14:paraId="75F19E62" w14:textId="77777777" w:rsidR="00C31EAF" w:rsidRDefault="009114FD" w:rsidP="009A2DFF">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">prowadzenie </w:t>
       </w:r>
       <w:r w:rsidRPr="009114FD">
-        <w:t>programu benefitowego System usług dla mieszkańców Poznania</w:t>
+        <w:t xml:space="preserve">programu </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009114FD">
+        <w:t>benefitowego</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009114FD">
+        <w:t xml:space="preserve"> System usług dla mieszkańców Poznania</w:t>
       </w:r>
       <w:r w:rsidR="00F14333">
         <w:t xml:space="preserve"> (Program OK Poznań)</w:t>
       </w:r>
       <w:r>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="689C169A" w14:textId="77777777" w:rsidR="001715C9" w:rsidRDefault="001715C9" w:rsidP="00526D8C">
+    <w:p w14:paraId="51561D85" w14:textId="77777777" w:rsidR="001715C9" w:rsidRDefault="001715C9" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>definiowanie architektury korporacyjnej Urzędu;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="471C0A35" w14:textId="77777777" w:rsidR="001715C9" w:rsidRDefault="001715C9" w:rsidP="00526D8C">
+    <w:p w14:paraId="6FB76456" w14:textId="77777777" w:rsidR="001715C9" w:rsidRDefault="001715C9" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>wdrażanie i koordynacja rozwiązań Smart City (w szczególności innowacje technologiczne i społeczne, a także wykorzystujące sztuczną inteligencję lub inne przełomowe technologie);</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="19C05B30" w14:textId="77777777" w:rsidR="001715C9" w:rsidRDefault="001715C9" w:rsidP="00526D8C">
+    <w:p w14:paraId="69911C18" w14:textId="77777777" w:rsidR="001715C9" w:rsidRDefault="001715C9" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>koordynacja rozwoju i moderowanie miejskiej aplikacji Smart City Poznań, gromadzącej miejskie e-usługi;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0377024E" w14:textId="77777777" w:rsidR="001715C9" w:rsidRDefault="001715C9" w:rsidP="00526D8C">
+    <w:p w14:paraId="7EEFB170" w14:textId="77777777" w:rsidR="001715C9" w:rsidRDefault="001715C9" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
       </w:pPr>
       <w:r>
-        <w:t>prowadzenie spraw Poznań CityLab – laboratorium miejskiego weryfikującego i testującego nowe rozwiązania smart city;</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="07A010DA" w14:textId="77777777" w:rsidR="001715C9" w:rsidRDefault="001715C9" w:rsidP="00526D8C">
+        <w:t xml:space="preserve">prowadzenie spraw Poznań </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>CityLab</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> – laboratorium miejskiego weryfikującego i testującego nowe rozwiązania smart </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>city</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C770508" w14:textId="77777777" w:rsidR="001715C9" w:rsidRDefault="001715C9" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>współpraca z Archiwum Zakładowym w zakresie rozszerzania wyjątków EZD i koordynacja wdrażania jednolitego systemu informatycznego do zarządzania dokumentami w Mieście;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22B33C9C" w14:textId="77777777" w:rsidR="001715C9" w:rsidRDefault="001715C9" w:rsidP="00526D8C">
+    <w:p w14:paraId="0D08DAC0" w14:textId="77777777" w:rsidR="001715C9" w:rsidRDefault="001715C9" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>koordynowanie i wdrażanie innowacyjnych technologii informacyjno-komunikacyjnych, które usprawniają wykonywanie przez Prezydenta zadań z zakresu administracji publicznej;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5128F61A" w14:textId="77777777" w:rsidR="001715C9" w:rsidRDefault="001715C9" w:rsidP="00526D8C">
+    <w:p w14:paraId="27BCBF3C" w14:textId="77777777" w:rsidR="001715C9" w:rsidRDefault="001715C9" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">tworzenie nowych i rozbudowa istniejących serwisów tematyczno-usługowych w portalu miejskim, rozbudowa i unowocześnienie istniejących usług kontaktu i powiadamiania mieszkańców na platformie </w:t>
       </w:r>
       <w:hyperlink r:id="rId11" w:history="1">
         <w:r w:rsidR="00577D64" w:rsidRPr="00860B42">
           <w:rPr>
             <w:rStyle w:val="Hipercze"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:u w:val="none"/>
           </w:rPr>
           <w:t>www.poznan.pl</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="007D7B62">
         <w:rPr>
           <w:rStyle w:val="Hipercze"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B761D96" w14:textId="77777777" w:rsidR="001715C9" w:rsidRDefault="001715C9" w:rsidP="00526D8C">
+    <w:p w14:paraId="0F011F37" w14:textId="77777777" w:rsidR="001715C9" w:rsidRDefault="001715C9" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>tworzenie i rozbudowa istniejących funkcjonalności strony www.poznan.pl oraz Biuletynu Informacji Publicznej (dalej BIP);</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D59CAAC" w14:textId="77777777" w:rsidR="001715C9" w:rsidRDefault="001715C9" w:rsidP="00526D8C">
+    <w:p w14:paraId="39174038" w14:textId="77777777" w:rsidR="001715C9" w:rsidRDefault="001715C9" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>prowadzenie intranetowego serwisu informacyjnego skierowanego do pracowników Urzędu w ramach komunikacji wewnętrznej, w tym redagowanie komunikatów, pozyskiwanie i dystrybucja informacji na potrzeby pracowników Urzędu oraz współpraca w tym zakresie z innymi komórkami organizacyjnymi;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="28C117C1" w14:textId="77777777" w:rsidR="001715C9" w:rsidRDefault="001715C9" w:rsidP="00526D8C">
+    <w:p w14:paraId="4C0789DF" w14:textId="77777777" w:rsidR="001715C9" w:rsidRDefault="001715C9" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>przydzielanie osobom upoważnionym indywidualnych loginów, haseł dostępowych, aktywacja zakresu uprawnień do panelu administracyjnego strony BIP/www.poznan.pl oraz zapewnienie wsparcia technicznego i szkoleń dla redaktorów;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="12B916EA" w14:textId="77777777" w:rsidR="008E36C7" w:rsidRDefault="008E36C7" w:rsidP="008E36C7">
+    <w:p w14:paraId="58410E92" w14:textId="77777777" w:rsidR="008E36C7" w:rsidRDefault="008E36C7" w:rsidP="008E36C7">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="008E36C7">
+        <w:lastRenderedPageBreak/>
         <w:t>prowadzenie działań obejmuj</w:t>
       </w:r>
       <w:r>
         <w:t>ących</w:t>
       </w:r>
       <w:r w:rsidRPr="008E36C7">
         <w:t xml:space="preserve"> monitorowanie i analizę efektywności treści, ciągłe poprawianie ich czytelności i angażowania, oraz utrzymywanie wysokich standardów jakości publikowanych materiałów</w:t>
       </w:r>
       <w:r>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61B0D3A4" w14:textId="77777777" w:rsidR="001715C9" w:rsidRDefault="001715C9" w:rsidP="00526D8C">
+    <w:p w14:paraId="52D8D9B8" w14:textId="77777777" w:rsidR="001715C9" w:rsidRDefault="001715C9" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>prowadzenie działań na rzecz rozwoju usług cyfrowych w zakresie gospodarki odpadami Miasta;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="57B4231A" w14:textId="77777777" w:rsidR="001715C9" w:rsidRDefault="004E5B45" w:rsidP="00526D8C">
+    <w:p w14:paraId="64254A26" w14:textId="77777777" w:rsidR="001715C9" w:rsidRDefault="004E5B45" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>wdrażanie i monitorowanie dostępności cyfrowej stron, aplikacji i dokumentów, opracowywanie procedur i instrukcji w tym zakresie, a także formułowanie rekomendacji i monitorowanie ich wdrażania w jednostkach miejskich</w:t>
       </w:r>
       <w:r w:rsidR="001715C9">
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="34B38532" w14:textId="77777777" w:rsidR="00D75D6D" w:rsidRDefault="00D75D6D" w:rsidP="00526D8C">
+    <w:p w14:paraId="059A79A3" w14:textId="77777777" w:rsidR="00D75D6D" w:rsidRDefault="00D75D6D" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00D75D6D">
         <w:t>zapewnianie prawidłowego funkcjonowania zasobu Centralnej Kartoteki Kontrahentów;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6609A674" w14:textId="77777777" w:rsidR="001715C9" w:rsidRDefault="001715C9" w:rsidP="00526D8C">
+    <w:p w14:paraId="12390FED" w14:textId="77777777" w:rsidR="001715C9" w:rsidRDefault="001715C9" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
       </w:pPr>
       <w:r>
-        <w:t>określanie standardów zabezpieczania zasobów informacyjnych Urzędu i wdrażanie regulacji cyberbezpieczeństwa;</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="1B43A16F" w14:textId="77777777" w:rsidR="001715C9" w:rsidRDefault="001715C9" w:rsidP="00526D8C">
+        <w:t xml:space="preserve">określanie standardów zabezpieczania zasobów informacyjnych Urzędu i wdrażanie regulacji </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>cyberbezpieczeństwa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3224A2EF" w14:textId="77777777" w:rsidR="001715C9" w:rsidRDefault="001715C9" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>zabezpieczanie zasobów informacyjnych Urzędu w szczególności poprzez wskazywanie kierunków rozwoju Polityki bezpieczeństwa informacji oraz nadzorowanie i wsparcie realizacji procesów bezpieczeństwa informacji;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C94EB61" w14:textId="77777777" w:rsidR="001715C9" w:rsidRDefault="001715C9" w:rsidP="00526D8C">
+    <w:p w14:paraId="428B6844" w14:textId="77777777" w:rsidR="001715C9" w:rsidRDefault="001715C9" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>koordynowanie audytów bezpieczeństwa informacji w wyznaczonych miejskich jednostkach organizacyjnych;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4816A9BA" w14:textId="77777777" w:rsidR="001715C9" w:rsidRDefault="001715C9" w:rsidP="00526D8C">
+    <w:p w14:paraId="792BD071" w14:textId="77777777" w:rsidR="001715C9" w:rsidRDefault="001715C9" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>podejmowanie działań optymalizujących standardy zabezpieczania zasobów informacyjnych Urzędu w wymiarze fizycznym;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="287A14F8" w14:textId="77777777" w:rsidR="001715C9" w:rsidRDefault="001715C9" w:rsidP="00526D8C">
+    <w:p w14:paraId="20E873CB" w14:textId="77777777" w:rsidR="001715C9" w:rsidRDefault="001715C9" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>kierowanie działaniami Zespołu ds. Bezpieczeństwa Informacji Urzędu;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E83441C" w14:textId="77777777" w:rsidR="001715C9" w:rsidRDefault="001715C9" w:rsidP="00526D8C">
+    <w:p w14:paraId="10AEE63A" w14:textId="77777777" w:rsidR="001715C9" w:rsidRDefault="001715C9" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">realizacja zadań - na prawach wyłączności - Inspektora Ochrony </w:t>
       </w:r>
       <w:r w:rsidR="00300133">
         <w:t>D</w:t>
       </w:r>
       <w:r>
         <w:t>anych dla Urzędu i miejskich jednostek organizacyjnych, które przystąpiły do współpracy w ramach jednolitego systemu ochrony danych w Mieście;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3CD8D418" w14:textId="77777777" w:rsidR="001715C9" w:rsidRDefault="001715C9" w:rsidP="00526D8C">
+    <w:p w14:paraId="20C2EA62" w14:textId="77777777" w:rsidR="001715C9" w:rsidRDefault="001715C9" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>współpraca z miejskimi jednostkami organizacyjnymi w zakresie wykonywania zadań gminy zgodnie z regulacjami z obszaru bezpieczeństwa informacji;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="654D622D" w14:textId="77777777" w:rsidR="001715C9" w:rsidRDefault="001715C9" w:rsidP="00526D8C">
+    <w:p w14:paraId="70A664A0" w14:textId="77777777" w:rsidR="001715C9" w:rsidRDefault="001715C9" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>wsparcie Pełnomocnika Prezydenta ds. Systemu Zarządzania w koordynacji funkcjonowania systemu kontroli zarządczej, w szczególności funkcjonowania procesu zarządzania ryzykiem i określania celów z obszaru bezpieczeństwa informacji do audytów systemu zarządzania;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="64BC40CC" w14:textId="77777777" w:rsidR="001715C9" w:rsidRDefault="001715C9" w:rsidP="00526D8C">
+    <w:p w14:paraId="3A6F42B7" w14:textId="77777777" w:rsidR="001715C9" w:rsidRDefault="001715C9" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>planowanie i realizacja budżetu zadaniowego biura.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="250EB3E5" w14:textId="77777777" w:rsidR="001715C9" w:rsidRDefault="001715C9" w:rsidP="00526D8C">
+    <w:p w14:paraId="595F323B" w14:textId="77777777" w:rsidR="001715C9" w:rsidRDefault="001715C9" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Biuro realizuje zadania zgodnie ze zidentyfikowanymi procesami w ramach systemu zarządzania zgodnego z wymogami normy PN-EN ISO 9001:2015:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="40180D3E" w14:textId="77777777" w:rsidR="001715C9" w:rsidRDefault="001715C9" w:rsidP="00526D8C">
+    <w:p w14:paraId="3416F3C6" w14:textId="77777777" w:rsidR="001715C9" w:rsidRDefault="001715C9" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>CC/PS-01 – Obsługa serwisów informacyjnych;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="75C0CE13" w14:textId="77777777" w:rsidR="001715C9" w:rsidRDefault="001715C9" w:rsidP="00526D8C">
+    <w:p w14:paraId="6F92D3CF" w14:textId="77777777" w:rsidR="001715C9" w:rsidRDefault="001715C9" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>CC/PS-02 – Obsługa IOD UMP;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="00AEA4D8" w14:textId="77777777" w:rsidR="001715C9" w:rsidRDefault="001715C9" w:rsidP="00526D8C">
+    <w:p w14:paraId="6ED4A714" w14:textId="77777777" w:rsidR="001715C9" w:rsidRDefault="001715C9" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>PDS-04 – Zarządzanie dokumentami;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="46F6A259" w14:textId="77777777" w:rsidR="001715C9" w:rsidRDefault="001715C9" w:rsidP="00526D8C">
+    <w:p w14:paraId="6F1AA645" w14:textId="77777777" w:rsidR="001715C9" w:rsidRDefault="001715C9" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>PDS-09 – Nadzór nad bezpieczeństwem informacji i ochroną danych osobowych.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7EBF0CCB" w14:textId="77777777" w:rsidR="001715C9" w:rsidRDefault="004A505F" w:rsidP="00526D8C">
+    <w:p w14:paraId="6C699695" w14:textId="77777777" w:rsidR="001715C9" w:rsidRDefault="004A505F" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Wykaz rejestrów prowadzonych przez </w:t>
       </w:r>
       <w:r w:rsidR="007550C0">
         <w:t>b</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">iuro </w:t>
       </w:r>
       <w:r w:rsidR="001715C9">
         <w:t>dla Urzędu:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="025AB299" w14:textId="77777777" w:rsidR="001715C9" w:rsidRPr="007E415B" w:rsidRDefault="001715C9" w:rsidP="00526D8C">
+    <w:p w14:paraId="29C2B32A" w14:textId="77777777" w:rsidR="001715C9" w:rsidRPr="007E415B" w:rsidRDefault="001715C9" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="007E415B">
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">rejestr incydentów ochrony danych osobowych – CC-VII.142; </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C824BF4" w14:textId="77777777" w:rsidR="001715C9" w:rsidRPr="007E415B" w:rsidRDefault="001715C9" w:rsidP="00526D8C">
+    <w:p w14:paraId="2D600E6D" w14:textId="77777777" w:rsidR="001715C9" w:rsidRPr="007E415B" w:rsidRDefault="001715C9" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="007E415B">
         <w:t>rejestr incydentów bezpieczeństwa informacji – CC-IV.0148;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5DA8CE92" w14:textId="77777777" w:rsidR="001715C9" w:rsidRPr="007E415B" w:rsidRDefault="001715C9" w:rsidP="00526D8C">
+    <w:p w14:paraId="59163FF7" w14:textId="77777777" w:rsidR="001715C9" w:rsidRPr="007E415B" w:rsidRDefault="001715C9" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="007E415B">
         <w:t>rejestr czynności przetwarzania danych osobowych – CC-VII.142;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="30099C6B" w14:textId="77777777" w:rsidR="001715C9" w:rsidRPr="007E415B" w:rsidRDefault="001715C9" w:rsidP="00526D8C">
+    <w:p w14:paraId="45A0D4CD" w14:textId="77777777" w:rsidR="001715C9" w:rsidRPr="007E415B" w:rsidRDefault="001715C9" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="007E415B">
         <w:t>rejestr kategorii czynności przetwarzania danych osobowych – CC-VII.142;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7BC2857E" w14:textId="77777777" w:rsidR="001715C9" w:rsidRPr="007E415B" w:rsidRDefault="001715C9" w:rsidP="00526D8C">
+    <w:p w14:paraId="46108FCB" w14:textId="77777777" w:rsidR="001715C9" w:rsidRPr="007E415B" w:rsidRDefault="001715C9" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="007E415B">
         <w:t>rejestr wniosków o realizację praw osób, których dane dotyczą – CC-VII.142;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="70881DB2" w14:textId="77777777" w:rsidR="001715C9" w:rsidRPr="007E415B" w:rsidRDefault="001715C9" w:rsidP="00526D8C">
+    <w:p w14:paraId="046937FD" w14:textId="77777777" w:rsidR="001715C9" w:rsidRPr="007E415B" w:rsidRDefault="001715C9" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="007E415B">
         <w:t>rejestr odstępstw – CC-</w:t>
       </w:r>
       <w:r w:rsidR="000E53EC" w:rsidRPr="007E415B">
         <w:t>VI</w:t>
       </w:r>
       <w:r w:rsidRPr="007E415B">
         <w:t>.0148;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="30E8174C" w14:textId="77777777" w:rsidR="00CC7B91" w:rsidRPr="007E415B" w:rsidRDefault="001715C9" w:rsidP="00526D8C">
+    <w:p w14:paraId="5395A533" w14:textId="77777777" w:rsidR="00CC7B91" w:rsidRPr="007E415B" w:rsidRDefault="001715C9" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="007E415B">
         <w:t xml:space="preserve">rejestr </w:t>
       </w:r>
       <w:r w:rsidR="60D805ED" w:rsidRPr="007E415B">
         <w:t xml:space="preserve">zasobów </w:t>
       </w:r>
       <w:r w:rsidRPr="007E415B">
         <w:t>infrastruktury – CC-IV.0148</w:t>
       </w:r>
       <w:r w:rsidR="00332F4F" w:rsidRPr="007E415B">
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="52D28C29" w14:textId="77777777" w:rsidR="004E141E" w:rsidRPr="007E415B" w:rsidRDefault="004E141E" w:rsidP="00526D8C">
+    <w:p w14:paraId="2EEF6986" w14:textId="77777777" w:rsidR="004E141E" w:rsidRPr="007E415B" w:rsidRDefault="004E141E" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="007E415B">
-        <w:t>rejestr ryzyk bezpieczeństwa informacji – CC-IV.0148.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="7257DAA8" w14:textId="77777777" w:rsidR="0003366F" w:rsidRDefault="006E36E2" w:rsidP="00526D8C">
+        <w:t xml:space="preserve">rejestr </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E415B">
+        <w:t>ryzyk</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E415B">
+        <w:t xml:space="preserve"> bezpieczeństwa informacji – CC-IV.0148.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31B004E9" w14:textId="77777777" w:rsidR="0003366F" w:rsidRDefault="006E36E2" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Wykaz rejestrów prowadzonych przez </w:t>
       </w:r>
       <w:r w:rsidR="007550C0">
         <w:t>b</w:t>
       </w:r>
       <w:r w:rsidR="0003366F">
         <w:t>iuro dla Miasta:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F6C5019" w14:textId="77777777" w:rsidR="0003366F" w:rsidRPr="007E415B" w:rsidRDefault="008820FD" w:rsidP="00670939">
+    <w:p w14:paraId="48B92035" w14:textId="77777777" w:rsidR="0003366F" w:rsidRPr="007E415B" w:rsidRDefault="008820FD" w:rsidP="00670939">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="21"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>r</w:t>
       </w:r>
       <w:r w:rsidR="00F61B75" w:rsidRPr="007E415B">
         <w:t xml:space="preserve">ejestr administratorów i użytkowników systemu poznan.pl </w:t>
       </w:r>
       <w:r w:rsidR="00FE7B91" w:rsidRPr="007E415B">
         <w:t>i BIP</w:t>
       </w:r>
       <w:r w:rsidR="0019017C" w:rsidRPr="007E415B">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00F61B75" w:rsidRPr="007E415B">
         <w:t>– CC-</w:t>
       </w:r>
       <w:r w:rsidR="000436F8" w:rsidRPr="007E415B">
         <w:t>I.</w:t>
       </w:r>
       <w:r w:rsidR="03EEC69A" w:rsidRPr="007E415B">
         <w:t>1334</w:t>
       </w:r>
       <w:r w:rsidR="00181293" w:rsidRPr="007E415B">
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6949ACAA" w14:textId="77777777" w:rsidR="0019017C" w:rsidRPr="007E415B" w:rsidRDefault="008820FD" w:rsidP="00670939">
+    <w:p w14:paraId="011568A0" w14:textId="77777777" w:rsidR="0019017C" w:rsidRPr="007E415B" w:rsidRDefault="008820FD" w:rsidP="00670939">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="21"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>r</w:t>
       </w:r>
       <w:r w:rsidR="0019017C" w:rsidRPr="007E415B">
         <w:t>ejestr zmian BIP</w:t>
       </w:r>
       <w:r w:rsidR="000436F8" w:rsidRPr="007E415B">
         <w:t xml:space="preserve"> - CC-I.</w:t>
       </w:r>
       <w:r w:rsidR="12513130" w:rsidRPr="007E415B">
         <w:t>1431</w:t>
       </w:r>
       <w:r w:rsidR="00181293" w:rsidRPr="007E415B">
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A71F0F1" w14:textId="77777777" w:rsidR="00C3672E" w:rsidRPr="007E415B" w:rsidRDefault="008820FD" w:rsidP="00670939">
+    <w:p w14:paraId="2D5B6DA9" w14:textId="77777777" w:rsidR="00C3672E" w:rsidRPr="007E415B" w:rsidRDefault="008820FD" w:rsidP="00670939">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="21"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>r</w:t>
       </w:r>
       <w:r w:rsidR="00C3672E" w:rsidRPr="007E415B">
         <w:t xml:space="preserve">ejestr retencji </w:t>
       </w:r>
       <w:r w:rsidR="0007705F" w:rsidRPr="007E415B">
         <w:t>danych w BIP</w:t>
       </w:r>
       <w:r w:rsidR="000436F8" w:rsidRPr="007E415B">
         <w:t xml:space="preserve"> - CC-I.</w:t>
       </w:r>
       <w:r w:rsidR="71500CE7" w:rsidRPr="007E415B">
         <w:t>1430</w:t>
       </w:r>
       <w:r w:rsidR="00181293" w:rsidRPr="007E415B">
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="103518B5" w14:textId="77777777" w:rsidR="00C80D9A" w:rsidRPr="007E415B" w:rsidRDefault="008820FD" w:rsidP="00670939">
+    <w:p w14:paraId="278AB454" w14:textId="77777777" w:rsidR="00C80D9A" w:rsidRPr="007E415B" w:rsidRDefault="008820FD" w:rsidP="00670939">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="21"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>r</w:t>
       </w:r>
       <w:r w:rsidR="00C80D9A" w:rsidRPr="007E415B">
         <w:t xml:space="preserve">ejestr stron internetowych i aplikacji mobilnych </w:t>
       </w:r>
       <w:r w:rsidR="000436F8" w:rsidRPr="007E415B">
         <w:t>- CC-I.</w:t>
       </w:r>
       <w:r w:rsidR="09E04A6E" w:rsidRPr="007E415B">
         <w:t>1332</w:t>
       </w:r>
       <w:r w:rsidR="00181293" w:rsidRPr="007E415B">
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="60019259" w14:textId="77777777" w:rsidR="0085218C" w:rsidRPr="007E415B" w:rsidRDefault="0085218C" w:rsidP="00670939">
+    <w:p w14:paraId="0F34C7E2" w14:textId="77777777" w:rsidR="0085218C" w:rsidRPr="007E415B" w:rsidRDefault="0085218C" w:rsidP="00670939">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="21"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="007E415B">
-        <w:t>rejestr incydentów cyberbezpieczeństwa – CC-VI.0148</w:t>
+        <w:t xml:space="preserve">rejestr incydentów </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E415B">
+        <w:t>cyberbezpieczeństwa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E415B">
+        <w:t xml:space="preserve"> – CC-VI.0148</w:t>
       </w:r>
       <w:r w:rsidR="00181293" w:rsidRPr="007E415B">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37583BD2" w14:textId="77777777" w:rsidR="001715C9" w:rsidRDefault="001715C9" w:rsidP="00526D8C">
+    <w:p w14:paraId="76E4DE43" w14:textId="77777777" w:rsidR="001715C9" w:rsidRDefault="001715C9" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Biuro realizuje cele ustalone dla biura poprzez:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4EFBB8CF" w14:textId="77777777" w:rsidR="001715C9" w:rsidRDefault="001715C9" w:rsidP="00526D8C">
+    <w:p w14:paraId="452F9887" w14:textId="77777777" w:rsidR="001715C9" w:rsidRDefault="001715C9" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>popularyzację miejskich internetowych serwisów informacyjnych;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="29EDCF04" w14:textId="77777777" w:rsidR="00C31EAF" w:rsidRDefault="001715C9" w:rsidP="009A2DFF">
+    <w:p w14:paraId="4DFB4FBB" w14:textId="77777777" w:rsidR="00C31EAF" w:rsidRDefault="001715C9" w:rsidP="009A2DFF">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>popularyzację polityki otwartych danych, koncepcji Smart City oraz projektów cyfrowych;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="232BA2EC" w14:textId="77777777" w:rsidR="001715C9" w:rsidRDefault="001715C9" w:rsidP="00526D8C">
+    <w:p w14:paraId="3D2E86DC" w14:textId="77777777" w:rsidR="001715C9" w:rsidRDefault="001715C9" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>zabezpieczanie informacji gromadzonych w Urzędzie;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C1602BC" w14:textId="77777777" w:rsidR="001715C9" w:rsidRDefault="001715C9" w:rsidP="00526D8C">
+    <w:p w14:paraId="3CF87C2A" w14:textId="77777777" w:rsidR="001715C9" w:rsidRDefault="001715C9" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>zapewnienie sprawnego funkcjonowania systemu zarządzania;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5373DFAE" w14:textId="77777777" w:rsidR="001715C9" w:rsidRDefault="001715C9" w:rsidP="00526D8C">
+    <w:p w14:paraId="23C033B9" w14:textId="77777777" w:rsidR="001715C9" w:rsidRDefault="001715C9" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>zwiększenie prawdopodobieństwa realizacji zadań w sposób oszczędny, terminowy, efektywny i zgodny z prawem;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F58F9F1" w14:textId="77777777" w:rsidR="00FA5602" w:rsidRDefault="001715C9" w:rsidP="00526D8C">
+    <w:p w14:paraId="1F8CF93B" w14:textId="77777777" w:rsidR="00FA5602" w:rsidRDefault="001715C9" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>zapewnienie zgodności w obszarze bezpieczeństwa informacji</w:t>
       </w:r>
       <w:r w:rsidR="00C31EAF">
-        <w:t>, cyberbezpieczeństwa</w:t>
-      </w:r>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00C31EAF">
+        <w:t>cyberbezpieczeństwa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> i ochrony danych osobowych.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="33796353" w14:textId="77777777" w:rsidR="00FA5602" w:rsidRDefault="00FA5602" w:rsidP="00FA5602">
+    <w:p w14:paraId="7E4208AC" w14:textId="77777777" w:rsidR="00FA5602" w:rsidRDefault="00FA5602" w:rsidP="00FA5602">
       <w:pPr>
         <w:pStyle w:val="Nagwek2"/>
       </w:pPr>
       <w:r>
         <w:t>Rozdział III Zakres zadań oddziałów i stanowisk pracy</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="52E439A6" w14:textId="77777777" w:rsidR="00A0793F" w:rsidRDefault="00FA5602" w:rsidP="00FA5229">
+    <w:p w14:paraId="4653B02F" w14:textId="77777777" w:rsidR="00A0793F" w:rsidRDefault="00FA5602" w:rsidP="00FA5229">
       <w:pPr>
         <w:pStyle w:val="Nagwek3"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">§ </w:t>
       </w:r>
       <w:r w:rsidR="00F86FD0">
         <w:t>9</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="18846E9F" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00670939">
+    <w:p w14:paraId="139AE51A" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00670939">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Do zadań Oddziału Serwisów i Technologii Informacyjnych należy:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B949105" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
+    <w:p w14:paraId="3853CABF" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r>
         <w:t>prowadzenie prac redakcyjnych i organizacyjnych związanych z funkcjonowaniem:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D8C3CB0" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00670939">
+    <w:p w14:paraId="0195D2FD" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00670939">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="23"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>miejskiego serwisu www.poznan.pl w sieci Internet z wyłączeniem zakresu realizowanego przez Gabinet Prezydenta,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="08011DE8" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00670939">
+    <w:p w14:paraId="6BCBDFF7" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00670939">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="23"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Biuletynu Informacji Publicznej Miasta,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2DE50B66" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00670939">
+    <w:p w14:paraId="075BFF72" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00670939">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="23"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>portalu wewnętrznego administracji miejskiej,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="46F311C9" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00670939">
+    <w:p w14:paraId="6F63690A" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00670939">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="23"/>
         </w:numPr>
       </w:pPr>
       <w:r>
-        <w:t>oficjalnej platformy streamingowej Miasta na portalu https://video.poznan.pl/,</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="75FE1BAA" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00670939">
+        <w:t xml:space="preserve">oficjalnej platformy </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>streamingowej</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> Miasta na portalu https://video.poznan.pl/,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53C1A06A" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00670939">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="23"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Elektronicznej Tablicy Ogłoszeń z wyłączeniem zakresu realizowanego przez Wydział Obsługi Urzędu;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="30784C2F" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
-[...3 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="4633DF0B" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>inicjowanie i realizowanie projektów i programów wspierających budowę społeczeństwa informacyjnego w Poznaniu, promujących działania Prezydenta i Urzędu oraz poprawiających poziom obsługi interesantów;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="120F71A2" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
-[...15 lines deleted...]
-    <w:p w14:paraId="56A724E7" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
+    <w:p w14:paraId="4F008F59" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">współpraca z wydziałami Urzędu w zakresie ustalenia ich potrzeb, wymagań i preferencji </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>odnośnie</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> informacji oraz usług zamieszczanych w informatorach;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="638827D1" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">rozwój </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>eUsług</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> i rozbudowa API;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="796C58A3" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r>
         <w:t>koordynacja działań na rzecz poprawy dostępności cyfrowej oraz dostępności informacyjno-komunikacyjnej dla osób ze szczególnymi potrzebami;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="653FA6E1" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
+    <w:p w14:paraId="4C914BA4" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r>
         <w:t>wdrażanie i monitorowanie dostępności cyfrowej stron, aplikacji i dokumentów, opracowywanie procedur i instrukcji w tym zakresie, a także formułowanie rekomendacji i monitorowanie ich wdrażania w jednostkach miejskich;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55F1F455" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
+    <w:p w14:paraId="7D0FB81A" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r>
         <w:t>prowadzenie działań na rzecz rozwoju usług cyfrowych w zakresie gospodarki odpadami Miasta;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E373E9D" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
+    <w:p w14:paraId="5F16C25E" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r>
         <w:t>współpraca z podmiotami zewnętrznymi zaangażowanymi w budowę społeczeństwa informacyjnego oraz obsługującymi technicznie zadania realizowane przez oddział;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6869EFCA" w14:textId="77777777" w:rsidR="005301C8" w:rsidRPr="005301C8" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
+    <w:p w14:paraId="072B72FC" w14:textId="77777777" w:rsidR="005301C8" w:rsidRPr="005301C8" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r>
         <w:t>koordynowanie udostępniania informacji publicznej na platformie BIP;</w:t>
       </w:r>
       <w:r w:rsidR="005301C8" w:rsidRPr="005301C8">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="ED5C57"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="432101A8" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="005301C8" w:rsidP="00526D8C">
+    <w:p w14:paraId="28E6D111" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="005301C8" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r>
         <w:t>m</w:t>
       </w:r>
       <w:r w:rsidRPr="005301C8">
         <w:t xml:space="preserve">onitorowanie i analiza efektywności treści pod kątem zaangażowania użytkowników, </w:t>
       </w:r>
       <w:r w:rsidR="00F20294">
         <w:t xml:space="preserve">współczynnika </w:t>
       </w:r>
       <w:r w:rsidRPr="005301C8">
         <w:t>konwersji i innych wskaźników</w:t>
       </w:r>
       <w:r>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="64496BBC" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
+    <w:p w14:paraId="39EF3066" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r>
         <w:t>przygotowywanie i prowadzenie dokumentacji związanej z realizacją zadań oddziału;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6FB7061A" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
+    <w:p w14:paraId="28208DE0" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r>
         <w:t>współpraca z osobą na stanowisku ds. projektów cyfrowych w zakresie wdrażania technologii inteligentnego miasta, m.in. przy prowadzeniu i weryfikowaniu projektów z wykorzystaniem technologii inteligentnego miasta;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B72087B" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
+    <w:p w14:paraId="03EF9588" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r>
         <w:t>współpraca z Pełnomocnikiem ds. Smart City przy wdrażaniu koncepcji Smart City.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="40BC4C65" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00670939">
+    <w:p w14:paraId="19483D01" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00670939">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Do zadań Oddziału Cyfryzacji i Smart City należy:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="12CBA63F" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
+    <w:p w14:paraId="0359047E" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r>
         <w:t>poszukiwanie i analiza zewnętrznych źródeł finansowania projektów z obszaru cyfryzacji i Smart City;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="29B5736A" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
+    <w:p w14:paraId="090E00F0" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r>
         <w:t>koordynacja działań jednostek w zakresie cyfrowych projektów miejskich;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="311969A6" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
+    <w:p w14:paraId="79469C46" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r>
         <w:t>realizacja i opiniowanie projektów związanych z cyfryzacją i Smart City;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="36F6CB5D" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
+    <w:p w14:paraId="24E62643" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r>
         <w:t>współpraca z Wielkopolskim Centrum Wspierania Inwestycji sp. z o.o. w zakresie projektów Smart City;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="34E48242" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
+    <w:p w14:paraId="2C56A37F" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r>
         <w:t>koordynacja prac Zespołu zadaniowego ds. wdrażania innowacji i rozwoju Miasta w koncepcji Smart City;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D65DECA" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
+    <w:p w14:paraId="12CAF9BC" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r>
         <w:t>koordynacja prac Zespołu ds. ustalenia zasad funkcjonowania Centralnej Kartoteki Kontrahentów;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0820C9CC" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
+    <w:p w14:paraId="0FDB566D" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r>
         <w:t>współpraca z organizacjami z obszaru Smart City na szczeblu krajowym i międzynarodowym oraz dbanie o dobre relacje;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6CEA457D" w14:textId="77777777" w:rsidR="001B524E" w:rsidRPr="005441B4" w:rsidRDefault="001B524E" w:rsidP="005441B4">
-[...3 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="6C8F3EC1" w14:textId="77777777" w:rsidR="001B524E" w:rsidRPr="005441B4" w:rsidRDefault="001B524E" w:rsidP="005441B4">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>zapewnienie rozwoju Smart City Poznań pod względem marketingowym i promocyjnym oraz prowadzenie dedykowanego wortalu Smart City;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7278B6F5" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
-[...7 lines deleted...]
-    <w:p w14:paraId="1C0FBA3C" w14:textId="77777777" w:rsidR="00C31EAF" w:rsidRDefault="001B524E" w:rsidP="009A2DFF">
+    <w:p w14:paraId="4E6763EE" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">wspieranie rozwoju </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>eUsług</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> i rozbudowy API;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F717800" w14:textId="77777777" w:rsidR="00C31EAF" w:rsidRDefault="001B524E" w:rsidP="009A2DFF">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r>
         <w:t>popularyzacja polityki otwartych danych, realizacja tej polityki dla Urzędu m.in. przez Platformę Otwartych Danych;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2268528F" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
+    <w:p w14:paraId="6F159055" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r>
         <w:t>moderowanie i rozwój aplikacji Smart City Poznań;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="17340BB9" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
-[...15 lines deleted...]
-    <w:p w14:paraId="52472555" w14:textId="77777777" w:rsidR="001B524E" w:rsidRPr="009A2DFF" w:rsidRDefault="001B524E" w:rsidP="005441B4">
+    <w:p w14:paraId="294F024B" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">rozwój przestrzeni wirtualnej oraz stacjonarnej służącej Poznań </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>CityLab</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>, w szczególności poszukiwanie i testowanie nowych rozwiązań, inwentaryzacja wdrożeń cyfrowych, prezentowanie projektów innowacyjnych, animowanie i koordynowanie miejskiego ekosystemu innowacji;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5717C2FF" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">opracowywanie i realizacja planów rozwoju teleinformatyki w Urzędzie i </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>m.j.o</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>. w celu zapewnienia realizacji potrzeb oraz kompleksowej informatyzacji;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45A0A2FA" w14:textId="77777777" w:rsidR="001B524E" w:rsidRPr="009A2DFF" w:rsidRDefault="001B524E" w:rsidP="005441B4">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r w:rsidRPr="009A2DFF">
         <w:t xml:space="preserve">wyznaczanie </w:t>
       </w:r>
       <w:r w:rsidR="005441B4" w:rsidRPr="009A2DFF">
         <w:t xml:space="preserve">obszarów cyfryzacji Miasta </w:t>
       </w:r>
       <w:r w:rsidRPr="009A2DFF">
         <w:t>w zakresie zadań przewidzianych do realizacji;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E700420" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
+    <w:p w14:paraId="3E9931B4" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r>
         <w:t>realizacja Programu Transformacji Cyfrowej dla Miasta Poznania;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A5AF5B8" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
+    <w:p w14:paraId="16149AEA" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r>
         <w:t>inicjowanie wdrażania technologii inteligentnego miasta;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E919998" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
-[...7 lines deleted...]
-    <w:p w14:paraId="02BE188A" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
+    <w:p w14:paraId="2F87B24A" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">realizacja zadań związanych z funkcjonowaniem i rozwojem systemu usług dla mieszkańców, w tym prowadzenie programu </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>benefitowego</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> System usług dla mieszkańców Poznania (Program OK Poznań) zachęcającego do rozliczania podatków w Poznaniu (OK Poznań);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03CF8BF7" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r>
         <w:t>współpraca z wydziałami i jednostkami miejskimi zaangażowanymi w organizację punktów obsługi klienta Programu OK Poznań;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51C02213" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
+    <w:p w14:paraId="4C39365B" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r>
         <w:t>prowadzenie prac utrzymaniowych i rozwojowych związanych z aplikacją lojalnościową Miasta – OK Poznań, współpraca w tym zakresie z komórkami Urzędu oraz partnerami zewnętrznymi;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="52E818BB" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
+    <w:p w14:paraId="49E720AB" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r>
         <w:t>określanie priorytetów i kierunków w zakresie integracji systemów wspierających funkcjonowania Miasta;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D09A902" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
+    <w:p w14:paraId="42DD1145" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r>
         <w:t>nadzór nad wykonywaniem obowiązku szacowania ryzyka w obszarze zadań procesowych bezpieczeństwa informacji i ochrony danych osobowych na poziomie Urzędu w ramach prac Zespołu ds. Bezpieczeństwa Informacji;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="66A57ADB" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="0018162A" w:rsidP="005441B4">
+    <w:p w14:paraId="35EC530B" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="0018162A" w:rsidP="005441B4">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r w:rsidRPr="0018162A">
         <w:t>wsparcie Pełnomocnika Prezydenta ds. Systemu Zarządzania w realizacji procesu zarządzania ryzykiem, określonego w zarządzeniu Prezydenta</w:t>
       </w:r>
       <w:r w:rsidR="001B524E">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7567082F" w14:textId="77777777" w:rsidR="00526D8C" w:rsidRDefault="001B524E" w:rsidP="00670939">
+    <w:p w14:paraId="463A91B5" w14:textId="77777777" w:rsidR="00526D8C" w:rsidRDefault="001B524E" w:rsidP="00670939">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Do zadań stanowiska ds. </w:t>
       </w:r>
       <w:r w:rsidR="00526D8C">
         <w:t>koordynacji bezpieczeństwa informacji należy:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0CB1F11B" w14:textId="77777777" w:rsidR="00526D8C" w:rsidRDefault="00526D8C" w:rsidP="00526D8C">
+    <w:p w14:paraId="4FF495E2" w14:textId="77777777" w:rsidR="00526D8C" w:rsidRDefault="00526D8C" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r>
         <w:t>podejmowanie działań optymalizujących standardy zabezpieczania zasobów informacyjnych Urzędu;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="217B605E" w14:textId="77777777" w:rsidR="00526D8C" w:rsidRDefault="00526D8C" w:rsidP="00526D8C">
+    <w:p w14:paraId="7526E3BA" w14:textId="77777777" w:rsidR="00526D8C" w:rsidRDefault="00526D8C" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r>
         <w:t>projektowanie rozwiązań mających na celu usprawnianie procesów bezpieczeństwa informacji;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="152CBB89" w14:textId="77777777" w:rsidR="00526D8C" w:rsidRDefault="00526D8C" w:rsidP="00526D8C">
-[...3 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="6FFB5499" w14:textId="77777777" w:rsidR="00526D8C" w:rsidRDefault="00526D8C" w:rsidP="00526D8C">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>współpraca z Pełnomocnikiem Prezydenta ds. Systemu Zarządzania przy przygotowywaniu harmonogramów działań związanych z audytami systemu zarządzania w obszarze bezpieczeństwa informacji oraz wsparcie merytoryczne w pracy zespołów wyznaczonych do audytów systemu zarządzania w tym obszarze;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="702331E3" w14:textId="77777777" w:rsidR="00526D8C" w:rsidRDefault="00526D8C" w:rsidP="00B554BE">
+    <w:p w14:paraId="17E95F81" w14:textId="77777777" w:rsidR="00526D8C" w:rsidRDefault="00526D8C" w:rsidP="00B554BE">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r>
         <w:t>współpraca z Audytorem Miasta w zakresie planowania celów corocznego obligatoryjnego audytu wewnętrznego bezpieczeństwa informacji;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="113DB75F" w14:textId="77777777" w:rsidR="00526D8C" w:rsidRDefault="00526D8C" w:rsidP="0007415D">
+    <w:p w14:paraId="6F019D52" w14:textId="77777777" w:rsidR="00526D8C" w:rsidRDefault="00526D8C" w:rsidP="0007415D">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">koordynowanie prac Zespołu ds. Bezpieczeństwa Informacji w zakresie projektowania i promowania systemowego zarządzania bezpieczeństwem informacji oraz określania wizji bezpieczeństwa </w:t>
       </w:r>
       <w:r w:rsidR="00B554BE">
         <w:t>cyfryzacji Urzędu i jego priorytetów</w:t>
       </w:r>
       <w:r>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="07B06C31" w14:textId="77777777" w:rsidR="00526D8C" w:rsidRDefault="00526D8C" w:rsidP="00526D8C">
+    <w:p w14:paraId="2BFD3B3E" w14:textId="77777777" w:rsidR="00526D8C" w:rsidRDefault="00526D8C" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r>
         <w:t>współpraca z Inspektorem Ochrony Danych dla Urzędu Miasta Poznania i jego zastępcami oraz Inspektorem Ochrony Danych dla miejskich jednostek organizacyjnych;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16333B84" w14:textId="77777777" w:rsidR="0007415D" w:rsidRDefault="0007415D" w:rsidP="00526D8C">
+    <w:p w14:paraId="2CD67518" w14:textId="77777777" w:rsidR="0007415D" w:rsidRDefault="0007415D" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r>
         <w:t>opiniowanie umów, porozumień, regulaminów i innych aktów wewnętrznych pod kątem spełniania wytycznych i obowiązków prawnych związanych z bezpieczeństwem informacji;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="467EF4C5" w14:textId="77777777" w:rsidR="00526D8C" w:rsidRDefault="00526D8C" w:rsidP="00526D8C">
+    <w:p w14:paraId="3A56DCB5" w14:textId="77777777" w:rsidR="00526D8C" w:rsidRDefault="00526D8C" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r>
         <w:t>nadzór nad dokumentacją systemu zarządzania bezpieczeństwem informacji;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F80FDCA" w14:textId="77777777" w:rsidR="00526D8C" w:rsidRDefault="00526D8C" w:rsidP="00526D8C">
-[...7 lines deleted...]
-    <w:p w14:paraId="6294E827" w14:textId="77777777" w:rsidR="0007415D" w:rsidRDefault="0007415D" w:rsidP="0007415D">
+    <w:p w14:paraId="315DCE11" w14:textId="77777777" w:rsidR="00526D8C" w:rsidRDefault="00526D8C" w:rsidP="00526D8C">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">koordynowanie wdrażania rozwiązań systemowych oraz sprzętowych w zakresie bezpieczeństwa sieci Urzędu i </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>mjo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76B7327F" w14:textId="77777777" w:rsidR="0007415D" w:rsidRDefault="0007415D" w:rsidP="0007415D">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r>
         <w:t>zarządzani</w:t>
       </w:r>
       <w:r w:rsidR="00C27596">
         <w:t>e</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> incydentami na poziomie Urzędu oraz incydent</w:t>
       </w:r>
       <w:r w:rsidR="00C27596">
         <w:t>ami</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> związany</w:t>
       </w:r>
       <w:r w:rsidR="00C27596">
         <w:t>mi</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> z naruszeniem cyberbezpieczeństwa na poziomie Miasta;</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="059AFBBC" w14:textId="77777777" w:rsidR="0007415D" w:rsidRDefault="0007415D" w:rsidP="0007415D">
+        <w:t xml:space="preserve"> z naruszeniem </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>cyberbezpieczeństwa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> na poziomie Miasta;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D19278C" w14:textId="77777777" w:rsidR="0007415D" w:rsidRDefault="0007415D" w:rsidP="0007415D">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">koordynowanie prac związanych z przeprowadzaniem przez zewnętrznych usługodawców audytów bezpieczeństwa informacji w </w:t>
       </w:r>
       <w:r w:rsidR="00C27596">
         <w:t xml:space="preserve">Urzędzie i </w:t>
       </w:r>
       <w:r>
         <w:t>wyznaczonych miejskich jednostkach organizacyjnych, w tym m.in. rekomendowanie obszarów do audytu oraz nadzorowanie należytego wykonywania zamówienia na usługę audytu</w:t>
       </w:r>
       <w:r w:rsidR="00F54CA4">
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="25B80D6D" w14:textId="77777777" w:rsidR="0007415D" w:rsidRDefault="0007415D" w:rsidP="00526D8C">
+    <w:p w14:paraId="790F17F9" w14:textId="77777777" w:rsidR="0007415D" w:rsidRDefault="0007415D" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r>
         <w:t>koordynowanie i przeprowadzanie szkoleń z zakresu zabezpieczania zasobów teleinformatycznych;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20E7D5EE" w14:textId="77777777" w:rsidR="00526D8C" w:rsidRDefault="0007415D" w:rsidP="00526D8C">
+    <w:p w14:paraId="53179DDF" w14:textId="77777777" w:rsidR="00526D8C" w:rsidRDefault="0007415D" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r>
         <w:t>nadzór nad rejestrami z obszaru bezpieczeństwa informacji.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7906E24D" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="00526D8C" w:rsidP="00670939">
+    <w:p w14:paraId="4C105BF0" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="00526D8C" w:rsidP="00670939">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Do zadań stanowiska ds. </w:t>
       </w:r>
       <w:r w:rsidR="001B524E">
         <w:t>zabezpieczania zasobów informacyjnych należy:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="182491D2" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="0007415D" w:rsidP="00526D8C">
+    <w:p w14:paraId="2AA3DD8E" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="0007415D" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r>
         <w:t>aktualizacja rejestrów z obszaru bezpieczeństwa informacji;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4DFAE3DB" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
+    <w:p w14:paraId="6B77627B" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r>
         <w:t>opracowywanie</w:t>
       </w:r>
       <w:r w:rsidR="0007415D">
         <w:t>, uzgadnianie</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> i aktualizacja dokumentacji dotyczącej bezpieczeństwa informacji</w:t>
       </w:r>
       <w:r w:rsidR="0007415D">
         <w:t>, a także</w:t>
       </w:r>
       <w:r w:rsidR="0007415D" w:rsidRPr="0007415D">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0007415D">
         <w:t>uzgadnianie i wdrażanie dokumentacji dla systemów teleinformatycznych oraz usług funkcjonujących w ramach tych systemów;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D0415BC" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
+    <w:p w14:paraId="5E09F6FA" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r>
         <w:t>prowadzenie konsultacji i opracowywanie analiz z zakresu bezpieczeństwa zasobów;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="10C2AA96" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="0007415D">
-[...7 lines deleted...]
-    <w:p w14:paraId="1716F571" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
+    <w:p w14:paraId="3F54BD0C" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="0007415D">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">rekomendowanie wytycznych w fazie projektowania nowych zadań, usług i projektów informatycznych według zasady </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>privacy</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> by design;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30E5423D" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r>
         <w:t>opracowywanie</w:t>
       </w:r>
       <w:r w:rsidR="00526D8C">
         <w:t xml:space="preserve"> i</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> monitorowanie </w:t>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="_Hlk197954761"/>
       <w:r>
-        <w:t>wdrażania rozwiązań systemowych oraz sprzętowych w zakresie bezpieczeństwa sieci Urzędu i mjo;</w:t>
+        <w:t xml:space="preserve">wdrażania rozwiązań systemowych oraz sprzętowych w zakresie bezpieczeństwa sieci Urzędu i </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>mjo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>;</w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:p w14:paraId="66D2A553" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
-[...3 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="662ADF92" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>zapewnienie stosowania standardów zabezpieczeń danych osobowych;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A1D409D" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
+    <w:p w14:paraId="15CFD3D6" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r>
         <w:t>działania zwiększające świadomość pracowników Urzędu w zakresie bezpieczeństwa informacji poprzez przeprowadzane szkolenia oraz wdrażanie działań doskonalących system zarządzania bezpieczeństwem informacji na podstawie wyników corocznych audytów bezpieczeństwa informacji;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F448A40" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
-[...7 lines deleted...]
-    <w:p w14:paraId="53786A1A" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="00C27596" w:rsidP="00526D8C">
+    <w:p w14:paraId="60FE6C84" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">uczestniczenie w procesie zarządzania incydentami, w szczególności w zakresie zgłaszania i obsługi incydentów bezpieczeństwa informacji na poziomie Urzędu oraz incydentów związanych z naruszeniem </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>cyberbezpieczeństwa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> na poziomie Miasta;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B95F180" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="00C27596" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r>
         <w:t>współpraca z</w:t>
       </w:r>
       <w:r w:rsidR="001B524E">
         <w:t xml:space="preserve"> zewnętrzny</w:t>
       </w:r>
       <w:r>
         <w:t>mi</w:t>
       </w:r>
       <w:r w:rsidR="001B524E">
         <w:t xml:space="preserve"> usługodawc</w:t>
       </w:r>
       <w:r>
         <w:t>ami</w:t>
       </w:r>
       <w:r w:rsidR="001B524E">
         <w:t xml:space="preserve"> audytów bezpieczeństwa informacji w </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Urzędzie i </w:t>
       </w:r>
       <w:r w:rsidR="001B524E">
         <w:t>wyznaczonych miejskich jednostkach organizacyjnych, w tym m.in. rekomendowanie obszarów do audytu oraz nadzorowanie należytego wykonywania zamówienia na usługę audytu.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D8B51C5" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00670939">
+    <w:p w14:paraId="625E8467" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00670939">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Do zadań stanowiska ds. koordynacji SOC należy:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74CCC2BD" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
+    <w:p w14:paraId="5F0A5981" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r>
         <w:t>ustalanie, weryfikacja i monitoring standardów zabezpieczeń teleinformatycznych;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E57B422" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
+    <w:p w14:paraId="2B188DE5" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r>
         <w:t>kontrolowanie i analizowanie stanu zabezpieczenia systemów i przetwarzanych w nich informacji oraz podejmowanie działań eliminujących zagrożenia;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="35A676B6" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
+    <w:p w14:paraId="68085079" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r>
         <w:t>monitorowanie i analizowanie stanu bezpieczeństwa infrastruktury teleinformatycznej przy wykorzystaniu specjalistycznego sprzętu i oprogramowania, nadzorowanie prowadzenia statystyki poziomu i jakości stanu zabezpieczeń w obszarze IT;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E24EF6B" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
+    <w:p w14:paraId="22041A56" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r>
         <w:t>przeprowadzanie testów bezpieczeństwa/penetracyjnych;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A01CAC3" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
+    <w:p w14:paraId="127309B2" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r>
         <w:t>planowanie rozwoju systemów bezpieczeństwa;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="31CC9473" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
+    <w:p w14:paraId="6247AAD5" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r>
         <w:t>współpraca z niezależnymi operatorami usług teleinformatycznych;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1067D220" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
+    <w:p w14:paraId="72719DEB" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r>
         <w:t>opracowywanie dokumentacji dotyczącej zamówień publicznych;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="79F4E100" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
+    <w:p w14:paraId="0BC439D5" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r>
         <w:t>nadzorowanie wykonania umów;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4268B2DD" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
-[...7 lines deleted...]
-    <w:p w14:paraId="45A2977C" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
+    <w:p w14:paraId="01EB64CB" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">doradztwo w zakresie </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>cyberbezpieczeństwa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> we wdrożeniach nowych systemów/usług;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E866D01" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r>
         <w:t>współpraca z Audytorem Miasta w zakresie ustalania wytycznych do corocznego obligatoryjnego audytu wewnętrznego bezpieczeństwa informacji;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="099A49AA" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
+    <w:p w14:paraId="46108E1D" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r>
         <w:t>nadzorowanie prowadzenia ewidencji przeprowadzonych testów penetracyjnych.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F08BB85" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00670939">
+    <w:p w14:paraId="0428DBB6" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00670939">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Do zadań stanowiska ds. operacyjnych SOC należy:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D0EE970" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
+    <w:p w14:paraId="2E817B2F" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r>
         <w:t>monitorowanie stanu zabezpieczenia systemów i przetwarzanych w nich informacji oraz podejmowanie działań eliminujących zagrożenia;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="101E1494" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
+    <w:p w14:paraId="385F780A" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r>
         <w:t>monitorowanie i analizowanie stanu bezpieczeństwa infrastruktury teleinformatycznej przy wykorzystaniu specjalistycznego sprzętu i oprogramowania, prowadzenie statystyki poziomu i jakości stanu zabezpieczeń w obszarze IT;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D082FA7" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
+    <w:p w14:paraId="418CF9CA" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r>
         <w:t>przeprowadzanie testów bezpieczeństwa/penetracyjnych;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E191B37" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
+    <w:p w14:paraId="58579246" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r>
         <w:t>prowadzenie ewidencji przeprowadzonych testów penetracyjnych;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="54360F6E" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
-[...3 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="329363BE" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>współpraca z niezależnymi operatorami usług teleinformatycznych;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="38FAD1F1" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
+    <w:p w14:paraId="5B664178" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r>
         <w:t>weryfikacja dokumentacji systemu zarządzania bezpieczeństwem informacji;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0954E25F" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
+    <w:p w14:paraId="7CEA8370" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r>
         <w:t>gromadzenie, przechowywanie i archiwizowanie dokumentacji systemu zarządzania bezpieczeństwem informacyjnym.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="187D057F" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00670939">
+    <w:p w14:paraId="4BC160A4" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00670939">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
       </w:pPr>
       <w:r>
-        <w:t>Do zadań Inspektora Ochrony Danych dla Urzędu Miasta Poznania, należy realizacja zadań określonych w RODO w obszarze funkcjonowania Urzędu, tj.:</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="0F488858" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
+        <w:t>Do zadań Inspektora Ochrony Danych dla Urzędu Miasta Poznania</w:t>
+      </w:r>
+      <w:r w:rsidR="008B0C32">
+        <w:t xml:space="preserve"> (w tym jego zastępców)</w:t>
+      </w:r>
+      <w:r>
+        <w:t>, należy realizacja zadań określonych w RODO w obszarze funkcjonowania Urzędu, tj.:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54A53E48" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r>
         <w:t>informowanie Administratora, podmiotu przetwarzającego oraz pracowników, którzy przetwarzają dane osobowe, o obowiązkach spoczywających na nich na mocy ww. rozporządzenia oraz innych przepisów o ochronie danych i doradzanie im w tej sprawie;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6CA35C13" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
+    <w:p w14:paraId="62532DAA" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r>
         <w:t>monitorowanie przestrzegania ww. rozporządzenia, innych przepisów o ochronie danych oraz polityk Administratora lub podmiotu przetwarzającego w dziedzinie ochrony danych osobowych, w tym podział obowiązków, działania zwiększające świadomość, szkolenia personelu uczestniczącego w operacjach przetwarzania oraz powiązane z tym audyty - w tym przygotowywanie planu czynności sprawdzających i przeprowadzanie planowych oraz doraźnych czynności sprawdzających zgodności sposobu przetwarzania danych osobowych z obowiązującym prawem i sporządzanie w tym zakresie sprawozdań dla Administratora danych osobowych;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="52104960" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
+    <w:p w14:paraId="2C0BC6F9" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r>
         <w:t>udzielanie na żądanie zaleceń co do oceny skutków dla ochrony danych oraz monitorowanie jej wykonania zgodnie z art. 35 ww. rozporządzenia;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55DBC71C" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
+    <w:p w14:paraId="5ADD0DBB" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r>
         <w:t>współpraca z organem nadzorczym;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B7251D7" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
+    <w:p w14:paraId="6D649F84" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r>
         <w:t>pełnienie funkcji punktu kontaktowego dla organu nadzorczego w kwestiach związanych z przetwarzaniem, w tym z uprzednimi konsultacjami, o których mowa w art. 36 ww. rozporządzenia, oraz w stosownych przypadkach prowadzenia konsultacji we wszelkich innych sprawach;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1BBA88B0" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
+    <w:p w14:paraId="484869F6" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r>
         <w:t>pełnienie funkcji punktu kontaktowego dla osób, których dane dotyczą, we wszystkich sprawach związanych z przetwarzaniem ich danych osobowych oraz z wykonywaniem praw przysługujących im na mocy ww. rozporządzenia.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E1A8AD9" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00670939">
+    <w:p w14:paraId="1D15E87F" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00670939">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Do zadań zastępców Inspektora Ochrony Danych dla Urzędu Miasta Poznania należy wspieranie Inspektora Ochrony Danych Osobowych dla Urzędu Miasta Poznania w realizacji zadań określonych w § 9 ust. </w:t>
       </w:r>
       <w:r w:rsidR="00FA77F9">
         <w:t>7</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> niniejszego Regulaminu.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B4D888A" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00670939">
+    <w:p w14:paraId="6C8519B7" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00670939">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Do zadań Inspektora Ochrony Danych Osobowych dla Urzędu Miasta Poznania oraz jego zastępców należy:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="287BEA94" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
+    <w:p w14:paraId="4938698E" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r>
         <w:t>przeprowadzanie postępowań wyjaśniających incydenty naruszenia ochrony danych osobowych i prowadzenie dokumentacji tych postępowań;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="34E2FE71" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
-[...3 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="143651F8" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>konsultacja i współpraca w zakresie zawieranych w Urzędzie umów lub innych instrumentów prawnych regulujących przetwarzanie danych osobowych przez podmiot przetwarzający;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="03480441" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
+    <w:p w14:paraId="02F3415B" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r>
         <w:t>wydawanie zaleceń i konsultacji w ramach wyłącznej kompetencji w zakresie interpretacji przepisów dotyczących ochrony danych dla wydziałów Urzędu i niektórych miejskich jednostek organizacyjnych;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7CD7E4DC" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
+    <w:p w14:paraId="491F049E" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r>
         <w:t>współpraca z Audytorem Miasta w zakresie planowania celów corocznego obligatoryjnego audytu wewnętrznego bezpieczeństwa informacji;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0173D56C" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
+    <w:p w14:paraId="460102F5" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r>
         <w:t>udział w posiedzeniach Zespołu ds. Bezpieczeństwa Informacji;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53CF4043" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
+    <w:p w14:paraId="2FDB4E84" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r>
         <w:t>wykonywanie innych zadań mających na celu zapobieganie naruszeniom ochrony danych osobowych.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50E134BD" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00670939">
+    <w:p w14:paraId="0B5FEBCF" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00670939">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Do zadań </w:t>
       </w:r>
       <w:r w:rsidR="004032BE" w:rsidRPr="004032BE">
         <w:t xml:space="preserve">Oddziału Ochrony Danych </w:t>
       </w:r>
       <w:r w:rsidR="00DF76CF">
         <w:t xml:space="preserve">dla </w:t>
       </w:r>
       <w:r w:rsidR="004032BE" w:rsidRPr="004032BE">
         <w:t>Miejskich Jednostek Organizacyjnych</w:t>
       </w:r>
       <w:r w:rsidR="004032BE">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>należy realizacja zadań określonych w RODO w obszarze funkcjonowania miejskich jednostek organizacyjnych, tj.:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6AB11943" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
+    <w:p w14:paraId="79E60D1B" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r>
         <w:t>informowanie Administratora, podmiotu przetwarzającego oraz pracowników, którzy przetwarzają dane osobowe, o obowiązkach spoczywających na nich na mocy ww. rozporządzenia oraz innych przepisów o ochronie danych i doradzanie im w tej sprawie;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2723210B" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
+    <w:p w14:paraId="0991CBC2" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r>
         <w:t>monitorowanie przestrzegania ww. rozporządzenia, innych przepisów o ochronie danych oraz polityk Administratora lub podmiotu przetwarzającego w dziedzinie ochrony danych osobowych, w tym podział obowiązków, działania zwiększające świadomość, szkolenia personelu uczestniczącego w operacjach przetwarzania oraz powiązane z tym audyty - w tym przygotowywanie planu czynności sprawdzających i przeprowadzanie planowych oraz doraźnych czynności sprawdzających zgodności sposobu przetwarzania danych osobowych z obowiązującym prawem i sporządzanie w tym zakresie sprawozdań dla Administratora danych osobowych;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="09B76696" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
+    <w:p w14:paraId="39428A33" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r>
         <w:t>udzielanie na żądanie zaleceń co do oceny skutków dla ochrony danych oraz monitorowanie jej wykonania zgodnie z art. 35 ww. rozporządzenia;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5BE735D3" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
+    <w:p w14:paraId="48BC8D42" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r>
         <w:t>współpraca z organem nadzorczym;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5008B55F" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
+    <w:p w14:paraId="048408CD" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r>
         <w:t>pełnienie funkcji punktu kontaktowego dla organu nadzorczego w kwestiach związanych z przetwarzaniem, w tym z uprzednimi konsultacjami, o których mowa w art. 36 ww. rozporządzenia, oraz w stosownych przypadkach prowadzenia konsultacji we wszelkich innych sprawach;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7922CF8E" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
+    <w:p w14:paraId="5852628F" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r>
         <w:t>pełnienie funkcji punktu kontaktowego dla osób, których dane dotyczą, we wszystkich sprawach związanych z przetwarzaniem ich danych osobowych oraz z wykonywaniem praw przysługujących im na mocy ww. rozporządzenia.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="478176D1" w14:textId="77777777" w:rsidR="00C27596" w:rsidRDefault="001B524E" w:rsidP="00670939">
+    <w:p w14:paraId="6B9BE9BA" w14:textId="77777777" w:rsidR="00C27596" w:rsidRDefault="001B524E" w:rsidP="00670939">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Do zadań stanowiska ds. </w:t>
       </w:r>
       <w:bookmarkStart w:id="1" w:name="_Hlk198207873"/>
       <w:r w:rsidR="00C27596">
         <w:t xml:space="preserve">koordynacji budżetu i </w:t>
       </w:r>
       <w:r w:rsidR="007D50F0">
         <w:t>zamówień</w:t>
       </w:r>
       <w:r w:rsidR="00C27596">
         <w:t xml:space="preserve"> publicznych </w:t>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
       <w:r w:rsidR="00C27596">
         <w:t>należy:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4CB8100F" w14:textId="77777777" w:rsidR="00C438FE" w:rsidRPr="00C438FE" w:rsidRDefault="00C27596" w:rsidP="00C438FE">
-[...3 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="57628658" w14:textId="77777777" w:rsidR="00C438FE" w:rsidRPr="00C438FE" w:rsidRDefault="00C27596" w:rsidP="00C438FE">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>poszukiwanie i analiza zewnętrznych źródeł finansowania projektów biura</w:t>
       </w:r>
       <w:r w:rsidR="00C438FE">
         <w:t xml:space="preserve">, w tym </w:t>
       </w:r>
       <w:r w:rsidR="00C438FE" w:rsidRPr="00C438FE">
         <w:t>weryfikacja programów wsparcia finansowego ze środków UE</w:t>
       </w:r>
       <w:r w:rsidR="00C438FE">
         <w:t>;</w:t>
       </w:r>
       <w:r w:rsidR="00C438FE" w:rsidRPr="00C438FE">
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C4CEB03" w14:textId="77777777" w:rsidR="00C438FE" w:rsidRDefault="00C438FE" w:rsidP="00C438FE">
+    <w:p w14:paraId="79C8CEE2" w14:textId="77777777" w:rsidR="00C438FE" w:rsidRDefault="00C438FE" w:rsidP="00C438FE">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r w:rsidRPr="00C438FE">
-        <w:t xml:space="preserve">koordynowanie i nadzorowanie projektów finansowanych z środków zewnętrznych w obszarze cyfryzacji i cyberbezpieczeństwa, w tym nadzorowanie harmonogramu i prac wśród pracowników zaangażowanych w projekt dotacyjny, w tym spoza </w:t>
+        <w:t xml:space="preserve">koordynowanie i nadzorowanie projektów finansowanych z środków zewnętrznych w obszarze cyfryzacji i </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C438FE">
+        <w:t>cyberbezpieczeństwa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C438FE">
+        <w:t xml:space="preserve">, w tym nadzorowanie harmonogramu i prac wśród pracowników zaangażowanych w projekt dotacyjny, w tym spoza </w:t>
       </w:r>
       <w:r w:rsidR="00FA77F9">
         <w:t>b</w:t>
       </w:r>
       <w:r w:rsidRPr="00C438FE">
         <w:t>iura</w:t>
       </w:r>
       <w:r>
         <w:t>;</w:t>
       </w:r>
       <w:r w:rsidRPr="00C438FE">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidRPr="00C438FE">
         <w:t>rzygotowanie raportu i rozliczenia projektu</w:t>
       </w:r>
       <w:r>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3DE0AA95" w14:textId="77777777" w:rsidR="00333C00" w:rsidRPr="00F47173" w:rsidRDefault="00333C00" w:rsidP="00333C00">
+    <w:p w14:paraId="27B5AA0A" w14:textId="77777777" w:rsidR="00333C00" w:rsidRPr="00F47173" w:rsidRDefault="00333C00" w:rsidP="00333C00">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">weryfikacja prowadzenia bieżącej ewidencji zleceń i porozumień oraz ewidencji umów dotyczących zobowiązań finansowych z zakresu działania </w:t>
       </w:r>
       <w:r w:rsidR="00FA77F9">
         <w:t>b</w:t>
       </w:r>
       <w:r>
         <w:t>iura, sposobów ich załatwiania i stopnia zaawansowania;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6EFCDD75" w14:textId="77777777" w:rsidR="00333C00" w:rsidRPr="00DC0AF2" w:rsidRDefault="00333C00" w:rsidP="00333C00">
+    <w:p w14:paraId="7F4917DF" w14:textId="77777777" w:rsidR="00333C00" w:rsidRPr="00DC0AF2" w:rsidRDefault="00333C00" w:rsidP="00333C00">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r>
         <w:t>r</w:t>
       </w:r>
       <w:r w:rsidRPr="00DC0AF2">
         <w:t>ejestracja dokumentów księgowych związanych z działalnością Biura w Centralnym Rejestrze Umów w systemie KSAT</w:t>
       </w:r>
       <w:r>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="75C8CEB5" w14:textId="77777777" w:rsidR="00333C00" w:rsidRDefault="00333C00" w:rsidP="00333C00">
+    <w:p w14:paraId="3225C8D6" w14:textId="77777777" w:rsidR="00333C00" w:rsidRDefault="00333C00" w:rsidP="00333C00">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">koordynacja i nadzór umów finansowych przygotowywanych przez </w:t>
       </w:r>
       <w:r w:rsidR="00FA77F9">
         <w:t>b</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">iuro, w tym uwzględnienie negocjacji cen korzystnych dla budżetu </w:t>
       </w:r>
       <w:r w:rsidR="00FA77F9">
         <w:t>b</w:t>
       </w:r>
       <w:r>
         <w:t>iura;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="33AEE3AD" w14:textId="77777777" w:rsidR="00333C00" w:rsidRDefault="00333C00" w:rsidP="00333C00">
+    <w:p w14:paraId="6E969946" w14:textId="77777777" w:rsidR="00333C00" w:rsidRDefault="00333C00" w:rsidP="00333C00">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">prowadzenie całokształtu prac związanych z projektowaniem i bieżącą analizą realizacji budżetu zadaniowego </w:t>
       </w:r>
       <w:r w:rsidR="00FA77F9">
         <w:t>b</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">iura – przygotowywanie i uzgadnianie budżetu zadaniowego </w:t>
       </w:r>
       <w:r w:rsidR="00FA77F9">
         <w:t>b</w:t>
       </w:r>
       <w:r>
         <w:t>iura;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5761294E" w14:textId="77777777" w:rsidR="00333C00" w:rsidRDefault="00C438FE" w:rsidP="00333C00">
+    <w:p w14:paraId="228302F9" w14:textId="77777777" w:rsidR="00333C00" w:rsidRDefault="00C438FE" w:rsidP="00333C00">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r w:rsidRPr="00C438FE">
         <w:t>przygotowanie i monitorowanie realizacji rocznego planu zamówień publicznych</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> oraz współudział w przygotowywaniu dokumentacji związanej z zamówieniami publicznymi;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="457A7DC9" w14:textId="77777777" w:rsidR="00C438FE" w:rsidRPr="00C438FE" w:rsidRDefault="00C438FE" w:rsidP="00C438FE">
+    <w:p w14:paraId="1715DDB5" w14:textId="77777777" w:rsidR="00C438FE" w:rsidRPr="00C438FE" w:rsidRDefault="00C438FE" w:rsidP="00C438FE">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r w:rsidRPr="00C438FE">
         <w:t xml:space="preserve">zapewnienie obsługi finansowej </w:t>
       </w:r>
       <w:r w:rsidR="00FA77F9">
         <w:t>b</w:t>
       </w:r>
       <w:r w:rsidRPr="00C438FE">
         <w:t>iura zgodnie z instrukcją obiegu dokumentów finansowo-księgowych</w:t>
       </w:r>
       <w:r>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="073869CE" w14:textId="77777777" w:rsidR="00C438FE" w:rsidRPr="00C438FE" w:rsidRDefault="00C438FE" w:rsidP="00C438FE">
+    <w:p w14:paraId="3CE714AA" w14:textId="77777777" w:rsidR="00C438FE" w:rsidRPr="00C438FE" w:rsidRDefault="00C438FE" w:rsidP="00C438FE">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r w:rsidRPr="00C438FE">
         <w:t xml:space="preserve">prowadzenie ewidencji mienia ruchomego w </w:t>
       </w:r>
       <w:r w:rsidR="00FA77F9">
         <w:t>b</w:t>
       </w:r>
       <w:r w:rsidRPr="00C438FE">
         <w:t>iurze</w:t>
       </w:r>
       <w:r>
         <w:t>;</w:t>
       </w:r>
       <w:r w:rsidRPr="00C438FE">
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A3FB8E3" w14:textId="77777777" w:rsidR="00C438FE" w:rsidRPr="00C438FE" w:rsidRDefault="00C438FE" w:rsidP="00C438FE">
+    <w:p w14:paraId="0810822C" w14:textId="77777777" w:rsidR="00C438FE" w:rsidRPr="00C438FE" w:rsidRDefault="00C438FE" w:rsidP="00C438FE">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r w:rsidRPr="00C438FE">
         <w:t>prowadzenie ewidencji zasobów sprzętowych oraz koordynowanie spraw związanych z inwentaryzacją</w:t>
       </w:r>
       <w:r>
         <w:t>;</w:t>
       </w:r>
       <w:r w:rsidRPr="00C438FE">
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="19A4A705" w14:textId="77777777" w:rsidR="00C27596" w:rsidRDefault="00C438FE" w:rsidP="00C438FE">
+    <w:p w14:paraId="7C5E7F3D" w14:textId="77777777" w:rsidR="00C27596" w:rsidRDefault="00C438FE" w:rsidP="00C438FE">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r w:rsidRPr="00C438FE">
         <w:t xml:space="preserve">opracowywanie okresowych sprawozdań i raportów z realizacji zadań </w:t>
       </w:r>
       <w:r w:rsidR="00FA77F9">
         <w:t>b</w:t>
       </w:r>
       <w:r w:rsidRPr="00C438FE">
         <w:t>iura</w:t>
       </w:r>
       <w:r>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5CA83A64" w14:textId="77777777" w:rsidR="00C438FE" w:rsidRPr="00C438FE" w:rsidRDefault="00C438FE" w:rsidP="00C438FE">
+    <w:p w14:paraId="50443C46" w14:textId="77777777" w:rsidR="00C438FE" w:rsidRPr="00C438FE" w:rsidRDefault="00C438FE" w:rsidP="00C438FE">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r w:rsidRPr="00C438FE">
         <w:t>rozliczanie umów na wykorzystanie samochodów prywatnych do celów służbowych </w:t>
       </w:r>
       <w:r w:rsidRPr="00C438FE">
         <w:br/>
         <w:t xml:space="preserve">przez pracowników </w:t>
       </w:r>
       <w:r w:rsidR="00FA77F9">
         <w:t>b</w:t>
       </w:r>
       <w:r w:rsidRPr="00C438FE">
         <w:t>iura</w:t>
       </w:r>
       <w:r>
         <w:t>;</w:t>
       </w:r>
       <w:r w:rsidRPr="00C438FE">
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3CD4E46C" w14:textId="77777777" w:rsidR="00C438FE" w:rsidRPr="00C438FE" w:rsidRDefault="00C438FE" w:rsidP="00C438FE">
+    <w:p w14:paraId="64C91FAC" w14:textId="77777777" w:rsidR="00C438FE" w:rsidRPr="00C438FE" w:rsidRDefault="00C438FE" w:rsidP="00C438FE">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r w:rsidRPr="00C438FE">
         <w:t>prowadzenie obsługi komputerowych baz danych w systemach informatycznych (m.in. KSAT)</w:t>
       </w:r>
       <w:r>
         <w:t>;</w:t>
       </w:r>
       <w:r w:rsidRPr="00C438FE">
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E4BD1C2" w14:textId="77777777" w:rsidR="00C438FE" w:rsidRDefault="00C438FE" w:rsidP="00C438FE">
+    <w:p w14:paraId="12D0E5F3" w14:textId="77777777" w:rsidR="00C438FE" w:rsidRDefault="00C438FE" w:rsidP="00C438FE">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r w:rsidRPr="00C438FE">
         <w:t xml:space="preserve">opracowywanie projektów zarządzeń dyrektora </w:t>
       </w:r>
       <w:r w:rsidR="00FA77F9">
         <w:t>b</w:t>
       </w:r>
       <w:r w:rsidRPr="00C438FE">
         <w:t>iura</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4DBAE71A" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="00C438FE" w:rsidP="00670939">
+    <w:p w14:paraId="7312544C" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="00C438FE" w:rsidP="00670939">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Do zadań stanowiska ds. </w:t>
       </w:r>
       <w:r w:rsidR="00FD7122">
         <w:t>administracyjno-finansowych</w:t>
       </w:r>
       <w:r w:rsidR="001B524E">
         <w:t xml:space="preserve"> należy:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1640B24E" w14:textId="77777777" w:rsidR="00C438FE" w:rsidRDefault="00C438FE" w:rsidP="00526D8C">
+    <w:p w14:paraId="2138CA38" w14:textId="77777777" w:rsidR="00C438FE" w:rsidRDefault="00C438FE" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidRPr="00C438FE">
         <w:t xml:space="preserve">rowadzenie w systemie obiegu dokumentów bieżącej ewidencji zleceń i porozumień oraz ewidencji umów dotyczących zobowiązań finansowych z zakresu działania </w:t>
       </w:r>
       <w:r w:rsidR="00FA77F9">
         <w:t>b</w:t>
       </w:r>
       <w:r w:rsidRPr="00C438FE">
         <w:t xml:space="preserve">iura, w tym współpraca ze wszystkimi sekcjami </w:t>
       </w:r>
       <w:r w:rsidR="00FA77F9">
         <w:t>b</w:t>
       </w:r>
       <w:r w:rsidRPr="00C438FE">
         <w:t>iura w celu sprawnego pozyskiwania aktualnych informacji o sposobach ich załatwiania i stopnia zaawansowania</w:t>
       </w:r>
       <w:r>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B05165A" w14:textId="77777777" w:rsidR="00C438FE" w:rsidRPr="00B72E3F" w:rsidRDefault="00C438FE" w:rsidP="00C438FE">
+    <w:p w14:paraId="1AB27B52" w14:textId="77777777" w:rsidR="00C438FE" w:rsidRPr="00B72E3F" w:rsidRDefault="00C438FE" w:rsidP="00C438FE">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r>
         <w:t>r</w:t>
       </w:r>
       <w:r w:rsidRPr="00B72E3F">
         <w:t xml:space="preserve">ejestracja dokumentów księgowych związanych z działalnością </w:t>
       </w:r>
       <w:r w:rsidR="00FA77F9">
         <w:t>b</w:t>
       </w:r>
       <w:r w:rsidRPr="00B72E3F">
         <w:t>iura w Centralnym Rejestrze Umów w systemie KSAT</w:t>
       </w:r>
       <w:r>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D37677E" w14:textId="77777777" w:rsidR="00C438FE" w:rsidRPr="003642A8" w:rsidRDefault="00C438FE" w:rsidP="00C438FE">
-[...3 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="4C31BC60" w14:textId="77777777" w:rsidR="00C438FE" w:rsidRPr="003642A8" w:rsidRDefault="00C438FE" w:rsidP="00C438FE">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">prowadzenie ewidencji umów finansowych przygotowywanych przez </w:t>
       </w:r>
       <w:r w:rsidR="00FA77F9">
         <w:t>b</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">iuro, w tym uwzględnienie </w:t>
       </w:r>
       <w:r w:rsidRPr="003642A8">
         <w:t xml:space="preserve">negocjacji cen korzystnych dla budżetu </w:t>
       </w:r>
       <w:r w:rsidR="00FA77F9">
         <w:t>b</w:t>
       </w:r>
       <w:r w:rsidRPr="003642A8">
         <w:t>iura</w:t>
       </w:r>
       <w:r>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="718A1CB8" w14:textId="77777777" w:rsidR="00C438FE" w:rsidRDefault="00C438FE" w:rsidP="00C438FE">
+    <w:p w14:paraId="2B148292" w14:textId="77777777" w:rsidR="00C438FE" w:rsidRDefault="00C438FE" w:rsidP="00C438FE">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidRPr="003642A8">
         <w:t xml:space="preserve">rowadzenie ze stanowiskiem ds. koordynacji budżetu i zamówień publicznych całokształtu prac związanych z projektowaniem i bieżącą analizą realizacji budżetu zadaniowego Biura – przygotowywanie i uzgadnianie budżetu zadaniowego </w:t>
       </w:r>
       <w:r w:rsidR="00FA77F9">
         <w:t>b</w:t>
       </w:r>
       <w:r w:rsidRPr="003642A8">
         <w:t>iura</w:t>
       </w:r>
       <w:r>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A7CB7C7" w14:textId="77777777" w:rsidR="00C438FE" w:rsidRDefault="00D80F54" w:rsidP="00C438FE">
+    <w:p w14:paraId="4CE1F0C2" w14:textId="77777777" w:rsidR="00C438FE" w:rsidRDefault="00D80F54" w:rsidP="00C438FE">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r w:rsidRPr="00C438FE">
         <w:t>przygotowanie i monitorowanie realizacji rocznego planu zamówień publicznych</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> oraz współudział w przygotowywaniu dokumentacji związanej z zamówieniami publicznymi;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7DA32DB9" w14:textId="77777777" w:rsidR="00D80F54" w:rsidRDefault="00D80F54" w:rsidP="00C438FE">
+    <w:p w14:paraId="12DE1487" w14:textId="77777777" w:rsidR="00D80F54" w:rsidRDefault="00D80F54" w:rsidP="00C438FE">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r w:rsidRPr="00D80F54">
         <w:t xml:space="preserve">prowadzenie </w:t>
       </w:r>
       <w:r>
         <w:t>weryfikacji</w:t>
       </w:r>
       <w:r w:rsidRPr="00D80F54">
         <w:t xml:space="preserve"> wydatk</w:t>
       </w:r>
       <w:r>
         <w:t>ów</w:t>
       </w:r>
       <w:r w:rsidRPr="00D80F54">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00FA77F9">
         <w:t>b</w:t>
       </w:r>
       <w:r w:rsidRPr="00D80F54">
         <w:t>iura</w:t>
       </w:r>
       <w:r>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="781E09A4" w14:textId="77777777" w:rsidR="00D80F54" w:rsidRPr="00D80F54" w:rsidRDefault="00D80F54" w:rsidP="00D80F54">
+    <w:p w14:paraId="6CC62E8C" w14:textId="77777777" w:rsidR="00D80F54" w:rsidRPr="00D80F54" w:rsidRDefault="00D80F54" w:rsidP="00D80F54">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r w:rsidRPr="00D80F54">
         <w:t xml:space="preserve">zapewnienie obsługi finansowej </w:t>
       </w:r>
       <w:r w:rsidR="00FA77F9">
         <w:t>b</w:t>
       </w:r>
       <w:r w:rsidRPr="00D80F54">
         <w:t>iura zgodnie z instrukcją obiegu dokumentów finansowo-księgowych</w:t>
       </w:r>
       <w:r>
         <w:t>;</w:t>
       </w:r>
       <w:r w:rsidRPr="00D80F54">
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3364C719" w14:textId="77777777" w:rsidR="00D80F54" w:rsidRPr="00D80F54" w:rsidRDefault="00D80F54" w:rsidP="00D80F54">
+    <w:p w14:paraId="09F490D9" w14:textId="77777777" w:rsidR="00D80F54" w:rsidRPr="00D80F54" w:rsidRDefault="00D80F54" w:rsidP="00D80F54">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r w:rsidRPr="00D80F54">
         <w:t xml:space="preserve">współpraca przy prowadzeniu ewidencji mienia ruchomego w </w:t>
       </w:r>
       <w:r w:rsidR="00FA77F9">
         <w:t>b</w:t>
       </w:r>
       <w:r w:rsidRPr="00D80F54">
         <w:t>iurze</w:t>
       </w:r>
       <w:r>
         <w:t>;</w:t>
       </w:r>
       <w:r w:rsidRPr="00D80F54">
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C36E0ED" w14:textId="77777777" w:rsidR="00D80F54" w:rsidRDefault="00D80F54" w:rsidP="00D80F54">
+    <w:p w14:paraId="06657C2C" w14:textId="77777777" w:rsidR="00D80F54" w:rsidRDefault="00D80F54" w:rsidP="00D80F54">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r w:rsidRPr="00D80F54">
         <w:t>prowadzenie ewidencji zasobów sprzętowych oraz koordynowanie spraw związanych z inwentaryzacją</w:t>
       </w:r>
       <w:r>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="205FAB95" w14:textId="77777777" w:rsidR="00D80F54" w:rsidRPr="00D80F54" w:rsidRDefault="00D80F54" w:rsidP="00D80F54">
+    <w:p w14:paraId="7E596552" w14:textId="77777777" w:rsidR="00D80F54" w:rsidRPr="00D80F54" w:rsidRDefault="00D80F54" w:rsidP="00D80F54">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r w:rsidRPr="00D80F54">
         <w:t xml:space="preserve">przygotowanie poleceń wyjazdu służbowego, prowadzenie elektronicznego rejestru delegacji służbowych oraz rozliczanie finansowe wyjazdów służbowych pracowników </w:t>
       </w:r>
       <w:r w:rsidR="00FA77F9">
         <w:t>b</w:t>
       </w:r>
       <w:r w:rsidRPr="00D80F54">
         <w:t>iura</w:t>
       </w:r>
       <w:r>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1146318C" w14:textId="77777777" w:rsidR="00D80F54" w:rsidRPr="00D80F54" w:rsidRDefault="00D80F54" w:rsidP="00D80F54">
+    <w:p w14:paraId="4690E39D" w14:textId="77777777" w:rsidR="00D80F54" w:rsidRPr="00D80F54" w:rsidRDefault="00D80F54" w:rsidP="00D80F54">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r w:rsidRPr="00D80F54">
         <w:t>rozliczanie umów na wykorzystanie samochodów prywatnych do celów służbowych </w:t>
       </w:r>
       <w:r w:rsidRPr="00D80F54">
         <w:br/>
         <w:t xml:space="preserve">przez pracowników </w:t>
       </w:r>
       <w:r w:rsidR="00FA77F9">
         <w:t>b</w:t>
       </w:r>
       <w:r w:rsidRPr="00D80F54">
         <w:t>iura</w:t>
       </w:r>
       <w:r>
         <w:t>;</w:t>
       </w:r>
       <w:r w:rsidRPr="00D80F54">
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4CE78719" w14:textId="77777777" w:rsidR="00D80F54" w:rsidRPr="00D80F54" w:rsidRDefault="00D80F54" w:rsidP="00D80F54">
+    <w:p w14:paraId="3F78DC5F" w14:textId="77777777" w:rsidR="00D80F54" w:rsidRPr="00D80F54" w:rsidRDefault="00D80F54" w:rsidP="00D80F54">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r w:rsidRPr="00D80F54">
         <w:t>prowadzenie obsługi komputerowych baz danych w systemach informatycznych (m.in. KSAT)</w:t>
       </w:r>
       <w:r>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6936AF9C" w14:textId="77777777" w:rsidR="00D80F54" w:rsidRDefault="00D80F54" w:rsidP="00D80F54">
+    <w:p w14:paraId="1AAAF64A" w14:textId="77777777" w:rsidR="00D80F54" w:rsidRDefault="00D80F54" w:rsidP="00D80F54">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r w:rsidRPr="00D80F54">
         <w:t xml:space="preserve">opracowywanie okresowych sprawozdań i raportów z realizacji zadań </w:t>
       </w:r>
       <w:r w:rsidR="00FA77F9">
         <w:t>b</w:t>
       </w:r>
       <w:r w:rsidRPr="00D80F54">
         <w:t>iura</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="71FBD23B" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00670939">
+    <w:p w14:paraId="2BB73D31" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00670939">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Do zadań stanowiska ds. </w:t>
       </w:r>
       <w:bookmarkStart w:id="2" w:name="_Hlk198208157"/>
       <w:r>
         <w:t xml:space="preserve">organizacyjnych i obsługi sekretariatu </w:t>
       </w:r>
       <w:bookmarkEnd w:id="2"/>
       <w:r>
         <w:t>należy:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="64BD041D" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
+    <w:p w14:paraId="2FB33F24" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r>
         <w:t>prowadzenie kalendarium zajęć;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4253AEEB" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
+    <w:p w14:paraId="0A8A26B7" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r>
         <w:t>rejestrowanie przesyłek wpływających w systemie informatycznym;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F6A33CE" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
+    <w:p w14:paraId="70FBFDC3" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r>
         <w:t>bieżące sprawdzanie poczty elektronicznej kierowanej na oficjalną skrzynkę internetową biura, przekazywanie jej do właściwych adresatów oraz monitorowanie udzielania odpowiedzi w tym zakresie;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="485235C9" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
+    <w:p w14:paraId="0E432664" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r>
         <w:t>przyjmowanie i przedkładanie korespondencji przychodzącej i wychodzącej, zapewnienie doręczenia tej korespondencji na stanowiska pracy lub właściwym wydziałom Urzędu;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="14E63298" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
+    <w:p w14:paraId="41248A3E" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r>
         <w:t>organizowanie obsługi spotkań;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E2FAB23" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
+    <w:p w14:paraId="31D8440A" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r>
         <w:t>udzielanie informacji interesantom;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="65C54736" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
+    <w:p w14:paraId="50B71377" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r>
         <w:t>sporządzanie projektów typowych pism o charakterze wewnętrznym;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C49D93A" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
-[...11 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="1A72A249" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">obsługa spotkań prowadzonych przez dyrektora i zastępcę dyrektora ds. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>cyberbezpieczeństwa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3AC88D22" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>prowadzenie aktualnego zbioru danych adresowych i telefonicznych niezbędnych dla stanowisk pracy w biurze;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="09C5BBC1" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
+    <w:p w14:paraId="3ADB172F" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r>
         <w:t>prowadzenie spraw dotyczących zaopatrzenia stanowisk pracy w biurze w materiały biurowe oraz zamawianie niezbędnych usług na rzecz biura;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01C09FC0" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
+    <w:p w14:paraId="02154B02" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r>
         <w:t>aktualizacja bazy zawierającej nazwiska pracowników posiadających dostęp do pomieszczeń biura;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55BD4AE9" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
+    <w:p w14:paraId="05EB328B" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r>
         <w:t>prowadzenie spraw osobowych i socjalnych pracowników biura w zakresie: rozliczania czasu pracy w systemie KSAT, ewidencji urlopów, zwolnień lekarskich, prowadzenia listy obecności;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="59EFB565" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
+    <w:p w14:paraId="2AFEB56C" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r>
         <w:t>przygotowywanie dokumentów kadrowych biura w zakresie zatrudniania pracowników, ocen okresowych, kierowania na szkolenia;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C0ED1FC" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00101CA1">
+    <w:p w14:paraId="0882C02D" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00101CA1">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r>
         <w:t>prowadzenie spraw organizacyjnych biura dotyczących regulaminu organizacyjnego, kart stanowisk pracy, pełnomocnictw, upoważnień, dostępu do systemów informatycznych, rzeczowego wykazu akt;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F9A98C6" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
+    <w:p w14:paraId="1B1341AC" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r>
         <w:t>prowadzenie spraw związanych z udostępnianiem informacji publicznej będących w zakresie kompetencji biura;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="28E3B0CF" w14:textId="77777777" w:rsidR="00A0793F" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
+    <w:p w14:paraId="4CCB31F9" w14:textId="77777777" w:rsidR="00A0793F" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r>
         <w:t>koordynowanie przekazania dokumentacji do Archiwum Zakładowego przygotowanej przez stanowiska pracy w biurze.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4202B69D" w14:textId="77777777" w:rsidR="00261067" w:rsidRDefault="00261067" w:rsidP="00261067">
+    <w:p w14:paraId="2A48EE6B" w14:textId="77777777" w:rsidR="00261067" w:rsidRDefault="00261067" w:rsidP="00261067">
       <w:pPr>
         <w:pStyle w:val="Nagwek3"/>
       </w:pPr>
       <w:r>
         <w:t>§ 10</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D246E76" w14:textId="77777777" w:rsidR="00261067" w:rsidRPr="00465B36" w:rsidRDefault="00261067" w:rsidP="00261067">
+    <w:p w14:paraId="4AEF4FA5" w14:textId="77777777" w:rsidR="00261067" w:rsidRPr="00465B36" w:rsidRDefault="00261067" w:rsidP="00261067">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00465B36">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Liczba etatów w biur</w:t>
       </w:r>
       <w:r w:rsidR="001901BC">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>ze określona jest w załączniku n</w:t>
       </w:r>
       <w:r w:rsidRPr="00465B36">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">r 2 do </w:t>
       </w:r>
       <w:r w:rsidR="00300133">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>r</w:t>
       </w:r>
       <w:r w:rsidRPr="00465B36">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>egulaminu</w:t>
       </w:r>
       <w:r w:rsidR="00DA32FC" w:rsidRPr="00465B36">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="79AEA55E" w14:textId="77777777" w:rsidR="00FA5602" w:rsidRDefault="00FA5602" w:rsidP="00FA5602">
+    <w:p w14:paraId="59CF3F70" w14:textId="77777777" w:rsidR="00FA5602" w:rsidRDefault="00FA5602" w:rsidP="00FA5602">
       <w:pPr>
         <w:pStyle w:val="Nagwek2"/>
       </w:pPr>
       <w:r>
         <w:t>Rozdział IV Zasady podpisywania pism</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C0AF4C5" w14:textId="77777777" w:rsidR="00FA5602" w:rsidRDefault="00FA5602" w:rsidP="00FA5602">
+    <w:p w14:paraId="7EC18500" w14:textId="77777777" w:rsidR="00FA5602" w:rsidRDefault="00FA5602" w:rsidP="00FA5602">
       <w:pPr>
         <w:pStyle w:val="Nagwek3"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">§ </w:t>
       </w:r>
       <w:r w:rsidR="00054B03">
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="00261067">
         <w:t>1</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B5CF985" w14:textId="77777777" w:rsidR="00261067" w:rsidRDefault="00261067" w:rsidP="00526D8C">
+    <w:p w14:paraId="61183E9E" w14:textId="77777777" w:rsidR="00261067" w:rsidRDefault="00261067" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Dyrektor biura uprawniony jest do:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="08DD0F87" w14:textId="77777777" w:rsidR="00261067" w:rsidRDefault="00261067" w:rsidP="00526D8C">
+    <w:p w14:paraId="7A2729B5" w14:textId="77777777" w:rsidR="00261067" w:rsidRDefault="00261067" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="10"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>aprobaty i podpisywania pism w sprawach należących do zakresu działania biura i niezastrzeżonych do właściwości Prezydenta, zastępców Prezydenta, Sekretarza i Skarbnika, zgodnie z zasadami określonymi w Regulaminie Organizacyjnym Urzędu;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="23A967F7" w14:textId="77777777" w:rsidR="00261067" w:rsidRDefault="00261067" w:rsidP="00526D8C">
+    <w:p w14:paraId="4B77FDB0" w14:textId="77777777" w:rsidR="00261067" w:rsidRDefault="00261067" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="10"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>składania oświadczeń woli w granicach pełnomocnictwa udzielonego przez Prezydenta.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="350631DE" w14:textId="77777777" w:rsidR="00261067" w:rsidRDefault="00261067" w:rsidP="00526D8C">
+    <w:p w14:paraId="554C295F" w14:textId="77777777" w:rsidR="00261067" w:rsidRDefault="00261067" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Zastępca dyrektora uprawniony jest do:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="49B3E1E5" w14:textId="77777777" w:rsidR="00261067" w:rsidRDefault="00261067" w:rsidP="00526D8C">
+    <w:p w14:paraId="65DBF295" w14:textId="77777777" w:rsidR="00261067" w:rsidRDefault="00261067" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="10"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>aprobaty i podpisywania pism należących do zakresu zadań nadzorowanych stanowisk, z wyłączeniem spraw zastrzeżonych dla Prezydenta, zastępców Prezydenta, Sekretarza i Skarbnika oraz dyrektora biura;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="14EDFCA3" w14:textId="77777777" w:rsidR="00261067" w:rsidRDefault="00261067" w:rsidP="00526D8C">
+    <w:p w14:paraId="41F62C80" w14:textId="77777777" w:rsidR="00261067" w:rsidRDefault="00261067" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="10"/>
         </w:numPr>
       </w:pPr>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>aprobaty i podpisywania pism związanych z udzielaniem pracy zdalnej i przedstawianymi raportami z wykonywania zadań podczas pracy zdalnej pracowników biura, zgodnie z upoważnieniem udzielonym przez Prezydenta;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0901C904" w14:textId="77777777" w:rsidR="00261067" w:rsidRDefault="00261067" w:rsidP="00526D8C">
+    <w:p w14:paraId="1C15F355" w14:textId="77777777" w:rsidR="00261067" w:rsidRDefault="00261067" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="10"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>aprobaty i podpisywania wniosków urlopowych</w:t>
       </w:r>
       <w:r w:rsidR="00D80F54">
         <w:t xml:space="preserve"> oraz </w:t>
       </w:r>
       <w:bookmarkStart w:id="3" w:name="_Hlk198208996"/>
       <w:r w:rsidR="00D80F54">
         <w:t>uprawnień</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> pracowników biura</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
       <w:r>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24896317" w14:textId="77777777" w:rsidR="00261067" w:rsidRDefault="00261067" w:rsidP="00526D8C">
+    <w:p w14:paraId="1124CCA3" w14:textId="77777777" w:rsidR="00261067" w:rsidRDefault="00261067" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="10"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>aprobaty i podpisywania pism należących do zakresu zadań oddziału i pozostałych stanowisk zgodnie z odrębnym poleceniem dyrektora;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="45AB2B84" w14:textId="77777777" w:rsidR="004319FB" w:rsidRDefault="004319FB" w:rsidP="00526D8C">
+    <w:p w14:paraId="4BCB4B00" w14:textId="77777777" w:rsidR="004319FB" w:rsidRDefault="004319FB" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="10"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">aprobaty i podpisywania odpowiedzi na wnioski </w:t>
       </w:r>
       <w:r w:rsidR="00982129">
         <w:t>w trybie informacji publicznej;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="52B14FB4" w14:textId="77777777" w:rsidR="00261067" w:rsidRDefault="00261067" w:rsidP="00526D8C">
+    <w:p w14:paraId="51092B45" w14:textId="77777777" w:rsidR="00261067" w:rsidRDefault="00261067" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="10"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>podpisywania pism o przekazaniu sprawy zgodnie z właściwością merytoryczną;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="774B83AE" w14:textId="77777777" w:rsidR="00261067" w:rsidRDefault="00261067" w:rsidP="00526D8C">
+    <w:p w14:paraId="67CDE1F6" w14:textId="77777777" w:rsidR="00261067" w:rsidRDefault="00261067" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="10"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>potwierdzania zgodności kopii dokumentów związanych z prowadzoną na podległych mu stanowiskach sprawą z jego oryginałem.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27079B81" w14:textId="77777777" w:rsidR="00261067" w:rsidRDefault="00261067" w:rsidP="00526D8C">
+    <w:p w14:paraId="606289C9" w14:textId="77777777" w:rsidR="00261067" w:rsidRDefault="00261067" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Kierownik oddziału uprawniony jest do:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="69E56FEA" w14:textId="77777777" w:rsidR="00261067" w:rsidRDefault="00261067" w:rsidP="00526D8C">
+    <w:p w14:paraId="3F4CC1AE" w14:textId="77777777" w:rsidR="00261067" w:rsidRDefault="00261067" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="10"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>zamówień i zlecania wykonania usług poligraficznych w Powielarni Wydziału Obsługi Urzędu;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22034BDC" w14:textId="77777777" w:rsidR="00261067" w:rsidRDefault="00261067" w:rsidP="00526D8C">
+    <w:p w14:paraId="7EAF0BFF" w14:textId="77777777" w:rsidR="00261067" w:rsidRDefault="00261067" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="10"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>potwierdzania pod względem merytorycznym faktur związanych z obsługą strony www.poznan.pl oraz Biuletynu Informacji Publicznej (BIP);</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="73820751" w14:textId="77777777" w:rsidR="00261067" w:rsidRDefault="00261067" w:rsidP="00526D8C">
+    <w:p w14:paraId="1C6C2309" w14:textId="77777777" w:rsidR="00261067" w:rsidRDefault="00261067" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="10"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>podpisywania protokołów, notatek i informacji o charakterze wewnętrznym, parafowania pism i materiałów opracowywanych w kierowanym oddziale;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E5FAACE" w14:textId="77777777" w:rsidR="00261067" w:rsidRDefault="00261067" w:rsidP="00526D8C">
+    <w:p w14:paraId="7B88CB3C" w14:textId="77777777" w:rsidR="00261067" w:rsidRDefault="00261067" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="10"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>potwierdzania zgodności kopii dokumentów związanych z prowadzoną w oddziale sprawą z jego oryginałem;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="17288EC2" w14:textId="77777777" w:rsidR="00261067" w:rsidRDefault="00261067" w:rsidP="00526D8C">
+    <w:p w14:paraId="49E9BB20" w14:textId="77777777" w:rsidR="00261067" w:rsidRDefault="00261067" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="10"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>parafowania - przed przedłożeniem dyrektorowi biura - wniosków o urlop podległych sobie pracowników.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="09F96DDD" w14:textId="77777777" w:rsidR="00261067" w:rsidRDefault="00261067" w:rsidP="00526D8C">
+    <w:p w14:paraId="26BC9E0F" w14:textId="77777777" w:rsidR="00261067" w:rsidRDefault="00261067" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Zastępca dyrektora i kierownik oddziału są upoważnieni do sprawdzania pod względem merytorycznym faktur dotyczących realizowanych zadań.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="40F87267" w14:textId="77777777" w:rsidR="00261067" w:rsidRDefault="00261067" w:rsidP="00526D8C">
+    <w:p w14:paraId="2D085A5A" w14:textId="77777777" w:rsidR="00261067" w:rsidRDefault="00261067" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
       </w:pPr>
       <w:r>
-        <w:t>Inspektor Ochrony Danych dla Urzędu Miasta Poznania i jego Zastępcy z zastrzeżeniem ust. 6 i 7 oraz</w:t>
+        <w:t xml:space="preserve">Inspektor Ochrony Danych dla Urzędu Miasta Poznania i jego </w:t>
+      </w:r>
+      <w:r w:rsidR="005947D0">
+        <w:t>z</w:t>
+      </w:r>
+      <w:r>
+        <w:t>astępcy z zastrzeżeniem ust. 6</w:t>
+      </w:r>
+      <w:r w:rsidR="00805FC2">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> 7 </w:t>
+      </w:r>
+      <w:r w:rsidR="00805FC2">
+        <w:t xml:space="preserve">i 8 </w:t>
+      </w:r>
+      <w:r>
+        <w:t>oraz</w:t>
       </w:r>
       <w:r w:rsidR="006B4566">
         <w:t xml:space="preserve"> kierownik Oddziału Ochrony Danych</w:t>
       </w:r>
       <w:r w:rsidR="00DF76CF">
         <w:t xml:space="preserve"> dla</w:t>
       </w:r>
       <w:r w:rsidR="006B4566">
         <w:t xml:space="preserve"> Miejskich Jednostek Organizacyjnych - </w:t>
       </w:r>
       <w:r>
         <w:t>Inspektor Ochrony Danych dla miejskich jednostek organizacyjnych</w:t>
       </w:r>
       <w:r w:rsidR="00670939">
-        <w:t xml:space="preserve"> oraz jego Zastępca</w:t>
+        <w:t xml:space="preserve"> oraz jego </w:t>
+      </w:r>
+      <w:r w:rsidR="005947D0">
+        <w:t>z</w:t>
+      </w:r>
+      <w:r w:rsidR="00670939">
+        <w:t>astępca</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> odpowiednio upoważniony jest do:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1649BF53" w14:textId="77777777" w:rsidR="00261067" w:rsidRDefault="00261067" w:rsidP="00526D8C">
+    <w:p w14:paraId="347EEB50" w14:textId="77777777" w:rsidR="00261067" w:rsidRDefault="00261067" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="10"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>podpisywania sprawozdań zgodności przetwarzania danych osobowych z przepisami o ochronie danych osobowych;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="263D87D4" w14:textId="77777777" w:rsidR="00261067" w:rsidRDefault="00261067" w:rsidP="00526D8C">
+    <w:p w14:paraId="041633E2" w14:textId="77777777" w:rsidR="00261067" w:rsidRDefault="00261067" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="10"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>podpisywania korespondencji kierowanej do dyrektorów wydziałów Urzędu oraz do wskazanych odrębnym dokumentem dyrektorów miejskich jednostek organizacyjnych w sprawach z zakresu ochrony danych osobowych z wyłączeniem spraw zastrzeżonych dla dyrektora biura;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="21909E18" w14:textId="77777777" w:rsidR="00261067" w:rsidRDefault="00261067" w:rsidP="00526D8C">
+    <w:p w14:paraId="62D11414" w14:textId="77777777" w:rsidR="00261067" w:rsidRDefault="00261067" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="10"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>podpisywania korespondencji kierowanej do osób, których dane dotyczą, we wszystkich sprawach związanych z przetwarzaniem ich danych osobowych oraz z wykonywaniem praw przysługujących im na mocy RODO;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="440DBC89" w14:textId="77777777" w:rsidR="00261067" w:rsidRDefault="00261067" w:rsidP="00526D8C">
+    <w:p w14:paraId="09FC3F33" w14:textId="77777777" w:rsidR="00261067" w:rsidRDefault="00261067" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="10"/>
         </w:numPr>
       </w:pPr>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>podpisywania korespondencji kierowanej do innych podmiotów w sprawach z zakresu ochrony danych osobowych;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E06A7FD" w14:textId="77777777" w:rsidR="00261067" w:rsidRDefault="00261067" w:rsidP="00526D8C">
+    <w:p w14:paraId="2D114BA3" w14:textId="77777777" w:rsidR="00261067" w:rsidRDefault="00261067" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="10"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>podpisywania korespondencji kierowanej do Prezesa Urzędu Ochrony Danych Osobowych.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4067750B" w14:textId="77777777" w:rsidR="00261067" w:rsidRDefault="00261067" w:rsidP="00526D8C">
+    <w:p w14:paraId="0B8F8A54" w14:textId="77777777" w:rsidR="00261067" w:rsidRDefault="00261067" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
       </w:pPr>
       <w:r>
-        <w:t>Pierwszy Zastępca Inspektora Ochrony Danych dla Urzędu Miasta Poznania upoważniony jest do podpisywania korespondencji i sprawozdań wymienionych w ust. 5 pkt 1, 3 i 5 w czasie nieobecności Inspektora Ochrony Danych dla Urzędu Miasta Poznania.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="5C02028F" w14:textId="77777777" w:rsidR="00054B03" w:rsidRDefault="00261067" w:rsidP="00526D8C">
+        <w:t xml:space="preserve">Inspektor Ochrony Danych dla Urzędu Miasta Poznania </w:t>
+      </w:r>
+      <w:r w:rsidR="00805FC2">
+        <w:t xml:space="preserve">(02) – pierwszy zastępca IOD </w:t>
+      </w:r>
+      <w:r>
+        <w:t>upoważniony jest do podpisywania korespondencji i sprawozdań wymienionych w ust. 5 pkt 1, 3 i 5 w czasie nieobecności Inspektora Ochrony Danych dla Urzędu Miasta Poznania</w:t>
+      </w:r>
+      <w:r w:rsidR="00805FC2">
+        <w:t xml:space="preserve"> (01)</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1CBA7164" w14:textId="77777777" w:rsidR="00054B03" w:rsidRDefault="00261067" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
       </w:pPr>
       <w:r>
-        <w:t>Drugi Zastępca Inspektora Ochrony Danych dla Urzędu Miasta Poznania upoważniony jest do podpisywania korespondencji i sprawozdań wymienionych w ust. 5 pkt 1, 3 i 5 w czasie jednoczesnej nieobecności Inspektora Ochrony Danych dla Urzędu Miasta Poznania oraz jego pierwszego Zastępcy</w:t>
+        <w:t>Inspektor Ochrony Danych dla Urzędu Miasta Poznania</w:t>
+      </w:r>
+      <w:r w:rsidR="00805FC2">
+        <w:t xml:space="preserve"> (03) – drugi zastępca IOD</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> upoważniony jest do podpisywania korespondencji i sprawozdań wymienionych w ust. 5 pkt 1, 3 i 5 w czasie jednoczesnej nieobecności Inspektora Ochrony Danych dla Urzędu Miasta Poznania</w:t>
+      </w:r>
+      <w:r w:rsidR="00805FC2">
+        <w:t xml:space="preserve"> (01) i (02)</w:t>
       </w:r>
       <w:r w:rsidR="00054B03">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="54290070" w14:textId="77777777" w:rsidR="00FA5602" w:rsidRDefault="00FA5602" w:rsidP="00FA5602">
+    <w:p w14:paraId="379CB7A2" w14:textId="77777777" w:rsidR="00674668" w:rsidRDefault="00674668" w:rsidP="00674668">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Inspektor Ochrony Danych dla Urzędu Miasta Poznania</w:t>
+      </w:r>
+      <w:r w:rsidR="00805FC2">
+        <w:t xml:space="preserve"> (04)</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E549E3">
+        <w:t xml:space="preserve">– trzeci zastępca IOD </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">upoważniony jest do podpisywania korespondencji i sprawozdań wymienionych w ust. 5 pkt 1, 3 i 5 w czasie jednoczesnej nieobecności Inspektora Ochrony Danych dla Urzędu Miasta Poznania </w:t>
+      </w:r>
+      <w:r w:rsidR="00805FC2">
+        <w:t>(01), (02) i (03)</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62005629" w14:textId="77777777" w:rsidR="00FA5602" w:rsidRDefault="00FA5602" w:rsidP="00FA5602">
       <w:pPr>
         <w:pStyle w:val="Nagwek2"/>
       </w:pPr>
       <w:r>
         <w:t>Rozdział V Przepisy końcowe</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4402B662" w14:textId="77777777" w:rsidR="00FA5602" w:rsidRDefault="00FA5602" w:rsidP="00FA5602">
+    <w:p w14:paraId="41F63DA2" w14:textId="77777777" w:rsidR="00FA5602" w:rsidRDefault="00FA5602" w:rsidP="00FA5602">
       <w:pPr>
         <w:pStyle w:val="Nagwek3"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">§ </w:t>
       </w:r>
       <w:r w:rsidR="00054B03">
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="00261067">
         <w:t>2</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="371BA472" w14:textId="77777777" w:rsidR="00261067" w:rsidRDefault="00261067" w:rsidP="00526D8C">
+    <w:p w14:paraId="1EA7486B" w14:textId="77777777" w:rsidR="00261067" w:rsidRDefault="00261067" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Dla zapewnienia jednolitego oznakowania akt biuro stosuje symbol „CC”.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A8070E5" w14:textId="77777777" w:rsidR="00261067" w:rsidRDefault="00261067" w:rsidP="00526D8C">
+    <w:p w14:paraId="1291FF2D" w14:textId="77777777" w:rsidR="00261067" w:rsidRDefault="00261067" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Dla rozróżnienia pism przygotowywanych przez oddział i poszczególne stanowiska pracy, w biurze stosuje się następujące symbole:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C77E5F8" w14:textId="77777777" w:rsidR="00261067" w:rsidRDefault="00261067" w:rsidP="00526D8C">
+    <w:p w14:paraId="05F70DB6" w14:textId="77777777" w:rsidR="00261067" w:rsidRDefault="00261067" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="11"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>CC-I – Oddział Serwisów i Technologii Informacyjnych;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4EBE40B2" w14:textId="77777777" w:rsidR="000E34D1" w:rsidRDefault="000E34D1" w:rsidP="00526D8C">
+    <w:p w14:paraId="71D5A09C" w14:textId="77777777" w:rsidR="000E34D1" w:rsidRDefault="000E34D1" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="11"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>CC-II</w:t>
       </w:r>
       <w:r w:rsidR="008F64B7">
         <w:t xml:space="preserve"> – Oddział </w:t>
       </w:r>
       <w:r w:rsidR="00F81805">
         <w:t>Cyfryzacji i Smart City</w:t>
       </w:r>
       <w:r w:rsidR="001E4E1A">
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="73C4D230" w14:textId="77777777" w:rsidR="006B4566" w:rsidRDefault="006B4566" w:rsidP="00526D8C">
+    <w:p w14:paraId="2B7F61EE" w14:textId="77777777" w:rsidR="006B4566" w:rsidRDefault="006B4566" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="11"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">CC-III – Oddział Ochrony Danych </w:t>
       </w:r>
       <w:r w:rsidR="00DF76CF">
         <w:t xml:space="preserve">dla </w:t>
       </w:r>
       <w:r>
         <w:t>Miejskich Jednostek Organizacyjnych;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="60C0805C" w14:textId="77777777" w:rsidR="00261067" w:rsidRDefault="00261067" w:rsidP="00526D8C">
+    <w:p w14:paraId="50DCB89C" w14:textId="77777777" w:rsidR="00261067" w:rsidRDefault="00261067" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="11"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>CC-IV – stanowisko ds. zabezpieczania zasobów informacyjnych;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="54092C40" w14:textId="77777777" w:rsidR="00261067" w:rsidRDefault="00261067" w:rsidP="00526D8C">
+    <w:p w14:paraId="3EA307A6" w14:textId="77777777" w:rsidR="00261067" w:rsidRDefault="00261067" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="11"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>CC-V – stanowisko ds. koordynacji SOC;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7EF3837D" w14:textId="77777777" w:rsidR="00261067" w:rsidRDefault="00261067" w:rsidP="00526D8C">
+    <w:p w14:paraId="0F693004" w14:textId="77777777" w:rsidR="00261067" w:rsidRDefault="00261067" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="11"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>CC-VI – stanowisko ds. operacyjnych SOC;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F08565B" w14:textId="77777777" w:rsidR="00261067" w:rsidRDefault="00261067" w:rsidP="00526D8C">
+    <w:p w14:paraId="5163D295" w14:textId="77777777" w:rsidR="00261067" w:rsidRDefault="00261067" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="11"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>CC-VII – Inspektor Ochrony Danych dla Urzędu Miasta Poznania;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5DE5DC50" w14:textId="77777777" w:rsidR="00261067" w:rsidRDefault="00D93E74" w:rsidP="00D93E74">
+    <w:p w14:paraId="7D9282C1" w14:textId="77777777" w:rsidR="00261067" w:rsidRDefault="00D93E74" w:rsidP="00D93E74">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="11"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>CC-VIII – stanowisko ds. koordynacji bezpieczeństwa informacji;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5641E18C" w14:textId="77777777" w:rsidR="00D93E74" w:rsidRDefault="00261067" w:rsidP="00526D8C">
+    <w:p w14:paraId="78AF2424" w14:textId="77777777" w:rsidR="00D93E74" w:rsidRDefault="00261067" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="11"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>CC-X – stanowisko ds. organiz</w:t>
       </w:r>
       <w:r w:rsidR="00F14333">
         <w:t>acyjnych i obsługi sekretariatu</w:t>
       </w:r>
       <w:r w:rsidR="00D93E74">
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="387694B2" w14:textId="77777777" w:rsidR="00261067" w:rsidRDefault="00D93E74" w:rsidP="00526D8C">
+    <w:p w14:paraId="720A66FF" w14:textId="77777777" w:rsidR="00261067" w:rsidRDefault="00D93E74" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="11"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>CC-XI – stanowisko ds. koordynacji budżetu i zamówień publicznych;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="38334C87" w14:textId="77777777" w:rsidR="00D93E74" w:rsidRDefault="00D93E74" w:rsidP="00526D8C">
+    <w:p w14:paraId="141E3076" w14:textId="77777777" w:rsidR="00D93E74" w:rsidRDefault="00D93E74" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="11"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>CC-XII</w:t>
       </w:r>
       <w:r w:rsidR="00FA77F9">
         <w:t>I</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> – stanowisko ds. </w:t>
       </w:r>
       <w:r w:rsidR="00FD7122">
         <w:t>administracyjno-finansowych</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="230BA50C" w14:textId="77777777" w:rsidR="00261067" w:rsidRDefault="00261067" w:rsidP="00526D8C">
+    <w:p w14:paraId="6535E107" w14:textId="77777777" w:rsidR="00261067" w:rsidRDefault="00261067" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Na końcu znaku sprawy, po symbolu roku, w którym założono sprawę, pracownicy biura mogą stosować swoje symbole literowe zgodne z oznaczeniami ustalonymi odrębnym zarządzeniem dyrektora.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="10C77436" w14:textId="77777777" w:rsidR="00577D64" w:rsidRPr="00577D64" w:rsidRDefault="00261067" w:rsidP="00526D8C">
+    <w:p w14:paraId="5F06B24B" w14:textId="77777777" w:rsidR="00577D64" w:rsidRPr="00577D64" w:rsidRDefault="00261067" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
       </w:pPr>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Adres poczty elektronicznej biura: </w:t>
       </w:r>
       <w:hyperlink r:id="rId12" w:history="1">
         <w:r w:rsidR="00577D64" w:rsidRPr="00860B42">
           <w:rPr>
             <w:rStyle w:val="Hipercze"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:u w:val="none"/>
           </w:rPr>
           <w:t>cc@um.poznan.pl</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr w:rsidR="00577D64" w:rsidRPr="00577D64">
       <w:footerReference w:type="default" r:id="rId13"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="34B01C5C" w14:textId="77777777" w:rsidR="00F25C34" w:rsidRDefault="00F25C34" w:rsidP="0063270F">
+    <w:p w14:paraId="4A2F599D" w14:textId="77777777" w:rsidR="00CE42AD" w:rsidRDefault="00CE42AD" w:rsidP="0063270F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2E21B7F0" w14:textId="77777777" w:rsidR="00F25C34" w:rsidRDefault="00F25C34" w:rsidP="0063270F">
+    <w:p w14:paraId="7ABA8AB2" w14:textId="77777777" w:rsidR="00CE42AD" w:rsidRDefault="00CE42AD" w:rsidP="0063270F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="5CF101EB" w14:textId="77777777" w:rsidR="00F25C34" w:rsidRDefault="00F25C34">
+    <w:p w14:paraId="661630CA" w14:textId="77777777" w:rsidR="00CE42AD" w:rsidRDefault="00CE42AD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
@@ -4788,106 +5337,106 @@
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="5D92B044" w14:textId="77777777" w:rsidR="00A31519" w:rsidRDefault="00A31519">
+  <w:p w14:paraId="28A09B2C" w14:textId="77777777" w:rsidR="00A31519" w:rsidRDefault="00A31519">
     <w:pPr>
       <w:pStyle w:val="Stopka"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="00781B60">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:t>6</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w14:paraId="5F80F658" w14:textId="77777777" w:rsidR="00A31519" w:rsidRDefault="00A31519">
+  <w:p w14:paraId="346DB762" w14:textId="77777777" w:rsidR="00A31519" w:rsidRDefault="00A31519">
     <w:pPr>
       <w:pStyle w:val="Stopka"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="71718841" w14:textId="77777777" w:rsidR="00F25C34" w:rsidRDefault="00F25C34" w:rsidP="0063270F">
+    <w:p w14:paraId="38FF5F25" w14:textId="77777777" w:rsidR="00CE42AD" w:rsidRDefault="00CE42AD" w:rsidP="0063270F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2DDA96BE" w14:textId="77777777" w:rsidR="00F25C34" w:rsidRDefault="00F25C34" w:rsidP="0063270F">
+    <w:p w14:paraId="576018B4" w14:textId="77777777" w:rsidR="00CE42AD" w:rsidRDefault="00CE42AD" w:rsidP="0063270F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="6616A754" w14:textId="77777777" w:rsidR="00F25C34" w:rsidRDefault="00F25C34">
+    <w:p w14:paraId="5A59F671" w14:textId="77777777" w:rsidR="00CE42AD" w:rsidRDefault="00CE42AD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00AF6A27"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="460A4790"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Akapitzlist1"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="720"/>
@@ -7423,833 +7972,876 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="148795319">
+  <w:num w:numId="1" w16cid:durableId="508639714">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="1996955947">
+  <w:num w:numId="2" w16cid:durableId="1902251087">
     <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="1419249485">
+  <w:num w:numId="3" w16cid:durableId="1113355820">
     <w:abstractNumId w:val="19"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="637342125">
+  <w:num w:numId="4" w16cid:durableId="1006135611">
     <w:abstractNumId w:val="17"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="1777750408">
+  <w:num w:numId="5" w16cid:durableId="1208252066">
     <w:abstractNumId w:val="22"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="1677727876">
+  <w:num w:numId="6" w16cid:durableId="636225810">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="7" w16cid:durableId="556207770">
+  <w:num w:numId="7" w16cid:durableId="707336275">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="8" w16cid:durableId="1176648262">
+  <w:num w:numId="8" w16cid:durableId="2043093840">
     <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="9" w16cid:durableId="2111469113">
+  <w:num w:numId="9" w16cid:durableId="438186631">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="10" w16cid:durableId="6714517">
+  <w:num w:numId="10" w16cid:durableId="1667510382">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="11" w16cid:durableId="99952176">
+  <w:num w:numId="11" w16cid:durableId="1440879106">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="12" w16cid:durableId="1894923815">
+  <w:num w:numId="12" w16cid:durableId="955450252">
     <w:abstractNumId w:val="21"/>
   </w:num>
-  <w:num w:numId="13" w16cid:durableId="890265814">
+  <w:num w:numId="13" w16cid:durableId="1192186800">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="14" w16cid:durableId="1172598212">
+  <w:num w:numId="14" w16cid:durableId="796335643">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="15" w16cid:durableId="282620973">
+  <w:num w:numId="15" w16cid:durableId="2100521015">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="16" w16cid:durableId="633144711">
+  <w:num w:numId="16" w16cid:durableId="1029179075">
     <w:abstractNumId w:val="23"/>
   </w:num>
-  <w:num w:numId="17" w16cid:durableId="1950434728">
+  <w:num w:numId="17" w16cid:durableId="1464425422">
     <w:abstractNumId w:val="24"/>
   </w:num>
-  <w:num w:numId="18" w16cid:durableId="261114175">
+  <w:num w:numId="18" w16cid:durableId="170804314">
     <w:abstractNumId w:val="16"/>
   </w:num>
-  <w:num w:numId="19" w16cid:durableId="538323646">
+  <w:num w:numId="19" w16cid:durableId="1504785884">
     <w:abstractNumId w:val="20"/>
   </w:num>
-  <w:num w:numId="20" w16cid:durableId="725030502">
+  <w:num w:numId="20" w16cid:durableId="283583903">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="21" w16cid:durableId="1396900098">
+  <w:num w:numId="21" w16cid:durableId="58790187">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="22" w16cid:durableId="1598367515">
+  <w:num w:numId="22" w16cid:durableId="2092769459">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="23" w16cid:durableId="103231136">
+  <w:num w:numId="23" w16cid:durableId="1711761354">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="24" w16cid:durableId="1272207654">
+  <w:num w:numId="24" w16cid:durableId="740955339">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="25" w16cid:durableId="761949938">
+  <w:num w:numId="25" w16cid:durableId="784890881">
     <w:abstractNumId w:val="18"/>
   </w:num>
-  <w:num w:numId="26" w16cid:durableId="937441649">
+  <w:num w:numId="26" w16cid:durableId="1519003366">
     <w:abstractNumId w:val="18"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="27" w16cid:durableId="449739604">
+  <w:num w:numId="27" w16cid:durableId="1665620480">
     <w:abstractNumId w:val="18"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="28" w16cid:durableId="1903833232">
+  <w:num w:numId="28" w16cid:durableId="922835279">
     <w:abstractNumId w:val="18"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="29" w16cid:durableId="1893151553">
+  <w:num w:numId="29" w16cid:durableId="225646004">
     <w:abstractNumId w:val="18"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="30" w16cid:durableId="419718918">
+  <w:num w:numId="30" w16cid:durableId="350302691">
     <w:abstractNumId w:val="18"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="31" w16cid:durableId="525757261">
+  <w:num w:numId="31" w16cid:durableId="1879197623">
     <w:abstractNumId w:val="18"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="32" w16cid:durableId="1994487677">
+  <w:num w:numId="32" w16cid:durableId="1878812741">
     <w:abstractNumId w:val="18"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="33" w16cid:durableId="1240405786">
+  <w:num w:numId="33" w16cid:durableId="1376395170">
     <w:abstractNumId w:val="18"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:numIdMacAtCleanup w:val="24"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:savePreviewPicture/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00265199"/>
+    <w:rsidRoot w:val="0088224D"/>
     <w:rsid w:val="00004AD3"/>
     <w:rsid w:val="00014E0E"/>
     <w:rsid w:val="00032225"/>
     <w:rsid w:val="0003226F"/>
     <w:rsid w:val="0003366F"/>
     <w:rsid w:val="00035D88"/>
     <w:rsid w:val="00041CB2"/>
     <w:rsid w:val="00042481"/>
     <w:rsid w:val="000436F8"/>
     <w:rsid w:val="00046890"/>
     <w:rsid w:val="00053334"/>
     <w:rsid w:val="00054B03"/>
     <w:rsid w:val="00057CF3"/>
     <w:rsid w:val="000626C9"/>
+    <w:rsid w:val="0006685F"/>
     <w:rsid w:val="00067348"/>
     <w:rsid w:val="00070D72"/>
     <w:rsid w:val="00073E39"/>
     <w:rsid w:val="0007415D"/>
     <w:rsid w:val="0007705F"/>
     <w:rsid w:val="00092830"/>
     <w:rsid w:val="000A04BC"/>
     <w:rsid w:val="000A40B6"/>
     <w:rsid w:val="000B34CE"/>
     <w:rsid w:val="000B501D"/>
     <w:rsid w:val="000C27D2"/>
+    <w:rsid w:val="000E0CFF"/>
     <w:rsid w:val="000E34D1"/>
     <w:rsid w:val="000E48B9"/>
     <w:rsid w:val="000E53EC"/>
     <w:rsid w:val="000F1C82"/>
+    <w:rsid w:val="000F7725"/>
     <w:rsid w:val="00101CA1"/>
+    <w:rsid w:val="0010669D"/>
     <w:rsid w:val="001125A5"/>
     <w:rsid w:val="00113651"/>
     <w:rsid w:val="00122642"/>
     <w:rsid w:val="001240B2"/>
     <w:rsid w:val="0012562B"/>
     <w:rsid w:val="00142F13"/>
     <w:rsid w:val="001472DF"/>
     <w:rsid w:val="0015437F"/>
     <w:rsid w:val="00154741"/>
     <w:rsid w:val="001707BF"/>
     <w:rsid w:val="001715C9"/>
     <w:rsid w:val="001741F9"/>
     <w:rsid w:val="00176669"/>
     <w:rsid w:val="00181293"/>
     <w:rsid w:val="0018162A"/>
     <w:rsid w:val="0019017C"/>
     <w:rsid w:val="001901BC"/>
     <w:rsid w:val="00192157"/>
     <w:rsid w:val="001A0DEC"/>
     <w:rsid w:val="001A2E1B"/>
     <w:rsid w:val="001A6FF4"/>
     <w:rsid w:val="001B524E"/>
     <w:rsid w:val="001C01EB"/>
     <w:rsid w:val="001C10E4"/>
     <w:rsid w:val="001D180D"/>
     <w:rsid w:val="001D4ADF"/>
     <w:rsid w:val="001D5644"/>
     <w:rsid w:val="001E4E1A"/>
     <w:rsid w:val="001E7889"/>
     <w:rsid w:val="00206E5F"/>
     <w:rsid w:val="002103BA"/>
     <w:rsid w:val="002131BF"/>
     <w:rsid w:val="002348BA"/>
     <w:rsid w:val="00234E41"/>
     <w:rsid w:val="0023764D"/>
     <w:rsid w:val="002408BB"/>
     <w:rsid w:val="00241CD8"/>
     <w:rsid w:val="00256BE0"/>
     <w:rsid w:val="00261067"/>
     <w:rsid w:val="00263997"/>
-    <w:rsid w:val="00265199"/>
     <w:rsid w:val="00267BC9"/>
     <w:rsid w:val="00272F85"/>
     <w:rsid w:val="00277942"/>
     <w:rsid w:val="00287880"/>
     <w:rsid w:val="002B112F"/>
     <w:rsid w:val="002B6179"/>
     <w:rsid w:val="002C39C4"/>
     <w:rsid w:val="002C7074"/>
     <w:rsid w:val="002D534D"/>
     <w:rsid w:val="002E4387"/>
+    <w:rsid w:val="002F1A49"/>
     <w:rsid w:val="00300133"/>
     <w:rsid w:val="003079CF"/>
     <w:rsid w:val="00314262"/>
     <w:rsid w:val="00315698"/>
     <w:rsid w:val="003167A8"/>
     <w:rsid w:val="003243E7"/>
     <w:rsid w:val="00327D40"/>
     <w:rsid w:val="00332F4F"/>
     <w:rsid w:val="00333C00"/>
     <w:rsid w:val="00346B2D"/>
     <w:rsid w:val="00350825"/>
     <w:rsid w:val="00353FAD"/>
     <w:rsid w:val="0035510C"/>
     <w:rsid w:val="00360F9E"/>
+    <w:rsid w:val="00365C5C"/>
     <w:rsid w:val="0037056E"/>
+    <w:rsid w:val="00393937"/>
+    <w:rsid w:val="003A2FAE"/>
     <w:rsid w:val="003A71F5"/>
     <w:rsid w:val="003C4F97"/>
     <w:rsid w:val="003D7069"/>
     <w:rsid w:val="003E097A"/>
     <w:rsid w:val="003E0D81"/>
     <w:rsid w:val="003E15E7"/>
     <w:rsid w:val="00402302"/>
     <w:rsid w:val="004032BE"/>
+    <w:rsid w:val="004057E5"/>
     <w:rsid w:val="004319FB"/>
     <w:rsid w:val="00436AD3"/>
     <w:rsid w:val="00440000"/>
     <w:rsid w:val="00443089"/>
     <w:rsid w:val="00452101"/>
     <w:rsid w:val="0046009E"/>
     <w:rsid w:val="0046104E"/>
     <w:rsid w:val="00465B36"/>
+    <w:rsid w:val="0046708A"/>
     <w:rsid w:val="004707CB"/>
     <w:rsid w:val="00484A25"/>
     <w:rsid w:val="00493911"/>
+    <w:rsid w:val="00496383"/>
     <w:rsid w:val="004A2FAB"/>
     <w:rsid w:val="004A505F"/>
+    <w:rsid w:val="004A759B"/>
     <w:rsid w:val="004B303B"/>
     <w:rsid w:val="004B77EF"/>
     <w:rsid w:val="004D2096"/>
     <w:rsid w:val="004D5191"/>
     <w:rsid w:val="004E141E"/>
     <w:rsid w:val="004E1C8F"/>
     <w:rsid w:val="004E5B45"/>
+    <w:rsid w:val="004E62E7"/>
     <w:rsid w:val="00500383"/>
     <w:rsid w:val="0050152F"/>
     <w:rsid w:val="005048C9"/>
     <w:rsid w:val="00522B55"/>
     <w:rsid w:val="00524D1D"/>
     <w:rsid w:val="00526D8C"/>
     <w:rsid w:val="005301C8"/>
     <w:rsid w:val="00532FAC"/>
     <w:rsid w:val="00536A39"/>
     <w:rsid w:val="005407B5"/>
     <w:rsid w:val="00541063"/>
     <w:rsid w:val="005441B4"/>
     <w:rsid w:val="0055025E"/>
     <w:rsid w:val="00550AE6"/>
     <w:rsid w:val="005566AE"/>
     <w:rsid w:val="00570DF5"/>
+    <w:rsid w:val="005713EE"/>
     <w:rsid w:val="005745BA"/>
     <w:rsid w:val="00577D64"/>
+    <w:rsid w:val="005947D0"/>
     <w:rsid w:val="005A0981"/>
     <w:rsid w:val="005A5375"/>
     <w:rsid w:val="005B61F7"/>
     <w:rsid w:val="005C7BD4"/>
     <w:rsid w:val="005D0553"/>
     <w:rsid w:val="005D420D"/>
     <w:rsid w:val="005D4256"/>
     <w:rsid w:val="005E49D4"/>
     <w:rsid w:val="005E5A9B"/>
     <w:rsid w:val="005F7197"/>
+    <w:rsid w:val="005F7729"/>
     <w:rsid w:val="0060103C"/>
     <w:rsid w:val="00601526"/>
     <w:rsid w:val="006054AE"/>
+    <w:rsid w:val="00611142"/>
     <w:rsid w:val="006127B7"/>
     <w:rsid w:val="006232B3"/>
+    <w:rsid w:val="006237BD"/>
     <w:rsid w:val="00625E72"/>
     <w:rsid w:val="00630FBB"/>
     <w:rsid w:val="0063270F"/>
     <w:rsid w:val="00632872"/>
+    <w:rsid w:val="006445D7"/>
     <w:rsid w:val="006600FD"/>
     <w:rsid w:val="006653B1"/>
     <w:rsid w:val="00665997"/>
     <w:rsid w:val="00670939"/>
     <w:rsid w:val="00671C30"/>
+    <w:rsid w:val="00674668"/>
     <w:rsid w:val="006858CD"/>
     <w:rsid w:val="00685CEC"/>
     <w:rsid w:val="006951ED"/>
     <w:rsid w:val="0069566A"/>
     <w:rsid w:val="006958BC"/>
     <w:rsid w:val="00696918"/>
     <w:rsid w:val="006A0C7E"/>
     <w:rsid w:val="006B138C"/>
     <w:rsid w:val="006B1EF5"/>
     <w:rsid w:val="006B34B3"/>
     <w:rsid w:val="006B36CA"/>
     <w:rsid w:val="006B4566"/>
     <w:rsid w:val="006B571B"/>
     <w:rsid w:val="006D4D77"/>
+    <w:rsid w:val="006D5A6C"/>
     <w:rsid w:val="006D6508"/>
     <w:rsid w:val="006D6E08"/>
     <w:rsid w:val="006E36E2"/>
     <w:rsid w:val="006E68BA"/>
     <w:rsid w:val="006F42F6"/>
     <w:rsid w:val="006F4E17"/>
     <w:rsid w:val="00701E41"/>
     <w:rsid w:val="00702FB8"/>
     <w:rsid w:val="00703988"/>
     <w:rsid w:val="00711BE4"/>
     <w:rsid w:val="0072118D"/>
     <w:rsid w:val="0073415F"/>
     <w:rsid w:val="00735534"/>
     <w:rsid w:val="00740826"/>
     <w:rsid w:val="00746AE4"/>
     <w:rsid w:val="0075383C"/>
     <w:rsid w:val="007550C0"/>
     <w:rsid w:val="0075617D"/>
     <w:rsid w:val="00763867"/>
     <w:rsid w:val="007667C8"/>
     <w:rsid w:val="007718B7"/>
+    <w:rsid w:val="00773C08"/>
     <w:rsid w:val="007764E7"/>
     <w:rsid w:val="00780E45"/>
     <w:rsid w:val="00781107"/>
     <w:rsid w:val="00781B60"/>
     <w:rsid w:val="007A00BF"/>
     <w:rsid w:val="007A0A55"/>
     <w:rsid w:val="007A306B"/>
     <w:rsid w:val="007C0F6D"/>
     <w:rsid w:val="007C2432"/>
     <w:rsid w:val="007C2B4C"/>
     <w:rsid w:val="007D1C7C"/>
     <w:rsid w:val="007D213A"/>
     <w:rsid w:val="007D4D82"/>
     <w:rsid w:val="007D50F0"/>
     <w:rsid w:val="007D7B62"/>
     <w:rsid w:val="007E415B"/>
     <w:rsid w:val="007F009C"/>
     <w:rsid w:val="0080468D"/>
     <w:rsid w:val="008048EF"/>
     <w:rsid w:val="00805756"/>
+    <w:rsid w:val="00805FC2"/>
     <w:rsid w:val="008120D6"/>
     <w:rsid w:val="00816993"/>
     <w:rsid w:val="00817431"/>
     <w:rsid w:val="008200D8"/>
     <w:rsid w:val="00821300"/>
     <w:rsid w:val="00834387"/>
     <w:rsid w:val="008346C9"/>
     <w:rsid w:val="008350CF"/>
     <w:rsid w:val="0084774C"/>
     <w:rsid w:val="00850204"/>
     <w:rsid w:val="0085218C"/>
     <w:rsid w:val="00854006"/>
+    <w:rsid w:val="00857EB2"/>
     <w:rsid w:val="00860B42"/>
     <w:rsid w:val="0086534A"/>
     <w:rsid w:val="00870E04"/>
     <w:rsid w:val="008747DC"/>
     <w:rsid w:val="0088071D"/>
     <w:rsid w:val="00881F4D"/>
     <w:rsid w:val="008820FD"/>
+    <w:rsid w:val="0088224D"/>
     <w:rsid w:val="00890032"/>
     <w:rsid w:val="008907E2"/>
     <w:rsid w:val="00897C05"/>
     <w:rsid w:val="008A4135"/>
     <w:rsid w:val="008A5AF2"/>
+    <w:rsid w:val="008B0C32"/>
     <w:rsid w:val="008B2A8C"/>
     <w:rsid w:val="008B4BDA"/>
     <w:rsid w:val="008D058E"/>
     <w:rsid w:val="008D28F1"/>
     <w:rsid w:val="008D2CB6"/>
     <w:rsid w:val="008E36C7"/>
     <w:rsid w:val="008F404F"/>
     <w:rsid w:val="008F64B7"/>
     <w:rsid w:val="008F75E1"/>
     <w:rsid w:val="00900C15"/>
     <w:rsid w:val="00903966"/>
     <w:rsid w:val="009114FD"/>
     <w:rsid w:val="00913CF8"/>
+    <w:rsid w:val="00917943"/>
     <w:rsid w:val="00920E23"/>
     <w:rsid w:val="00922CF9"/>
     <w:rsid w:val="00926A16"/>
     <w:rsid w:val="009348D8"/>
     <w:rsid w:val="00944F95"/>
     <w:rsid w:val="00946093"/>
     <w:rsid w:val="00946D71"/>
     <w:rsid w:val="0096154A"/>
+    <w:rsid w:val="00966B65"/>
     <w:rsid w:val="009754CA"/>
     <w:rsid w:val="00980CF3"/>
     <w:rsid w:val="00982129"/>
     <w:rsid w:val="009834E0"/>
     <w:rsid w:val="00986420"/>
     <w:rsid w:val="00986953"/>
     <w:rsid w:val="009A2DFF"/>
     <w:rsid w:val="009A4C4C"/>
     <w:rsid w:val="009B3C9C"/>
     <w:rsid w:val="009C0C24"/>
     <w:rsid w:val="009C2FD7"/>
     <w:rsid w:val="009C7778"/>
     <w:rsid w:val="009C7814"/>
     <w:rsid w:val="009D28A3"/>
     <w:rsid w:val="009F23E6"/>
     <w:rsid w:val="009F2ABB"/>
     <w:rsid w:val="00A0793F"/>
     <w:rsid w:val="00A20F03"/>
     <w:rsid w:val="00A25133"/>
     <w:rsid w:val="00A31519"/>
     <w:rsid w:val="00A608CC"/>
     <w:rsid w:val="00A614F5"/>
+    <w:rsid w:val="00A670BC"/>
+    <w:rsid w:val="00A7053E"/>
     <w:rsid w:val="00A7440E"/>
     <w:rsid w:val="00A7679D"/>
     <w:rsid w:val="00A824C7"/>
     <w:rsid w:val="00A944A5"/>
+    <w:rsid w:val="00AB2AA0"/>
+    <w:rsid w:val="00AB3D37"/>
     <w:rsid w:val="00AC2762"/>
     <w:rsid w:val="00AD11B5"/>
     <w:rsid w:val="00AD4C4E"/>
     <w:rsid w:val="00AD561C"/>
     <w:rsid w:val="00AE2024"/>
     <w:rsid w:val="00AE3171"/>
     <w:rsid w:val="00AE7C27"/>
     <w:rsid w:val="00AF18CE"/>
     <w:rsid w:val="00AF36F1"/>
     <w:rsid w:val="00AF5EAD"/>
     <w:rsid w:val="00B04FB2"/>
     <w:rsid w:val="00B31F03"/>
     <w:rsid w:val="00B41D2B"/>
     <w:rsid w:val="00B50980"/>
     <w:rsid w:val="00B52FD9"/>
     <w:rsid w:val="00B554BE"/>
     <w:rsid w:val="00B63262"/>
     <w:rsid w:val="00B65698"/>
     <w:rsid w:val="00B77B88"/>
     <w:rsid w:val="00B81CE8"/>
     <w:rsid w:val="00B90A6D"/>
     <w:rsid w:val="00B97EDD"/>
     <w:rsid w:val="00BA6614"/>
     <w:rsid w:val="00BC4594"/>
     <w:rsid w:val="00BC5987"/>
     <w:rsid w:val="00BE6EFA"/>
     <w:rsid w:val="00BF6308"/>
     <w:rsid w:val="00C10329"/>
     <w:rsid w:val="00C13BCB"/>
     <w:rsid w:val="00C25362"/>
     <w:rsid w:val="00C27596"/>
     <w:rsid w:val="00C31EAF"/>
     <w:rsid w:val="00C3672E"/>
     <w:rsid w:val="00C373EE"/>
     <w:rsid w:val="00C438FE"/>
     <w:rsid w:val="00C45D19"/>
     <w:rsid w:val="00C60470"/>
     <w:rsid w:val="00C72BC4"/>
+    <w:rsid w:val="00C74AD4"/>
     <w:rsid w:val="00C7673D"/>
     <w:rsid w:val="00C80D9A"/>
     <w:rsid w:val="00C816FE"/>
     <w:rsid w:val="00C9059E"/>
     <w:rsid w:val="00C9112C"/>
     <w:rsid w:val="00C9522A"/>
     <w:rsid w:val="00C97909"/>
     <w:rsid w:val="00CA1585"/>
     <w:rsid w:val="00CA3F14"/>
     <w:rsid w:val="00CA49CD"/>
     <w:rsid w:val="00CB340A"/>
     <w:rsid w:val="00CC7B91"/>
     <w:rsid w:val="00CD35A0"/>
+    <w:rsid w:val="00CD6A3A"/>
+    <w:rsid w:val="00CE42AD"/>
     <w:rsid w:val="00CF2EA6"/>
     <w:rsid w:val="00CF37BE"/>
     <w:rsid w:val="00CF581C"/>
     <w:rsid w:val="00D10456"/>
     <w:rsid w:val="00D24DA1"/>
     <w:rsid w:val="00D272AA"/>
     <w:rsid w:val="00D34241"/>
     <w:rsid w:val="00D35C92"/>
     <w:rsid w:val="00D372CD"/>
     <w:rsid w:val="00D43F3E"/>
     <w:rsid w:val="00D460AA"/>
     <w:rsid w:val="00D46F2A"/>
     <w:rsid w:val="00D47FA7"/>
     <w:rsid w:val="00D52EF0"/>
     <w:rsid w:val="00D56EA1"/>
     <w:rsid w:val="00D62C57"/>
+    <w:rsid w:val="00D71677"/>
     <w:rsid w:val="00D75D6D"/>
     <w:rsid w:val="00D80F54"/>
     <w:rsid w:val="00D842B2"/>
     <w:rsid w:val="00D84C72"/>
     <w:rsid w:val="00D86D57"/>
     <w:rsid w:val="00D90F85"/>
+    <w:rsid w:val="00D93317"/>
     <w:rsid w:val="00D93E74"/>
     <w:rsid w:val="00D944DD"/>
-    <w:rsid w:val="00D9582A"/>
+    <w:rsid w:val="00DA1836"/>
     <w:rsid w:val="00DA32FC"/>
     <w:rsid w:val="00DA5643"/>
     <w:rsid w:val="00DA7230"/>
     <w:rsid w:val="00DC11AF"/>
     <w:rsid w:val="00DC6E8C"/>
+    <w:rsid w:val="00DD0899"/>
     <w:rsid w:val="00DD0AAD"/>
     <w:rsid w:val="00DD1F31"/>
     <w:rsid w:val="00DD663D"/>
     <w:rsid w:val="00DE60C0"/>
     <w:rsid w:val="00DF3E7D"/>
     <w:rsid w:val="00DF76CF"/>
     <w:rsid w:val="00E102D7"/>
     <w:rsid w:val="00E1208A"/>
     <w:rsid w:val="00E17C5C"/>
     <w:rsid w:val="00E31143"/>
     <w:rsid w:val="00E4502C"/>
     <w:rsid w:val="00E46E0A"/>
     <w:rsid w:val="00E50C55"/>
     <w:rsid w:val="00E50EAF"/>
+    <w:rsid w:val="00E549E3"/>
     <w:rsid w:val="00E555E6"/>
+    <w:rsid w:val="00E67B61"/>
     <w:rsid w:val="00E77320"/>
     <w:rsid w:val="00E84D3C"/>
+    <w:rsid w:val="00E94D83"/>
     <w:rsid w:val="00EA43A6"/>
     <w:rsid w:val="00EA79DF"/>
     <w:rsid w:val="00EB20E7"/>
     <w:rsid w:val="00EB3543"/>
     <w:rsid w:val="00ED0920"/>
     <w:rsid w:val="00ED4D6E"/>
     <w:rsid w:val="00ED4E2D"/>
     <w:rsid w:val="00EE7E0A"/>
+    <w:rsid w:val="00EF7DD2"/>
     <w:rsid w:val="00F0539A"/>
     <w:rsid w:val="00F05D4F"/>
     <w:rsid w:val="00F076A3"/>
     <w:rsid w:val="00F138CA"/>
     <w:rsid w:val="00F14333"/>
     <w:rsid w:val="00F15F91"/>
     <w:rsid w:val="00F20294"/>
     <w:rsid w:val="00F237CF"/>
     <w:rsid w:val="00F241BD"/>
-    <w:rsid w:val="00F25C34"/>
     <w:rsid w:val="00F364E4"/>
     <w:rsid w:val="00F37E3B"/>
     <w:rsid w:val="00F40676"/>
     <w:rsid w:val="00F419A9"/>
     <w:rsid w:val="00F46A32"/>
     <w:rsid w:val="00F475C1"/>
     <w:rsid w:val="00F547BA"/>
     <w:rsid w:val="00F54CA4"/>
     <w:rsid w:val="00F61179"/>
     <w:rsid w:val="00F61B75"/>
+    <w:rsid w:val="00F71815"/>
     <w:rsid w:val="00F810F7"/>
     <w:rsid w:val="00F81805"/>
     <w:rsid w:val="00F820FE"/>
     <w:rsid w:val="00F86FD0"/>
     <w:rsid w:val="00F96500"/>
     <w:rsid w:val="00FA0ADD"/>
     <w:rsid w:val="00FA4066"/>
     <w:rsid w:val="00FA507D"/>
     <w:rsid w:val="00FA5229"/>
     <w:rsid w:val="00FA5602"/>
     <w:rsid w:val="00FA77F9"/>
+    <w:rsid w:val="00FB1B9E"/>
     <w:rsid w:val="00FB5709"/>
     <w:rsid w:val="00FC1EC1"/>
     <w:rsid w:val="00FC2485"/>
     <w:rsid w:val="00FC2D53"/>
     <w:rsid w:val="00FC3E7E"/>
     <w:rsid w:val="00FD3205"/>
     <w:rsid w:val="00FD7122"/>
+    <w:rsid w:val="00FD76A4"/>
     <w:rsid w:val="00FE7B91"/>
     <w:rsid w:val="00FF6924"/>
     <w:rsid w:val="017A0AFF"/>
     <w:rsid w:val="019154B8"/>
     <w:rsid w:val="0249FD0B"/>
     <w:rsid w:val="03EEC69A"/>
     <w:rsid w:val="06B473C8"/>
     <w:rsid w:val="076A2CC7"/>
     <w:rsid w:val="09E04A6E"/>
     <w:rsid w:val="0D59C3BE"/>
     <w:rsid w:val="12513130"/>
     <w:rsid w:val="1EFD52E7"/>
     <w:rsid w:val="2E42AB90"/>
     <w:rsid w:val="34848FA7"/>
     <w:rsid w:val="354B88C8"/>
     <w:rsid w:val="3CCA4A6A"/>
     <w:rsid w:val="405356A0"/>
     <w:rsid w:val="44D86E98"/>
     <w:rsid w:val="46A90D31"/>
     <w:rsid w:val="4D7FCF6F"/>
     <w:rsid w:val="4FD7C823"/>
     <w:rsid w:val="55F01363"/>
     <w:rsid w:val="576F1BD8"/>
     <w:rsid w:val="60D805ED"/>
     <w:rsid w:val="62441CA8"/>
@@ -8261,53 +8853,53 @@
     <w:rsid w:val="7CDA920C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pl-PL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="29228A63"/>
+  <w14:docId w14:val="1F3C7F57"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{B2927F96-C9BC-4625-A195-4F2E391F7B64}"/>
+  <w15:docId w15:val="{B6A54C9B-AFA9-4543-BFEE-AAC3B46CB52F}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:lang w:val="pl-PL" w:eastAsia="pl-PL" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -9784,51 +10376,51 @@
     <w:div w:id="2000839017">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cc@um.poznan.pl" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.poznan.pl" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\joanmu\AppData\Local\Temp\CC_regulamin_16.06.2025.dotx" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\joanmu\AppData\Local\Temp\RO%20BCC_20251029.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motyw pakietu Office">
   <a:themeElements>
     <a:clrScheme name="Pakiet Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -10099,62 +10691,71 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <_activity xmlns="ad142fa7-5e7c-4f8f-ae45-9342fc4f7cc6" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokument" ma:contentTypeID="0x0101009714C89918BCDC4FA298F5184CE51CFF" ma:contentTypeVersion="17" ma:contentTypeDescription="Utwórz nowy dokument." ma:contentTypeScope="" ma:versionID="2ad2a8065a58df8ff4666fa75060eb83">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns3="ad142fa7-5e7c-4f8f-ae45-9342fc4f7cc6" xmlns:ns4="064d5d16-8f8f-4e37-b4fd-8db8cdf26f86" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="ec3f0e45b9ee30ca431cf5c5a8bdd194" ns3:_="" ns4:_="">
     <xsd:import namespace="ad142fa7-5e7c-4f8f-ae45-9342fc4f7cc6"/>
     <xsd:import namespace="064d5d16-8f8f-4e37-b4fd-8db8cdf26f86"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns4:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns4:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns4:SharingHintHash" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:_activity" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceObjectDetectorVersions" minOccurs="0"/>
@@ -10357,134 +10958,125 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1250BFBC-0643-443C-B5F8-394463D224C0}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B08F5AA1-05C0-43FF-BD57-0894B423E0F4}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{544083AD-6CB8-4EA0-B0FE-D743062A0B76}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="ad142fa7-5e7c-4f8f-ae45-9342fc4f7cc6"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9BE9830B-CD34-4E86-A8B7-ACFA9D4BF6C1}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1398AAB7-6595-4A2A-A7DB-F7254260F2C5}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="ad142fa7-5e7c-4f8f-ae45-9342fc4f7cc6"/>
     <ds:schemaRef ds:uri="064d5d16-8f8f-4e37-b4fd-8db8cdf26f86"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>CC_regulamin_16.06.2025</Template>
+  <Template>RO BCC_20251029</Template>
   <TotalTime></TotalTime>
-  <Pages>19</Pages>
-[...1 lines deleted...]
-  <Characters>34638</Characters>
+  <Pages>20</Pages>
+  <Words>5867</Words>
+  <Characters>35204</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>288</Lines>
-  <Paragraphs>80</Paragraphs>
+  <Lines>293</Lines>
+  <Paragraphs>81</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Tytuł</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Biuro Cyfryzacji i Cyberbezpieczeństwa</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>ump</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>40331</CharactersWithSpaces>
+  <CharactersWithSpaces>40990</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="12" baseType="variant">
       <vt:variant>
         <vt:i4>327789</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>mailto:cc@um.poznan.pl</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>131151</vt:i4>
       </vt:variant>
       <vt:variant>