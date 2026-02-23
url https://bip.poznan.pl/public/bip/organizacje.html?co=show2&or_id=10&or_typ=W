--- v1 (2025-12-23)
+++ v2 (2026-02-23)
@@ -8,1622 +8,1416 @@
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="32EA9E53" w14:textId="77777777" w:rsidR="00FA5602" w:rsidRPr="00FA5602" w:rsidRDefault="00192157" w:rsidP="00FA5602">
+    <w:p w14:paraId="06FA49E7" w14:textId="77777777" w:rsidR="00FA5602" w:rsidRPr="00FA5602" w:rsidRDefault="00192157" w:rsidP="00FA5602">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00192157">
         <w:rPr>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t>Załącznik do zarządzenia nr</w:t>
       </w:r>
       <w:r w:rsidR="00FD7122">
         <w:rPr>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00E94D83">
+      <w:r w:rsidR="004D2A5A">
         <w:rPr>
           <w:sz w:val="21"/>
         </w:rPr>
-        <w:t>6</w:t>
+        <w:t>8</w:t>
       </w:r>
       <w:r w:rsidR="00D47FA7">
         <w:rPr>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t>/202</w:t>
       </w:r>
       <w:r w:rsidR="000B34CE">
         <w:rPr>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidRPr="00192157">
         <w:rPr>
           <w:sz w:val="21"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Dyrektora Biura Cyfryzacji i </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> z dnia</w:t>
+        <w:t xml:space="preserve"> Dyrektora Biura Cyfryzacji i Cyberbezpieczeństwa z dnia</w:t>
       </w:r>
       <w:r w:rsidR="00FD7122">
         <w:rPr>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00FD7122">
         <w:rPr>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:br/>
       </w:r>
+      <w:r w:rsidR="004D2A5A">
+        <w:rPr>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="009443A0">
+        <w:rPr>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="004D2A5A">
+        <w:rPr>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t>.12</w:t>
+      </w:r>
       <w:r w:rsidR="00E94D83">
         <w:rPr>
           <w:sz w:val="21"/>
         </w:rPr>
-        <w:t>3</w:t>
-[...11 lines deleted...]
-        <w:t>.10.</w:t>
+        <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00192157">
         <w:rPr>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t>202</w:t>
       </w:r>
       <w:r w:rsidR="009F2ABB">
         <w:rPr>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidRPr="00192157">
         <w:rPr>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> r.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6DC8AD97" w14:textId="77777777" w:rsidR="00FA5602" w:rsidRDefault="00FA5602" w:rsidP="00FA5602">
+    <w:p w14:paraId="4AF1DAD0" w14:textId="77777777" w:rsidR="00FA5602" w:rsidRDefault="00FA5602" w:rsidP="00FA5602">
       <w:pPr>
         <w:spacing w:after="480" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="5954"/>
       </w:pPr>
       <w:r>
         <w:t>Zatwierdzam</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="46B87915" w14:textId="77777777" w:rsidR="00FA5602" w:rsidRDefault="00041CB2" w:rsidP="00FA5602">
+    <w:p w14:paraId="3B644ABC" w14:textId="77777777" w:rsidR="00FA5602" w:rsidRDefault="00041CB2" w:rsidP="00FA5602">
       <w:pPr>
         <w:spacing w:after="480" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="5954"/>
       </w:pPr>
       <w:r>
         <w:t>Stanisław Tamm Sekretarz Miasta Poznania</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E0A04F4" w14:textId="77777777" w:rsidR="00FA5602" w:rsidRDefault="00FA5602" w:rsidP="00FA5602">
+    <w:p w14:paraId="1193DABA" w14:textId="77777777" w:rsidR="00FA5602" w:rsidRDefault="00FA5602" w:rsidP="00FA5602">
       <w:pPr>
         <w:pStyle w:val="Nagwek1"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Regulamin </w:t>
       </w:r>
       <w:r w:rsidR="00C10329">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
       <w:r w:rsidRPr="00041CB2">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">rganizacyjny </w:t>
       </w:r>
       <w:r w:rsidR="00D24DA1">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Biura </w:t>
       </w:r>
       <w:r w:rsidR="00041CB2" w:rsidRPr="00041CB2">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Cyfryzacji i </w:t>
-[...10 lines deleted...]
-    <w:p w14:paraId="516CD4D0" w14:textId="77777777" w:rsidR="00041CB2" w:rsidRDefault="00041CB2" w:rsidP="00041CB2">
+        <w:t>Cyfryzacji i Cyberbezpieczeństwa</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="703ACF89" w14:textId="77777777" w:rsidR="00041CB2" w:rsidRDefault="00041CB2" w:rsidP="00041CB2">
       <w:r w:rsidRPr="00041CB2">
         <w:t>Ilekroć w regulaminie jest mowa o</w:t>
       </w:r>
       <w:r>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="572D170A" w14:textId="77777777" w:rsidR="004B303B" w:rsidRDefault="004B303B" w:rsidP="00670939">
+    <w:p w14:paraId="1B389CEE" w14:textId="77777777" w:rsidR="004B303B" w:rsidRDefault="004B303B" w:rsidP="00670939">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Security Operations Center (SOC) – należy przez to rozumieć wyspecjalizowaną komórkę organizacyjną, odpowiedzialną za monitorowanie poziomu i jakości zabezpieczeń systemów i infrastruktury IT oraz rekomendowanie działań doradczych i korygujących mających wpływ na poprawę ich bezpieczeństwa, przy wykorzystaniu informacji pozyskiwanych z procesu zarządzania ryzykiem bezpieczeństwa informacji oraz mechanizmów wykrywania, analizowania i reagowania na incydenty w obszarze bezpieczeństwa teleinformatycznego;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="77D9AE8D" w14:textId="77777777" w:rsidR="004B303B" w:rsidRDefault="004B303B" w:rsidP="00670939">
+    <w:p w14:paraId="65E90823" w14:textId="77777777" w:rsidR="004B303B" w:rsidRDefault="004B303B" w:rsidP="00670939">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...8 lines deleted...]
-    <w:p w14:paraId="750A41D8" w14:textId="77777777" w:rsidR="004B303B" w:rsidRDefault="004B303B" w:rsidP="00670939">
+      <w:r>
+        <w:t>Aplication Programming Interface (API) – należy przez to rozumieć interfejs programowania aplikacji, tj. zbiór reguł ściśle opisujący, w jaki sposób programy lub podprogramy komunikują się ze sobą;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37EA10F7" w14:textId="77777777" w:rsidR="004B303B" w:rsidRDefault="004B303B" w:rsidP="00670939">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Zasada </w:t>
-[...10 lines deleted...]
-    <w:p w14:paraId="258CE798" w14:textId="77777777" w:rsidR="004B303B" w:rsidRDefault="004B303B" w:rsidP="00670939">
+        <w:t>Zasada privacy by design – należy przez to rozumieć wdrażanie odpowiednich środków technicznych i organizacyjnych przez Administratora danych osobowych zarówno przed przystąpieniem do przetwarzania (tj. w fazie planowania / projektowania sposobów przetwarzania) danych osobowych, jak i w czasie samego przetwarzania, mająca na celu zapewnienie zgodności z RODO;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29999CF0" w14:textId="77777777" w:rsidR="004B303B" w:rsidRDefault="004B303B" w:rsidP="00670939">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>RODO – należy przez to rozumieć rozporządzenie Parlamentu Europejskiego i Rady (UE) 2016/679 z dnia 27 kwietnia 2016 r. w sprawie ochrony osób fizycznych w związku z przetwarzaniem danych osobowych i w sprawie swobodnego przepływu takich danych oraz uchylenia dyrektywy 95/46/WE (ogólne rozporządzenie o ochronie danych) - Dz. Urz. UE. L z 2016 r. Nr 119, str. 1 oraz z 2018 r. Nr 127, poz. 2;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="299D69E4" w14:textId="77777777" w:rsidR="004B303B" w:rsidRDefault="004B303B" w:rsidP="00670939">
+    <w:p w14:paraId="0526686D" w14:textId="77777777" w:rsidR="004B303B" w:rsidRDefault="004B303B" w:rsidP="00670939">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
       </w:pPr>
       <w:r>
-        <w:t>Administratorze danych osobowych – należy przez to rozumieć Administratora, o którym mowa w art. 4 pkt. 7 RODO, tj. odpowiednio Urząd Miasta Poznania lub miejską jednostkę organizacyjną (</w:t>
-[...10 lines deleted...]
-    <w:p w14:paraId="16F42819" w14:textId="77777777" w:rsidR="00EB3543" w:rsidRDefault="004B303B" w:rsidP="00670939">
+        <w:t>Administratorze danych osobowych – należy przez to rozumieć Administratora, o którym mowa w art. 4 pkt. 7 RODO, tj. odpowiednio Urząd Miasta Poznania lub miejską jednostkę organizacyjną (m.j.o.), które samodzielnie lub wspólnie z innymi ustalają cele i sposoby przetwarzania danych osobowych;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D80CAC8" w14:textId="77777777" w:rsidR="00EB3543" w:rsidRDefault="004B303B" w:rsidP="00670939">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Poznań </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> – należy przez to rozumieć laboratorium miejskie (przestrzeń zarówno fizyczna, jak i wirtualna) służące weryfikacji pomysłów, testowaniu </w:t>
+        <w:t xml:space="preserve">Poznań CityLab – należy przez to rozumieć laboratorium miejskie (przestrzeń zarówno fizyczna, jak i wirtualna) służące weryfikacji pomysłów, testowaniu </w:t>
       </w:r>
       <w:r>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">rozwiązań przede wszystkim cyfrowych, opartych o wschodzące technologie takie jak sztuczna inteligencja, uczenie maszynowe, big data, </w:t>
-[...42 lines deleted...]
-    <w:p w14:paraId="2FB2F983" w14:textId="77777777" w:rsidR="00041CB2" w:rsidRDefault="00FA5602" w:rsidP="00041CB2">
+        <w:t>rozwiązań przede wszystkim cyfrowych, opartych o wschodzące technologie takie jak sztuczna inteligencja, uczenie maszynowe, big data, internet rzeczy, blockchain. Technologie będące źródłem innowacji dla Miasta, animujące miejski ekosystem oraz wspierające inicjatywy łączące interesariuszy. Rozwiązania stanowiące bank wiedzy o projektach, narzędziach i zasobach smart city. Częścią Poznań CityLab jest Welcome Center pokazujące potencjał Miasta, wdrażane innowacje i współpracę środowisk w inteligentnym mieście.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40F02270" w14:textId="77777777" w:rsidR="00041CB2" w:rsidRDefault="00FA5602" w:rsidP="00041CB2">
       <w:pPr>
         <w:pStyle w:val="Nagwek2"/>
       </w:pPr>
       <w:r>
         <w:t>Rozdział I Struktura organizacyjna</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="001AD370" w14:textId="77777777" w:rsidR="00041CB2" w:rsidRPr="00041CB2" w:rsidRDefault="00041CB2" w:rsidP="00041CB2">
+    <w:p w14:paraId="5765FCFA" w14:textId="77777777" w:rsidR="00041CB2" w:rsidRPr="00041CB2" w:rsidRDefault="00041CB2" w:rsidP="00041CB2">
       <w:pPr>
         <w:pStyle w:val="Nagwek3"/>
       </w:pPr>
       <w:r>
         <w:t>§ 1</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="202E0FAF" w14:textId="77777777" w:rsidR="007C2B4C" w:rsidRDefault="007C2B4C" w:rsidP="00526D8C">
+    <w:p w14:paraId="7EA6D7EF" w14:textId="77777777" w:rsidR="007C2B4C" w:rsidRDefault="007C2B4C" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Pracą b</w:t>
       </w:r>
       <w:r w:rsidRPr="00041CB2">
         <w:t xml:space="preserve">iura kieruje </w:t>
       </w:r>
       <w:r>
         <w:t>d</w:t>
       </w:r>
       <w:r w:rsidRPr="00041CB2">
         <w:t xml:space="preserve">yrektor przy pomocy </w:t>
       </w:r>
       <w:r>
         <w:t>z</w:t>
       </w:r>
       <w:r w:rsidRPr="00041CB2">
         <w:t xml:space="preserve">astępcy </w:t>
       </w:r>
       <w:r>
         <w:t>d</w:t>
       </w:r>
       <w:r w:rsidRPr="00041CB2">
         <w:t xml:space="preserve">yrektora ds. </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>c</w:t>
       </w:r>
       <w:r w:rsidRPr="00041CB2">
-        <w:t>yberbezpieczeństwa</w:t>
-[...6 lines deleted...]
-    <w:p w14:paraId="221C758F" w14:textId="77777777" w:rsidR="007C2B4C" w:rsidRDefault="007C2B4C" w:rsidP="00526D8C">
+        <w:t>yberbezpieczeństwa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61B6F936" w14:textId="77777777" w:rsidR="007C2B4C" w:rsidRDefault="007C2B4C" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Dyrektor przy pomocy zastępcy zarządza biurem zgodnie ze standardami kontroli zarządczej wspomaganymi systemem zarządzania zgodnym z wymaganiami normy PN-EN ISO 9001:2015.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="38D6ADAA" w14:textId="77777777" w:rsidR="00496383" w:rsidRDefault="00496383" w:rsidP="00526D8C">
+    <w:p w14:paraId="43838387" w14:textId="77777777" w:rsidR="00496383" w:rsidRDefault="00496383" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00496383">
         <w:t xml:space="preserve">Wsparcie koordynacyjne w zakresie utrzymania i doskonalenia systemu zarządzania zgodnego z wymaganiami normy PN-EN ISO 9001:2015 oraz standardów kontroli zarządczej w </w:t>
       </w:r>
       <w:r w:rsidR="00857EB2">
         <w:t>biurze</w:t>
       </w:r>
       <w:r w:rsidRPr="00496383">
         <w:t>, zapewnia wyznaczony przez dyrektora pracownik biura.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1ED12DDF" w14:textId="77777777" w:rsidR="00FA5602" w:rsidRDefault="007C2B4C" w:rsidP="00526D8C">
+    <w:p w14:paraId="2759B600" w14:textId="77777777" w:rsidR="00FA5602" w:rsidRDefault="007C2B4C" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Realizacja zadań biura oparta jest na podejściu procesowym, zgodnym z normą określoną w ust. 2</w:t>
       </w:r>
       <w:r w:rsidR="00FA5602">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="59D9990E" w14:textId="77777777" w:rsidR="00FA5602" w:rsidRDefault="00FA5602" w:rsidP="00FA5602">
+    <w:p w14:paraId="37A7DD51" w14:textId="77777777" w:rsidR="00FA5602" w:rsidRDefault="00FA5602" w:rsidP="00FA5602">
       <w:pPr>
         <w:pStyle w:val="Nagwek3"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">§ </w:t>
       </w:r>
       <w:r w:rsidR="00041CB2">
         <w:t>2</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0BD18E26" w14:textId="77777777" w:rsidR="007C2B4C" w:rsidRDefault="007C2B4C" w:rsidP="00670939">
+    <w:p w14:paraId="3DE2328F" w14:textId="77777777" w:rsidR="007C2B4C" w:rsidRDefault="007C2B4C" w:rsidP="00670939">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>W strukturze organizacyjnej biura funkcjonuje Pełnomocnik Prezydenta Miasta Poznania ds. Smart City – dyrektor biura.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0146F60A" w14:textId="77777777" w:rsidR="007C2B4C" w:rsidRDefault="007C2B4C" w:rsidP="00670939">
+    <w:p w14:paraId="29BA7264" w14:textId="77777777" w:rsidR="007C2B4C" w:rsidRDefault="007C2B4C" w:rsidP="00670939">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Zadania Pełnomocnika, o którym mowa w ust. 1, określa zarządzenie Prezydenta.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A5993E2" w14:textId="77777777" w:rsidR="00041CB2" w:rsidRDefault="007C2B4C" w:rsidP="00670939">
+    <w:p w14:paraId="70C32304" w14:textId="77777777" w:rsidR="00041CB2" w:rsidRDefault="007C2B4C" w:rsidP="00670939">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Pełnomocnik, o którym mowa w ust. 1, realizuje swoje zadania przy pomocy </w:t>
       </w:r>
       <w:r w:rsidR="00D24DA1">
         <w:t>b</w:t>
       </w:r>
       <w:r w:rsidR="00041CB2">
         <w:t>iura.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="798B0C0F" w14:textId="77777777" w:rsidR="00FA5602" w:rsidRDefault="00FA5602" w:rsidP="00FA5602">
+    <w:p w14:paraId="0923559B" w14:textId="77777777" w:rsidR="00FA5602" w:rsidRDefault="00FA5602" w:rsidP="00FA5602">
       <w:pPr>
         <w:pStyle w:val="Nagwek3"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">§ </w:t>
       </w:r>
       <w:r w:rsidR="00041CB2">
         <w:t>3</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="665A8150" w14:textId="77777777" w:rsidR="00FA5602" w:rsidRDefault="0055025E" w:rsidP="00041CB2">
+    <w:p w14:paraId="2B97C63E" w14:textId="77777777" w:rsidR="00FA5602" w:rsidRDefault="0055025E" w:rsidP="00041CB2">
       <w:r>
         <w:t xml:space="preserve">Biuro </w:t>
       </w:r>
       <w:r w:rsidR="00FA5602">
         <w:t>dzieli się na następujące oddziały i stanowiska pracy:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="391FC4D6" w14:textId="77777777" w:rsidR="007C2B4C" w:rsidRDefault="007C2B4C" w:rsidP="00670939">
+    <w:p w14:paraId="789D156E" w14:textId="77777777" w:rsidR="007C2B4C" w:rsidRDefault="007C2B4C" w:rsidP="00670939">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Oddział Serwisów i Technologii Informacyjnych, w </w:t>
-[...10 lines deleted...]
-    <w:p w14:paraId="12CF195E" w14:textId="77777777" w:rsidR="001D180D" w:rsidRDefault="007C2B4C" w:rsidP="00670939">
+        <w:t>Oddział Serwisów i Technologii Informacyjnych, w skład którego wchodzi:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D4C2628" w14:textId="77777777" w:rsidR="001D180D" w:rsidRDefault="007C2B4C" w:rsidP="00670939">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>kierownik oddziału,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E0CD389" w14:textId="77777777" w:rsidR="001D180D" w:rsidRDefault="007C2B4C" w:rsidP="00670939">
+    <w:p w14:paraId="2D60967D" w14:textId="77777777" w:rsidR="001D180D" w:rsidRDefault="007C2B4C" w:rsidP="00670939">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>stanowisko ds. redakcji serwisów informacyjnych,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D1C04F0" w14:textId="77777777" w:rsidR="001D180D" w:rsidRDefault="007C2B4C" w:rsidP="00670939">
+    <w:p w14:paraId="6D79F799" w14:textId="77777777" w:rsidR="001D180D" w:rsidRDefault="007C2B4C" w:rsidP="00670939">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">stanowisko ds. </w:t>
       </w:r>
       <w:r w:rsidR="005301C8">
         <w:t>zarządzania i optymalizacji treści</w:t>
       </w:r>
       <w:r>
         <w:t>,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="76F640AD" w14:textId="77777777" w:rsidR="001D180D" w:rsidRDefault="007C2B4C" w:rsidP="00670939">
+    <w:p w14:paraId="7B1C9FA4" w14:textId="77777777" w:rsidR="001D180D" w:rsidRDefault="007C2B4C" w:rsidP="00670939">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>stanowisko ds. danych i serwisów informacyjnych,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="601C36B7" w14:textId="77777777" w:rsidR="001D180D" w:rsidRDefault="007C2B4C" w:rsidP="00670939">
+    <w:p w14:paraId="1425488C" w14:textId="77777777" w:rsidR="001D180D" w:rsidRDefault="007C2B4C" w:rsidP="00670939">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>stanowisko ds. multimediów i serwisów informacyjnych,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="356BECB6" w14:textId="77777777" w:rsidR="00B65698" w:rsidRDefault="00B65698" w:rsidP="00670939">
+    <w:p w14:paraId="755CE0F9" w14:textId="77777777" w:rsidR="0023687B" w:rsidRDefault="00B65698" w:rsidP="00670939">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>stanowisko ds. wdrażania i monitorowania dostępności cyfrowej</w:t>
       </w:r>
+      <w:r w:rsidR="0023687B">
+        <w:t>,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="072FA08E" w14:textId="77777777" w:rsidR="00B65698" w:rsidRDefault="0023687B" w:rsidP="00670939">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>stanowisko ds. redakcyjno - prawnych</w:t>
+      </w:r>
       <w:r w:rsidR="00300133">
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0864E0FB" w14:textId="77777777" w:rsidR="007C2B4C" w:rsidRDefault="006127B7" w:rsidP="00670939">
+    <w:p w14:paraId="492F10DF" w14:textId="77777777" w:rsidR="007C2B4C" w:rsidRDefault="006127B7" w:rsidP="00670939">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
       </w:pPr>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Oddział </w:t>
       </w:r>
       <w:r w:rsidR="003167A8">
         <w:t>Cyfryzacji i Smart City</w:t>
       </w:r>
       <w:r w:rsidR="007C2B4C">
         <w:t>, w którego skład wchodzą:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2117AF03" w14:textId="77777777" w:rsidR="001D180D" w:rsidRDefault="00F076A3" w:rsidP="00670939">
+    <w:p w14:paraId="2DA71813" w14:textId="77777777" w:rsidR="001D180D" w:rsidRDefault="00F076A3" w:rsidP="00670939">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
       </w:pPr>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t>kierownik oddziału</w:t>
       </w:r>
       <w:r w:rsidR="00D62C57">
         <w:t>,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24A1D7EA" w14:textId="77777777" w:rsidR="001D180D" w:rsidRDefault="00D62C57" w:rsidP="00670939">
+    <w:p w14:paraId="7E535B4D" w14:textId="77777777" w:rsidR="001A0DEC" w:rsidRDefault="00D62C57" w:rsidP="00CB32F4">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>stanowisko ds.</w:t>
       </w:r>
       <w:r w:rsidR="00EA79DF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="006858CD">
         <w:t xml:space="preserve">projektowania i rozwoju </w:t>
       </w:r>
       <w:r w:rsidR="00067348">
         <w:t>produktów cyfrowych</w:t>
       </w:r>
       <w:r w:rsidR="007C2B4C">
         <w:t>,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6FE4ECF8" w14:textId="77777777" w:rsidR="001A0DEC" w:rsidRDefault="001A0DEC" w:rsidP="00670939">
+    <w:p w14:paraId="5EE2A756" w14:textId="77777777" w:rsidR="001D180D" w:rsidRDefault="007C2B4C" w:rsidP="00670939">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
       </w:pPr>
       <w:r>
-        <w:t>stanowisko ds. projektów cyfrowych,</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="3C63D271" w14:textId="77777777" w:rsidR="001D180D" w:rsidRDefault="007C2B4C" w:rsidP="00670939">
+        <w:t xml:space="preserve">stanowisko ds. </w:t>
+      </w:r>
+      <w:r w:rsidR="006232B3">
+        <w:t>S</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">mart </w:t>
+      </w:r>
+      <w:r w:rsidR="006232B3">
+        <w:t>C</w:t>
+      </w:r>
+      <w:r>
+        <w:t>ity,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="383A6C94" w14:textId="77777777" w:rsidR="001D180D" w:rsidRDefault="007C2B4C" w:rsidP="00670939">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">stanowisko ds. </w:t>
-[...14 lines deleted...]
-    <w:p w14:paraId="5C8D05B3" w14:textId="77777777" w:rsidR="001D180D" w:rsidRDefault="007C2B4C" w:rsidP="00670939">
+        <w:t xml:space="preserve">stanowisko ds. innowacji </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD0AAD">
+        <w:t>cyfrowych</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA77F9">
+        <w:t>,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3464378B" w14:textId="77777777" w:rsidR="007C2B4C" w:rsidRDefault="0023764D" w:rsidP="00670939">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">stanowisko ds. innowacji </w:t>
-[...16 lines deleted...]
-      <w:r>
         <w:t>stanowisko ds. integracji systemów</w:t>
       </w:r>
       <w:r w:rsidR="00A31519">
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="633DE922" w14:textId="77777777" w:rsidR="00A608CC" w:rsidRDefault="009F2ABB" w:rsidP="00670939">
+    <w:p w14:paraId="03B397CE" w14:textId="77777777" w:rsidR="00A608CC" w:rsidRDefault="009F2ABB" w:rsidP="00670939">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Oddział Ochrony Danych </w:t>
       </w:r>
       <w:r w:rsidR="00DF76CF">
         <w:t xml:space="preserve">dla </w:t>
       </w:r>
       <w:r>
         <w:t>Miejskich Jednostek Organizacyjnych</w:t>
       </w:r>
       <w:r w:rsidR="00A608CC">
         <w:t>, w którego skład wchodzą:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5925965D" w14:textId="77777777" w:rsidR="001E7889" w:rsidRDefault="00A608CC" w:rsidP="00670939">
+    <w:p w14:paraId="1BD3782E" w14:textId="77777777" w:rsidR="001E7889" w:rsidRDefault="00A608CC" w:rsidP="00670939">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">kierownik oddziału – Inspektor Ochrony Danych </w:t>
       </w:r>
       <w:r w:rsidR="005566AE">
         <w:t>dla m</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">iejskich </w:t>
       </w:r>
       <w:r w:rsidR="005566AE">
         <w:t>j</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ednostek </w:t>
       </w:r>
       <w:r w:rsidR="005566AE">
         <w:t>o</w:t>
       </w:r>
       <w:r>
         <w:t>rganizacyjnych,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="120665E6" w14:textId="77777777" w:rsidR="00F547BA" w:rsidRDefault="00E549E3" w:rsidP="00670939">
+    <w:p w14:paraId="1AB634FC" w14:textId="77777777" w:rsidR="00F547BA" w:rsidRDefault="00E549E3" w:rsidP="00670939">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>z</w:t>
       </w:r>
       <w:r w:rsidR="00F547BA">
         <w:t>astępca Inspektora Ochrony Danych dla miejskich jednostek organizacyjnych,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A7FE28D" w14:textId="77777777" w:rsidR="009F2ABB" w:rsidRDefault="00A608CC" w:rsidP="00670939">
+    <w:p w14:paraId="5B1B6AD5" w14:textId="77777777" w:rsidR="009F2ABB" w:rsidRDefault="00A608CC" w:rsidP="00670939">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">stanowisko ds. ochrony danych; </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37230554" w14:textId="77777777" w:rsidR="00F547BA" w:rsidRDefault="00F547BA" w:rsidP="00670939">
+    <w:p w14:paraId="45DE4B90" w14:textId="77777777" w:rsidR="00F547BA" w:rsidRDefault="00F547BA" w:rsidP="00670939">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>stanowisko ds. koordynacji bezpieczeństwa informacji;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="559033A4" w14:textId="77777777" w:rsidR="001D180D" w:rsidRDefault="007C2B4C" w:rsidP="00670939">
+    <w:p w14:paraId="7C05B983" w14:textId="77777777" w:rsidR="001D180D" w:rsidRDefault="007C2B4C" w:rsidP="00670939">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>stanowisko ds. zabezpieczania zasobów informacyjnych;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="181A0966" w14:textId="77777777" w:rsidR="001D180D" w:rsidRDefault="007C2B4C" w:rsidP="00670939">
+    <w:p w14:paraId="02AACD81" w14:textId="77777777" w:rsidR="001D180D" w:rsidRDefault="007C2B4C" w:rsidP="00670939">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>stanowisko ds. koordynacji SOC;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="39E75A55" w14:textId="77777777" w:rsidR="001D180D" w:rsidRDefault="007C2B4C" w:rsidP="00670939">
+    <w:p w14:paraId="6D9A8B87" w14:textId="77777777" w:rsidR="001D180D" w:rsidRDefault="007C2B4C" w:rsidP="00670939">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>stanowisko ds. operacyjnych SOC;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B814545" w14:textId="77777777" w:rsidR="001D180D" w:rsidRDefault="007C2B4C" w:rsidP="00670939">
+    <w:p w14:paraId="5CE7A6B1" w14:textId="77777777" w:rsidR="001D180D" w:rsidRDefault="007C2B4C" w:rsidP="00670939">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Inspektor Ochrony Danych dla Urzędu Miasta Poznania (w tym jego zastępcy na podstawie art. 11a ustawy o ochronie danych osobowych);</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="294B5277" w14:textId="77777777" w:rsidR="00F547BA" w:rsidRDefault="00F547BA" w:rsidP="00670939">
+    <w:p w14:paraId="3DF2AD64" w14:textId="77777777" w:rsidR="00F547BA" w:rsidRDefault="00F547BA" w:rsidP="00670939">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>stanowisko ds. koordynacji budżetu i zamówień publicznych;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="49A7765F" w14:textId="77777777" w:rsidR="001D180D" w:rsidRDefault="007C2B4C" w:rsidP="00670939">
+    <w:p w14:paraId="21F2AE0C" w14:textId="77777777" w:rsidR="001D180D" w:rsidRDefault="007C2B4C" w:rsidP="00670939">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">stanowisko ds. </w:t>
       </w:r>
       <w:r w:rsidR="00FD7122">
         <w:t>administracyjno-finansowych</w:t>
       </w:r>
       <w:r>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3874FDDE" w14:textId="77777777" w:rsidR="00FA5602" w:rsidRDefault="007C2B4C" w:rsidP="00670939">
+    <w:p w14:paraId="760BB83B" w14:textId="77777777" w:rsidR="00FA5602" w:rsidRDefault="007C2B4C" w:rsidP="00670939">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>stanowisko ds. organizacyjnych i obsługi sekretariatu</w:t>
       </w:r>
       <w:r w:rsidR="00DA32FC">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B3C01F1" w14:textId="77777777" w:rsidR="00FA5602" w:rsidRDefault="00FA5602" w:rsidP="00FA5602">
+    <w:p w14:paraId="3AA7A047" w14:textId="77777777" w:rsidR="00FA5602" w:rsidRDefault="00FA5602" w:rsidP="00FA5602">
       <w:pPr>
         <w:pStyle w:val="Nagwek3"/>
       </w:pPr>
       <w:r>
         <w:t>§ 4</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="482361A7" w14:textId="77777777" w:rsidR="00F46A32" w:rsidRDefault="009A4C4C" w:rsidP="00670939">
+    <w:p w14:paraId="4BBC8C8C" w14:textId="77777777" w:rsidR="00F46A32" w:rsidRDefault="009A4C4C" w:rsidP="00670939">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Dyrektor organizuje wykonanie zadań należących do biura oraz reprezentuje je na zewnątrz.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="10661B1D" w14:textId="77777777" w:rsidR="009A4C4C" w:rsidRDefault="009A4C4C" w:rsidP="00670939">
+    <w:p w14:paraId="1B68BF03" w14:textId="77777777" w:rsidR="009A4C4C" w:rsidRDefault="009A4C4C" w:rsidP="00670939">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Dyrektor sprawuje bezpośredni nadzór nad:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="382ADA0A" w14:textId="77777777" w:rsidR="009A4C4C" w:rsidRDefault="009A4C4C" w:rsidP="00670939">
+    <w:p w14:paraId="1C749C00" w14:textId="77777777" w:rsidR="009A4C4C" w:rsidRDefault="009A4C4C" w:rsidP="00670939">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="19"/>
         </w:numPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">zastępcą dyrektora ds. </w:t>
-[...10 lines deleted...]
-    <w:p w14:paraId="5EFB7571" w14:textId="77777777" w:rsidR="009A4C4C" w:rsidRDefault="009A4C4C" w:rsidP="00670939">
+        <w:t>zastępcą dyrektora ds. cyberbezpieczeństwa;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40917189" w14:textId="77777777" w:rsidR="009A4C4C" w:rsidRDefault="009A4C4C" w:rsidP="00670939">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="19"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Oddziałem Serwisów i Technologii Informacyjnych;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6FD558A6" w14:textId="77777777" w:rsidR="009A4C4C" w:rsidRDefault="00DC11AF" w:rsidP="00670939">
+    <w:p w14:paraId="26BD5DD4" w14:textId="77777777" w:rsidR="009A4C4C" w:rsidRDefault="00DC11AF" w:rsidP="00670939">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="19"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Oddziałem </w:t>
       </w:r>
       <w:r w:rsidR="00D34241">
         <w:t>Cyfryzacji i Smart City</w:t>
       </w:r>
       <w:r w:rsidR="009A4C4C">
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="66B6C805" w14:textId="77777777" w:rsidR="00F547BA" w:rsidRDefault="00F547BA" w:rsidP="00670939">
+    <w:p w14:paraId="49C54550" w14:textId="77777777" w:rsidR="00F547BA" w:rsidRDefault="00F547BA" w:rsidP="00670939">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="19"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>stanowiskiem ds. koordynacji budżetu i zamówień publicznych;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D24616E" w14:textId="77777777" w:rsidR="009A4C4C" w:rsidRDefault="009A4C4C" w:rsidP="00670939">
+    <w:p w14:paraId="3000E9DA" w14:textId="77777777" w:rsidR="009A4C4C" w:rsidRDefault="009A4C4C" w:rsidP="00670939">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="19"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">stanowiskiem ds. </w:t>
       </w:r>
       <w:r w:rsidR="00FD7122">
         <w:t>administracyjno-finansowych</w:t>
       </w:r>
       <w:r>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="47BA64DE" w14:textId="77777777" w:rsidR="009A4C4C" w:rsidRDefault="009A4C4C" w:rsidP="00670939">
+    <w:p w14:paraId="2E18173B" w14:textId="77777777" w:rsidR="009A4C4C" w:rsidRDefault="009A4C4C" w:rsidP="00670939">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="19"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>stanowiskiem ds. organizacyjnych i obsługi sekretariatu.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="54BC836C" w14:textId="77777777" w:rsidR="009A4C4C" w:rsidRDefault="009A4C4C" w:rsidP="00670939">
+    <w:p w14:paraId="6D3FED66" w14:textId="77777777" w:rsidR="009A4C4C" w:rsidRDefault="009A4C4C" w:rsidP="00670939">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Dyrektor pełni jednocześnie funkcję:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F0A99DA" w14:textId="77777777" w:rsidR="009A4C4C" w:rsidRDefault="009A4C4C" w:rsidP="00670939">
+    <w:p w14:paraId="48836062" w14:textId="77777777" w:rsidR="009A4C4C" w:rsidRDefault="009A4C4C" w:rsidP="00670939">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="20"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Przewodniczącego Zespołu zadaniowego ds. wprowadzenia systemu elektronicznego zarządzania dokumentacją w Urzędzie Miasta Poznania;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="34BD354F" w14:textId="77777777" w:rsidR="009A4C4C" w:rsidRDefault="009A4C4C" w:rsidP="00670939">
+    <w:p w14:paraId="73157307" w14:textId="77777777" w:rsidR="009A4C4C" w:rsidRDefault="009A4C4C" w:rsidP="00670939">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="20"/>
         </w:numPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Przewodniczącego Zespołu zadaniowego ds. wdrażania innowacji i rozwoju Miasta w koncepcji smart </w:t>
-[...10 lines deleted...]
-    <w:p w14:paraId="59B2EDDE" w14:textId="77777777" w:rsidR="00FF6924" w:rsidRDefault="00FF6924" w:rsidP="00670939">
+        <w:t>Przewodniczącego Zespołu zadaniowego ds. wdrażania innowacji i rozwoju Miasta w koncepcji smart city;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18EAD52C" w14:textId="77777777" w:rsidR="00FF6924" w:rsidRDefault="00FF6924" w:rsidP="00670939">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="20"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Przewodniczącego Zespołu ds. </w:t>
       </w:r>
       <w:r w:rsidR="72FAEE2C" w:rsidRPr="55F01363">
         <w:t>ustalenia zasad funkcjonowania Centralnej Kartoteki Kontrahentów</w:t>
       </w:r>
       <w:r>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="405C3324" w14:textId="77777777" w:rsidR="00FA5602" w:rsidRDefault="009A4C4C" w:rsidP="00670939">
+    <w:p w14:paraId="0400B5C1" w14:textId="77777777" w:rsidR="00FA5602" w:rsidRDefault="009A4C4C" w:rsidP="00670939">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="20"/>
         </w:numPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Przewodniczącego Zespołu ds. Bezpieczeństwa Informacji oraz jest osobą odpowiedzialną za utrzymywanie kontaktów z podmiotami krajowego systemu </w:t>
-[...10 lines deleted...]
-    <w:p w14:paraId="2C22CF96" w14:textId="77777777" w:rsidR="00F86FD0" w:rsidRDefault="00F86FD0" w:rsidP="00F86FD0">
+        <w:t>Przewodniczącego Zespołu ds. Bezpieczeństwa Informacji oraz jest osobą odpowiedzialną za utrzymywanie kontaktów z podmiotami krajowego systemu cyberbezpieczeństwa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A496C81" w14:textId="77777777" w:rsidR="00F86FD0" w:rsidRDefault="00F86FD0" w:rsidP="00F86FD0">
       <w:pPr>
         <w:pStyle w:val="Nagwek3"/>
       </w:pPr>
       <w:r>
         <w:t>§ 5</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E82695C" w14:textId="77777777" w:rsidR="00986953" w:rsidRDefault="00986953" w:rsidP="00670939">
+    <w:p w14:paraId="5DD45DF7" w14:textId="77777777" w:rsidR="00986953" w:rsidRDefault="00986953" w:rsidP="00670939">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Zastępca dyrektora ds. </w:t>
-[...10 lines deleted...]
-    <w:p w14:paraId="7C10CD47" w14:textId="77777777" w:rsidR="006A0C7E" w:rsidRDefault="006A0C7E" w:rsidP="00670939">
+        <w:t>Zastępca dyrektora ds. cyberbezpieczeństwa sprawuje bezpośredni nadzór nad:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3725A30C" w14:textId="77777777" w:rsidR="006A0C7E" w:rsidRDefault="006A0C7E" w:rsidP="00670939">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="13"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="006A0C7E">
         <w:t xml:space="preserve">Oddziałem Ochrony Danych dla Miejskich Jednostek Organizacyjnych z </w:t>
       </w:r>
       <w:r w:rsidR="0073415F">
         <w:t>uwzględnieniem</w:t>
       </w:r>
       <w:r w:rsidRPr="006A0C7E">
         <w:t xml:space="preserve"> § 6 ust.3;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2BA01B59" w14:textId="77777777" w:rsidR="00F547BA" w:rsidRDefault="00986953" w:rsidP="00670939">
+    <w:p w14:paraId="39ECE6CA" w14:textId="77777777" w:rsidR="00F547BA" w:rsidRDefault="00986953" w:rsidP="00670939">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="13"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">stanowiskiem ds. </w:t>
       </w:r>
       <w:r w:rsidR="00F547BA">
         <w:t>koordynacji bezpieczeństwa informacji;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3845F73B" w14:textId="77777777" w:rsidR="00986953" w:rsidRDefault="00F547BA" w:rsidP="00670939">
+    <w:p w14:paraId="505EAEA5" w14:textId="77777777" w:rsidR="00986953" w:rsidRDefault="00F547BA" w:rsidP="00670939">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="13"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">stanowiskiem ds. </w:t>
       </w:r>
       <w:r w:rsidR="00986953">
         <w:t>zabezpieczania zasobów informacyjnych;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F2A5A5D" w14:textId="77777777" w:rsidR="00986953" w:rsidRDefault="00986953" w:rsidP="00670939">
+    <w:p w14:paraId="5B5ED2EC" w14:textId="77777777" w:rsidR="00986953" w:rsidRDefault="00986953" w:rsidP="00670939">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="13"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>stanowiskiem ds. koordynacji SOC;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="46D98A03" w14:textId="77777777" w:rsidR="00986953" w:rsidRDefault="00986953" w:rsidP="00670939">
+    <w:p w14:paraId="5FCE7F8C" w14:textId="77777777" w:rsidR="00986953" w:rsidRDefault="00986953" w:rsidP="00670939">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="13"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>stanowiskiem ds. operacyjnych SOC.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2290620B" w14:textId="77777777" w:rsidR="00986953" w:rsidRDefault="00986953" w:rsidP="00670939">
+    <w:p w14:paraId="10001992" w14:textId="77777777" w:rsidR="00986953" w:rsidRDefault="00986953" w:rsidP="00670939">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Zastępca dyrektora ds. </w:t>
-[...10 lines deleted...]
-    <w:p w14:paraId="180E0861" w14:textId="77777777" w:rsidR="00986953" w:rsidRDefault="00986953" w:rsidP="00670939">
+        <w:t>Zastępca dyrektora ds. cyberbezpieczeństwa podlega dyrektorowi biura.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6EE1A53E" w14:textId="77777777" w:rsidR="00986953" w:rsidRDefault="00986953" w:rsidP="00670939">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Zastępca dyrektora ds. </w:t>
-[...18 lines deleted...]
-    <w:p w14:paraId="6D64368B" w14:textId="77777777" w:rsidR="00F86FD0" w:rsidRDefault="00986953" w:rsidP="00670939">
+        <w:t>Zastępca dyrektora ds. cyberbezpieczeństwa zastępuje dyrektora w zakresie utrzymywania kontaktów z podmiotami krajowego systemu cyberbezpieczeństwa oraz w Zespole ds. Bezpieczeństwa Informacji.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="618D25FF" w14:textId="77777777" w:rsidR="00F86FD0" w:rsidRDefault="00986953" w:rsidP="00670939">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Zastępca dyrektora ds. </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> wykonuje obowiązki dyrektora podczas jego nieobecności w zakresie wynikającym z zadań określonych w </w:t>
+        <w:t xml:space="preserve">Zastępca dyrektora ds. cyberbezpieczeństwa wykonuje obowiązki dyrektora podczas jego nieobecności w zakresie wynikającym z zadań określonych w </w:t>
       </w:r>
       <w:r w:rsidR="00D24DA1">
         <w:t>r</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">egulaminie </w:t>
       </w:r>
       <w:r w:rsidR="00D24DA1">
         <w:t>o</w:t>
       </w:r>
       <w:r>
         <w:t>rganizacyjnym biura i zarządzeniach Prezydenta oraz w zakresie odrębnie udzielonych upoważnień i pełnomocnictw.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="388D7360" w14:textId="77777777" w:rsidR="00F86FD0" w:rsidRDefault="00F86FD0" w:rsidP="00F86FD0">
+    <w:p w14:paraId="7EF785D1" w14:textId="77777777" w:rsidR="00F86FD0" w:rsidRDefault="00F86FD0" w:rsidP="00F86FD0">
       <w:pPr>
         <w:pStyle w:val="Nagwek3"/>
       </w:pPr>
       <w:r>
         <w:t>§ 6</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="258FED8A" w14:textId="77777777" w:rsidR="001715C9" w:rsidRDefault="001715C9" w:rsidP="00670939">
+    <w:p w14:paraId="78D5AF7D" w14:textId="77777777" w:rsidR="001715C9" w:rsidRDefault="001715C9" w:rsidP="00670939">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Stanowisko Inspektora Ochrony Danych dla Urzędu Miasta Poznania (i jego zastępców) podlega merytorycznie Prezydentowi jako Administratorowi danych osobowych, a organizacyjnie – zastępcy dyrektora ds. </w:t>
-[...10 lines deleted...]
-    <w:p w14:paraId="1D987B6F" w14:textId="77777777" w:rsidR="001715C9" w:rsidRDefault="001715C9" w:rsidP="00670939">
+        <w:t>Stanowisko Inspektora Ochrony Danych dla Urzędu Miasta Poznania (i jego zastępców) podlega merytorycznie Prezydentowi jako Administratorowi danych osobowych, a organizacyjnie – zastępcy dyrektora ds. cyberbezpieczeństwa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38BA4552" w14:textId="77777777" w:rsidR="001715C9" w:rsidRDefault="001715C9" w:rsidP="00670939">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Inspektora Ochrony Danych dla Urzędu Miasta Poznania (01) zastępuje pracownik zatrudniony na stanowisku Inspektora Ochrony Danych dla Urzędu Miasta Poznania (02)</w:t>
       </w:r>
       <w:r w:rsidR="00611142">
         <w:t xml:space="preserve"> – pierwszy zastępca IOD</w:t>
       </w:r>
       <w:r>
         <w:t>, a w przypadku jego nieobecności – pracownik zatrudniony na stanowisku Inspektora Ochrony Danych dla Urzędu Miasta Poznania (03)</w:t>
       </w:r>
       <w:r w:rsidR="00FB1B9E">
         <w:t xml:space="preserve"> – drugi zastępca IOD</w:t>
       </w:r>
-      <w:r w:rsidR="00A670BC">
-[...16 lines deleted...]
-      </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7DC422EB" w14:textId="77777777" w:rsidR="00FA5602" w:rsidRDefault="001715C9" w:rsidP="00670939">
+    <w:p w14:paraId="5D023ED1" w14:textId="77777777" w:rsidR="00FA5602" w:rsidRDefault="001715C9" w:rsidP="00670939">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Stanowisko Inspektora Ochrony Danych dla miejskich jednostek organizacyjnych </w:t>
       </w:r>
       <w:r w:rsidR="005C7BD4">
         <w:t xml:space="preserve">(i jego zastępca) </w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">podlega merytorycznie dyrektorowi miejskiej jednostki organizacyjnej będącej Administratorem danych osobowych, wyznaczonemu odrębnym dokumentem, a organizacyjnie – zastępcy dyrektora ds. </w:t>
-[...5 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>podlega merytorycznie dyrektorowi miejskiej jednostki organizacyjnej będącej Administratorem danych osobowych, wyznaczonemu odrębnym dokumentem, a organizacyjnie – zastępcy dyrektora ds. cyberbezpieczeństwa</w:t>
+      </w:r>
       <w:r w:rsidR="00F86FD0">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="687C8A27" w14:textId="77777777" w:rsidR="00F96500" w:rsidRDefault="00F96500" w:rsidP="00670939">
+    <w:p w14:paraId="3A30C493" w14:textId="77777777" w:rsidR="00F96500" w:rsidRDefault="00F96500" w:rsidP="00670939">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Inspektora Ochrony Danych dla miejskich jednostek organizacyjny zastępuje pracownik zatrudniony na stanowisku </w:t>
       </w:r>
       <w:r w:rsidR="00E549E3">
         <w:t>z</w:t>
       </w:r>
       <w:r>
         <w:t>astępcy Inspektora Ochrony Danych dla miejskich jednostek organizacyjnych.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0CCCF2E2" w14:textId="77777777" w:rsidR="00F86FD0" w:rsidRDefault="00F86FD0" w:rsidP="00F86FD0">
+    <w:p w14:paraId="7BF1FD69" w14:textId="77777777" w:rsidR="00F86FD0" w:rsidRDefault="00F86FD0" w:rsidP="00F86FD0">
       <w:pPr>
         <w:pStyle w:val="Nagwek3"/>
       </w:pPr>
       <w:r>
         <w:t>§ 7</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D8E6D1E" w14:textId="77777777" w:rsidR="00F86FD0" w:rsidRDefault="00F86FD0" w:rsidP="00F86FD0">
+    <w:p w14:paraId="0D93A653" w14:textId="77777777" w:rsidR="00F86FD0" w:rsidRDefault="00F86FD0" w:rsidP="00F86FD0">
       <w:r w:rsidRPr="00F86FD0">
         <w:t xml:space="preserve">Schemat struktury organizacyjnej </w:t>
       </w:r>
       <w:r w:rsidR="00D24DA1">
         <w:t>b</w:t>
       </w:r>
       <w:r w:rsidRPr="00F86FD0">
         <w:t xml:space="preserve">iura i podporządkowanie poszczególnych oddziałów i stanowisk przedstawia załącznik </w:t>
       </w:r>
       <w:r w:rsidR="004E62E7">
         <w:t>n</w:t>
       </w:r>
       <w:r w:rsidRPr="00F86FD0">
         <w:t xml:space="preserve">r 1 do </w:t>
       </w:r>
       <w:r w:rsidR="00300133">
         <w:t>r</w:t>
       </w:r>
       <w:r w:rsidRPr="00F86FD0">
         <w:t>egulaminu.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BFCE766" w14:textId="77777777" w:rsidR="00FA5602" w:rsidRDefault="00FA5602" w:rsidP="00FA5602">
+    <w:p w14:paraId="74607752" w14:textId="77777777" w:rsidR="00FA5602" w:rsidRDefault="00FA5602" w:rsidP="00FA5602">
       <w:pPr>
         <w:pStyle w:val="Nagwek2"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Rozdział II Zakres działania </w:t>
       </w:r>
       <w:r w:rsidR="0055025E">
         <w:t>b</w:t>
       </w:r>
       <w:r>
         <w:t>iura</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4046032E" w14:textId="77777777" w:rsidR="00FA5602" w:rsidRDefault="00FA5602" w:rsidP="00FA5602">
+    <w:p w14:paraId="33CE7555" w14:textId="77777777" w:rsidR="00FA5602" w:rsidRDefault="00FA5602" w:rsidP="00FA5602">
       <w:pPr>
         <w:pStyle w:val="Nagwek3"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">§ </w:t>
       </w:r>
       <w:r w:rsidR="00F86FD0">
         <w:t>8</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="58F4CE5B" w14:textId="77777777" w:rsidR="00B65698" w:rsidRDefault="001715C9" w:rsidP="00FD7122">
+    <w:p w14:paraId="12781121" w14:textId="77777777" w:rsidR="00B65698" w:rsidRDefault="001715C9" w:rsidP="00FD7122">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Biuro prowadzi i koordynuje funkcjonowanie serwisów informacyjnych i internetowych Urzędu, podejmuje działania na rzecz ich integracji i rozwoju. </w:t>
       </w:r>
       <w:r w:rsidR="005301C8" w:rsidRPr="005301C8">
         <w:t>Monitor</w:t>
       </w:r>
       <w:r w:rsidR="005301C8">
         <w:t>uje</w:t>
       </w:r>
       <w:r w:rsidR="005301C8" w:rsidRPr="005301C8">
         <w:t xml:space="preserve"> i analiz</w:t>
       </w:r>
       <w:r w:rsidR="005301C8">
         <w:t>uje</w:t>
       </w:r>
       <w:r w:rsidR="005301C8" w:rsidRPr="005301C8">
         <w:t xml:space="preserve"> efektywnoś</w:t>
       </w:r>
       <w:r w:rsidR="005301C8">
         <w:t>ć</w:t>
       </w:r>
       <w:r w:rsidR="005301C8" w:rsidRPr="005301C8">
         <w:t xml:space="preserve"> treści pod kątem zaangażowania użytkowników, </w:t>
       </w:r>
       <w:r w:rsidR="00F20294">
         <w:t xml:space="preserve">współczynnika </w:t>
       </w:r>
       <w:r w:rsidR="005301C8" w:rsidRPr="005301C8">
         <w:t>konwersji i innych wskaźników.</w:t>
       </w:r>
       <w:r w:rsidR="005301C8">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Poprzez Pełnomocnika Prezydenta Miasta Poznania ds. Smart City biuro wdraża i koordynuje rozwiązania Smart City w celu poprawy funkcjonowania organizacji Urzędu oraz efektywniejszej realizacji zadań Prezydenta wynikających z przepisów prawa. </w:t>
       </w:r>
       <w:r w:rsidR="00FD7122">
         <w:t>W</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">spółpracuje z wydziałami i biurami Urzędu, miejskimi jednostkami organizacyjnymi, spółkami miejskimi i podmiotami zewnętrznymi w zakresie koncepcji Smart City i jej ewolucji poprzez Poznań </w:t>
-[...7 lines deleted...]
-        <w:t>. Koordynuje projekty miejskie dotyczące Smart City, Politykę Otwartych Danych,</w:t>
+        <w:t>spółpracuje z wydziałami i biurami Urzędu, miejskimi jednostkami organizacyjnymi, spółkami miejskimi i podmiotami zewnętrznymi w zakresie koncepcji Smart City i jej ewolucji poprzez Poznań CityLab. Koordynuje projekty miejskie dotyczące Smart City, Politykę Otwartych Danych,</w:t>
       </w:r>
       <w:r w:rsidR="007C0F6D" w:rsidRPr="007C0F6D">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">transformację cyfrową, innowacje </w:t>
       </w:r>
       <w:r w:rsidR="00FD7122">
         <w:t>oraz</w:t>
       </w:r>
       <w:r w:rsidR="00F96500">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">wdrożenia z zastosowaniem </w:t>
       </w:r>
       <w:r w:rsidR="00860B42">
         <w:t xml:space="preserve">nowoczesnych </w:t>
       </w:r>
       <w:r>
         <w:t>technologii</w:t>
       </w:r>
       <w:r w:rsidR="008120D6">
         <w:t xml:space="preserve"> w szczególności sztucznej inteligencji i big data</w:t>
       </w:r>
       <w:r w:rsidRPr="005301C8">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00FC2485" w:rsidRPr="005301C8">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Biuro koordynuje </w:t>
       </w:r>
       <w:r w:rsidR="00FC2485">
         <w:t xml:space="preserve">funkcjonowanie </w:t>
       </w:r>
       <w:r w:rsidR="00FC2485" w:rsidRPr="007C0F6D">
-        <w:t xml:space="preserve">programu </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> System usług dla mieszkańców Poznania</w:t>
+        <w:t>programu benefitowego System usług dla mieszkańców Poznania</w:t>
       </w:r>
       <w:r w:rsidR="00781B60">
         <w:t xml:space="preserve"> (Program OK</w:t>
       </w:r>
       <w:r w:rsidR="00FC2485">
         <w:t xml:space="preserve"> Poznań). </w:t>
       </w:r>
       <w:r w:rsidR="00FD7122">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Z</w:t>
       </w:r>
       <w:r w:rsidR="00F241BD" w:rsidRPr="005301C8">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>arządza Centraln</w:t>
       </w:r>
       <w:r w:rsidR="0055025E" w:rsidRPr="005301C8">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>ą</w:t>
       </w:r>
@@ -1654,3681 +1448,3583 @@
       <w:r w:rsidR="00F241BD" w:rsidRPr="005301C8">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008120D6" w:rsidRPr="005301C8">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>tj.</w:t>
       </w:r>
       <w:r w:rsidR="00F241BD" w:rsidRPr="005301C8">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> zapewnia prawidłowe administrowanie zasobem, zwłaszcza w aspekcie ochrony danych i bezpieczeństwa informacji.</w:t>
       </w:r>
       <w:r w:rsidR="00D75D6D" w:rsidRPr="005301C8">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">Do zadań biura należy także określanie zasad i wytycznych zmierzających do budowy </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> w </w:t>
+        <w:t xml:space="preserve">Do zadań biura należy także określanie zasad i wytycznych zmierzających do budowy cyberbezpieczeństwa w </w:t>
       </w:r>
       <w:r w:rsidR="00FD7122">
         <w:t>m</w:t>
       </w:r>
       <w:r>
-        <w:t>ieście, którego głównymi komponentami w strukturze Urzędu jest system zarządzania bezpieczeństwem informacji Urzędu oraz etapowe wdrażanie Security Operations Center. Biuro zapewnia warunki funkcjonowania Inspektora Ochrony Danych (IOD) dla Urzędu i niektórych miejskich jednostek organizacyjnych zgodnie z przepisami o ochronie danych osobowych oraz koordynuje aud</w:t>
+        <w:t>ieście, którego głównymi komponentami w strukturze Urzędu jest system zarządzania bezpieczeństwem informacji Urzędu</w:t>
+      </w:r>
+      <w:r w:rsidR="00D35814">
+        <w:t>, w tym</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB32F4">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>etapowe wdrażanie Security Operations Center</w:t>
+      </w:r>
+      <w:r w:rsidR="00D35814">
+        <w:t xml:space="preserve"> oraz </w:t>
+      </w:r>
+      <w:r w:rsidR="00EE2FFC">
+        <w:t xml:space="preserve">coroczne </w:t>
+      </w:r>
+      <w:r w:rsidR="00D35814">
+        <w:t>zapewnienie niezależnych audytów bezpieczeństwa informacji Urzędu</w:t>
+      </w:r>
+      <w:r>
+        <w:t>. Biuro zapewnia warunki funkcjonowania Inspektora Ochrony Danych (IOD) dla Urzędu i niektórych miejskich jednostek organizacyjnych zgodnie z przepisami o ochronie danych osobowych oraz koordynuje aud</w:t>
       </w:r>
       <w:r w:rsidR="005407B5">
         <w:t>y</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">ty bezpieczeństwa informacji w wyznaczonych miejskich jednostkach organizacyjnych. Dąży w ten sposób do budowy scentralizowanej komórki zapewniającej standaryzację i jednolitość systemu ochrony danych w </w:t>
+        <w:t>ty bezpieczeństwa informacji w wyznaczonych miejskich jednostkach organizacyjnych</w:t>
+      </w:r>
+      <w:r w:rsidR="00D35814">
+        <w:t xml:space="preserve"> - d</w:t>
+      </w:r>
+      <w:r>
+        <w:t>ąż</w:t>
+      </w:r>
+      <w:r w:rsidR="00D35814">
+        <w:t>ąc</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> do budowy scentralizowanej komórki zapewniającej standaryzację i jednolitość systemu ochrony danych w </w:t>
       </w:r>
       <w:r w:rsidR="00FD7122">
         <w:t>m</w:t>
       </w:r>
       <w:r>
         <w:t>ieście.</w:t>
       </w:r>
       <w:r w:rsidR="00FD7122">
         <w:t xml:space="preserve"> W</w:t>
       </w:r>
       <w:r w:rsidR="00B65698">
         <w:t xml:space="preserve">draża i rozwija etapowo </w:t>
       </w:r>
       <w:r w:rsidR="00FD7122">
         <w:t>monitorowanie</w:t>
       </w:r>
       <w:r w:rsidR="00B65698">
         <w:t xml:space="preserve"> dostępnoś</w:t>
       </w:r>
       <w:r w:rsidR="00FD7122">
         <w:t>ci</w:t>
       </w:r>
       <w:r w:rsidR="00B65698">
         <w:t xml:space="preserve"> cyfrow</w:t>
       </w:r>
       <w:r w:rsidR="00FD7122">
         <w:t>ej</w:t>
       </w:r>
       <w:r w:rsidR="00B65698">
-        <w:t xml:space="preserve"> stron internetowych, aplikacji mobilnych i dokumentów elektronicznych Urzędu. Opracowuje szczegółowe procedury i instrukcje w tym zakresie, aby zapewnić spójność i wysoki standard dostępności</w:t>
+        <w:t xml:space="preserve"> stron internetowych, aplikacji mobilnych i dokumentów elektronicznych Urzędu. Opracowuje szczegółowe procedury i instrukcje w </w:t>
+      </w:r>
+      <w:r w:rsidR="00B65698">
+        <w:lastRenderedPageBreak/>
+        <w:t>tym zakresie, aby zapewnić spójność i wysoki standard dostępności</w:t>
       </w:r>
       <w:r w:rsidR="005407B5">
-        <w:t xml:space="preserve">. </w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Dodatkowo </w:t>
+        <w:t xml:space="preserve">. Dodatkowo </w:t>
       </w:r>
       <w:r w:rsidR="00300133">
         <w:t>b</w:t>
       </w:r>
       <w:r w:rsidR="005407B5">
         <w:t xml:space="preserve">iuro formułuje rekomendacje </w:t>
       </w:r>
       <w:r w:rsidR="00FD7122">
         <w:t xml:space="preserve">w kwestii dostępności </w:t>
       </w:r>
       <w:r w:rsidR="005407B5">
         <w:t>dla miejskich jednostek organizacyjnych.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="429D604F" w14:textId="77777777" w:rsidR="001715C9" w:rsidRDefault="001715C9" w:rsidP="00526D8C">
+    <w:p w14:paraId="2335CAE6" w14:textId="77777777" w:rsidR="00F837AC" w:rsidRDefault="00F837AC" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
       </w:pPr>
+      <w:r w:rsidRPr="00F837AC">
+        <w:t>Wydział realizuje zadania z zakresu ochrony ludności i obrony cywilnej polegające na utrzymaniu ciągłości działania administracji wynikające z ustawy z dnia 5 grudnia 2024 r. o ochronie ludności i obronie cywilnej.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61B59DF6" w14:textId="77777777" w:rsidR="001715C9" w:rsidRDefault="001715C9" w:rsidP="00526D8C">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+      </w:pPr>
       <w:r>
         <w:t>Do zadań biura należy w szczególności:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A849C14" w14:textId="77777777" w:rsidR="001715C9" w:rsidRDefault="001715C9" w:rsidP="00526D8C">
+    <w:p w14:paraId="0F79E05B" w14:textId="77777777" w:rsidR="001715C9" w:rsidRDefault="001715C9" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">przewodzenie transformacji cyfrowej, a w szczególności rozwój </w:t>
-[...10 lines deleted...]
-    <w:p w14:paraId="3C647BE4" w14:textId="77777777" w:rsidR="001715C9" w:rsidRDefault="001715C9" w:rsidP="00526D8C">
+        <w:t xml:space="preserve">przewodzenie transformacji cyfrowej, a w szczególności rozwój eUsług i rozbudowa API; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51A0AB72" w14:textId="77777777" w:rsidR="001715C9" w:rsidRDefault="001715C9" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>realizacja polityki otwartych danych dla Urzędu; rozwój Platformy Otwartych Danych;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="75F19E62" w14:textId="77777777" w:rsidR="00C31EAF" w:rsidRDefault="009114FD" w:rsidP="009A2DFF">
+    <w:p w14:paraId="1BDE0A96" w14:textId="77777777" w:rsidR="00C31EAF" w:rsidRDefault="009114FD" w:rsidP="009A2DFF">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">prowadzenie </w:t>
       </w:r>
       <w:r w:rsidRPr="009114FD">
-        <w:t xml:space="preserve">programu </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> System usług dla mieszkańców Poznania</w:t>
+        <w:t>programu benefitowego System usług dla mieszkańców Poznania</w:t>
       </w:r>
       <w:r w:rsidR="00F14333">
         <w:t xml:space="preserve"> (Program OK Poznań)</w:t>
       </w:r>
       <w:r>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51561D85" w14:textId="77777777" w:rsidR="001715C9" w:rsidRDefault="001715C9" w:rsidP="00526D8C">
+    <w:p w14:paraId="3048CBA0" w14:textId="77777777" w:rsidR="001715C9" w:rsidRDefault="001715C9" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>definiowanie architektury korporacyjnej Urzędu;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6FB76456" w14:textId="77777777" w:rsidR="001715C9" w:rsidRDefault="001715C9" w:rsidP="00526D8C">
+    <w:p w14:paraId="73B87643" w14:textId="77777777" w:rsidR="001715C9" w:rsidRDefault="001715C9" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>wdrażanie i koordynacja rozwiązań Smart City (w szczególności innowacje technologiczne i społeczne, a także wykorzystujące sztuczną inteligencję lub inne przełomowe technologie);</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="69911C18" w14:textId="77777777" w:rsidR="001715C9" w:rsidRDefault="001715C9" w:rsidP="00526D8C">
+    <w:p w14:paraId="069DF0F0" w14:textId="77777777" w:rsidR="001715C9" w:rsidRDefault="001715C9" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>koordynacja rozwoju i moderowanie miejskiej aplikacji Smart City Poznań, gromadzącej miejskie e-usługi;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7EEFB170" w14:textId="77777777" w:rsidR="001715C9" w:rsidRDefault="001715C9" w:rsidP="00526D8C">
+    <w:p w14:paraId="7430DFC1" w14:textId="77777777" w:rsidR="001715C9" w:rsidRDefault="001715C9" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">prowadzenie spraw Poznań </w:t>
-[...18 lines deleted...]
-    <w:p w14:paraId="4C770508" w14:textId="77777777" w:rsidR="001715C9" w:rsidRDefault="001715C9" w:rsidP="00526D8C">
+        <w:t>prowadzenie spraw Poznań CityLab – laboratorium miejskiego weryfikującego i testującego nowe rozwiązania smart city;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1204F4A3" w14:textId="77777777" w:rsidR="001715C9" w:rsidRDefault="001715C9" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>współpraca z Archiwum Zakładowym w zakresie rozszerzania wyjątków EZD i koordynacja wdrażania jednolitego systemu informatycznego do zarządzania dokumentami w Mieście;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D08DAC0" w14:textId="77777777" w:rsidR="001715C9" w:rsidRDefault="001715C9" w:rsidP="00526D8C">
+    <w:p w14:paraId="6329DF10" w14:textId="77777777" w:rsidR="001715C9" w:rsidRDefault="001715C9" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>koordynowanie i wdrażanie innowacyjnych technologii informacyjno-komunikacyjnych, które usprawniają wykonywanie przez Prezydenta zadań z zakresu administracji publicznej;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27BCBF3C" w14:textId="77777777" w:rsidR="001715C9" w:rsidRDefault="001715C9" w:rsidP="00526D8C">
+    <w:p w14:paraId="585F5E73" w14:textId="77777777" w:rsidR="001715C9" w:rsidRDefault="001715C9" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">tworzenie nowych i rozbudowa istniejących serwisów tematyczno-usługowych w portalu miejskim, rozbudowa i unowocześnienie istniejących usług kontaktu i powiadamiania mieszkańców na platformie </w:t>
       </w:r>
       <w:hyperlink r:id="rId11" w:history="1">
         <w:r w:rsidR="00577D64" w:rsidRPr="00860B42">
           <w:rPr>
             <w:rStyle w:val="Hipercze"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:u w:val="none"/>
           </w:rPr>
           <w:t>www.poznan.pl</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="007D7B62">
         <w:rPr>
           <w:rStyle w:val="Hipercze"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F011F37" w14:textId="77777777" w:rsidR="001715C9" w:rsidRDefault="001715C9" w:rsidP="00526D8C">
+    <w:p w14:paraId="5DB7425C" w14:textId="77777777" w:rsidR="001715C9" w:rsidRDefault="001715C9" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>tworzenie i rozbudowa istniejących funkcjonalności strony www.poznan.pl oraz Biuletynu Informacji Publicznej (dalej BIP);</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="39174038" w14:textId="77777777" w:rsidR="001715C9" w:rsidRDefault="001715C9" w:rsidP="00526D8C">
+    <w:p w14:paraId="5A79A26E" w14:textId="77777777" w:rsidR="001715C9" w:rsidRDefault="001715C9" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>prowadzenie intranetowego serwisu informacyjnego skierowanego do pracowników Urzędu w ramach komunikacji wewnętrznej, w tym redagowanie komunikatów, pozyskiwanie i dystrybucja informacji na potrzeby pracowników Urzędu oraz współpraca w tym zakresie z innymi komórkami organizacyjnymi;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C0789DF" w14:textId="77777777" w:rsidR="001715C9" w:rsidRDefault="001715C9" w:rsidP="00526D8C">
+    <w:p w14:paraId="07593C18" w14:textId="77777777" w:rsidR="001715C9" w:rsidRDefault="001715C9" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
       </w:pPr>
       <w:r>
-        <w:t>przydzielanie osobom upoważnionym indywidualnych loginów, haseł dostępowych, aktywacja zakresu uprawnień do panelu administracyjnego strony BIP/www.poznan.pl oraz zapewnienie wsparcia technicznego i szkoleń dla redaktorów;</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="58410E92" w14:textId="77777777" w:rsidR="008E36C7" w:rsidRDefault="008E36C7" w:rsidP="008E36C7">
+        <w:t xml:space="preserve">przydzielanie osobom upoważnionym indywidualnych loginów, haseł dostępowych, aktywacja zakresu uprawnień do panelu administracyjnego strony </w:t>
+      </w:r>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>BIP/www.poznan.pl oraz zapewnienie wsparcia technicznego i szkoleń dla redaktorów;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="056307F0" w14:textId="77777777" w:rsidR="008E36C7" w:rsidRDefault="008E36C7" w:rsidP="008E36C7">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="008E36C7">
-        <w:lastRenderedPageBreak/>
         <w:t>prowadzenie działań obejmuj</w:t>
       </w:r>
       <w:r>
         <w:t>ących</w:t>
       </w:r>
       <w:r w:rsidRPr="008E36C7">
         <w:t xml:space="preserve"> monitorowanie i analizę efektywności treści, ciągłe poprawianie ich czytelności i angażowania, oraz utrzymywanie wysokich standardów jakości publikowanych materiałów</w:t>
       </w:r>
       <w:r>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="52D8D9B8" w14:textId="77777777" w:rsidR="001715C9" w:rsidRDefault="001715C9" w:rsidP="00526D8C">
+    <w:p w14:paraId="433443E6" w14:textId="77777777" w:rsidR="001715C9" w:rsidRDefault="001715C9" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>prowadzenie działań na rzecz rozwoju usług cyfrowych w zakresie gospodarki odpadami Miasta;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="64254A26" w14:textId="77777777" w:rsidR="001715C9" w:rsidRDefault="004E5B45" w:rsidP="00526D8C">
+    <w:p w14:paraId="471DB3DC" w14:textId="77777777" w:rsidR="001715C9" w:rsidRDefault="004E5B45" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>wdrażanie i monitorowanie dostępności cyfrowej stron, aplikacji i dokumentów, opracowywanie procedur i instrukcji w tym zakresie, a także formułowanie rekomendacji i monitorowanie ich wdrażania w jednostkach miejskich</w:t>
       </w:r>
       <w:r w:rsidR="001715C9">
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="059A79A3" w14:textId="77777777" w:rsidR="00D75D6D" w:rsidRDefault="00D75D6D" w:rsidP="00526D8C">
+    <w:p w14:paraId="5989C893" w14:textId="77777777" w:rsidR="00D75D6D" w:rsidRDefault="00D75D6D" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00D75D6D">
         <w:t>zapewnianie prawidłowego funkcjonowania zasobu Centralnej Kartoteki Kontrahentów;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="12390FED" w14:textId="77777777" w:rsidR="001715C9" w:rsidRDefault="001715C9" w:rsidP="00526D8C">
+    <w:p w14:paraId="15E09E73" w14:textId="77777777" w:rsidR="001715C9" w:rsidRDefault="001715C9" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">określanie standardów zabezpieczania zasobów informacyjnych Urzędu i wdrażanie regulacji </w:t>
-[...10 lines deleted...]
-    <w:p w14:paraId="3224A2EF" w14:textId="77777777" w:rsidR="001715C9" w:rsidRDefault="001715C9" w:rsidP="00526D8C">
+        <w:t>określanie standardów zabezpieczania zasobów informacyjnych Urzędu i wdrażanie regulacji cyberbezpieczeństwa;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="652B5C98" w14:textId="77777777" w:rsidR="001715C9" w:rsidRDefault="001715C9" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>zabezpieczanie zasobów informacyjnych Urzędu w szczególności poprzez wskazywanie kierunków rozwoju Polityki bezpieczeństwa informacji oraz nadzorowanie i wsparcie realizacji procesów bezpieczeństwa informacji;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="428B6844" w14:textId="77777777" w:rsidR="001715C9" w:rsidRDefault="001715C9" w:rsidP="00526D8C">
+    <w:p w14:paraId="4B8C239C" w14:textId="77777777" w:rsidR="00C57B76" w:rsidRDefault="00C57B76" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
       </w:pPr>
       <w:r>
-        <w:t>koordynowanie audytów bezpieczeństwa informacji w wyznaczonych miejskich jednostkach organizacyjnych;</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="792BD071" w14:textId="77777777" w:rsidR="001715C9" w:rsidRDefault="001715C9" w:rsidP="00526D8C">
+        <w:t>zapewnienie obiektywnych audytów bezpieczeństwa informacji w Urzędzie prowadzonych przez wyspecjalizowanych ekspertów</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE2FFC">
+        <w:t>, których celem jest niezależna ocena poziomu odporności organizacji na zdarzenia z obszaru cyberbezpieczeństwa</w:t>
+      </w:r>
+      <w:r>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A3F0331" w14:textId="77777777" w:rsidR="001715C9" w:rsidRDefault="001715C9" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
       </w:pPr>
       <w:r>
-        <w:t>podejmowanie działań optymalizujących standardy zabezpieczania zasobów informacyjnych Urzędu w wymiarze fizycznym;</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="20E873CB" w14:textId="77777777" w:rsidR="001715C9" w:rsidRDefault="001715C9" w:rsidP="00526D8C">
+        <w:t>koordynowanie audytów bezpieczeństwa informacji w wyznaczonych miejskich jednostkach organizacyjnych;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E6A61BE" w14:textId="77777777" w:rsidR="001715C9" w:rsidRDefault="001715C9" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
       </w:pPr>
       <w:r>
-        <w:t>kierowanie działaniami Zespołu ds. Bezpieczeństwa Informacji Urzędu;</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="10AEE63A" w14:textId="77777777" w:rsidR="001715C9" w:rsidRDefault="001715C9" w:rsidP="00526D8C">
+        <w:t>podejmowanie działań optymalizujących standardy zabezpieczania zasobów informacyjnych Urzędu w wymiarze fizycznym;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="123481EE" w14:textId="77777777" w:rsidR="001715C9" w:rsidRDefault="001715C9" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
       </w:pPr>
       <w:r>
+        <w:t>kierowanie działaniami Zespołu ds. Bezpieczeństwa Informacji Urzędu;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03693B04" w14:textId="77777777" w:rsidR="001715C9" w:rsidRDefault="001715C9" w:rsidP="00526D8C">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
         <w:t xml:space="preserve">realizacja zadań - na prawach wyłączności - Inspektora Ochrony </w:t>
       </w:r>
       <w:r w:rsidR="00300133">
         <w:t>D</w:t>
       </w:r>
       <w:r>
         <w:t>anych dla Urzędu i miejskich jednostek organizacyjnych, które przystąpiły do współpracy w ramach jednolitego systemu ochrony danych w Mieście;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20C2EA62" w14:textId="77777777" w:rsidR="001715C9" w:rsidRDefault="001715C9" w:rsidP="00526D8C">
+    <w:p w14:paraId="7709BABA" w14:textId="77777777" w:rsidR="001715C9" w:rsidRDefault="001715C9" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>współpraca z miejskimi jednostkami organizacyjnymi w zakresie wykonywania zadań gminy zgodnie z regulacjami z obszaru bezpieczeństwa informacji;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="70A664A0" w14:textId="77777777" w:rsidR="001715C9" w:rsidRDefault="001715C9" w:rsidP="00526D8C">
+    <w:p w14:paraId="4B4D6D34" w14:textId="77777777" w:rsidR="001715C9" w:rsidRDefault="001715C9" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>wsparcie Pełnomocnika Prezydenta ds. Systemu Zarządzania w koordynacji funkcjonowania systemu kontroli zarządczej, w szczególności funkcjonowania procesu zarządzania ryzykiem i określania celów z obszaru bezpieczeństwa informacji do audytów systemu zarządzania;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A6F42B7" w14:textId="77777777" w:rsidR="001715C9" w:rsidRDefault="001715C9" w:rsidP="00526D8C">
+    <w:p w14:paraId="746332A3" w14:textId="77777777" w:rsidR="001715C9" w:rsidRDefault="001715C9" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>planowanie i realizacja budżetu zadaniowego biura.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="595F323B" w14:textId="77777777" w:rsidR="001715C9" w:rsidRDefault="001715C9" w:rsidP="00526D8C">
+    <w:p w14:paraId="1C9A93C0" w14:textId="77777777" w:rsidR="001715C9" w:rsidRDefault="001715C9" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Biuro realizuje zadania zgodnie ze zidentyfikowanymi procesami w ramach systemu zarządzania zgodnego z wymogami normy PN-EN ISO 9001:2015:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3416F3C6" w14:textId="77777777" w:rsidR="001715C9" w:rsidRDefault="001715C9" w:rsidP="00526D8C">
+    <w:p w14:paraId="7122DC07" w14:textId="77777777" w:rsidR="001715C9" w:rsidRDefault="001715C9" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
       </w:pPr>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>CC/PS-01 – Obsługa serwisów informacyjnych;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F92D3CF" w14:textId="77777777" w:rsidR="001715C9" w:rsidRDefault="001715C9" w:rsidP="00526D8C">
+    <w:p w14:paraId="615FE9FC" w14:textId="77777777" w:rsidR="001715C9" w:rsidRDefault="001715C9" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>CC/PS-02 – Obsługa IOD UMP;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6ED4A714" w14:textId="77777777" w:rsidR="001715C9" w:rsidRDefault="001715C9" w:rsidP="00526D8C">
+    <w:p w14:paraId="37A042B0" w14:textId="77777777" w:rsidR="001715C9" w:rsidRDefault="001715C9" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>PDS-04 – Zarządzanie dokumentami;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F1AA645" w14:textId="77777777" w:rsidR="001715C9" w:rsidRDefault="001715C9" w:rsidP="00526D8C">
+    <w:p w14:paraId="1A2B211F" w14:textId="77777777" w:rsidR="001715C9" w:rsidRDefault="001715C9" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>PDS-09 – Nadzór nad bezpieczeństwem informacji i ochroną danych osobowych.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C699695" w14:textId="77777777" w:rsidR="001715C9" w:rsidRDefault="004A505F" w:rsidP="00526D8C">
+    <w:p w14:paraId="03A26B2C" w14:textId="77777777" w:rsidR="001715C9" w:rsidRDefault="004A505F" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Wykaz rejestrów prowadzonych przez </w:t>
       </w:r>
       <w:r w:rsidR="007550C0">
         <w:t>b</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">iuro </w:t>
       </w:r>
       <w:r w:rsidR="001715C9">
         <w:t>dla Urzędu:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="29C2B32A" w14:textId="77777777" w:rsidR="001715C9" w:rsidRPr="007E415B" w:rsidRDefault="001715C9" w:rsidP="00526D8C">
+    <w:p w14:paraId="08F62059" w14:textId="77777777" w:rsidR="001715C9" w:rsidRPr="007E415B" w:rsidRDefault="001715C9" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="007E415B">
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">rejestr incydentów ochrony danych osobowych – CC-VII.142; </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D600E6D" w14:textId="77777777" w:rsidR="001715C9" w:rsidRPr="007E415B" w:rsidRDefault="001715C9" w:rsidP="00526D8C">
+    <w:p w14:paraId="6543B3FF" w14:textId="77777777" w:rsidR="001715C9" w:rsidRPr="007E415B" w:rsidRDefault="001715C9" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="007E415B">
         <w:t>rejestr incydentów bezpieczeństwa informacji – CC-IV.0148;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="59163FF7" w14:textId="77777777" w:rsidR="001715C9" w:rsidRPr="007E415B" w:rsidRDefault="001715C9" w:rsidP="00526D8C">
+    <w:p w14:paraId="715D2A48" w14:textId="77777777" w:rsidR="001715C9" w:rsidRPr="007E415B" w:rsidRDefault="001715C9" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="007E415B">
         <w:t>rejestr czynności przetwarzania danych osobowych – CC-VII.142;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="45A0D4CD" w14:textId="77777777" w:rsidR="001715C9" w:rsidRPr="007E415B" w:rsidRDefault="001715C9" w:rsidP="00526D8C">
+    <w:p w14:paraId="1E2BF489" w14:textId="77777777" w:rsidR="001715C9" w:rsidRPr="007E415B" w:rsidRDefault="001715C9" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="007E415B">
         <w:t>rejestr kategorii czynności przetwarzania danych osobowych – CC-VII.142;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="46108FCB" w14:textId="77777777" w:rsidR="001715C9" w:rsidRPr="007E415B" w:rsidRDefault="001715C9" w:rsidP="00526D8C">
+    <w:p w14:paraId="1750E04C" w14:textId="77777777" w:rsidR="001715C9" w:rsidRPr="007E415B" w:rsidRDefault="001715C9" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="007E415B">
         <w:t>rejestr wniosków o realizację praw osób, których dane dotyczą – CC-VII.142;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="046937FD" w14:textId="77777777" w:rsidR="001715C9" w:rsidRPr="007E415B" w:rsidRDefault="001715C9" w:rsidP="00526D8C">
+    <w:p w14:paraId="14B983C0" w14:textId="77777777" w:rsidR="001715C9" w:rsidRPr="007E415B" w:rsidRDefault="001715C9" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="007E415B">
         <w:t>rejestr odstępstw – CC-</w:t>
       </w:r>
       <w:r w:rsidR="000E53EC" w:rsidRPr="007E415B">
         <w:t>VI</w:t>
       </w:r>
       <w:r w:rsidRPr="007E415B">
         <w:t>.0148;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5395A533" w14:textId="77777777" w:rsidR="00CC7B91" w:rsidRPr="007E415B" w:rsidRDefault="001715C9" w:rsidP="00526D8C">
+    <w:p w14:paraId="2C0022CF" w14:textId="77777777" w:rsidR="00CC7B91" w:rsidRPr="007E415B" w:rsidRDefault="001715C9" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="007E415B">
         <w:t xml:space="preserve">rejestr </w:t>
       </w:r>
       <w:r w:rsidR="60D805ED" w:rsidRPr="007E415B">
         <w:t xml:space="preserve">zasobów </w:t>
       </w:r>
       <w:r w:rsidRPr="007E415B">
         <w:t>infrastruktury – CC-IV.0148</w:t>
       </w:r>
       <w:r w:rsidR="00332F4F" w:rsidRPr="007E415B">
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2EEF6986" w14:textId="77777777" w:rsidR="004E141E" w:rsidRPr="007E415B" w:rsidRDefault="004E141E" w:rsidP="00526D8C">
+    <w:p w14:paraId="1C4432AC" w14:textId="77777777" w:rsidR="004E141E" w:rsidRPr="007E415B" w:rsidRDefault="004E141E" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="007E415B">
-        <w:t xml:space="preserve">rejestr </w:t>
-[...10 lines deleted...]
-    <w:p w14:paraId="31B004E9" w14:textId="77777777" w:rsidR="0003366F" w:rsidRDefault="006E36E2" w:rsidP="00526D8C">
+        <w:t>rejestr ryzyk bezpieczeństwa informacji – CC-IV.0148.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F58B14B" w14:textId="77777777" w:rsidR="0003366F" w:rsidRDefault="006E36E2" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Wykaz rejestrów prowadzonych przez </w:t>
       </w:r>
       <w:r w:rsidR="007550C0">
         <w:t>b</w:t>
       </w:r>
       <w:r w:rsidR="0003366F">
         <w:t>iuro dla Miasta:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="48B92035" w14:textId="77777777" w:rsidR="0003366F" w:rsidRPr="007E415B" w:rsidRDefault="008820FD" w:rsidP="00670939">
+    <w:p w14:paraId="08968F06" w14:textId="77777777" w:rsidR="0003366F" w:rsidRPr="007E415B" w:rsidRDefault="008820FD" w:rsidP="00670939">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="21"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>r</w:t>
       </w:r>
       <w:r w:rsidR="00F61B75" w:rsidRPr="007E415B">
         <w:t xml:space="preserve">ejestr administratorów i użytkowników systemu poznan.pl </w:t>
       </w:r>
       <w:r w:rsidR="00FE7B91" w:rsidRPr="007E415B">
         <w:t>i BIP</w:t>
       </w:r>
       <w:r w:rsidR="0019017C" w:rsidRPr="007E415B">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00F61B75" w:rsidRPr="007E415B">
         <w:t>– CC-</w:t>
       </w:r>
       <w:r w:rsidR="000436F8" w:rsidRPr="007E415B">
         <w:t>I.</w:t>
       </w:r>
       <w:r w:rsidR="03EEC69A" w:rsidRPr="007E415B">
         <w:t>1334</w:t>
       </w:r>
       <w:r w:rsidR="00181293" w:rsidRPr="007E415B">
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="011568A0" w14:textId="77777777" w:rsidR="0019017C" w:rsidRPr="007E415B" w:rsidRDefault="008820FD" w:rsidP="00670939">
+    <w:p w14:paraId="12F98790" w14:textId="77777777" w:rsidR="0019017C" w:rsidRPr="007E415B" w:rsidRDefault="008820FD" w:rsidP="00670939">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="21"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>r</w:t>
       </w:r>
       <w:r w:rsidR="0019017C" w:rsidRPr="007E415B">
         <w:t>ejestr zmian BIP</w:t>
       </w:r>
       <w:r w:rsidR="000436F8" w:rsidRPr="007E415B">
         <w:t xml:space="preserve"> - CC-I.</w:t>
       </w:r>
       <w:r w:rsidR="12513130" w:rsidRPr="007E415B">
         <w:t>1431</w:t>
       </w:r>
       <w:r w:rsidR="00181293" w:rsidRPr="007E415B">
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D5B6DA9" w14:textId="77777777" w:rsidR="00C3672E" w:rsidRPr="007E415B" w:rsidRDefault="008820FD" w:rsidP="00670939">
+    <w:p w14:paraId="09D26380" w14:textId="77777777" w:rsidR="00C3672E" w:rsidRPr="007E415B" w:rsidRDefault="008820FD" w:rsidP="00670939">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="21"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>r</w:t>
       </w:r>
       <w:r w:rsidR="00C3672E" w:rsidRPr="007E415B">
         <w:t xml:space="preserve">ejestr retencji </w:t>
       </w:r>
       <w:r w:rsidR="0007705F" w:rsidRPr="007E415B">
         <w:t>danych w BIP</w:t>
       </w:r>
       <w:r w:rsidR="000436F8" w:rsidRPr="007E415B">
         <w:t xml:space="preserve"> - CC-I.</w:t>
       </w:r>
       <w:r w:rsidR="71500CE7" w:rsidRPr="007E415B">
         <w:t>1430</w:t>
       </w:r>
       <w:r w:rsidR="00181293" w:rsidRPr="007E415B">
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="278AB454" w14:textId="77777777" w:rsidR="00C80D9A" w:rsidRPr="007E415B" w:rsidRDefault="008820FD" w:rsidP="00670939">
+    <w:p w14:paraId="673FE437" w14:textId="77777777" w:rsidR="00C80D9A" w:rsidRPr="007E415B" w:rsidRDefault="008820FD" w:rsidP="00670939">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="21"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>r</w:t>
       </w:r>
       <w:r w:rsidR="00C80D9A" w:rsidRPr="007E415B">
         <w:t xml:space="preserve">ejestr stron internetowych i aplikacji mobilnych </w:t>
       </w:r>
       <w:r w:rsidR="000436F8" w:rsidRPr="007E415B">
         <w:t>- CC-I.</w:t>
       </w:r>
       <w:r w:rsidR="09E04A6E" w:rsidRPr="007E415B">
         <w:t>1332</w:t>
       </w:r>
       <w:r w:rsidR="00181293" w:rsidRPr="007E415B">
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F34C7E2" w14:textId="77777777" w:rsidR="0085218C" w:rsidRPr="007E415B" w:rsidRDefault="0085218C" w:rsidP="00670939">
+    <w:p w14:paraId="1922ED19" w14:textId="77777777" w:rsidR="0085218C" w:rsidRPr="007E415B" w:rsidRDefault="0085218C" w:rsidP="00670939">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="21"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="007E415B">
-        <w:t xml:space="preserve">rejestr incydentów </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> – CC-VI.0148</w:t>
+        <w:t>rejestr incydentów cyberbezpieczeństwa – CC-VI.0148</w:t>
       </w:r>
       <w:r w:rsidR="00181293" w:rsidRPr="007E415B">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="76E4DE43" w14:textId="77777777" w:rsidR="001715C9" w:rsidRDefault="001715C9" w:rsidP="00526D8C">
+    <w:p w14:paraId="6BEE86C3" w14:textId="77777777" w:rsidR="001715C9" w:rsidRDefault="001715C9" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Biuro realizuje cele ustalone dla biura poprzez:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="452F9887" w14:textId="77777777" w:rsidR="001715C9" w:rsidRDefault="001715C9" w:rsidP="00526D8C">
+    <w:p w14:paraId="38B4C6E6" w14:textId="77777777" w:rsidR="001715C9" w:rsidRDefault="001715C9" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>popularyzację miejskich internetowych serwisów informacyjnych;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4DFB4FBB" w14:textId="77777777" w:rsidR="00C31EAF" w:rsidRDefault="001715C9" w:rsidP="009A2DFF">
+    <w:p w14:paraId="0A3F3A4D" w14:textId="77777777" w:rsidR="00C31EAF" w:rsidRDefault="001715C9" w:rsidP="009A2DFF">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>popularyzację polityki otwartych danych, koncepcji Smart City oraz projektów cyfrowych;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D2E86DC" w14:textId="77777777" w:rsidR="001715C9" w:rsidRDefault="001715C9" w:rsidP="00526D8C">
+    <w:p w14:paraId="36AC6029" w14:textId="77777777" w:rsidR="001715C9" w:rsidRDefault="001715C9" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>zabezpieczanie informacji gromadzonych w Urzędzie;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3CF87C2A" w14:textId="77777777" w:rsidR="001715C9" w:rsidRDefault="001715C9" w:rsidP="00526D8C">
+    <w:p w14:paraId="0DF1C39D" w14:textId="77777777" w:rsidR="001715C9" w:rsidRDefault="001715C9" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>zapewnienie sprawnego funkcjonowania systemu zarządzania;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="23C033B9" w14:textId="77777777" w:rsidR="001715C9" w:rsidRDefault="001715C9" w:rsidP="00526D8C">
+    <w:p w14:paraId="0EEA12CA" w14:textId="77777777" w:rsidR="001715C9" w:rsidRDefault="001715C9" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>zwiększenie prawdopodobieństwa realizacji zadań w sposób oszczędny, terminowy, efektywny i zgodny z prawem;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F8CF93B" w14:textId="77777777" w:rsidR="00FA5602" w:rsidRDefault="001715C9" w:rsidP="00526D8C">
+    <w:p w14:paraId="44DF7E10" w14:textId="77777777" w:rsidR="00FA5602" w:rsidRDefault="001715C9" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>zapewnienie zgodności w obszarze bezpieczeństwa informacji</w:t>
       </w:r>
       <w:r w:rsidR="00C31EAF">
-        <w:t xml:space="preserve">, </w:t>
-[...5 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>, cyberbezpieczeństwa</w:t>
+      </w:r>
       <w:r>
         <w:t xml:space="preserve"> i ochrony danych osobowych.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E4208AC" w14:textId="77777777" w:rsidR="00FA5602" w:rsidRDefault="00FA5602" w:rsidP="00FA5602">
+    <w:p w14:paraId="4CF40BDF" w14:textId="77777777" w:rsidR="00FA5602" w:rsidRDefault="00FA5602" w:rsidP="00FA5602">
       <w:pPr>
         <w:pStyle w:val="Nagwek2"/>
       </w:pPr>
       <w:r>
         <w:t>Rozdział III Zakres zadań oddziałów i stanowisk pracy</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4653B02F" w14:textId="77777777" w:rsidR="00A0793F" w:rsidRDefault="00FA5602" w:rsidP="00FA5229">
+    <w:p w14:paraId="49783E9B" w14:textId="77777777" w:rsidR="00A0793F" w:rsidRDefault="00FA5602" w:rsidP="00FA5229">
       <w:pPr>
         <w:pStyle w:val="Nagwek3"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">§ </w:t>
       </w:r>
       <w:r w:rsidR="00F86FD0">
         <w:t>9</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="139AE51A" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00670939">
+    <w:p w14:paraId="25069CEC" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00670939">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Do zadań Oddziału Serwisów i Technologii Informacyjnych należy:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3853CABF" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
+    <w:p w14:paraId="09BED0B2" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r>
         <w:t>prowadzenie prac redakcyjnych i organizacyjnych związanych z funkcjonowaniem:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0195D2FD" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00670939">
+    <w:p w14:paraId="7858F0A9" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00670939">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="23"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>miejskiego serwisu www.poznan.pl w sieci Internet z wyłączeniem zakresu realizowanego przez Gabinet Prezydenta,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6BCBDFF7" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00670939">
+    <w:p w14:paraId="071585D9" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00670939">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="23"/>
         </w:numPr>
       </w:pPr>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>Biuletynu Informacji Publicznej Miasta,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="075BFF72" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00670939">
+    <w:p w14:paraId="5FBC9273" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00670939">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="23"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>portalu wewnętrznego administracji miejskiej,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F63690A" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00670939">
+    <w:p w14:paraId="604B1D97" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00670939">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="23"/>
         </w:numPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">oficjalnej platformy </w:t>
-[...10 lines deleted...]
-    <w:p w14:paraId="53C1A06A" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00670939">
+        <w:t>oficjalnej platformy streamingowej Miasta na portalu https://video.poznan.pl/,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3CBB2590" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00670939">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="23"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Elektronicznej Tablicy Ogłoszeń z wyłączeniem zakresu realizowanego przez Wydział Obsługi Urzędu;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4633DF0B" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
-[...4 lines deleted...]
-        <w:lastRenderedPageBreak/>
+    <w:p w14:paraId="729CDAE1" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+      </w:pPr>
+      <w:r>
         <w:t>inicjowanie i realizowanie projektów i programów wspierających budowę społeczeństwa informacyjnego w Poznaniu, promujących działania Prezydenta i Urzędu oraz poprawiających poziom obsługi interesantów;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4F008F59" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
-[...31 lines deleted...]
-    <w:p w14:paraId="796C58A3" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
+    <w:p w14:paraId="0685D437" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+      </w:pPr>
+      <w:r>
+        <w:t>współpraca z wydziałami Urzędu w zakresie ustalenia ich potrzeb, wymagań i preferencji odnośnie informacji oraz usług zamieszczanych w informatorach;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="572AF9CD" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+      </w:pPr>
+      <w:r>
+        <w:t>rozwój eUsług i rozbudowa API;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26BE13AD" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r>
         <w:t>koordynacja działań na rzecz poprawy dostępności cyfrowej oraz dostępności informacyjno-komunikacyjnej dla osób ze szczególnymi potrzebami;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C914BA4" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
+    <w:p w14:paraId="6505A465" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r>
         <w:t>wdrażanie i monitorowanie dostępności cyfrowej stron, aplikacji i dokumentów, opracowywanie procedur i instrukcji w tym zakresie, a także formułowanie rekomendacji i monitorowanie ich wdrażania w jednostkach miejskich;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D0FB81A" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
+    <w:p w14:paraId="24809AA6" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r>
         <w:t>prowadzenie działań na rzecz rozwoju usług cyfrowych w zakresie gospodarki odpadami Miasta;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F16C25E" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
+    <w:p w14:paraId="74B9919E" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r>
         <w:t>współpraca z podmiotami zewnętrznymi zaangażowanymi w budowę społeczeństwa informacyjnego oraz obsługującymi technicznie zadania realizowane przez oddział;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="072B72FC" w14:textId="77777777" w:rsidR="005301C8" w:rsidRPr="005301C8" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
+    <w:p w14:paraId="0E1446E6" w14:textId="77777777" w:rsidR="005301C8" w:rsidRPr="005301C8" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r>
         <w:t>koordynowanie udostępniania informacji publicznej na platformie BIP;</w:t>
       </w:r>
       <w:r w:rsidR="005301C8" w:rsidRPr="005301C8">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="ED5C57"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="28E6D111" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="005301C8" w:rsidP="00526D8C">
+    <w:p w14:paraId="3AF099A1" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="005301C8" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r>
         <w:t>m</w:t>
       </w:r>
       <w:r w:rsidRPr="005301C8">
         <w:t xml:space="preserve">onitorowanie i analiza efektywności treści pod kątem zaangażowania użytkowników, </w:t>
       </w:r>
       <w:r w:rsidR="00F20294">
         <w:t xml:space="preserve">współczynnika </w:t>
       </w:r>
       <w:r w:rsidRPr="005301C8">
         <w:t>konwersji i innych wskaźników</w:t>
       </w:r>
       <w:r>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="39EF3066" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
+    <w:p w14:paraId="3B42988B" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r>
         <w:t>przygotowywanie i prowadzenie dokumentacji związanej z realizacją zadań oddziału;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="28208DE0" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
+    <w:p w14:paraId="04E2EB49" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r>
         <w:t>współpraca z osobą na stanowisku ds. projektów cyfrowych w zakresie wdrażania technologii inteligentnego miasta, m.in. przy prowadzeniu i weryfikowaniu projektów z wykorzystaniem technologii inteligentnego miasta;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="03EF9588" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
+    <w:p w14:paraId="1068FA62" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r>
         <w:t>współpraca z Pełnomocnikiem ds. Smart City przy wdrażaniu koncepcji Smart City.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="19483D01" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00670939">
+    <w:p w14:paraId="265A312F" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00670939">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Do zadań Oddziału Cyfryzacji i Smart City należy:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0359047E" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
+    <w:p w14:paraId="6D1D98A9" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r>
         <w:t>poszukiwanie i analiza zewnętrznych źródeł finansowania projektów z obszaru cyfryzacji i Smart City;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="090E00F0" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
+    <w:p w14:paraId="23767B44" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r>
         <w:t>koordynacja działań jednostek w zakresie cyfrowych projektów miejskich;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="79469C46" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
+    <w:p w14:paraId="13639A86" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r>
         <w:t>realizacja i opiniowanie projektów związanych z cyfryzacją i Smart City;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24E62643" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
+    <w:p w14:paraId="6F2BD0B5" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r>
         <w:t>współpraca z Wielkopolskim Centrum Wspierania Inwestycji sp. z o.o. w zakresie projektów Smart City;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C56A37F" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
+    <w:p w14:paraId="7EF29B46" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r>
         <w:t>koordynacja prac Zespołu zadaniowego ds. wdrażania innowacji i rozwoju Miasta w koncepcji Smart City;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="12CAF9BC" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
-[...3 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="3C3BBF72" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>koordynacja prac Zespołu ds. ustalenia zasad funkcjonowania Centralnej Kartoteki Kontrahentów;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0FDB566D" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
+    <w:p w14:paraId="5B2C4B5C" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r>
         <w:t>współpraca z organizacjami z obszaru Smart City na szczeblu krajowym i międzynarodowym oraz dbanie o dobre relacje;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C8F3EC1" w14:textId="77777777" w:rsidR="001B524E" w:rsidRPr="005441B4" w:rsidRDefault="001B524E" w:rsidP="005441B4">
-[...4 lines deleted...]
-        <w:lastRenderedPageBreak/>
+    <w:p w14:paraId="4D53E52F" w14:textId="77777777" w:rsidR="001B524E" w:rsidRPr="005441B4" w:rsidRDefault="001B524E" w:rsidP="005441B4">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+      </w:pPr>
+      <w:r>
         <w:t>zapewnienie rozwoju Smart City Poznań pod względem marketingowym i promocyjnym oraz prowadzenie dedykowanego wortalu Smart City;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E6763EE" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
-[...15 lines deleted...]
-    <w:p w14:paraId="6F717800" w14:textId="77777777" w:rsidR="00C31EAF" w:rsidRDefault="001B524E" w:rsidP="009A2DFF">
+    <w:p w14:paraId="268C10F8" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+      </w:pPr>
+      <w:r>
+        <w:t>wspieranie rozwoju eUsług i rozbudowy API;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6673CC37" w14:textId="77777777" w:rsidR="00C31EAF" w:rsidRDefault="001B524E" w:rsidP="009A2DFF">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r>
         <w:t>popularyzacja polityki otwartych danych, realizacja tej polityki dla Urzędu m.in. przez Platformę Otwartych Danych;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F159055" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
+    <w:p w14:paraId="036E36D2" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r>
         <w:t>moderowanie i rozwój aplikacji Smart City Poznań;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="294F024B" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
-[...31 lines deleted...]
-    <w:p w14:paraId="45A0A2FA" w14:textId="77777777" w:rsidR="001B524E" w:rsidRPr="009A2DFF" w:rsidRDefault="001B524E" w:rsidP="005441B4">
+    <w:p w14:paraId="3639CBCA" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+      </w:pPr>
+      <w:r>
+        <w:t>rozwój przestrzeni wirtualnej oraz stacjonarnej służącej Poznań CityLab, w szczególności poszukiwanie i testowanie nowych rozwiązań, inwentaryzacja wdrożeń cyfrowych, prezentowanie projektów innowacyjnych, animowanie i koordynowanie miejskiego ekosystemu innowacji;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="624BD262" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+      </w:pPr>
+      <w:r>
+        <w:t>opracowywanie i realizacja planów rozwoju teleinformatyki w Urzędzie i m.j.o. w celu zapewnienia realizacji potrzeb oraz kompleksowej informatyzacji;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11D2D6D1" w14:textId="77777777" w:rsidR="001B524E" w:rsidRPr="009A2DFF" w:rsidRDefault="001B524E" w:rsidP="005441B4">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r w:rsidRPr="009A2DFF">
         <w:t xml:space="preserve">wyznaczanie </w:t>
       </w:r>
       <w:r w:rsidR="005441B4" w:rsidRPr="009A2DFF">
         <w:t xml:space="preserve">obszarów cyfryzacji Miasta </w:t>
       </w:r>
       <w:r w:rsidRPr="009A2DFF">
         <w:t>w zakresie zadań przewidzianych do realizacji;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E9931B4" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
+    <w:p w14:paraId="6087C1E7" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r>
         <w:t>realizacja Programu Transformacji Cyfrowej dla Miasta Poznania;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16149AEA" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
+    <w:p w14:paraId="53269AAD" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r>
         <w:t>inicjowanie wdrażania technologii inteligentnego miasta;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F87B24A" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
-[...15 lines deleted...]
-    <w:p w14:paraId="03CF8BF7" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
+    <w:p w14:paraId="0B08BDEF" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+      </w:pPr>
+      <w:r>
+        <w:t>realizacja zadań związanych z funkcjonowaniem i rozwojem systemu usług dla mieszkańców, w tym prowadzenie programu benefitowego System usług dla mieszkańców Poznania (Program OK Poznań) zachęcającego do rozliczania podatków w Poznaniu (OK Poznań);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="696B408E" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r>
         <w:t>współpraca z wydziałami i jednostkami miejskimi zaangażowanymi w organizację punktów obsługi klienta Programu OK Poznań;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C39365B" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
+    <w:p w14:paraId="52987368" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r>
         <w:t>prowadzenie prac utrzymaniowych i rozwojowych związanych z aplikacją lojalnościową Miasta – OK Poznań, współpraca w tym zakresie z komórkami Urzędu oraz partnerami zewnętrznymi;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="49E720AB" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
+    <w:p w14:paraId="3D90453B" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r>
         <w:t>określanie priorytetów i kierunków w zakresie integracji systemów wspierających funkcjonowania Miasta;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42DD1145" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
+    <w:p w14:paraId="62BCCA37" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r>
         <w:t>nadzór nad wykonywaniem obowiązku szacowania ryzyka w obszarze zadań procesowych bezpieczeństwa informacji i ochrony danych osobowych na poziomie Urzędu w ramach prac Zespołu ds. Bezpieczeństwa Informacji;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="35EC530B" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="0018162A" w:rsidP="005441B4">
+    <w:p w14:paraId="7FA67B64" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="0018162A" w:rsidP="005441B4">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r w:rsidRPr="0018162A">
         <w:t>wsparcie Pełnomocnika Prezydenta ds. Systemu Zarządzania w realizacji procesu zarządzania ryzykiem, określonego w zarządzeniu Prezydenta</w:t>
       </w:r>
       <w:r w:rsidR="001B524E">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="463A91B5" w14:textId="77777777" w:rsidR="00526D8C" w:rsidRDefault="001B524E" w:rsidP="00670939">
+    <w:p w14:paraId="30D89C3F" w14:textId="77777777" w:rsidR="00526D8C" w:rsidRDefault="001B524E" w:rsidP="00670939">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Do zadań stanowiska ds. </w:t>
       </w:r>
       <w:r w:rsidR="00526D8C">
         <w:t>koordynacji bezpieczeństwa informacji należy:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4FF495E2" w14:textId="77777777" w:rsidR="00526D8C" w:rsidRDefault="00526D8C" w:rsidP="00526D8C">
-[...3 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="00EEEC8A" w14:textId="77777777" w:rsidR="00526D8C" w:rsidRDefault="00526D8C" w:rsidP="00526D8C">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>podejmowanie działań optymalizujących standardy zabezpieczania zasobów informacyjnych Urzędu;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7526E3BA" w14:textId="77777777" w:rsidR="00526D8C" w:rsidRDefault="00526D8C" w:rsidP="00526D8C">
-[...12 lines deleted...]
-        <w:lastRenderedPageBreak/>
+    <w:p w14:paraId="68F520D4" w14:textId="77777777" w:rsidR="00526D8C" w:rsidRDefault="00526D8C" w:rsidP="00526D8C">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">projektowanie rozwiązań mających na celu </w:t>
+      </w:r>
+      <w:r w:rsidR="00C57B76">
+        <w:t xml:space="preserve">zapewnienie i </w:t>
+      </w:r>
+      <w:r>
+        <w:t>usprawnianie procesów bezpieczeństwa informacji;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1EF955C9" w14:textId="77777777" w:rsidR="00526D8C" w:rsidRDefault="00526D8C" w:rsidP="00526D8C">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+      </w:pPr>
+      <w:r>
         <w:t>współpraca z Pełnomocnikiem Prezydenta ds. Systemu Zarządzania przy przygotowywaniu harmonogramów działań związanych z audytami systemu zarządzania w obszarze bezpieczeństwa informacji oraz wsparcie merytoryczne w pracy zespołów wyznaczonych do audytów systemu zarządzania w tym obszarze;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="17E95F81" w14:textId="77777777" w:rsidR="00526D8C" w:rsidRDefault="00526D8C" w:rsidP="00B554BE">
-[...7 lines deleted...]
-    <w:p w14:paraId="6F019D52" w14:textId="77777777" w:rsidR="00526D8C" w:rsidRDefault="00526D8C" w:rsidP="0007415D">
+    <w:p w14:paraId="5E5CCD1F" w14:textId="77777777" w:rsidR="00526D8C" w:rsidRDefault="00526D8C" w:rsidP="00B554BE">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">współpraca z </w:t>
+      </w:r>
+      <w:r w:rsidR="00C57B76">
+        <w:t>wyspecjalizowanymi zewnętrznymi ekspertami</w:t>
+      </w:r>
+      <w:r w:rsidR="001051A3">
+        <w:t xml:space="preserve"> - </w:t>
+      </w:r>
+      <w:r w:rsidR="00C57B76">
+        <w:t xml:space="preserve">inżynierami bezpieczeństwa </w:t>
+      </w:r>
+      <w:r w:rsidR="0062783D">
+        <w:t>IT</w:t>
+      </w:r>
+      <w:r w:rsidR="001051A3">
+        <w:t xml:space="preserve"> -</w:t>
+      </w:r>
+      <w:r w:rsidR="0062783D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C57B76">
+        <w:t xml:space="preserve">w celu </w:t>
+      </w:r>
+      <w:r w:rsidR="001051A3">
+        <w:t xml:space="preserve">skoordynowania </w:t>
+      </w:r>
+      <w:r w:rsidR="0062783D">
+        <w:t>corocznej oceny audytowej obszaru bezpieczeństwa informacji</w:t>
+      </w:r>
+      <w:r w:rsidR="001051A3">
+        <w:t>, w tym weryfikacja ze stanowiskiem ds. koordynacji SOC działań rozwojowych i naprawczych wskazanych w raportach poaudytowych</w:t>
+      </w:r>
+      <w:r>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2935F495" w14:textId="77777777" w:rsidR="00526D8C" w:rsidRDefault="00526D8C" w:rsidP="0007415D">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">koordynowanie prac Zespołu ds. Bezpieczeństwa Informacji w zakresie projektowania i promowania systemowego zarządzania bezpieczeństwem informacji oraz określania wizji bezpieczeństwa </w:t>
       </w:r>
       <w:r w:rsidR="00B554BE">
         <w:t>cyfryzacji Urzędu i jego priorytetów</w:t>
       </w:r>
       <w:r>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2BFD3B3E" w14:textId="77777777" w:rsidR="00526D8C" w:rsidRDefault="00526D8C" w:rsidP="00526D8C">
+    <w:p w14:paraId="15F4B533" w14:textId="77777777" w:rsidR="00526D8C" w:rsidRDefault="00526D8C" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r>
         <w:t>współpraca z Inspektorem Ochrony Danych dla Urzędu Miasta Poznania i jego zastępcami oraz Inspektorem Ochrony Danych dla miejskich jednostek organizacyjnych;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2CD67518" w14:textId="77777777" w:rsidR="0007415D" w:rsidRDefault="0007415D" w:rsidP="00526D8C">
+    <w:p w14:paraId="67D81A6D" w14:textId="77777777" w:rsidR="0007415D" w:rsidRDefault="0007415D" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r>
         <w:t>opiniowanie umów, porozumień, regulaminów i innych aktów wewnętrznych pod kątem spełniania wytycznych i obowiązków prawnych związanych z bezpieczeństwem informacji;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A56DCB5" w14:textId="77777777" w:rsidR="00526D8C" w:rsidRDefault="00526D8C" w:rsidP="00526D8C">
+    <w:p w14:paraId="687AAA93" w14:textId="77777777" w:rsidR="00526D8C" w:rsidRDefault="00526D8C" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r>
         <w:t>nadzór nad dokumentacją systemu zarządzania bezpieczeństwem informacji;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="315DCE11" w14:textId="77777777" w:rsidR="00526D8C" w:rsidRDefault="00526D8C" w:rsidP="00526D8C">
-[...15 lines deleted...]
-    <w:p w14:paraId="76B7327F" w14:textId="77777777" w:rsidR="0007415D" w:rsidRDefault="0007415D" w:rsidP="0007415D">
+    <w:p w14:paraId="44EEC795" w14:textId="77777777" w:rsidR="00526D8C" w:rsidRDefault="00526D8C" w:rsidP="00526D8C">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+      </w:pPr>
+      <w:r>
+        <w:t>koordynowanie wdrażania rozwiązań systemowych oraz sprzętowych w zakresie bezpieczeństwa sieci Urzędu i mjo;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="176B747A" w14:textId="77777777" w:rsidR="0007415D" w:rsidRDefault="0007415D" w:rsidP="0007415D">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r>
         <w:t>zarządzani</w:t>
       </w:r>
       <w:r w:rsidR="00C27596">
         <w:t>e</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> incydentami na poziomie Urzędu oraz incydent</w:t>
       </w:r>
       <w:r w:rsidR="00C27596">
         <w:t>ami</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> związany</w:t>
       </w:r>
       <w:r w:rsidR="00C27596">
         <w:t>mi</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> z naruszeniem </w:t>
-[...10 lines deleted...]
-    <w:p w14:paraId="6D19278C" w14:textId="77777777" w:rsidR="0007415D" w:rsidRDefault="0007415D" w:rsidP="0007415D">
+        <w:t xml:space="preserve"> z naruszeniem cyberbezpieczeństwa na poziomie Miasta;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10601B87" w14:textId="77777777" w:rsidR="0007415D" w:rsidRDefault="0007415D" w:rsidP="0007415D">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">koordynowanie prac związanych z przeprowadzaniem przez zewnętrznych usługodawców audytów bezpieczeństwa informacji w </w:t>
       </w:r>
       <w:r w:rsidR="00C27596">
         <w:t xml:space="preserve">Urzędzie i </w:t>
       </w:r>
       <w:r>
         <w:t>wyznaczonych miejskich jednostkach organizacyjnych, w tym m.in. rekomendowanie obszarów do audytu oraz nadzorowanie należytego wykonywania zamówienia na usługę audytu</w:t>
       </w:r>
       <w:r w:rsidR="00F54CA4">
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="790F17F9" w14:textId="77777777" w:rsidR="0007415D" w:rsidRDefault="0007415D" w:rsidP="00526D8C">
+    <w:p w14:paraId="520CCE27" w14:textId="77777777" w:rsidR="0007415D" w:rsidRDefault="0007415D" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r>
         <w:t>koordynowanie i przeprowadzanie szkoleń z zakresu zabezpieczania zasobów teleinformatycznych;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53179DDF" w14:textId="77777777" w:rsidR="00526D8C" w:rsidRDefault="0007415D" w:rsidP="00526D8C">
+    <w:p w14:paraId="504D8C47" w14:textId="77777777" w:rsidR="00526D8C" w:rsidRDefault="0007415D" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r>
         <w:t>nadzór nad rejestrami z obszaru bezpieczeństwa informacji.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C105BF0" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="00526D8C" w:rsidP="00670939">
+    <w:p w14:paraId="4A0B5F07" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="00526D8C" w:rsidP="00670939">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Do zadań stanowiska ds. </w:t>
       </w:r>
       <w:r w:rsidR="001B524E">
         <w:t>zabezpieczania zasobów informacyjnych należy:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2AA3DD8E" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="0007415D" w:rsidP="00526D8C">
+    <w:p w14:paraId="31496437" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="0007415D" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r>
         <w:t>aktualizacja rejestrów z obszaru bezpieczeństwa informacji;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B77627B" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
-[...3 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="67964F32" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>opracowywanie</w:t>
       </w:r>
       <w:r w:rsidR="0007415D">
         <w:t>, uzgadnianie</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> i aktualizacja dokumentacji dotyczącej bezpieczeństwa informacji</w:t>
       </w:r>
       <w:r w:rsidR="0007415D">
         <w:t>, a także</w:t>
       </w:r>
       <w:r w:rsidR="0007415D" w:rsidRPr="0007415D">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0007415D">
         <w:t>uzgadnianie i wdrażanie dokumentacji dla systemów teleinformatycznych oraz usług funkcjonujących w ramach tych systemów;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E09F6FA" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
+    <w:p w14:paraId="0C691A5E" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r>
         <w:t>prowadzenie konsultacji i opracowywanie analiz z zakresu bezpieczeństwa zasobów;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F54BD0C" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="0007415D">
-[...15 lines deleted...]
-    <w:p w14:paraId="30E5423D" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
+    <w:p w14:paraId="37253C86" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="0007415D">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+      </w:pPr>
+      <w:r>
+        <w:t>rekomendowanie wytycznych w fazie projektowania nowych zadań, usług i projektów informatycznych według zasady privacy by design;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A8FB93F" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r>
         <w:t>opracowywanie</w:t>
       </w:r>
       <w:r w:rsidR="00526D8C">
         <w:t xml:space="preserve"> i</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> monitorowanie </w:t>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="_Hlk197954761"/>
       <w:r>
-        <w:t xml:space="preserve">wdrażania rozwiązań systemowych oraz sprzętowych w zakresie bezpieczeństwa sieci Urzędu i </w:t>
-[...7 lines deleted...]
-        <w:t>;</w:t>
+        <w:t>wdrażania rozwiązań systemowych oraz sprzętowych w zakresie bezpieczeństwa sieci Urzędu i mjo;</w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:p w14:paraId="662ADF92" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
-[...4 lines deleted...]
-        <w:lastRenderedPageBreak/>
+    <w:p w14:paraId="66C2742F" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+      </w:pPr>
+      <w:r>
         <w:t>zapewnienie stosowania standardów zabezpieczeń danych osobowych;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="15CFD3D6" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
+    <w:p w14:paraId="4CF02828" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r>
         <w:t>działania zwiększające świadomość pracowników Urzędu w zakresie bezpieczeństwa informacji poprzez przeprowadzane szkolenia oraz wdrażanie działań doskonalących system zarządzania bezpieczeństwem informacji na podstawie wyników corocznych audytów bezpieczeństwa informacji;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="60FE6C84" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
-[...15 lines deleted...]
-    <w:p w14:paraId="1B95F180" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="00C27596" w:rsidP="00526D8C">
+    <w:p w14:paraId="344174C0" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+      </w:pPr>
+      <w:r>
+        <w:t>uczestniczenie w procesie zarządzania incydentami, w szczególności w zakresie zgłaszania i obsługi incydentów bezpieczeństwa informacji na poziomie Urzędu oraz incydentów związanych z naruszeniem cyberbezpieczeństwa na poziomie Miasta;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E28CB02" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="00C27596" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r>
         <w:t>współpraca z</w:t>
       </w:r>
       <w:r w:rsidR="001B524E">
         <w:t xml:space="preserve"> zewnętrzny</w:t>
       </w:r>
       <w:r>
         <w:t>mi</w:t>
       </w:r>
       <w:r w:rsidR="001B524E">
         <w:t xml:space="preserve"> usługodawc</w:t>
       </w:r>
       <w:r>
         <w:t>ami</w:t>
       </w:r>
       <w:r w:rsidR="001B524E">
         <w:t xml:space="preserve"> audytów bezpieczeństwa informacji w </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Urzędzie i </w:t>
       </w:r>
       <w:r w:rsidR="001B524E">
         <w:t>wyznaczonych miejskich jednostkach organizacyjnych, w tym m.in. rekomendowanie obszarów do audytu oraz nadzorowanie należytego wykonywania zamówienia na usługę audytu.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="625E8467" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00670939">
+    <w:p w14:paraId="0E00DCBA" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00670939">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Do zadań stanowiska ds. koordynacji SOC należy:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F0A5981" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
+    <w:p w14:paraId="52208C9B" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r>
         <w:t>ustalanie, weryfikacja i monitoring standardów zabezpieczeń teleinformatycznych;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B188DE5" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
+    <w:p w14:paraId="45BF09A0" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r>
         <w:t>kontrolowanie i analizowanie stanu zabezpieczenia systemów i przetwarzanych w nich informacji oraz podejmowanie działań eliminujących zagrożenia;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="68085079" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
+    <w:p w14:paraId="4CE10781" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r>
         <w:t>monitorowanie i analizowanie stanu bezpieczeństwa infrastruktury teleinformatycznej przy wykorzystaniu specjalistycznego sprzętu i oprogramowania, nadzorowanie prowadzenia statystyki poziomu i jakości stanu zabezpieczeń w obszarze IT;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22041A56" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
+    <w:p w14:paraId="6FE9CB88" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r>
         <w:t>przeprowadzanie testów bezpieczeństwa/penetracyjnych;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="127309B2" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
+    <w:p w14:paraId="77322148" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r>
         <w:t>planowanie rozwoju systemów bezpieczeństwa;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6247AAD5" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
+    <w:p w14:paraId="5933B12E" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r>
         <w:t>współpraca z niezależnymi operatorami usług teleinformatycznych;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="72719DEB" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
+    <w:p w14:paraId="2F210C73" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r>
         <w:t>opracowywanie dokumentacji dotyczącej zamówień publicznych;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0BC439D5" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
+    <w:p w14:paraId="21E77058" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r>
         <w:t>nadzorowanie wykonania umów;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01EB64CB" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
-[...15 lines deleted...]
-    <w:p w14:paraId="3E866D01" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
+    <w:p w14:paraId="46CDAE45" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+      </w:pPr>
+      <w:r>
+        <w:t>doradztwo w zakresie cyberbezpieczeństwa we wdrożeniach nowych systemów/usług;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5BA35FC9" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r>
         <w:t>współpraca z Audytorem Miasta w zakresie ustalania wytycznych do corocznego obligatoryjnego audytu wewnętrznego bezpieczeństwa informacji;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="46108E1D" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
+    <w:p w14:paraId="259E903E" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r>
         <w:t>nadzorowanie prowadzenia ewidencji przeprowadzonych testów penetracyjnych.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0428DBB6" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00670939">
+    <w:p w14:paraId="4F10556B" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00670939">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
       </w:pPr>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>Do zadań stanowiska ds. operacyjnych SOC należy:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E817B2F" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
+    <w:p w14:paraId="40A9BADE" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r>
         <w:t>monitorowanie stanu zabezpieczenia systemów i przetwarzanych w nich informacji oraz podejmowanie działań eliminujących zagrożenia;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="385F780A" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
+    <w:p w14:paraId="4A72BE0D" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r>
         <w:t>monitorowanie i analizowanie stanu bezpieczeństwa infrastruktury teleinformatycznej przy wykorzystaniu specjalistycznego sprzętu i oprogramowania, prowadzenie statystyki poziomu i jakości stanu zabezpieczeń w obszarze IT;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="418CF9CA" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
+    <w:p w14:paraId="2EF1C5AD" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r>
         <w:t>przeprowadzanie testów bezpieczeństwa/penetracyjnych;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="58579246" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
+    <w:p w14:paraId="0C39463B" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r>
         <w:t>prowadzenie ewidencji przeprowadzonych testów penetracyjnych;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="329363BE" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
-[...4 lines deleted...]
-        <w:lastRenderedPageBreak/>
+    <w:p w14:paraId="0C480ABF" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+      </w:pPr>
+      <w:r>
         <w:t>współpraca z niezależnymi operatorami usług teleinformatycznych;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B664178" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
+    <w:p w14:paraId="42D0F589" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r>
         <w:t>weryfikacja dokumentacji systemu zarządzania bezpieczeństwem informacji;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7CEA8370" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
+    <w:p w14:paraId="656872CB" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r>
         <w:t>gromadzenie, przechowywanie i archiwizowanie dokumentacji systemu zarządzania bezpieczeństwem informacyjnym.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BC160A4" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00670939">
+    <w:p w14:paraId="7308B068" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00670939">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Do zadań Inspektora Ochrony Danych dla Urzędu Miasta Poznania</w:t>
       </w:r>
       <w:r w:rsidR="008B0C32">
-        <w:t xml:space="preserve"> (w tym jego zastępców)</w:t>
+        <w:t xml:space="preserve"> (w tym jego zastępców</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF2DA0">
+        <w:t xml:space="preserve"> z zastrzeżeniem ust. 8</w:t>
+      </w:r>
+      <w:r w:rsidR="008B0C32">
+        <w:t>)</w:t>
       </w:r>
       <w:r>
         <w:t>, należy realizacja zadań określonych w RODO w obszarze funkcjonowania Urzędu, tj.:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="54A53E48" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
+    <w:p w14:paraId="2F647DBE" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r>
         <w:t>informowanie Administratora, podmiotu przetwarzającego oraz pracowników, którzy przetwarzają dane osobowe, o obowiązkach spoczywających na nich na mocy ww. rozporządzenia oraz innych przepisów o ochronie danych i doradzanie im w tej sprawie;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="62532DAA" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
+    <w:p w14:paraId="3D38B485" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r>
         <w:t>monitorowanie przestrzegania ww. rozporządzenia, innych przepisów o ochronie danych oraz polityk Administratora lub podmiotu przetwarzającego w dziedzinie ochrony danych osobowych, w tym podział obowiązków, działania zwiększające świadomość, szkolenia personelu uczestniczącego w operacjach przetwarzania oraz powiązane z tym audyty - w tym przygotowywanie planu czynności sprawdzających i przeprowadzanie planowych oraz doraźnych czynności sprawdzających zgodności sposobu przetwarzania danych osobowych z obowiązującym prawem i sporządzanie w tym zakresie sprawozdań dla Administratora danych osobowych;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C0BC6F9" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
+    <w:p w14:paraId="43722BA2" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r>
         <w:t>udzielanie na żądanie zaleceń co do oceny skutków dla ochrony danych oraz monitorowanie jej wykonania zgodnie z art. 35 ww. rozporządzenia;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5ADD0DBB" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
+    <w:p w14:paraId="0E00AD1D" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r>
         <w:t>współpraca z organem nadzorczym;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D649F84" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
+    <w:p w14:paraId="4AFDDB0C" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r>
         <w:t>pełnienie funkcji punktu kontaktowego dla organu nadzorczego w kwestiach związanych z przetwarzaniem, w tym z uprzednimi konsultacjami, o których mowa w art. 36 ww. rozporządzenia, oraz w stosownych przypadkach prowadzenia konsultacji we wszelkich innych sprawach;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="484869F6" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
-[...7 lines deleted...]
-    <w:p w14:paraId="1D15E87F" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00670939">
+    <w:p w14:paraId="07C926F7" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+      </w:pPr>
+      <w:r>
+        <w:t>pełnienie funkcji punktu kontaktowego dla osób, których dane dotyczą, we wszystkich sprawach związanych z przetwarzaniem ich danych osobowych oraz z wykonywaniem praw przysługujących im na mocy ww. rozporządzenia</w:t>
+      </w:r>
+      <w:r w:rsidR="0062783D">
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4AE88FC5" w14:textId="77777777" w:rsidR="0062783D" w:rsidRDefault="0062783D" w:rsidP="0062783D">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>przeprowadzanie postępowań wyjaśniających incydenty naruszenia ochrony danych osobowych i prowadzenie dokumentacji tych postępowań;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56E061B1" w14:textId="77777777" w:rsidR="0062783D" w:rsidRDefault="0062783D" w:rsidP="0062783D">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+      </w:pPr>
+      <w:r>
+        <w:t>konsultacja i współpraca w zakresie zawieranych w Urzędzie umów lub innych instrumentów prawnych regulujących przetwarzanie danych osobowych przez podmiot przetwarzający;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79109711" w14:textId="77777777" w:rsidR="0062783D" w:rsidRDefault="0062783D" w:rsidP="0062783D">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+      </w:pPr>
+      <w:r>
+        <w:t>wydawanie zaleceń i konsultacji w ramach wyłącznej kompetencji w zakresie interpretacji przepisów dotyczących ochrony danych dla wydziałów Urzędu i niektórych miejskich jednostek organizacyjnych;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C806A3B" w14:textId="77777777" w:rsidR="0062783D" w:rsidRDefault="0062783D" w:rsidP="0062783D">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+      </w:pPr>
+      <w:r>
+        <w:t>współpraca z Audytorem Miasta w zakresie planowania celów corocznego obligatoryjnego audytu wewnętrznego bezpieczeństwa informacji;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35780112" w14:textId="77777777" w:rsidR="0062783D" w:rsidRDefault="0062783D" w:rsidP="0062783D">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+      </w:pPr>
+      <w:r>
+        <w:t>udział w posiedzeniach Zespołu ds. Bezpieczeństwa Informacji;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57CDECC0" w14:textId="77777777" w:rsidR="0062783D" w:rsidRDefault="0062783D" w:rsidP="00CB32F4">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+      </w:pPr>
+      <w:r>
+        <w:t>wykonywanie innych zadań mających na celu zapobieganie naruszeniom ochrony danych osobowych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12005A18" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00670939">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Do zadań zastępców Inspektora Ochrony Danych dla Urzędu Miasta Poznania należy wspieranie Inspektora Ochrony Danych Osobowych dla Urzędu Miasta Poznania w realizacji zadań określonych w § 9 ust. </w:t>
+        <w:t xml:space="preserve">Do zadań zastępców Inspektora Ochrony Danych dla Urzędu Miasta Poznania należy wspieranie Inspektora Ochrony Danych Osobowych dla Urzędu Miasta Poznania w realizacji zadań określonych w  ust. </w:t>
       </w:r>
       <w:r w:rsidR="00FA77F9">
         <w:t>7</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> niniejszego Regulaminu.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="6C8519B7" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00670939">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0062783D">
+        <w:t xml:space="preserve">pkt </w:t>
+      </w:r>
+      <w:r w:rsidR="00BD30C3">
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="0062783D">
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r w:rsidR="00BD30C3">
+        <w:t>6</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="328D041D" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00670939">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
       </w:pPr>
       <w:r>
-        <w:t>Do zadań Inspektora Ochrony Danych Osobowych dla Urzędu Miasta Poznania oraz jego zastępców należy:</w:t>
-[...59 lines deleted...]
-      <w:r>
         <w:t xml:space="preserve">Do zadań </w:t>
       </w:r>
       <w:r w:rsidR="004032BE" w:rsidRPr="004032BE">
         <w:t xml:space="preserve">Oddziału Ochrony Danych </w:t>
       </w:r>
       <w:r w:rsidR="00DF76CF">
         <w:t xml:space="preserve">dla </w:t>
       </w:r>
       <w:r w:rsidR="004032BE" w:rsidRPr="004032BE">
         <w:t>Miejskich Jednostek Organizacyjnych</w:t>
       </w:r>
       <w:r w:rsidR="004032BE">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>należy realizacja zadań określonych w RODO w obszarze funkcjonowania miejskich jednostek organizacyjnych, tj.:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="79E60D1B" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
+    <w:p w14:paraId="66E3AB9E" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r>
         <w:t>informowanie Administratora, podmiotu przetwarzającego oraz pracowników, którzy przetwarzają dane osobowe, o obowiązkach spoczywających na nich na mocy ww. rozporządzenia oraz innych przepisów o ochronie danych i doradzanie im w tej sprawie;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0991CBC2" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
+    <w:p w14:paraId="473BB97E" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r>
         <w:t>monitorowanie przestrzegania ww. rozporządzenia, innych przepisów o ochronie danych oraz polityk Administratora lub podmiotu przetwarzającego w dziedzinie ochrony danych osobowych, w tym podział obowiązków, działania zwiększające świadomość, szkolenia personelu uczestniczącego w operacjach przetwarzania oraz powiązane z tym audyty - w tym przygotowywanie planu czynności sprawdzających i przeprowadzanie planowych oraz doraźnych czynności sprawdzających zgodności sposobu przetwarzania danych osobowych z obowiązującym prawem i sporządzanie w tym zakresie sprawozdań dla Administratora danych osobowych;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="39428A33" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
+    <w:p w14:paraId="59480298" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r>
         <w:t>udzielanie na żądanie zaleceń co do oceny skutków dla ochrony danych oraz monitorowanie jej wykonania zgodnie z art. 35 ww. rozporządzenia;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="48BC8D42" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
+    <w:p w14:paraId="3A9869AB" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r>
         <w:t>współpraca z organem nadzorczym;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="048408CD" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
-[...7 lines deleted...]
-    <w:p w14:paraId="5852628F" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
+    <w:p w14:paraId="041AA6E8" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">pełnienie funkcji punktu kontaktowego dla organu nadzorczego w kwestiach związanych z przetwarzaniem, w tym z uprzednimi konsultacjami, o których mowa w </w:t>
+      </w:r>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>art. 36 ww. rozporządzenia, oraz w stosownych przypadkach prowadzenia konsultacji we wszelkich innych sprawach;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D81C755" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r>
         <w:t>pełnienie funkcji punktu kontaktowego dla osób, których dane dotyczą, we wszystkich sprawach związanych z przetwarzaniem ich danych osobowych oraz z wykonywaniem praw przysługujących im na mocy ww. rozporządzenia.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B9BE9BA" w14:textId="77777777" w:rsidR="00C27596" w:rsidRDefault="001B524E" w:rsidP="00670939">
+    <w:p w14:paraId="46C8D26F" w14:textId="77777777" w:rsidR="00C27596" w:rsidRDefault="001B524E" w:rsidP="00670939">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Do zadań stanowiska ds. </w:t>
       </w:r>
       <w:bookmarkStart w:id="1" w:name="_Hlk198207873"/>
       <w:r w:rsidR="00C27596">
         <w:t xml:space="preserve">koordynacji budżetu i </w:t>
       </w:r>
       <w:r w:rsidR="007D50F0">
         <w:t>zamówień</w:t>
       </w:r>
       <w:r w:rsidR="00C27596">
         <w:t xml:space="preserve"> publicznych </w:t>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
       <w:r w:rsidR="00C27596">
         <w:t>należy:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="57628658" w14:textId="77777777" w:rsidR="00C438FE" w:rsidRPr="00C438FE" w:rsidRDefault="00C27596" w:rsidP="00C438FE">
-[...4 lines deleted...]
-        <w:lastRenderedPageBreak/>
+    <w:p w14:paraId="213DBBE6" w14:textId="77777777" w:rsidR="00C438FE" w:rsidRPr="00C438FE" w:rsidRDefault="00C27596" w:rsidP="00C438FE">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+      </w:pPr>
+      <w:r>
         <w:t>poszukiwanie i analiza zewnętrznych źródeł finansowania projektów biura</w:t>
       </w:r>
       <w:r w:rsidR="00C438FE">
         <w:t xml:space="preserve">, w tym </w:t>
       </w:r>
       <w:r w:rsidR="00C438FE" w:rsidRPr="00C438FE">
         <w:t>weryfikacja programów wsparcia finansowego ze środków UE</w:t>
       </w:r>
       <w:r w:rsidR="00C438FE">
         <w:t>;</w:t>
       </w:r>
       <w:r w:rsidR="00C438FE" w:rsidRPr="00C438FE">
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="79C8CEE2" w14:textId="77777777" w:rsidR="00C438FE" w:rsidRDefault="00C438FE" w:rsidP="00C438FE">
+    <w:p w14:paraId="585E3CA5" w14:textId="77777777" w:rsidR="00C438FE" w:rsidRDefault="00C438FE" w:rsidP="00C438FE">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r w:rsidRPr="00C438FE">
-        <w:t xml:space="preserve">koordynowanie i nadzorowanie projektów finansowanych z środków zewnętrznych w obszarze cyfryzacji i </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">, w tym nadzorowanie harmonogramu i prac wśród pracowników zaangażowanych w projekt dotacyjny, w tym spoza </w:t>
+        <w:t xml:space="preserve">koordynowanie i nadzorowanie projektów finansowanych z środków zewnętrznych w obszarze cyfryzacji i cyberbezpieczeństwa, w tym nadzorowanie harmonogramu i prac wśród pracowników zaangażowanych w projekt dotacyjny, w tym spoza </w:t>
       </w:r>
       <w:r w:rsidR="00FA77F9">
         <w:t>b</w:t>
       </w:r>
       <w:r w:rsidRPr="00C438FE">
         <w:t>iura</w:t>
       </w:r>
       <w:r>
         <w:t>;</w:t>
       </w:r>
       <w:r w:rsidRPr="00C438FE">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidRPr="00C438FE">
         <w:t>rzygotowanie raportu i rozliczenia projektu</w:t>
       </w:r>
       <w:r>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27B5AA0A" w14:textId="77777777" w:rsidR="00333C00" w:rsidRPr="00F47173" w:rsidRDefault="00333C00" w:rsidP="00333C00">
+    <w:p w14:paraId="32497AD5" w14:textId="77777777" w:rsidR="00333C00" w:rsidRPr="00F47173" w:rsidRDefault="00333C00" w:rsidP="00333C00">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">weryfikacja prowadzenia bieżącej ewidencji zleceń i porozumień oraz ewidencji umów dotyczących zobowiązań finansowych z zakresu działania </w:t>
       </w:r>
       <w:r w:rsidR="00FA77F9">
         <w:t>b</w:t>
       </w:r>
       <w:r>
         <w:t>iura, sposobów ich załatwiania i stopnia zaawansowania;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F4917DF" w14:textId="77777777" w:rsidR="00333C00" w:rsidRPr="00DC0AF2" w:rsidRDefault="00333C00" w:rsidP="00333C00">
+    <w:p w14:paraId="47F9FEA4" w14:textId="77777777" w:rsidR="00333C00" w:rsidRPr="00DC0AF2" w:rsidRDefault="00333C00" w:rsidP="00333C00">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r>
         <w:t>r</w:t>
       </w:r>
       <w:r w:rsidRPr="00DC0AF2">
         <w:t>ejestracja dokumentów księgowych związanych z działalnością Biura w Centralnym Rejestrze Umów w systemie KSAT</w:t>
       </w:r>
       <w:r>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3225C8D6" w14:textId="77777777" w:rsidR="00333C00" w:rsidRDefault="00333C00" w:rsidP="00333C00">
+    <w:p w14:paraId="5CAABB6F" w14:textId="77777777" w:rsidR="00333C00" w:rsidRDefault="00333C00" w:rsidP="00333C00">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">koordynacja i nadzór umów finansowych przygotowywanych przez </w:t>
       </w:r>
       <w:r w:rsidR="00FA77F9">
         <w:t>b</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">iuro, w tym uwzględnienie negocjacji cen korzystnych dla budżetu </w:t>
       </w:r>
       <w:r w:rsidR="00FA77F9">
         <w:t>b</w:t>
       </w:r>
       <w:r>
         <w:t>iura;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E969946" w14:textId="77777777" w:rsidR="00333C00" w:rsidRDefault="00333C00" w:rsidP="00333C00">
+    <w:p w14:paraId="1CE573B5" w14:textId="77777777" w:rsidR="00333C00" w:rsidRDefault="00333C00" w:rsidP="00333C00">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">prowadzenie całokształtu prac związanych z projektowaniem i bieżącą analizą realizacji budżetu zadaniowego </w:t>
       </w:r>
       <w:r w:rsidR="00FA77F9">
         <w:t>b</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">iura – przygotowywanie i uzgadnianie budżetu zadaniowego </w:t>
       </w:r>
       <w:r w:rsidR="00FA77F9">
         <w:t>b</w:t>
       </w:r>
       <w:r>
         <w:t>iura;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="228302F9" w14:textId="77777777" w:rsidR="00333C00" w:rsidRDefault="00C438FE" w:rsidP="00333C00">
+    <w:p w14:paraId="2994AD30" w14:textId="77777777" w:rsidR="00333C00" w:rsidRDefault="00C438FE" w:rsidP="00333C00">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r w:rsidRPr="00C438FE">
         <w:t>przygotowanie i monitorowanie realizacji rocznego planu zamówień publicznych</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> oraz współudział w przygotowywaniu dokumentacji związanej z zamówieniami publicznymi;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1715DDB5" w14:textId="77777777" w:rsidR="00C438FE" w:rsidRPr="00C438FE" w:rsidRDefault="00C438FE" w:rsidP="00C438FE">
+    <w:p w14:paraId="47C4DA63" w14:textId="77777777" w:rsidR="00C438FE" w:rsidRPr="00C438FE" w:rsidRDefault="00C438FE" w:rsidP="00C438FE">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r w:rsidRPr="00C438FE">
         <w:t xml:space="preserve">zapewnienie obsługi finansowej </w:t>
       </w:r>
       <w:r w:rsidR="00FA77F9">
         <w:t>b</w:t>
       </w:r>
       <w:r w:rsidRPr="00C438FE">
         <w:t>iura zgodnie z instrukcją obiegu dokumentów finansowo-księgowych</w:t>
       </w:r>
       <w:r>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3CE714AA" w14:textId="77777777" w:rsidR="00C438FE" w:rsidRPr="00C438FE" w:rsidRDefault="00C438FE" w:rsidP="00C438FE">
+    <w:p w14:paraId="65FADA89" w14:textId="77777777" w:rsidR="00C438FE" w:rsidRPr="00C438FE" w:rsidRDefault="00C438FE" w:rsidP="00C438FE">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r w:rsidRPr="00C438FE">
         <w:t xml:space="preserve">prowadzenie ewidencji mienia ruchomego w </w:t>
       </w:r>
       <w:r w:rsidR="00FA77F9">
         <w:t>b</w:t>
       </w:r>
       <w:r w:rsidRPr="00C438FE">
         <w:t>iurze</w:t>
       </w:r>
       <w:r>
         <w:t>;</w:t>
       </w:r>
       <w:r w:rsidRPr="00C438FE">
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0810822C" w14:textId="77777777" w:rsidR="00C438FE" w:rsidRPr="00C438FE" w:rsidRDefault="00C438FE" w:rsidP="00C438FE">
+    <w:p w14:paraId="639E9A0D" w14:textId="77777777" w:rsidR="00C438FE" w:rsidRPr="00C438FE" w:rsidRDefault="00C438FE" w:rsidP="00C438FE">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r w:rsidRPr="00C438FE">
         <w:t>prowadzenie ewidencji zasobów sprzętowych oraz koordynowanie spraw związanych z inwentaryzacją</w:t>
       </w:r>
       <w:r>
         <w:t>;</w:t>
       </w:r>
       <w:r w:rsidRPr="00C438FE">
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C5E7F3D" w14:textId="77777777" w:rsidR="00C27596" w:rsidRDefault="00C438FE" w:rsidP="00C438FE">
+    <w:p w14:paraId="5688CE38" w14:textId="77777777" w:rsidR="00C27596" w:rsidRDefault="00C438FE" w:rsidP="00C438FE">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r w:rsidRPr="00C438FE">
         <w:t xml:space="preserve">opracowywanie okresowych sprawozdań i raportów z realizacji zadań </w:t>
       </w:r>
       <w:r w:rsidR="00FA77F9">
         <w:t>b</w:t>
       </w:r>
       <w:r w:rsidRPr="00C438FE">
         <w:t>iura</w:t>
       </w:r>
       <w:r>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50443C46" w14:textId="77777777" w:rsidR="00C438FE" w:rsidRPr="00C438FE" w:rsidRDefault="00C438FE" w:rsidP="00C438FE">
+    <w:p w14:paraId="595C30F4" w14:textId="77777777" w:rsidR="00C438FE" w:rsidRPr="00C438FE" w:rsidRDefault="00C438FE" w:rsidP="00C438FE">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r w:rsidRPr="00C438FE">
         <w:t>rozliczanie umów na wykorzystanie samochodów prywatnych do celów służbowych </w:t>
       </w:r>
       <w:r w:rsidRPr="00C438FE">
         <w:br/>
         <w:t xml:space="preserve">przez pracowników </w:t>
       </w:r>
       <w:r w:rsidR="00FA77F9">
         <w:t>b</w:t>
       </w:r>
       <w:r w:rsidRPr="00C438FE">
         <w:t>iura</w:t>
       </w:r>
       <w:r>
         <w:t>;</w:t>
       </w:r>
       <w:r w:rsidRPr="00C438FE">
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="64C91FAC" w14:textId="77777777" w:rsidR="00C438FE" w:rsidRPr="00C438FE" w:rsidRDefault="00C438FE" w:rsidP="00C438FE">
+    <w:p w14:paraId="40CEEF16" w14:textId="77777777" w:rsidR="00C438FE" w:rsidRPr="00C438FE" w:rsidRDefault="00C438FE" w:rsidP="00C438FE">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r w:rsidRPr="00C438FE">
         <w:t>prowadzenie obsługi komputerowych baz danych w systemach informatycznych (m.in. KSAT)</w:t>
       </w:r>
       <w:r>
         <w:t>;</w:t>
       </w:r>
       <w:r w:rsidRPr="00C438FE">
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="12D0E5F3" w14:textId="77777777" w:rsidR="00C438FE" w:rsidRDefault="00C438FE" w:rsidP="00C438FE">
+    <w:p w14:paraId="5DB6EECA" w14:textId="77777777" w:rsidR="00C438FE" w:rsidRDefault="00C438FE" w:rsidP="00C438FE">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r w:rsidRPr="00C438FE">
         <w:t xml:space="preserve">opracowywanie projektów zarządzeń dyrektora </w:t>
       </w:r>
       <w:r w:rsidR="00FA77F9">
         <w:t>b</w:t>
       </w:r>
       <w:r w:rsidRPr="00C438FE">
         <w:t>iura</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7312544C" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="00C438FE" w:rsidP="00670939">
+    <w:p w14:paraId="4DF3A661" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="00C438FE" w:rsidP="00670939">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Do zadań stanowiska ds. </w:t>
       </w:r>
       <w:r w:rsidR="00FD7122">
         <w:t>administracyjno-finansowych</w:t>
       </w:r>
       <w:r w:rsidR="001B524E">
         <w:t xml:space="preserve"> należy:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2138CA38" w14:textId="77777777" w:rsidR="00C438FE" w:rsidRDefault="00C438FE" w:rsidP="00526D8C">
-[...3 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="1742BFC4" w14:textId="77777777" w:rsidR="00C438FE" w:rsidRDefault="00C438FE" w:rsidP="00526D8C">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidRPr="00C438FE">
         <w:t xml:space="preserve">rowadzenie w systemie obiegu dokumentów bieżącej ewidencji zleceń i porozumień oraz ewidencji umów dotyczących zobowiązań finansowych z zakresu działania </w:t>
       </w:r>
       <w:r w:rsidR="00FA77F9">
         <w:t>b</w:t>
       </w:r>
       <w:r w:rsidRPr="00C438FE">
         <w:t xml:space="preserve">iura, w tym współpraca ze wszystkimi sekcjami </w:t>
       </w:r>
       <w:r w:rsidR="00FA77F9">
         <w:t>b</w:t>
       </w:r>
       <w:r w:rsidRPr="00C438FE">
         <w:t>iura w celu sprawnego pozyskiwania aktualnych informacji o sposobach ich załatwiania i stopnia zaawansowania</w:t>
       </w:r>
       <w:r>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1AB27B52" w14:textId="77777777" w:rsidR="00C438FE" w:rsidRPr="00B72E3F" w:rsidRDefault="00C438FE" w:rsidP="00C438FE">
+    <w:p w14:paraId="76C38496" w14:textId="77777777" w:rsidR="00C438FE" w:rsidRPr="00B72E3F" w:rsidRDefault="00C438FE" w:rsidP="00C438FE">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r>
         <w:t>r</w:t>
       </w:r>
       <w:r w:rsidRPr="00B72E3F">
         <w:t xml:space="preserve">ejestracja dokumentów księgowych związanych z działalnością </w:t>
       </w:r>
       <w:r w:rsidR="00FA77F9">
         <w:t>b</w:t>
       </w:r>
       <w:r w:rsidRPr="00B72E3F">
         <w:t>iura w Centralnym Rejestrze Umów w systemie KSAT</w:t>
       </w:r>
       <w:r>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C31BC60" w14:textId="77777777" w:rsidR="00C438FE" w:rsidRPr="003642A8" w:rsidRDefault="00C438FE" w:rsidP="00C438FE">
-[...4 lines deleted...]
-        <w:lastRenderedPageBreak/>
+    <w:p w14:paraId="45C26C26" w14:textId="77777777" w:rsidR="00C438FE" w:rsidRPr="003642A8" w:rsidRDefault="00C438FE" w:rsidP="00C438FE">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+      </w:pPr>
+      <w:r>
         <w:t xml:space="preserve">prowadzenie ewidencji umów finansowych przygotowywanych przez </w:t>
       </w:r>
       <w:r w:rsidR="00FA77F9">
         <w:t>b</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">iuro, w tym uwzględnienie </w:t>
       </w:r>
       <w:r w:rsidRPr="003642A8">
         <w:t xml:space="preserve">negocjacji cen korzystnych dla budżetu </w:t>
       </w:r>
       <w:r w:rsidR="00FA77F9">
         <w:t>b</w:t>
       </w:r>
       <w:r w:rsidRPr="003642A8">
         <w:t>iura</w:t>
       </w:r>
       <w:r>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B148292" w14:textId="77777777" w:rsidR="00C438FE" w:rsidRDefault="00C438FE" w:rsidP="00C438FE">
+    <w:p w14:paraId="4EBBB8CF" w14:textId="77777777" w:rsidR="00C438FE" w:rsidRDefault="00C438FE" w:rsidP="00C438FE">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidRPr="003642A8">
         <w:t xml:space="preserve">rowadzenie ze stanowiskiem ds. koordynacji budżetu i zamówień publicznych całokształtu prac związanych z projektowaniem i bieżącą analizą realizacji budżetu zadaniowego Biura – przygotowywanie i uzgadnianie budżetu zadaniowego </w:t>
       </w:r>
       <w:r w:rsidR="00FA77F9">
         <w:t>b</w:t>
       </w:r>
       <w:r w:rsidRPr="003642A8">
         <w:t>iura</w:t>
       </w:r>
       <w:r>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4CE1F0C2" w14:textId="77777777" w:rsidR="00C438FE" w:rsidRDefault="00D80F54" w:rsidP="00C438FE">
+    <w:p w14:paraId="12ADB039" w14:textId="77777777" w:rsidR="00C438FE" w:rsidRDefault="00D80F54" w:rsidP="00C438FE">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r w:rsidRPr="00C438FE">
         <w:t>przygotowanie i monitorowanie realizacji rocznego planu zamówień publicznych</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> oraz współudział w przygotowywaniu dokumentacji związanej z zamówieniami publicznymi;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="12DE1487" w14:textId="77777777" w:rsidR="00D80F54" w:rsidRDefault="00D80F54" w:rsidP="00C438FE">
+    <w:p w14:paraId="2C4E3813" w14:textId="77777777" w:rsidR="00D80F54" w:rsidRDefault="00D80F54" w:rsidP="00C438FE">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r w:rsidRPr="00D80F54">
         <w:t xml:space="preserve">prowadzenie </w:t>
       </w:r>
       <w:r>
         <w:t>weryfikacji</w:t>
       </w:r>
       <w:r w:rsidRPr="00D80F54">
         <w:t xml:space="preserve"> wydatk</w:t>
       </w:r>
       <w:r>
         <w:t>ów</w:t>
       </w:r>
       <w:r w:rsidRPr="00D80F54">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00FA77F9">
         <w:t>b</w:t>
       </w:r>
       <w:r w:rsidRPr="00D80F54">
         <w:t>iura</w:t>
       </w:r>
       <w:r>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6CC62E8C" w14:textId="77777777" w:rsidR="00D80F54" w:rsidRPr="00D80F54" w:rsidRDefault="00D80F54" w:rsidP="00D80F54">
+    <w:p w14:paraId="4FCA01AD" w14:textId="77777777" w:rsidR="00D80F54" w:rsidRPr="00D80F54" w:rsidRDefault="00D80F54" w:rsidP="00D80F54">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r w:rsidRPr="00D80F54">
         <w:t xml:space="preserve">zapewnienie obsługi finansowej </w:t>
       </w:r>
       <w:r w:rsidR="00FA77F9">
         <w:t>b</w:t>
       </w:r>
       <w:r w:rsidRPr="00D80F54">
         <w:t>iura zgodnie z instrukcją obiegu dokumentów finansowo-księgowych</w:t>
       </w:r>
       <w:r>
         <w:t>;</w:t>
       </w:r>
       <w:r w:rsidRPr="00D80F54">
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="09F490D9" w14:textId="77777777" w:rsidR="00D80F54" w:rsidRPr="00D80F54" w:rsidRDefault="00D80F54" w:rsidP="00D80F54">
+    <w:p w14:paraId="13AF1C59" w14:textId="77777777" w:rsidR="00D80F54" w:rsidRPr="00D80F54" w:rsidRDefault="00D80F54" w:rsidP="00D80F54">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r w:rsidRPr="00D80F54">
         <w:t xml:space="preserve">współpraca przy prowadzeniu ewidencji mienia ruchomego w </w:t>
       </w:r>
       <w:r w:rsidR="00FA77F9">
         <w:t>b</w:t>
       </w:r>
       <w:r w:rsidRPr="00D80F54">
         <w:t>iurze</w:t>
       </w:r>
       <w:r>
         <w:t>;</w:t>
       </w:r>
       <w:r w:rsidRPr="00D80F54">
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="06657C2C" w14:textId="77777777" w:rsidR="00D80F54" w:rsidRDefault="00D80F54" w:rsidP="00D80F54">
+    <w:p w14:paraId="3FDF3549" w14:textId="77777777" w:rsidR="00D80F54" w:rsidRDefault="00D80F54" w:rsidP="00D80F54">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r w:rsidRPr="00D80F54">
         <w:t>prowadzenie ewidencji zasobów sprzętowych oraz koordynowanie spraw związanych z inwentaryzacją</w:t>
       </w:r>
       <w:r>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E596552" w14:textId="77777777" w:rsidR="00D80F54" w:rsidRPr="00D80F54" w:rsidRDefault="00D80F54" w:rsidP="00D80F54">
+    <w:p w14:paraId="710BF8C6" w14:textId="77777777" w:rsidR="00D80F54" w:rsidRPr="00D80F54" w:rsidRDefault="00D80F54" w:rsidP="00D80F54">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r w:rsidRPr="00D80F54">
         <w:t xml:space="preserve">przygotowanie poleceń wyjazdu służbowego, prowadzenie elektronicznego rejestru delegacji służbowych oraz rozliczanie finansowe wyjazdów służbowych pracowników </w:t>
       </w:r>
       <w:r w:rsidR="00FA77F9">
         <w:t>b</w:t>
       </w:r>
       <w:r w:rsidRPr="00D80F54">
         <w:t>iura</w:t>
       </w:r>
       <w:r>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4690E39D" w14:textId="77777777" w:rsidR="00D80F54" w:rsidRPr="00D80F54" w:rsidRDefault="00D80F54" w:rsidP="00D80F54">
+    <w:p w14:paraId="7353BA2A" w14:textId="77777777" w:rsidR="00D80F54" w:rsidRPr="00D80F54" w:rsidRDefault="00D80F54" w:rsidP="00D80F54">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r w:rsidRPr="00D80F54">
         <w:t>rozliczanie umów na wykorzystanie samochodów prywatnych do celów służbowych </w:t>
       </w:r>
       <w:r w:rsidRPr="00D80F54">
         <w:br/>
         <w:t xml:space="preserve">przez pracowników </w:t>
       </w:r>
       <w:r w:rsidR="00FA77F9">
         <w:t>b</w:t>
       </w:r>
       <w:r w:rsidRPr="00D80F54">
         <w:t>iura</w:t>
       </w:r>
       <w:r>
         <w:t>;</w:t>
       </w:r>
       <w:r w:rsidRPr="00D80F54">
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F78DC5F" w14:textId="77777777" w:rsidR="00D80F54" w:rsidRPr="00D80F54" w:rsidRDefault="00D80F54" w:rsidP="00D80F54">
+    <w:p w14:paraId="6E19CF5F" w14:textId="77777777" w:rsidR="00D80F54" w:rsidRPr="00D80F54" w:rsidRDefault="00D80F54" w:rsidP="00D80F54">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r w:rsidRPr="00D80F54">
         <w:t>prowadzenie obsługi komputerowych baz danych w systemach informatycznych (m.in. KSAT)</w:t>
       </w:r>
       <w:r>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1AAAF64A" w14:textId="77777777" w:rsidR="00D80F54" w:rsidRDefault="00D80F54" w:rsidP="00D80F54">
+    <w:p w14:paraId="6F3561ED" w14:textId="77777777" w:rsidR="00D80F54" w:rsidRDefault="00D80F54" w:rsidP="00D80F54">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r w:rsidRPr="00D80F54">
         <w:t xml:space="preserve">opracowywanie okresowych sprawozdań i raportów z realizacji zadań </w:t>
       </w:r>
       <w:r w:rsidR="00FA77F9">
         <w:t>b</w:t>
       </w:r>
       <w:r w:rsidRPr="00D80F54">
         <w:t>iura</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2BB73D31" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00670939">
+    <w:p w14:paraId="6DFAA905" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00670939">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Do zadań stanowiska ds. </w:t>
       </w:r>
       <w:bookmarkStart w:id="2" w:name="_Hlk198208157"/>
       <w:r>
         <w:t xml:space="preserve">organizacyjnych i obsługi sekretariatu </w:t>
       </w:r>
       <w:bookmarkEnd w:id="2"/>
       <w:r>
         <w:t>należy:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2FB33F24" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
+    <w:p w14:paraId="4433229F" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r>
         <w:t>prowadzenie kalendarium zajęć;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A8A26B7" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
+    <w:p w14:paraId="78C406B3" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r>
         <w:t>rejestrowanie przesyłek wpływających w systemie informatycznym;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="70FBFDC3" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
+    <w:p w14:paraId="1341F22C" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r>
         <w:t>bieżące sprawdzanie poczty elektronicznej kierowanej na oficjalną skrzynkę internetową biura, przekazywanie jej do właściwych adresatów oraz monitorowanie udzielania odpowiedzi w tym zakresie;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E432664" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
+    <w:p w14:paraId="63F4403F" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r>
         <w:t>przyjmowanie i przedkładanie korespondencji przychodzącej i wychodzącej, zapewnienie doręczenia tej korespondencji na stanowiska pracy lub właściwym wydziałom Urzędu;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41248A3E" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
-[...3 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="2C51AEEB" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>organizowanie obsługi spotkań;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="31D8440A" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
+    <w:p w14:paraId="54B034C7" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r>
         <w:t>udzielanie informacji interesantom;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50B71377" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
+    <w:p w14:paraId="06E5941B" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r>
         <w:t>sporządzanie projektów typowych pism o charakterze wewnętrznym;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A72A249" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
-[...20 lines deleted...]
-        <w:lastRenderedPageBreak/>
+    <w:p w14:paraId="306F932C" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+      </w:pPr>
+      <w:r>
+        <w:t>obsługa spotkań prowadzonych przez dyrektora i zastępcę dyrektora ds. cyberbezpieczeństwa;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="436DBDC6" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+      </w:pPr>
+      <w:r>
         <w:t>prowadzenie aktualnego zbioru danych adresowych i telefonicznych niezbędnych dla stanowisk pracy w biurze;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3ADB172F" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
+    <w:p w14:paraId="64163702" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r>
         <w:t>prowadzenie spraw dotyczących zaopatrzenia stanowisk pracy w biurze w materiały biurowe oraz zamawianie niezbędnych usług na rzecz biura;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02154B02" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
+    <w:p w14:paraId="43493F03" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r>
         <w:t>aktualizacja bazy zawierającej nazwiska pracowników posiadających dostęp do pomieszczeń biura;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05EB328B" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
+    <w:p w14:paraId="6C033685" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r>
         <w:t>prowadzenie spraw osobowych i socjalnych pracowników biura w zakresie: rozliczania czasu pracy w systemie KSAT, ewidencji urlopów, zwolnień lekarskich, prowadzenia listy obecności;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2AFEB56C" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
+    <w:p w14:paraId="524F83C0" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r>
         <w:t>przygotowywanie dokumentów kadrowych biura w zakresie zatrudniania pracowników, ocen okresowych, kierowania na szkolenia;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0882C02D" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00101CA1">
+    <w:p w14:paraId="4F7E4B45" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00101CA1">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r>
         <w:t>prowadzenie spraw organizacyjnych biura dotyczących regulaminu organizacyjnego, kart stanowisk pracy, pełnomocnictw, upoważnień, dostępu do systemów informatycznych, rzeczowego wykazu akt;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B1341AC" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
+    <w:p w14:paraId="3B1A6CD6" w14:textId="77777777" w:rsidR="001B524E" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r>
         <w:t>prowadzenie spraw związanych z udostępnianiem informacji publicznej będących w zakresie kompetencji biura;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4CCB31F9" w14:textId="77777777" w:rsidR="00A0793F" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
+    <w:p w14:paraId="7FCE0E40" w14:textId="77777777" w:rsidR="00A0793F" w:rsidRDefault="001B524E" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r>
         <w:t>koordynowanie przekazania dokumentacji do Archiwum Zakładowego przygotowanej przez stanowiska pracy w biurze.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A48EE6B" w14:textId="77777777" w:rsidR="00261067" w:rsidRDefault="00261067" w:rsidP="00261067">
+    <w:p w14:paraId="1F05BC84" w14:textId="77777777" w:rsidR="00261067" w:rsidRDefault="00261067" w:rsidP="00261067">
       <w:pPr>
         <w:pStyle w:val="Nagwek3"/>
       </w:pPr>
       <w:r>
         <w:t>§ 10</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4AEF4FA5" w14:textId="77777777" w:rsidR="00261067" w:rsidRPr="00465B36" w:rsidRDefault="00261067" w:rsidP="00261067">
+    <w:p w14:paraId="3A1DD2D2" w14:textId="77777777" w:rsidR="00261067" w:rsidRPr="00465B36" w:rsidRDefault="00261067" w:rsidP="00261067">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00465B36">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Liczba etatów w biur</w:t>
       </w:r>
       <w:r w:rsidR="001901BC">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>ze określona jest w załączniku n</w:t>
       </w:r>
       <w:r w:rsidRPr="00465B36">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">r 2 do </w:t>
       </w:r>
       <w:r w:rsidR="00300133">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>r</w:t>
       </w:r>
       <w:r w:rsidRPr="00465B36">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>egulaminu</w:t>
       </w:r>
       <w:r w:rsidR="00DA32FC" w:rsidRPr="00465B36">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="59CF3F70" w14:textId="77777777" w:rsidR="00FA5602" w:rsidRDefault="00FA5602" w:rsidP="00FA5602">
+    <w:p w14:paraId="252D84FA" w14:textId="77777777" w:rsidR="00FA5602" w:rsidRDefault="00FA5602" w:rsidP="00FA5602">
       <w:pPr>
         <w:pStyle w:val="Nagwek2"/>
       </w:pPr>
       <w:r>
         <w:t>Rozdział IV Zasady podpisywania pism</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7EC18500" w14:textId="77777777" w:rsidR="00FA5602" w:rsidRDefault="00FA5602" w:rsidP="00FA5602">
+    <w:p w14:paraId="5E53379F" w14:textId="77777777" w:rsidR="00FA5602" w:rsidRDefault="00FA5602" w:rsidP="00FA5602">
       <w:pPr>
         <w:pStyle w:val="Nagwek3"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">§ </w:t>
       </w:r>
       <w:r w:rsidR="00054B03">
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="00261067">
         <w:t>1</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61183E9E" w14:textId="77777777" w:rsidR="00261067" w:rsidRDefault="00261067" w:rsidP="00526D8C">
+    <w:p w14:paraId="3989AF92" w14:textId="77777777" w:rsidR="00261067" w:rsidRDefault="00261067" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Dyrektor biura uprawniony jest do:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A2729B5" w14:textId="77777777" w:rsidR="00261067" w:rsidRDefault="00261067" w:rsidP="00526D8C">
+    <w:p w14:paraId="72214196" w14:textId="77777777" w:rsidR="00261067" w:rsidRDefault="00261067" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="10"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>aprobaty i podpisywania pism w sprawach należących do zakresu działania biura i niezastrzeżonych do właściwości Prezydenta, zastępców Prezydenta, Sekretarza i Skarbnika, zgodnie z zasadami określonymi w Regulaminie Organizacyjnym Urzędu;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B77FDB0" w14:textId="77777777" w:rsidR="00261067" w:rsidRDefault="00261067" w:rsidP="00526D8C">
+    <w:p w14:paraId="00DE17A0" w14:textId="77777777" w:rsidR="00261067" w:rsidRDefault="00261067" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="10"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>składania oświadczeń woli w granicach pełnomocnictwa udzielonego przez Prezydenta.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="554C295F" w14:textId="77777777" w:rsidR="00261067" w:rsidRDefault="00261067" w:rsidP="00526D8C">
+    <w:p w14:paraId="633CF99D" w14:textId="77777777" w:rsidR="00261067" w:rsidRDefault="00261067" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Zastępca dyrektora uprawniony jest do:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="65DBF295" w14:textId="77777777" w:rsidR="00261067" w:rsidRDefault="00261067" w:rsidP="00526D8C">
+    <w:p w14:paraId="3540E77C" w14:textId="77777777" w:rsidR="00261067" w:rsidRDefault="00261067" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="10"/>
         </w:numPr>
       </w:pPr>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>aprobaty i podpisywania pism należących do zakresu zadań nadzorowanych stanowisk, z wyłączeniem spraw zastrzeżonych dla Prezydenta, zastępców Prezydenta, Sekretarza i Skarbnika oraz dyrektora biura;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41F62C80" w14:textId="77777777" w:rsidR="00261067" w:rsidRDefault="00261067" w:rsidP="00526D8C">
+    <w:p w14:paraId="15FD511F" w14:textId="77777777" w:rsidR="00261067" w:rsidRDefault="00261067" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="10"/>
         </w:numPr>
       </w:pPr>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t>aprobaty i podpisywania pism związanych z udzielaniem pracy zdalnej i przedstawianymi raportami z wykonywania zadań podczas pracy zdalnej pracowników biura, zgodnie z upoważnieniem udzielonym przez Prezydenta;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C15F355" w14:textId="77777777" w:rsidR="00261067" w:rsidRDefault="00261067" w:rsidP="00526D8C">
+    <w:p w14:paraId="321DDA45" w14:textId="77777777" w:rsidR="00261067" w:rsidRDefault="00261067" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="10"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>aprobaty i podpisywania wniosków urlopowych</w:t>
       </w:r>
       <w:r w:rsidR="00D80F54">
         <w:t xml:space="preserve"> oraz </w:t>
       </w:r>
       <w:bookmarkStart w:id="3" w:name="_Hlk198208996"/>
       <w:r w:rsidR="00D80F54">
         <w:t>uprawnień</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> pracowników biura</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
       <w:r>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1124CCA3" w14:textId="77777777" w:rsidR="00261067" w:rsidRDefault="00261067" w:rsidP="00526D8C">
+    <w:p w14:paraId="3E4B51E6" w14:textId="77777777" w:rsidR="00261067" w:rsidRDefault="00261067" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="10"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>aprobaty i podpisywania pism należących do zakresu zadań oddziału i pozostałych stanowisk zgodnie z odrębnym poleceniem dyrektora;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BCB4B00" w14:textId="77777777" w:rsidR="004319FB" w:rsidRDefault="004319FB" w:rsidP="00526D8C">
+    <w:p w14:paraId="6A91AD4F" w14:textId="77777777" w:rsidR="004319FB" w:rsidRDefault="004319FB" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="10"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">aprobaty i podpisywania odpowiedzi na wnioski </w:t>
       </w:r>
       <w:r w:rsidR="00982129">
         <w:t>w trybie informacji publicznej;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51092B45" w14:textId="77777777" w:rsidR="00261067" w:rsidRDefault="00261067" w:rsidP="00526D8C">
+    <w:p w14:paraId="71B297D9" w14:textId="77777777" w:rsidR="00261067" w:rsidRDefault="00261067" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="10"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>podpisywania pism o przekazaniu sprawy zgodnie z właściwością merytoryczną;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67CDE1F6" w14:textId="77777777" w:rsidR="00261067" w:rsidRDefault="00261067" w:rsidP="00526D8C">
+    <w:p w14:paraId="6B784C1A" w14:textId="77777777" w:rsidR="00261067" w:rsidRDefault="00261067" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="10"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>potwierdzania zgodności kopii dokumentów związanych z prowadzoną na podległych mu stanowiskach sprawą z jego oryginałem.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="606289C9" w14:textId="77777777" w:rsidR="00261067" w:rsidRDefault="00261067" w:rsidP="00526D8C">
+    <w:p w14:paraId="010C6D6C" w14:textId="77777777" w:rsidR="00261067" w:rsidRDefault="00261067" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Kierownik oddziału uprawniony jest do:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F4CC1AE" w14:textId="77777777" w:rsidR="00261067" w:rsidRDefault="00261067" w:rsidP="00526D8C">
+    <w:p w14:paraId="54CE71F8" w14:textId="77777777" w:rsidR="00261067" w:rsidRDefault="00261067" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="10"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>zamówień i zlecania wykonania usług poligraficznych w Powielarni Wydziału Obsługi Urzędu;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7EAF0BFF" w14:textId="77777777" w:rsidR="00261067" w:rsidRDefault="00261067" w:rsidP="00526D8C">
+    <w:p w14:paraId="0EF7179B" w14:textId="77777777" w:rsidR="00261067" w:rsidRDefault="00261067" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="10"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>potwierdzania pod względem merytorycznym faktur związanych z obsługą strony www.poznan.pl oraz Biuletynu Informacji Publicznej (BIP);</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C6C2309" w14:textId="77777777" w:rsidR="00261067" w:rsidRDefault="00261067" w:rsidP="00526D8C">
+    <w:p w14:paraId="38515273" w14:textId="77777777" w:rsidR="00261067" w:rsidRDefault="00261067" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="10"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>podpisywania protokołów, notatek i informacji o charakterze wewnętrznym, parafowania pism i materiałów opracowywanych w kierowanym oddziale;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B88CB3C" w14:textId="77777777" w:rsidR="00261067" w:rsidRDefault="00261067" w:rsidP="00526D8C">
+    <w:p w14:paraId="22D4E803" w14:textId="77777777" w:rsidR="00261067" w:rsidRDefault="00261067" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="10"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>potwierdzania zgodności kopii dokumentów związanych z prowadzoną w oddziale sprawą z jego oryginałem;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="49E9BB20" w14:textId="77777777" w:rsidR="00261067" w:rsidRDefault="00261067" w:rsidP="00526D8C">
+    <w:p w14:paraId="5CD57396" w14:textId="77777777" w:rsidR="00261067" w:rsidRDefault="00261067" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="10"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>parafowania - przed przedłożeniem dyrektorowi biura - wniosków o urlop podległych sobie pracowników.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26BC9E0F" w14:textId="77777777" w:rsidR="00261067" w:rsidRDefault="00261067" w:rsidP="00526D8C">
+    <w:p w14:paraId="03C019B0" w14:textId="77777777" w:rsidR="00261067" w:rsidRDefault="00261067" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Zastępca dyrektora i kierownik oddziału są upoważnieni do sprawdzania pod względem merytorycznym faktur dotyczących realizowanych zadań.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D085A5A" w14:textId="77777777" w:rsidR="00261067" w:rsidRDefault="00261067" w:rsidP="00526D8C">
+    <w:p w14:paraId="7BA62065" w14:textId="77777777" w:rsidR="00261067" w:rsidRDefault="00261067" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Inspektor Ochrony Danych dla Urzędu Miasta Poznania i jego </w:t>
       </w:r>
       <w:r w:rsidR="005947D0">
         <w:t>z</w:t>
       </w:r>
       <w:r>
         <w:t>astępcy z zastrzeżeniem ust. 6</w:t>
       </w:r>
+      <w:r w:rsidR="0045491A">
+        <w:t xml:space="preserve"> i</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> 7</w:t>
+      </w:r>
       <w:r w:rsidR="00805FC2">
-        <w:t>,</w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve">i 8 </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>oraz</w:t>
       </w:r>
       <w:r w:rsidR="006B4566">
         <w:t xml:space="preserve"> kierownik Oddziału Ochrony Danych</w:t>
       </w:r>
       <w:r w:rsidR="00DF76CF">
         <w:t xml:space="preserve"> dla</w:t>
       </w:r>
       <w:r w:rsidR="006B4566">
         <w:t xml:space="preserve"> Miejskich Jednostek Organizacyjnych - </w:t>
       </w:r>
       <w:r>
         <w:t>Inspektor Ochrony Danych dla miejskich jednostek organizacyjnych</w:t>
       </w:r>
       <w:r w:rsidR="00670939">
         <w:t xml:space="preserve"> oraz jego </w:t>
       </w:r>
       <w:r w:rsidR="005947D0">
         <w:t>z</w:t>
       </w:r>
       <w:r w:rsidR="00670939">
         <w:t>astępca</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> odpowiednio upoważniony jest do:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="347EEB50" w14:textId="77777777" w:rsidR="00261067" w:rsidRDefault="00261067" w:rsidP="00526D8C">
+    <w:p w14:paraId="2F35AA05" w14:textId="77777777" w:rsidR="00261067" w:rsidRDefault="00261067" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="10"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>podpisywania sprawozdań zgodności przetwarzania danych osobowych z przepisami o ochronie danych osobowych;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="041633E2" w14:textId="77777777" w:rsidR="00261067" w:rsidRDefault="00261067" w:rsidP="00526D8C">
+    <w:p w14:paraId="38C847E0" w14:textId="77777777" w:rsidR="00261067" w:rsidRDefault="00261067" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="10"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>podpisywania korespondencji kierowanej do dyrektorów wydziałów Urzędu oraz do wskazanych odrębnym dokumentem dyrektorów miejskich jednostek organizacyjnych w sprawach z zakresu ochrony danych osobowych z wyłączeniem spraw zastrzeżonych dla dyrektora biura;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="62D11414" w14:textId="77777777" w:rsidR="00261067" w:rsidRDefault="00261067" w:rsidP="00526D8C">
+    <w:p w14:paraId="767A2FD8" w14:textId="77777777" w:rsidR="00261067" w:rsidRDefault="00261067" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="10"/>
         </w:numPr>
       </w:pPr>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>podpisywania korespondencji kierowanej do osób, których dane dotyczą, we wszystkich sprawach związanych z przetwarzaniem ich danych osobowych oraz z wykonywaniem praw przysługujących im na mocy RODO;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="09FC3F33" w14:textId="77777777" w:rsidR="00261067" w:rsidRDefault="00261067" w:rsidP="00526D8C">
+    <w:p w14:paraId="488A58A5" w14:textId="77777777" w:rsidR="00261067" w:rsidRDefault="00261067" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="10"/>
         </w:numPr>
       </w:pPr>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t>podpisywania korespondencji kierowanej do innych podmiotów w sprawach z zakresu ochrony danych osobowych;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D114BA3" w14:textId="77777777" w:rsidR="00261067" w:rsidRDefault="00261067" w:rsidP="00526D8C">
+    <w:p w14:paraId="7E77906C" w14:textId="77777777" w:rsidR="00261067" w:rsidRDefault="00261067" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="10"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>podpisywania korespondencji kierowanej do Prezesa Urzędu Ochrony Danych Osobowych.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B8F8A54" w14:textId="77777777" w:rsidR="00261067" w:rsidRDefault="00261067" w:rsidP="00526D8C">
+    <w:p w14:paraId="4BEC814F" w14:textId="77777777" w:rsidR="00261067" w:rsidRDefault="00261067" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Inspektor Ochrony Danych dla Urzędu Miasta Poznania </w:t>
       </w:r>
       <w:r w:rsidR="00805FC2">
         <w:t xml:space="preserve">(02) – pierwszy zastępca IOD </w:t>
       </w:r>
       <w:r>
-        <w:t>upoważniony jest do podpisywania korespondencji i sprawozdań wymienionych w ust. 5 pkt 1, 3 i 5 w czasie nieobecności Inspektora Ochrony Danych dla Urzędu Miasta Poznania</w:t>
+        <w:t>upoważniony jest do podpisywania korespondencji i sprawozdań wymienionych w ust. 5 pkt 1, i 5 w czasie nieobecności Inspektora Ochrony Danych dla Urzędu Miasta Poznania</w:t>
       </w:r>
       <w:r w:rsidR="00805FC2">
         <w:t xml:space="preserve"> (01)</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1CBA7164" w14:textId="77777777" w:rsidR="00054B03" w:rsidRDefault="00261067" w:rsidP="00526D8C">
+    <w:p w14:paraId="4B299A20" w14:textId="77777777" w:rsidR="00054B03" w:rsidRDefault="00261067" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Inspektor Ochrony Danych dla Urzędu Miasta Poznania</w:t>
       </w:r>
       <w:r w:rsidR="00805FC2">
         <w:t xml:space="preserve"> (03) – drugi zastępca IOD</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> upoważniony jest do podpisywania korespondencji i sprawozdań wymienionych w ust. 5 pkt 1, 3 i 5 w czasie jednoczesnej nieobecności Inspektora Ochrony Danych dla Urzędu Miasta Poznania</w:t>
+        <w:t xml:space="preserve"> upoważniony jest do podpisywania korespondencji i sprawozdań wymienionych w ust. 5 pkt 1, i 5 w czasie jednoczesnej nieobecności Inspektora Ochrony Danych dla Urzędu Miasta Poznania</w:t>
       </w:r>
       <w:r w:rsidR="00805FC2">
         <w:t xml:space="preserve"> (01) i (02)</w:t>
       </w:r>
       <w:r w:rsidR="00054B03">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="379CB7A2" w14:textId="77777777" w:rsidR="00674668" w:rsidRDefault="00674668" w:rsidP="00674668">
-[...29 lines deleted...]
-    <w:p w14:paraId="62005629" w14:textId="77777777" w:rsidR="00FA5602" w:rsidRDefault="00FA5602" w:rsidP="00FA5602">
+    <w:p w14:paraId="160AA315" w14:textId="77777777" w:rsidR="00674668" w:rsidRDefault="00674668" w:rsidP="00CB32F4"/>
+    <w:p w14:paraId="311F0DDC" w14:textId="77777777" w:rsidR="00FA5602" w:rsidRDefault="00FA5602" w:rsidP="00FA5602">
       <w:pPr>
         <w:pStyle w:val="Nagwek2"/>
       </w:pPr>
       <w:r>
         <w:t>Rozdział V Przepisy końcowe</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41F63DA2" w14:textId="77777777" w:rsidR="00FA5602" w:rsidRDefault="00FA5602" w:rsidP="00FA5602">
+    <w:p w14:paraId="0F63715D" w14:textId="77777777" w:rsidR="00FA5602" w:rsidRDefault="00FA5602" w:rsidP="00FA5602">
       <w:pPr>
         <w:pStyle w:val="Nagwek3"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">§ </w:t>
       </w:r>
       <w:r w:rsidR="00054B03">
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="00261067">
         <w:t>2</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1EA7486B" w14:textId="77777777" w:rsidR="00261067" w:rsidRDefault="00261067" w:rsidP="00526D8C">
+    <w:p w14:paraId="7500B85A" w14:textId="77777777" w:rsidR="00261067" w:rsidRDefault="00261067" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Dla zapewnienia jednolitego oznakowania akt biuro stosuje symbol „CC”.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1291FF2D" w14:textId="77777777" w:rsidR="00261067" w:rsidRDefault="00261067" w:rsidP="00526D8C">
+    <w:p w14:paraId="37AD3E0C" w14:textId="77777777" w:rsidR="00261067" w:rsidRDefault="00261067" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Dla rozróżnienia pism przygotowywanych przez oddział i poszczególne stanowiska pracy, w biurze stosuje się następujące symbole:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05F70DB6" w14:textId="77777777" w:rsidR="00261067" w:rsidRDefault="00261067" w:rsidP="00526D8C">
+    <w:p w14:paraId="0C3214D3" w14:textId="77777777" w:rsidR="00261067" w:rsidRDefault="00261067" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="11"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>CC-I – Oddział Serwisów i Technologii Informacyjnych;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="71D5A09C" w14:textId="77777777" w:rsidR="000E34D1" w:rsidRDefault="000E34D1" w:rsidP="00526D8C">
+    <w:p w14:paraId="78559A8C" w14:textId="77777777" w:rsidR="000E34D1" w:rsidRDefault="000E34D1" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="11"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>CC-II</w:t>
       </w:r>
       <w:r w:rsidR="008F64B7">
         <w:t xml:space="preserve"> – Oddział </w:t>
       </w:r>
       <w:r w:rsidR="00F81805">
         <w:t>Cyfryzacji i Smart City</w:t>
       </w:r>
       <w:r w:rsidR="001E4E1A">
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B7F61EE" w14:textId="77777777" w:rsidR="006B4566" w:rsidRDefault="006B4566" w:rsidP="00526D8C">
+    <w:p w14:paraId="0716DA09" w14:textId="77777777" w:rsidR="006B4566" w:rsidRDefault="006B4566" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="11"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">CC-III – Oddział Ochrony Danych </w:t>
       </w:r>
       <w:r w:rsidR="00DF76CF">
         <w:t xml:space="preserve">dla </w:t>
       </w:r>
       <w:r>
         <w:t>Miejskich Jednostek Organizacyjnych;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50DCB89C" w14:textId="77777777" w:rsidR="00261067" w:rsidRDefault="00261067" w:rsidP="00526D8C">
+    <w:p w14:paraId="12B73169" w14:textId="77777777" w:rsidR="00261067" w:rsidRDefault="00261067" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="11"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>CC-IV – stanowisko ds. zabezpieczania zasobów informacyjnych;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3EA307A6" w14:textId="77777777" w:rsidR="00261067" w:rsidRDefault="00261067" w:rsidP="00526D8C">
+    <w:p w14:paraId="18EF4E15" w14:textId="77777777" w:rsidR="00261067" w:rsidRDefault="00261067" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="11"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>CC-V – stanowisko ds. koordynacji SOC;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F693004" w14:textId="77777777" w:rsidR="00261067" w:rsidRDefault="00261067" w:rsidP="00526D8C">
+    <w:p w14:paraId="2F93334D" w14:textId="77777777" w:rsidR="00261067" w:rsidRDefault="00261067" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="11"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>CC-VI – stanowisko ds. operacyjnych SOC;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5163D295" w14:textId="77777777" w:rsidR="00261067" w:rsidRDefault="00261067" w:rsidP="00526D8C">
+    <w:p w14:paraId="3D23E93D" w14:textId="77777777" w:rsidR="00261067" w:rsidRDefault="00261067" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="11"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>CC-VII – Inspektor Ochrony Danych dla Urzędu Miasta Poznania;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D9282C1" w14:textId="77777777" w:rsidR="00261067" w:rsidRDefault="00D93E74" w:rsidP="00D93E74">
+    <w:p w14:paraId="25B7A1F4" w14:textId="77777777" w:rsidR="00261067" w:rsidRDefault="00D93E74" w:rsidP="00D93E74">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="11"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>CC-VIII – stanowisko ds. koordynacji bezpieczeństwa informacji;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78AF2424" w14:textId="77777777" w:rsidR="00D93E74" w:rsidRDefault="00261067" w:rsidP="00526D8C">
+    <w:p w14:paraId="10CCCA7C" w14:textId="77777777" w:rsidR="00D93E74" w:rsidRDefault="00261067" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="11"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>CC-X – stanowisko ds. organiz</w:t>
       </w:r>
       <w:r w:rsidR="00F14333">
         <w:t>acyjnych i obsługi sekretariatu</w:t>
       </w:r>
       <w:r w:rsidR="00D93E74">
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="720A66FF" w14:textId="77777777" w:rsidR="00261067" w:rsidRDefault="00D93E74" w:rsidP="00526D8C">
+    <w:p w14:paraId="1B80BD68" w14:textId="77777777" w:rsidR="00261067" w:rsidRDefault="00D93E74" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="11"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>CC-XI – stanowisko ds. koordynacji budżetu i zamówień publicznych;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="141E3076" w14:textId="77777777" w:rsidR="00D93E74" w:rsidRDefault="00D93E74" w:rsidP="00526D8C">
+    <w:p w14:paraId="34EF07C3" w14:textId="77777777" w:rsidR="00D93E74" w:rsidRDefault="00D93E74" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="11"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>CC-XII</w:t>
       </w:r>
       <w:r w:rsidR="00FA77F9">
         <w:t>I</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> – stanowisko ds. </w:t>
       </w:r>
       <w:r w:rsidR="00FD7122">
         <w:t>administracyjno-finansowych</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6535E107" w14:textId="77777777" w:rsidR="00261067" w:rsidRDefault="00261067" w:rsidP="00526D8C">
+    <w:p w14:paraId="51099A88" w14:textId="77777777" w:rsidR="00261067" w:rsidRDefault="00261067" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Na końcu znaku sprawy, po symbolu roku, w którym założono sprawę, pracownicy biura mogą stosować swoje symbole literowe zgodne z oznaczeniami ustalonymi odrębnym zarządzeniem dyrektora.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F06B24B" w14:textId="77777777" w:rsidR="00577D64" w:rsidRPr="00577D64" w:rsidRDefault="00261067" w:rsidP="00526D8C">
+    <w:p w14:paraId="787A3350" w14:textId="77777777" w:rsidR="00577D64" w:rsidRPr="00577D64" w:rsidRDefault="00261067" w:rsidP="00526D8C">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Adres poczty elektronicznej biura: </w:t>
       </w:r>
       <w:hyperlink r:id="rId12" w:history="1">
         <w:r w:rsidR="00577D64" w:rsidRPr="00860B42">
           <w:rPr>
             <w:rStyle w:val="Hipercze"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:u w:val="none"/>
           </w:rPr>
           <w:t>cc@um.poznan.pl</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr w:rsidR="00577D64" w:rsidRPr="00577D64">
       <w:footerReference w:type="default" r:id="rId13"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4A2F599D" w14:textId="77777777" w:rsidR="00CE42AD" w:rsidRDefault="00CE42AD" w:rsidP="0063270F">
+    <w:p w14:paraId="2FB8E827" w14:textId="77777777" w:rsidR="008D7C5F" w:rsidRDefault="008D7C5F" w:rsidP="0063270F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7ABA8AB2" w14:textId="77777777" w:rsidR="00CE42AD" w:rsidRDefault="00CE42AD" w:rsidP="0063270F">
+    <w:p w14:paraId="49278281" w14:textId="77777777" w:rsidR="008D7C5F" w:rsidRDefault="008D7C5F" w:rsidP="0063270F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="661630CA" w14:textId="77777777" w:rsidR="00CE42AD" w:rsidRDefault="00CE42AD">
+    <w:p w14:paraId="55D3D140" w14:textId="77777777" w:rsidR="008D7C5F" w:rsidRDefault="008D7C5F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="EE"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -5337,106 +5033,106 @@
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="28A09B2C" w14:textId="77777777" w:rsidR="00A31519" w:rsidRDefault="00A31519">
+  <w:p w14:paraId="7B60FA4A" w14:textId="77777777" w:rsidR="00A31519" w:rsidRDefault="00A31519">
     <w:pPr>
       <w:pStyle w:val="Stopka"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="00781B60">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:t>6</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w14:paraId="346DB762" w14:textId="77777777" w:rsidR="00A31519" w:rsidRDefault="00A31519">
+  <w:p w14:paraId="526EEDCE" w14:textId="77777777" w:rsidR="00A31519" w:rsidRDefault="00A31519">
     <w:pPr>
       <w:pStyle w:val="Stopka"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="38FF5F25" w14:textId="77777777" w:rsidR="00CE42AD" w:rsidRDefault="00CE42AD" w:rsidP="0063270F">
+    <w:p w14:paraId="0F48AF45" w14:textId="77777777" w:rsidR="008D7C5F" w:rsidRDefault="008D7C5F" w:rsidP="0063270F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="576018B4" w14:textId="77777777" w:rsidR="00CE42AD" w:rsidRDefault="00CE42AD" w:rsidP="0063270F">
+    <w:p w14:paraId="19C1DDD7" w14:textId="77777777" w:rsidR="008D7C5F" w:rsidRDefault="008D7C5F" w:rsidP="0063270F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="5A59F671" w14:textId="77777777" w:rsidR="00CE42AD" w:rsidRDefault="00CE42AD">
+    <w:p w14:paraId="651FE27C" w14:textId="77777777" w:rsidR="008D7C5F" w:rsidRDefault="008D7C5F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00AF6A27"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="460A4790"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Akapitzlist1"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="720"/>
@@ -7972,877 +7668,934 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="508639714">
+  <w:num w:numId="1" w16cid:durableId="993484762">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="1902251087">
+  <w:num w:numId="2" w16cid:durableId="1628973000">
     <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="1113355820">
+  <w:num w:numId="3" w16cid:durableId="1268080124">
     <w:abstractNumId w:val="19"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="1006135611">
+  <w:num w:numId="4" w16cid:durableId="1554001741">
     <w:abstractNumId w:val="17"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="1208252066">
+  <w:num w:numId="5" w16cid:durableId="1262445049">
     <w:abstractNumId w:val="22"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="636225810">
+  <w:num w:numId="6" w16cid:durableId="1119186490">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="7" w16cid:durableId="707336275">
+  <w:num w:numId="7" w16cid:durableId="1366638058">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="8" w16cid:durableId="2043093840">
+  <w:num w:numId="8" w16cid:durableId="490371488">
     <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="9" w16cid:durableId="438186631">
+  <w:num w:numId="9" w16cid:durableId="1638686739">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="10" w16cid:durableId="1667510382">
+  <w:num w:numId="10" w16cid:durableId="1504738898">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="11" w16cid:durableId="1440879106">
+  <w:num w:numId="11" w16cid:durableId="1597471889">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="12" w16cid:durableId="955450252">
+  <w:num w:numId="12" w16cid:durableId="319425429">
     <w:abstractNumId w:val="21"/>
   </w:num>
-  <w:num w:numId="13" w16cid:durableId="1192186800">
+  <w:num w:numId="13" w16cid:durableId="1506284827">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="14" w16cid:durableId="796335643">
+  <w:num w:numId="14" w16cid:durableId="1821459187">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="15" w16cid:durableId="2100521015">
+  <w:num w:numId="15" w16cid:durableId="205526063">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="16" w16cid:durableId="1029179075">
+  <w:num w:numId="16" w16cid:durableId="1009719637">
     <w:abstractNumId w:val="23"/>
   </w:num>
-  <w:num w:numId="17" w16cid:durableId="1464425422">
+  <w:num w:numId="17" w16cid:durableId="1176267328">
     <w:abstractNumId w:val="24"/>
   </w:num>
-  <w:num w:numId="18" w16cid:durableId="170804314">
+  <w:num w:numId="18" w16cid:durableId="1953438947">
     <w:abstractNumId w:val="16"/>
   </w:num>
-  <w:num w:numId="19" w16cid:durableId="1504785884">
+  <w:num w:numId="19" w16cid:durableId="1054112154">
     <w:abstractNumId w:val="20"/>
   </w:num>
-  <w:num w:numId="20" w16cid:durableId="283583903">
+  <w:num w:numId="20" w16cid:durableId="35859552">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="21" w16cid:durableId="58790187">
+  <w:num w:numId="21" w16cid:durableId="1992782753">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="22" w16cid:durableId="2092769459">
+  <w:num w:numId="22" w16cid:durableId="1903130753">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="23" w16cid:durableId="1711761354">
+  <w:num w:numId="23" w16cid:durableId="832449461">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="24" w16cid:durableId="740955339">
+  <w:num w:numId="24" w16cid:durableId="373385850">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="25" w16cid:durableId="784890881">
+  <w:num w:numId="25" w16cid:durableId="645404080">
     <w:abstractNumId w:val="18"/>
   </w:num>
-  <w:num w:numId="26" w16cid:durableId="1519003366">
+  <w:num w:numId="26" w16cid:durableId="167602704">
     <w:abstractNumId w:val="18"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="27" w16cid:durableId="1665620480">
+  <w:num w:numId="27" w16cid:durableId="1044597939">
     <w:abstractNumId w:val="18"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="28" w16cid:durableId="922835279">
+  <w:num w:numId="28" w16cid:durableId="276528074">
     <w:abstractNumId w:val="18"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="29" w16cid:durableId="225646004">
+  <w:num w:numId="29" w16cid:durableId="495998295">
     <w:abstractNumId w:val="18"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="30" w16cid:durableId="350302691">
+  <w:num w:numId="30" w16cid:durableId="855310936">
     <w:abstractNumId w:val="18"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="31" w16cid:durableId="1879197623">
+  <w:num w:numId="31" w16cid:durableId="332995831">
     <w:abstractNumId w:val="18"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="32" w16cid:durableId="1878812741">
+  <w:num w:numId="32" w16cid:durableId="1539126283">
     <w:abstractNumId w:val="18"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="33" w16cid:durableId="1376395170">
+  <w:num w:numId="33" w16cid:durableId="1912159875">
     <w:abstractNumId w:val="18"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:numIdMacAtCleanup w:val="24"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:doNotDisplayPageBoundaries/>
   <w:attachedTemplate r:id="rId1"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="0088224D"/>
+    <w:rsidRoot w:val="009731AD"/>
     <w:rsid w:val="00004AD3"/>
     <w:rsid w:val="00014E0E"/>
     <w:rsid w:val="00032225"/>
     <w:rsid w:val="0003226F"/>
     <w:rsid w:val="0003366F"/>
     <w:rsid w:val="00035D88"/>
     <w:rsid w:val="00041CB2"/>
     <w:rsid w:val="00042481"/>
     <w:rsid w:val="000436F8"/>
     <w:rsid w:val="00046890"/>
     <w:rsid w:val="00053334"/>
     <w:rsid w:val="00054B03"/>
     <w:rsid w:val="00057CF3"/>
     <w:rsid w:val="000626C9"/>
     <w:rsid w:val="0006685F"/>
     <w:rsid w:val="00067348"/>
     <w:rsid w:val="00070D72"/>
     <w:rsid w:val="00073E39"/>
     <w:rsid w:val="0007415D"/>
     <w:rsid w:val="0007705F"/>
+    <w:rsid w:val="00090975"/>
     <w:rsid w:val="00092830"/>
     <w:rsid w:val="000A04BC"/>
     <w:rsid w:val="000A40B6"/>
     <w:rsid w:val="000B34CE"/>
     <w:rsid w:val="000B501D"/>
     <w:rsid w:val="000C27D2"/>
     <w:rsid w:val="000E0CFF"/>
     <w:rsid w:val="000E34D1"/>
     <w:rsid w:val="000E48B9"/>
     <w:rsid w:val="000E53EC"/>
     <w:rsid w:val="000F1C82"/>
     <w:rsid w:val="000F7725"/>
     <w:rsid w:val="00101CA1"/>
+    <w:rsid w:val="001051A3"/>
     <w:rsid w:val="0010669D"/>
     <w:rsid w:val="001125A5"/>
     <w:rsid w:val="00113651"/>
     <w:rsid w:val="00122642"/>
     <w:rsid w:val="001240B2"/>
     <w:rsid w:val="0012562B"/>
     <w:rsid w:val="00142F13"/>
     <w:rsid w:val="001472DF"/>
     <w:rsid w:val="0015437F"/>
     <w:rsid w:val="00154741"/>
     <w:rsid w:val="001707BF"/>
     <w:rsid w:val="001715C9"/>
     <w:rsid w:val="001741F9"/>
     <w:rsid w:val="00176669"/>
     <w:rsid w:val="00181293"/>
     <w:rsid w:val="0018162A"/>
     <w:rsid w:val="0019017C"/>
     <w:rsid w:val="001901BC"/>
     <w:rsid w:val="00192157"/>
+    <w:rsid w:val="001958D5"/>
     <w:rsid w:val="001A0DEC"/>
     <w:rsid w:val="001A2E1B"/>
     <w:rsid w:val="001A6FF4"/>
     <w:rsid w:val="001B524E"/>
     <w:rsid w:val="001C01EB"/>
     <w:rsid w:val="001C10E4"/>
     <w:rsid w:val="001D180D"/>
     <w:rsid w:val="001D4ADF"/>
     <w:rsid w:val="001D5644"/>
     <w:rsid w:val="001E4E1A"/>
     <w:rsid w:val="001E7889"/>
     <w:rsid w:val="00206E5F"/>
     <w:rsid w:val="002103BA"/>
     <w:rsid w:val="002131BF"/>
     <w:rsid w:val="002348BA"/>
     <w:rsid w:val="00234E41"/>
+    <w:rsid w:val="0023687B"/>
     <w:rsid w:val="0023764D"/>
     <w:rsid w:val="002408BB"/>
     <w:rsid w:val="00241CD8"/>
     <w:rsid w:val="00256BE0"/>
     <w:rsid w:val="00261067"/>
     <w:rsid w:val="00263997"/>
     <w:rsid w:val="00267BC9"/>
     <w:rsid w:val="00272F85"/>
     <w:rsid w:val="00277942"/>
     <w:rsid w:val="00287880"/>
+    <w:rsid w:val="002A490B"/>
     <w:rsid w:val="002B112F"/>
+    <w:rsid w:val="002B18C7"/>
     <w:rsid w:val="002B6179"/>
     <w:rsid w:val="002C39C4"/>
     <w:rsid w:val="002C7074"/>
+    <w:rsid w:val="002C723D"/>
+    <w:rsid w:val="002D4A77"/>
     <w:rsid w:val="002D534D"/>
     <w:rsid w:val="002E4387"/>
     <w:rsid w:val="002F1A49"/>
     <w:rsid w:val="00300133"/>
     <w:rsid w:val="003079CF"/>
     <w:rsid w:val="00314262"/>
     <w:rsid w:val="00315698"/>
     <w:rsid w:val="003167A8"/>
     <w:rsid w:val="003243E7"/>
     <w:rsid w:val="00327D40"/>
     <w:rsid w:val="00332F4F"/>
     <w:rsid w:val="00333C00"/>
     <w:rsid w:val="00346B2D"/>
     <w:rsid w:val="00350825"/>
     <w:rsid w:val="00353FAD"/>
     <w:rsid w:val="0035510C"/>
     <w:rsid w:val="00360F9E"/>
     <w:rsid w:val="00365C5C"/>
     <w:rsid w:val="0037056E"/>
     <w:rsid w:val="00393937"/>
     <w:rsid w:val="003A2FAE"/>
     <w:rsid w:val="003A71F5"/>
+    <w:rsid w:val="003C1168"/>
     <w:rsid w:val="003C4F97"/>
+    <w:rsid w:val="003D2055"/>
     <w:rsid w:val="003D7069"/>
     <w:rsid w:val="003E097A"/>
     <w:rsid w:val="003E0D81"/>
     <w:rsid w:val="003E15E7"/>
     <w:rsid w:val="00402302"/>
     <w:rsid w:val="004032BE"/>
     <w:rsid w:val="004057E5"/>
     <w:rsid w:val="004319FB"/>
     <w:rsid w:val="00436AD3"/>
     <w:rsid w:val="00440000"/>
     <w:rsid w:val="00443089"/>
     <w:rsid w:val="00452101"/>
+    <w:rsid w:val="0045491A"/>
     <w:rsid w:val="0046009E"/>
     <w:rsid w:val="0046104E"/>
+    <w:rsid w:val="00464E7C"/>
     <w:rsid w:val="00465B36"/>
     <w:rsid w:val="0046708A"/>
     <w:rsid w:val="004707CB"/>
     <w:rsid w:val="00484A25"/>
     <w:rsid w:val="00493911"/>
     <w:rsid w:val="00496383"/>
     <w:rsid w:val="004A2FAB"/>
     <w:rsid w:val="004A505F"/>
     <w:rsid w:val="004A759B"/>
     <w:rsid w:val="004B303B"/>
     <w:rsid w:val="004B77EF"/>
     <w:rsid w:val="004D2096"/>
+    <w:rsid w:val="004D2A5A"/>
     <w:rsid w:val="004D5191"/>
     <w:rsid w:val="004E141E"/>
     <w:rsid w:val="004E1C8F"/>
     <w:rsid w:val="004E5B45"/>
     <w:rsid w:val="004E62E7"/>
     <w:rsid w:val="00500383"/>
     <w:rsid w:val="0050152F"/>
     <w:rsid w:val="005048C9"/>
+    <w:rsid w:val="00506C29"/>
     <w:rsid w:val="00522B55"/>
     <w:rsid w:val="00524D1D"/>
     <w:rsid w:val="00526D8C"/>
     <w:rsid w:val="005301C8"/>
     <w:rsid w:val="00532FAC"/>
     <w:rsid w:val="00536A39"/>
     <w:rsid w:val="005407B5"/>
     <w:rsid w:val="00541063"/>
     <w:rsid w:val="005441B4"/>
     <w:rsid w:val="0055025E"/>
     <w:rsid w:val="00550AE6"/>
     <w:rsid w:val="005566AE"/>
     <w:rsid w:val="00570DF5"/>
     <w:rsid w:val="005713EE"/>
     <w:rsid w:val="005745BA"/>
     <w:rsid w:val="00577D64"/>
     <w:rsid w:val="005947D0"/>
     <w:rsid w:val="005A0981"/>
     <w:rsid w:val="005A5375"/>
     <w:rsid w:val="005B61F7"/>
     <w:rsid w:val="005C7BD4"/>
     <w:rsid w:val="005D0553"/>
     <w:rsid w:val="005D420D"/>
     <w:rsid w:val="005D4256"/>
     <w:rsid w:val="005E49D4"/>
     <w:rsid w:val="005E5A9B"/>
     <w:rsid w:val="005F7197"/>
     <w:rsid w:val="005F7729"/>
+    <w:rsid w:val="006000ED"/>
     <w:rsid w:val="0060103C"/>
     <w:rsid w:val="00601526"/>
     <w:rsid w:val="006054AE"/>
     <w:rsid w:val="00611142"/>
     <w:rsid w:val="006127B7"/>
     <w:rsid w:val="006232B3"/>
     <w:rsid w:val="006237BD"/>
     <w:rsid w:val="00625E72"/>
+    <w:rsid w:val="0062783D"/>
     <w:rsid w:val="00630FBB"/>
     <w:rsid w:val="0063270F"/>
     <w:rsid w:val="00632872"/>
     <w:rsid w:val="006445D7"/>
     <w:rsid w:val="006600FD"/>
     <w:rsid w:val="006653B1"/>
     <w:rsid w:val="00665997"/>
     <w:rsid w:val="00670939"/>
     <w:rsid w:val="00671C30"/>
     <w:rsid w:val="00674668"/>
     <w:rsid w:val="006858CD"/>
     <w:rsid w:val="00685CEC"/>
     <w:rsid w:val="006951ED"/>
     <w:rsid w:val="0069566A"/>
     <w:rsid w:val="006958BC"/>
     <w:rsid w:val="00696918"/>
     <w:rsid w:val="006A0C7E"/>
     <w:rsid w:val="006B138C"/>
     <w:rsid w:val="006B1EF5"/>
     <w:rsid w:val="006B34B3"/>
     <w:rsid w:val="006B36CA"/>
     <w:rsid w:val="006B4566"/>
     <w:rsid w:val="006B571B"/>
     <w:rsid w:val="006D4D77"/>
     <w:rsid w:val="006D5A6C"/>
     <w:rsid w:val="006D6508"/>
     <w:rsid w:val="006D6E08"/>
     <w:rsid w:val="006E36E2"/>
     <w:rsid w:val="006E68BA"/>
     <w:rsid w:val="006F42F6"/>
+    <w:rsid w:val="006F4DC5"/>
     <w:rsid w:val="006F4E17"/>
     <w:rsid w:val="00701E41"/>
     <w:rsid w:val="00702FB8"/>
     <w:rsid w:val="00703988"/>
     <w:rsid w:val="00711BE4"/>
     <w:rsid w:val="0072118D"/>
     <w:rsid w:val="0073415F"/>
     <w:rsid w:val="00735534"/>
     <w:rsid w:val="00740826"/>
+    <w:rsid w:val="00742CC6"/>
     <w:rsid w:val="00746AE4"/>
     <w:rsid w:val="0075383C"/>
     <w:rsid w:val="007550C0"/>
     <w:rsid w:val="0075617D"/>
     <w:rsid w:val="00763867"/>
     <w:rsid w:val="007667C8"/>
     <w:rsid w:val="007718B7"/>
     <w:rsid w:val="00773C08"/>
     <w:rsid w:val="007764E7"/>
     <w:rsid w:val="00780E45"/>
     <w:rsid w:val="00781107"/>
     <w:rsid w:val="00781B60"/>
+    <w:rsid w:val="00790965"/>
+    <w:rsid w:val="0079219A"/>
     <w:rsid w:val="007A00BF"/>
     <w:rsid w:val="007A0A55"/>
+    <w:rsid w:val="007A2488"/>
     <w:rsid w:val="007A306B"/>
     <w:rsid w:val="007C0F6D"/>
     <w:rsid w:val="007C2432"/>
     <w:rsid w:val="007C2B4C"/>
     <w:rsid w:val="007D1C7C"/>
     <w:rsid w:val="007D213A"/>
     <w:rsid w:val="007D4D82"/>
     <w:rsid w:val="007D50F0"/>
     <w:rsid w:val="007D7B62"/>
     <w:rsid w:val="007E415B"/>
     <w:rsid w:val="007F009C"/>
+    <w:rsid w:val="00803464"/>
     <w:rsid w:val="0080468D"/>
     <w:rsid w:val="008048EF"/>
     <w:rsid w:val="00805756"/>
     <w:rsid w:val="00805FC2"/>
     <w:rsid w:val="008120D6"/>
     <w:rsid w:val="00816993"/>
     <w:rsid w:val="00817431"/>
     <w:rsid w:val="008200D8"/>
     <w:rsid w:val="00821300"/>
     <w:rsid w:val="00834387"/>
     <w:rsid w:val="008346C9"/>
     <w:rsid w:val="008350CF"/>
     <w:rsid w:val="0084774C"/>
     <w:rsid w:val="00850204"/>
     <w:rsid w:val="0085218C"/>
     <w:rsid w:val="00854006"/>
     <w:rsid w:val="00857EB2"/>
     <w:rsid w:val="00860B42"/>
     <w:rsid w:val="0086534A"/>
+    <w:rsid w:val="0086625A"/>
+    <w:rsid w:val="00870907"/>
     <w:rsid w:val="00870E04"/>
     <w:rsid w:val="008747DC"/>
     <w:rsid w:val="0088071D"/>
     <w:rsid w:val="00881F4D"/>
     <w:rsid w:val="008820FD"/>
     <w:rsid w:val="0088224D"/>
     <w:rsid w:val="00890032"/>
     <w:rsid w:val="008907E2"/>
     <w:rsid w:val="00897C05"/>
     <w:rsid w:val="008A4135"/>
     <w:rsid w:val="008A5AF2"/>
     <w:rsid w:val="008B0C32"/>
     <w:rsid w:val="008B2A8C"/>
     <w:rsid w:val="008B4BDA"/>
     <w:rsid w:val="008D058E"/>
     <w:rsid w:val="008D28F1"/>
     <w:rsid w:val="008D2CB6"/>
+    <w:rsid w:val="008D7C5F"/>
     <w:rsid w:val="008E36C7"/>
     <w:rsid w:val="008F404F"/>
     <w:rsid w:val="008F64B7"/>
     <w:rsid w:val="008F75E1"/>
     <w:rsid w:val="00900C15"/>
     <w:rsid w:val="00903966"/>
     <w:rsid w:val="009114FD"/>
     <w:rsid w:val="00913CF8"/>
     <w:rsid w:val="00917943"/>
     <w:rsid w:val="00920E23"/>
     <w:rsid w:val="00922CF9"/>
     <w:rsid w:val="00926A16"/>
+    <w:rsid w:val="009317EA"/>
     <w:rsid w:val="009348D8"/>
+    <w:rsid w:val="009443A0"/>
     <w:rsid w:val="00944F95"/>
     <w:rsid w:val="00946093"/>
     <w:rsid w:val="00946D71"/>
     <w:rsid w:val="0096154A"/>
     <w:rsid w:val="00966B65"/>
+    <w:rsid w:val="009731AD"/>
     <w:rsid w:val="009754CA"/>
     <w:rsid w:val="00980CF3"/>
     <w:rsid w:val="00982129"/>
     <w:rsid w:val="009834E0"/>
     <w:rsid w:val="00986420"/>
     <w:rsid w:val="00986953"/>
+    <w:rsid w:val="009A2AFF"/>
     <w:rsid w:val="009A2DFF"/>
     <w:rsid w:val="009A4C4C"/>
     <w:rsid w:val="009B3C9C"/>
     <w:rsid w:val="009C0C24"/>
     <w:rsid w:val="009C2FD7"/>
     <w:rsid w:val="009C7778"/>
     <w:rsid w:val="009C7814"/>
     <w:rsid w:val="009D28A3"/>
+    <w:rsid w:val="009F134F"/>
     <w:rsid w:val="009F23E6"/>
     <w:rsid w:val="009F2ABB"/>
     <w:rsid w:val="00A0793F"/>
     <w:rsid w:val="00A20F03"/>
     <w:rsid w:val="00A25133"/>
     <w:rsid w:val="00A31519"/>
     <w:rsid w:val="00A608CC"/>
     <w:rsid w:val="00A614F5"/>
+    <w:rsid w:val="00A64F27"/>
     <w:rsid w:val="00A670BC"/>
     <w:rsid w:val="00A7053E"/>
     <w:rsid w:val="00A7440E"/>
     <w:rsid w:val="00A7679D"/>
     <w:rsid w:val="00A824C7"/>
     <w:rsid w:val="00A944A5"/>
+    <w:rsid w:val="00AB2A9D"/>
     <w:rsid w:val="00AB2AA0"/>
     <w:rsid w:val="00AB3D37"/>
+    <w:rsid w:val="00AC1859"/>
     <w:rsid w:val="00AC2762"/>
     <w:rsid w:val="00AD11B5"/>
     <w:rsid w:val="00AD4C4E"/>
     <w:rsid w:val="00AD561C"/>
     <w:rsid w:val="00AE2024"/>
     <w:rsid w:val="00AE3171"/>
     <w:rsid w:val="00AE7C27"/>
     <w:rsid w:val="00AF18CE"/>
     <w:rsid w:val="00AF36F1"/>
+    <w:rsid w:val="00AF5858"/>
     <w:rsid w:val="00AF5EAD"/>
     <w:rsid w:val="00B04FB2"/>
     <w:rsid w:val="00B31F03"/>
     <w:rsid w:val="00B41D2B"/>
     <w:rsid w:val="00B50980"/>
     <w:rsid w:val="00B52FD9"/>
     <w:rsid w:val="00B554BE"/>
     <w:rsid w:val="00B63262"/>
     <w:rsid w:val="00B65698"/>
     <w:rsid w:val="00B77B88"/>
     <w:rsid w:val="00B81CE8"/>
     <w:rsid w:val="00B90A6D"/>
     <w:rsid w:val="00B97EDD"/>
     <w:rsid w:val="00BA6614"/>
     <w:rsid w:val="00BC4594"/>
     <w:rsid w:val="00BC5987"/>
+    <w:rsid w:val="00BD30C3"/>
     <w:rsid w:val="00BE6EFA"/>
+    <w:rsid w:val="00BF0F46"/>
     <w:rsid w:val="00BF6308"/>
+    <w:rsid w:val="00C071F3"/>
     <w:rsid w:val="00C10329"/>
     <w:rsid w:val="00C13BCB"/>
     <w:rsid w:val="00C25362"/>
     <w:rsid w:val="00C27596"/>
     <w:rsid w:val="00C31EAF"/>
     <w:rsid w:val="00C3672E"/>
     <w:rsid w:val="00C373EE"/>
     <w:rsid w:val="00C438FE"/>
     <w:rsid w:val="00C45D19"/>
+    <w:rsid w:val="00C51544"/>
+    <w:rsid w:val="00C57B76"/>
     <w:rsid w:val="00C60470"/>
     <w:rsid w:val="00C72BC4"/>
     <w:rsid w:val="00C74AD4"/>
     <w:rsid w:val="00C7673D"/>
     <w:rsid w:val="00C80D9A"/>
     <w:rsid w:val="00C816FE"/>
     <w:rsid w:val="00C9059E"/>
     <w:rsid w:val="00C9112C"/>
     <w:rsid w:val="00C9522A"/>
     <w:rsid w:val="00C97909"/>
     <w:rsid w:val="00CA1585"/>
     <w:rsid w:val="00CA3F14"/>
     <w:rsid w:val="00CA49CD"/>
+    <w:rsid w:val="00CB32F4"/>
     <w:rsid w:val="00CB340A"/>
     <w:rsid w:val="00CC7B91"/>
     <w:rsid w:val="00CD35A0"/>
     <w:rsid w:val="00CD6A3A"/>
+    <w:rsid w:val="00CE0607"/>
+    <w:rsid w:val="00CE2895"/>
     <w:rsid w:val="00CE42AD"/>
     <w:rsid w:val="00CF2EA6"/>
     <w:rsid w:val="00CF37BE"/>
     <w:rsid w:val="00CF581C"/>
     <w:rsid w:val="00D10456"/>
+    <w:rsid w:val="00D13D19"/>
     <w:rsid w:val="00D24DA1"/>
     <w:rsid w:val="00D272AA"/>
     <w:rsid w:val="00D34241"/>
+    <w:rsid w:val="00D35814"/>
     <w:rsid w:val="00D35C92"/>
     <w:rsid w:val="00D372CD"/>
     <w:rsid w:val="00D43F3E"/>
     <w:rsid w:val="00D460AA"/>
     <w:rsid w:val="00D46F2A"/>
     <w:rsid w:val="00D47FA7"/>
     <w:rsid w:val="00D52EF0"/>
     <w:rsid w:val="00D56EA1"/>
     <w:rsid w:val="00D62C57"/>
     <w:rsid w:val="00D71677"/>
     <w:rsid w:val="00D75D6D"/>
     <w:rsid w:val="00D80F54"/>
     <w:rsid w:val="00D842B2"/>
     <w:rsid w:val="00D84C72"/>
     <w:rsid w:val="00D86D57"/>
     <w:rsid w:val="00D90F85"/>
     <w:rsid w:val="00D93317"/>
     <w:rsid w:val="00D93E74"/>
     <w:rsid w:val="00D944DD"/>
+    <w:rsid w:val="00D956EA"/>
     <w:rsid w:val="00DA1836"/>
     <w:rsid w:val="00DA32FC"/>
     <w:rsid w:val="00DA5643"/>
     <w:rsid w:val="00DA7230"/>
     <w:rsid w:val="00DC11AF"/>
     <w:rsid w:val="00DC6E8C"/>
     <w:rsid w:val="00DD0899"/>
     <w:rsid w:val="00DD0AAD"/>
     <w:rsid w:val="00DD1F31"/>
+    <w:rsid w:val="00DD4761"/>
     <w:rsid w:val="00DD663D"/>
     <w:rsid w:val="00DE60C0"/>
     <w:rsid w:val="00DF3E7D"/>
     <w:rsid w:val="00DF76CF"/>
     <w:rsid w:val="00E102D7"/>
     <w:rsid w:val="00E1208A"/>
     <w:rsid w:val="00E17C5C"/>
+    <w:rsid w:val="00E247A9"/>
+    <w:rsid w:val="00E25ACF"/>
     <w:rsid w:val="00E31143"/>
+    <w:rsid w:val="00E364A6"/>
     <w:rsid w:val="00E4502C"/>
     <w:rsid w:val="00E46E0A"/>
     <w:rsid w:val="00E50C55"/>
     <w:rsid w:val="00E50EAF"/>
     <w:rsid w:val="00E549E3"/>
     <w:rsid w:val="00E555E6"/>
     <w:rsid w:val="00E67B61"/>
     <w:rsid w:val="00E77320"/>
     <w:rsid w:val="00E84D3C"/>
     <w:rsid w:val="00E94D83"/>
     <w:rsid w:val="00EA43A6"/>
+    <w:rsid w:val="00EA6558"/>
     <w:rsid w:val="00EA79DF"/>
     <w:rsid w:val="00EB20E7"/>
     <w:rsid w:val="00EB3543"/>
     <w:rsid w:val="00ED0920"/>
     <w:rsid w:val="00ED4D6E"/>
     <w:rsid w:val="00ED4E2D"/>
+    <w:rsid w:val="00EE2FFC"/>
     <w:rsid w:val="00EE7E0A"/>
+    <w:rsid w:val="00EF0B66"/>
+    <w:rsid w:val="00EF7BDF"/>
     <w:rsid w:val="00EF7DD2"/>
     <w:rsid w:val="00F0539A"/>
     <w:rsid w:val="00F05D4F"/>
     <w:rsid w:val="00F076A3"/>
     <w:rsid w:val="00F138CA"/>
     <w:rsid w:val="00F14333"/>
     <w:rsid w:val="00F15F91"/>
     <w:rsid w:val="00F20294"/>
     <w:rsid w:val="00F237CF"/>
     <w:rsid w:val="00F241BD"/>
     <w:rsid w:val="00F364E4"/>
     <w:rsid w:val="00F37E3B"/>
     <w:rsid w:val="00F40676"/>
     <w:rsid w:val="00F419A9"/>
     <w:rsid w:val="00F46A32"/>
     <w:rsid w:val="00F475C1"/>
+    <w:rsid w:val="00F51420"/>
     <w:rsid w:val="00F547BA"/>
     <w:rsid w:val="00F54CA4"/>
     <w:rsid w:val="00F61179"/>
     <w:rsid w:val="00F61B75"/>
     <w:rsid w:val="00F71815"/>
     <w:rsid w:val="00F810F7"/>
     <w:rsid w:val="00F81805"/>
     <w:rsid w:val="00F820FE"/>
+    <w:rsid w:val="00F837AC"/>
     <w:rsid w:val="00F86FD0"/>
     <w:rsid w:val="00F96500"/>
     <w:rsid w:val="00FA0ADD"/>
     <w:rsid w:val="00FA4066"/>
     <w:rsid w:val="00FA507D"/>
     <w:rsid w:val="00FA5229"/>
     <w:rsid w:val="00FA5602"/>
     <w:rsid w:val="00FA77F9"/>
     <w:rsid w:val="00FB1B9E"/>
     <w:rsid w:val="00FB5709"/>
     <w:rsid w:val="00FC1EC1"/>
     <w:rsid w:val="00FC2485"/>
     <w:rsid w:val="00FC2D53"/>
     <w:rsid w:val="00FC3E7E"/>
     <w:rsid w:val="00FD3205"/>
     <w:rsid w:val="00FD7122"/>
     <w:rsid w:val="00FD76A4"/>
     <w:rsid w:val="00FE7B91"/>
+    <w:rsid w:val="00FF2DA0"/>
+    <w:rsid w:val="00FF5E5C"/>
     <w:rsid w:val="00FF6924"/>
     <w:rsid w:val="017A0AFF"/>
     <w:rsid w:val="019154B8"/>
     <w:rsid w:val="0249FD0B"/>
     <w:rsid w:val="03EEC69A"/>
     <w:rsid w:val="06B473C8"/>
     <w:rsid w:val="076A2CC7"/>
     <w:rsid w:val="09E04A6E"/>
     <w:rsid w:val="0D59C3BE"/>
     <w:rsid w:val="12513130"/>
     <w:rsid w:val="1EFD52E7"/>
     <w:rsid w:val="2E42AB90"/>
     <w:rsid w:val="34848FA7"/>
     <w:rsid w:val="354B88C8"/>
     <w:rsid w:val="3CCA4A6A"/>
     <w:rsid w:val="405356A0"/>
     <w:rsid w:val="44D86E98"/>
     <w:rsid w:val="46A90D31"/>
     <w:rsid w:val="4D7FCF6F"/>
     <w:rsid w:val="4FD7C823"/>
     <w:rsid w:val="55F01363"/>
     <w:rsid w:val="576F1BD8"/>
     <w:rsid w:val="60D805ED"/>
     <w:rsid w:val="62441CA8"/>
     <w:rsid w:val="662FDAA8"/>
@@ -8853,53 +8606,53 @@
     <w:rsid w:val="7CDA920C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pl-PL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="1F3C7F57"/>
+  <w14:docId w14:val="7296144F"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{B6A54C9B-AFA9-4543-BFEE-AAC3B46CB52F}"/>
+  <w15:docId w15:val="{0E6DCDEF-CCE2-496B-A3B3-3E8A85CCF071}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:lang w:val="pl-PL" w:eastAsia="pl-PL" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -10376,51 +10129,51 @@
     <w:div w:id="2000839017">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cc@um.poznan.pl" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.poznan.pl" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\joanmu\AppData\Local\Temp\RO%20BCC_20251029.dotx" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\beaskr\Desktop\RO%20BCC.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motyw pakietu Office">
   <a:themeElements>
     <a:clrScheme name="Pakiet Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -10691,68 +10444,68 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <_activity xmlns="ad142fa7-5e7c-4f8f-ae45-9342fc4f7cc6" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
-</file>
-[...2 lines deleted...]
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokument" ma:contentTypeID="0x0101009714C89918BCDC4FA298F5184CE51CFF" ma:contentTypeVersion="17" ma:contentTypeDescription="Utwórz nowy dokument." ma:contentTypeScope="" ma:versionID="2ad2a8065a58df8ff4666fa75060eb83">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns3="ad142fa7-5e7c-4f8f-ae45-9342fc4f7cc6" xmlns:ns4="064d5d16-8f8f-4e37-b4fd-8db8cdf26f86" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="ec3f0e45b9ee30ca431cf5c5a8bdd194" ns3:_="" ns4:_="">
     <xsd:import namespace="ad142fa7-5e7c-4f8f-ae45-9342fc4f7cc6"/>
     <xsd:import namespace="064d5d16-8f8f-4e37-b4fd-8db8cdf26f86"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns4:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns4:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns4:SharingHintHash" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoKeyPoints" minOccurs="0"/>
@@ -10959,170 +10712,170 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7C629C18-74D9-4F3E-8AAE-7A87E6485807}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B08F5AA1-05C0-43FF-BD57-0894B423E0F4}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{544083AD-6CB8-4EA0-B0FE-D743062A0B76}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="ad142fa7-5e7c-4f8f-ae45-9342fc4f7cc6"/>
-  </ds:schemaRefs>
-[...6 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1398AAB7-6595-4A2A-A7DB-F7254260F2C5}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="ad142fa7-5e7c-4f8f-ae45-9342fc4f7cc6"/>
     <ds:schemaRef ds:uri="064d5d16-8f8f-4e37-b4fd-8db8cdf26f86"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>RO BCC_20251029</Template>
+  <Template>RO BCC</Template>
   <TotalTime></TotalTime>
   <Pages>20</Pages>
-  <Words>5867</Words>
-  <Characters>35204</Characters>
+  <Words>5891</Words>
+  <Characters>35349</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>293</Lines>
-  <Paragraphs>81</Paragraphs>
+  <Lines>294</Lines>
+  <Paragraphs>82</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Tytuł</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Biuro Cyfryzacji i Cyberbezpieczeństwa</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>ump</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>40990</CharactersWithSpaces>
+  <CharactersWithSpaces>41158</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="12" baseType="variant">
       <vt:variant>
         <vt:i4>327789</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>mailto:cc@um.poznan.pl</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>131151</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>http://www.poznan.pl/</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Biuro Cyfryzacji i Cyberbezpieczeństwa</dc:title>
   <dc:subject/>
-  <dc:creator>Joanna Muszyńska</dc:creator>
+  <dc:creator>Beata Skrzypczak</dc:creator>
   <cp:keywords>Urząd Miasta Poznania, Biuro Cyfryzacji i Cyberbezpieczeństwa, zadania wydziału, zadania biura, regulamin wydziału, regulamin biura, zarządzenie o regulaminie</cp:keywords>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101009714C89918BCDC4FA298F5184CE51CFF</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="_activity">
     <vt:lpwstr/>
   </property>
 </Properties>
 </file>