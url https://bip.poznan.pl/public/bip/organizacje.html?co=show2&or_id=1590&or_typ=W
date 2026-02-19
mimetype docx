--- v0 (2025-11-02)
+++ v1 (2026-02-19)
@@ -24,750 +24,798 @@
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
     <w:p w:rsidR="00FA5602" w:rsidRPr="00FA5602" w:rsidRDefault="00FA5602" w:rsidP="00FA5602">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidRPr="00FA5602">
         <w:rPr>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t>Załączn</w:t>
       </w:r>
       <w:r w:rsidR="00F50705">
         <w:rPr>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">ik do zarządzenia Nr </w:t>
       </w:r>
-      <w:r w:rsidR="00A82D3E">
+      <w:r w:rsidR="00517729">
         <w:rPr>
           <w:sz w:val="21"/>
         </w:rPr>
-        <w:t>2</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00F50705">
+        <w:t>18</w:t>
+      </w:r>
+      <w:r w:rsidR="00C80069">
         <w:rPr>
           <w:sz w:val="21"/>
         </w:rPr>
-        <w:t>/202</w:t>
-[...5 lines deleted...]
-        <w:t>4</w:t>
+        <w:t>/2025</w:t>
       </w:r>
       <w:r w:rsidRPr="00FA5602">
         <w:rPr>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> Dyrektora Wydziału</w:t>
       </w:r>
       <w:r w:rsidR="00F50705">
         <w:rPr>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> Wspierania Jednostek Pomocniczych Miasta z</w:t>
       </w:r>
       <w:r w:rsidRPr="00FA5602">
         <w:rPr>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> dn</w:t>
       </w:r>
       <w:r w:rsidR="007E6C41">
         <w:rPr>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t>ia</w:t>
       </w:r>
       <w:r w:rsidR="00A82D3E">
         <w:rPr>
           <w:sz w:val="21"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 9 kwietnia</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00FA5602">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006710A8">
         <w:rPr>
           <w:sz w:val="21"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 202</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00C15082">
+        <w:t>10</w:t>
+      </w:r>
+      <w:r w:rsidR="00517729">
         <w:rPr>
           <w:sz w:val="21"/>
         </w:rPr>
-        <w:t>4</w:t>
+        <w:t xml:space="preserve"> grudnia</w:t>
+      </w:r>
+      <w:r w:rsidR="00C80069">
+        <w:rPr>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2025</w:t>
       </w:r>
       <w:r w:rsidRPr="00FA5602">
         <w:rPr>
           <w:sz w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> r.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00FA5602" w:rsidRDefault="00FA5602" w:rsidP="00FA5602">
       <w:pPr>
         <w:spacing w:after="480" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="5954"/>
       </w:pPr>
       <w:r>
         <w:t>Zatwierdzam</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00FA5602" w:rsidRDefault="007E6C41" w:rsidP="00FA5602">
       <w:pPr>
         <w:spacing w:after="480" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="5954"/>
       </w:pPr>
       <w:r>
         <w:t>Stanisław Tamm Sekretarz Miasta Poznania</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00FA5602" w:rsidRDefault="00FA5602" w:rsidP="00FA5602">
       <w:pPr>
         <w:pStyle w:val="Nagwek1"/>
       </w:pPr>
       <w:r>
         <w:t>Regula</w:t>
       </w:r>
       <w:r w:rsidR="00F45C0A">
-        <w:t>min Organizacyjny Wydziału</w:t>
+        <w:t xml:space="preserve">min </w:t>
+      </w:r>
+      <w:r w:rsidR="003F04FC">
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidR="00F45C0A">
+        <w:t>rganizacyjny Wydziału</w:t>
       </w:r>
       <w:r w:rsidR="009F4A76">
         <w:t xml:space="preserve"> Wspierania</w:t>
       </w:r>
       <w:r w:rsidR="00F45C0A">
         <w:t xml:space="preserve"> Jednostek Pomocniczych Miasta</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00FA5602" w:rsidRDefault="00FA5602" w:rsidP="00FA5602">
       <w:pPr>
         <w:pStyle w:val="Nagwek2"/>
       </w:pPr>
       <w:r>
         <w:t>Rozdział I Struktura organizacyjna</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00FA5602" w:rsidRDefault="00FA5602" w:rsidP="00F37DF4">
       <w:pPr>
         <w:pStyle w:val="Nagwek3"/>
       </w:pPr>
       <w:r>
         <w:t>§ 1</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FA5602" w:rsidRDefault="00FA5602" w:rsidP="00CE48DD">
+    <w:p w:rsidR="00FA5602" w:rsidRDefault="00FA5602" w:rsidP="000C4A07">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Pracą </w:t>
       </w:r>
       <w:r w:rsidR="003C62D4">
         <w:t xml:space="preserve">wydziału </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">kieruje </w:t>
       </w:r>
       <w:r w:rsidR="003C62D4">
         <w:t xml:space="preserve">dyrektor </w:t>
       </w:r>
       <w:r w:rsidR="00B53686">
         <w:t>przy pomocy</w:t>
       </w:r>
       <w:r w:rsidR="00984D33">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="003C62D4">
         <w:t>zastępcy</w:t>
       </w:r>
       <w:r w:rsidR="00D67DEA">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FA5602" w:rsidRDefault="007C2858" w:rsidP="00CE48DD">
+    <w:p w:rsidR="00FA5602" w:rsidRDefault="007C2858" w:rsidP="000C4A07">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Dyrektor przy pomocy </w:t>
       </w:r>
       <w:r w:rsidR="003C62D4">
         <w:t xml:space="preserve">zastępcy </w:t>
       </w:r>
       <w:r w:rsidR="00FA5602">
         <w:t xml:space="preserve">zarządza </w:t>
       </w:r>
       <w:r w:rsidR="00427AB4">
         <w:t>w</w:t>
       </w:r>
       <w:r w:rsidR="00FA5602">
         <w:t>ydziałem zgodnie ze standardami kontroli zarządczej wspomaganymi systemem zarządzania zgodnym z wymaganiami normy PN-EN ISO 9001:2015.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FA5602" w:rsidRDefault="00FA5602" w:rsidP="00CE48DD">
+    <w:p w:rsidR="000C4A07" w:rsidRDefault="000C4A07" w:rsidP="000C4A07">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r w:rsidRPr="000C4A07">
+        <w:t>Wsparcie koordynacyjne w zakresie utrzymania i doskonalenia systemu zarządzania zgodnego z wymaganiami normy PN-EN ISO 9001:2015 oraz standardów kontroli zarządczej w wydziale, zapewnia wyznaczony przez dyrektora pracownik wydziału.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FA5602" w:rsidRDefault="00FA5602" w:rsidP="000C4A07">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Realizacja zadań </w:t>
       </w:r>
       <w:r w:rsidR="00427AB4">
         <w:t>w</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ydziału oparta jest na podejściu procesowym, zgodnym z normą określoną w ust. 2. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00FA5602" w:rsidRDefault="00D67DEA" w:rsidP="00F37DF4">
       <w:pPr>
         <w:pStyle w:val="Nagwek3"/>
       </w:pPr>
       <w:r>
         <w:t>§ 2</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FA5602" w:rsidRDefault="00FA5602" w:rsidP="00FA5602">
+    <w:p w:rsidR="00FA5602" w:rsidRDefault="00FA5602" w:rsidP="000C4A07">
       <w:r>
         <w:t>Wydział dzieli się na następujące oddziały i stanowiska pracy:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FA5602" w:rsidRDefault="00D67DEA" w:rsidP="00CE48DD">
+    <w:p w:rsidR="00FA5602" w:rsidRDefault="00D67DEA" w:rsidP="000C4A07">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t>Oddział Obsługi</w:t>
       </w:r>
       <w:r w:rsidR="009F4A76">
         <w:t xml:space="preserve"> -</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="002C208D">
         <w:t>Południe</w:t>
       </w:r>
       <w:r>
         <w:t>, w skład którego wchodzi:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D67DEA" w:rsidRDefault="003C62D4" w:rsidP="00CE48DD">
+    <w:p w:rsidR="00D67DEA" w:rsidRDefault="003C62D4" w:rsidP="000C4A07">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t>kierownik oddziału</w:t>
       </w:r>
       <w:r w:rsidR="00D67DEA">
         <w:t>,</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D67DEA" w:rsidRDefault="003C62D4" w:rsidP="00CE48DD">
+    <w:p w:rsidR="00D67DEA" w:rsidRDefault="003C62D4" w:rsidP="000C4A07">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">stanowisko </w:t>
       </w:r>
       <w:r w:rsidR="00D67DEA">
         <w:t>ds. jednostek pomocniczych;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D67DEA" w:rsidRDefault="00D67DEA" w:rsidP="00CE48DD">
+    <w:p w:rsidR="00D67DEA" w:rsidRDefault="00D67DEA" w:rsidP="000C4A07">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Oddział Obsługi </w:t>
       </w:r>
       <w:r w:rsidR="009F4A76">
         <w:t xml:space="preserve">- </w:t>
       </w:r>
       <w:r>
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidR="002C208D">
         <w:t>ółnoc</w:t>
       </w:r>
       <w:r>
         <w:t>, w skład którego wchodzi:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D67DEA" w:rsidRDefault="003C62D4" w:rsidP="00CE48DD">
+    <w:p w:rsidR="00D67DEA" w:rsidRDefault="003C62D4" w:rsidP="000C4A07">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t>kierownik oddziału</w:t>
       </w:r>
       <w:r w:rsidR="00D67DEA">
         <w:t>,</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D67DEA" w:rsidRDefault="003C62D4" w:rsidP="00CE48DD">
+    <w:p w:rsidR="00D67DEA" w:rsidRDefault="003C62D4" w:rsidP="000C4A07">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">stanowisko </w:t>
       </w:r>
       <w:r w:rsidR="00D67DEA">
         <w:t>ds. jednostek pomocniczych;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D67DEA" w:rsidRDefault="00D67DEA" w:rsidP="00CE48DD">
+    <w:p w:rsidR="00D67DEA" w:rsidRDefault="00D67DEA" w:rsidP="000C4A07">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t>Oddział Obsł</w:t>
       </w:r>
       <w:r w:rsidR="002C208D">
         <w:t>ugi</w:t>
       </w:r>
       <w:r w:rsidR="009F4A76">
         <w:t xml:space="preserve"> -</w:t>
       </w:r>
       <w:r w:rsidR="002C208D">
         <w:t xml:space="preserve"> Nowe Miasto</w:t>
       </w:r>
       <w:r>
         <w:t>, w skład którego wchodzi:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D67DEA" w:rsidRDefault="003C62D4" w:rsidP="00CE48DD">
+    <w:p w:rsidR="00D67DEA" w:rsidRDefault="003C62D4" w:rsidP="000C4A07">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t>kierownik oddziału</w:t>
       </w:r>
       <w:r w:rsidR="00D67DEA">
         <w:t>,</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D67DEA" w:rsidRDefault="003C62D4" w:rsidP="00CE48DD">
+    <w:p w:rsidR="00D67DEA" w:rsidRDefault="003C62D4" w:rsidP="000C4A07">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">stanowisko </w:t>
       </w:r>
       <w:r w:rsidR="00D67DEA">
         <w:t>ds. jednostek pomocniczych;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D67DEA" w:rsidRDefault="00D67DEA" w:rsidP="00CE48DD">
+    <w:p w:rsidR="00D67DEA" w:rsidRDefault="00D67DEA" w:rsidP="000C4A07">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Oddział Obsługi </w:t>
       </w:r>
       <w:r w:rsidR="009F4A76">
         <w:t xml:space="preserve">- </w:t>
       </w:r>
       <w:r>
         <w:t>Śródmieście, w skład którego wchodzi:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D67DEA" w:rsidRDefault="003C62D4" w:rsidP="00CE48DD">
+    <w:p w:rsidR="00D67DEA" w:rsidRDefault="003C62D4" w:rsidP="000C4A07">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t>kierownik oddziału</w:t>
       </w:r>
       <w:r w:rsidR="00D67DEA">
         <w:t>,</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D67DEA" w:rsidRDefault="003C62D4" w:rsidP="00CE48DD">
+    <w:p w:rsidR="00D67DEA" w:rsidRDefault="003C62D4" w:rsidP="000C4A07">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">stanowisko </w:t>
       </w:r>
       <w:r w:rsidR="00D67DEA">
         <w:t>ds. jednostek pomocniczych;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D67DEA" w:rsidRDefault="00D67DEA" w:rsidP="00CE48DD">
+    <w:p w:rsidR="00D67DEA" w:rsidRDefault="00D67DEA" w:rsidP="000C4A07">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
-      </w:pPr>
-      <w:r>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>O</w:t>
       </w:r>
       <w:r w:rsidR="002D612B">
         <w:t xml:space="preserve">ddział </w:t>
       </w:r>
       <w:r w:rsidR="00927D72">
         <w:t>Planowania i Realizacji Wydatków</w:t>
       </w:r>
       <w:r w:rsidRPr="002D612B">
         <w:t>, w skład którego wchodzi:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D67DEA" w:rsidRDefault="003C62D4" w:rsidP="00CE48DD">
+    <w:p w:rsidR="00D67DEA" w:rsidRDefault="003C62D4" w:rsidP="000C4A07">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="31"/>
         </w:numPr>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t>kierownik oddziału</w:t>
       </w:r>
       <w:r w:rsidR="00D67DEA">
         <w:t>,</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FA5602" w:rsidRPr="00954536" w:rsidRDefault="003C62D4" w:rsidP="00CE48DD">
+    <w:p w:rsidR="00FA5602" w:rsidRPr="00954536" w:rsidRDefault="003C62D4" w:rsidP="000C4A07">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="31"/>
         </w:numPr>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="00954536">
         <w:t xml:space="preserve">tanowisko </w:t>
       </w:r>
       <w:r w:rsidR="00C61156" w:rsidRPr="00954536">
         <w:t>ds. planowania</w:t>
       </w:r>
       <w:r w:rsidR="002D612B" w:rsidRPr="00954536">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00493EF0">
         <w:t>oraz</w:t>
       </w:r>
       <w:r w:rsidR="002D612B" w:rsidRPr="00954536">
         <w:t xml:space="preserve"> mienia osiedli</w:t>
       </w:r>
       <w:r w:rsidR="00D67DEA" w:rsidRPr="00954536">
         <w:t>,</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BE26D4" w:rsidRPr="00954536" w:rsidRDefault="003C62D4" w:rsidP="00CE48DD">
+    <w:p w:rsidR="00BE26D4" w:rsidRPr="00954536" w:rsidRDefault="003C62D4" w:rsidP="000C4A07">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="31"/>
         </w:numPr>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:lastRenderedPageBreak/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="00954536">
         <w:t xml:space="preserve">tanowisko </w:t>
       </w:r>
       <w:r w:rsidR="00D67DEA" w:rsidRPr="00954536">
         <w:t xml:space="preserve">ds. budżetu </w:t>
       </w:r>
       <w:r>
         <w:t>w</w:t>
       </w:r>
       <w:r w:rsidRPr="00954536">
         <w:t>ydziału</w:t>
       </w:r>
       <w:r w:rsidR="00BE43CD">
         <w:t>,</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002D612B" w:rsidRPr="00954536" w:rsidRDefault="003C62D4" w:rsidP="00CE48DD">
+    <w:p w:rsidR="002D612B" w:rsidRPr="00954536" w:rsidRDefault="003C62D4" w:rsidP="000C4A07">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="31"/>
         </w:numPr>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="00954536">
         <w:t>tan</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">owisko </w:t>
       </w:r>
       <w:r w:rsidR="00493EF0">
         <w:t>ds. wydatków oraz</w:t>
       </w:r>
       <w:r w:rsidR="002D612B" w:rsidRPr="00954536">
         <w:t xml:space="preserve"> mienia </w:t>
       </w:r>
       <w:r>
         <w:t>w</w:t>
       </w:r>
       <w:r w:rsidRPr="00954536">
         <w:t>ydziału</w:t>
       </w:r>
       <w:r w:rsidR="00BE43CD">
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FA5602" w:rsidRDefault="0035192A" w:rsidP="00CE48DD">
+    <w:p w:rsidR="00FA5602" w:rsidRDefault="0035192A" w:rsidP="000C4A07">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t>Oddział Koordynacji i Funkcjonowania Jednostek Pomocniczych, w skład którego wchodzi:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0035192A" w:rsidRDefault="003C62D4" w:rsidP="00CE48DD">
+    <w:p w:rsidR="0035192A" w:rsidRDefault="003C62D4" w:rsidP="000C4A07">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t>kierownik oddziału</w:t>
       </w:r>
       <w:r w:rsidR="0035192A">
         <w:t>,</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0035192A" w:rsidRDefault="003C62D4" w:rsidP="00CE48DD">
+    <w:p w:rsidR="0035192A" w:rsidRDefault="003C62D4" w:rsidP="000C4A07">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">stanowisko </w:t>
       </w:r>
       <w:r w:rsidR="0035192A">
         <w:t>ds. organizacyjnych i funkcjonowania jednostek pomocniczych,</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0035192A" w:rsidRDefault="003C62D4" w:rsidP="00CE48DD">
+    <w:p w:rsidR="0035192A" w:rsidRDefault="003C62D4" w:rsidP="000C4A07">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">stanowisko </w:t>
       </w:r>
       <w:r w:rsidR="0035192A">
         <w:t>ds. analiz prawnych i nadzoru nad jednostkami pomocniczymi</w:t>
       </w:r>
       <w:r>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FA5602" w:rsidRDefault="003C62D4" w:rsidP="00CE48DD">
+    <w:p w:rsidR="00FA5602" w:rsidRDefault="003C62D4" w:rsidP="000C4A07">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">stanowisko </w:t>
       </w:r>
       <w:r w:rsidR="0035192A">
         <w:t>ds. obsługi sekretariatu i spraw pracowniczych.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00FA5602" w:rsidRDefault="00FA5602" w:rsidP="00F37DF4">
       <w:pPr>
         <w:pStyle w:val="Nagwek3"/>
       </w:pPr>
       <w:r>
         <w:t>§</w:t>
       </w:r>
       <w:r w:rsidR="0035192A">
         <w:t xml:space="preserve"> 3</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0035192A" w:rsidRPr="003D7C1C" w:rsidRDefault="0035192A" w:rsidP="00F37DF4">
+    <w:p w:rsidR="0035192A" w:rsidRPr="003D7C1C" w:rsidRDefault="0035192A" w:rsidP="000C4A07">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r w:rsidRPr="003D7C1C">
         <w:t xml:space="preserve">Dyrektor organizuje wykonanie zadań należących do </w:t>
       </w:r>
       <w:r w:rsidR="003C62D4">
         <w:t>w</w:t>
       </w:r>
       <w:r w:rsidR="003C62D4" w:rsidRPr="003D7C1C">
         <w:t xml:space="preserve">ydziału </w:t>
       </w:r>
       <w:r w:rsidRPr="003D7C1C">
         <w:t xml:space="preserve">oraz reprezentuje go na zewnątrz, w tym utrzymuje kontakty z mediami, kształtujące dobry wizerunek </w:t>
       </w:r>
       <w:r w:rsidR="003C62D4">
         <w:t>w</w:t>
       </w:r>
       <w:r w:rsidR="003C62D4" w:rsidRPr="003D7C1C">
         <w:t xml:space="preserve">ydziału </w:t>
       </w:r>
       <w:r w:rsidRPr="003D7C1C">
         <w:t>i Urzędu.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007C66CC" w:rsidRDefault="007C66CC" w:rsidP="00F37DF4">
+    <w:p w:rsidR="007C66CC" w:rsidRDefault="007C66CC" w:rsidP="000C4A07">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r w:rsidRPr="003D7C1C">
         <w:t>Dyrektor sprawuje nadzór nad</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FA5602" w:rsidRDefault="007C66CC" w:rsidP="00CE48DD">
+    <w:p w:rsidR="00FA5602" w:rsidRDefault="007C66CC" w:rsidP="000C4A07">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="12"/>
         </w:numPr>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Oddziałem </w:t>
       </w:r>
       <w:r w:rsidR="002612C9">
         <w:t>Planowania i Realizacji Wydatków</w:t>
       </w:r>
       <w:r w:rsidR="00455319">
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FA5602" w:rsidRDefault="007C66CC" w:rsidP="00CE48DD">
+    <w:p w:rsidR="00FA5602" w:rsidRDefault="007C66CC" w:rsidP="000C4A07">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="12"/>
         </w:numPr>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t>Oddziałem Koordynacji i Funkcjonowania Jednostek Pomocniczych;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007C66CC" w:rsidRDefault="003C62D4" w:rsidP="00CE48DD">
+    <w:p w:rsidR="007C66CC" w:rsidRDefault="003C62D4" w:rsidP="000C4A07">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="12"/>
         </w:numPr>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">stanowiskiem </w:t>
       </w:r>
       <w:r w:rsidR="007C66CC">
         <w:t>ds. obsługi sekretariatu i spraw pracowniczych.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007C66CC" w:rsidRPr="003D7C1C" w:rsidRDefault="007C66CC" w:rsidP="00CE48DD">
+    <w:p w:rsidR="007C66CC" w:rsidRPr="003D7C1C" w:rsidRDefault="007C66CC" w:rsidP="000C4A07">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r w:rsidRPr="003D7C1C">
         <w:t xml:space="preserve">Podczas nieobecności </w:t>
       </w:r>
       <w:r w:rsidR="003C62D4">
         <w:t>d</w:t>
       </w:r>
       <w:r w:rsidR="003C62D4" w:rsidRPr="003D7C1C">
         <w:t xml:space="preserve">yrektora </w:t>
       </w:r>
       <w:r w:rsidRPr="003D7C1C">
         <w:t xml:space="preserve">jego zadania </w:t>
       </w:r>
       <w:r w:rsidRPr="007C66CC">
         <w:t xml:space="preserve">wynikające z zarządzeń Prezydenta </w:t>
       </w:r>
       <w:r w:rsidRPr="007C66CC">
         <w:br/>
         <w:t xml:space="preserve">i Regulaminu Organizacyjnego </w:t>
       </w:r>
       <w:r w:rsidR="003C62D4">
         <w:t>w</w:t>
       </w:r>
       <w:r w:rsidR="003C62D4" w:rsidRPr="007C66CC">
         <w:t>ydziału</w:t>
@@ -777,741 +825,740 @@
       </w:r>
       <w:r w:rsidRPr="003D7C1C">
         <w:t xml:space="preserve">wykonuje </w:t>
       </w:r>
       <w:r w:rsidR="003C62D4">
         <w:t>z</w:t>
       </w:r>
       <w:r w:rsidR="003C62D4" w:rsidRPr="003D7C1C">
         <w:t>astępca</w:t>
       </w:r>
       <w:r w:rsidRPr="003D7C1C">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D238DF" w:rsidRDefault="00D238DF" w:rsidP="00F37DF4">
       <w:pPr>
         <w:pStyle w:val="Nagwek3"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">§ </w:t>
       </w:r>
       <w:r w:rsidR="007C66CC">
         <w:t>4</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00233E4E" w:rsidRDefault="00E61619" w:rsidP="003B237C">
+    <w:p w:rsidR="00233E4E" w:rsidRDefault="00E61619" w:rsidP="000C4A07">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:spacing w:after="0"/>
-        <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Zastępca </w:t>
       </w:r>
       <w:r w:rsidR="004E1F33">
         <w:t>d</w:t>
       </w:r>
       <w:r w:rsidR="004E1F33" w:rsidRPr="003D7C1C">
         <w:t xml:space="preserve">yrektora </w:t>
       </w:r>
       <w:r w:rsidR="00233E4E" w:rsidRPr="003D7C1C">
         <w:t xml:space="preserve">podlega </w:t>
       </w:r>
       <w:r w:rsidR="004E1F33">
         <w:t>d</w:t>
       </w:r>
       <w:r w:rsidR="004E1F33" w:rsidRPr="003D7C1C">
         <w:t>yrektorowi</w:t>
       </w:r>
       <w:r w:rsidR="00233E4E" w:rsidRPr="003D7C1C">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00233E4E" w:rsidRPr="003D7C1C" w:rsidRDefault="00E61619" w:rsidP="003B237C">
+    <w:p w:rsidR="00233E4E" w:rsidRPr="003D7C1C" w:rsidRDefault="00E61619" w:rsidP="000C4A07">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:spacing w:after="0"/>
-        <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Zastępca </w:t>
       </w:r>
       <w:r w:rsidR="004E1F33">
         <w:t>d</w:t>
       </w:r>
       <w:r w:rsidR="004E1F33" w:rsidRPr="003D7C1C">
         <w:t xml:space="preserve">yrektora </w:t>
       </w:r>
       <w:r w:rsidR="00233E4E" w:rsidRPr="003D7C1C">
         <w:t>sprawuje nadzór nad:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00233E4E" w:rsidRDefault="00233E4E" w:rsidP="003B237C">
+    <w:p w:rsidR="00233E4E" w:rsidRDefault="00233E4E" w:rsidP="000C4A07">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:spacing w:after="0"/>
-        <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>Oddziałem Obsługi – Nowe Miasto;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00233E4E" w:rsidRDefault="00233E4E" w:rsidP="003B237C">
+    <w:p w:rsidR="00233E4E" w:rsidRDefault="00233E4E" w:rsidP="000C4A07">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:spacing w:after="0"/>
-        <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>Oddziałem Obsługi – Południe;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00233E4E" w:rsidRDefault="00233E4E" w:rsidP="003B237C">
+    <w:p w:rsidR="00233E4E" w:rsidRDefault="00233E4E" w:rsidP="000C4A07">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:spacing w:after="0"/>
-        <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>Oddziałem Obsługi – Północ;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00233E4E" w:rsidRPr="003D7C1C" w:rsidRDefault="00233E4E" w:rsidP="003B237C">
+    <w:p w:rsidR="00233E4E" w:rsidRPr="003D7C1C" w:rsidRDefault="00233E4E" w:rsidP="000C4A07">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:spacing w:after="0"/>
-        <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Oddziałem Obsługi </w:t>
       </w:r>
       <w:r w:rsidR="002612C9">
         <w:t xml:space="preserve">– </w:t>
       </w:r>
       <w:r>
         <w:t>Śródmieście.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00233E4E" w:rsidRDefault="00233E4E" w:rsidP="00F37DF4">
       <w:pPr>
         <w:pStyle w:val="Nagwek3"/>
       </w:pPr>
       <w:r>
         <w:t>§ 5</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00233E4E" w:rsidRDefault="00233E4E" w:rsidP="00233E4E">
       <w:r>
-        <w:t>Schemat struktury organizacyjnej wydziału oraz podporządkowanie poszczególnych oddziałów i stanowisk pracy przedstawia załącznik nr 1 do Regulaminu.</w:t>
+        <w:t xml:space="preserve">Schemat struktury organizacyjnej wydziału oraz podporządkowanie poszczególnych oddziałów i stanowisk pracy przedstawia załącznik nr 1 do </w:t>
+      </w:r>
+      <w:r w:rsidR="000C4A07">
+        <w:t>r</w:t>
+      </w:r>
+      <w:r>
+        <w:t>egulaminu.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00233E4E" w:rsidRDefault="00233E4E" w:rsidP="00D238DF"/>
     <w:p w:rsidR="00FA5602" w:rsidRDefault="00FA5602" w:rsidP="00FA5602">
       <w:pPr>
         <w:pStyle w:val="Nagwek2"/>
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Rozdział II Zakres działania </w:t>
       </w:r>
       <w:r w:rsidR="00427AB4">
         <w:t>w</w:t>
       </w:r>
       <w:r>
         <w:t>ydziału/</w:t>
       </w:r>
       <w:r w:rsidR="00427AB4">
         <w:t>b</w:t>
       </w:r>
       <w:r>
         <w:t>iura</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00FA5602" w:rsidRDefault="00FA5602" w:rsidP="00F37DF4">
       <w:pPr>
         <w:pStyle w:val="Nagwek3"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">§ </w:t>
       </w:r>
       <w:r w:rsidR="00153FDC">
         <w:t>6</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00153FDC" w:rsidRDefault="00153FDC" w:rsidP="00CE48DD">
+    <w:p w:rsidR="00153FDC" w:rsidRDefault="00153FDC" w:rsidP="000C4A07">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="35"/>
         </w:numPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:spacing w:after="0"/>
-        <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="004E0F8D">
         <w:t>Wydział prowadzi sprawy dotyczące organizacji i funkcjonowania osiedli oraz zapewnia im obsługę administracyjn</w:t>
       </w:r>
       <w:r w:rsidR="004E0F8D">
         <w:t>ą i organizacyjną</w:t>
       </w:r>
       <w:r w:rsidRPr="004E0F8D">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="004E0F8D">
-        <w:t>P</w:t>
+      <w:r w:rsidR="003F04FC">
+        <w:t>Zajmuje się sprawami</w:t>
       </w:r>
       <w:r w:rsidRPr="004E0F8D">
-        <w:t xml:space="preserve">rowadzi sprawy z zakresu zadań proponowanych oraz przekazywanych do realizacji wydziałom i miejskim jednostkom organizacyjnym ze środków naliczonych dla osiedli. </w:t>
+        <w:t xml:space="preserve"> z zakresu zadań proponowanych oraz przekazywanych do realizacji wydziałom i miejskim jednostkom organizacyjnym ze środków naliczonych dla osiedli. </w:t>
       </w:r>
       <w:r w:rsidR="00830AFF" w:rsidRPr="004E0F8D">
         <w:t>W</w:t>
       </w:r>
       <w:r w:rsidRPr="004E0F8D">
         <w:t xml:space="preserve">ykonuje zadania związane z przekazywaniem osiedlom </w:t>
       </w:r>
       <w:r w:rsidR="004E0F8D">
         <w:t xml:space="preserve">nieruchomości do </w:t>
       </w:r>
       <w:r w:rsidR="006F0452" w:rsidRPr="004E0F8D">
         <w:t xml:space="preserve">zarządzania i </w:t>
       </w:r>
       <w:r w:rsidRPr="004E0F8D">
         <w:t>korzystania</w:t>
       </w:r>
       <w:r w:rsidR="004E0F8D">
         <w:t xml:space="preserve">. Wydział realizuje zadania związane z </w:t>
       </w:r>
       <w:r w:rsidRPr="004E0F8D">
         <w:t xml:space="preserve">przygotowaniem i przeprowadzeniem wyborów </w:t>
       </w:r>
       <w:r w:rsidR="004E0F8D">
         <w:t xml:space="preserve">do rad </w:t>
       </w:r>
       <w:r w:rsidRPr="004E0F8D">
         <w:t>osiedli oraz z zakresu nadzoru nad działalnością organów</w:t>
       </w:r>
       <w:r w:rsidR="004E0F8D">
         <w:t xml:space="preserve"> osiedli</w:t>
       </w:r>
       <w:r w:rsidRPr="004E0F8D">
         <w:t>. Ponadto koordynuje współpracę organów osiedli z wydziałami i miejskimi jednostkami organizacyjnymi oraz innymi podmiotami.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00153FDC" w:rsidRPr="003D7C1C" w:rsidRDefault="00153FDC" w:rsidP="00CE48DD">
+    <w:p w:rsidR="000C4A07" w:rsidRDefault="000C4A07" w:rsidP="000C4A07">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="35"/>
         </w:numPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:spacing w:after="0"/>
-        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="000C4A07">
+        <w:t>Wydział realizuje zadania z zakresu ochrony ludności i obrony cywilnej polegające na utrzymaniu ciągłości działania administracji wynikające z ustawy z dnia 5 grudnia 2024 r. o ochronie ludności i obronie cywilnej.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00153FDC" w:rsidRPr="003D7C1C" w:rsidRDefault="00153FDC" w:rsidP="000C4A07">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="35"/>
+        </w:numPr>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:spacing w:after="0"/>
       </w:pPr>
       <w:r w:rsidRPr="003D7C1C">
         <w:t xml:space="preserve">Do zadań </w:t>
       </w:r>
       <w:r w:rsidR="000B5F14">
         <w:t>w</w:t>
       </w:r>
       <w:r w:rsidR="000B5F14" w:rsidRPr="003D7C1C">
         <w:t xml:space="preserve">ydziału </w:t>
       </w:r>
       <w:r w:rsidRPr="003D7C1C">
         <w:t xml:space="preserve">należą w szczególności działania z zakresu: </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00153FDC" w:rsidRPr="003D7C1C" w:rsidRDefault="00153FDC" w:rsidP="00F06264">
+    <w:p w:rsidR="00153FDC" w:rsidRPr="003D7C1C" w:rsidRDefault="00153FDC" w:rsidP="000C4A07">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:spacing w:after="0"/>
-        <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="003D7C1C">
         <w:t>organizacji i funkcjonowania osiedli;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00153FDC" w:rsidRPr="003D7C1C" w:rsidRDefault="00153FDC" w:rsidP="00F06264">
+    <w:p w:rsidR="00153FDC" w:rsidRPr="003D7C1C" w:rsidRDefault="00153FDC" w:rsidP="000C4A07">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:spacing w:after="0"/>
-        <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="003D7C1C">
         <w:t>obsługi administracyjn</w:t>
       </w:r>
       <w:r w:rsidR="00014404">
         <w:t xml:space="preserve">ej </w:t>
       </w:r>
       <w:r w:rsidRPr="003D7C1C">
         <w:t>osiedli, w tym:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00153FDC" w:rsidRPr="003D7C1C" w:rsidRDefault="00153FDC" w:rsidP="003B237C">
+    <w:p w:rsidR="00153FDC" w:rsidRPr="003D7C1C" w:rsidRDefault="00153FDC" w:rsidP="000C4A07">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:spacing w:after="0"/>
-        <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="003D7C1C">
         <w:t>prowadzenie dokumentacji organów osiedli,</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00153FDC" w:rsidRPr="003D7C1C" w:rsidRDefault="00153FDC" w:rsidP="003B237C">
+    <w:p w:rsidR="00153FDC" w:rsidRPr="003D7C1C" w:rsidRDefault="00153FDC" w:rsidP="000C4A07">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:spacing w:after="0"/>
-        <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="003D7C1C">
         <w:t>redagowanie uchwał,</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00153FDC" w:rsidRPr="003D7C1C" w:rsidRDefault="00153FDC" w:rsidP="003B237C">
+    <w:p w:rsidR="00153FDC" w:rsidRPr="003D7C1C" w:rsidRDefault="00153FDC" w:rsidP="000C4A07">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:spacing w:after="0"/>
-        <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="003D7C1C">
         <w:t>protokołowanie sesji rad i posiedzeń zarządów;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00153FDC" w:rsidRPr="003D7C1C" w:rsidRDefault="008F4C36" w:rsidP="00CE48DD">
+    <w:p w:rsidR="00153FDC" w:rsidRPr="003D7C1C" w:rsidRDefault="008F4C36" w:rsidP="000C4A07">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="12"/>
         </w:numPr>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">planowania zadań osiedli </w:t>
       </w:r>
       <w:r w:rsidRPr="003D7C1C">
         <w:t xml:space="preserve">oraz </w:t>
       </w:r>
       <w:r>
         <w:t>współpracy</w:t>
       </w:r>
       <w:r w:rsidRPr="003D7C1C">
         <w:t xml:space="preserve"> z wydziałami i miejskimi jednostkami organizacyjnymi w tym zakresie</w:t>
       </w:r>
       <w:r w:rsidR="007E5DFD">
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00153FDC" w:rsidRPr="003D7C1C" w:rsidRDefault="00153FDC" w:rsidP="00F06264">
+    <w:p w:rsidR="00153FDC" w:rsidRPr="003D7C1C" w:rsidRDefault="00153FDC" w:rsidP="000C4A07">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:spacing w:after="0"/>
-        <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="003D7C1C">
         <w:t xml:space="preserve">realizacji zadań </w:t>
       </w:r>
       <w:r w:rsidR="00591F65">
         <w:t xml:space="preserve">osiedli </w:t>
       </w:r>
       <w:r>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidR="006F0452">
         <w:t>rzy</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">jętych przez </w:t>
       </w:r>
       <w:r w:rsidR="000B5F14">
         <w:t>wydział</w:t>
       </w:r>
       <w:r w:rsidRPr="003D7C1C">
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00153FDC" w:rsidRPr="003D7C1C" w:rsidRDefault="00153FDC" w:rsidP="00F06264">
+    <w:p w:rsidR="00153FDC" w:rsidRPr="003D7C1C" w:rsidRDefault="00153FDC" w:rsidP="000C4A07">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:spacing w:after="0"/>
-        <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="003D7C1C">
         <w:t>tworzenia, znoszenia, łączenia, podziału, zmiany granic lub nazw osiedli;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00153FDC" w:rsidRPr="003D7C1C" w:rsidRDefault="00153FDC" w:rsidP="00F06264">
+    <w:p w:rsidR="00153FDC" w:rsidRPr="003D7C1C" w:rsidRDefault="00153FDC" w:rsidP="000C4A07">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:spacing w:after="0"/>
-        <w:jc w:val="both"/>
-[...5 lines deleted...]
-    <w:p w:rsidR="00153FDC" w:rsidRDefault="00153FDC" w:rsidP="00292797">
+      </w:pPr>
+      <w:r w:rsidRPr="003D7C1C">
+        <w:t>statutów i innych uregulowań związany</w:t>
+      </w:r>
+      <w:r w:rsidR="00F837A5">
+        <w:t>ch</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D7C1C">
+        <w:t xml:space="preserve"> z funkcjonowaniem osiedli;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00153FDC" w:rsidRDefault="00153FDC" w:rsidP="000C4A07">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:spacing w:after="0"/>
-        <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="003D7C1C">
         <w:t xml:space="preserve">przygotowania i przeprowadzenia wyborów </w:t>
       </w:r>
       <w:r w:rsidR="00014404">
         <w:t>do rad</w:t>
       </w:r>
       <w:r w:rsidR="00F06264">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="003D7C1C">
         <w:t>osiedli;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003B4F20" w:rsidRDefault="00153FDC" w:rsidP="00292797">
+    <w:p w:rsidR="003B4F20" w:rsidRDefault="00153FDC" w:rsidP="000C4A07">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:spacing w:after="0"/>
-        <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="003D7C1C">
         <w:t>nadzoru nad działalnością organów osiedli, w tym</w:t>
       </w:r>
       <w:r w:rsidR="00F06264">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="003D7C1C">
         <w:t xml:space="preserve">badanie </w:t>
       </w:r>
       <w:r w:rsidR="00014404">
         <w:t>zgodności z prawem</w:t>
       </w:r>
       <w:r w:rsidR="000D054C">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="003D7C1C">
         <w:t>podejmowanych uchwał</w:t>
       </w:r>
       <w:r w:rsidR="007E5DFD">
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00153FDC" w:rsidRPr="003D7C1C" w:rsidRDefault="00153FDC" w:rsidP="00F06264">
+    <w:p w:rsidR="00153FDC" w:rsidRPr="003D7C1C" w:rsidRDefault="00153FDC" w:rsidP="000C4A07">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:spacing w:after="0"/>
-        <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="003D7C1C">
         <w:t>przygotowania informacji i analiz dotyczących funkcjonowania osiedli;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00153FDC" w:rsidRPr="003D7C1C" w:rsidRDefault="00153FDC" w:rsidP="00F06264">
+    <w:p w:rsidR="00153FDC" w:rsidRPr="003D7C1C" w:rsidRDefault="00153FDC" w:rsidP="000C4A07">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:spacing w:after="0"/>
-        <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="003D7C1C">
         <w:t>koordynacji współpracy organów osiedli z wydziałami, miejskimi jednostkami organizacyjnymi oraz innymi podmiotami;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00153FDC" w:rsidRDefault="00153FDC" w:rsidP="00F06264">
+    <w:p w:rsidR="00153FDC" w:rsidRDefault="00153FDC" w:rsidP="000C4A07">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:spacing w:after="0"/>
-        <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="003D7C1C">
         <w:t>szkoleń członków organów osiedli;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FA5602" w:rsidRDefault="00F83049" w:rsidP="00F06264">
+    <w:p w:rsidR="00FA5602" w:rsidRDefault="00F83049" w:rsidP="000C4A07">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:spacing w:after="0"/>
-        <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">udziału w procesie </w:t>
       </w:r>
       <w:r w:rsidR="00614DC5">
         <w:t xml:space="preserve">przekazywania </w:t>
       </w:r>
       <w:r w:rsidR="006E4E58">
         <w:t xml:space="preserve">osiedlom </w:t>
       </w:r>
       <w:r w:rsidR="00CC15E0">
         <w:t>nieruchomości</w:t>
       </w:r>
       <w:r w:rsidR="006E4E58">
         <w:t xml:space="preserve"> do </w:t>
       </w:r>
       <w:r w:rsidR="00C91691">
         <w:t xml:space="preserve">zarządzania i </w:t>
       </w:r>
       <w:r w:rsidR="006E4E58">
         <w:t>korzystania;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006E4E58" w:rsidRPr="003D7C1C" w:rsidRDefault="006E4E58" w:rsidP="00F06264">
+    <w:p w:rsidR="006E4E58" w:rsidRPr="003D7C1C" w:rsidRDefault="006E4E58" w:rsidP="000C4A07">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:spacing w:after="0"/>
-        <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="003D7C1C">
         <w:t>projektów dofinansowywanych ze środków zewnętrznych;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006E4E58" w:rsidRPr="003D7C1C" w:rsidRDefault="006E4E58" w:rsidP="00F06264">
+    <w:p w:rsidR="006E4E58" w:rsidRPr="003D7C1C" w:rsidRDefault="006E4E58" w:rsidP="000C4A07">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:spacing w:after="0"/>
-        <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="003D7C1C">
         <w:t xml:space="preserve">budżetu zadaniowego </w:t>
       </w:r>
       <w:r w:rsidR="00BE43CD">
         <w:t>w</w:t>
       </w:r>
       <w:r w:rsidRPr="003D7C1C">
         <w:t>ydziału oraz okresowych sprawozdań z jego realizacji;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006E4E58" w:rsidRPr="003D7C1C" w:rsidRDefault="006E4E58" w:rsidP="00F06264">
+    <w:p w:rsidR="006E4E58" w:rsidRPr="003D7C1C" w:rsidRDefault="006E4E58" w:rsidP="000C4A07">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r w:rsidRPr="003D7C1C">
+        <w:lastRenderedPageBreak/>
         <w:t>zlecania organizacjom pozarządowym oraz innym uprawnionym podmiotom realizacji zadań publicznych z zakresu działalności wspomagającej rozwój wspólnot i społeczności lokalnych, w procedurze tzw. „małych grantów”;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CE48DD" w:rsidRPr="003D7C1C" w:rsidRDefault="006E4E58" w:rsidP="00CE48DD">
+    <w:p w:rsidR="00CE48DD" w:rsidRPr="003D7C1C" w:rsidRDefault="006E4E58" w:rsidP="000C4A07">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r w:rsidRPr="003D7C1C">
-        <w:lastRenderedPageBreak/>
         <w:t>procesów zarządzania jakością, kontroli zarządczej oraz zarządzania ryzykiem</w:t>
       </w:r>
       <w:r w:rsidR="00014404">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006E4E58" w:rsidRPr="003D7C1C" w:rsidRDefault="006E4E58" w:rsidP="00CE48DD">
+    <w:p w:rsidR="006E4E58" w:rsidRPr="003D7C1C" w:rsidRDefault="006E4E58" w:rsidP="000C4A07">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="35"/>
         </w:numPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:spacing w:after="0"/>
-        <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="003D7C1C">
         <w:t xml:space="preserve">W zakresie zleconym do zadań </w:t>
       </w:r>
       <w:r w:rsidR="000B5F14">
         <w:t>w</w:t>
       </w:r>
       <w:r w:rsidR="000B5F14" w:rsidRPr="003D7C1C">
         <w:t xml:space="preserve">ydziału </w:t>
       </w:r>
       <w:r w:rsidRPr="003D7C1C">
         <w:t>należy realizacja działań związanych z referendami oraz wyborami do organów państwa, samorządu i parlamentu europejskiego.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006E4E58" w:rsidRDefault="006E4E58" w:rsidP="00CE48DD">
+    <w:p w:rsidR="006E4E58" w:rsidRDefault="006E4E58" w:rsidP="000C4A07">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="35"/>
         </w:numPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:spacing w:after="0"/>
-        <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="003D7C1C">
         <w:t xml:space="preserve">Wydział realizuje zadania zgodnie ze zidentyfikowanym, w ramach systemu zarządzania zgodnego z wymogami normy PN-EN ISO 9001:2015, procesem WJPM/PS-01 - Obsługa jednostek pomocniczych miasta. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006E4E58" w:rsidRPr="003D7C1C" w:rsidRDefault="006E4E58" w:rsidP="00CE48DD">
+    <w:p w:rsidR="006E4E58" w:rsidRPr="003D7C1C" w:rsidRDefault="006E4E58" w:rsidP="000C4A07">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="35"/>
         </w:numPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:spacing w:after="0"/>
-        <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="003D7C1C">
         <w:t xml:space="preserve">Wydział realizuje cele ustalone dla </w:t>
       </w:r>
       <w:r w:rsidR="00D60DC1">
         <w:t>w</w:t>
       </w:r>
       <w:r w:rsidR="00D60DC1" w:rsidRPr="003D7C1C">
         <w:t xml:space="preserve">ydziału </w:t>
       </w:r>
       <w:r w:rsidRPr="003D7C1C">
         <w:t>poprzez:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006E4E58" w:rsidRPr="003D7C1C" w:rsidRDefault="006E4E58" w:rsidP="00CE48DD">
+    <w:p w:rsidR="006E4E58" w:rsidRPr="003D7C1C" w:rsidRDefault="006E4E58" w:rsidP="000C4A07">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="36"/>
         </w:numPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r w:rsidRPr="003D7C1C">
         <w:t xml:space="preserve">zapewnienie profesjonalnej i kompleksowej obsługi </w:t>
       </w:r>
       <w:r w:rsidR="00B66670">
         <w:t xml:space="preserve">administracyjnej i </w:t>
       </w:r>
       <w:r w:rsidRPr="003D7C1C">
         <w:t>organizacyjnej jednostek pomocniczych miasta;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006E4E58" w:rsidRPr="003D7C1C" w:rsidRDefault="006E4E58" w:rsidP="00CE48DD">
+    <w:p w:rsidR="006E4E58" w:rsidRPr="003D7C1C" w:rsidRDefault="006E4E58" w:rsidP="000C4A07">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="36"/>
         </w:numPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r w:rsidRPr="003D7C1C">
         <w:t>skuteczną pomoc w realizacji zadań statutowych jednostek pomocniczych miasta przy współpracy z wydziałami i innymi jednostkami;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006E4E58" w:rsidRPr="003D7C1C" w:rsidRDefault="006E4E58" w:rsidP="00CE48DD">
+    <w:p w:rsidR="006E4E58" w:rsidRPr="003D7C1C" w:rsidRDefault="006E4E58" w:rsidP="000C4A07">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="36"/>
         </w:numPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r w:rsidRPr="003D7C1C">
         <w:t>realizowanie zadań efektywnie, oszczędnie, terminowo i zgodnie z prawem.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="006E4E58" w:rsidRDefault="006E4E58" w:rsidP="00FA5602">
       <w:pPr>
         <w:pStyle w:val="Nagwek2"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00FA5602" w:rsidRDefault="00FA5602" w:rsidP="00FA5602">
       <w:pPr>
         <w:pStyle w:val="Nagwek2"/>
       </w:pPr>
       <w:r>
         <w:t>Rozdział III Zakres zadań oddziałów i stanowisk pracy</w:t>
       </w:r>
     </w:p>
@@ -1608,59 +1655,75 @@
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r w:rsidRPr="003D7C1C">
         <w:t>redagowania projektów uchwał i pism organów osiedla,</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="001B11A8" w:rsidRDefault="001B11A8" w:rsidP="00F37DF4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r w:rsidRPr="003D7C1C">
         <w:t>protokołowania sesji rad i posiedzeń zarządów,</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002C0420" w:rsidRPr="006C2175" w:rsidRDefault="001B11A8" w:rsidP="00F37DF4">
+    <w:p w:rsidR="002C19A2" w:rsidRDefault="004F5A46" w:rsidP="00F37DF4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:spacing w:after="0"/>
       </w:pPr>
+      <w:r>
+        <w:t>publikacji</w:t>
+      </w:r>
+      <w:r w:rsidR="002C19A2">
+        <w:t xml:space="preserve"> uchwał i protokołów z sesji rad i posiedzeń zarządów w Bazie Aktów Własnych, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C0420" w:rsidRPr="006C2175" w:rsidRDefault="001B11A8" w:rsidP="00F37DF4">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:spacing w:after="0"/>
+      </w:pPr>
       <w:r w:rsidRPr="006C2175">
         <w:t>zamieszczania korespondencji w Internetowym Asystencie Radnego Osiedlowego,</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="001B11A8" w:rsidRPr="001B11A8" w:rsidRDefault="001B11A8" w:rsidP="00F37DF4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r w:rsidRPr="001B11A8">
         <w:t>zaopatrzenia materiałowego</w:t>
       </w:r>
       <w:r w:rsidR="00BC6E58">
         <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00A07DE7" w:rsidRDefault="00A07DE7" w:rsidP="00F37DF4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="10"/>
@@ -1669,50 +1732,51 @@
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r w:rsidRPr="003D7C1C">
         <w:t xml:space="preserve">nadzór nad działalnością organów osiedli, w tym badanie </w:t>
       </w:r>
       <w:r w:rsidR="00014404">
         <w:t>zgodności z prawem</w:t>
       </w:r>
       <w:r w:rsidRPr="003D7C1C">
         <w:t xml:space="preserve"> podejmowanych uchwał</w:t>
       </w:r>
       <w:r w:rsidR="00BC6E58">
         <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00846E62" w:rsidRDefault="003F1EC5" w:rsidP="00F37DF4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>dokonywanie</w:t>
       </w:r>
       <w:r w:rsidR="00846E62">
         <w:t xml:space="preserve"> inwen</w:t>
       </w:r>
       <w:r w:rsidR="006A493D">
         <w:t>taryzacji</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> i corocznych przeglądów mienia</w:t>
       </w:r>
       <w:r w:rsidR="00A848EA">
         <w:t xml:space="preserve"> osiedli</w:t>
       </w:r>
       <w:r w:rsidR="00846E62">
         <w:t xml:space="preserve">; </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00A07DE7" w:rsidRPr="003D7C1C" w:rsidRDefault="00A07DE7" w:rsidP="00F37DF4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:suppressAutoHyphens w:val="0"/>
@@ -1748,51 +1812,50 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00A07DE7" w:rsidRPr="003D7C1C" w:rsidRDefault="00A07DE7" w:rsidP="00F37DF4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r w:rsidRPr="003D7C1C">
         <w:t>zmian przeznaczenia środków naliczonych dla osiedli,</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00A07DE7" w:rsidRPr="003D7C1C" w:rsidRDefault="00A07DE7" w:rsidP="00F37DF4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r w:rsidRPr="003D7C1C">
-        <w:lastRenderedPageBreak/>
         <w:t>przygotowania danych do planu zamówień publicznych, w tym informowanie o zmianach koniecznych do wprowadzenia w planie,</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00A07DE7" w:rsidRPr="009C53B7" w:rsidRDefault="00F83049" w:rsidP="00F37DF4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">realizacji </w:t>
       </w:r>
       <w:r w:rsidR="00A07DE7" w:rsidRPr="009C53B7">
         <w:t xml:space="preserve">zadań ze środków naliczonych dla osiedli przyjętych przez </w:t>
       </w:r>
       <w:r w:rsidR="00BC6E58">
         <w:t>w</w:t>
       </w:r>
       <w:r w:rsidR="00BC6E58" w:rsidRPr="009C53B7">
         <w:t>ydział</w:t>
       </w:r>
       <w:r w:rsidR="00A07DE7" w:rsidRPr="009C53B7">
@@ -2087,99 +2150,103 @@
         <w:suppressAutoHyphens w:val="0"/>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r w:rsidRPr="003D7C1C">
         <w:t>opisywanie faktur oraz przekazywanie ich do realizacji</w:t>
       </w:r>
       <w:r w:rsidR="00BE43CD">
         <w:t>,</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00F56669" w:rsidRDefault="003852BE" w:rsidP="00F06264">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r w:rsidRPr="008D773A">
         <w:t>koordynowanie współdziałania wykonawców z osiedlami</w:t>
       </w:r>
       <w:r w:rsidR="00BC6E58">
         <w:t>;</w:t>
       </w:r>
+      <w:r w:rsidR="00804C7C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
     <w:p w:rsidR="007453E0" w:rsidRPr="00657F93" w:rsidRDefault="00C6523E" w:rsidP="00F37DF4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:t>zlecanie wykonania</w:t>
       </w:r>
       <w:r w:rsidR="007453E0" w:rsidRPr="00657F93">
         <w:t xml:space="preserve"> legitymacji dla </w:t>
       </w:r>
       <w:r>
         <w:t>radnych osiedli</w:t>
       </w:r>
       <w:r w:rsidR="00BC6E58">
         <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00F56669" w:rsidRPr="0084371F" w:rsidRDefault="00F56669" w:rsidP="00F37DF4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00640C15">
         <w:t xml:space="preserve">koordynowanie spraw związanych z przekazywaniem osiedlom nieruchomości do </w:t>
       </w:r>
       <w:r w:rsidRPr="0084371F">
         <w:t>zarządzania i korzystania;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00B979D2" w:rsidRPr="00640C15" w:rsidRDefault="00B979D2" w:rsidP="00F37DF4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00640C15">
+        <w:lastRenderedPageBreak/>
         <w:t>zgłaszanie wystąpienia szkody</w:t>
       </w:r>
       <w:r w:rsidR="00AB3481">
         <w:t xml:space="preserve"> w zakresie ubezpieczonego mienia</w:t>
       </w:r>
       <w:r w:rsidR="00495872">
         <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00640C15" w:rsidRPr="007E5DFD" w:rsidRDefault="00654FE6" w:rsidP="00CE48DD">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
       </w:pPr>
       <w:r w:rsidRPr="007E5DFD">
         <w:t>współdziałanie z wydziałami i miejskimi jednostkami organizacyjnymi oraz Oddziałami Obsługi w zakresie:</w:t>
       </w:r>
       <w:r w:rsidR="00C639A7" w:rsidRPr="007E5DFD">
         <w:t xml:space="preserve"> planowania, opiniowania i realizacji zadań ze środków osiedli</w:t>
       </w:r>
       <w:r w:rsidR="006E1B43" w:rsidRPr="007E5DFD">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00C639A7" w:rsidRPr="007E5DFD">
         <w:t>oraz przygotowania wniosków o dokonanie zmian</w:t>
       </w:r>
@@ -2188,51 +2255,50 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00654FE6" w:rsidRPr="003D7C1C" w:rsidRDefault="00654FE6" w:rsidP="00F37DF4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r w:rsidRPr="003D7C1C">
         <w:t>prowadzenie spraw związanych z:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00654FE6" w:rsidRPr="003D7C1C" w:rsidRDefault="00654FE6" w:rsidP="00F37DF4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r w:rsidRPr="003D7C1C">
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">ewidencją, przemieszczaniem, likwidacją i inwentaryzacją mienia, będącego na stanie </w:t>
       </w:r>
       <w:r w:rsidR="008D2B1C">
         <w:t>w</w:t>
       </w:r>
       <w:r w:rsidR="008D2B1C" w:rsidRPr="003D7C1C">
         <w:t>ydziału</w:t>
       </w:r>
       <w:r w:rsidRPr="003D7C1C">
         <w:t>,</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00654FE6" w:rsidRDefault="00654FE6" w:rsidP="00F37DF4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r w:rsidRPr="003D7C1C">
         <w:t>ewidencją, przemieszczaniem i likwidacją mienia, będącego na stanie osiedli;</w:t>
       </w:r>
     </w:p>
@@ -2538,50 +2604,51 @@
         <w:t xml:space="preserve">procedur dotyczących organizacji i funkcjonowania osiedli oraz </w:t>
       </w:r>
       <w:r w:rsidR="00B33D24">
         <w:t>w</w:t>
       </w:r>
       <w:r w:rsidR="00B33D24" w:rsidRPr="003D7C1C">
         <w:t>ydziału</w:t>
       </w:r>
       <w:r w:rsidRPr="003D7C1C">
         <w:t>, a także kontrola ich realizacji</w:t>
       </w:r>
       <w:r w:rsidR="00BE43CD">
         <w:t>,</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00654FE6" w:rsidRPr="003D7C1C" w:rsidRDefault="00654FE6" w:rsidP="00F37DF4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r w:rsidRPr="003D7C1C">
+        <w:lastRenderedPageBreak/>
         <w:t>wzorów uchwał, regulaminów i innych materiałów na potrzeby organów osiedli,</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00654FE6" w:rsidRPr="003D7C1C" w:rsidRDefault="00654FE6" w:rsidP="00F37DF4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r w:rsidRPr="003D7C1C">
         <w:t xml:space="preserve">projektów </w:t>
       </w:r>
       <w:r w:rsidR="00B33D24">
         <w:t>z</w:t>
       </w:r>
       <w:r w:rsidR="00B33D24" w:rsidRPr="003D7C1C">
         <w:t xml:space="preserve">arządzeń </w:t>
       </w:r>
       <w:r w:rsidR="00B33D24">
         <w:t>d</w:t>
       </w:r>
       <w:r w:rsidR="00B33D24" w:rsidRPr="003D7C1C">
@@ -2604,51 +2671,50 @@
         <w:t xml:space="preserve">wyjaśnień, informacji, opracowań, zestawień i analiz dotyczących funkcjonowania osiedli, </w:t>
       </w:r>
       <w:r w:rsidR="00B33D24">
         <w:t>w</w:t>
       </w:r>
       <w:r w:rsidR="00B33D24" w:rsidRPr="003D7C1C">
         <w:t xml:space="preserve">ydziału </w:t>
       </w:r>
       <w:r w:rsidRPr="003D7C1C">
         <w:t>i Urzędu</w:t>
       </w:r>
       <w:r w:rsidR="00BE43CD">
         <w:t>,</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00654FE6" w:rsidRPr="003D7C1C" w:rsidRDefault="00654FE6" w:rsidP="00F37DF4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r w:rsidRPr="003D7C1C">
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">okresowych informacji i sprawozdań dotyczących </w:t>
       </w:r>
       <w:r w:rsidR="00B33D24">
         <w:t>w</w:t>
       </w:r>
       <w:r w:rsidR="00B33D24" w:rsidRPr="003D7C1C">
         <w:t>ydziału</w:t>
       </w:r>
       <w:r w:rsidRPr="003D7C1C">
         <w:t>, w tym z realizacji uchwał Rady, zarządzeń Prezydenta, ustaleń przyjętych na naradach Prezydenta i naradach wewnętrznych, działań promocyjnych;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00654FE6" w:rsidRPr="003D7C1C" w:rsidRDefault="00654FE6" w:rsidP="00F37DF4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r w:rsidRPr="003D7C1C">
         <w:t xml:space="preserve">dokonywanie analiz prawnych oraz przygotowanie projektów stanowisk </w:t>
       </w:r>
       <w:r w:rsidR="00B33D24">
@@ -3035,429 +3101,422 @@
     <w:p w:rsidR="00654FE6" w:rsidRPr="003D7C1C" w:rsidRDefault="00654FE6" w:rsidP="00F37DF4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:t>rozpatrywanie</w:t>
       </w:r>
       <w:r w:rsidRPr="003D7C1C">
         <w:t xml:space="preserve"> wniosków o udostępnienie informacji publicznej,</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> wpływających do </w:t>
       </w:r>
       <w:r w:rsidR="00B33D24">
         <w:t>wydziału</w:t>
       </w:r>
       <w:r w:rsidRPr="003D7C1C">
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00654FE6" w:rsidRPr="003D7C1C" w:rsidRDefault="00654FE6" w:rsidP="00F37DF4">
+    <w:p w:rsidR="00654FE6" w:rsidRPr="003D7C1C" w:rsidRDefault="00654FE6" w:rsidP="000C4A07">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r w:rsidRPr="003D7C1C">
-        <w:t xml:space="preserve">zamieszczanie materiałów informacyjnych z zakresu działania </w:t>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">zamieszczanie </w:t>
+      </w:r>
+      <w:r w:rsidR="004F5A46">
+        <w:t>informacji i dokumentów</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D7C1C">
+        <w:t xml:space="preserve"> z zakresu działania </w:t>
       </w:r>
       <w:r w:rsidR="00B33D24">
         <w:t>w</w:t>
       </w:r>
       <w:r w:rsidR="00B33D24" w:rsidRPr="003D7C1C">
         <w:t xml:space="preserve">ydziału </w:t>
       </w:r>
-      <w:r w:rsidRPr="003D7C1C">
-        <w:t>w Biuletynie Informacji Publicznej na zasadach określonych w ustawie o dostępie do informacji publicznej oraz w zarządzeniu Prezydenta w sprawie udostępniania informacji publicznej przez Urząd Miasta Poznania;</w:t>
+      <w:r w:rsidR="00321FFA">
+        <w:t xml:space="preserve">oraz osiedli </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D7C1C">
+        <w:t>w Biuletynie Informacji Publicznej na zasadach określonych w ustawie o dostępie do informacji publicznej oraz w zarządzeniu Prezydenta w sprawie udostępniania informacji publicznej przez Urząd Miasta Poznania</w:t>
+      </w:r>
+      <w:r w:rsidR="00321FFA">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00654FE6" w:rsidRDefault="00654FE6" w:rsidP="00F37DF4">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="003D7C1C">
+        <w:t xml:space="preserve">wykonywanie czynności związanych z udziałem </w:t>
+      </w:r>
+      <w:r w:rsidR="00B33D24">
+        <w:t>w</w:t>
+      </w:r>
+      <w:r w:rsidR="00B33D24" w:rsidRPr="003D7C1C">
+        <w:t xml:space="preserve">ydziału </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D7C1C">
+        <w:t>w realizacji programów miejskich</w:t>
+      </w:r>
+      <w:r>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00654FE6" w:rsidRDefault="00DA7B7E" w:rsidP="00F37DF4">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00DA7B7E">
+        <w:t>rezerwowanie sal i pomieszczeń</w:t>
+      </w:r>
+      <w:r w:rsidR="007A355F">
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A355F" w:rsidRPr="00DA7B7E" w:rsidRDefault="007A355F" w:rsidP="007A355F">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t>przekazywanie</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C2175">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C117E0">
+        <w:t xml:space="preserve">osiedlom </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C2175">
+        <w:t xml:space="preserve">zawiadomień o </w:t>
+      </w:r>
+      <w:r w:rsidR="00490684">
+        <w:t>sesjach</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C2175">
+        <w:t xml:space="preserve"> Rady</w:t>
+      </w:r>
+      <w:r w:rsidR="00490684">
+        <w:t xml:space="preserve"> Miasta i posiedzeniach jej</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C2175">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>k</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C2175">
+        <w:t>omisji</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00654FE6" w:rsidRDefault="00654FE6" w:rsidP="00F37DF4">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Do zadań stanowiska ds. obsługi sekretariatu i spraw pracowniczych należy:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00654FE6" w:rsidRPr="003D7C1C" w:rsidRDefault="00654FE6" w:rsidP="00F37DF4">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="003D7C1C">
+        <w:t xml:space="preserve">obsługa organizacyjno-techniczna sekretariatu, w tym: </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00654FE6" w:rsidRPr="003D7C1C" w:rsidRDefault="00654FE6" w:rsidP="00F37DF4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r w:rsidRPr="003D7C1C">
-        <w:lastRenderedPageBreak/>
-[...9 lines deleted...]
-    <w:p w:rsidR="00654FE6" w:rsidRDefault="00654FE6" w:rsidP="00F37DF4">
+        <w:t xml:space="preserve">obsługa skrzynki e-mail </w:t>
+      </w:r>
+      <w:r w:rsidR="00B33D24">
+        <w:t>w</w:t>
+      </w:r>
+      <w:r w:rsidR="00B33D24" w:rsidRPr="003D7C1C">
+        <w:t>ydziału</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D7C1C">
+        <w:t>,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00654FE6" w:rsidRPr="003D7C1C" w:rsidRDefault="00654FE6" w:rsidP="00F37DF4">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="003D7C1C">
+        <w:t>ewidencjonowanie wpływającej korespondencji, przedkładanie do dekretacji oraz zapewnienie doręczenia na stanowiska pracy, w formie papierowej lub elektronicznej,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00654FE6" w:rsidRPr="003D7C1C" w:rsidRDefault="00654FE6" w:rsidP="00F37DF4">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="003D7C1C">
+        <w:t>prowadzenie t</w:t>
+      </w:r>
+      <w:r w:rsidR="005A6AAE">
+        <w:t xml:space="preserve">erminarza </w:t>
+      </w:r>
+      <w:r w:rsidR="00B33D24">
+        <w:t xml:space="preserve">dyrektora </w:t>
+      </w:r>
+      <w:r w:rsidR="005A6AAE">
+        <w:t xml:space="preserve">i </w:t>
+      </w:r>
+      <w:r w:rsidR="00B33D24">
+        <w:t>zastępcy d</w:t>
+      </w:r>
+      <w:r w:rsidR="00B33D24" w:rsidRPr="003D7C1C">
+        <w:t>yrektora</w:t>
+      </w:r>
+      <w:r w:rsidR="00B33D24">
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00654FE6" w:rsidRDefault="00654FE6" w:rsidP="00CE48DD">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+      </w:pPr>
+      <w:r w:rsidRPr="003D7C1C">
+        <w:t>rezerwowanie sal i pomieszczeń</w:t>
+      </w:r>
+      <w:r w:rsidR="00B33D24">
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00654FE6" w:rsidRDefault="00654FE6" w:rsidP="00CE48DD">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+      </w:pPr>
+      <w:r w:rsidRPr="003D7C1C">
+        <w:t>zamawianie środków transportu</w:t>
+      </w:r>
+      <w:r w:rsidR="00B33D24">
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D7C1C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00654FE6" w:rsidRDefault="00654FE6" w:rsidP="00CE48DD">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+      </w:pPr>
+      <w:r w:rsidRPr="003D7C1C">
+        <w:t>planowanie i rozl</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD033A">
+        <w:t>iczanie ryczałtów samochodowych</w:t>
+      </w:r>
+      <w:r w:rsidR="00B33D24">
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00654FE6" w:rsidRPr="003D7C1C" w:rsidRDefault="00654FE6" w:rsidP="00CE48DD">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+      </w:pPr>
+      <w:r w:rsidRPr="003D7C1C">
+        <w:t xml:space="preserve">zaopatrzenie materiałowe </w:t>
+      </w:r>
+      <w:r w:rsidR="00B33D24">
+        <w:t>w</w:t>
+      </w:r>
+      <w:r w:rsidR="00B33D24" w:rsidRPr="003D7C1C">
+        <w:t xml:space="preserve">ydziału </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D7C1C">
+        <w:t>oraz zamawianie niezbędnych usług, w tym z zakresu napraw i konserwacji sprzętu;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00654FE6" w:rsidRDefault="00654FE6" w:rsidP="005F28F6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r w:rsidRPr="003D7C1C">
-        <w:t xml:space="preserve">wykonywanie czynności związanych z udziałem </w:t>
+        <w:t>prowadzenie spraw pracowniczych i płacowych, w tym z zakresu rozliczania czasu pracy, wynagrodzeń, rekrutacji, ocen pracowniczych, delegacji służbowych</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD033A">
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DD033A" w:rsidRPr="00736845" w:rsidRDefault="00495872" w:rsidP="005F28F6">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t>obsługa</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD033A" w:rsidRPr="00736845">
+        <w:t xml:space="preserve"> składów chronologiczny</w:t>
+      </w:r>
+      <w:r w:rsidR="00031C26" w:rsidRPr="00736845">
+        <w:t>ch</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD033A" w:rsidRPr="00736845">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00031C26" w:rsidRPr="00736845">
+        <w:t xml:space="preserve">dla spraw </w:t>
+      </w:r>
+      <w:r w:rsidR="00031C26" w:rsidRPr="00495872">
+        <w:t>prowadzonych</w:t>
+      </w:r>
+      <w:r w:rsidR="00031C26" w:rsidRPr="00736845">
+        <w:t xml:space="preserve"> przez </w:t>
       </w:r>
       <w:r w:rsidR="00B33D24">
         <w:t>w</w:t>
       </w:r>
-      <w:r w:rsidR="00B33D24" w:rsidRPr="003D7C1C">
-[...65 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidR="00B33D24" w:rsidRPr="00736845">
+        <w:t xml:space="preserve">ydział </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD033A" w:rsidRPr="00736845">
+        <w:t>w ramach Elektronicznego Zarządzania Dokumentacją.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00654FE6" w:rsidRDefault="00654FE6" w:rsidP="00F37DF4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:spacing w:after="0"/>
       </w:pPr>
-      <w:r>
-[...6 lines deleted...]
-          <w:ilvl w:val="1"/>
+      <w:r w:rsidRPr="003D7C1C">
+        <w:t xml:space="preserve">Do zadań wszystkich </w:t>
+      </w:r>
+      <w:r w:rsidR="00B33D24">
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidR="00B33D24" w:rsidRPr="003D7C1C">
+        <w:t xml:space="preserve">ddziałów </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">i stanowisk </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D7C1C">
+        <w:t>należy archiwizacja dokumentów.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DD033A" w:rsidRPr="00736845" w:rsidRDefault="00DD033A" w:rsidP="00F37DF4">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:spacing w:after="0"/>
       </w:pPr>
-      <w:r w:rsidRPr="003D7C1C">
-[...13 lines deleted...]
-        <w:t xml:space="preserve">obsługa skrzynki e-mail </w:t>
+      <w:r w:rsidRPr="00736845">
+        <w:t xml:space="preserve">Do wyznaczonego przez </w:t>
+      </w:r>
+      <w:r w:rsidR="00B33D24">
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidR="00B33D24" w:rsidRPr="00736845">
+        <w:t xml:space="preserve">yrektora </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00736845">
+        <w:t xml:space="preserve">pracownika należy prowadzenie i koordynowanie spraw związanych z wdrażaniem, utrzymaniem i doskonaleniem systemu zarządzania w </w:t>
       </w:r>
       <w:r w:rsidR="00B33D24">
         <w:t>w</w:t>
       </w:r>
-      <w:r w:rsidR="00B33D24" w:rsidRPr="003D7C1C">
-[...210 lines deleted...]
-      </w:r>
       <w:r w:rsidR="00B33D24" w:rsidRPr="00736845">
         <w:t>ydziale</w:t>
       </w:r>
       <w:r w:rsidRPr="00736845">
         <w:t>, w tym prowadzenie i bieżąca aktualizacja dokumentacji, związanej z:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003B4F20" w:rsidRDefault="00DD033A" w:rsidP="00F06264">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00736845">
         <w:t>systemem zarządzania jakością,</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003B4F20" w:rsidRDefault="00DD033A" w:rsidP="00F06264">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="28"/>
@@ -3482,98 +3541,120 @@
         <w:t>procesem zarządzania ryzykiem.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D238DF" w:rsidRDefault="00D238DF" w:rsidP="00F37DF4">
       <w:pPr>
         <w:pStyle w:val="Nagwek3"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">§ </w:t>
       </w:r>
       <w:r w:rsidR="00DD033A">
         <w:t>8</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D238DF" w:rsidRDefault="00D238DF" w:rsidP="00F37DF4">
       <w:r>
         <w:t xml:space="preserve">Liczba etatów w </w:t>
       </w:r>
       <w:r w:rsidR="00427AB4">
         <w:t>w</w:t>
       </w:r>
       <w:r w:rsidR="00DD033A">
         <w:t>ydziale</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> określona jest w załączniku nr 2 do Regulaminu.</w:t>
+        <w:t xml:space="preserve"> określona jest w załączniku nr 2 do </w:t>
+      </w:r>
+      <w:r w:rsidR="000C4A07">
+        <w:t>r</w:t>
+      </w:r>
+      <w:r>
+        <w:t>egulaminu.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00FA5602" w:rsidRDefault="00FA5602" w:rsidP="00F37DF4">
       <w:pPr>
         <w:pStyle w:val="Nagwek2"/>
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>Rozdział IV Zasady podpisywania pism</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00FA5602" w:rsidRDefault="00FA5602" w:rsidP="00F37DF4">
       <w:pPr>
         <w:pStyle w:val="Nagwek3"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">§ </w:t>
       </w:r>
       <w:r w:rsidR="00DD033A">
         <w:t>9</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DD033A" w:rsidRPr="00DD033A" w:rsidRDefault="00DD033A" w:rsidP="00F37DF4">
+    <w:p w:rsidR="00DD033A" w:rsidRPr="00DD033A" w:rsidRDefault="00DD033A" w:rsidP="000C4A07">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DD033A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Dyrektor uprawniony jest do aprobaty i podpisywania pism, zgodnie z zasadami określonymi w Regulaminie Organizacyjnym Urzędu. </w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00DD033A" w:rsidRDefault="005A6AAE" w:rsidP="00F37DF4">
+        <w:t xml:space="preserve">Dyrektor uprawniony jest do aprobaty i podpisywania pism, zgodnie z zasadami określonymi w Regulaminie </w:t>
+      </w:r>
+      <w:r w:rsidR="003F04FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD033A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">rganizacyjnym Urzędu. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DD033A" w:rsidRDefault="005A6AAE" w:rsidP="000C4A07">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Zastępca </w:t>
       </w:r>
       <w:r w:rsidR="00B33D24">
         <w:t>d</w:t>
       </w:r>
       <w:r w:rsidR="00B33D24" w:rsidRPr="003D7C1C">
         <w:t>yrektora</w:t>
       </w:r>
       <w:r w:rsidR="00B33D24">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00DF497F">
         <w:t>jest upoważniony do</w:t>
       </w:r>
       <w:r w:rsidR="00DD033A" w:rsidRPr="003D7C1C">
         <w:t xml:space="preserve"> aprobaty</w:t>
@@ -3596,91 +3677,91 @@
       <w:r w:rsidR="00B33D24">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00DD033A" w:rsidRPr="003D7C1C">
         <w:t xml:space="preserve">z wyłączeniem spraw zastrzeżonych </w:t>
       </w:r>
       <w:r w:rsidR="00BB21C1">
         <w:t>przez</w:t>
       </w:r>
       <w:r w:rsidR="00736845">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B33D24">
         <w:t xml:space="preserve">dyrektora </w:t>
       </w:r>
       <w:r w:rsidR="00736845">
         <w:t xml:space="preserve">do jego </w:t>
       </w:r>
       <w:r w:rsidR="00736845" w:rsidRPr="00BB21C1">
         <w:t>podpisu</w:t>
       </w:r>
       <w:r w:rsidR="0084371F">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006B2701" w:rsidRDefault="006B2701" w:rsidP="006B2701">
+    <w:p w:rsidR="006B2701" w:rsidRDefault="006B2701" w:rsidP="000C4A07">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r w:rsidRPr="006B2701">
         <w:t xml:space="preserve">W sytuacjach, gdy dyrektor świadczy pracę </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">i nie ma możliwości podpisania </w:t>
       </w:r>
       <w:r w:rsidRPr="006B2701">
         <w:t>pisma w trybie tradycy</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">jnym, zastępca dyrektora może, </w:t>
       </w:r>
       <w:r w:rsidRPr="006B2701">
         <w:t xml:space="preserve">na podstawie uprawnień nadanych </w:t>
       </w:r>
       <w:r w:rsidR="002612C9">
         <w:t>odrębnym</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> upoważnieniem,</w:t>
       </w:r>
       <w:r w:rsidRPr="006B2701">
         <w:t xml:space="preserve"> podpisywać pisma. Czynność tę zastępca dyrektora każdorazowo uzgadnia t</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">eleinformatycznie z dyrektorem </w:t>
       </w:r>
       <w:r w:rsidRPr="006B2701">
         <w:t>i ustalenia odwzorowuje w formie adnotacji służbowej.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DD033A" w:rsidRPr="00DD033A" w:rsidRDefault="005A6AAE" w:rsidP="00F37DF4">
+    <w:p w:rsidR="00DD033A" w:rsidRPr="00DD033A" w:rsidRDefault="005A6AAE" w:rsidP="000C4A07">
       <w:pPr>
         <w:pStyle w:val="Tekstpodstawowy2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Dyrektor oraz </w:t>
       </w:r>
       <w:r w:rsidR="00B33D24">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
@@ -3708,695 +3789,763 @@
       <w:r w:rsidR="00B33D24">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>w</w:t>
       </w:r>
       <w:r w:rsidR="00B33D24" w:rsidRPr="00DD033A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ydział </w:t>
       </w:r>
       <w:r w:rsidR="00DD033A" w:rsidRPr="00DD033A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">w ramach udzielonych odrębnie pełnomocnictw. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DD033A" w:rsidRPr="003D7C1C" w:rsidRDefault="00DD033A" w:rsidP="00F37DF4">
+    <w:p w:rsidR="00DD033A" w:rsidRPr="003D7C1C" w:rsidRDefault="00DD033A" w:rsidP="000C4A07">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r w:rsidRPr="003D7C1C">
         <w:t xml:space="preserve">Kierownicy </w:t>
       </w:r>
       <w:r w:rsidR="00B33D24">
         <w:t>o</w:t>
       </w:r>
       <w:r w:rsidR="00B33D24" w:rsidRPr="003D7C1C">
-        <w:t xml:space="preserve">ddziałów </w:t>
+        <w:t>ddziałów</w:t>
+      </w:r>
+      <w:r w:rsidR="008D560E">
+        <w:t xml:space="preserve"> obsługi</w:t>
+      </w:r>
+      <w:r w:rsidR="00B33D24" w:rsidRPr="003D7C1C">
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="003D7C1C">
         <w:t>upoważnieni są do podpisywania:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DD033A" w:rsidRPr="003D7C1C" w:rsidRDefault="00E51EB4" w:rsidP="00F37DF4">
+    <w:p w:rsidR="00DD033A" w:rsidRPr="003D7C1C" w:rsidRDefault="00E51EB4" w:rsidP="000C4A07">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:t>u</w:t>
       </w:r>
       <w:r w:rsidR="00DD033A" w:rsidRPr="003D7C1C">
         <w:t>mów</w:t>
       </w:r>
       <w:r>
         <w:t>, porozumień, zamówień i zleceń</w:t>
       </w:r>
       <w:r w:rsidR="00DD033A" w:rsidRPr="003D7C1C">
         <w:t xml:space="preserve"> zawieranych przez </w:t>
       </w:r>
       <w:r w:rsidR="00B33D24">
         <w:t>w</w:t>
       </w:r>
       <w:r w:rsidR="00B33D24" w:rsidRPr="003D7C1C">
         <w:t xml:space="preserve">ydział </w:t>
       </w:r>
       <w:r w:rsidR="00DD033A" w:rsidRPr="003D7C1C">
         <w:t>w ramach udzielonych odrębnie pełnomocnictw;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DD033A" w:rsidRDefault="00DD033A" w:rsidP="00F37DF4">
+    <w:p w:rsidR="00DD033A" w:rsidRDefault="00DD033A" w:rsidP="000C4A07">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r w:rsidRPr="003D7C1C">
         <w:t>pism kierowanych do organów osiedli i radnych, w zakresie dot</w:t>
       </w:r>
       <w:r w:rsidR="00FA5B54">
         <w:t>yczącym</w:t>
       </w:r>
       <w:r w:rsidRPr="003D7C1C">
         <w:t xml:space="preserve"> osiedla;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006F11E7" w:rsidRPr="003D7C1C" w:rsidRDefault="006F11E7" w:rsidP="00F37DF4">
+    <w:p w:rsidR="006F11E7" w:rsidRPr="003D7C1C" w:rsidRDefault="006F11E7" w:rsidP="000C4A07">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">pism przewodnich przekazujących pisma organów osiedli do podmiotów zewnętrznych </w:t>
+        <w:t>pism przewodnich przekazujących pisma organów osiedli do podmiotów zewnętrznych</w:t>
+      </w:r>
+      <w:r w:rsidR="003F2EA8">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0003267D">
         <w:t>wysyłanych</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> w oparciu o ustawę o doręczeniach elektronicznych;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DD033A" w:rsidRPr="003D7C1C" w:rsidRDefault="00DD033A" w:rsidP="00F37DF4">
+    <w:p w:rsidR="00DD033A" w:rsidRPr="003D7C1C" w:rsidRDefault="00DD033A" w:rsidP="000C4A07">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r w:rsidRPr="003D7C1C">
         <w:t>dokumentów finansowo-księgowych w ramach udzielonych odrębnie pełnomocnictw.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DD033A" w:rsidRPr="003D7C1C" w:rsidRDefault="0092268C" w:rsidP="00CE48DD">
+    <w:p w:rsidR="00DD033A" w:rsidRPr="003D7C1C" w:rsidRDefault="0092268C" w:rsidP="000C4A07">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Kierownik Oddziału </w:t>
       </w:r>
       <w:r w:rsidR="002612C9">
         <w:t>Planowania i Realizacji Wydatków</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00DD033A" w:rsidRPr="003D7C1C">
-        <w:t>jest upoważniony do podpisywania korespondencji wychodzącej dotyczącej:</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00DD033A" w:rsidRPr="003D7C1C" w:rsidRDefault="00DD033A" w:rsidP="00F37DF4">
+        <w:t>jest upoważniony do podpisywania:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D52B9A" w:rsidRDefault="00D52B9A" w:rsidP="000C4A07">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0"/>
       </w:pPr>
-      <w:r w:rsidRPr="003D7C1C">
-[...2 lines deleted...]
-      <w:r w:rsidR="00B33D24">
+      <w:r>
+        <w:t>u</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D7C1C">
+        <w:t>mów</w:t>
+      </w:r>
+      <w:r>
+        <w:t>, porozumień, zamówień i zleceń</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D7C1C">
+        <w:t xml:space="preserve"> zawieranych przez </w:t>
+      </w:r>
+      <w:r>
         <w:t>w</w:t>
       </w:r>
-      <w:r w:rsidR="00B33D24" w:rsidRPr="003D7C1C">
-[...6 lines deleted...]
-    <w:p w:rsidR="00DD033A" w:rsidRPr="003D7C1C" w:rsidRDefault="00DD033A" w:rsidP="00F37DF4">
+      <w:r w:rsidRPr="003D7C1C">
+        <w:t>ydział w ramach udzielonych odrębnie pełnomocnictw;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D52B9A" w:rsidRPr="003D7C1C" w:rsidRDefault="00D52B9A" w:rsidP="000C4A07">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r w:rsidRPr="003D7C1C">
-        <w:t>wystąpień do wydziałów i miejskich jednostek organizacyjnych o przyjęcie do realizacji zadań osiedli;</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00DD033A" w:rsidRPr="003D7C1C" w:rsidRDefault="00DD033A" w:rsidP="00F37DF4">
+        <w:t>dokumentów finansowo-księgowych w ramach udz</w:t>
+      </w:r>
+      <w:r w:rsidR="00E86A17">
+        <w:t>ielonych odrębnie pełnomocnictw</w:t>
+      </w:r>
+      <w:r w:rsidR="007761D4">
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D52B9A" w:rsidRPr="003D7C1C" w:rsidRDefault="00DD033A" w:rsidP="000C4A07">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r w:rsidRPr="003D7C1C">
-        <w:t>wniosków o dokonanie zmian w planie zamówień publicznych;</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00DD033A" w:rsidRDefault="00DD033A" w:rsidP="00F37DF4">
+        <w:t xml:space="preserve">zapytań ofertowych na realizację zadań z planu finansowego </w:t>
+      </w:r>
+      <w:r w:rsidR="00B33D24">
+        <w:t>w</w:t>
+      </w:r>
+      <w:r w:rsidR="00B33D24" w:rsidRPr="003D7C1C">
+        <w:t>ydziału</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D7C1C">
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DD033A" w:rsidRPr="003D7C1C" w:rsidRDefault="00DD033A" w:rsidP="000C4A07">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r w:rsidRPr="003D7C1C">
-        <w:t>not korygujących.</w:t>
-[...24 lines deleted...]
-          <w:numId w:val="24"/>
+        <w:t>wystąpień do wydziałów i miejskich jednostek organizacyjnych o przyjęcie do realizacji zadań osiedli;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DD033A" w:rsidRPr="003D7C1C" w:rsidRDefault="00DD033A" w:rsidP="000C4A07">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="26"/>
         </w:numPr>
         <w:suppressAutoHyphens w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r w:rsidRPr="003D7C1C">
+        <w:t>wniosków o dokonanie zmian w planie zamówień publicznych;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DD033A" w:rsidRDefault="00DD033A" w:rsidP="000C4A07">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="26"/>
+        </w:numPr>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="003D7C1C">
+        <w:t>not korygującyc</w:t>
+      </w:r>
+      <w:r w:rsidR="00D52B9A">
+        <w:t>h.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C15082" w:rsidRPr="003D7C1C" w:rsidRDefault="00C15082" w:rsidP="000C4A07">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="24"/>
+        </w:numPr>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Kierownik Oddziału Koordynacji i Funkcjonowania Jednostek Pomocniczych jest upoważniony do podpisywania wniosków dot</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA5B54">
+        <w:t>yczących</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> dostępu do Internetowego Asystenta Radnego Osiedlowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DD033A" w:rsidRPr="003D7C1C" w:rsidRDefault="00DD033A" w:rsidP="000C4A07">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="24"/>
+        </w:numPr>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="003D7C1C">
         <w:t xml:space="preserve">Pracownicy upoważnieni są do podpisywania protokołów, notatek i informacji </w:t>
       </w:r>
       <w:r w:rsidRPr="003D7C1C">
         <w:br/>
         <w:t xml:space="preserve">o charakterze wewnętrznym </w:t>
       </w:r>
       <w:r w:rsidR="00B33D24" w:rsidRPr="003D7C1C">
         <w:t>dotycząc</w:t>
       </w:r>
       <w:r w:rsidR="00B33D24">
         <w:t>ych</w:t>
       </w:r>
       <w:r w:rsidR="00B33D24" w:rsidRPr="003D7C1C">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="003D7C1C">
         <w:t xml:space="preserve">zakresu działania swojego </w:t>
       </w:r>
       <w:r w:rsidR="00B33D24">
         <w:t>o</w:t>
       </w:r>
       <w:r w:rsidR="00B33D24" w:rsidRPr="003D7C1C">
         <w:t>ddziału</w:t>
       </w:r>
       <w:r w:rsidRPr="003D7C1C">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00FA5602" w:rsidRDefault="00FA5602" w:rsidP="00F37DF4"/>
     <w:p w:rsidR="00FA5602" w:rsidRDefault="00FA5602" w:rsidP="00F37DF4">
       <w:pPr>
         <w:pStyle w:val="Nagwek2"/>
       </w:pPr>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t>Rozdział V Przepisy końcowe</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00FA5602" w:rsidRDefault="00FA5602" w:rsidP="00F37DF4">
       <w:pPr>
         <w:pStyle w:val="Nagwek3"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">§ </w:t>
       </w:r>
       <w:r w:rsidR="00DD033A">
         <w:t>10</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FA5602" w:rsidRDefault="00FA5602" w:rsidP="00CE48DD">
+    <w:p w:rsidR="00FA5602" w:rsidRDefault="00FA5602" w:rsidP="000C4A07">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Dla zapewnienia jednolitego oznakowania akt </w:t>
       </w:r>
       <w:r w:rsidR="00427AB4">
         <w:t>w</w:t>
       </w:r>
       <w:r w:rsidR="002C208D">
         <w:t>ydział stosuje symbol „WJPM</w:t>
       </w:r>
       <w:r>
         <w:t>”.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FA5602" w:rsidRDefault="00FA5602" w:rsidP="00CE48DD">
+    <w:p w:rsidR="00FA5602" w:rsidRDefault="00FA5602" w:rsidP="000C4A07">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Dla rozróżnienia pism przygotowywanych przez poszczególne oddziały i stanowiska pracy, w </w:t>
       </w:r>
       <w:r w:rsidR="00427AB4">
         <w:t>w</w:t>
       </w:r>
       <w:r>
         <w:t>ydziale stosuje się następujące symbole:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002C208D" w:rsidRDefault="002C208D" w:rsidP="00CE48DD">
+    <w:p w:rsidR="002C208D" w:rsidRDefault="002C208D" w:rsidP="000C4A07">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="11"/>
         </w:numPr>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r w:rsidRPr="003D7C1C">
         <w:t>WJPM-</w:t>
       </w:r>
       <w:r w:rsidR="00290991">
         <w:t xml:space="preserve">I – </w:t>
       </w:r>
       <w:r w:rsidRPr="003D7C1C">
         <w:t>Oddział Obsługi – Południe;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00290991" w:rsidRDefault="00290991" w:rsidP="00CE48DD">
+    <w:p w:rsidR="00290991" w:rsidRDefault="00290991" w:rsidP="000C4A07">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="11"/>
         </w:numPr>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">WJPM-II – Oddział Obsługi </w:t>
       </w:r>
       <w:r w:rsidR="00BE43CD">
         <w:t xml:space="preserve">– </w:t>
       </w:r>
       <w:r>
         <w:t>Północ;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00290991" w:rsidRDefault="00290991" w:rsidP="00CE48DD">
+    <w:p w:rsidR="00290991" w:rsidRDefault="00290991" w:rsidP="000C4A07">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="11"/>
         </w:numPr>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">WJPM-III – Oddział Obsługi </w:t>
       </w:r>
       <w:r w:rsidR="00BE43CD">
         <w:t xml:space="preserve">– </w:t>
       </w:r>
       <w:r>
         <w:t>Nowe Miasto;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00290991" w:rsidRDefault="00290991" w:rsidP="00CE48DD">
+    <w:p w:rsidR="00290991" w:rsidRDefault="00290991" w:rsidP="000C4A07">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="11"/>
         </w:numPr>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">WJPM-IV – Oddział Obsługi </w:t>
       </w:r>
       <w:r w:rsidR="00BE43CD">
         <w:t xml:space="preserve">– </w:t>
       </w:r>
       <w:r>
         <w:t>Śródmieście;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00290991" w:rsidRPr="003D7C1C" w:rsidRDefault="00290991" w:rsidP="00CE48DD">
+    <w:p w:rsidR="00290991" w:rsidRPr="003D7C1C" w:rsidRDefault="00290991" w:rsidP="000C4A07">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="11"/>
         </w:numPr>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t>WJPM-V – Oddział Koordynacji i Funkcjonowania Jednostek Pomocniczych;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FA5602" w:rsidRDefault="00290991" w:rsidP="00CE48DD">
+    <w:p w:rsidR="00FA5602" w:rsidRDefault="00290991" w:rsidP="000C4A07">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="11"/>
         </w:numPr>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t>W</w:t>
       </w:r>
       <w:r w:rsidR="00963DCB">
         <w:t xml:space="preserve">JPM-VI – Oddział </w:t>
       </w:r>
       <w:r w:rsidR="002612C9">
         <w:t>Planowania i Realizacji Wydatków</w:t>
       </w:r>
       <w:r w:rsidRPr="00963DCB">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FA5602" w:rsidRDefault="00290991" w:rsidP="00CE48DD">
+    <w:p w:rsidR="00FA5602" w:rsidRDefault="00290991" w:rsidP="000C4A07">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="11"/>
         </w:numPr>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t>WJPM-VII – stanowisko ds. obsługi sekretariatu i spraw pracowniczych.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FA5602" w:rsidRDefault="00FA5602" w:rsidP="00CE48DD">
+    <w:p w:rsidR="00FA5602" w:rsidRDefault="00FA5602" w:rsidP="000C4A07">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Na końcu znaku sprawy, po symbolu roku, w którym założono sprawę, pracownicy </w:t>
       </w:r>
       <w:r w:rsidR="00427AB4">
         <w:t>w</w:t>
       </w:r>
       <w:r>
         <w:t>ydziału mogą stosować swoje symbole literowe zgodne z oznaczeniami us</w:t>
       </w:r>
       <w:r w:rsidR="005A6AAE">
         <w:t xml:space="preserve">talonymi odrębnym zarządzeniem </w:t>
       </w:r>
       <w:r w:rsidR="00B33D24">
         <w:t>dyrektora</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E4502C" w:rsidRDefault="00FA5602" w:rsidP="00CE48DD">
+    <w:p w:rsidR="00E4502C" w:rsidRDefault="00FA5602" w:rsidP="000C4A07">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Adres poczty elektronicznej </w:t>
       </w:r>
       <w:r w:rsidR="00427AB4">
         <w:t>w</w:t>
       </w:r>
       <w:r>
         <w:t>ydziału:</w:t>
       </w:r>
       <w:r w:rsidR="00427AB4">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008B22A5">
         <w:t>wjpm</w:t>
       </w:r>
       <w:r>
         <w:t>@um.poznan.pl</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00E4502C" w:rsidSect="00882C73">
       <w:footerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="001D4218" w:rsidRDefault="001D4218" w:rsidP="0063270F">
+    <w:p w:rsidR="003F4616" w:rsidRDefault="003F4616" w:rsidP="0063270F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="001D4218" w:rsidRDefault="001D4218" w:rsidP="0063270F">
+    <w:p w:rsidR="003F4616" w:rsidRDefault="003F4616" w:rsidP="0063270F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:sdt>
-[...37 lines deleted...]
-  </w:sdt>
+  <w:p w:rsidR="00DC66B6" w:rsidRDefault="00534E9B">
+    <w:pPr>
+      <w:pStyle w:val="Stopka"/>
+      <w:jc w:val="right"/>
+    </w:pPr>
+    <w:r>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r w:rsidR="00DC66B6">
+      <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
+    </w:r>
+    <w:r>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r w:rsidR="00723BEA">
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:t>2</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+  </w:p>
   <w:p w:rsidR="00DC66B6" w:rsidRDefault="00DC66B6">
     <w:pPr>
       <w:pStyle w:val="Stopka"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="001D4218" w:rsidRDefault="001D4218" w:rsidP="0063270F">
+    <w:p w:rsidR="003F4616" w:rsidRDefault="003F4616" w:rsidP="0063270F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="001D4218" w:rsidRDefault="001D4218" w:rsidP="0063270F">
+    <w:p w:rsidR="003F4616" w:rsidRDefault="003F4616" w:rsidP="0063270F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00AF6A27"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="460A4790"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Akapitzlist1"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4987,51 +5136,51 @@
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="25C22D42"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="F1D4D126"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%3)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
@@ -7672,523 +7821,569 @@
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
+  <w:num w:numId="38">
+    <w:abstractNumId w:val="18"/>
+  </w:num>
   <w:numIdMacAtCleanup w:val="27"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="0067760A"/>
+    <w:rsidRoot w:val="00723BEA"/>
+    <w:rsid w:val="000075A7"/>
     <w:rsid w:val="00010DBB"/>
     <w:rsid w:val="00014404"/>
     <w:rsid w:val="00023296"/>
     <w:rsid w:val="00025046"/>
     <w:rsid w:val="0003138A"/>
     <w:rsid w:val="00031C26"/>
     <w:rsid w:val="0003267D"/>
     <w:rsid w:val="00037954"/>
     <w:rsid w:val="00042467"/>
+    <w:rsid w:val="00044A7B"/>
     <w:rsid w:val="00052FD3"/>
     <w:rsid w:val="00054F96"/>
     <w:rsid w:val="00072C91"/>
     <w:rsid w:val="00081FDC"/>
     <w:rsid w:val="00086D4C"/>
     <w:rsid w:val="00093232"/>
     <w:rsid w:val="00096198"/>
     <w:rsid w:val="000A1A1F"/>
     <w:rsid w:val="000A43D2"/>
     <w:rsid w:val="000A56AF"/>
     <w:rsid w:val="000B0175"/>
     <w:rsid w:val="000B27C7"/>
     <w:rsid w:val="000B5F14"/>
     <w:rsid w:val="000C1754"/>
     <w:rsid w:val="000C32C8"/>
+    <w:rsid w:val="000C4A07"/>
+    <w:rsid w:val="000C4FD9"/>
     <w:rsid w:val="000D054C"/>
     <w:rsid w:val="000D6A48"/>
     <w:rsid w:val="000E4D13"/>
     <w:rsid w:val="000F3384"/>
     <w:rsid w:val="000F4A9A"/>
     <w:rsid w:val="000F6852"/>
     <w:rsid w:val="000F7691"/>
     <w:rsid w:val="000F7CFE"/>
     <w:rsid w:val="00100E50"/>
     <w:rsid w:val="00101923"/>
     <w:rsid w:val="001152FE"/>
     <w:rsid w:val="001240B2"/>
     <w:rsid w:val="0012505A"/>
     <w:rsid w:val="0012562B"/>
     <w:rsid w:val="001306A8"/>
     <w:rsid w:val="001314EA"/>
     <w:rsid w:val="001330F2"/>
+    <w:rsid w:val="00141194"/>
     <w:rsid w:val="001463A0"/>
     <w:rsid w:val="00153FDC"/>
+    <w:rsid w:val="0016118B"/>
     <w:rsid w:val="00197214"/>
     <w:rsid w:val="001A2E1B"/>
     <w:rsid w:val="001A3310"/>
     <w:rsid w:val="001B11A8"/>
     <w:rsid w:val="001B19C2"/>
     <w:rsid w:val="001C4D4B"/>
     <w:rsid w:val="001C4DF3"/>
     <w:rsid w:val="001D4218"/>
     <w:rsid w:val="001D4ADF"/>
     <w:rsid w:val="001E45ED"/>
     <w:rsid w:val="001F1159"/>
     <w:rsid w:val="002059D5"/>
     <w:rsid w:val="00211C4E"/>
+    <w:rsid w:val="002144DB"/>
     <w:rsid w:val="00226B2B"/>
     <w:rsid w:val="00233E4E"/>
     <w:rsid w:val="00240CC2"/>
     <w:rsid w:val="002432B4"/>
+    <w:rsid w:val="00254642"/>
     <w:rsid w:val="00255041"/>
     <w:rsid w:val="002612C9"/>
     <w:rsid w:val="00264301"/>
     <w:rsid w:val="00267BC9"/>
     <w:rsid w:val="002847E9"/>
     <w:rsid w:val="00290991"/>
     <w:rsid w:val="00292364"/>
     <w:rsid w:val="00292797"/>
     <w:rsid w:val="002A6AC6"/>
     <w:rsid w:val="002A7AE4"/>
     <w:rsid w:val="002B2636"/>
     <w:rsid w:val="002C0420"/>
+    <w:rsid w:val="002C19A2"/>
     <w:rsid w:val="002C208D"/>
     <w:rsid w:val="002D612B"/>
+    <w:rsid w:val="002F05AC"/>
     <w:rsid w:val="002F3640"/>
     <w:rsid w:val="00320B9B"/>
+    <w:rsid w:val="00321FFA"/>
     <w:rsid w:val="0033238B"/>
     <w:rsid w:val="00332A61"/>
     <w:rsid w:val="003375D2"/>
     <w:rsid w:val="0035192A"/>
     <w:rsid w:val="0035444C"/>
     <w:rsid w:val="003562B6"/>
     <w:rsid w:val="00364165"/>
     <w:rsid w:val="003649E0"/>
     <w:rsid w:val="00372609"/>
     <w:rsid w:val="003852BE"/>
+    <w:rsid w:val="0039797D"/>
+    <w:rsid w:val="003B026A"/>
     <w:rsid w:val="003B237C"/>
     <w:rsid w:val="003B26E3"/>
     <w:rsid w:val="003B4F20"/>
     <w:rsid w:val="003C2638"/>
     <w:rsid w:val="003C62D4"/>
     <w:rsid w:val="003D4F1B"/>
     <w:rsid w:val="003D643E"/>
     <w:rsid w:val="003D7069"/>
     <w:rsid w:val="003D7B16"/>
+    <w:rsid w:val="003E1DC0"/>
+    <w:rsid w:val="003F04FC"/>
     <w:rsid w:val="003F1EC5"/>
+    <w:rsid w:val="003F2EA8"/>
     <w:rsid w:val="003F3C4D"/>
+    <w:rsid w:val="003F4616"/>
     <w:rsid w:val="00401F01"/>
     <w:rsid w:val="00406932"/>
     <w:rsid w:val="00406B44"/>
     <w:rsid w:val="00427AB4"/>
     <w:rsid w:val="00434D99"/>
     <w:rsid w:val="00440293"/>
     <w:rsid w:val="00455319"/>
     <w:rsid w:val="004649A2"/>
     <w:rsid w:val="00465EC3"/>
     <w:rsid w:val="00466543"/>
     <w:rsid w:val="0046667A"/>
     <w:rsid w:val="00467E88"/>
     <w:rsid w:val="00467F68"/>
     <w:rsid w:val="00472DCC"/>
     <w:rsid w:val="00475E29"/>
     <w:rsid w:val="00484A91"/>
     <w:rsid w:val="00490684"/>
     <w:rsid w:val="0049286F"/>
     <w:rsid w:val="00493EF0"/>
     <w:rsid w:val="00494AE4"/>
     <w:rsid w:val="00495872"/>
     <w:rsid w:val="004B2F93"/>
     <w:rsid w:val="004B77EF"/>
     <w:rsid w:val="004C0BDF"/>
     <w:rsid w:val="004C22D5"/>
     <w:rsid w:val="004E0F8D"/>
     <w:rsid w:val="004E1F33"/>
+    <w:rsid w:val="004F5A46"/>
+    <w:rsid w:val="004F7653"/>
     <w:rsid w:val="004F7F50"/>
     <w:rsid w:val="00506F91"/>
     <w:rsid w:val="005075EE"/>
+    <w:rsid w:val="00517729"/>
     <w:rsid w:val="00524262"/>
+    <w:rsid w:val="00527B8D"/>
     <w:rsid w:val="005343B3"/>
     <w:rsid w:val="00534E9B"/>
     <w:rsid w:val="00556966"/>
     <w:rsid w:val="005668FD"/>
     <w:rsid w:val="0057378A"/>
     <w:rsid w:val="00581928"/>
     <w:rsid w:val="00591F65"/>
     <w:rsid w:val="005923C0"/>
     <w:rsid w:val="005A0460"/>
     <w:rsid w:val="005A6AAE"/>
     <w:rsid w:val="005B21B0"/>
     <w:rsid w:val="005C10A9"/>
     <w:rsid w:val="005C4C61"/>
     <w:rsid w:val="005D0553"/>
     <w:rsid w:val="005D10D1"/>
     <w:rsid w:val="005D4256"/>
     <w:rsid w:val="005D5E7B"/>
     <w:rsid w:val="005F0357"/>
     <w:rsid w:val="005F16E2"/>
     <w:rsid w:val="005F28F6"/>
     <w:rsid w:val="005F2DC4"/>
     <w:rsid w:val="005F6165"/>
     <w:rsid w:val="0060338D"/>
     <w:rsid w:val="006054AE"/>
     <w:rsid w:val="006058CE"/>
     <w:rsid w:val="00612F17"/>
     <w:rsid w:val="00614DC5"/>
     <w:rsid w:val="00617822"/>
     <w:rsid w:val="00620953"/>
     <w:rsid w:val="00630A03"/>
     <w:rsid w:val="0063270F"/>
     <w:rsid w:val="00640C15"/>
     <w:rsid w:val="00651944"/>
     <w:rsid w:val="00654FE6"/>
+    <w:rsid w:val="0065790E"/>
     <w:rsid w:val="00657F93"/>
     <w:rsid w:val="00665883"/>
+    <w:rsid w:val="006710A8"/>
     <w:rsid w:val="00673E0A"/>
     <w:rsid w:val="0067760A"/>
     <w:rsid w:val="006812CD"/>
     <w:rsid w:val="006976A8"/>
+    <w:rsid w:val="006A29B8"/>
     <w:rsid w:val="006A493D"/>
     <w:rsid w:val="006B2701"/>
     <w:rsid w:val="006C2175"/>
     <w:rsid w:val="006D049D"/>
     <w:rsid w:val="006D1E46"/>
     <w:rsid w:val="006E1235"/>
     <w:rsid w:val="006E1B43"/>
     <w:rsid w:val="006E4E58"/>
     <w:rsid w:val="006F0452"/>
     <w:rsid w:val="006F0CE9"/>
     <w:rsid w:val="006F11E7"/>
     <w:rsid w:val="00703988"/>
     <w:rsid w:val="0070457C"/>
+    <w:rsid w:val="00723BEA"/>
     <w:rsid w:val="0073305C"/>
     <w:rsid w:val="007353D2"/>
     <w:rsid w:val="00736845"/>
     <w:rsid w:val="007453E0"/>
+    <w:rsid w:val="007761D4"/>
     <w:rsid w:val="00777DB0"/>
     <w:rsid w:val="00780ED0"/>
     <w:rsid w:val="00781107"/>
     <w:rsid w:val="00781E2B"/>
     <w:rsid w:val="00797C39"/>
     <w:rsid w:val="007A355F"/>
     <w:rsid w:val="007B0FA1"/>
     <w:rsid w:val="007C2858"/>
     <w:rsid w:val="007C66CC"/>
+    <w:rsid w:val="007D27F6"/>
+    <w:rsid w:val="007E4952"/>
     <w:rsid w:val="007E5586"/>
     <w:rsid w:val="007E5DFD"/>
     <w:rsid w:val="007E6C41"/>
     <w:rsid w:val="0080024D"/>
     <w:rsid w:val="00801F6B"/>
     <w:rsid w:val="00804808"/>
+    <w:rsid w:val="00804C7C"/>
+    <w:rsid w:val="008074C3"/>
     <w:rsid w:val="008114BC"/>
     <w:rsid w:val="00820BE3"/>
     <w:rsid w:val="008264F0"/>
     <w:rsid w:val="00830AFF"/>
     <w:rsid w:val="008310AB"/>
     <w:rsid w:val="008354FA"/>
     <w:rsid w:val="0084371F"/>
     <w:rsid w:val="00846E62"/>
     <w:rsid w:val="00851A77"/>
     <w:rsid w:val="008520FF"/>
     <w:rsid w:val="0085794A"/>
     <w:rsid w:val="00882C73"/>
     <w:rsid w:val="008838A1"/>
     <w:rsid w:val="008907E2"/>
     <w:rsid w:val="00894D15"/>
     <w:rsid w:val="008A7BF1"/>
     <w:rsid w:val="008A7D11"/>
     <w:rsid w:val="008B22A5"/>
     <w:rsid w:val="008C032A"/>
     <w:rsid w:val="008C0A8A"/>
     <w:rsid w:val="008C653D"/>
     <w:rsid w:val="008D066A"/>
     <w:rsid w:val="008D21F9"/>
     <w:rsid w:val="008D2B1C"/>
+    <w:rsid w:val="008D560E"/>
     <w:rsid w:val="008D773A"/>
     <w:rsid w:val="008E0D62"/>
     <w:rsid w:val="008F0B3B"/>
     <w:rsid w:val="008F4C36"/>
     <w:rsid w:val="0091689C"/>
     <w:rsid w:val="00917683"/>
     <w:rsid w:val="00920001"/>
     <w:rsid w:val="0092268C"/>
     <w:rsid w:val="00923AFF"/>
+    <w:rsid w:val="00925E55"/>
     <w:rsid w:val="00927D72"/>
     <w:rsid w:val="009348DE"/>
     <w:rsid w:val="009373B8"/>
     <w:rsid w:val="00937D90"/>
     <w:rsid w:val="00944E89"/>
     <w:rsid w:val="009453F7"/>
     <w:rsid w:val="00945DF2"/>
     <w:rsid w:val="00954536"/>
     <w:rsid w:val="00954549"/>
     <w:rsid w:val="00963DCB"/>
     <w:rsid w:val="00964D3F"/>
     <w:rsid w:val="009714D2"/>
+    <w:rsid w:val="009775F6"/>
     <w:rsid w:val="00984D33"/>
     <w:rsid w:val="00986427"/>
     <w:rsid w:val="00987B10"/>
     <w:rsid w:val="0099260A"/>
     <w:rsid w:val="00995132"/>
     <w:rsid w:val="009C53B7"/>
     <w:rsid w:val="009D00CA"/>
     <w:rsid w:val="009D63DD"/>
+    <w:rsid w:val="009E4D22"/>
+    <w:rsid w:val="009F22FF"/>
     <w:rsid w:val="009F4A76"/>
     <w:rsid w:val="009F4E71"/>
     <w:rsid w:val="00A07DE7"/>
     <w:rsid w:val="00A110A3"/>
     <w:rsid w:val="00A14F75"/>
     <w:rsid w:val="00A208FE"/>
     <w:rsid w:val="00A25EC7"/>
     <w:rsid w:val="00A2695B"/>
     <w:rsid w:val="00A31702"/>
     <w:rsid w:val="00A32E86"/>
     <w:rsid w:val="00A3780C"/>
     <w:rsid w:val="00A41B61"/>
     <w:rsid w:val="00A46C98"/>
     <w:rsid w:val="00A5704C"/>
     <w:rsid w:val="00A60B1D"/>
     <w:rsid w:val="00A63898"/>
     <w:rsid w:val="00A72F12"/>
     <w:rsid w:val="00A82D3E"/>
     <w:rsid w:val="00A848EA"/>
     <w:rsid w:val="00A8662F"/>
     <w:rsid w:val="00AB0C3C"/>
     <w:rsid w:val="00AB1DB0"/>
     <w:rsid w:val="00AB3481"/>
     <w:rsid w:val="00AD4C4E"/>
     <w:rsid w:val="00AE52C0"/>
     <w:rsid w:val="00AE730F"/>
     <w:rsid w:val="00AF015F"/>
     <w:rsid w:val="00AF6C88"/>
     <w:rsid w:val="00B0456F"/>
     <w:rsid w:val="00B04FB2"/>
     <w:rsid w:val="00B11BF2"/>
     <w:rsid w:val="00B33D24"/>
+    <w:rsid w:val="00B37670"/>
     <w:rsid w:val="00B45B9F"/>
     <w:rsid w:val="00B52FD9"/>
     <w:rsid w:val="00B53686"/>
     <w:rsid w:val="00B66670"/>
     <w:rsid w:val="00B90005"/>
     <w:rsid w:val="00B909D3"/>
     <w:rsid w:val="00B979D2"/>
     <w:rsid w:val="00BA5893"/>
     <w:rsid w:val="00BA707A"/>
     <w:rsid w:val="00BB21C1"/>
     <w:rsid w:val="00BB6615"/>
     <w:rsid w:val="00BC3D5D"/>
     <w:rsid w:val="00BC6E58"/>
     <w:rsid w:val="00BE26D4"/>
     <w:rsid w:val="00BE43CD"/>
     <w:rsid w:val="00BF2504"/>
+    <w:rsid w:val="00BF3AED"/>
+    <w:rsid w:val="00C00610"/>
     <w:rsid w:val="00C00D64"/>
     <w:rsid w:val="00C02F5E"/>
     <w:rsid w:val="00C117E0"/>
     <w:rsid w:val="00C15082"/>
     <w:rsid w:val="00C1665C"/>
     <w:rsid w:val="00C355D7"/>
     <w:rsid w:val="00C3782F"/>
     <w:rsid w:val="00C53D66"/>
     <w:rsid w:val="00C55ACA"/>
     <w:rsid w:val="00C61156"/>
     <w:rsid w:val="00C639A7"/>
     <w:rsid w:val="00C6523E"/>
     <w:rsid w:val="00C67204"/>
     <w:rsid w:val="00C70D65"/>
+    <w:rsid w:val="00C80069"/>
     <w:rsid w:val="00C83646"/>
     <w:rsid w:val="00C91691"/>
     <w:rsid w:val="00CB0251"/>
     <w:rsid w:val="00CB154D"/>
     <w:rsid w:val="00CB35DB"/>
     <w:rsid w:val="00CB7BF8"/>
     <w:rsid w:val="00CB7CB3"/>
     <w:rsid w:val="00CC15E0"/>
     <w:rsid w:val="00CC5584"/>
+    <w:rsid w:val="00CC784A"/>
     <w:rsid w:val="00CE01DB"/>
     <w:rsid w:val="00CE48DD"/>
     <w:rsid w:val="00CE553B"/>
     <w:rsid w:val="00CE5545"/>
     <w:rsid w:val="00CE72E2"/>
     <w:rsid w:val="00CF3E6C"/>
     <w:rsid w:val="00D14543"/>
     <w:rsid w:val="00D238DF"/>
     <w:rsid w:val="00D26098"/>
     <w:rsid w:val="00D274C7"/>
     <w:rsid w:val="00D30912"/>
+    <w:rsid w:val="00D351E9"/>
+    <w:rsid w:val="00D52B9A"/>
     <w:rsid w:val="00D53404"/>
     <w:rsid w:val="00D60DC1"/>
     <w:rsid w:val="00D67DEA"/>
+    <w:rsid w:val="00D728F5"/>
     <w:rsid w:val="00D7727D"/>
     <w:rsid w:val="00D80B33"/>
     <w:rsid w:val="00D812D3"/>
     <w:rsid w:val="00D84C72"/>
     <w:rsid w:val="00D86A9F"/>
     <w:rsid w:val="00D950D9"/>
     <w:rsid w:val="00DA7B7E"/>
     <w:rsid w:val="00DB0867"/>
     <w:rsid w:val="00DC3F0D"/>
     <w:rsid w:val="00DC66B6"/>
     <w:rsid w:val="00DD033A"/>
     <w:rsid w:val="00DD3E5A"/>
     <w:rsid w:val="00DD663D"/>
     <w:rsid w:val="00DF0894"/>
     <w:rsid w:val="00DF497F"/>
     <w:rsid w:val="00E066B4"/>
     <w:rsid w:val="00E119A6"/>
     <w:rsid w:val="00E274CB"/>
     <w:rsid w:val="00E34CAC"/>
     <w:rsid w:val="00E4502C"/>
     <w:rsid w:val="00E51C9D"/>
     <w:rsid w:val="00E51EB4"/>
     <w:rsid w:val="00E5574F"/>
     <w:rsid w:val="00E61619"/>
     <w:rsid w:val="00E71F45"/>
+    <w:rsid w:val="00E757FE"/>
     <w:rsid w:val="00E801B7"/>
+    <w:rsid w:val="00E86A17"/>
+    <w:rsid w:val="00E97FB0"/>
     <w:rsid w:val="00EA67DE"/>
     <w:rsid w:val="00EB6C2F"/>
     <w:rsid w:val="00EC24D6"/>
     <w:rsid w:val="00EC6970"/>
     <w:rsid w:val="00ED0CA8"/>
     <w:rsid w:val="00ED12ED"/>
+    <w:rsid w:val="00ED189D"/>
     <w:rsid w:val="00ED517B"/>
     <w:rsid w:val="00EF06F0"/>
     <w:rsid w:val="00EF3BAA"/>
+    <w:rsid w:val="00EF5051"/>
     <w:rsid w:val="00F06264"/>
     <w:rsid w:val="00F063CE"/>
     <w:rsid w:val="00F14B08"/>
     <w:rsid w:val="00F15787"/>
     <w:rsid w:val="00F16700"/>
     <w:rsid w:val="00F26CBA"/>
     <w:rsid w:val="00F37DF4"/>
     <w:rsid w:val="00F419A9"/>
     <w:rsid w:val="00F45C0A"/>
     <w:rsid w:val="00F50705"/>
     <w:rsid w:val="00F56669"/>
     <w:rsid w:val="00F81921"/>
     <w:rsid w:val="00F83049"/>
+    <w:rsid w:val="00F837A5"/>
     <w:rsid w:val="00F84D92"/>
     <w:rsid w:val="00F8614B"/>
     <w:rsid w:val="00F92C91"/>
     <w:rsid w:val="00F953B2"/>
     <w:rsid w:val="00FA3EA7"/>
     <w:rsid w:val="00FA5602"/>
     <w:rsid w:val="00FA5B54"/>
     <w:rsid w:val="00FC544C"/>
     <w:rsid w:val="00FE1160"/>
     <w:rsid w:val="00FE205F"/>
     <w:rsid w:val="00FE32A8"/>
     <w:rsid w:val="00FE4848"/>
     <w:rsid w:val="00FE7110"/>
     <w:rsid w:val="00FF6879"/>
     <w:rsid w:val="00FF793F"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pl-PL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w15:docId w15:val="{418C7608-7AEC-48EA-9873-671DB646DE54}"/>
+  <w15:docId w15:val="{CF447119-4BEB-4E9C-9B98-FE20709AA559}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...2 lines deleted...]
-        <w:lang w:val="pl-PL" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+        <w:lang w:val="pl-PL" w:eastAsia="pl-PL" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault>
-[...3 lines deleted...]
-    </w:pPrDefault>
+    <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -8528,168 +8723,166 @@
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normalny">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00FA5602"/>
     <w:pPr>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-      <w:lang w:eastAsia="pl-PL"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Nagwek1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Nagwek"/>
     <w:next w:val="Normalny"/>
     <w:link w:val="Nagwek1Znak"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="00FA5602"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="600" w:after="480" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="SimSun"/>
       <w:b/>
-      <w:color w:val="000000" w:themeColor="text1"/>
+      <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Nagwek2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normalny"/>
     <w:next w:val="Normalny"/>
     <w:link w:val="Nagwek2Znak"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="99"/>
     <w:qFormat/>
     <w:rsid w:val="00FA5602"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40" w:after="240"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:color w:val="000000"/>
       <w:szCs w:val="26"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Nagwek3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normalny"/>
     <w:next w:val="Normalny"/>
     <w:link w:val="Nagwek3Znak"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="99"/>
     <w:qFormat/>
     <w:rsid w:val="00F37DF4"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="280" w:after="240" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
-      <w:color w:val="000000" w:themeColor="text1"/>
+      <w:color w:val="000000"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Domylnaczcionkaakapitu">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Standardowy">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Bezlisty">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="regulamin1">
     <w:name w:val="regulamin1"/>
     <w:basedOn w:val="Tytu"/>
     <w:link w:val="regulamin1Znak"/>
     <w:rsid w:val="00267BC9"/>
     <w:rPr>
       <w:rFonts w:cs="Arial"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="regulamin1Znak">
     <w:name w:val="regulamin1 Znak"/>
-    <w:basedOn w:val="TytuZnak"/>
     <w:link w:val="regulamin1"/>
     <w:rsid w:val="00267BC9"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b w:val="0"/>
       <w:spacing w:val="-10"/>
       <w:kern w:val="28"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="pl-PL"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Tytu">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normalny"/>
     <w:next w:val="Normalny"/>
     <w:link w:val="TytuZnak"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="99"/>
     <w:qFormat/>
     <w:rsid w:val="00AD4C4E"/>
     <w:pPr>
       <w:spacing w:before="480" w:after="480" w:line="240" w:lineRule="auto"/>
       <w:contextualSpacing/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:spacing w:val="-10"/>
       <w:kern w:val="2"/>
@@ -8699,320 +8892,311 @@
   <w:style w:type="character" w:customStyle="1" w:styleId="TytuZnak">
     <w:name w:val="Tytuł Znak"/>
     <w:link w:val="Tytu"/>
     <w:uiPriority w:val="99"/>
     <w:qFormat/>
     <w:rsid w:val="00AD4C4E"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:spacing w:val="-10"/>
       <w:kern w:val="2"/>
       <w:szCs w:val="56"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="regrozdzia">
     <w:name w:val="reg rozdział"/>
     <w:basedOn w:val="Nagwek1"/>
     <w:link w:val="regrozdziaZnak"/>
     <w:rsid w:val="001240B2"/>
     <w:rPr>
       <w:rFonts w:cs="Arial"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="regrozdziaZnak">
     <w:name w:val="reg rozdział Znak"/>
-    <w:basedOn w:val="Nagwek1Znak"/>
     <w:link w:val="regrozdzia"/>
     <w:rsid w:val="001240B2"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
-      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:color w:val="2F5496"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="pl-PL"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Nagwek1Znak">
     <w:name w:val="Nagłówek 1 Znak"/>
     <w:link w:val="Nagwek1"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00FA5602"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:b/>
-      <w:color w:val="000000" w:themeColor="text1"/>
+      <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="32"/>
       <w:lang w:eastAsia="pl-PL"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Styl1">
     <w:name w:val="Styl1"/>
     <w:basedOn w:val="Tytu"/>
     <w:link w:val="Styl1Znak"/>
     <w:autoRedefine/>
     <w:qFormat/>
     <w:rsid w:val="00AD4C4E"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="5"/>
       </w:numPr>
       <w:jc w:val="left"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Styl1Znak">
     <w:name w:val="Styl1 Znak"/>
     <w:link w:val="Styl1"/>
     <w:rsid w:val="00AD4C4E"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:spacing w:val="-10"/>
       <w:kern w:val="2"/>
       <w:szCs w:val="56"/>
       <w:lang w:eastAsia="pl-PL"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="regtytu">
     <w:name w:val="reg tytuł"/>
     <w:basedOn w:val="Tytu"/>
     <w:link w:val="regtytuZnak"/>
     <w:rsid w:val="001240B2"/>
     <w:rPr>
       <w:rFonts w:cs="Arial"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="regtytuZnak">
     <w:name w:val="reg tytuł Znak"/>
-    <w:basedOn w:val="TytuZnak"/>
     <w:link w:val="regtytu"/>
     <w:rsid w:val="001240B2"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b w:val="0"/>
       <w:spacing w:val="-10"/>
       <w:kern w:val="28"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="pl-PL"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="regPunktowanie1">
     <w:name w:val="reg Punktowanie1"/>
     <w:basedOn w:val="Akapitzlist"/>
     <w:link w:val="regPunktowanie1Znak"/>
     <w:rsid w:val="001240B2"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="1"/>
       </w:numPr>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+      <w:rFonts w:cs="Arial"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="regPunktowanie1Znak">
     <w:name w:val="reg Punktowanie1 Znak"/>
-    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
     <w:link w:val="regPunktowanie1"/>
     <w:rsid w:val="001240B2"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="pl-PL"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Akapitzlist">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normalny"/>
     <w:link w:val="AkapitzlistZnak"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00CE48DD"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="1"/>
         <w:numId w:val="10"/>
       </w:numPr>
       <w:suppressAutoHyphens w:val="0"/>
       <w:spacing w:after="0"/>
       <w:contextualSpacing/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:rFonts w:eastAsia="Calibri"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="regpkt1">
     <w:name w:val="reg pkt 1"/>
     <w:basedOn w:val="Akapitzlist"/>
     <w:link w:val="regpkt1Znak"/>
     <w:rsid w:val="001240B2"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="2"/>
       </w:numPr>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+      <w:rFonts w:cs="Arial"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="regpkt1Znak">
     <w:name w:val="reg pkt 1 Znak"/>
-    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
     <w:link w:val="regpkt1"/>
     <w:rsid w:val="001240B2"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="pl-PL"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="regpkta">
     <w:name w:val="reg pkt a)"/>
     <w:basedOn w:val="Akapitzlist"/>
     <w:link w:val="regpktaZnak"/>
     <w:rsid w:val="001240B2"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="4"/>
       </w:numPr>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+      <w:rFonts w:cs="Arial"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="regpktaZnak">
     <w:name w:val="reg pkt a) Znak"/>
-    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
     <w:link w:val="regpkta"/>
     <w:rsid w:val="001240B2"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="pl-PL"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="regpkt10">
     <w:name w:val="reg pkt 1)"/>
     <w:basedOn w:val="Akapitzlist"/>
     <w:link w:val="regpkt1Znak0"/>
     <w:rsid w:val="001240B2"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="3"/>
       </w:numPr>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+      <w:rFonts w:cs="Arial"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="regpkt1Znak0">
     <w:name w:val="reg pkt 1) Znak"/>
-    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
     <w:link w:val="regpkt10"/>
     <w:rsid w:val="001240B2"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="pl-PL"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="regparagraf">
     <w:name w:val="reg paragraf"/>
     <w:basedOn w:val="regrozdzia"/>
     <w:link w:val="regparagrafZnak"/>
     <w:rsid w:val="001240B2"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="regparagrafZnak">
     <w:name w:val="reg paragraf Znak"/>
-    <w:basedOn w:val="regrozdziaZnak"/>
     <w:link w:val="regparagraf"/>
     <w:rsid w:val="001240B2"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
-      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:color w:val="2F5496"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="pl-PL"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="regtekst">
     <w:name w:val="reg tekst"/>
     <w:basedOn w:val="Normalny"/>
     <w:link w:val="regtekstZnak"/>
     <w:rsid w:val="001240B2"/>
     <w:rPr>
       <w:rFonts w:cs="Arial"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="regtekstZnak">
     <w:name w:val="reg tekst Znak"/>
-    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
     <w:link w:val="regtekst"/>
     <w:rsid w:val="001240B2"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="regrozdz">
     <w:name w:val="reg rozdz"/>
     <w:basedOn w:val="regPunktowanie1"/>
     <w:link w:val="regrozdzZnak"/>
     <w:qFormat/>
     <w:rsid w:val="001240B2"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="0"/>
       </w:numPr>
       <w:ind w:left="1080"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="regrozdzZnak">
     <w:name w:val="reg rozdz Znak"/>
-    <w:basedOn w:val="regPunktowanie1Znak"/>
     <w:link w:val="regrozdz"/>
     <w:rsid w:val="001240B2"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="pl-PL"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Nagwek2Znak">
     <w:name w:val="Nagłówek 2 Znak"/>
     <w:link w:val="Nagwek2"/>
     <w:uiPriority w:val="99"/>
     <w:qFormat/>
     <w:rsid w:val="00FA5602"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:b/>
       <w:color w:val="000000"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Styl2">
     <w:name w:val="Styl2"/>
     <w:basedOn w:val="Nagwek1"/>
@@ -9034,108 +9218,105 @@
       <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
       <w:color w:val="auto"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Styl2Znak">
     <w:name w:val="Styl2 Znak"/>
     <w:link w:val="Styl2"/>
     <w:rsid w:val="00AD4C4E"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
       <w:sz w:val="24"/>
       <w:lang w:eastAsia="pl-PL"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Styl3">
     <w:name w:val="Styl3"/>
     <w:basedOn w:val="Nagwek1"/>
     <w:link w:val="Styl3Znak"/>
     <w:qFormat/>
     <w:rsid w:val="0012562B"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Styl3Znak">
     <w:name w:val="Styl3 Znak"/>
-    <w:basedOn w:val="Nagwek1Znak"/>
     <w:link w:val="Styl3"/>
     <w:rsid w:val="0012562B"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="SimSun" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:b/>
-      <w:color w:val="000000" w:themeColor="text1"/>
+      <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="32"/>
       <w:lang w:eastAsia="pl-PL"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Styl4">
     <w:name w:val="Styl4"/>
     <w:basedOn w:val="Nagwek2"/>
     <w:link w:val="Styl4Znak"/>
     <w:qFormat/>
     <w:rsid w:val="0012562B"/>
     <w:rPr>
       <w:sz w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Styl4Znak">
     <w:name w:val="Styl4 Znak"/>
-    <w:basedOn w:val="Nagwek2Znak"/>
     <w:link w:val="Styl4"/>
     <w:rsid w:val="0012562B"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:b/>
-      <w:color w:val="000000" w:themeColor="text1"/>
+      <w:color w:val="000000"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
       <w:lang w:eastAsia="pl-PL"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Styl5">
     <w:name w:val="Styl5"/>
     <w:basedOn w:val="Nagwek2"/>
     <w:link w:val="Styl5Znak"/>
     <w:qFormat/>
     <w:rsid w:val="0012562B"/>
     <w:pPr>
       <w:spacing w:before="160" w:after="120"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Styl5Znak">
     <w:name w:val="Styl5 Znak"/>
-    <w:basedOn w:val="Nagwek2Znak"/>
     <w:link w:val="Styl5"/>
     <w:rsid w:val="0012562B"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:b/>
-      <w:color w:val="000000" w:themeColor="text1"/>
+      <w:color w:val="000000"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
       <w:lang w:eastAsia="pl-PL"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Podtytu">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normalny"/>
     <w:next w:val="Normalny"/>
     <w:link w:val="PodtytuZnak"/>
     <w:uiPriority w:val="11"/>
     <w:qFormat/>
     <w:rsid w:val="005D4256"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="1"/>
       </w:numPr>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:spacing w:val="15"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="PodtytuZnak">
     <w:name w:val="Podtytuł Znak"/>
@@ -9170,542 +9351,495 @@
     <w:link w:val="Cytat"/>
     <w:uiPriority w:val="29"/>
     <w:rsid w:val="005D4256"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:iCs/>
       <w:color w:val="404040"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Nagwek">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normalny"/>
     <w:link w:val="NagwekZnak"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="004B77EF"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="NagwekZnak">
     <w:name w:val="Nagłówek Znak"/>
-    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
     <w:link w:val="Nagwek"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="004B77EF"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="pl-PL"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Nagowek1">
     <w:name w:val="Nagłowek 1"/>
     <w:basedOn w:val="Normalny"/>
     <w:link w:val="Nagowek1Znak"/>
     <w:autoRedefine/>
     <w:rsid w:val="006054AE"/>
     <w:pPr>
       <w:spacing w:before="720"/>
       <w:ind w:left="-567"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
+      <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
       <w:b/>
       <w:sz w:val="56"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Nagowek1Znak">
     <w:name w:val="Nagłowek 1 Znak"/>
-    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
     <w:link w:val="Nagowek1"/>
     <w:rsid w:val="006054AE"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
       <w:sz w:val="56"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Cytaty">
     <w:name w:val="Cytaty"/>
     <w:basedOn w:val="Normalny"/>
     <w:autoRedefine/>
     <w:qFormat/>
     <w:rsid w:val="00AD4C4E"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
       <w:ind w:left="5954" w:right="567"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="21"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Nagwek3Znak">
     <w:name w:val="Nagłówek 3 Znak"/>
     <w:link w:val="Nagwek3"/>
     <w:uiPriority w:val="99"/>
     <w:qFormat/>
     <w:rsid w:val="00F37DF4"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:b/>
-      <w:color w:val="000000" w:themeColor="text1"/>
+      <w:color w:val="000000"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="pl-PL"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Akapitzlist1">
     <w:name w:val="Akapit  z listą 1"/>
     <w:basedOn w:val="Styl1"/>
     <w:autoRedefine/>
     <w:qFormat/>
     <w:rsid w:val="00AD4C4E"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="7"/>
       </w:numPr>
       <w:ind w:left="357" w:hanging="357"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Akapitzlist2">
     <w:name w:val="Akapit z listą 2"/>
     <w:basedOn w:val="Styl2"/>
     <w:link w:val="Akapitzlist2Znak"/>
     <w:autoRedefine/>
     <w:qFormat/>
     <w:rsid w:val="00AD4C4E"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="0"/>
       </w:numPr>
       <w:tabs>
         <w:tab w:val="num" w:pos="720"/>
       </w:tabs>
       <w:ind w:left="527" w:hanging="357"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Akapitzlist2Znak">
     <w:name w:val="Akapit z listą 2 Znak"/>
-    <w:basedOn w:val="Styl2Znak"/>
     <w:link w:val="Akapitzlist2"/>
     <w:rsid w:val="00AD4C4E"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
       <w:sz w:val="24"/>
       <w:lang w:eastAsia="pl-PL"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Nagowek4">
     <w:name w:val="Nagłowek 4"/>
     <w:basedOn w:val="Normalny"/>
     <w:link w:val="Nagowek4Znak"/>
     <w:autoRedefine/>
     <w:rsid w:val="00703988"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="280" w:after="240" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Nagowek4Znak">
     <w:name w:val="Nagłowek 4 Znak"/>
-    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
     <w:link w:val="Nagowek4"/>
     <w:rsid w:val="00703988"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:b/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="AkapitzlistZnak">
     <w:name w:val="Akapit z listą Znak"/>
     <w:link w:val="Akapitzlist"/>
     <w:uiPriority w:val="34"/>
     <w:rsid w:val="00CE48DD"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="pl-PL"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Stopka">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normalny"/>
     <w:link w:val="StopkaZnak"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="0063270F"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="StopkaZnak">
     <w:name w:val="Stopka Znak"/>
-    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
     <w:link w:val="Stopka"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="0063270F"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="pl-PL"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Tekstkomentarza">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="Normalny"/>
     <w:link w:val="TekstkomentarzaZnak"/>
     <w:semiHidden/>
     <w:rsid w:val="00153FDC"/>
     <w:pPr>
       <w:suppressAutoHyphens w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TekstkomentarzaZnak">
     <w:name w:val="Tekst komentarza Znak"/>
-    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
     <w:link w:val="Tekstkomentarza"/>
     <w:semiHidden/>
     <w:rsid w:val="00153FDC"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="pl-PL"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Odwoaniedokomentarza">
     <w:name w:val="annotation reference"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00153FDC"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Tekstdymka">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normalny"/>
     <w:link w:val="TekstdymkaZnak"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00153FDC"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TekstdymkaZnak">
     <w:name w:val="Tekst dymka Znak"/>
-    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
     <w:link w:val="Tekstdymka"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00153FDC"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
       <w:lang w:eastAsia="pl-PL"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Tekstpodstawowy2">
     <w:name w:val="Body Text 2"/>
     <w:basedOn w:val="Normalny"/>
     <w:link w:val="Tekstpodstawowy2Znak"/>
     <w:semiHidden/>
     <w:rsid w:val="00DD033A"/>
     <w:pPr>
       <w:suppressAutoHyphens w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Tekstpodstawowy2Znak">
     <w:name w:val="Tekst podstawowy 2 Znak"/>
-    <w:basedOn w:val="Domylnaczcionkaakapitu"/>
     <w:link w:val="Tekstpodstawowy2"/>
     <w:semiHidden/>
     <w:rsid w:val="00DD033A"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:sz w:val="24"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Tematkomentarza">
     <w:name w:val="annotation subject"/>
     <w:basedOn w:val="Tekstkomentarza"/>
     <w:next w:val="Tekstkomentarza"/>
     <w:link w:val="TematkomentarzaZnak"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00DA7B7E"/>
     <w:pPr>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="120"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TematkomentarzaZnak">
     <w:name w:val="Temat komentarza Znak"/>
-    <w:basedOn w:val="TekstkomentarzaZnak"/>
     <w:link w:val="Tematkomentarza"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00DA7B7E"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="pl-PL"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Poprawka">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="002B2636"/>
-    <w:pPr>
-[...1 lines deleted...]
-    </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-      <w:lang w:eastAsia="pl-PL"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\joagaw\Desktop\Pisma%20do%20wys&#322;ania\zmiana%20regulaminu%202024\regulamin%20wys&#322;any%20do%20WOr\zamieszczony%20w%20Mdoku\WJPM_regulamin.dotx" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\joagaw\AppData\Local\Temp\WJPM_regulamin.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motyw pakietu Office">
   <a:themeElements>
     <a:clrScheme name="Pakiet Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Pakiet Office">
       <a:majorFont>
-        <a:latin typeface="Calibri Light"/>
+        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Pakiet Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
@@ -9821,78 +9955,81 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5F76CB0A-150F-4EB0-8FC6-9E7930C98DB1}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F1497E7C-DDDA-4002-B0E6-2C5C2C3AAEF4}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>WJPM_regulamin</Template>
   <TotalTime></TotalTime>
   <Pages>10</Pages>
-  <Words>2419</Words>
-  <Characters>14516</Characters>
+  <Words>2504</Words>
+  <Characters>15030</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>120</Lines>
-  <Paragraphs>33</Paragraphs>
+  <Lines>125</Lines>
+  <Paragraphs>34</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Tytuł</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>ump</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>16902</CharactersWithSpaces>
+  <CharactersWithSpaces>17500</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
+  <dc:subject/>
   <dc:creator>Joanna Gawarecka</dc:creator>
+  <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>